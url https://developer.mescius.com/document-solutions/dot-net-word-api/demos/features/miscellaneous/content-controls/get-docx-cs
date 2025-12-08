--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re27688b5a57844af" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3cd013b1cf184c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R55dfd241026245b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf86df950b5144a07" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R068f5fd50c844a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf68f377a427f4aa0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.DropdownList</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="-379176311"/>
+          <w:id w:val="-816632839"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-42084984"/>
+        <w:id w:val="534617985"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-529238817"/>
+        <w:id w:val="611776188"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="256587732"/>
+        <w:id w:val="-623063093"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows creating groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-296570339"/>
+        <w:id w:val="-171387304"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="63519709"/>
+              <w:id w:val="60376214"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="-863052658"/>
+            <w:id w:val="898066192"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-10-23T15:52:55.41+00:00">
+            <w:date w:fullDate="2025-12-08T07:21:25.47+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2025-10-23 00:00:00Z</w:t>
+                <w:t>2025-12-08 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd9e9c4cb279f4c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R773a4ea092af4ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8b857b1aa8394490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R6ff829d58c254824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra388ac2efb834a35" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9c3567cd90e245cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5d86117a72b24f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re995faef03ce460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Re2b6e125c8c74806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0a2c1d0ced2c4f78" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R53f6431944e14183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R41618614dac44e5e" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R3e654818d2d34445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Re9098076b54e47a0" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2E83D4A4-2396-45B7-AD9C-28294EC2E794}"/>
+        <w:guid w:val="{166162BA-8B61-49C7-9E96-07E3270EC7D3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C1C77225-3ED8-4879-924D-35DA092D6836}"/>
+        <w:guid w:val="{66209EE0-7164-4A61-8F1A-62C7E579A506}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F9D0C093-9099-47B5-8C43-ECDABA0AFB7F}"/>
+        <w:guid w:val="{4CFDE091-2F98-4B1B-AC8B-6800B015BFF0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6BC068AC-1861-4441-8AA8-C2A6C75CE05B}"/>
+        <w:guid w:val="{356BFFDA-9AB3-4973-AFD2-0A1E3DFA666A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D957343A-EF61-4044-91BB-6F488A6CAC3F}"/>
+        <w:guid w:val="{51B95DA7-2DF1-41C4-81BD-5AD2A2EBD08B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>