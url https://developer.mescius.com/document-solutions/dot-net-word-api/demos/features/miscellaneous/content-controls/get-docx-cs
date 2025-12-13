--- v1 (2025-12-08)
+++ v2 (2025-12-13)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf86df950b5144a07" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R068f5fd50c844a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf68f377a427f4aa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R781c9fe7866f4fd8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3fb26c840a57412e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbf0adbe6d9dc4cb9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.DropdownList</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="-816632839"/>
+          <w:id w:val="-755974829"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="534617985"/>
+        <w:id w:val="-384076869"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="611776188"/>
+        <w:id w:val="138328212"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-623063093"/>
+        <w:id w:val="252565460"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows creating groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-171387304"/>
+        <w:id w:val="82485662"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="60376214"/>
+              <w:id w:val="-553375667"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="898066192"/>
+            <w:id w:val="-151943359"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-08T07:21:25.47+00:00">
+            <w:date w:fullDate="2025-12-13T16:50:47.87+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2025-12-08 00:00:00Z</w:t>
+                <w:t>2025-12-13 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9c3567cd90e245cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5d86117a72b24f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re995faef03ce460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Re2b6e125c8c74806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0a2c1d0ced2c4f78" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Red7e0597c18a4fa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R56ccdd7e3c7a49a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd2fefb1b18124822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R1bb30ac930564ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc0c56046daa54865" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R3e654818d2d34445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Re9098076b54e47a0" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Re26b6bc8332e4754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R4d8c932f236c4df8" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{166162BA-8B61-49C7-9E96-07E3270EC7D3}"/>
+        <w:guid w:val="{F5186242-5E72-4175-A0BF-A0C79A5FD227}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{66209EE0-7164-4A61-8F1A-62C7E579A506}"/>
+        <w:guid w:val="{232D8DBA-FADD-4019-A352-F38C6084C816}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{4CFDE091-2F98-4B1B-AC8B-6800B015BFF0}"/>
+        <w:guid w:val="{0F3427FD-C4A3-444F-B1A0-72A6A07C0CE9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{356BFFDA-9AB3-4973-AFD2-0A1E3DFA666A}"/>
+        <w:guid w:val="{CD952820-0BE9-4C32-82BA-70D39FC562A9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{51B95DA7-2DF1-41C4-81BD-5AD2A2EBD08B}"/>
+        <w:guid w:val="{0C0E0968-B2BC-44CE-857B-7511D97B63B8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>