--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R781c9fe7866f4fd8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3fb26c840a57412e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbf0adbe6d9dc4cb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R33377383df4f4a0f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf2d3404881cf41d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R54b1dcd2a6574d2b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.DropdownList</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="-755974829"/>
+          <w:id w:val="18708727"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-384076869"/>
+        <w:id w:val="720132375"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="138328212"/>
+        <w:id w:val="467788815"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,130 +172,130 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="252565460"/>
+        <w:id w:val="16934778"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows creating groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="82485662"/>
+        <w:id w:val="184829960"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="-553375667"/>
+              <w:id w:val="998338000"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="-151943359"/>
+            <w:id w:val="537677286"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-13T16:50:47.87+00:00">
+            <w:date w:fullDate="2025-12-13T17:40:33.37+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
                 <w:t>2025-12-13 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Red7e0597c18a4fa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R56ccdd7e3c7a49a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd2fefb1b18124822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R1bb30ac930564ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc0c56046daa54865" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re5f88bc155cf479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd34136012cac4d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcd44eea3cb114c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rf59252b197214951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R133a17c33553445b" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Re26b6bc8332e4754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R4d8c932f236c4df8" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R63882ef4a2f74cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R7b1a7a0fb3d64609" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F5186242-5E72-4175-A0BF-A0C79A5FD227}"/>
+        <w:guid w:val="{D326D992-4AA4-484A-B0EF-5CACA6D2D7AD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{232D8DBA-FADD-4019-A352-F38C6084C816}"/>
+        <w:guid w:val="{723C43C0-626B-417D-8B9F-2D4AEB64D04F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0F3427FD-C4A3-444F-B1A0-72A6A07C0CE9}"/>
+        <w:guid w:val="{1851ECC5-7980-47A2-A209-79434F68EDB9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{CD952820-0BE9-4C32-82BA-70D39FC562A9}"/>
+        <w:guid w:val="{385140B7-9D9D-430C-AD7A-AFB530A00BFC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0C0E0968-B2BC-44CE-857B-7511D97B63B8}"/>
+        <w:guid w:val="{29693E67-B137-497C-B1B5-9CD2E441927A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>