--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R33377383df4f4a0f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf2d3404881cf41d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R54b1dcd2a6574d2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4156e857ffda416b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd460d7b0e94e4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5077aa64d3944f10" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.DropdownList</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="18708727"/>
+          <w:id w:val="23939398"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="720132375"/>
+        <w:id w:val="374304671"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="467788815"/>
+        <w:id w:val="587096144"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="16934778"/>
+        <w:id w:val="107633373"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows creating groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="184829960"/>
+        <w:id w:val="-646736079"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="998338000"/>
+              <w:id w:val="522765206"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="537677286"/>
+            <w:id w:val="15218365"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-13T17:40:33.37+00:00">
+            <w:date w:fullDate="2025-12-14T22:35:17.61+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2025-12-13 00:00:00Z</w:t>
+                <w:t>2025-12-14 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re5f88bc155cf479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd34136012cac4d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcd44eea3cb114c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rf59252b197214951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R133a17c33553445b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc37480450fd8483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R826dbd6e50ef41b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re69b48b7f02c448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rdd28163ff60842b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R25db6c6f78d5498e" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R63882ef4a2f74cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R7b1a7a0fb3d64609" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R67362be0524e44a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Ra8943db6988740f0" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D326D992-4AA4-484A-B0EF-5CACA6D2D7AD}"/>
+        <w:guid w:val="{64C893DE-4C87-4221-83AA-F582BC558696}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{723C43C0-626B-417D-8B9F-2D4AEB64D04F}"/>
+        <w:guid w:val="{E0794F7C-399F-41EE-ABB5-FB85F0A98254}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1851ECC5-7980-47A2-A209-79434F68EDB9}"/>
+        <w:guid w:val="{6FB700B9-DA2C-4C7E-8627-BE0A03E5709D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{385140B7-9D9D-430C-AD7A-AFB530A00BFC}"/>
+        <w:guid w:val="{AAA10EBF-0704-432D-B19F-430A7CDAFDB5}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{29693E67-B137-497C-B1B5-9CD2E441927A}"/>
+        <w:guid w:val="{972C83CA-2853-4240-8184-4390BB19CE8A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>