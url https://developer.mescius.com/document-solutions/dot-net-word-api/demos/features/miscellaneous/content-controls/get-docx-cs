--- v4 (2025-12-14)
+++ v5 (2025-12-16)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4156e857ffda416b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd460d7b0e94e4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5077aa64d3944f10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra580e1fd3f9e41fa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R30fa5f2ab34c488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R32d538b7f5ab4775" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.DropdownList</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="23939398"/>
+          <w:id w:val="522594508"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="374304671"/>
+        <w:id w:val="-149249191"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="587096144"/>
+        <w:id w:val="-969888658"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="107633373"/>
+        <w:id w:val="971379384"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows creating groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-646736079"/>
+        <w:id w:val="-423732598"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="522765206"/>
+              <w:id w:val="-693931406"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="15218365"/>
+            <w:id w:val="279199823"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-14T22:35:17.61+00:00">
+            <w:date w:fullDate="2025-12-16T14:57:51.42+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2025-12-14 00:00:00Z</w:t>
+                <w:t>2025-12-16 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc37480450fd8483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R826dbd6e50ef41b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re69b48b7f02c448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rdd28163ff60842b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R25db6c6f78d5498e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R74b635c76adc488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re76446c03c264a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R619449f90f1540b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R925b7ac0283f4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R910b1b4de5814823" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R67362be0524e44a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Ra8943db6988740f0" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R74e492ef2f104908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rd7bd218af073444f" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{64C893DE-4C87-4221-83AA-F582BC558696}"/>
+        <w:guid w:val="{E27F5453-DF1D-4350-80AE-82BFD23ECFC7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{E0794F7C-399F-41EE-ABB5-FB85F0A98254}"/>
+        <w:guid w:val="{A0263FD6-52A3-4768-91DD-E0F45F02AEDD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6FB700B9-DA2C-4C7E-8627-BE0A03E5709D}"/>
+        <w:guid w:val="{4FCE5D52-F39C-421D-8FFE-7E8D743931D3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{AAA10EBF-0704-432D-B19F-430A7CDAFDB5}"/>
+        <w:guid w:val="{A328AFC2-A8C9-44B6-9F88-6F098AAB1204}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{972C83CA-2853-4240-8184-4390BB19CE8A}"/>
+        <w:guid w:val="{38A6DB0E-7080-4121-A063-6FCC32B7B180}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>