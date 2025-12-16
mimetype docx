--- v5 (2025-12-16)
+++ v6 (2025-12-16)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra580e1fd3f9e41fa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R30fa5f2ab34c488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R32d538b7f5ab4775" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5fc204020e974789" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8ba8bfbb95844ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfddce6f097424fc9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.DropdownList</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="522594508"/>
+          <w:id w:val="-619599423"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-149249191"/>
+        <w:id w:val="-803198441"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-969888658"/>
+        <w:id w:val="67155497"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,130 +172,130 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="971379384"/>
+        <w:id w:val="-20207399"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows creating groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-423732598"/>
+        <w:id w:val="984900017"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="-693931406"/>
+              <w:id w:val="-125927274"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="279199823"/>
+            <w:id w:val="-445498556"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-16T14:57:51.42+00:00">
+            <w:date w:fullDate="2025-12-16T17:36:27.70+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
                 <w:t>2025-12-16 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R74b635c76adc488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re76446c03c264a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R619449f90f1540b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R925b7ac0283f4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R910b1b4de5814823" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re496f8e0b1e84835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcdb45da1f6824f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6a511d07d8884e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rae7eeda9696a45fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0242df82523e46b7" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R74e492ef2f104908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rd7bd218af073444f" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R20449797af8b434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Ra13ace81a0bb4ef8" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{E27F5453-DF1D-4350-80AE-82BFD23ECFC7}"/>
+        <w:guid w:val="{D0720C86-27F0-43E2-8F22-64198A2BDBA1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A0263FD6-52A3-4768-91DD-E0F45F02AEDD}"/>
+        <w:guid w:val="{6CFF6966-9054-4266-BEE5-4C80B1C84846}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{4FCE5D52-F39C-421D-8FFE-7E8D743931D3}"/>
+        <w:guid w:val="{22D41E94-8F61-4BC4-A87C-BEE97CB18229}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A328AFC2-A8C9-44B6-9F88-6F098AAB1204}"/>
+        <w:guid w:val="{F8714FF6-4A07-4C03-B480-BD1F02CBEEB9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{38A6DB0E-7080-4121-A063-6FCC32B7B180}"/>
+        <w:guid w:val="{DA01E05A-9FE2-420B-9085-3E2B44E065FA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>