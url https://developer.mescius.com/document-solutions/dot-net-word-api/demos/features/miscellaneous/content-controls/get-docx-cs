--- v6 (2025-12-16)
+++ v7 (2025-12-17)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5fc204020e974789" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8ba8bfbb95844ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfddce6f097424fc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8779c41f73ec4287" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R271a1e1723fc4d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb45f92b9da1d411e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.DropdownList</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="-619599423"/>
+          <w:id w:val="-184396911"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-803198441"/>
+        <w:id w:val="315496151"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="67155497"/>
+        <w:id w:val="-286148332"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-20207399"/>
+        <w:id w:val="845651937"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows creating groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="984900017"/>
+        <w:id w:val="-74467812"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="-125927274"/>
+              <w:id w:val="-284391496"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="-445498556"/>
+            <w:id w:val="-524867572"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-16T17:36:27.70+00:00">
+            <w:date w:fullDate="2025-12-17T13:20:04.52+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2025-12-16 00:00:00Z</w:t>
+                <w:t>2025-12-17 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re496f8e0b1e84835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcdb45da1f6824f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6a511d07d8884e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rae7eeda9696a45fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0242df82523e46b7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re8da3ef237d94e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3d888a8e2e95435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4fa4f535a7724241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R0a1d807cffb14f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3393cf5f54624941" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R20449797af8b434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Ra13ace81a0bb4ef8" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rca9cf3c7ea29498e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rb211f1bef82d4424" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D0720C86-27F0-43E2-8F22-64198A2BDBA1}"/>
+        <w:guid w:val="{8D936B5E-A799-4643-A937-504082477585}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6CFF6966-9054-4266-BEE5-4C80B1C84846}"/>
+        <w:guid w:val="{B56CAECA-CE88-4815-80F7-2BD465B4E959}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{22D41E94-8F61-4BC4-A87C-BEE97CB18229}"/>
+        <w:guid w:val="{71BDDB48-36FB-47FD-A07E-073ACA45B8A6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F8714FF6-4A07-4C03-B480-BD1F02CBEEB9}"/>
+        <w:guid w:val="{69E0A6A1-2547-4103-88C4-DDCC7EAB1795}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{DA01E05A-9FE2-420B-9085-3E2B44E065FA}"/>
+        <w:guid w:val="{A8F71CCE-0C8D-41C2-B385-2F85F0980EFC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>