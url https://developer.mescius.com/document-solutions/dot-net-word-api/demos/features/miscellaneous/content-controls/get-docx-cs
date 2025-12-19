--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8779c41f73ec4287" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R271a1e1723fc4d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb45f92b9da1d411e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R36d85ead923d484f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0860cdb94d454f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8914be01af734215" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.DropdownList</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="-184396911"/>
+          <w:id w:val="-402405847"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="315496151"/>
+        <w:id w:val="690460696"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-286148332"/>
+        <w:id w:val="-234964150"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="845651937"/>
+        <w:id w:val="375855763"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows creating groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-74467812"/>
+        <w:id w:val="-343248549"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="-284391496"/>
+              <w:id w:val="-836224877"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="-524867572"/>
+            <w:id w:val="628038455"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-17T13:20:04.52+00:00">
+            <w:date w:fullDate="2025-12-19T10:14:32.85+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2025-12-17 00:00:00Z</w:t>
+                <w:t>2025-12-19 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re8da3ef237d94e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3d888a8e2e95435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4fa4f535a7724241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R0a1d807cffb14f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3393cf5f54624941" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5d2a6a1c09464520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8573679a08c94b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rba1b5519ee864ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R3e6249c90ad04222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf5a1160455c64bea" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rca9cf3c7ea29498e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rb211f1bef82d4424" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R3a308afac6364b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Re07f1f1f541f4c8e" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{8D936B5E-A799-4643-A937-504082477585}"/>
+        <w:guid w:val="{5C25B2C9-B25A-4DC1-A158-06FAA0128322}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B56CAECA-CE88-4815-80F7-2BD465B4E959}"/>
+        <w:guid w:val="{C5276A48-BA8B-44CB-B34B-0AE6772F7645}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{71BDDB48-36FB-47FD-A07E-073ACA45B8A6}"/>
+        <w:guid w:val="{0764A378-AA9E-4D48-BD25-6E8386D493E6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{69E0A6A1-2547-4103-88C4-DDCC7EAB1795}"/>
+        <w:guid w:val="{6F71D643-7FD9-4F0C-9DDF-1C60C4F878C5}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A8F71CCE-0C8D-41C2-B385-2F85F0980EFC}"/>
+        <w:guid w:val="{6E5736D2-9432-4594-BEB0-73FE36A96F67}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>