--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R36d85ead923d484f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0860cdb94d454f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8914be01af734215" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra37e5510869d4a2a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8e1d6cbc92f44646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raced11c149644902" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.DropdownList</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="-402405847"/>
+          <w:id w:val="-299815137"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="690460696"/>
+        <w:id w:val="91870553"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-234964150"/>
+        <w:id w:val="-274574332"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="375855763"/>
+        <w:id w:val="441377539"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows creating groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-343248549"/>
+        <w:id w:val="29482402"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="-836224877"/>
+              <w:id w:val="-751142624"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="628038455"/>
+            <w:id w:val="262188772"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-19T10:14:32.85+00:00">
+            <w:date w:fullDate="2026-02-02T20:30:05.93+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2025-12-19 00:00:00Z</w:t>
+                <w:t>2026-02-02 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5d2a6a1c09464520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8573679a08c94b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rba1b5519ee864ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R3e6249c90ad04222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf5a1160455c64bea" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reda9ff7375c649ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R84cab4b851404eeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5c402f7581c14834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R6e35cecf39fa47ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbeb3590ee4394e68" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R3a308afac6364b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Re07f1f1f541f4c8e" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rdced23bf6c544221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rc1bd6c5b373a4e1b" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5C25B2C9-B25A-4DC1-A158-06FAA0128322}"/>
+        <w:guid w:val="{E5111934-8C77-47EA-B872-17CD6406023A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C5276A48-BA8B-44CB-B34B-0AE6772F7645}"/>
+        <w:guid w:val="{0DF391B0-C4A7-4C2D-9867-443E6C46C667}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0764A378-AA9E-4D48-BD25-6E8386D493E6}"/>
+        <w:guid w:val="{20EB1A31-7619-4811-A6C8-720CC46F400B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6F71D643-7FD9-4F0C-9DDF-1C60C4F878C5}"/>
+        <w:guid w:val="{03E9253A-9626-4293-9B93-0F70A5A45C66}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6E5736D2-9432-4594-BEB0-73FE36A96F67}"/>
+        <w:guid w:val="{6148C603-E813-4464-81CA-94978F79C6D4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>