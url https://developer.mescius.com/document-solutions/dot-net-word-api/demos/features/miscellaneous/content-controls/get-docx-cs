--- v9 (2026-02-02)
+++ v10 (2026-03-19)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra37e5510869d4a2a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8e1d6cbc92f44646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raced11c149644902" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbad80fa9d36e482c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc0844d629dc943ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R256a10d25db84a14" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.DropdownList</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="-299815137"/>
+          <w:id w:val="625094799"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="91870553"/>
+        <w:id w:val="671297015"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-274574332"/>
+        <w:id w:val="940713651"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="441377539"/>
+        <w:id w:val="100193935"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows creating groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="29482402"/>
+        <w:id w:val="260749962"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="-751142624"/>
+              <w:id w:val="-873044071"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="262188772"/>
+            <w:id w:val="985816897"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2026-02-02T20:30:05.93+00:00">
+            <w:date w:fullDate="2026-03-19T23:00:46.93+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2026-02-02 00:00:00Z</w:t>
+                <w:t>2026-03-19 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reda9ff7375c649ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R84cab4b851404eeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5c402f7581c14834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R6e35cecf39fa47ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbeb3590ee4394e68" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R822fd16c34584567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd9f55ffe21d9492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7746303c98a44e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rc533e67b6ae14d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3bbcefa024b34b13" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rdced23bf6c544221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rc1bd6c5b373a4e1b" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R293850c07ea94979" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Re34de3dd90cc4dd4" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{E5111934-8C77-47EA-B872-17CD6406023A}"/>
+        <w:guid w:val="{7C90523E-EFDD-451B-A04C-ADA5E32A19FE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0DF391B0-C4A7-4C2D-9867-443E6C46C667}"/>
+        <w:guid w:val="{7DB59CE3-72DB-4BCF-AC4A-E502CE57379A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{20EB1A31-7619-4811-A6C8-720CC46F400B}"/>
+        <w:guid w:val="{2E284B7A-E10B-4A28-AF4F-8CFF0288D019}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{03E9253A-9626-4293-9B93-0F70A5A45C66}"/>
+        <w:guid w:val="{7DF8DB4D-18B9-40D7-9704-C38A02C18D5F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6148C603-E813-4464-81CA-94978F79C6D4}"/>
+        <w:guid w:val="{E949FBD2-E50C-4060-BBD7-443CA8F8DD68}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>