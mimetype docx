--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1d874331301e4228" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcfa78702110d420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfc17f165009740ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd28b562a14664bf4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re51d2c2481944f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd26ce12907104fd0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="784896679"/>
+          <w:id w:val="185888589"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
@@ -80,86 +80,86 @@
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-373028965"/>
+        <w:id w:val="320627328"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-307712238"/>
+        <w:id w:val="-941340309"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-729689019"/>
+        <w:id w:val="401325996"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows createing groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-727069954"/>
+        <w:id w:val="264546599"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="468793990"/>
+              <w:id w:val="494691386"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="365666864"/>
+            <w:id w:val="-752846573"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-10-24T22:39:54.03+00:00">
+            <w:date w:fullDate="2025-12-13T09:17:12.85+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2025-10-24 00:00:00Z</w:t>
+                <w:t>2025-12-13 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf785dfa444d54fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rea232abfb8f14db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3c4a5ba88c1643f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R7c649ae0801f4989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R04f0daa293814e8b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R76bc767d89a14b78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra7cad7175d9240e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re668e055beed40d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R6322d029ddc84b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R78cd9bb067894f55" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rcbaeb01e6fbd4bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rc6d3c38cab514007" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R70c11bd410754351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R975558e924254285" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{91634BCC-BEA5-4B58-9152-F0177774E5C6}"/>
+        <w:guid w:val="{D6A9E4E2-006E-4200-906B-1C3B067AEC89}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{23F66724-DD8E-4912-B6FC-0DA1E3189C40}"/>
+        <w:guid w:val="{5FE86BBD-3A6B-4B00-A5EA-32D10E3F0E65}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{8A9D40A0-3D50-4B6B-84DD-CF05E29829FE}"/>
+        <w:guid w:val="{3BC7EF22-D223-4D94-B0F0-329418CCBDA4}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{85731C40-7D1F-4D82-92FA-AA713CB37207}"/>
+        <w:guid w:val="{B54550FC-2698-4FEE-8A53-A90BA0D998D5}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6C1232AB-A18F-42E8-B5D1-D6756032C2C8}"/>
+        <w:guid w:val="{BE48A171-7542-4215-81F7-A600EF217F9A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>