--- v1 (2025-12-13)
+++ v2 (2025-12-13)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd28b562a14664bf4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re51d2c2481944f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd26ce12907104fd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb9c5fe2c9fe64a18" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R311c7b89b17243ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfd2a1a9420bb445c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="185888589"/>
+          <w:id w:val="-636414962"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
@@ -80,86 +80,86 @@
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="320627328"/>
+        <w:id w:val="-406395257"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-941340309"/>
+        <w:id w:val="822824283"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,130 +172,130 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="401325996"/>
+        <w:id w:val="-359899806"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows createing groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="264546599"/>
+        <w:id w:val="-121759904"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="494691386"/>
+              <w:id w:val="773492799"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="-752846573"/>
+            <w:id w:val="-43518175"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-13T09:17:12.85+00:00">
+            <w:date w:fullDate="2025-12-13T16:58:49.07+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
                 <w:t>2025-12-13 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R76bc767d89a14b78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra7cad7175d9240e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re668e055beed40d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R6322d029ddc84b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R78cd9bb067894f55" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R440e20ed6e5c4e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R858032086c5e40b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R48573a1b0318407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R7c25918d43ed43b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R19dd2736c5b24ce1" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R70c11bd410754351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R975558e924254285" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R498c01e51c0c4e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Re622daa3388343f4" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D6A9E4E2-006E-4200-906B-1C3B067AEC89}"/>
+        <w:guid w:val="{B31E066F-E016-467B-AD7A-40AED273BD1C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5FE86BBD-3A6B-4B00-A5EA-32D10E3F0E65}"/>
+        <w:guid w:val="{45A6DE3D-D40E-4B71-9453-31A38E76E877}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3BC7EF22-D223-4D94-B0F0-329418CCBDA4}"/>
+        <w:guid w:val="{590B1666-0D3E-40C2-B833-739059CBB4F6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B54550FC-2698-4FEE-8A53-A90BA0D998D5}"/>
+        <w:guid w:val="{21EA875F-5F24-4DEA-A463-4A428BC85D2F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{BE48A171-7542-4215-81F7-A600EF217F9A}"/>
+        <w:guid w:val="{25E4ADC4-2B2A-4A8E-96E0-39445FF5DF85}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>