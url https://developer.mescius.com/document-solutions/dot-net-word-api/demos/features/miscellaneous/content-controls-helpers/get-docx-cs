--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb9c5fe2c9fe64a18" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R311c7b89b17243ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfd2a1a9420bb445c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R72ace7822ed64d0a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5dd36818b7384dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8df9602ad15b474f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="-636414962"/>
+          <w:id w:val="618981350"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
@@ -80,86 +80,86 @@
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-406395257"/>
+        <w:id w:val="-255498670"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="822824283"/>
+        <w:id w:val="-428145270"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-359899806"/>
+        <w:id w:val="-975655005"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows createing groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-121759904"/>
+        <w:id w:val="151099591"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="773492799"/>
+              <w:id w:val="-959726815"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="-43518175"/>
+            <w:id w:val="989710890"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-13T16:58:49.07+00:00">
+            <w:date w:fullDate="2025-12-14T22:33:38.02+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2025-12-13 00:00:00Z</w:t>
+                <w:t>2025-12-14 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R440e20ed6e5c4e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R858032086c5e40b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R48573a1b0318407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R7c25918d43ed43b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R19dd2736c5b24ce1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R78cd990110b24166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R213ec3f3bde246b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raea9fe4f03914e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rcc5557df6245459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3cd221bbfc9a4fb4" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R498c01e51c0c4e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Re622daa3388343f4" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Raa4a94235ab54d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rcfe4e775f0f5445f" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B31E066F-E016-467B-AD7A-40AED273BD1C}"/>
+        <w:guid w:val="{70B54270-182D-4590-98FB-F20D8AA3E293}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{45A6DE3D-D40E-4B71-9453-31A38E76E877}"/>
+        <w:guid w:val="{D218C579-E52F-436A-9296-5CAF08BF7C41}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{590B1666-0D3E-40C2-B833-739059CBB4F6}"/>
+        <w:guid w:val="{13E4E5DF-CDE5-407C-973E-7F86462522B2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{21EA875F-5F24-4DEA-A463-4A428BC85D2F}"/>
+        <w:guid w:val="{AC1C5781-AC5F-4C42-B9AC-8F45335BD35B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{25E4ADC4-2B2A-4A8E-96E0-39445FF5DF85}"/>
+        <w:guid w:val="{274FA419-4AF7-416C-9A6A-A4D7BF401882}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>