--- v3 (2025-12-14)
+++ v4 (2025-12-16)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R72ace7822ed64d0a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5dd36818b7384dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8df9602ad15b474f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R38b26360f4a240fe" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R49e4a1ae6bac4a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R63a9b5724231423d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="618981350"/>
+          <w:id w:val="-524558798"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
@@ -80,86 +80,86 @@
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-255498670"/>
+        <w:id w:val="6559627"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-428145270"/>
+        <w:id w:val="543499265"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-975655005"/>
+        <w:id w:val="824503175"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows createing groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="151099591"/>
+        <w:id w:val="-470806489"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="-959726815"/>
+              <w:id w:val="208691194"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="989710890"/>
+            <w:id w:val="-309374741"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-14T22:33:38.02+00:00">
+            <w:date w:fullDate="2025-12-16T14:56:25.58+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2025-12-14 00:00:00Z</w:t>
+                <w:t>2025-12-16 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R78cd990110b24166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R213ec3f3bde246b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raea9fe4f03914e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rcc5557df6245459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3cd221bbfc9a4fb4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rba71be71bf354309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R34e0b66570bc4d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R041b4401c54b4af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R81e7426f8758449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8913ea7e76b746bf" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Raa4a94235ab54d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rcfe4e775f0f5445f" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R4b6b0fc656dc40d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R94ddbdf66e9b4525" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{70B54270-182D-4590-98FB-F20D8AA3E293}"/>
+        <w:guid w:val="{2E8C9EC0-17B7-4034-BAE9-AB3481FCFD54}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D218C579-E52F-436A-9296-5CAF08BF7C41}"/>
+        <w:guid w:val="{50933FCD-D3E8-4F20-B302-8E4B82CB07AF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{13E4E5DF-CDE5-407C-973E-7F86462522B2}"/>
+        <w:guid w:val="{DDEFF82B-F92A-478A-875D-0FDED01646E1}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{AC1C5781-AC5F-4C42-B9AC-8F45335BD35B}"/>
+        <w:guid w:val="{DC2E7989-82BB-49E7-BB88-E7E1B911A7EC}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{274FA419-4AF7-416C-9A6A-A4D7BF401882}"/>
+        <w:guid w:val="{D2F19AB7-2424-488C-A409-E4EDFA7A9588}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>