--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R38b26360f4a240fe" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R49e4a1ae6bac4a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R63a9b5724231423d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R70ed0a8aa1064c85" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4fbb5ac05c794ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1701fedb46e141cb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="-524558798"/>
+          <w:id w:val="-219711826"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
@@ -80,86 +80,86 @@
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="6559627"/>
+        <w:id w:val="700048399"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="543499265"/>
+        <w:id w:val="-364040579"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,130 +172,130 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="824503175"/>
+        <w:id w:val="161965619"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows createing groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-470806489"/>
+        <w:id w:val="174819251"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="208691194"/>
+              <w:id w:val="-286966996"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="-309374741"/>
+            <w:id w:val="-958483051"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-16T14:56:25.58+00:00">
+            <w:date w:fullDate="2025-12-16T15:32:37.26+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
                 <w:t>2025-12-16 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rba71be71bf354309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R34e0b66570bc4d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R041b4401c54b4af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R81e7426f8758449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8913ea7e76b746bf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc94f8f35a37f40e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8e6b8763b2c74e5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf9de192e816a4366" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Ra1ef2fe04c9c4312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdd5df1599df64cc5" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R4b6b0fc656dc40d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R94ddbdf66e9b4525" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R0deefa62208a41f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rb401b9f15d5744ae" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2E8C9EC0-17B7-4034-BAE9-AB3481FCFD54}"/>
+        <w:guid w:val="{8A5921F7-1284-42B5-B4DB-7931E9D8641A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{50933FCD-D3E8-4F20-B302-8E4B82CB07AF}"/>
+        <w:guid w:val="{E8023031-A5C2-4A4B-A812-515687A6B50F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{DDEFF82B-F92A-478A-875D-0FDED01646E1}"/>
+        <w:guid w:val="{0918F03D-7013-4273-8CEE-F8ADFEC101BA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{DC2E7989-82BB-49E7-BB88-E7E1B911A7EC}"/>
+        <w:guid w:val="{19021EB5-0768-42D3-9BB7-B8DD6B6D16E6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D2F19AB7-2424-488C-A409-E4EDFA7A9588}"/>
+        <w:guid w:val="{A4EC92A0-5BB9-4C1C-BC80-3D068381762C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>