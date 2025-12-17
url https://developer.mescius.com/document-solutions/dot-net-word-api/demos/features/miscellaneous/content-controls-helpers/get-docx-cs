--- v5 (2025-12-16)
+++ v6 (2025-12-17)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R70ed0a8aa1064c85" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4fbb5ac05c794ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1701fedb46e141cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b8115ad8b1c404b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc609a2e39ece4c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ca0d4cb30b348c1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="-219711826"/>
+          <w:id w:val="-825588983"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
@@ -80,86 +80,86 @@
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="700048399"/>
+        <w:id w:val="160524093"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-364040579"/>
+        <w:id w:val="-738134811"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="161965619"/>
+        <w:id w:val="-274577012"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows createing groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="174819251"/>
+        <w:id w:val="-679108169"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="-286966996"/>
+              <w:id w:val="881234883"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="-958483051"/>
+            <w:id w:val="-662254987"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-16T15:32:37.26+00:00">
+            <w:date w:fullDate="2025-12-17T11:22:29.96+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2025-12-16 00:00:00Z</w:t>
+                <w:t>2025-12-17 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc94f8f35a37f40e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8e6b8763b2c74e5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf9de192e816a4366" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Ra1ef2fe04c9c4312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdd5df1599df64cc5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R48a1887d8eea4033" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra1d19566823445dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbe2e360a1d064c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R1e1b1ded6149417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf3b2f592185845cb" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R0deefa62208a41f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rb401b9f15d5744ae" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R9110b25011a241ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R1ba0dceb29514cd1" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{8A5921F7-1284-42B5-B4DB-7931E9D8641A}"/>
+        <w:guid w:val="{98417B05-A94E-4B46-8DD5-76CFE8293B5F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{E8023031-A5C2-4A4B-A812-515687A6B50F}"/>
+        <w:guid w:val="{6451D7E1-DB3F-44B4-B1C3-2F3F85E85F9F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0918F03D-7013-4273-8CEE-F8ADFEC101BA}"/>
+        <w:guid w:val="{8F1DA725-1416-47B8-8103-639518E2381B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{19021EB5-0768-42D3-9BB7-B8DD6B6D16E6}"/>
+        <w:guid w:val="{0A278405-B0B9-44F8-B76E-12822C1E09F7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A4EC92A0-5BB9-4C1C-BC80-3D068381762C}"/>
+        <w:guid w:val="{928D0CE5-24AB-4F6E-9C0B-2EE1844B8196}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>