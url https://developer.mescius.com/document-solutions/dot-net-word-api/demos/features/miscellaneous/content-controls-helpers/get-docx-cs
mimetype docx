--- v6 (2025-12-17)
+++ v7 (2025-12-19)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b8115ad8b1c404b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc609a2e39ece4c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ca0d4cb30b348c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R425c82e154a941b5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R615ac89bb6f24b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rad1dea9447b94f59" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="-825588983"/>
+          <w:id w:val="114628303"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
@@ -80,86 +80,86 @@
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="160524093"/>
+        <w:id w:val="-239133148"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-738134811"/>
+        <w:id w:val="802458219"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-274577012"/>
+        <w:id w:val="-710962700"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows createing groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-679108169"/>
+        <w:id w:val="724251054"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="881234883"/>
+              <w:id w:val="-42941408"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="-662254987"/>
+            <w:id w:val="999636366"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-17T11:22:29.96+00:00">
+            <w:date w:fullDate="2025-12-19T07:21:34.74+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2025-12-17 00:00:00Z</w:t>
+                <w:t>2025-12-19 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R48a1887d8eea4033" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra1d19566823445dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbe2e360a1d064c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R1e1b1ded6149417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf3b2f592185845cb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb6eb8d602a0f49ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6265b9c0af164713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1c144cd5207c4723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R9f8244cf13ee4663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd6606329673a4c04" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R9110b25011a241ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R1ba0dceb29514cd1" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R8dcf28db0f154b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rcbd9191ff1244145" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{98417B05-A94E-4B46-8DD5-76CFE8293B5F}"/>
+        <w:guid w:val="{025DDACE-060D-46EA-ABEF-946AFB9FC491}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{6451D7E1-DB3F-44B4-B1C3-2F3F85E85F9F}"/>
+        <w:guid w:val="{B6589206-B3AA-49AD-B7B2-E74A1D3BE095}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{8F1DA725-1416-47B8-8103-639518E2381B}"/>
+        <w:guid w:val="{183B1DC1-CFDF-4FFE-AD86-682BFEB4513E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0A278405-B0B9-44F8-B76E-12822C1E09F7}"/>
+        <w:guid w:val="{FB10214B-D00D-42C4-A2CA-F747544A17E0}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{928D0CE5-24AB-4F6E-9C0B-2EE1844B8196}"/>
+        <w:guid w:val="{51F4B707-941B-4858-A76D-4BDE4639FA2F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>