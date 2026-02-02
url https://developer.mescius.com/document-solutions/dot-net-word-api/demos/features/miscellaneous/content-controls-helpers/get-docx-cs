--- v7 (2025-12-19)
+++ v8 (2026-02-02)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R425c82e154a941b5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R615ac89bb6f24b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rad1dea9447b94f59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R35ad28e028da43eb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5fb346aa5c3c46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rba44fe7cef244434" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="114628303"/>
+          <w:id w:val="226639845"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
@@ -80,86 +80,86 @@
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-239133148"/>
+        <w:id w:val="-990573853"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="802458219"/>
+        <w:id w:val="427930999"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-710962700"/>
+        <w:id w:val="310658484"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows createing groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="724251054"/>
+        <w:id w:val="661747060"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="-42941408"/>
+              <w:id w:val="759914953"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="999636366"/>
+            <w:id w:val="381276291"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2025-12-19T07:21:34.74+00:00">
+            <w:date w:fullDate="2026-02-02T13:25:30.09+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2025-12-19 00:00:00Z</w:t>
+                <w:t>2026-02-02 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb6eb8d602a0f49ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6265b9c0af164713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1c144cd5207c4723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R9f8244cf13ee4663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd6606329673a4c04" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf06ab707e88e45f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R30d14ddd5b0c4fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc69f36c0f8bc4434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rdba8281e39204d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdea2e991ae5f4f77" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R8dcf28db0f154b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rcbd9191ff1244145" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rba84fc3c72a04f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rb3d95601af2a4d33" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{025DDACE-060D-46EA-ABEF-946AFB9FC491}"/>
+        <w:guid w:val="{ED6DF8B1-B252-479B-90CF-73CDD8E6FF39}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B6589206-B3AA-49AD-B7B2-E74A1D3BE095}"/>
+        <w:guid w:val="{8299904B-F4DA-43FF-946C-C0F7DCDD1AEA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{183B1DC1-CFDF-4FFE-AD86-682BFEB4513E}"/>
+        <w:guid w:val="{801D1D5E-006F-4328-8318-B2E06E2A5638}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{FB10214B-D00D-42C4-A2CA-F747544A17E0}"/>
+        <w:guid w:val="{EA2162E2-45C7-4C47-8199-E1894BC7E05A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{51F4B707-941B-4858-A76D-4BDE4639FA2F}"/>
+        <w:guid w:val="{05AC6F56-7EA7-4655-9BD2-6A64C7C22C59}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>