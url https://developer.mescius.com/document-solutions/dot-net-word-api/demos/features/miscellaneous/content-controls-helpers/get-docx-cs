--- v8 (2026-02-02)
+++ v9 (2026-03-19)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R35ad28e028da43eb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5fb346aa5c3c46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rba44fe7cef244434" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8bdf187ade614518" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3cf46684eb47408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rab3facb42ff246b0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Content Control Examples</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>Below are some examples of content controls. Open the document in MS Word to see the controls in action.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:color w:val="FF8C00"/>
           </w:rPr>
-          <w:id w:val="226639845"/>
+          <w:id w:val="-901516546"/>
           <w:placeholder>
             <w:docPart w:val="dropdownlist-placeholder"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF4500"/>
           <w:dropDownList>
             <w:listItem w:displayText="Apples" w:value="apple"/>
             <w:listItem w:displayText="Oranges" w:value="orange"/>
             <w:listItem w:displayText="Bananas" w:value="banana"/>
             <w:listItem w:displayText="Pears" w:value="pear"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> The green 'Click to pick' text on the left is a placeholder, replaced with the picked fruit when you've selected one.</w:t>
       </w:r>
@@ -80,86 +80,86 @@
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Select a fruit from the dropdown list control: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Text allows entering a single run of text in the control. All text in a Text control has the same formatting. In this case we use 'Block Text' paragraph style.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-990573853"/>
+        <w:id w:val="621035410"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="BlockText"/>
           </w:pPr>
           <w:r>
             <w:t>This is the default content of the only run in the only paragraph in a Text content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.RichText allows having multiple paragraphs, with multiple runs, in a single RichText content control.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="427930999"/>
+        <w:id w:val="-956026690"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:t xml:space="preserve">First paragraphs in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
             </w:rPr>
             <w:t xml:space="preserve">RichText </w:t>
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="IntenseQuote"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Second paragraphs in the </w:t>
@@ -172,140 +172,140 @@
           </w:r>
           <w:r>
             <w:t>content control.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.BuildingBlockGallery allows selecting items from building block galleries. Here we allow to select an equation from the built-in Word equations gallery.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="310658484"/>
+        <w:id w:val="-488808730"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013436"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:docPartList>
           <w:docPartGallery w:val="Equations"/>
           <w:docPartCategory w:val="Built-In"/>
         </w:docPartList>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
         <w:t>ContentControlType.Group allows createing groups with modifiable and constant (non-modifiable) content. Here we create a checkbox with a non-modifiable label on its right.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="661747060"/>
+        <w:id w:val="100264825"/>
         <w:lock w:val="contentLocked"/>
         <w:group/>
       </w:sdtPr>
       <w:sdtContent>
         <w:p>
           <w:sdt>
             <w:sdtPr>
               <w:alias w:val="Grouped checkbox"/>
-              <w:id w:val="759914953"/>
+              <w:id w:val="-726226147"/>
               <w14:checkbox>
                 <w14:checked w14:val="1"/>
                 <w14:checkedState w14:font="MS Gothic" w14:val="2612"/>
                 <w14:uncheckedState w14:font="MS Gothic" w14:val="2610"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtContent>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                 </w:rPr>
                 <w:t>☒</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r>
             <w:t xml:space="preserve"> Text to the right of the checkbox</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:r>
             <w:t>Finally, we add a ContentControlType.Date control that shows the current date.</w:t>
           </w:r>
         </w:p>
         <w:sdt>
           <w:sdtPr>
-            <w:id w:val="381276291"/>
+            <w:id w:val="-467897052"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
             </w:placeholder>
-            <w:date w:fullDate="2026-02-02T13:25:30.09+00:00">
+            <w:date w:fullDate="2026-03-19T23:00:51.44+00:00">
               <w:dateFormat w:val="u"/>
               <w:lid w:val="en-US"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtContent>
             <w:p>
               <w:r>
-                <w:t>2026-02-02 00:00:00Z</w:t>
+                <w:t>2026-03-19 00:00:00Z</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -959,178 +959,178 @@
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="4472C4" w:themeColor="accent1" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf06ab707e88e45f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R30d14ddd5b0c4fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc69f36c0f8bc4434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rdba8281e39204d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdea2e991ae5f4f77" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R07d97d550dd34198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3a8cd4256e404b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbaea89dcd475456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R03846f9b8749447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c2233887d3b4546" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rba84fc3c72a04f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rb3d95601af2a4d33" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R62b680e7544c460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rd84e8c2c62fe45de" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{ED6DF8B1-B252-479B-90CF-73CDD8E6FF39}"/>
+        <w:guid w:val="{8BB7C237-FFF6-45AA-B771-1D5F9F95C7DF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="dropdownlist-placeholder"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="default"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{8299904B-F4DA-43FF-946C-C0F7DCDD1AEA}"/>
+        <w:guid w:val="{ABE54EA4-B7B0-4B82-9642-22B9363F7A33}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Strong"/>
               <w:color w:val="8FBC8F"/>
             </w:rPr>
             <w:t>Click to pick</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{801D1D5E-006F-4328-8318-B2E06E2A5638}"/>
+        <w:guid w:val="{C01583EC-9692-431D-8755-3D19E0235FB5}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{EA2162E2-45C7-4C47-8199-E1894BC7E05A}"/>
+        <w:guid w:val="{0E7B02A5-54A9-4C1C-8351-EF5A8DE0D29B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose a building block.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{05AC6F56-7EA7-4655-9BD2-6A64C7C22C59}"/>
+        <w:guid w:val="{E9A167AD-C1E4-40C5-82B6-9569002FA867}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>