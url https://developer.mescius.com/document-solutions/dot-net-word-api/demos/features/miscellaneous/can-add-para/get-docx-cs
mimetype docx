--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R27e68bd75e9a4800" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra159a6b9ed784586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7f1a305b15324f52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R73b542fb6a124b44" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R56740df48a9b42d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0553e78631e946c6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="270170379"/>
+          <w:id w:val="-354676762"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
           <w:r>
             <w:t>Run added to Rich Text Content Control.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
@@ -593,73 +593,73 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc54da769318f4ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd14346cef99f4eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7e332d77b89047da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R9783750110394fea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbc69cdad213a41a5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd82f6c3fb3d840a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R04bdc61b131244e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R22a1bff1d5c14490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Re704ec943f314922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0d1257249e0c4d66" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R1c28f730ed5f4812" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R6c8bafc1b8084928" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R26950af73ef94c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rda5e19856d0b4483" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{9C0B7BA4-D7B5-4954-B2D7-9BD7F9AA15AB}"/>
+        <w:guid w:val="{4DE14E35-69E5-4288-96B6-28EA0176FEDB}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>