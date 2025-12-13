--- v1 (2025-12-08)
+++ v2 (2025-12-13)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R73b542fb6a124b44" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R56740df48a9b42d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0553e78631e946c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R763646483b174010" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re3bde1fba314421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R60f87b744f564f4d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-354676762"/>
+          <w:id w:val="-259749490"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
           <w:r>
             <w:t>Run added to Rich Text Content Control.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
@@ -593,73 +593,73 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd82f6c3fb3d840a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R04bdc61b131244e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R22a1bff1d5c14490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Re704ec943f314922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0d1257249e0c4d66" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R58c399eed299413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re07619db7fa74978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6af734d682924dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R328109a588a14fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra379a32fd624437c" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R26950af73ef94c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rda5e19856d0b4483" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rfc58d9570e814104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Re6e3822c438b4b3f" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{4DE14E35-69E5-4288-96B6-28EA0176FEDB}"/>
+        <w:guid w:val="{00AE8C6A-7FED-41C7-B981-30C1B8803A2F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>