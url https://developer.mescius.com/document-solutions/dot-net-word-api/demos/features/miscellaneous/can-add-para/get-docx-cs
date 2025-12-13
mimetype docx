--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R763646483b174010" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re3bde1fba314421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R60f87b744f564f4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc168c979167444d0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf20127575e814ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7391461137e84e26" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-259749490"/>
+          <w:id w:val="740609887"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
           <w:r>
             <w:t>Run added to Rich Text Content Control.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
@@ -593,73 +593,73 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R58c399eed299413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re07619db7fa74978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6af734d682924dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R328109a588a14fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra379a32fd624437c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re02c6f0909df447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R371ee8f10bb541b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd6adf74a6cf447df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R25767b1aafc049c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd7d91fae5f534367" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rfc58d9570e814104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Re6e3822c438b4b3f" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Re9ccaf036e154175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rd656d1d1e463417f" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{00AE8C6A-7FED-41C7-B981-30C1B8803A2F}"/>
+        <w:guid w:val="{989817B4-3702-4CCE-B307-3134BF0EF9DE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>