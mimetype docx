--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc168c979167444d0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf20127575e814ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7391461137e84e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6ac287595f7b4925" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb7859095199d4a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rafb0d55f81a04a66" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="740609887"/>
+          <w:id w:val="-435494912"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
           <w:r>
             <w:t>Run added to Rich Text Content Control.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
@@ -593,73 +593,73 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re02c6f0909df447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R371ee8f10bb541b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd6adf74a6cf447df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R25767b1aafc049c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd7d91fae5f534367" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R57f65f8d434343f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8ae474543db246c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R46bac31439a84712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Ra69ea16a881a4992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R143c3ba635f542b5" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Re9ccaf036e154175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rd656d1d1e463417f" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Re2d38bcf50b24ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R017ed686b32241d8" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{989817B4-3702-4CCE-B307-3134BF0EF9DE}"/>
+        <w:guid w:val="{9BF8110C-3652-43ED-9AB8-797962CAEC30}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>