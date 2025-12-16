--- v4 (2025-12-14)
+++ v5 (2025-12-16)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6ac287595f7b4925" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb7859095199d4a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rafb0d55f81a04a66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7c248929bac246b8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6156d89cc72349c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R927b0567979c4bbc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-435494912"/>
+          <w:id w:val="-235273604"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
           <w:r>
             <w:t>Run added to Rich Text Content Control.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
@@ -593,73 +593,73 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R57f65f8d434343f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8ae474543db246c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R46bac31439a84712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Ra69ea16a881a4992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R143c3ba635f542b5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8cfbeb76300842c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R375702051aeb480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2c66466ed651412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rdf5babdf23074363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d87c579bfad4eac" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Re2d38bcf50b24ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R017ed686b32241d8" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R9d6cc5cbd82748c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rbb571ed551144dd8" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{9BF8110C-3652-43ED-9AB8-797962CAEC30}"/>
+        <w:guid w:val="{973FE548-0137-4593-9723-BFD986554840}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>