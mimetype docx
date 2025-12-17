--- v5 (2025-12-16)
+++ v6 (2025-12-17)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7c248929bac246b8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6156d89cc72349c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R927b0567979c4bbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf86dac3729d74e4b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9f6f48c79ceb4ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0eb648e0885b4ec6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-235273604"/>
+          <w:id w:val="-993885982"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
           <w:r>
             <w:t>Run added to Rich Text Content Control.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
@@ -593,73 +593,73 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8cfbeb76300842c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R375702051aeb480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2c66466ed651412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rdf5babdf23074363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d87c579bfad4eac" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R15a5c0cd1a364cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R57c58c16122b4d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R260585500801402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R4199746eb8ea4c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0e3b159823534282" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R9d6cc5cbd82748c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Rbb571ed551144dd8" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R3f6ffeb7d9f74c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R5ef3c3f9386a4b91" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{973FE548-0137-4593-9723-BFD986554840}"/>
+        <w:guid w:val="{B7762D12-5AE1-45C9-93D2-F2A42C74793B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>