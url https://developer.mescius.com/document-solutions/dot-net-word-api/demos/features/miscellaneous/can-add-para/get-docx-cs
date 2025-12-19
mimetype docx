--- v6 (2025-12-17)
+++ v7 (2025-12-19)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf86dac3729d74e4b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9f6f48c79ceb4ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0eb648e0885b4ec6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R09d634936d324ed8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0ac575a50e634219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf5b5acdd9403455e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-993885982"/>
+          <w:id w:val="-191403970"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
           <w:r>
             <w:t>Run added to Rich Text Content Control.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
@@ -593,73 +593,73 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R15a5c0cd1a364cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R57c58c16122b4d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R260585500801402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R4199746eb8ea4c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0e3b159823534282" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R454cc003301b4a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re15fe0da0e944881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R60a49bfd2ab34c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R25fb49ff483f4083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R838f97edabc24c16" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R3f6ffeb7d9f74c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R5ef3c3f9386a4b91" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R89473dc9b94d4b51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Ra5b74f4ce3084395" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B7762D12-5AE1-45C9-93D2-F2A42C74793B}"/>
+        <w:guid w:val="{D3F4C622-F3D3-4264-A1C4-C8CDDCFF70D7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>