--- v7 (2025-12-19)
+++ v8 (2026-02-02)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R09d634936d324ed8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0ac575a50e634219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf5b5acdd9403455e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R95b12669b4a54dcb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0ac19378a03943ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra26287066781450f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-191403970"/>
+          <w:id w:val="810959014"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
           <w:r>
             <w:t>Run added to Rich Text Content Control.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
@@ -593,73 +593,73 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R454cc003301b4a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re15fe0da0e944881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R60a49bfd2ab34c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="R25fb49ff483f4083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R838f97edabc24c16" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6370b22d31184bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1f83960c8fa44556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8d7059e993424956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rf732d3f1834c41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd84ec46b799d4169" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R89473dc9b94d4b51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="Ra5b74f4ce3084395" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R443386a13eb64203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R9d0de63e117f4ed5" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D3F4C622-F3D3-4264-A1C4-C8CDDCFF70D7}"/>
+        <w:guid w:val="{AC31B92E-07DF-4D83-A30E-27E4CC37720B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>