--- v8 (2026-02-02)
+++ v9 (2026-02-02)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R95b12669b4a54dcb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0ac19378a03943ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra26287066781450f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb8e5f588ee034396" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R94a2b9afe39844ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc5dd44d38d1f47e9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="810959014"/>
+          <w:id w:val="-688288263"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
           <w:r>
             <w:t>Run added to Rich Text Content Control.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
@@ -593,73 +593,73 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6370b22d31184bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1f83960c8fa44556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8d7059e993424956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rf732d3f1834c41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd84ec46b799d4169" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra8e1361664ec479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8b1e2af27ade4ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R62d555ba7486401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rafbb57cc15764f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R297da2d9a3ef4c89" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R443386a13eb64203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R9d0de63e117f4ed5" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rcdaeea755d1b4bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R8ffd42a2809e4ab1" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{AC31B92E-07DF-4D83-A30E-27E4CC37720B}"/>
+        <w:guid w:val="{0C2201BA-7BC1-4C2C-B7F0-384B7C8F151C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>