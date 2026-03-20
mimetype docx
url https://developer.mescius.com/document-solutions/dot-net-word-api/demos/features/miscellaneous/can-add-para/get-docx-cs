--- v9 (2026-02-02)
+++ v10 (2026-03-20)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/fontTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb8e5f588ee034396" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R94a2b9afe39844ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc5dd44d38d1f47e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R602e0ce2d75f40eb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6cf77bf62504414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0a3e19fe427f4305" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-688288263"/>
+          <w:id w:val="-997334810"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
           <w:r>
             <w:t>Run added to Rich Text Content Control.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
@@ -593,73 +593,73 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra8e1361664ec479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8b1e2af27ade4ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R62d555ba7486401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Rafbb57cc15764f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R297da2d9a3ef4c89" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd46e20853af045ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reca186e720cc4bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re633b75298444cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="/word/glossary/document.xml" Id="Reac40166400340eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf77c945013aa4198" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="Rcdaeea755d1b4bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R8ffd42a2809e4ab1" /></Relationships>
+<file path=word/glossary/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/glossary/styles2.xml" Id="R33273139e140410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/glossary/fontTable2.xml" Id="R308bb9f348304fdd" /></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{0C2201BA-7BC1-4C2C-B7F0-384B7C8F151C}"/>
+        <w:guid w:val="{14E16F4D-4EE1-4761-A3E2-EF16FEA44978}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>