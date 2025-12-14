--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7a7acb49e4b640f9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R001550820c9f4d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra26f4f6714ed4ce6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R14aece81c83f4c9a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3423457d7b544a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2e796b08c2644bb5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Hello, World!</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -564,51 +564,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfdb8276c1cbc4bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf27f2a57650a4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R35a392ae4b6845a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc49ca65d05714ed3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R512df3e3708145ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4d64ff6626434bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b1a336db79a4b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R544ce0e650854777" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>