--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R14aece81c83f4c9a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3423457d7b544a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2e796b08c2644bb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0058f493c4864f44" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re8ad6dd74af54b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcbef6ec6ca5d42ca" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Hello, World!</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -564,51 +564,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R512df3e3708145ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4d64ff6626434bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b1a336db79a4b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R544ce0e650854777" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcbba31c59bf447cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R16c66d45d6f74760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf7a1498348444b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R143ffc7bbc764427" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>