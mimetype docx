--- v2 (2025-12-16)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0058f493c4864f44" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re8ad6dd74af54b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcbef6ec6ca5d42ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd8267eb483744911" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R54db297385394203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd4071cd6a7874c9d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Hello, World!</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -564,51 +564,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcbba31c59bf447cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R16c66d45d6f74760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf7a1498348444b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R143ffc7bbc764427" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R33af2a72c91e42a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfeb0c1c8a5274110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1da4a0ffcce64d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5addc338ab564c09" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>