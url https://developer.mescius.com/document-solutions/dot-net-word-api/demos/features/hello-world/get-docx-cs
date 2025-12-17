--- v3 (2025-12-16)
+++ v4 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd8267eb483744911" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R54db297385394203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd4071cd6a7874c9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc1cad2a1b9dd4ab3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R47491605dbbd417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R01f30a62bb1d41ca" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Hello, World!</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -564,51 +564,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R33af2a72c91e42a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfeb0c1c8a5274110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1da4a0ffcce64d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5addc338ab564c09" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7759fad97cee4ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R658f26a2a16a487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9b79fe8916a7450d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R34d5c95821f94d62" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>