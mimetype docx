--- v4 (2025-12-17)
+++ v5 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc1cad2a1b9dd4ab3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R47491605dbbd417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R01f30a62bb1d41ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R250a04ed13964aef" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R726a200db20a425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb2a246c26e824f45" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Hello, World!</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -564,51 +564,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7759fad97cee4ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R658f26a2a16a487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9b79fe8916a7450d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R34d5c95821f94d62" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd54277be86f64f67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R36a7dcf1e991477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9f64e30cd4874b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R53f5ecb3745849a0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>