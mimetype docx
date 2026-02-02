--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R250a04ed13964aef" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R726a200db20a425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb2a246c26e824f45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R02da6576e4a14fb2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R27a5271ca93c4793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4f30e2d3d0f54e19" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Hello, World!</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -564,51 +564,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd54277be86f64f67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R36a7dcf1e991477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9f64e30cd4874b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R53f5ecb3745849a0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R906186952c2244e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4aef5449d1b04229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf681142780534097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rab3f58362f474342" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>