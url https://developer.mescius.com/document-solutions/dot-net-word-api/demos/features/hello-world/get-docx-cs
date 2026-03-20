--- v6 (2026-02-02)
+++ v7 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R02da6576e4a14fb2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R27a5271ca93c4793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4f30e2d3d0f54e19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R87d34c80bf5346b0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra54dba74b3464226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raf98587cb17648f2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Hello, World!</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -564,51 +564,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R906186952c2244e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4aef5449d1b04229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf681142780534097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rab3f58362f474342" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R777bfc4f08e24968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rda3b266de0584e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra08e85a7ea414fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra2beb592251348d9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>