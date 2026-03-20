--- v7 (2026-03-20)
+++ v8 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R87d34c80bf5346b0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra54dba74b3464226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raf98587cb17648f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1745a5953a924337" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra1ec59faed88409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R53768b4402d64ba7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Hello, World!</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -564,51 +564,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R777bfc4f08e24968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rda3b266de0584e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra08e85a7ea414fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra2beb592251348d9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9163e906c4284cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd5e051fafc2f4e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R458a8e0b08184541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R027e1931538b48b6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>