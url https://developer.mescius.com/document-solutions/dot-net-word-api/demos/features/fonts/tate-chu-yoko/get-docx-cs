--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R02ed72aead074dd2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2ac41687cbc74193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc25995825ef44e94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R172813a11cd64acf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8b6580fba1334211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1077334f31d34a3d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Main Caption"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>PDF</w:t>
       </w:r>
       <w:r>
         <w:t>ファイルをコードから</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>API</w:t>
       </w:r>
       <w:r>
@@ -837,51 +837,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R333165a6765549aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4639f105c2c84dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R284eacf8ff5f4140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2a031c93a4514ccd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R740f841137ba499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R83dd2b037ced444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R26a58d675f4c405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb4a5a8051b474e27" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>