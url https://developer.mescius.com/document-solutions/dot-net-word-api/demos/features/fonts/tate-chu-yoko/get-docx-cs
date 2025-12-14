--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R172813a11cd64acf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8b6580fba1334211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1077334f31d34a3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd5dc380c87d1446b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R27e6fbf729624960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd5fb7a36493b4d68" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Main Caption"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>PDF</w:t>
       </w:r>
       <w:r>
         <w:t>ファイルをコードから</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>API</w:t>
       </w:r>
       <w:r>
@@ -837,51 +837,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R740f841137ba499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R83dd2b037ced444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R26a58d675f4c405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb4a5a8051b474e27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5cfb98f6d6b8429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4f684db3d83d40d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R991dd029cc204b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re8a9d0ffc73845a4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>