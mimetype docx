--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd5dc380c87d1446b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R27e6fbf729624960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd5fb7a36493b4d68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R10e7e6cd466d427a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R88068c89d6b44eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R997a3057323b4124" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Main Caption"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>PDF</w:t>
       </w:r>
       <w:r>
         <w:t>ファイルをコードから</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>API</w:t>
       </w:r>
       <w:r>
@@ -837,51 +837,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5cfb98f6d6b8429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4f684db3d83d40d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R991dd029cc204b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re8a9d0ffc73845a4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Racdb7ac62fff4637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R361aec4355444422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R111e34bfa56240ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R71ae60895ad5468e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>