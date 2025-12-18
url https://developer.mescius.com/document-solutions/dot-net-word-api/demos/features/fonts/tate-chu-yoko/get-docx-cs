--- v3 (2025-12-16)
+++ v4 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R10e7e6cd466d427a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R88068c89d6b44eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R997a3057323b4124" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra0ae8b1089d9450e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3b968b5cb8aa4d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R74f424258a9a4fdf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Main Caption"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>PDF</w:t>
       </w:r>
       <w:r>
         <w:t>ファイルをコードから</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>API</w:t>
       </w:r>
       <w:r>
@@ -837,51 +837,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Racdb7ac62fff4637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R361aec4355444422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R111e34bfa56240ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R71ae60895ad5468e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7cb2a2fa37e74950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rce4ab7c3b9574c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R41e37e17c462464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rae4d16f19d0d4e43" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>