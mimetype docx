--- v4 (2025-12-18)
+++ v5 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra0ae8b1089d9450e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3b968b5cb8aa4d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R74f424258a9a4fdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0de39e32c7c64a54" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8cd7fab0c19743c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re3e2de1fba254355" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Main Caption"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>PDF</w:t>
       </w:r>
       <w:r>
         <w:t>ファイルをコードから</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>API</w:t>
       </w:r>
       <w:r>
@@ -837,51 +837,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7cb2a2fa37e74950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rce4ab7c3b9574c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R41e37e17c462464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rae4d16f19d0d4e43" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re9f36a7a938f4073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1af229f642264eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4d4b0b86606a49f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc739c667322244c5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>