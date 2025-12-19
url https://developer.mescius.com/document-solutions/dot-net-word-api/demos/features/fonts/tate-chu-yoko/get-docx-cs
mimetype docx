--- v5 (2025-12-19)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0de39e32c7c64a54" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8cd7fab0c19743c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re3e2de1fba254355" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R64622b4a40d44fa6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re5b470f256934924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5d84ac0a7a5147f7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Main Caption"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>PDF</w:t>
       </w:r>
       <w:r>
         <w:t>ファイルをコードから</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>API</w:t>
       </w:r>
       <w:r>
@@ -837,51 +837,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re9f36a7a938f4073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1af229f642264eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4d4b0b86606a49f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc739c667322244c5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R991a37f2e3ac4472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdd33b8f433574fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R489a71ce2bd44d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R148db629f01544d8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>