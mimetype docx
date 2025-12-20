--- v6 (2025-12-19)
+++ v7 (2025-12-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R64622b4a40d44fa6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re5b470f256934924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5d84ac0a7a5147f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd1eb63b99a2a466b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R35cead916a394a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R380730255a194f79" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Main Caption"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>PDF</w:t>
       </w:r>
       <w:r>
         <w:t>ファイルをコードから</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>API</w:t>
       </w:r>
       <w:r>
@@ -837,51 +837,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R991a37f2e3ac4472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdd33b8f433574fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R489a71ce2bd44d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R148db629f01544d8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R533bc371c3454b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb6908322255c4ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R938289ca4ce34bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3486de8920a247b7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>