--- v7 (2025-12-20)
+++ v8 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd1eb63b99a2a466b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R35cead916a394a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R380730255a194f79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R05f4431fe5044053" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2996f8e14df14db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R888474f8084c41e9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Main Caption"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>PDF</w:t>
       </w:r>
       <w:r>
         <w:t>ファイルをコードから</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>API</w:t>
       </w:r>
       <w:r>
@@ -837,51 +837,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R533bc371c3454b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb6908322255c4ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R938289ca4ce34bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3486de8920a247b7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3c3adce9612b4cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbf10012629004f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re8c4e6089813456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8e5f7bf5ce2249d8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>