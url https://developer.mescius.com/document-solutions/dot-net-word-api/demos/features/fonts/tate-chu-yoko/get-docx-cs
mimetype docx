--- v8 (2026-02-03)
+++ v9 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R05f4431fe5044053" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2996f8e14df14db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R888474f8084c41e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reb42b3112e6442f7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5ea8988bf83642bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R769e428fb76b4e63" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Main Caption"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>PDF</w:t>
       </w:r>
       <w:r>
         <w:t>ファイルをコードから</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>API</w:t>
       </w:r>
       <w:r>
@@ -837,51 +837,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3c3adce9612b4cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbf10012629004f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re8c4e6089813456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8e5f7bf5ce2249d8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R17b70f84a3c044cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd7082eca602e470e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7c4153ab1e714ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcefaee8b82124061" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>