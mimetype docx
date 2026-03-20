--- v9 (2026-03-20)
+++ v10 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reb42b3112e6442f7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5ea8988bf83642bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R769e428fb76b4e63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3fb3b7740a8944c9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R01a5c0ec46344314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3244bbc2e4f34abb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Main Caption"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>PDF</w:t>
       </w:r>
       <w:r>
         <w:t>ファイルをコードから</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My TateChuOko"/>
         </w:rPr>
         <w:t>API</w:t>
       </w:r>
       <w:r>
@@ -837,51 +837,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R17b70f84a3c044cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd7082eca602e470e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7c4153ab1e714ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcefaee8b82124061" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6fb884e3c85e4616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R01898d4e99a241f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra9aea290e1724767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3d76cfe325434a09" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>