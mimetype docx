--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,129 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0f2a13cefdeb4fd3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdd8fa3dc5fe5465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R870168c2a4ae450c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5b3e9e5e467b4eb9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R442e8d4414294945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re2761f18268d4c37" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nunc erat nisi congue magna nunc proin, aliquet at lobortis diam felis at dolor nisi nibh ullamcorper mauris sit congue praesent. Tellus elit pulvinar aliquam tincidunt proin volutpat amet erat lobortis ullamcorper, felis sit, magna nibh, tellus adipiscing dolore, eget molestie elit. Consectetur laoreet sem ullamcorper tellus elit, adipiscing pharetra, feugiat, </w:t>
+        <w:t xml:space="preserve">Congue nisi nunc lobortis ut tincidunt, magna laoreet, praesent volutpat id sit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> sed tempus erat aliquam tincidunt massa tempus magna ut tincidunt nibh. Mi, congue lobortis massa, et euismod turpis ac lobortis aliquet mauris nonummy tempus massa non nonummy tempus nisi laoreet, magna massa. Proin euismod turpis </w:t>
+        <w:t xml:space="preserve"> ac laoreet, praesent volutpat nonummy feugiat magna mi. Proin euismod mauris nonummy tempus ut diam elit </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, ut diam diam, id sit ac mi tellus at pulvinar </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nibh euismod, turpis, tempus tincidunt aliquet mauris dolor congue mi mauris sit donec massa sem nonummy sed. Nunc proin eget volutpat turpis ac lobortis ullamcorper turpis tempus lobortis, ullamcorper adipiscing feugiat ut, praesent mauris consectetur, erat nunc proin. Id turpis ac tincidunt aliquet at pharetra donec ante dolor dolore proin volutpat dolor dolore nibh, ullamcorper felis feugiat, congue praesent. Tellus aliquet mauris feugiat, dolore ante non consectetur tellus consectetur </w:t>
+        <w:t xml:space="preserve"> tincidunt. Praesent mauris dolor magna ante sem elit pulvinar nisi nibh eget sit ac laoreet, aliquet pharetra donec massa volutpat pharetra donec. Ante sem elit pulvinar ut, et id turpis, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> laoreet tellus at dolor, donec ante volutpat amet donec massa. Non elit </w:t>
+        <w:t xml:space="preserve"> nunc praesent at dolor dolore proin mauris dolor donec ante non elit. Turpis aliquam nibh ullamcorper turpis tempus lobortis euismod nonummy, tempus lobortis diam felis, feugiat congue laoreet molestie at erat nunc aliquet. At pulvinar consectetur sed nunc sem at sed tincidunt aliquet at dolor nunc, praesent at sed congue praesent mauris, dolor donec. Ante non amet erat massa sem elit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> ut diam felis tempus lobortis sem felis, pulvinar nisi diam, eget nonummy erat massa tellus consectetur sed dolore. Sem, elit amet ac lobortis ullamcorper, felis, feugiat magna ante non nonummy tempus massa sem elit pulvinar nisi et euismod dolore. Proin molestie, amet tempus ut, diam felis feugiat ut et euismod turpis ac nunc praesent mauris dolor dolore ante volutpat nonummy. Tempus ut ullamcorper elit erat nunc sem eget </w:t>
+        <w:t xml:space="preserve">, nunc sem mauris sed nunc praesent mauris pharetra donec ante volutpat pharetra, dolore. Ante non elit feugiat ut diam id sit ac laoreet tellus turpis sed nunc nunc sem eget sit aliquam nibh magna. Mi molestie turpis nisi et id sit magna laoreet tellus at sed dolore ac, laoreet euismod turpis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> laoreet ullamcorper adipiscing. Lorem tincidunt aliquet mauris feugiat congue aliquet felis feugiat congue praesent mauris feugiat congue mi mauris pharetra erat massa magna mi. Non elit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nisi nibh tellus at, dolor congue proin, mauris dolor dolore proin, molestie. Pharetra erat massa sem elit tempus nunc sem elit pulvinar molestie dolor donec ante non nonummy tempus ut, et id turpis. Erat nunc aliquet, eget pulvinar donec ante volutpat nonummy aliquam lobortis non nonummy tempus ut mi, diam molestie turpis erat tincidunt. Proin volutpat nonummy tempus ut, diam mauris feugiat magna mi molestie consectetur magna congue, mi id sit magna et, id sit. Ut diam felis pulvinar ut et id sit aliquam laoreet ullamcorper adipiscing dolor donec, massa ullamcorper nonummy </w:t>
+        <w:t xml:space="preserve">, nisi et euismod, turpis, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tincidunt aliquet felis feugiat, congue praesent mauris feugiat congue, praesent molestie pharetra donec. Mi tellus consectetur, elit tempus lobortis, ullamcorper felis feugiat nisi et euismod turpis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nibh euismod consectetur ac tincidunt aliquet at. Sed congue praesent at feugiat congue aliquet, at feugiat, erat nunc ante volutpat amet aliquam nibh ullamcorper adipiscing feugiat, congue praesent. Molestie pharetra magna mi molestie pharetra ac massa tellus at dolor, nunc proin volutpat amet pulvinar nisi, nibh tellus adipiscing sed. Nunc, proin eget dolor dolore ante volutpat amet erat, lobortis diam id turpis erat tincidunt aliquet, at </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tincidunt proin eget. Feugiat magna, massa proin, eget amet aliquam nibh ullamcorper adipiscing ac lobortis aliquet, elit pulvinar nisi et id sit ac nibh. Aliquet mauris dolor dolore proin molestie pharetra donec, ante volutpat amet erat ante sem elit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> ut praesent molestie. Pharetra donec mi tellus consectetur erat laoreet non nonummy sed nunc proin eget sed, nunc, proin eget dolor nisi, proin volutpat. Turpis </w:t>
+        <w:t xml:space="preserve"> ut sem felis nonummy tempus. Lobortis ullamcorper adipiscing aliquam nibh diam id sit ac laoreet molestie sit magna mi molestie sit, magna et euismod turpis ac. Laoreet tellus mauris, dolor pulvinar nisi nibh euismod turpis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> lobortis diam ullamcorper felis feugiat magna mi tellus pharetra erat laoreet tellus at sed dolore et euismod turpis </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">. Lobortis praesent mauris dolor donec ante tellus nonummy </w:t>
+        <w:t xml:space="preserve"> congue proin mauris dolor dolore mi molestie consectetur erat massa tellus. Nonummy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, ut laoreet molestie sit magna mi molestie feugiat nisi mi euismod sit. </w:t>
+        <w:t xml:space="preserve"> nunc diam elit pulvinar nisi proin elit, ac tincidunt aliquet at, feugiat tincidunt praesent, mauris pharetra, tempus lobortis sem. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -657,51 +693,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R87be766e9bc74330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R09cfad8eef194b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcc13301285a64944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R620a1fb0462f4f52" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2562b04410364d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R32afd396b5c84370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R23913d8b76c94a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbe9240476f264215" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>