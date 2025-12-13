--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -1,165 +1,120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5b3e9e5e467b4eb9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R442e8d4414294945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re2761f18268d4c37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2b70bb1968064abf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcc755535de694cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8798b00865d54d2d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Congue nisi nunc lobortis ut tincidunt, magna laoreet, praesent volutpat id sit </w:t>
+        <w:t xml:space="preserve">Aliquam molestie ante nunc nibh diam et, euismod adipiscing amet feugiat erat nunc proin volutpat amet aliquam nibh ullamcorper adipiscing dolor. Tempus magna nibh tellus at nonummy eget amet aliquam lobortis diam elit feugiat congue diam felis feugiat ac laoreet aliquet at. Dolor dolore, ante volutpat amet tempus lobortis non nonummy tempus sed dolore proin mauris pharetra dolore mi, mauris dolor dolore, mi. Volutpat nonummy erat, massa non, nonummy sed nunc diam, eget pulvinar ut proin eget pulvinar nisi erat nunc proin eget pulvinar. Nisi nibh euismod nonummy, tempus ut, euismod nonummy aliquam nibh non, adipiscing feugiat congue et molestie pharetra, magna tellus turpis magna. Laoreet tellus consectetur sed tincidunt aliquet, consectetur, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, dolore ante, volutpat amet tempus lobortis ullamcorper nonummy tempus lobortis ullamcorper nonummy, erat. Massa non nonummy amet nisi ante mauris pulvinar dolore proin eget dolor dolore proin volutpat, pharetra donec proin molestie pharetra donec. Ante volutpat nonummy nisi proin eget amet aliquam nibh diam, felis feugiat, congue mi molestie pharetra ac mi id pharetra magna. Mi molestie turpis magna mi id, turpis ac et nunc non nonummy sed, nunc sem, at sed nunc proin eget </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> ac laoreet, praesent volutpat nonummy feugiat magna mi. Proin euismod mauris nonummy tempus ut diam elit </w:t>
+        <w:t xml:space="preserve">. Nunc aliquet, at sed dolore sem at sed, nunc proin volutpat pulvinar, dolore ante volutpat, feugiat sem praesent non felis consectetur. Pulvinar feugiat donec ut nibh proin diam, tellus id at amet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, ut diam diam, id sit ac mi tellus at pulvinar </w:t>
+        <w:t xml:space="preserve"> magna laoreet aliquet eget turpis pharetra erat ut nibh. Nonummy feugiat donec nunc proin aliquet molestie adipiscing at pulvinar ac congue ante sem id consectetur, dolor tempus donec magna nunc. Nibh nunc nibh aliquet volutpat amet pulvinar nisi, et volutpat turpis aliquam nibh, ullamcorper felis dolor donec ante tellus consectetur erat. Nunc diam id pulvinar aliquam nibh aliquet mauris dolor dolore praesent molestie donec mi molestie consectetur erat massa non elit </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Ut et id pulvinar nisi nibh, id turpis aliquam nibh, ullamcorper adipiscing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> tincidunt. Praesent mauris dolor magna ante sem elit pulvinar nisi nibh eget sit ac laoreet, aliquet pharetra donec massa volutpat pharetra donec. Ante sem elit pulvinar ut, et id turpis, </w:t>
+        <w:t xml:space="preserve"> tincidunt praesent mauris feugiat massa non elit tempus. Ut diam elit pulvinar ut proin nonummy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ut proin ullamcorper felis feugiat nisi mi molestie sit, nisi diam felis pulvinar. Nisi et id turpis ac tincidunt praesent at dolor dolore praesent mauris dolor congue praesent, molestie elit dolor dolore ante euismod. Nonummy, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nunc praesent at dolor dolore proin mauris dolor donec ante non elit. Turpis aliquam nibh ullamcorper turpis tempus lobortis euismod nonummy, tempus lobortis diam felis, feugiat congue laoreet molestie at erat nunc aliquet. At pulvinar consectetur sed nunc sem at sed tincidunt aliquet at dolor nunc, praesent at sed congue praesent mauris, dolor donec. Ante non amet erat massa sem elit </w:t>
+        <w:t xml:space="preserve">, congue praesent molestie, sit congue praesent id pharetra ac laoreet non consectetur erat massa sem elit dolor dolore proin. Dolor, nisi ante volutpat amet tempus lobortis ullamcorper adipiscing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, nunc sem mauris sed nunc praesent mauris pharetra donec ante volutpat pharetra, dolore. Ante non elit feugiat ut diam id sit ac laoreet tellus turpis sed nunc nunc sem eget sit aliquam nibh magna. Mi molestie turpis nisi et id sit magna laoreet tellus at sed dolore ac, laoreet euismod turpis </w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve"> nunc diam elit pulvinar nisi proin elit, ac tincidunt aliquet at, feugiat tincidunt praesent, mauris pharetra, tempus lobortis sem. </w:t>
+        <w:t xml:space="preserve"> ut praesent, id sit magna mi molestie sit ac mi felis. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -693,51 +648,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2562b04410364d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R32afd396b5c84370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R23913d8b76c94a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbe9240476f264215" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5411ec8ebf14484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5df476bf9f3f4cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ref42c0ee7eaa43ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8c205525561d41bf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>