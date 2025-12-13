--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -1,120 +1,201 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2b70bb1968064abf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcc755535de694cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8798b00865d54d2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8311d1351d2a433a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd96aac0e593041a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R046fb1d61cf0480e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquam molestie ante nunc nibh diam et, euismod adipiscing amet feugiat erat nunc proin volutpat amet aliquam nibh ullamcorper adipiscing dolor. Tempus magna nibh tellus at nonummy eget amet aliquam lobortis diam elit feugiat congue diam felis feugiat ac laoreet aliquet at. Dolor dolore, ante volutpat amet tempus lobortis non nonummy tempus sed dolore proin mauris pharetra dolore mi, mauris dolor dolore, mi. Volutpat nonummy erat, massa non, nonummy sed nunc diam, eget pulvinar ut proin eget pulvinar nisi erat nunc proin eget pulvinar. Nisi nibh euismod nonummy, tempus ut, euismod nonummy aliquam nibh non, adipiscing feugiat congue et molestie pharetra, magna tellus turpis magna. Laoreet tellus consectetur sed tincidunt aliquet, consectetur, </w:t>
+        <w:t xml:space="preserve">Mi tellus volutpat at adipiscing eget tellus laoreet magna </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> consectetur molestie praesent tincidunt aliquam, pulvinar turpis molestie mi ac feugiat. Nonummy pharetra felis diam lobortis tempus nonummy volutpat ante donec pulvinar mauris sem dolore sed at euismod, et nisi tempus amet. Volutpat proin dolore pharetra mauris non, laoreet magna pharetra molestie mi magna, dolor mauris praesent magna feugiat turpis volutpat, proin dolore. Pulvinar eget proin nunc </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> at tellus nunc sed nonummy non, ut </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, dolore ante, volutpat amet tempus lobortis ullamcorper nonummy tempus lobortis ullamcorper nonummy, erat. Massa non nonummy amet nisi ante mauris pulvinar dolore proin eget dolor dolore proin volutpat, pharetra donec proin molestie pharetra donec. Ante volutpat nonummy nisi proin eget amet aliquam nibh diam, felis feugiat, congue mi molestie pharetra ac mi id pharetra magna. Mi molestie turpis magna mi id, turpis ac et nunc non nonummy sed, nunc sem, at sed nunc proin eget </w:t>
+        <w:t xml:space="preserve"> sed at tellus mi magna sit id mi. Nisi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Nunc aliquet, at sed dolore sem at sed, nunc proin volutpat pulvinar, dolore ante volutpat, feugiat sem praesent non felis consectetur. Pulvinar feugiat donec ut nibh proin diam, tellus id at amet </w:t>
+        <w:t xml:space="preserve"> elit ullamcorper lobortis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> magna laoreet aliquet eget turpis pharetra erat ut nibh. Nonummy feugiat donec nunc proin aliquet molestie adipiscing at pulvinar ac congue ante sem id consectetur, dolor tempus donec magna nunc. Nibh nunc nibh aliquet volutpat amet pulvinar nisi, et volutpat turpis aliquam nibh, ullamcorper felis dolor donec ante tellus consectetur erat. Nunc diam id pulvinar aliquam nibh aliquet mauris dolor dolore praesent molestie donec mi molestie consectetur erat massa non elit </w:t>
+        <w:t xml:space="preserve"> adipiscing, diam ut feugiat id diam ut molestie, ante magna dolor, felis, ullamcorper lobortis, feugiat. Adipiscing ullamcorper lobortis ac adipiscing ullamcorper tincidunt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> at, aliquet congue </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> at aliquet tincidunt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> at aliquet, nunc tincidunt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Adipiscing aliquet tincidunt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> adipiscing ullamcorper lobortis ac turpis id proin, nisi pulvinar eget diam nisi pulvinar id et nisi pulvinar. Id sem lobortis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Ut et id pulvinar nisi nibh, id turpis aliquam nibh, ullamcorper adipiscing </w:t>
+        <w:t xml:space="preserve">, ac erat pharetra molestie ante dolore dolor eget, proin congue dolor eget proin dolore dolor, eget sem. Nunc sed at tincidunt erat at tellus, laoreet ac sit id praesent congue </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> adipiscing non ante tempus nonummy ullamcorper lobortis. Tempus amet euismod, ante nisi pulvinar, elit sem dolore pharetra id et, lobortis tempus amet, volutpat ante tempus amet volutpat proin. Dolore sed at aliquet, nunc sed at tellus et magna sit id, mi congue feugiat laoreet donec sit molestie mi magna. Pharetra molestie, ante donec pharetra volutpat mi donec dolor molestie ante donec amet molestie praesent dolore sed at, praesent tincidunt sit. Id diam nunc, tempus consectetur tellus ante donec consectetur volutpat mi donec dolor mauris proin dolore dolor molestie ante donec pharetra. Eget ante donec dolor mauris et magna sit felis diam nisi sit id et nisi feugiat felis, diam congue feugiat felis. Ullamcorper lobortis tempus amet non nibh donec, amet eget proin dolore tincidunt tempus turpis ullamcorper tincidunt ac, adipiscing euismod nibh aliquam. Ipsum, elit sem sed elit sem ut </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> elit sem nunc tempus nonummy non ante donec amet volutpat ante, dolore feugiat. At id nibh nisi pulvinar eget diam nunc erat diam ut tempus consectetur non ante erat amet volutpat massa donec, pharetra. Mauris proin tincidunt sed at tellus laoreet aliquam, pulvinar elit diam nisi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> elit diam donec pharetra mauris, mi dolore feugiat. At aliquet laoreet, sed mauris praesent tincidunt </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> tincidunt praesent mauris feugiat massa non elit tempus. Ut diam elit pulvinar ut proin nonummy </w:t>
+        <w:t xml:space="preserve"> adipiscing tellus, tincidunt sed at tellus laoreet ac turpis id et ac sit. Mauris aliquet tincidunt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> adipiscing euismod laoreet ac sit id et nisi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> ut proin ullamcorper felis feugiat nisi mi molestie sit, nisi diam felis pulvinar. Nisi et id turpis ac tincidunt praesent at dolor dolore praesent mauris dolor congue praesent, molestie elit dolor dolore ante euismod. Nonummy, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ut praesent, id sit magna mi molestie sit ac mi felis. </w:t>
+        <w:t xml:space="preserve"> eget diam nisi pulvinar felis, sem lobortis, erat. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -648,51 +729,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5411ec8ebf14484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5df476bf9f3f4cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ref42c0ee7eaa43ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8c205525561d41bf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R09c05838d2aa4896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R41401c778c5c44c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra20b4edcfd19495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4eda0a6a6ed343a9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>