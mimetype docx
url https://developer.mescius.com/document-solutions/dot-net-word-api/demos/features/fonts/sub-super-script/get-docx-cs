--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,201 +1,201 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8311d1351d2a433a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd96aac0e593041a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R046fb1d61cf0480e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra0c87a2d1d9740af" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb96a1b513f3e450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R57511a3146334d5b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mi tellus volutpat at adipiscing eget tellus laoreet magna </w:t>
+        <w:t xml:space="preserve">Adipiscing tincidunt, elit aliquet ut erat feugiat pulvinar elit sem mi magna tempus amet volutpat proin dolore, sed consectetur tellus mi. Massa donec dolor turpis eget et dolore, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> consectetur molestie praesent tincidunt aliquam, pulvinar turpis molestie mi ac feugiat. Nonummy pharetra felis diam lobortis tempus nonummy volutpat ante donec pulvinar mauris sem dolore sed at euismod, et nisi tempus amet. Volutpat proin dolore pharetra mauris non, laoreet magna pharetra molestie mi magna, dolor mauris praesent magna feugiat turpis volutpat, proin dolore. Pulvinar eget proin nunc </w:t>
+        <w:t xml:space="preserve"> sem massa ac consectetur molestie praesent lobortis aliquam, nonummy euismod ante aliquam amet. Mauris aliquet tincidunt sed at felis ullamcorper massa erat, amet mauris aliquet, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, turpis id et nisi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> at tellus nunc sed nonummy non, ut </w:t>
+        <w:t xml:space="preserve"> eget sem nunc. Tempus consectetur volutpat ante dolore feugiat turpis volutpat et nisi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> eget sem nunc erat consectetur mi congue sit felis diam. Tincidunt tempus adipiscing ullamcorper nibh aliquam dolor eget proin, dolore sed at, non, massa erat pharetra tellus massa donec pharetra massa. Erat consectetur tellus mi magna feugiat felis ullamcorper lobortis ac, amet volutpat proin nunc pulvinar elit sem nunc, sed consectetur molestie. Praesent lobortis aliquam amet volutpat, non massa donec dolor mauris aliquet lobortis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> sed at tellus mi magna sit id mi. Nisi </w:t>
+        <w:t xml:space="preserve"> turpis id et ut </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> elit ullamcorper lobortis </w:t>
+        <w:t xml:space="preserve"> elit proin ut. Ipsum consectetur molestie mi, magna, dolor felis diam tincidunt massa erat pharetra molestie, proin dolore dolor at ullamcorper laoreet nisi pulvinar. Eget diam ut tempus consectetur molestie, ante magna dolor mauris praesent tincidunt ac amet volutpat, aliquam amet eget proin ut </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> adipiscing, diam ut feugiat id diam ut molestie, ante magna dolor, felis, ullamcorper lobortis, feugiat. Adipiscing ullamcorper lobortis ac adipiscing ullamcorper tincidunt </w:t>
+        <w:t xml:space="preserve">. Elit non massa donec pharetra molestie, praesent congue </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> at, aliquet congue </w:t>
+        <w:t xml:space="preserve"> adipiscing ullamcorper lobortis ac turpis ullamcorper tincidunt, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> at aliquet tincidunt </w:t>
+        <w:t xml:space="preserve"> adipiscing ullamcorper laoreet, aliquam. Aliquam, pharetra eget praesent tincidunt ac turpis felis et nisi, sit, felis et nisi feugiat felis et ut feugiat felis diam. Lobortis aliquam nonummy non nibh aliquam, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nonummy tellus massa donec pharetra volutpat mi dolore pharetra molestie aliquet tincidunt </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> at aliquet, nunc tincidunt </w:t>
+        <w:t xml:space="preserve"> at. Ullamcorper nibh aliquam sit eget diam ut pulvinar eget diam, ut erat erat turpis id, et nisi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> elit ullamcorper lobortis. Aliquam amet eget praesent congue ac turpis euismod nibh magna pulvinar elit diam ut erat consectetur, molestie elit, ullamcorper lobortis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Nonummy molestie aliquet tincidunt </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Adipiscing aliquet tincidunt </w:t>
+        <w:t xml:space="preserve">, adipiscing tellus laoreet nisi pulvinar amet eget sem tincidunt, erat turpis id, et magna sit, id. Mi congue feugiat felis ullamcorper ut </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> adipiscing ullamcorper lobortis ac turpis id proin, nisi pulvinar eget diam nisi pulvinar id et nisi pulvinar. Id sem lobortis </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> elit diam donec pharetra mauris, mi dolore feugiat. At aliquet laoreet, sed mauris praesent tincidunt </w:t>
+        <w:t xml:space="preserve"> nonummy volutpat nibh, tempus amet volutpat ante nisi erat pharetra molestie mi dolore dolor. Mauris proin dolore dolor mauris proin dolore sed at, aliquet nunc dolor mauris sem tincidunt erat consectetur euismod mi magna feugiat. Mi magna feugiat id praesent ut feugiat id mi donec pharetra non ante donec consectetur molestie mi magna feugiat felis praesent. Congue </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> adipiscing tellus, tincidunt sed at tellus laoreet ac turpis id et ac sit. Mauris aliquet tincidunt </w:t>
+        <w:t xml:space="preserve">, adipiscing aliquet tincidunt, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> adipiscing euismod laoreet ac sit id et nisi </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> eget diam nisi pulvinar felis, sem lobortis, erat. </w:t>
+        <w:t xml:space="preserve"> ullamcorper, nibh aliquam sit id, nibh, magna turpis, euismod laoreet ac sit, id et nisi. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -729,51 +729,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R09c05838d2aa4896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R41401c778c5c44c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra20b4edcfd19495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4eda0a6a6ed343a9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3bc6f988797b41ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R66b24463bea14591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd5a7a5f061ad4d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re8d21d1221e04d00" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>