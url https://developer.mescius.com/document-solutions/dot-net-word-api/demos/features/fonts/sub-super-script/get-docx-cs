--- v4 (2025-12-14)
+++ v5 (2025-12-16)
@@ -1,201 +1,228 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra0c87a2d1d9740af" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb96a1b513f3e450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R57511a3146334d5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R10218ef5cd184b69" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0027a7b594124b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1cc534dce4684b11" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing tincidunt, elit aliquet ut erat feugiat pulvinar elit sem mi magna tempus amet volutpat proin dolore, sed consectetur tellus mi. Massa donec dolor turpis eget et dolore, </w:t>
+        <w:t xml:space="preserve">Sed at pulvinar aliquam, sit </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nunc sem eget pulvinar tellus adipiscing sed laoreet ullamcorper turpis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nibh id </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> sem massa ac consectetur molestie praesent lobortis aliquam, nonummy euismod ante aliquam amet. Mauris aliquet tincidunt sed at felis ullamcorper massa erat, amet mauris aliquet, </w:t>
+        <w:t xml:space="preserve"> massa. Proin elit sed laoreet id </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> massa volutpat pharetra magna ullamcorper nonummy aliquam ante mauris tincidunt euismod pulvinar ut proin at. Erat, laoreet tellus feugiat lobortis non pharetra congue ullamcorper amet dolore sem consectetur magna diam nonummy donec mi felis nibh volutpat. Pharetra dolore praesent adipiscing aliquam et eget, sed massa id </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> massa, molestie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, turpis id et nisi </w:t>
+        <w:t xml:space="preserve"> lobortis volutpat dolor tincidunt tellus turpis nisi. Consectetur donec praesent adipiscing aliquam proin adipiscing aliquam proin at, ac mi felis tempus ante molestie tempus ante mauris ac et. Felis tempus ante mauris, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nibh, dolor tincidunt ullamcorper sit nisi non consectetur, magna et felis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> eget sem nunc. Tempus consectetur volutpat ante dolore feugiat turpis volutpat et nisi </w:t>
+        <w:t xml:space="preserve"> massa, molestie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nibh. Elit erat laoreet id </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> eget sem nunc erat consectetur mi congue sit felis diam. Tincidunt tempus adipiscing ullamcorper nibh aliquam dolor eget proin, dolore sed at, non, massa erat pharetra tellus massa donec pharetra massa. Erat consectetur tellus mi magna feugiat felis ullamcorper lobortis ac, amet volutpat proin nunc pulvinar elit sem nunc, sed consectetur molestie. Praesent lobortis aliquam amet volutpat, non massa donec dolor mauris aliquet lobortis </w:t>
+        <w:t xml:space="preserve"> massa molestie feugiat ut non amet praesent adipiscing, aliquam, et elit erat, laoreet felis, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> lobortis. Molestie dolor tincidunt euismod pulvinar feugiat lobortis euismod dolor nunc </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, massa molestie feugiat lobortis non dolor tincidunt ullamcorper amet dolore. Non consectetur congue diam amet, donec praesent felis, tempus ante mauris, erat laoreet euismod, pulvinar nunc, pharetra magna diam adipiscing, tempus. Ante eget, dolor tincidunt, aliquet amet dolore aliquet, turpis ut sem, consectetur dolore praesent felis tempus ante mauris sed nibh eget. Sed mauris feugiat nibh non amet donec proin at </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> turpis id et ut </w:t>
+        <w:t xml:space="preserve"> lobortis euismod </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> elit proin ut. Ipsum consectetur molestie mi, magna, dolor felis diam tincidunt massa erat pharetra molestie, proin dolore dolor at ullamcorper laoreet nisi pulvinar. Eget diam ut tempus consectetur molestie, ante magna dolor mauris praesent tincidunt ac amet volutpat, aliquam amet eget proin ut </w:t>
+        <w:t xml:space="preserve"> nunc aliquet sit ut non dolor tincidunt ullamcorper. Amet dolore aliquet consectetur magna diam nonummy ullamcorper amet congue euismod amet nunc non feugiat lobortis volutpat dolor lobortis volutpat pulvinar. Nunc aliquet turpis ut non pharetra tincidunt euismod dolor tincidunt id </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Elit non massa donec pharetra molestie, praesent congue </w:t>
+        <w:t xml:space="preserve"> massa feugiat massa volutpat dolor tincidunt euismod sed laoreet. Felis, tempus ante adipiscing aliquam proin at magna et nonummy erat mi felis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> adipiscing ullamcorper lobortis ac turpis ullamcorper tincidunt, </w:t>
+        <w:t xml:space="preserve"> proin volutpat amet tempus mauris </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> adipiscing ullamcorper laoreet, aliquam. Aliquam, pharetra eget praesent tincidunt ac turpis felis et nisi, sit, felis et nisi feugiat felis et ut feugiat felis diam. Lobortis aliquam nonummy non nibh aliquam, </w:t>
+        <w:t xml:space="preserve"> nibh. Eget sed laoreet felis tempus mi at ac proin elit, sed tellus pulvinar nunc non consectetur donec diam nonummy dolore tellus. Turpis nisi sem consectetur magna ullamcorper amet congue ullamcorper amet nunc tellus sit lobortis non pharetra tincidunt amet nunc aliquet sit. Nisi diam elit donec mi felis tempus massa eget dolor tincidunt id erat mi felis tempus mi mauris feugiat nibh volutpat. Pulvinar aliquet consectetur magna et nonummy donec ullamcorper amet dolore praesent turpis nisi sem consectetur ac et elit donec mi at. Ac lobortis euismod pulvinar dolore aliquet turpis sem consectetur magna ullamcorper, amet donec proin mauris </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> et elit erat et elit. Donec aliquet adipiscing aliquam et elit erat mi felis, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nonummy tellus massa donec pharetra volutpat mi dolore pharetra molestie aliquet tincidunt </w:t>
+        <w:t xml:space="preserve"> ante non consectetur praesent mauris </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> at. Ullamcorper nibh aliquam sit eget diam ut pulvinar eget diam, ut erat erat turpis id, et nisi </w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> ullamcorper, nibh aliquam sit id, nibh, magna turpis, euismod laoreet ac sit, id et nisi. </w:t>
+        <w:t xml:space="preserve"> nibh mauris sed tincidunt id. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -729,51 +756,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3bc6f988797b41ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R66b24463bea14591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd5a7a5f061ad4d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re8d21d1221e04d00" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf2f1137b02484573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7d186f314e3945af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7a59dda8f6ae43b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R681c62e6ef1e49bd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>