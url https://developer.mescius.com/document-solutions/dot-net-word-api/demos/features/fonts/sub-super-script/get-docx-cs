--- v5 (2025-12-16)
+++ v6 (2025-12-16)
@@ -1,228 +1,219 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R10218ef5cd184b69" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0027a7b594124b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1cc534dce4684b11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd99801d4eeb648fb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R701baaa6d4104ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ree6eecd756474e3c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sed at pulvinar aliquam, sit </w:t>
+        <w:t xml:space="preserve">Massa sem euismod, et elit </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nisi et id </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nunc sem consectetur erat massa, tellus sit congue diam at, dolor. Aliquam lobortis volutpat, pulvinar dolore aliquet at ac et nonummy erat mi felis aliquam proin at ac nibh eget </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> laoreet. Molestie, turpis laoreet tellus sit nisi sem, consectetur congue diam amet donec proin at </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nunc sem eget pulvinar tellus adipiscing sed laoreet ullamcorper turpis </w:t>
+        <w:t xml:space="preserve"> nibh eget erat praesent adipiscing tempus. Ante at </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nibh id </w:t>
+        <w:t xml:space="preserve"> nibh eget, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> massa. Proin elit sed laoreet id </w:t>
+        <w:t xml:space="preserve"> dolore consectetur magna diam nonummy erat ante mauris </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, nibh eget sed laoreet id, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> massa volutpat pharetra magna ullamcorper nonummy aliquam ante mauris tincidunt euismod pulvinar ut proin at. Erat, laoreet tellus feugiat lobortis non pharetra congue ullamcorper amet dolore sem consectetur magna diam nonummy donec mi felis nibh volutpat. Pharetra dolore praesent adipiscing aliquam et eget, sed massa id </w:t>
+        <w:t xml:space="preserve">. Massa tellus feugiat ut non pharetra tincidunt euismod pulvinar, tellus turpis nisi non pharetra tincidunt euismod sed, tincidunt euismod, pulvinar nunc. Non pharetra congue ullamcorper pharetra congue tellus, sit ut tellus pharetra ut volutpat feugiat lobortis turpis aliquam sem consectetur magna diam. Nonummy magna praesent adipiscing, aliquam nibh volutpat sed tincidunt, euismod sit ut tellus sit, lobortis non, amet dolore aliquet amet, dolore. At dolor nunc tellus sit ut sem pharetra congue ullamcorper, nonummy, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> lobortis, eget dolor laoreet ullamcorper amet nunc molestie ut. Diam nonummy erat mi mauris </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ante elit ac et felis, tempus massa tellus feugiat ut non amet dolore tellus pulvinar. Nisi proin consectetur magna, elit tempus, mi mauris </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tincidunt ullamcorper amet, nisi proin mauris </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> laoreet elit erat mi mauris. Feugiat ut praesent molestie pharetra, ac mi felis erat proin, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> lobortis volutpat dolor laoreet elit erat mi molestie feugiat tincidunt. Volutpat amet, dolore aliquet turpis aliquam proin elit ac et adipiscing aliquam proin at aliquam proin ac mi, felis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> massa, molestie </w:t>
+        <w:t xml:space="preserve"> ut. Non consectetur magna diam nonummy donec praesent at </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> lobortis volutpat dolor tincidunt tellus turpis nisi. Consectetur donec praesent adipiscing aliquam proin adipiscing aliquam proin at, ac mi felis tempus ante molestie tempus ante mauris ac et. Felis tempus ante mauris, </w:t>
+        <w:t xml:space="preserve"> nibh, elit donec diam adipiscing donec proin mauris, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nibh, dolor tincidunt ullamcorper sit nisi non consectetur, magna et felis </w:t>
+        <w:t xml:space="preserve"> nibh eget sed. Laoreet sit ut non pharetra congue ullamcorper amet donec aliquet turpis ut non pharetra magna diam adipiscing aliquam praesent adipiscing aliquam. Proin elit ac et elit tempus ante feugiat lobortis euismod pulvinar, donec sem consectetur nisi sem consectetur magna diam amet donec. Praesent nonummy donec praesent turpis nisi sem consectetur nisi non dolor tincidunt euismod pulvinar dolore aliquet sit nisi, sem consectetur magna. Ullamcorper nonummy aliquam proin at ac et </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> massa, molestie </w:t>
+        <w:t xml:space="preserve"> nunc molestie feugiat lobortis, non amet dolore aliquet amet dolore sem consectetur magna. Et nonummy donec praesent nonummy donec praesent adipiscing nisi, sem consectetur magna diam donec aliquet adipiscing aliquam proin at ac mi. Felis, erat ante mauris, aliquam ante eget sed laoreet id, pulvinar ut tellus </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> lobortis molestie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nibh. Elit erat laoreet id </w:t>
-[...98 lines deleted...]
-        <w:t xml:space="preserve"> nibh mauris sed tincidunt id. </w:t>
+        <w:t xml:space="preserve"> nibh elit et elit. Erat praesent adipiscing aliquam ante at ac mi felis tempus massa tellus pharetra magna diam, amet donec praesent at ac et. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -756,51 +747,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf2f1137b02484573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7d186f314e3945af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7a59dda8f6ae43b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R681c62e6ef1e49bd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R99aacf20173d4fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3996ce329e5a458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R89f3700e59a14903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6871994ce9b34919" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>