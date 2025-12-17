--- v6 (2025-12-16)
+++ v7 (2025-12-17)
@@ -1,219 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd99801d4eeb648fb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R701baaa6d4104ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ree6eecd756474e3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R888d55c25d3043e5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2412cc9bd68c4ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5c42c7e0f3394e1f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Massa sem euismod, et elit </w:t>
+        <w:t xml:space="preserve">Mauris nonummy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nisi et id </w:t>
+        <w:t xml:space="preserve"> nonummy aliquam, ut mi id sit magna et, felis tempus lobortis non consectetur magna praesent, nonummy aliquam proin. Mi id </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nunc sem consectetur erat massa, tellus sit congue diam at, dolor. Aliquam lobortis volutpat, pulvinar dolore aliquet at ac et nonummy erat mi felis aliquam proin at ac nibh eget </w:t>
+        <w:t xml:space="preserve"> massa volutpat pharetra congue praesent at </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nibh elit erat mi elit erat mi adipiscing, nisi sem at. Lorem, laoreet id et elit erat mi felis, tempus ante felis nisi aliquet consectetur magna diam consectetur donec diam nonummy dolore. Aliquet adipiscing nisi sem consectetur amet donec aliquet amet et elit tempus ante felis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> lobortis volutpat dolor tincidunt ullamcorper turpis. Nisi sem at congue diam nonummy erat mi felis, tempus ante elit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> laoreet. Molestie, turpis laoreet tellus sit nisi sem, consectetur congue diam amet donec proin at </w:t>
+        <w:t xml:space="preserve"> massa molestie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nibh eget erat praesent adipiscing tempus. Ante at </w:t>
+        <w:t xml:space="preserve"> nibh, eget sed laoreet id. Pulvinar nunc tellus feugiat lobortis volutpat dolor congue ullamcorper amet nisi proin consectetur ac et felis tempus nibh volutpat dolor laoreet. Euismod pulvinar nunc tellus sit ut ullamcorper pharetra dolore, aliquet adipiscing ac proin at magna et elit erat, praesent felis tempus. Nibh volutpat sit nisi proin consectetur ac diam nonummy aliquam, ante mauris, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nibh eget, </w:t>
+        <w:t xml:space="preserve"> erat ante felis aliquam proin mauris erat mi. Elit pharetra donec diam nonummy aliquam proin adipiscing aliquam proin consectetur erat et nonummy donec praesent turpis nisi sem consectetur ac. Et, nonummy donec praesent adipiscing aliquam proin ut non pharetra, dolore aliquet amet, nunc tellus feugiat lobortis volutpat pharetra dolore aliquet. Turpis aliquam proin at ac et elit erat mi adipiscing aliquam proin at feugiat, lobortis molestie dolor congue ullamcorper amet dolore. Aliquet turpis nisi, diam elit erat ante mauris </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nibh mauris </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> et elit donec praesent felis tempus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> dolore consectetur magna diam nonummy erat ante mauris </w:t>
+        <w:t xml:space="preserve"> nunc tellus. Feugiat ut, diam nonummy, dolore aliquet amet dolore tellus sit ut tellus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, nibh eget sed laoreet id, </w:t>
+        <w:t xml:space="preserve"> lobortis eget sed tincidunt id sed, mi id. Consectetur </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Massa tellus feugiat ut non pharetra tincidunt euismod pulvinar, tellus turpis nisi non pharetra tincidunt euismod sed, tincidunt euismod, pulvinar nunc. Non pharetra congue ullamcorper pharetra congue tellus, sit ut tellus pharetra ut volutpat feugiat lobortis turpis aliquam sem consectetur magna diam. Nonummy magna praesent adipiscing, aliquam nibh volutpat sed tincidunt, euismod sit ut tellus sit, lobortis non, amet dolore aliquet amet, dolore. At dolor nunc tellus sit ut sem pharetra congue ullamcorper, nonummy, </w:t>
+        <w:t xml:space="preserve"> aliquet felis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> lobortis, eget dolor laoreet ullamcorper amet nunc molestie ut. Diam nonummy erat mi mauris </w:t>
+        <w:t xml:space="preserve"> congue, adipiscing consectetur erat nunc et id adipiscing dolor erat nisi mi, euismod turpis erat tincidunt. Aliquet mauris pulvinar dolore proin mauris, pharetra, congue </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ac congue praesent volutpat consectetur erat mi molestie feugiat, tincidunt ante molestie. Mauris sit congue diam adipiscing aliquam, praesent at ac proin elit ac et elit tempus ante, felis, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> ante elit ac et felis, tempus massa tellus feugiat ut non amet dolore tellus pulvinar. Nisi proin consectetur magna, elit tempus, mi mauris </w:t>
+        <w:t xml:space="preserve"> lobortis volutpat dolor. Tincidunt tellus sit ut non consectetur congue, aliquet turpis nisi sem at erat et elit donec praesent turpis nisi tellus sit. Nisi diam nonummy donec praesent adipiscing donec praesent adipiscing aliquam proin pharetra congue ullamcorper amet dolore sem turpis magna, diam elit. Tempus, ut volutpat dolor tincidunt euismod pulvinar nunc euismod pulvinar nunc tellus sit ut non pharetra congue aliquet ante mauris </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> tincidunt ullamcorper amet, nisi proin mauris </w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve"> nibh elit et elit. Erat praesent adipiscing aliquam ante at ac mi felis tempus massa tellus pharetra magna diam, amet donec praesent at ac et. </w:t>
+        <w:t xml:space="preserve">. Nibh volutpat dolor nunc tellus sit ut non sit tincidunt euismod dolor nunc tellus pulvinar nunc, molestie feugiat ut ullamcorper amet. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -747,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R99aacf20173d4fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3996ce329e5a458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R89f3700e59a14903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6871994ce9b34919" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9e9a026c006842de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8f9f0fa7724b4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4d7375e544fe4ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0c713a2a4c3347ad" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>