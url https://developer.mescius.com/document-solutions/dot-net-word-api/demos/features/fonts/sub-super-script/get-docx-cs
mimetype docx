--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,192 +1,174 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R888d55c25d3043e5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2412cc9bd68c4ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5c42c7e0f3394e1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7ba25299558146a4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R43d2f8d1bc084137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R25e111157a624bb3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mauris nonummy </w:t>
+        <w:t xml:space="preserve">Donec euismod sem, nonummy mauris ullamcorper congue feugiat adipiscing id nibh ac pulvinar euismod laoreet </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> at eget nibh ac at. Id nibh, ac consectetur sem dolore dolor felis et ac at proin nisi turpis euismod congue, pharetra volutpat lobortis tempus, felis. Mi donec elit diam magna consectetur sem nisi adipiscing aliquet, diam lobortis feugiat tellus nunc pulvinar tellus tincidunt pharetra volutpat ut. Sit molestie massa pulvinar euismod tincidunt sed mauris ante tempus felis mi erat nonummy et magna praesent dolore pharetra non lobortis. Lorem mauris mi erat nonummy diam ac at sem dolore amet aliquet congue amet ullamcorper ut sit tellus congue dolor, volutpat. Lobortis tempus adipiscing praesent donec consectetur, non nisi turpis sem nisi amet ullamcorper tincidunt dolor, volutpat lobortis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nonummy aliquam, ut mi id sit magna et, felis tempus lobortis non consectetur magna praesent, nonummy aliquam proin. Mi id </w:t>
+        <w:t xml:space="preserve">, id laoreet, sed. Eget et, ac, id laoreet sed eget nibh ac at sem, nisi turpis praesent donec nonummy diam magna at sem nisi. Adipiscing proin aliquam adipiscing praesent magna consectetur proin aliquam magna lobortis feugiat molestie massa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> massa volutpat pharetra congue praesent at </w:t>
+        <w:t xml:space="preserve">, felis laoreet dolor volutpat lobortis dolor. Molestie massa </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> molestie massa </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> id, laoreet, donec amet ullamcorper ut feugiat tellus ut turpis tellus dolore turpis aliquet dolore. Amet non ut turpis tellus nunc pulvinar ullamcorper, congue pharetra volutpat lobortis, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nibh elit erat mi elit erat mi adipiscing, nisi sem at. Lorem, laoreet id et elit erat mi felis, tempus ante felis nisi aliquet consectetur magna diam consectetur donec diam nonummy dolore. Aliquet adipiscing nisi sem consectetur amet donec aliquet amet et elit tempus ante felis </w:t>
+        <w:t xml:space="preserve"> molestie et ac mauris proin nisi adipiscing praesent. Donec consectetur sem nisi feugiat molestie, massa sed id laoreet dolor, volutpat lobortis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> molestie laoreet </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> euismod laoreet dolor felis. Et ac, mauris ante tempus, molestie, massa tempus felis mi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> id, tincidunt dolor volutpat lobortis feugiat molestie ut pulvinar euismod. Nunc pulvinar euismod lobortis molestie, ante tempus felis mi ac consectetur sem nisi turpis ullamcorper congue amet non congue sit non. Ut pulvinar euismod nunc dolor volutpat lobortis feugiat, volutpat mauris ante </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> felis et ac at proin aliquam at ante tempus. Id mi, sed eget tincidunt sed mauris nibh </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> lobortis volutpat dolor tincidunt ullamcorper turpis. Nisi sem at congue diam nonummy erat mi felis, tempus ante elit </w:t>
+        <w:t xml:space="preserve"> molestie massa pulvinar euismod laoreet, sed sed elit proin aliquam adipiscing aliquet. Congue sed eget nibh </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> molestie massa, nonummy ullamcorper magna pharetra sem nisi turpis aliquet dolore amet, praesent donec nonummy ullamcorper. Congue sit tellus massa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> massa molestie </w:t>
+        <w:t xml:space="preserve">, euismod tincidunt dolor volutpat nibh sit tellus nunc massa tempus elit diam nisi, turpis aliquet dolore. Amet ullamcorper congue pharetra non ut, sit tellus nunc pulvinar euismod tincidunt dolor volutpat lobortis feugiat mauris ante tempus ullamcorper, tincidunt. Feugiat molestie ante tempus felis mi ac at et aliquam turpis praesent, dolore amet ullamcorper congue pharetra non, ut pulvinar euismod. Tincidunt pulvinar ullamcorper tincidunt sit tellus massa pulvinar, euismod tincidunt dolor eget nibh </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nibh, eget sed laoreet id. Pulvinar nunc tellus feugiat lobortis volutpat dolor congue ullamcorper amet nisi proin consectetur ac et felis tempus nibh volutpat dolor laoreet. Euismod pulvinar nunc tellus sit ut ullamcorper pharetra dolore, aliquet adipiscing ac proin at magna et elit erat, praesent felis tempus. Nibh volutpat sit nisi proin consectetur ac diam nonummy aliquam, ante mauris, </w:t>
-[...89 lines deleted...]
-        <w:t xml:space="preserve">. Nibh volutpat dolor nunc tellus sit ut non sit tincidunt euismod dolor nunc tellus pulvinar nunc, molestie feugiat ut ullamcorper amet. </w:t>
+        <w:t xml:space="preserve"> adipiscing diam donec, nonummy et ac at. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -720,51 +702,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9e9a026c006842de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8f9f0fa7724b4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4d7375e544fe4ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0c713a2a4c3347ad" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdbffc4dc13664435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7d2e18e3fe6c4029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc252c2d1f95a4a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R339f0987af7d4cb1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>