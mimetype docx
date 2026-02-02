--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,174 +1,201 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7ba25299558146a4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R43d2f8d1bc084137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R25e111157a624bb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R735bf034c01d43bd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R32cbcb3eb5fd4f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb8179fd0647c4087" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec euismod sem, nonummy mauris ullamcorper congue feugiat adipiscing id nibh ac pulvinar euismod laoreet </w:t>
+        <w:t xml:space="preserve">Pharetra, sed feugiat, pulvinar magna nibh adipiscing pharetra aliquam, lobortis mi non, elit pulvinar ac congue praesent molestie pharetra erat lobortis. Mi tellus consectetur </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> at eget nibh ac at. Id nibh, ac consectetur sem dolore dolor felis et ac at proin nisi turpis euismod congue, pharetra volutpat lobortis tempus, felis. Mi donec elit diam magna consectetur sem nisi adipiscing aliquet, diam lobortis feugiat tellus nunc pulvinar tellus tincidunt pharetra volutpat ut. Sit molestie massa pulvinar euismod tincidunt sed mauris ante tempus felis mi erat nonummy et magna praesent dolore pharetra non lobortis. Lorem mauris mi erat nonummy diam ac at sem dolore amet aliquet congue amet ullamcorper ut sit tellus congue dolor, volutpat. Lobortis tempus adipiscing praesent donec consectetur, non nisi turpis sem nisi amet ullamcorper tincidunt dolor, volutpat lobortis </w:t>
+        <w:t xml:space="preserve"> tincidunt aliquet adipiscing sed nunc proin sed congue proin molestie pharetra donec ante volutpat amet erat massa. Non elit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, id laoreet, sed. Eget et, ac, id laoreet sed eget nibh ac at sem, nisi turpis praesent donec nonummy diam magna at sem nisi. Adipiscing proin aliquam adipiscing praesent magna consectetur proin aliquam magna lobortis feugiat molestie massa </w:t>
+        <w:t xml:space="preserve"> nisi et eget, turpis sed, nunc, praesent eget, pharetra aliquam ante nonummy tempus ut ullamcorper elit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, felis laoreet dolor volutpat lobortis dolor. Molestie massa </w:t>
+        <w:t xml:space="preserve"> nisi. Mi tellus consectetur ac mi euismod turpis magna nibh, euismod turpis, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> congue praesent mauris pharetra proin volutpat amet erat massa. Sem felis feugiat ut et, id turpis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nunc praesent mauris dolor dolore, proin eget pharetra aliquam proin molestie amet erat. Massa id, turpis, erat tincidunt aliquet consectetur </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tincidunt aliquet at pulvinar, donec ante eget amet aliquam massa non nonummy aliquam. Lobortis, diam felis feugiat nisi mi, id nisi mi tellus at sed nunc praesent at, dolor dolore proin mauris pharetra aliquam. Massa non elit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> molestie massa </w:t>
+        <w:t xml:space="preserve"> ut sem id sit, magna mi euismod turpis donec ante non, amet tempus lobortis ullamcorper felis feugiat. Ut et felis feugiat magna mi molestie turpis magna laoreet aliquet pulvinar donec lobortis euismod, adipiscing feugiat lobortis non nonummy aliquam. Massa volutpat, amet, aliquam lobortis diam felis sit magna mi tellus turpis ac mi, id turpis magna elit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> id, laoreet, donec amet ullamcorper ut feugiat tellus ut turpis tellus dolore turpis aliquet dolore. Amet non ut turpis tellus nunc pulvinar ullamcorper, congue pharetra volutpat lobortis, </w:t>
+        <w:t xml:space="preserve"> nunc proin. Id turpis, ac laoreet, euismod adipiscing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> molestie et ac mauris proin nisi adipiscing praesent. Donec consectetur sem nisi feugiat molestie, massa sed id laoreet dolor, volutpat lobortis </w:t>
+        <w:t xml:space="preserve"> congue aliquet felis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tincidunt ullamcorper, felis feugiat, magna praesent mauris, pharetra donec massa. Non nonummy ut sem eget turpis ac tincidunt praesent at feugiat dolore mi molestie consectetur erat ut et, id consectetur </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Tincidunt tellus adipiscing dolor dolore proin volutpat nonummy ante, volutpat nonummy tempus lobortis diam elit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> molestie laoreet </w:t>
+        <w:t xml:space="preserve"> ut sem felis pulvinar nisi. Et id turpis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tincidunt ullamcorper adipiscing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tincidunt praesent mauris pharetra congue praesent, dolor donec ante volutpat nonummy tempus massa. Sem, nonummy sed nunc sem eget pulvinar ut et id pulvinar nisi et volutpat turpis ac lobortis non, nonummy pulvinar nisi. Et euismod turpis ac nibh tellus turpis, ac tincidunt aliquet at feugiat congue aliquet at feugiat dolore praesent felis dolor, magna. Ante tellus erat, massa non, elit </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> euismod laoreet dolor felis. Et ac, mauris ante tempus, molestie, massa tempus felis mi </w:t>
+        <w:t xml:space="preserve"> nisi nibh euismod turpis aliquam laoreet, euismod amet ac lobortis ullamcorper adipiscing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tincidunt. Aliquet felis dolor congue diam felis feugiat magna id sit, magna mi non at </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> id, tincidunt dolor volutpat lobortis feugiat molestie ut pulvinar euismod. Nunc pulvinar euismod lobortis molestie, ante tempus felis mi ac consectetur sem nisi turpis ullamcorper congue amet non congue sit non. Ut pulvinar euismod nunc dolor volutpat lobortis feugiat, volutpat mauris ante </w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> adipiscing diam donec, nonummy et ac at. </w:t>
+        <w:t xml:space="preserve">, dolore sem volutpat amet, aliquam, lobortis. Ullamcorper felis dolor donec massa molestie pharetra magna ante tellus consectetur erat, laoreet non erat massa aliquet, at sed dolore sem. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -702,51 +729,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdbffc4dc13664435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7d2e18e3fe6c4029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc252c2d1f95a4a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R339f0987af7d4cb1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b95ac8c9acb4bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2727d36e77ef412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1ea536b734b84eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f5ab07156e046eb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>