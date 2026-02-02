--- v9 (2026-02-02)
+++ v10 (2026-02-02)
@@ -1,201 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R735bf034c01d43bd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R32cbcb3eb5fd4f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb8179fd0647c4087" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra12c5a418a2e4b82" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9e7efd076a664698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7a809aab4d8742fe" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pharetra, sed feugiat, pulvinar magna nibh adipiscing pharetra aliquam, lobortis mi non, elit pulvinar ac congue praesent molestie pharetra erat lobortis. Mi tellus consectetur </w:t>
+        <w:t xml:space="preserve">Ullamcorper et ante proin laoreet congue aliquam sed sit consectetur, molestie ullamcorper lobortis nonummy volutpat ante nisi amet volutpat proin dolore. Magna sit felis, et magna sit id praesent congue feugiat nonummy non lobortis aliquam nonummy euismod nibh nonummy ullamcorper nibh aliquam. Pulvinar elit, aliquet mi congue feugiat id et congue feugiat felis diam ut tempus nonummy euismod ante dolore dolor mauris sem. Laoreet consectetur molestie, et nisi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> elit ullamcorper, massa aliquam pharetra volutpat ante dolore pharetra mauris aliquet tincidunt ac turpis id. Diam massa tempus sem lobortis tempus elit non ante aliquam amet non ante donec, amet volutpat ante, donec pulvinar eget sem. Nunc </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> tincidunt aliquet adipiscing sed nunc proin sed congue proin molestie pharetra donec ante volutpat amet erat massa. Non elit </w:t>
+        <w:t xml:space="preserve"> at id mi magna sit molestie laoreet, consectetur tellus massa sed, at sem nunc </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nisi et eget, turpis sed, nunc, praesent eget, pharetra aliquam ante nonummy tempus ut ullamcorper elit </w:t>
+        <w:t xml:space="preserve"> elit non massa tempus. Nonummy, non nunc tempus nonummy sem massa erat nonummy non massa erat amet ullamcorper lobortis id praesent congue sit mauris praesent. Congue tempus amet volutpat nibh aliquam turpis euismod et dolore nisi feugiat elit ullamcorper </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nisi. Mi tellus consectetur ac mi euismod turpis magna nibh, euismod turpis, </w:t>
+        <w:t xml:space="preserve"> nonummy volutpat, proin dolore dolor adipiscing. Euismod laoreet ac sit felis diam, nunc </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> elit sem lobortis tempus, elit, ullamcorper lobortis tempus nonummy, non ante pharetra mauris. Aliquet nibh magna, pulvinar elit non massa tempus, consectetur molestie mi dolore pharetra volutpat mi dolore feugiat adipiscing ullamcorper nibh nisi. Ipsum eget diam, ut euismod diam ut </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> felis sem massa, erat nonummy non massa erat amet volutpat ante donec pharetra. Eget proin congue </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> congue praesent mauris pharetra proin volutpat amet erat massa. Sem felis feugiat ut et, id turpis </w:t>
+        <w:t xml:space="preserve"> adipiscing tellus tincidunt ac sit felis magna sit elit sem massa dolore dolor at aliquet nibh nisi. Ipsum elit sem massa, donec pharetra mauris diam tincidunt feugiat nonummy ullamcorper lobortis aliquam pulvinar volutpat aliquam, amet euismod nibh, aliquam. Amet id proin nunc sed, nonummy non laoreet donec nonummy sem massa tempus consectetur volutpat massa erat nonummy volutpat ante donec. Pharetra lobortis tempus adipiscing non lobortis tempus amet volutpat ante donec dolor mauris aliquet magna pulvinar elit sem, ut, tempus, dolor. At aliquet laoreet ac, adipiscing euismod et nisi pulvinar eget non massa erat elit, diam nunc tempus nonummy sem nisi molestie. Mi ut feugiat felis diam ut </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, adipiscing non ut, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nunc praesent mauris dolor dolore, proin eget pharetra aliquam proin molestie amet erat. Massa id, turpis, erat tincidunt aliquet consectetur </w:t>
+        <w:t xml:space="preserve"> adipiscing ullamcorper ut </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> tincidunt aliquet at pulvinar, donec ante eget amet aliquam massa non nonummy aliquam. Lobortis, diam felis feugiat nisi mi, id nisi mi tellus at sed nunc praesent at, dolor dolore proin mauris pharetra aliquam. Massa non elit </w:t>
+        <w:t xml:space="preserve"> amet volutpat, ante nisi pulvinar eget. Proin tincidunt erat sit id congue sit adipiscing non nibh, aliquam amet volutpat proin dolore pulvinar volutpat ante dolore dolor at. Tellus laoreet magna turpis felis diam ut feugiat, felis diam congue molestie, praesent congue sit mauris praesent congue feugiat, felis praesent. Tincidunt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> turpis volutpat et nisi amet, euismod nibh aliquam </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> ut sem id sit, magna mi euismod turpis donec ante non, amet tempus lobortis ullamcorper felis feugiat. Ut et felis feugiat magna mi molestie turpis magna laoreet aliquet pulvinar donec lobortis euismod, adipiscing feugiat lobortis non nonummy aliquam. Massa volutpat, amet, aliquam lobortis diam felis sit magna mi tellus turpis ac mi, id turpis magna elit </w:t>
+        <w:t xml:space="preserve"> elit sem ut </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nunc proin. Id turpis, ac laoreet, euismod adipiscing </w:t>
-[...80 lines deleted...]
-        <w:t xml:space="preserve">, dolore sem volutpat amet, aliquam, lobortis. Ullamcorper felis dolor donec massa molestie pharetra magna ante tellus consectetur erat, laoreet non erat massa aliquet, at sed dolore sem. </w:t>
+        <w:t xml:space="preserve"> elit non pulvinar elit diam nunc. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -729,51 +693,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b95ac8c9acb4bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2727d36e77ef412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1ea536b734b84eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f5ab07156e046eb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R615f2125bd3d452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7e92327816244b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rddd20bb394bf4e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R86168e1093b841d7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>