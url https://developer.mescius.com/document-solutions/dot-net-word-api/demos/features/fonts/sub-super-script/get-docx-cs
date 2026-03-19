--- v10 (2026-02-02)
+++ v11 (2026-03-19)
@@ -1,165 +1,183 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra12c5a418a2e4b82" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9e7efd076a664698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7a809aab4d8742fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2ac020c2cc914bcb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb1688ee2741d44ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R37a81049ddc747a8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper et ante proin laoreet congue aliquam sed sit consectetur, molestie ullamcorper lobortis nonummy volutpat ante nisi amet volutpat proin dolore. Magna sit felis, et magna sit id praesent congue feugiat nonummy non lobortis aliquam nonummy euismod nibh nonummy ullamcorper nibh aliquam. Pulvinar elit, aliquet mi congue feugiat id et congue feugiat felis diam ut tempus nonummy euismod ante dolore dolor mauris sem. Laoreet consectetur molestie, et nisi </w:t>
+        <w:t xml:space="preserve">Mauris, euismod mauris tellus erat, nisi congue, mi non nonummy pulvinar magna tincidunt praesent eget pulvinar donec ante volutpat nonummy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> elit ullamcorper, massa aliquam pharetra volutpat ante dolore pharetra mauris aliquet tincidunt ac turpis id. Diam massa tempus sem lobortis tempus elit non ante aliquam amet non ante donec, amet volutpat ante, donec pulvinar eget sem. Nunc </w:t>
+        <w:t xml:space="preserve">. Erat dolore, proin elit amet aliquam nibh ullamcorper aliquam lobortis praesent mauris pharetra erat, massa, non id turpis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> at id mi magna sit molestie laoreet, consectetur tellus massa sed, at sem nunc </w:t>
+        <w:t xml:space="preserve"> tincidunt proin. Volutpat amet aliquam lobortis diam felis sit magna, et euismod consectetur erat aliquet mauris sed dolore, proin non nonummy aliquam lobortis. Ullamcorper adipiscing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> elit non massa tempus. Nonummy, non nunc tempus nonummy sem massa erat nonummy non massa erat amet ullamcorper lobortis id praesent congue sit mauris praesent. Congue tempus amet volutpat nibh aliquam turpis euismod et dolore nisi feugiat elit ullamcorper </w:t>
+        <w:t xml:space="preserve"> lobortis diam id sit magna laoreet tellus consectetur dolor nunc proin dolor nunc proin mauris amet aliquam nibh. Non adipiscing sit ac laoreet molestie turpis erat massa aliquet, at pulvinar aliquam lobortis diam adipiscing feugiat congue praesent mauris ut. Mi tellus at sed dolore proin id amet aliquam et volutpat amet aliquam nibh euismod turpis tempus tincidunt diam mauris sit. Donec nunc proin id ut proin id turpis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> congue praesent mauris pharetra donec, ante volutpat pharetra donec ante non elit. Ipsum nisi et euismod sit aliquam et id turpis tempus nisi et molestie turpis ac mi euismod turpis ac nibh, euismod. Consectetur </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> donec praesent at </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> laoreet ullamcorper at feugiat congue praesent molestie dolor, donec mauris pharetra congue, ante volutpat consectetur. Tempus massa, non nonummy sed ut, proin, elit sed nunc proin eget </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nonummy volutpat, proin dolore dolor adipiscing. Euismod laoreet ac sit felis diam, nunc </w:t>
+        <w:t xml:space="preserve"> nunc proin elit pulvinar nisi nibh volutpat pulvinar. Aliquet turpis ac, tincidunt aliquet mauris dolor dolore praesent mauris sed dolore proin molestie pharetra erat massa volutpat amet erat massa. Sem felis, pulvinar nisi et eget magna laoreet tellus adipiscing ac, tincidunt praesent mauris </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> congue praesent at, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> dolore ante. Mauris feugiat tincidunt diam adipiscing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> lobortis ullamcorper felis feugiat ut praesent feugiat congue mi id sit congue diam felis sit. Nisi et id feugiat ut sem felis pulvinar nisi diam eget </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> elit sem lobortis tempus, elit, ullamcorper lobortis tempus nonummy, non ante pharetra mauris. Aliquet nibh magna, pulvinar elit non massa tempus, consectetur molestie mi dolore pharetra volutpat mi dolore feugiat adipiscing ullamcorper nibh nisi. Ipsum eget diam, ut euismod diam ut </w:t>
+        <w:t xml:space="preserve"> nisi et eget pulvinar nisi et pulvinar dolore, sem. Eget pulvinar nisi et euismod amet aliquam nibh volutpat amet, donec praesent mauris pulvinar dolore praesent mauris, pharetra lobortis ullamcorper elit. Feugiat congue diam felis feugiat nisi diam id pulvinar ut et felis sit magna nibh euismod turpis, sed, dolore proin eget. Amet tempus lobortis amet erat, massa sem felis tempus ut diam felis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> felis sem massa, erat nonummy non massa erat amet volutpat ante donec pharetra. Eget proin congue </w:t>
+        <w:t xml:space="preserve"> nunc, diam id turpis, aliquam et id pulvinar. Nisi nibh euismod amet ac nibh ullamcorper felis feugiat euismod, amet tempus ante volutpat dolor donec, proin volutpat, amet donec nibh. Non adipiscing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ut, et id sit ac laoreet tellus consectetur ac mi euismod turpis laoreet aliquet turpis ac laoreet tellus. Adipiscing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> adipiscing tellus tincidunt ac sit felis magna sit elit sem massa dolore dolor at aliquet nibh nisi. Ipsum elit sem massa, donec pharetra mauris diam tincidunt feugiat nonummy ullamcorper lobortis aliquam pulvinar volutpat aliquam, amet euismod nibh, aliquam. Amet id proin nunc sed, nonummy non laoreet donec nonummy sem massa tempus consectetur volutpat massa erat nonummy volutpat ante donec. Pharetra lobortis tempus adipiscing non lobortis tempus amet volutpat ante donec dolor mauris aliquet magna pulvinar elit sem, ut, tempus, dolor. At aliquet laoreet ac, adipiscing euismod et nisi pulvinar eget non massa erat elit, diam nunc tempus nonummy sem nisi molestie. Mi ut feugiat felis diam ut </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, adipiscing non ut, </w:t>
+        <w:t xml:space="preserve"> laoreet euismod turpis aliquam laoreet ullamcorper turpis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> adipiscing ullamcorper ut </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> elit non pulvinar elit diam nunc. </w:t>
+        <w:t xml:space="preserve"> tincidunt ullamcorper, mauris feugiat magna ante volutpat pharetra donec, ante tellus. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -693,51 +711,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R615f2125bd3d452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7e92327816244b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rddd20bb394bf4e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R86168e1093b841d7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0a5d5d5db8ee4fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9388312cf69c4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R192862ae0e74472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R59af199b07de48c2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>