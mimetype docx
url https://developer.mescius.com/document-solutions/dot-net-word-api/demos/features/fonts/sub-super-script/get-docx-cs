--- v11 (2026-03-19)
+++ v12 (2026-03-20)
@@ -1,183 +1,228 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2ac020c2cc914bcb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb1688ee2741d44ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R37a81049ddc747a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfc80a0b7a15840f2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4ada63786d534dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R17dcf57df57d479b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mauris, euismod mauris tellus erat, nisi congue, mi non nonummy pulvinar magna tincidunt praesent eget pulvinar donec ante volutpat nonummy </w:t>
+        <w:t xml:space="preserve">Aliquam turpis nonummy amet </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> donec ut mi sem euismod mauris, consectetur pulvinar magna, tincidunt aliquet mauris dolor, dolore ante non. Id at </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Erat dolore, proin elit amet aliquam nibh ullamcorper aliquam lobortis praesent mauris pharetra erat, massa, non id turpis </w:t>
+        <w:t xml:space="preserve"> dolore proin eget dolore nibh euismod amet aliquam lobortis diam, mauris pharetra erat massa, sem eget pulvinar, nisi. Nibh ullamcorper, adipiscing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> tincidunt proin. Volutpat amet aliquam lobortis diam felis sit magna, et euismod consectetur erat aliquet mauris sed dolore, proin non nonummy aliquam lobortis. Ullamcorper adipiscing </w:t>
+        <w:t xml:space="preserve"> dolore ante molestie amet erat lobortis elit pulvinar nisi et tellus at sed dolore proin eget, amet. Tempus lobortis diam felis feugiat magna mi tellus at sed, dolore proin eget amet tempus tincidunt nonummy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> congue diam felis. Feugiat congue mi molestie pharetra magna laoreet aliquet elit, dolor dolore proin eget amet aliquam nibh ullamcorper mauris feugiat praesent felis. Sit, erat, massa proin eget amet aliquam et euismod turpis tempus nibh euismod amet aliquam ante euismod nonummy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ut ullamcorper. Adipiscing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ut tellus at erat laoreet aliquet elit, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> lobortis diam id sit magna laoreet tellus consectetur dolor nunc proin dolor nunc proin mauris amet aliquam nibh. Non adipiscing sit ac laoreet molestie turpis erat massa aliquet, at pulvinar aliquam lobortis diam adipiscing feugiat congue praesent mauris ut. Mi tellus at sed dolore proin id amet aliquam et volutpat amet aliquam nibh euismod turpis tempus tincidunt diam mauris sit. Donec nunc proin id ut proin id turpis </w:t>
+        <w:t xml:space="preserve"> dolore et eget pulvinar nisi nibh ullamcorper, felis sit congue diam. Mauris sit congue mi id sit magna et id congue, diam id feugiat nisi tempus nibh euismod turpis tempus lobortis ullamcorper. Felis feugiat, magna mi molestie consectetur donec felis feugiat congue diam felis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> lobortis sem nonummy erat, massa, sem elit pulvinar. Magna nibh euismod turpis ac laoreet tellus adipiscing sed congue proin molestie dolor ullamcorper turpis ac lobortis ullamcorper adipiscing, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> congue praesent mauris pharetra donec, ante volutpat pharetra donec ante non elit. Ipsum nisi et euismod sit aliquam et id turpis tempus nisi et molestie turpis ac mi euismod turpis ac nibh, euismod. Consectetur </w:t>
+        <w:t xml:space="preserve"> lobortis. Diam adipiscing tempus lobortis, ullamcorper adipiscing tempus lobortis ullamcorper adipiscing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ut diam adipiscing tempus ut diam elit </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> volutpat consectetur. Tempus nunc sem elit </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ut sem, eget pulvinar ut et id pulvinar, aliquam et id amet aliquam nibh euismod turpis. Aliquam nibh ullamcorper felis nibh ullamcorper, nonummy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> donec praesent at </w:t>
+        <w:t xml:space="preserve"> magna praesent felis sit ut diam felis feugiat congue diam id sit ac. Laoreet tellus consectetur erat, laoreet tellus turpis magna nibh tellus magna et id sit ac, nibh ullamcorper adipiscing feugiat tincidunt aliquet. Molestie amet erat massa non, elit </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ut sem nonummy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ut diam, consectetur erat massa sit donec nunc non elit. Ipsum nisi et euismod, adipiscing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> laoreet ullamcorper at feugiat congue praesent molestie dolor, donec mauris pharetra congue, ante volutpat consectetur. Tempus massa, non nonummy sed ut, proin, elit sed nunc proin eget </w:t>
+        <w:t xml:space="preserve"> lobortis aliquet tempus lobortis ullamcorper adipiscing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Subscript"/>
+        </w:rPr>
+        <w:t>lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> congue mi molestie sit donec laoreet tellus at. Erat massa tellus, turpis sed nunc proin eget pulvinar nunc proin mauris sed nunc sit, nisi, nibh id </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Superscript"/>
         </w:rPr>
         <w:t>ipsum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> nunc proin elit pulvinar nisi nibh volutpat pulvinar. Aliquet turpis ac, tincidunt aliquet mauris dolor dolore praesent mauris sed dolore proin molestie pharetra erat massa volutpat amet erat massa. Sem felis, pulvinar nisi et eget magna laoreet tellus adipiscing ac, tincidunt praesent mauris </w:t>
+        <w:t xml:space="preserve"> nunc proin. Id amet aliquam nibh ullamcorper, at feugiat congue aliquet mauris pharetra donec, ante volutpat nonummy tempus ut sem elit </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="My Superscript"/>
+        </w:rPr>
+        <w:t>ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tellus. Consectetur erat massa tellus consectetur erat laoreet molestie sit, magna et euismod turpis ac laoreet tellus mauris </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="My Subscript"/>
         </w:rPr>
         <w:t>lorem</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> congue praesent at, </w:t>
-[...62 lines deleted...]
-        <w:t xml:space="preserve"> tincidunt ullamcorper, mauris feugiat magna ante volutpat pharetra donec, ante tellus. </w:t>
+        <w:t xml:space="preserve"> tincidunt aliquet adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -711,51 +756,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0a5d5d5db8ee4fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9388312cf69c4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R192862ae0e74472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R59af199b07de48c2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb686b12f53de47d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R070e2cea2d2e49d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rca6e513a2ed3464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6cf41bf980f841a5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>