--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e9c1e5a2fb04658" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf02265c6b85b4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4019766ccb8f4eb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1bd31d3d2d3c4ea7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9f81f773ec304d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R848dd651fb2944d3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 1" w:hAnsi="My Font 1" w:eastAsia="My Font 1" w:cs="My Font 1"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 1".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 2" w:hAnsi="My Font 2" w:eastAsia="My Font 2" w:cs="My Font 2"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 2".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -94,59 +94,59 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="My Font 1">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular w:fontKey="{72DD70F9-86F3-4B0D-AF6E-FA9C4F249313}" r:id="R3915eb95b32749b0"/>
+    <w:embedRegular w:fontKey="{2370B4D7-4DC1-4006-BF60-D5B73DD6689E}" r:id="R75eecbbc5d9c44a1"/>
   </w:font>
   <w:font w:name="My Font 2">
     <w:panose1 w:val="020B0803020203020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedBoldItalic w:fontKey="{24FDD333-F103-429C-A672-3694E76E5A07}" r:id="R69667f624c424cea"/>
+    <w:embedBoldItalic w:fontKey="{BDEA839C-095C-4634-B50E-F89E86D17165}" r:id="Rb2a06c34af914ff1"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -592,54 +592,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbb8e98b4d8074e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra874b36e84c64a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R80e9d689c940466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R344093a103fc493b" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="R3915eb95b32749b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="R69667f624c424cea" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raba1764fbd4f4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra55a64d366e04258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0894a706b34d4633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R93201de287ae4be2" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="R75eecbbc5d9c44a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="Rb2a06c34af914ff1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>