--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1bd31d3d2d3c4ea7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9f81f773ec304d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R848dd651fb2944d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rda5be94d85e14c4f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbe770d0487c842b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2ac03cf57d8e4648" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 1" w:hAnsi="My Font 1" w:eastAsia="My Font 1" w:cs="My Font 1"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 1".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 2" w:hAnsi="My Font 2" w:eastAsia="My Font 2" w:cs="My Font 2"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 2".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -94,59 +94,59 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="My Font 1">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular w:fontKey="{2370B4D7-4DC1-4006-BF60-D5B73DD6689E}" r:id="R75eecbbc5d9c44a1"/>
+    <w:embedRegular w:fontKey="{4B791C1A-C5A4-4F13-AFAC-FFC615E491B6}" r:id="Rbb0accdfaa994fbf"/>
   </w:font>
   <w:font w:name="My Font 2">
     <w:panose1 w:val="020B0803020203020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedBoldItalic w:fontKey="{BDEA839C-095C-4634-B50E-F89E86D17165}" r:id="Rb2a06c34af914ff1"/>
+    <w:embedBoldItalic w:fontKey="{D6624279-BF8A-41DD-BEE3-00EFB3D4254E}" r:id="Rf9870830815b41a9"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -592,54 +592,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raba1764fbd4f4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra55a64d366e04258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0894a706b34d4633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R93201de287ae4be2" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="R75eecbbc5d9c44a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="Rb2a06c34af914ff1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R676fa9478d604800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7360c8601f4b487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5cb018d304214e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R140fbcb4d8f34ade" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="Rbb0accdfaa994fbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="Rf9870830815b41a9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>