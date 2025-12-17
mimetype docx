--- v2 (2025-12-14)
+++ v3 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rda5be94d85e14c4f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbe770d0487c842b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2ac03cf57d8e4648" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R394292e4eb344b68" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R725755a5aa214089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6610c50bfc0848a4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 1" w:hAnsi="My Font 1" w:eastAsia="My Font 1" w:cs="My Font 1"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 1".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 2" w:hAnsi="My Font 2" w:eastAsia="My Font 2" w:cs="My Font 2"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 2".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -94,59 +94,59 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="My Font 1">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular w:fontKey="{4B791C1A-C5A4-4F13-AFAC-FFC615E491B6}" r:id="Rbb0accdfaa994fbf"/>
+    <w:embedRegular w:fontKey="{0C14B9D1-F271-4D13-AD20-2E924D795AFC}" r:id="R7291bac6d29949d7"/>
   </w:font>
   <w:font w:name="My Font 2">
     <w:panose1 w:val="020B0803020203020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedBoldItalic w:fontKey="{D6624279-BF8A-41DD-BEE3-00EFB3D4254E}" r:id="Rf9870830815b41a9"/>
+    <w:embedBoldItalic w:fontKey="{94D00FC1-5449-4D8D-A119-82040BC4C5C4}" r:id="Ra4d18b98f0da429b"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -592,54 +592,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R676fa9478d604800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7360c8601f4b487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5cb018d304214e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R140fbcb4d8f34ade" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="Rbb0accdfaa994fbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="Rf9870830815b41a9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd2e4b0568d43452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R03da0fa18a494dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re67cf9097a054bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Read44a61d20b43b2" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="R7291bac6d29949d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="Ra4d18b98f0da429b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>