--- v3 (2025-12-17)
+++ v4 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R394292e4eb344b68" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R725755a5aa214089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6610c50bfc0848a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R839f935fabe5473c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbe0afa3f4a8b4eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3c6ddead3eab4d40" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 1" w:hAnsi="My Font 1" w:eastAsia="My Font 1" w:cs="My Font 1"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 1".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 2" w:hAnsi="My Font 2" w:eastAsia="My Font 2" w:cs="My Font 2"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 2".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -94,59 +94,59 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="My Font 1">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular w:fontKey="{0C14B9D1-F271-4D13-AD20-2E924D795AFC}" r:id="R7291bac6d29949d7"/>
+    <w:embedRegular w:fontKey="{2DC16AD3-27F5-4230-9FB2-7511EB540686}" r:id="R16303e11a39340b4"/>
   </w:font>
   <w:font w:name="My Font 2">
     <w:panose1 w:val="020B0803020203020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedBoldItalic w:fontKey="{94D00FC1-5449-4D8D-A119-82040BC4C5C4}" r:id="Ra4d18b98f0da429b"/>
+    <w:embedBoldItalic w:fontKey="{1FE89872-294F-402F-845A-41D3F767C0AE}" r:id="R8afc2940de124d45"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -592,54 +592,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd2e4b0568d43452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R03da0fa18a494dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re67cf9097a054bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Read44a61d20b43b2" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="R7291bac6d29949d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="Ra4d18b98f0da429b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc46d9f237342446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R26a3c97b33024e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9d6a2b198edd4d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R47b0355ae8474b12" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="R16303e11a39340b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="R8afc2940de124d45" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>