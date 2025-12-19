--- v4 (2025-12-19)
+++ v5 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R839f935fabe5473c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbe0afa3f4a8b4eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3c6ddead3eab4d40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R00dbcaccc9f04d81" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5e6ae973bca64af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R415178923c674f9b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 1" w:hAnsi="My Font 1" w:eastAsia="My Font 1" w:cs="My Font 1"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 1".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 2" w:hAnsi="My Font 2" w:eastAsia="My Font 2" w:cs="My Font 2"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 2".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -94,59 +94,59 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="My Font 1">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular w:fontKey="{2DC16AD3-27F5-4230-9FB2-7511EB540686}" r:id="R16303e11a39340b4"/>
+    <w:embedRegular w:fontKey="{143F5677-5C3C-49DD-870E-E899912049EE}" r:id="Rc2c9a186c2b44ab5"/>
   </w:font>
   <w:font w:name="My Font 2">
     <w:panose1 w:val="020B0803020203020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedBoldItalic w:fontKey="{1FE89872-294F-402F-845A-41D3F767C0AE}" r:id="R8afc2940de124d45"/>
+    <w:embedBoldItalic w:fontKey="{4F965E07-C51D-4294-ABFE-E7C447E27F2B}" r:id="R34709453767c43b6"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -592,54 +592,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc46d9f237342446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R26a3c97b33024e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9d6a2b198edd4d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R47b0355ae8474b12" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="R16303e11a39340b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="R8afc2940de124d45" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb3d3c17fde8c40d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2381e588a475449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R65954a51d6d349f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R709b52462ebf420a" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="Rc2c9a186c2b44ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="R34709453767c43b6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>