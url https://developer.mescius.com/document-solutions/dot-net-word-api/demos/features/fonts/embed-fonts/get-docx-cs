--- v5 (2025-12-19)
+++ v6 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R00dbcaccc9f04d81" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5e6ae973bca64af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R415178923c674f9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd3814ec7d0934430" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9bb166e680074f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8d496070d58e4183" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 1" w:hAnsi="My Font 1" w:eastAsia="My Font 1" w:cs="My Font 1"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 1".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 2" w:hAnsi="My Font 2" w:eastAsia="My Font 2" w:cs="My Font 2"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 2".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -94,59 +94,59 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="My Font 1">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular w:fontKey="{143F5677-5C3C-49DD-870E-E899912049EE}" r:id="Rc2c9a186c2b44ab5"/>
+    <w:embedRegular w:fontKey="{764DD0CF-30DB-466B-A109-977988BC030F}" r:id="Rcd11181e5e5f494d"/>
   </w:font>
   <w:font w:name="My Font 2">
     <w:panose1 w:val="020B0803020203020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedBoldItalic w:fontKey="{4F965E07-C51D-4294-ABFE-E7C447E27F2B}" r:id="R34709453767c43b6"/>
+    <w:embedBoldItalic w:fontKey="{7D3CDE47-13E8-4E46-BD0B-F8538D35A2B6}" r:id="Rda6cb3ae660447ad"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -592,54 +592,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb3d3c17fde8c40d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2381e588a475449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R65954a51d6d349f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R709b52462ebf420a" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="Rc2c9a186c2b44ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="R34709453767c43b6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7ac14d9802434e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R31c02cc05c55434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc1f6194ff4f04c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1053ab21f3e2467c" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="Rcd11181e5e5f494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="Rda6cb3ae660447ad" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>