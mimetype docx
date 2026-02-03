--- v6 (2025-12-19)
+++ v7 (2026-02-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd3814ec7d0934430" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9bb166e680074f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8d496070d58e4183" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R25e21ab659774a44" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra8e0c04a72c6433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb6780cc2fc8d4b56" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 1" w:hAnsi="My Font 1" w:eastAsia="My Font 1" w:cs="My Font 1"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 1".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 2" w:hAnsi="My Font 2" w:eastAsia="My Font 2" w:cs="My Font 2"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 2".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -94,59 +94,59 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="My Font 1">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular w:fontKey="{764DD0CF-30DB-466B-A109-977988BC030F}" r:id="Rcd11181e5e5f494d"/>
+    <w:embedRegular w:fontKey="{E90FBC5A-5739-4ED2-B6E0-5F7FEC7EDA60}" r:id="R2a23b6c583754153"/>
   </w:font>
   <w:font w:name="My Font 2">
     <w:panose1 w:val="020B0803020203020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedBoldItalic w:fontKey="{7D3CDE47-13E8-4E46-BD0B-F8538D35A2B6}" r:id="Rda6cb3ae660447ad"/>
+    <w:embedBoldItalic w:fontKey="{25830134-42DD-4AFC-B73C-038073EDDF5E}" r:id="Rf3ab9446c1354f8f"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -592,54 +592,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7ac14d9802434e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R31c02cc05c55434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc1f6194ff4f04c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1053ab21f3e2467c" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="Rcd11181e5e5f494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="Rda6cb3ae660447ad" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R244efdb11676454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd7b38b32828e44da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R39823870781847b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf8e5e31d781949ea" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="R2a23b6c583754153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="Rf3ab9446c1354f8f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>