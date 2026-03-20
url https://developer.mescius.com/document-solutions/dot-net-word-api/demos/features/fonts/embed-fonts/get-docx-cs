--- v7 (2026-02-03)
+++ v8 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R25e21ab659774a44" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra8e0c04a72c6433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb6780cc2fc8d4b56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R60217e438f76420a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R50f1a0efe5be415f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf2fb8686baef4444" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 1" w:hAnsi="My Font 1" w:eastAsia="My Font 1" w:cs="My Font 1"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 1".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="My Font 2" w:hAnsi="My Font 2" w:eastAsia="My Font 2" w:cs="My Font 2"/>
         </w:rPr>
         <w:t>Text rendered using embedded font "My Font 2".</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -94,59 +94,59 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="My Font 1">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular w:fontKey="{E90FBC5A-5739-4ED2-B6E0-5F7FEC7EDA60}" r:id="R2a23b6c583754153"/>
+    <w:embedRegular w:fontKey="{0CDBA416-3214-46EE-9131-99FC1EA08BA7}" r:id="Rf77e435bc0e7433f"/>
   </w:font>
   <w:font w:name="My Font 2">
     <w:panose1 w:val="020B0803020203020304"/>
     <w:charset w:val="00" w:characterSet="iso-8859-1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedBoldItalic w:fontKey="{25830134-42DD-4AFC-B73C-038073EDDF5E}" r:id="Rf3ab9446c1354f8f"/>
+    <w:embedBoldItalic w:fontKey="{F33C6439-1E41-409E-B5EF-7E12D1239D60}" r:id="R1d3487c3076d4eae"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -592,54 +592,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R244efdb11676454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd7b38b32828e44da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R39823870781847b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf8e5e31d781949ea" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="R2a23b6c583754153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="Rf3ab9446c1354f8f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6042bc05c7f34505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb6b899b711ad4a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R20103dce3e3d4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R94b0d9c4229b4faf" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.odttf" Id="Rf77e435bc0e7433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font2.odttf" Id="R1d3487c3076d4eae" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>