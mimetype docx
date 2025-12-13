--- v0 (2025-11-07)
+++ v1 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="ttf" ContentType="application/x-font-ttf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rad8e83370da844d2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R80c576649ea843bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra1b694983d344dc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5f25701502e7424e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R546087a9b54e4e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9e985b67d452457c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SEGA LOGO FONT" w:hAnsi="SEGA LOGO FONT" w:eastAsia="SEGA LOGO FONT" w:cs="SEGA LOGO FONT"/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t>the quick brown fox jumps over the lazy dog</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -85,51 +85,51 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SEGA LOGO FONT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
-    <w:embedRegular r:id="R77c0a1e3125949c2"/>
+    <w:embedRegular r:id="R8f85f4ba852c4176"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -575,54 +575,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0024aabdeceb40b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R347a6344a6204194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R330445c5d1444302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6679cba73e2640a5" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.ttf" Id="R77c0a1e3125949c2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb498edc4dead4e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R89be4dd0eeb94e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb572e1e3b7da47c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2ee653a2e8484157" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.ttf" Id="R8f85f4ba852c4176" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>