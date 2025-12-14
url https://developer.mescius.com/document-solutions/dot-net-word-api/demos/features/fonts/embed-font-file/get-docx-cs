--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="ttf" ContentType="application/x-font-ttf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5f25701502e7424e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R546087a9b54e4e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9e985b67d452457c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R531052847b6144ac" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6e17f8752e854ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2b08fbc05b664b2b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SEGA LOGO FONT" w:hAnsi="SEGA LOGO FONT" w:eastAsia="SEGA LOGO FONT" w:cs="SEGA LOGO FONT"/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t>the quick brown fox jumps over the lazy dog</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -85,51 +85,51 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SEGA LOGO FONT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
-    <w:embedRegular r:id="R8f85f4ba852c4176"/>
+    <w:embedRegular r:id="R941b3100e3794273"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -575,54 +575,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb498edc4dead4e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R89be4dd0eeb94e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb572e1e3b7da47c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2ee653a2e8484157" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.ttf" Id="R8f85f4ba852c4176" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd8c745f4b919462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R44028e92a7684c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9e2a60d6123549df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8ba7f783598d4f79" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.ttf" Id="R941b3100e3794273" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>