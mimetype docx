--- v2 (2025-12-14)
+++ v3 (2025-12-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="ttf" ContentType="application/x-font-ttf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R531052847b6144ac" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6e17f8752e854ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2b08fbc05b664b2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rea00c35df8144923" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4eb502245c954d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8fb789360c7d4476" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SEGA LOGO FONT" w:hAnsi="SEGA LOGO FONT" w:eastAsia="SEGA LOGO FONT" w:cs="SEGA LOGO FONT"/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t>the quick brown fox jumps over the lazy dog</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -85,51 +85,51 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SEGA LOGO FONT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
-    <w:embedRegular r:id="R941b3100e3794273"/>
+    <w:embedRegular r:id="R68a517694ca741a7"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -575,54 +575,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd8c745f4b919462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R44028e92a7684c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9e2a60d6123549df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8ba7f783598d4f79" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.ttf" Id="R941b3100e3794273" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfe3e87ed3d16449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R23a1ae13f2674b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R82a0bfbf3d0a4558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R60587d20dcd74827" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.ttf" Id="R68a517694ca741a7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>