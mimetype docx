--- v3 (2025-12-15)
+++ v4 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="ttf" ContentType="application/x-font-ttf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rea00c35df8144923" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4eb502245c954d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8fb789360c7d4476" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5a4fe4d1a3ef40a3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra0b32b65d05442a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re978e1dc7c094871" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SEGA LOGO FONT" w:hAnsi="SEGA LOGO FONT" w:eastAsia="SEGA LOGO FONT" w:cs="SEGA LOGO FONT"/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t>the quick brown fox jumps over the lazy dog</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -85,51 +85,51 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SEGA LOGO FONT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
-    <w:embedRegular r:id="R68a517694ca741a7"/>
+    <w:embedRegular r:id="R242367558da44709"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -575,54 +575,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfe3e87ed3d16449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R23a1ae13f2674b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R82a0bfbf3d0a4558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R60587d20dcd74827" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.ttf" Id="R68a517694ca741a7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R973675382108442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0899fc8ec58a449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R915337d256184591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3e7083a27e754166" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.ttf" Id="R242367558da44709" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>