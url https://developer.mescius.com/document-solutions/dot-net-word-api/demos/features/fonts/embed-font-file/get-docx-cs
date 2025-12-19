--- v4 (2025-12-16)
+++ v5 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="ttf" ContentType="application/x-font-ttf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5a4fe4d1a3ef40a3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra0b32b65d05442a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re978e1dc7c094871" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R183d8c322f91415a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6fafb0d3ef6b46d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb4611b26468b4ee8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SEGA LOGO FONT" w:hAnsi="SEGA LOGO FONT" w:eastAsia="SEGA LOGO FONT" w:cs="SEGA LOGO FONT"/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t>the quick brown fox jumps over the lazy dog</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -85,51 +85,51 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SEGA LOGO FONT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
-    <w:embedRegular r:id="R242367558da44709"/>
+    <w:embedRegular r:id="Rad48e39c7028491f"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -575,54 +575,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R973675382108442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0899fc8ec58a449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R915337d256184591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3e7083a27e754166" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.ttf" Id="R242367558da44709" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b4394c0cb904b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2c9f1221cd374374" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R236378b3461b4b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R24fa105a407c4926" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.ttf" Id="Rad48e39c7028491f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>