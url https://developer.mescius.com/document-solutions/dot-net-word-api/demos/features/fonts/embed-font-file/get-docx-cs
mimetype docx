--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="ttf" ContentType="application/x-font-ttf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R183d8c322f91415a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6fafb0d3ef6b46d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb4611b26468b4ee8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb7fcee57eb8f41cb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1ed52ee715f041d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8b7d318355094e2f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SEGA LOGO FONT" w:hAnsi="SEGA LOGO FONT" w:eastAsia="SEGA LOGO FONT" w:cs="SEGA LOGO FONT"/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t>the quick brown fox jumps over the lazy dog</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -85,51 +85,51 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SEGA LOGO FONT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
-    <w:embedRegular r:id="Rad48e39c7028491f"/>
+    <w:embedRegular r:id="R2f4e142e99074288"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -575,54 +575,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b4394c0cb904b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2c9f1221cd374374" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R236378b3461b4b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R24fa105a407c4926" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.ttf" Id="Rad48e39c7028491f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf2b8d1b9344f4ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re5081aea6b3d4372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0fd8cdddef824311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7ffa92bf87534827" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.ttf" Id="R2f4e142e99074288" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>