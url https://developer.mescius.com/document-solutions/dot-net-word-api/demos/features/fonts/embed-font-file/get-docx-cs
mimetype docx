--- v6 (2026-02-02)
+++ v7 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="ttf" ContentType="application/x-font-ttf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb7fcee57eb8f41cb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1ed52ee715f041d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8b7d318355094e2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd279c4e7e57c4bf5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9eb0596242894c60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7ab05cfed02b4da0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SEGA LOGO FONT" w:hAnsi="SEGA LOGO FONT" w:eastAsia="SEGA LOGO FONT" w:cs="SEGA LOGO FONT"/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t>the quick brown fox jumps over the lazy dog</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -85,51 +85,51 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SEGA LOGO FONT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
-    <w:embedRegular r:id="R2f4e142e99074288"/>
+    <w:embedRegular r:id="R9fb6a209e0ac46ef"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
     <w:rsid w:val="000567D4"/>
     <w:rsid w:val="00184797"/>
     <w:rsid w:val="00577C46"/>
     <w:rsid w:val="005C5B1D"/>
@@ -575,54 +575,54 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf2b8d1b9344f4ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re5081aea6b3d4372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0fd8cdddef824311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7ffa92bf87534827" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.ttf" Id="R2f4e142e99074288" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rebac98cd56464fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc8fba7903ab34734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9eb8d8eb7b134127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc70a18b128ab4a03" /></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="/word/fonts/font.ttf" Id="R9fb6a209e0ac46ef" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>