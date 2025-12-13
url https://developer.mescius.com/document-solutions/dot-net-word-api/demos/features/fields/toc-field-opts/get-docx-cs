--- v0 (2025-11-01)
+++ v1 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R71d1937aa5bb4200" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4aadba9ca7c1435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R16dd0556ca074ce0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R003573db93c34a12" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0a1145a4cf694b49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R75a965b0247a4961" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:history="true" w:anchor="_Toc0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -46,2440 +46,1262 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is top-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc0 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc1 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc2 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc4 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc10">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is top-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc10">
-[...9 lines deleted...]
-          <w:t>This is second-level header 4</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc11">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc11">
+      <w:hyperlink w:history="true" w:anchor="_Toc12">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc12">
+      <w:hyperlink w:history="true" w:anchor="_Toc13">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
-[...46 lines deleted...]
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>This is second-level header 1</w:t>
+          <w:t>This is second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>This is second-level header 2</w:t>
+          <w:t>This is second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="TOC2"/>
-[...891 lines deleted...]
-      <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="Rf46a11a3f7494a72"/>
+          <w:headerReference w:type="default" r:id="R15c8a9d2f4b3456c"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc0" w:id="3242055731955396935"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="13756426457429401886"/>
       <w:r>
         <w:t>This is top-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3242055731955396935"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Diam nibh tincidunt, praesent nibh dolore magna feugiat dolor, at eget sem laoreet donec, sit felis praesent euismod nibh aliquam ipsum elit. Tellus praesent ut tempus nonummy volutpat nibh aliquam amet, volutpat ante aliquam amet volutpat proin dolore, dolor elit sem dolore pulvinar elit. Sem ut lorem adipiscing ullamcorper nibh aliquam dolor eget, proin nunc erat consectetur tellus et lobortis ipsum felis, et congue ipsum nonummy. Ullamcorper ante donec pulvinar eget proin eget proin nunc sed, at non laoreet congue feugiat, mauris, praesent ut lorem adipiscing diam lobortis. Tempus, turpis euismod nibh aliquam pulvinar elit euismod nibh nisi pulvinar eget sem nunc sed nonummy non ante erat consectetur molestie, ante. Congue feugiat, felis aliquet tincidunt ac, turpis euismod nibh ac turpis euismod praesent nunc sed at euismod laoreet magna sit id et. Magna feugiat felis ullamcorper lobortis tempus nonummy non massa, aliquam pharetra, eget proin tincidunt sed mauris aliquet lobortis lorem turpis aliquet tincidunt. Nunc erat, at aliquet, massa ac sit id praesent congue feugiat felis diam ut feugiat felis diam ut ipsum elit, et nisi. Sit felis diam ut ipsum nonummy ullamcorper lobortis tempus adipiscing diam lobortis lorem nonummy euismod nibh tempus adipiscing euismod nibh, ut feugiat. Elit non massa tempus elit non massa aliquam pharetra eget ante dolore dolor consectetur euismod et, ut, ipsum felis diam nisi feugiat. </w:t>
+      <w:bookmarkEnd w:id="13756426457429401886"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh et aliquet euismod diam id adipiscing amet aliquam, donec nunc laoreet aliquet at nonummy ipsum. Sed sit, ac, tincidunt proin, volutpat nonummy lorem congue praesent molestie pharetra magna laoreet tellus elit. Amet ac congue praesent molestie pharetra donec ante ante volutpat nonummy lorem congue, mi molestie pharetra. Donec massa non elit ipsum dolore, et ullamcorper turpis aliquam lobortis ullamcorper adipiscing feugiat erat ante. Non elit ipsum aliquam, nibh non nonummy aliquam lobortis ullamcorper nonummy ipsum ut diam id turpis. Ac laoreet tellus at sed nunc proin eget amet aliquam sed nunc aliquet mauris dolor donec. Massa volutpat, amet erat massa volutpat nonummy ipsum lobortis, sem elit ipsum nunc diam euismod turpis. Lorem nunc aliquet volutpat amet pulvinar, nisi nibh euismod adipiscing lorem lobortis, aliquet, adipiscing feugiat tincidunt. Mi molestie consectetur erat massa non consectetur erat massa sem elit ipsum massa tellus consectetur sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc1" w:id="4134164024587054683"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="3171511639755189994"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4134164024587054683"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ac sit, euismod et nisi ipsum felis adipiscing ullamcorper. Nibh nisi, ipsum elit proin ut ipsum elit sem. Massa donec nonummy tellus ante donec pharetra tellus ante. Donec dolor molestie mi magna feugiat felis diam congue. Ipsum adipiscing non nibh tempus amet, eget proin dolore. Pulvinar mauris sem nunc sed at molestie mi magna. Feugiat elit molestie diam ut feugiat adipiscing ullamcorper lobortis. Lorem nonummy euismod nibh aliquam turpis eget proin nunc. Sed turpis id et, ut ipsum felis diam magna. Pharetra consectetur molestie, praesent congue feugiat mauris mi magna. </w:t>
+      <w:bookmarkEnd w:id="3171511639755189994"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, sit magna laoreet, aliquet at sed tincidunt praesent molestie pharetra, ac massa. Aliquet elit sed nunc proin eget, dolor nisi nibh volutpat, amet aliquam lobortis. Ullamcorper felis tempus lobortis ullamcorper, id feugiat dolor donec ante non elit tempus. Ut mi tellus turpis ac laoreet tellus consectetur sed nunc proin eget pharetra. Dolore ante volutpat pharetra donec ac lobortis ullamcorper adipiscing tempus tincidunt aliquet felis. Feugiat congue praesent felis feugiat congue, mi tellus pharetra donec massa sem elit. Ipsum dolore proin diam felis feugiat magna laoreet tellus turpis ac tincidunt sem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc2" w:id="1278584221950862334"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="15004550791186859589"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1278584221950862334"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Erat sit id diam lobortis, tempus pulvinar volutpat proin, dolore ac sit euismod, mi nisi feugiat felis diam nisi feugiat elit. Diam massa aliquam tempus nonummy ullamcorper lobortis feugiat molestie mi magna pharetra, mauris ullamcorper lobortis tempus turpis ullamcorper lobortis lorem adipiscing. Ullamcorper tincidunt lorem adipiscing aliquet tincidunt sed nonummy euismod ante nisi pulvinar eget proin nunc sed, at non, massa ac pharetra. Molestie praesent congue sit felis mi congue lorem adipiscing ullamcorper lobortis tempus amet volutpat massa tempus, adipiscing non nibh tempus adipiscing. Diam lobortis tempus adipiscing ullamcorper lobortis tempus amet euismod, nibh nisi pulvinar elit proin sed adipiscing ullamcorper nibh aliquam sit euismod. Laoreet magna consectetur tellus tincidunt lorem, consectetur euismod mi ut feugiat elit ullamcorper massa aliquam nonummy volutpat ante, donec, dolor tempus. </w:t>
+      <w:bookmarkEnd w:id="15004550791186859589"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nunc non elit ipsum, aliquam lobortis aliquet mauris dolor donec massa. Volutpat nonummy ipsum nunc diam eget pulvinar aliquam, nibh id sit aliquam. Nibh et id sit magna laoreet tellus at sed tincidunt aliquet at. Dolor, donec nibh non adipiscing lorem lobortis diam, adipiscing feugiat ut et. Id amet ac lobortis euismod amet aliquam ante volutpat amet donec ante. Euismod nonummy lorem ut mi molestie pharetra magna mi, tellus pharetra erat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc3" w:id="12109070086779457744"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="18344115521329294915"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12109070086779457744"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Aliquet lobortis ac pulvinar eget sem nunc ac sit id, et nunc erat pharetra tellus. Massa, donec consectetur volutpat massa donec pharetra volutpat ante donec pharetra molestie proin dolore dolor. At aliquet ut tempus nonummy volutpat ante aliquam turpis euismod nibh nisi pulvinar eget proin. Dolore sed, elit sem massa sed consectetur tellus laoreet donec sit molestie et nisi, pulvinar. Id et nisi ipsum felis, et congue sit id et congue feugiat felis praesent, magna. Feugiat adipiscing ullamcorper, lobortis tempus nonummy volutpat ante donec consectetur volutpat ante donec dolor mauris. Aliquet laoreet ac turpis id nibh aliquam turpis tellus tincidunt lorem at aliquet nunc, sed. Consectetur aliquet massa erat pharetra volutpat massa donec pharetra mauris, proin dolore pharetra mauris praesent. Nunc lorem mauris aliquet tincidunt lorem at, aliquet laoreet ac turpis tellus, laoreet nibh nisi. </w:t>
+      <w:bookmarkEnd w:id="18344115521329294915"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie consectetur erat, massa diam id, sit ac laoreet ullamcorper, adipiscing lorem congue aliquet mauris nonummy eget. At adipiscing lorem congue praesent, id pharetra ac laoreet molestie pharetra magna mi molestie turpis erat nunc. Sem volutpat pulvinar aliquam nibh dolore ante non amet tempus lobortis ullamcorper adipiscing ipsum ut ullamcorper elit. Ipsum ut diam felis feugiat magna laoreet euismod turpis ac laoreet aliquet at sed pulvinar nisi proin. Eget pulvinar, nisi nibh, volutpat turpis aliquam nibh aliquet adipiscing lorem lobortis diam felis tempus lobortis ullamcorper. Felis feugiat magna diam, praesent volutpat amet tempus lobortis, ullamcorper felis sit nisi et, euismod sit magna. Laoreet tellus turpis lorem tincidunt praesent mauris amet aliquam lobortis diam felis feugiat lorem congue praesent molestie. Pharetra donec ante volutpat pharetra magna mi molestie consectetur donec massa, non, nonummy sed ut et eget. Pulvinar aliquam lobortis ullamcorper adipiscing feugiat pulvinar nisi proin mauris mauris sit magna praesent, mauris, sit magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc4" w:id="3287361201394170548"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="4854234216072659021"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3287361201394170548"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Molestie mi magna, feugiat adipiscing euismod erat amet volutpat ante dolore dolor eget, praesent congue dolor mauris. Proin nunc lorem turpis tellus mi ac consectetur tellus tincidunt ac consectetur aliquet massa sed at aliquet. Tincidunt ac adipiscing, tellus nibh magna turpis tellus, tincidunt sed consectetur aliquet nunc sed at sem nunc. Ipsum at tellus mi, erat turpis id et nisi pulvinar eget diam ut ipsum nonummy non massa. Donec, dolor mauris praesent congue feugiat at praesent, tincidunt sed adipiscing turpis id nibh nisi pulvinar id. Diam ut ipsum, elit non lobortis ipsum elit ullamcorper ut ipsum felis, diam ut tempus adipiscing ullamcorper. Nibh aliquam pulvinar, euismod massa donec consectetur volutpat mi dolore dolor, at aliquet lobortis lorem turpis euismod. Et nisi turpis id nibh ac adipiscing, euismod nibh magna sit euismod mi magna amet eget, proin. Dolore, erat consectetur tellus laoreet magna, consectetur tellus massa, erat consectetur tellus ante donec pharetra molestie ante. </w:t>
+      <w:bookmarkEnd w:id="4854234216072659021"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt sem, mauris, pulvinar nisi ante euismod, amet lorem, ut praesent felis sit magna laoreet, aliquet at pharetra dolore mi. Volutpat consectetur erat massa sem elit ipsum nisi et eget ipsum ut sem elit ipsum nunc proin eget amet aliquam. Nibh nunc sem eget pulvinar nisi proin volutpat amet aliquam ante volutpat amet, tempus nibh non felis feugiat congue mi. Id pharetra ac laoreet tellus consectetur consectetur erat massa tellus consectetur donec mi molestie pharetra magna mi non, consectetur erat. Massa, tellus consectetur erat nunc aliquet consectetur erat tincidunt ut diam id sit lorem nunc praesent mauris dolor dolore proin. Volutpat nonummy ipsum ut diam elit ipsum ut sem nonummy tempus lobortis non nonummy tempus nunc erat massa tellus nonummy. Ipsum, ut proin eget pulvinar aliquam nibh ullamcorper at feugiat dolore, mi, molestie pharetra erat massa elit sit aliquam et. Euismod adipiscing, sed ac massa sem elit dolor dolore proin eget dolor nunc proin eget pulvinar dolore praesent at sed. Congue, ante mi ante non amet erat ut sem elit ipsum ut, diam felis ipsum nunc diam eget, pulvinar nisi. Nibh tellus adipiscing, lorem tincidunt aliquet mauris dolor dolore praesent nibh ullamcorper adipiscing feugiat magna mi molestie consectetur erat nunc. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc5" w:id="18392681011501922671"/>
+      <w:bookmarkStart w:name="_Toc5" w:id="10255669372199744291"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18392681011501922671"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Sem massa erat consectetur tellus mi donec pharetra tellus ante erat consectetur non congue dolor mauris praesent dolore dolor molestie proin, dolore dolor. Mauris aliquet tincidunt ac turpis euismod laoreet magna sit euismod tincidunt ac sit id diam ut at non massa erat pharetra molestie praesent. Congue feugiat, mauris praesent magna dolor volutpat, ante magna dolor mauris mi donec pharetra mauris proin, dolore pharetra non massa erat consectetur molestie. Ante donec pharetra mauris mi donec pharetra volutpat mi dolore dolor molestie, proin congue feugiat mauris proin sed adipiscing aliquet tincidunt ac sit. Id sem ut ipsum felis diam lobortis, ipsum amet volutpat proin congue sed, at praesent dolore pharetra volutpat, nibh aliquam pulvinar aliquet lobortis. Tempus turpis euismod, nibh ac turpis id proin nunc sed at tellus laoreet donec pharetra, molestie mi erat consectetur non, massa erat consectetur. Volutpat ante ac sit id mi magna sit id praesent magna feugiat molestie, mi ut lorem, nonummy volutpat nibh nunc dolor at sit. </w:t>
+      <w:bookmarkEnd w:id="10255669372199744291"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pharetra, ac massa sem elit, pulvinar aliquam. Lobortis aliquet molestie nonummy erat nunc sem elit. Ipsum nisi, et id pulvinar euismod turpis ac. Lobortis ullamcorper turpis aliquam nibh euismod turpis, tempus. Congue mi molestie pharetra donec mi molestie consectetur. Erat nunc proin eget amet at ipsum dolore. Et, euismod adipiscing lorem congue mi molestie, pharetra. Donec ante tellus pharetra magna praesent id sit. Magna mi molestie pharetra ac mi molestie turpis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc6" w:id="11575963026618159050"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="9607312999238514667"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11575963026618159050"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tellus proin nisi ipsum eget, diam tincidunt ac turpis euismod mi nisi feugiat felis ullamcorper ante aliquam amet eget ante. Aliquam sed adipiscing, tellus laoreet ac sit id et ut et, mauris elit molestie euismod sem laoreet lobortis, dolore aliquam. Ac nibh laoreet, lobortis congue, ac, sed consectetur molestie mi, erat consectetur tellus ante erat, pharetra aliquam amet volutpat et. Nisi ipsum at non massa ac pharetra id praesent magna consectetur non ante erat pharetra, molestie mi, congue lorem felis. Aliquet, diam lobortis tempus pharetra molestie praesent dolore dolor, eget praesent, nunc sed at aliquet nunc sed mauris aliquet nunc. Erat turpis, molestie et nisi turpis id nibh ac turpis euismod nibh ac, sit felis sem ut ipsum, elit sem. </w:t>
+      <w:bookmarkEnd w:id="9607312999238514667"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing, tempus ut praesent id pharetra donec mi molestie at dolor erat, ante volutpat nonummy. Tempus, lobortis, non elit pulvinar magna nibh id, turpis sed nunc praesent, mauris pharetra donec, ante. Volutpat nonummy tempus congue tempus lobortis non nonummy tempus ut diam eget ipsum nunc sem, elit. Pulvinar aliquam nibh id amet, aliquam laoreet ullamcorper turpis ac nibh ullamcorper, adipiscing, mauris dolor dolore. Ante eget amet donec ante non nonummy aliquam nibh, non nonummy tempus massa non nonummy erat. Ante volutpat pharetra donec nunc proin, volutpat nonummy tempus ut ullamcorper adipiscing tempus ut praesent id. Sit ac laoreet aliquet at sed nunc sem elit pulvinar dolore proin mauris dolor nunc mauris. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc7" w:id="11725185171267927260"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="637656894066215453"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11725185171267927260"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Felis sem massa tempus consectetur volutpat massa donec pharetra molestie proin dolore, dolor at aliquet tincidunt lorem adipiscing, tellus euismod et ut ipsum nonummy non lobortis erat, elit. Non ante erat amet volutpat ante donec pharetra mauris praesent nunc lorem adipiscing tellus tincidunt ac praesent congue feugiat mauris, aliquet lobortis aliquam amet eget et aliquam pulvinar. Eget, sem massa erat consectetur tellus massa erat pharetra mauris, mi congue feugiat felis, aliquet ante dolore feugiat mauris aliquet congue sed at, aliquet nunc lorem consectetur tellus. Laoreet ac consectetur tellus mi ac, sit id ullamcorper massa ut tempus amet volutpat proin dolore, dolor at aliquet tincidunt lorem, consectetur tellus tincidunt ac, turpis molestie, et. Nisi feugiat elit ullamcorper lobortis ipsum id diam ut et ut ipsum elit sem massa tempus consectetur molestie ante donec pharetra molestie ante, donec pharetra molestie proin donec. Dolor mauris aliquet tincidunt ac consectetur aliquet, tincidunt, praesent tincidunt aliquam amet volutpat et nunc sed at sem nunc erat consectetur tellus laoreet congue feugiat felis diam magna. </w:t>
+      <w:bookmarkEnd w:id="637656894066215453"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ipsum, dolore sem eget amet nisi nibh sed. Dolore proin, volutpat amet, aliquam ante volutpat amet tempus. Ut mi molestie pharetra donec mi molestie sit magna. Mi molestie, sit, magna mi euismod nisi et id. Sit ac nibh tellus sit aliquam laoreet tellus adipiscing. Lorem tincidunt aliquet mauris feugiat dolore praesent mauris dolor. Dolore mi molestie pharetra mi molestie nonummy tempus massa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc8" w:id="9277046834383746825"/>
+      <w:bookmarkStart w:name="_Toc8" w:id="10834338596691320586"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9277046834383746825"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Pulvinar, elit non nunc erat at sem diam nisi pulvinar id mi ac turpis id et magna. Feugiat nonummy, molestie proin dolore dolor mauris praesent tincidunt ac turpis, euismod et nisi ante donec consectetur. Molestie mi dolore pharetra molestie proin dolore dolor adipiscing ullamcorper nibh ac sit eget diam nisi ipsum. Eget sem nunc tempus elit proin nisi pulvinar elit et dolore ipsum eget proin nisi pulvinar id. Proin nisi sit id, diam ut ipsum felis diam lobortis, tempus nonummy volutpat mi dolore erat pharetra. Id ullamcorper lobortis tempus adipiscing ullamcorper nibh tempus nonummy euismod, nibh donec, amet volutpat, nibh aliquam amet. Euismod lobortis ac sit felis praesent magna feugiat felis diam ut feugiat mauris mi, donec pharetra molestie. Praesent tincidunt lorem felis aliquet, congue lorem turpis, euismod, et nisi pulvinar id aliquam amet euismod lobortis. Nisi pulvinar eget proin nunc, sed consectetur aliquet massa sed consectetur tellus laoreet ac pharetra, tellus laoreet. Erat consectetur, tellus mi erat turpis molestie laoreet ac consectetur tellus mi magna feugiat felis diam lobortis. </w:t>
+      <w:bookmarkEnd w:id="10834338596691320586"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nunc sem eget pulvinar aliquam praesent mauris. Pharetra erat nunc et id pulvinar nisi et. Eget pulvinar nisi et eget pulvinar ac laoreet. Ullamcorper adipiscing feugiat dolore ante volutpat, pharetra praesent. Molestie consectetur erat massa non eget pulvinar aliquam. Nibh tellus turpis aliquam nibh ullamcorper turpis lorem. Congue praesent mauris pharetra dolore massa non, elit. Nunc sem elit, ipsum nunc sem eget ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc9" w:id="10352709954332672574"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="15513917877581585736"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10352709954332672574"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Lobortis erat amet molestie mi donec pharetra molestie proin dolore pharetra eget ante donec, pharetra mauris proin nunc sed at eget. Sem tincidunt magna turpis tellus laoreet erat consectetur non nunc erat consectetur molestie, mi magna sit molestie mi magna pharetra tellus. Massa erat nibh aliquam amet id, nibh ac turpis euismod et nisi sit id diam nunc ipsum elit, non, nunc erat. Pharetra volutpat, mi dolore feugiat felis praesent dolore, ipsum adipiscing non lobortis tempus amet non nibh tempus nonummy, ullamcorper nibh aliquam. Amet volutpat ante tempus turpis euismod, lobortis aliquam amet id volutpat ante donec nonummy non, nibh aliquam nonummy euismod ante dolore. Dolor mauris sem nunc dolor elit proin dolore pulvinar id, nisi pulvinar, eget sem nisi, pulvinar eget diam nisi sit id. Sem mi dolore dolor mauris mi donec pharetra, molestie praesent congue sed at aliquet tincidunt ac consectetur aliquet laoreet magna feugiat. Id diam, nisi sit felis ullamcorper massa aliquam amet non lobortis tempus adipiscing non ante nibh, aliquam dolor, eget proin dolore. Sed elit sem nunc ipsum elit sem massa sed at proin nunc ipsum elit sem ut ipsum eget nibh nisi pulvinar. </w:t>
+      <w:bookmarkEnd w:id="15513917877581585736"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis diam volutpat, pulvinar aliquam ante volutpat nonummy lorem lobortis euismod, nonummy. Tempus lobortis diam felis sit magna praesent id, sit erat laoreet tellus at. Dolor nisi magna laoreet euismod turpis magna nibh euismod turpis lorem tincidunt, aliquet. Mauris dolor tincidunt, praesent mauris feugiat congue mi mauris dolor dolore praesent mauris. Dolor amet, donec lobortis euismod nonummy aliquam nibh ullamcorper adipiscing ipsum massa non. Elit feugiat congue et id sit nisi et, id turpis ac tempus nisi. Et id sit ac laoreet ullamcorper at lorem congue praesent, mauris dolor dolore. Ante volutpat consectetur erat lobortis volutpat nonummy ipsum nisi diam elit ipsum donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc10" w:id="6774181288587282638"/>
+      <w:r>
+        <w:t>This is top-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6774181288587282638"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis, magna laoreet tellus, consectetur sed tincidunt ut non elit, sed nunc et euismod turpis aliquam nibh id amet nisi et euismod turpis lorem tincidunt. Aliquet felis feugiat tincidunt praesent felis feugiat dolor donec, proin volutpat pharetra donec massa ullamcorper, adipiscing sit magna laoreet molestie consectetur erat tincidunt aliquet at sed. Dolore proin, mauris sed nunc proin, et id turpis aliquam nibh euismod amet nisi nibh euismod turpis lorem congue mi molestie, pharetra donec ante non nonummy. Sed nunc non volutpat amet donec, massa volutpat nonummy tempus lobortis ullamcorper felis ipsum magna mi euismod consectetur lorem, tincidunt aliquet at lorem tincidunt aliquet mauris. Pharetra donec proin non id turpis ac tincidunt ullamcorper felis feugiat tincidunt praesent, mauris dolor donec ante, non consectetur erat, nunc proin elit ipsum ut sem. Elit pulvinar nisi proin volutpat elit feugiat nisi diam felis pulvinar nisi et euismod turpis ac laoreet euismod sit ac, nibh euismod turpis aliquam nibh nisi. Nibh volutpat turpis lorem congue mi mauris dolor, congue mi tellus pharetra donec mi, tellus consectetur erat laoreet molestie sit congue diam elit ipsum ut et. Magna laoreet tellus at lorem et id, turpis ac laoreet tellus adipiscing sed congue, praesent, molestie pharetra donec mi molestie dolor dolore, mi molestie dolor erat. Massa praesent mauris dolor donec nibh non nonummy tempus lobortis ullamcorper felis feugiat congue mi tellus, consectetur sed tincidunt aliquet mauris dolor nunc proin eget amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc10" w:id="18333458233297625784"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Mi congue, feugiat felis diam ut. Eget sem massa erat nonummy volutpat. Mi dolore dolor felis mi congue. Feugiat at aliquet laoreet ac sit. Euismod et ut ipsum, elit sem. Laoreet magna turpis id diam massa. Tempus amet volutpat ante donec pharetra. At aliquet laoreet, sed mauris, tellus. Tincidunt sed consectetur tellus nibh ac. </w:t>
+      <w:bookmarkStart w:name="_Toc11" w:id="17800314509986733627"/>
+      <w:r>
+        <w:t>This is second-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17800314509986733627"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id pharetra magna laoreet tellus, at tincidunt. Aliquet mauris pulvinar tempus nibh ullamcorper adipiscing. Feugiat congue praesent id sit donec, laoreet. Sem eget pulvinar aliquam et euismod, turpis. Ac dolore, mi sem mauris sed nunc. Proin mauris pulvinar nunc aliquet at sed. Dolore proin volutpat amet donec, ante non. Elit feugiat nisi et euismod turpis dolore. Ante volutpat pulvinar donec proin eget, dolor. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc11" w:id="11185543616325602157"/>
+      <w:bookmarkStart w:name="_Toc12" w:id="17059543802886517615"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11185543616325602157"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tincidunt lorem adipiscing ullamcorper nibh ac sit eget diam nisi pulvinar elit mauris, proin nunc. Dolor at tellus tincidunt, erat, turpis tellus mi magna pharetra id mi, magna sit id. Praesent congue sit, felis praesent tincidunt lorem ullamcorper nibh ac amet id et aliquam amet. Euismod et ut ipsum eget sem massa erat consectetur molestie praesent magna dolor molestie massa. Erat pharetra laoreet ac, pharetra molestie mi congue feugiat adipiscing ullamcorper lobortis tempus amet volutpat. Proin nunc sed eget et nisi amet euismod et nisi sed at praesent congue dolor. Eget praesent nunc dolor at aliquet nunc lorem at sem nisi pulvinar volutpat et nisi. </w:t>
+      <w:bookmarkEnd w:id="17059543802886517615"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat laoreet tellus elit laoreet euismod consectetur erat tincidunt aliquet mauris dolor nunc aliquet mauris dolor dolore, proin volutpat amet aliquam massa non nonummy tempus lobortis sem elit. Ipsum aliquam nibh euismod nonummy, lorem congue praesent molestie consectetur donec massa proin eget pulvinar nisi et euismod, amet ac nibh euismod adipiscing, feugiat congue diam aliquet at. Dolor dolore proin eget dolor dolore proin molestie amet donec ante molestie dolor congue praesent felis lorem magna mi volutpat, nonummy ut diam elit, pulvinar nisi proin, elit. Ipsum nisi et eget, pulvinar nisi et volutpat dolor nunc sem eget dolor nunc sem at sed nunc aliquet at elit pulvinar nisi et id pulvinar dolore et. Volutpat amet ac tincidunt aliquet mauris lorem tincidunt praesent mauris sit donec mi, mauris sit magna mi, molestie consectetur dolore proin id, pulvinar aliquam, nibh ullamcorper adipiscing feugiat. Tincidunt diam, felis pharetra magna mi tellus consectetur erat massa, sem at sed nisi nibh id pulvinar nisi eget pulvinar aliquam nibh euismod turpis lorem lobortis ullamcorper nonummy. Lorem congue praesent molestie consectetur erat massa non, at laoreet tellus consectetur erat laoreet tellus at ac tincidunt proin eget pulvinar dolore praesent mauris pulvinar donec ante volutpat. Nonummy tempus lobortis, ullamcorper felis feugiat ut diam ipsum ut et euismod consectetur lorem nunc proin euismod nonummy feugiat congue mi molestie pharetra erat laoreet, non elit ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc12" w:id="3560260590074009011"/>
+      <w:bookmarkStart w:name="_Toc13" w:id="3319257461042270154"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3560260590074009011"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">Sem mi magna sit, id praesent. Congue lorem mauris praesent tincidunt felis. Ullamcorper et nisi pulvinar eget sem. Massa ac pharetra, molestie mi magna. Feugiat mauris diam ut tempus nonummy. Euismod lobortis tempus turpis euismod et. Lobortis aliquam, amet eget sem ut. Sed at molestie, massa erat pharetra. Tellus mi magna dolor, adipiscing ullamcorper. </w:t>
+      <w:bookmarkEnd w:id="3319257461042270154"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non consectetur ipsum nisi nibh euismod sit ac, laoreet aliquet. Lorem congue aliquet at feugiat congue aliquet at feugiat tincidunt aliquet. Mauris dolor, donec massa tellus consectetur erat massa non elit sed. Ut proin elit dolore sem eget amet ac lobortis euismod felis. Lorem tincidunt diam felis, feugiat, magna ante non elit sed, ut. Et id pulvinar, aliquam nibh euismod nisi et euismod turpis tempus. Tincidunt mi volutpat consectetur erat nunc non nonummy sed ut diam. Id sit nisi nibh euismod turpis, ac lobortis mauris feugiat dolore. Ante volutpat consectetur tempus nunc sem elit tempus ut diam, eget. Sit ac tincidunt aliquet adipiscing lorem tincidunt aliquet adipiscing lorem congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc14" w:id="16568810501701841208"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Laoreet magna sit, felis praesent ut lorem adipiscing euismod ante nunc sed consectetur, tellus laoreet erat turpis molestie et dolore sed at tellus laoreet. Donec, feugiat mauris praesent congue sit adipiscing diam congue dolor mauris aliquet tincidunt feugiat felis praesent congue pharetra id, praesent ut ipsum nonummy non. Nibh donec pulvinar volutpat ante dolore dolor mauris proin, dolore dolor at sem massa erat pharetra molestie et congue feugiat pharetra molestie praesent congue. Lorem adipiscing euismod nibh aliquam adipiscing euismod nibh aliquam adipiscing aliquet tincidunt lorem adipiscing, ullamcorper nibh nisi sit id diam lobortis tempus nonummy ullamcorper. Nibh, aliquam amet volutpat, et dolore dolor eget sem dolore sed consectetur molestie mi magna sit id praesent ut lorem adipiscing euismod lorem turpis. Volutpat sem dolore, ipsum eget proin nisi ipsum elit sem, ut ipsum elit, sem nunc tempus consectetur, molestie, mi donec, pharetra molestie mi dolore. Nonummy volutpat proin congue dolor at, praesent laoreet lorem turpis euismod et nisi ipsum felis diam nisi feugiat elit volutpat molestie proin donec, dolor. Adipiscing tellus nibh ac turpis euismod et magna sit felis diam, nisi pulvinar, felis diam ut sit felis, et congue feugiat, felis praesent sit. Eget diam, nunc erat elit non nunc tempus consectetur, non, massa tempus elit non ut tempus elit diam lobortis tempus nonummy ullamcorper ante donec. </w:t>
+      <w:bookmarkStart w:name="_Toc14" w:id="4664497144044932834"/>
+      <w:r>
+        <w:t>This is second-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4664497144044932834"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, ullamcorper felis feugiat congue, laoreet, non at ipsum, ut eget pulvinar dolore proin eget amet aliquam nibh euismod turpis, feugiat magna ante molestie. Consectetur erat massa non nonummy sed massa proin eget ipsum nisi et dolor, dolore et eget, pulvinar nisi proin eget amet aliquam proin eget. Nonummy lorem, congue mi tellus consectetur erat nunc proin eget pulvinar dolore et et, id turpis ac mi tellus, consectetur, sed dolore proin mauris. Pharetra donec proin eget pharetra donec proin mauris dolor, donec ante molestie tincidunt mi molestie pharetra donec ante tellus, consectetur donec laoreet non nonummy. Ipsum nunc proin id turpis ac nibh ullamcorper adipiscing ac tincidunt aliquet mauris dolor magna felis lorem congue, mi tellus nonummy, erat laoreet non. At sed dolore proin eget pulvinar nisi et volutpat turpis, aliquam lobortis ullamcorper adipiscing feugiat, congue mi molestie adipiscing dolor donec ante non nonummy. Tempus lobortis ullamcorper nonummy ipsum nisi mi aliquet at dolor, nunc aliquet mauris sed donec, massa non nonummy sed, nunc sem elit ipsum dolore. Proin elit pulvinar dolore proin eget, pulvinar nisi proin mauris pulvinar tempus nibh ullamcorper, felis feugiat, adipiscing feugiat magna et id feugiat, congue diam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc15" w:id="11687448213618108485"/>
+      <w:bookmarkStart w:name="_Toc15" w:id="1597698204750028090"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11687448213618108485"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Feugiat nonummy volutpat ante dolore lorem adipiscing eget aliquet laoreet sed adipiscing tellus tincidunt ac sit felis diam ut ipsum nonummy volutpat ante. Donec dolor, mauris proin, congue dolor mauris praesent congue, feugiat adipiscing ullamcorper lobortis tempus adipiscing ullamcorper tincidunt tempus, turpis euismod lobortis lorem at. Aliquet nibh nisi amet ullamcorper laoreet ac adipiscing tellus, tincidunt lorem consectetur tellus ante donec pharetra mauris praesent donec, pharetra volutpat ante erat. Amet non ut sit tellus laoreet erat, consectetur tellus mi, felis diam ut ipsum elit diam, lobortis ipsum felis et lobortis ipsum adipiscing. Non ante aliquam, nonummy ullamcorper nibh aliquam, amet volutpat nibh aliquam pulvinar volutpat, ante feugiat adipiscing euismod nibh ac adipiscing euismod nibh aliquam. Pulvinar elit diam ut, pulvinar elit diam nunc tempus nonummy diam nisi sit id, diam ut ipsum elit nunc sed nonummy tellus mi. Congue feugiat felis diam tincidunt feugiat felis aliquet tincidunt tempus amet, volutpat et nisi pulvinar volutpat ante, donec pharetra eget proin dolore pulvinar. Eget proin dolore dolor, mauris sem nunc dolor, eget et dolore ipsum eget et nisi pulvinar elit sem dolore, dolor mauris proin tincidunt. Lorem sit id et nisi sit felis diam ut feugiat felis diam, ut ipsum adipiscing diam ut lorem felis diam ut lorem nonummy. Volutpat ante dolore feugiat mauris mi dolore dolor, at ullamcorper nibh aliquam turpis id et ut, sed nonummy tellus massa, donec consectetur molestie. </w:t>
+      <w:bookmarkEnd w:id="1597698204750028090"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue diam mauris feugiat congue diam, felis feugiat ut non adipiscing ipsum lobortis diam felis feugiat ut diam felis pulvinar, nisi et nisi. Nibh aliquet, at, dolor dolore proin, non amet tempus lobortis ullamcorper elit sit ut diam elit feugiat ut et id, sit ac laoreet tellus. Magna nibh id turpis, aliquam laoreet aliquet at lorem congue aliquet at dolor donec ante non elit ipsum nisi et, id turpis lorem nunc. Praesent eget amet praesent mauris dolor dolore proin volutpat amet tempus lobortis sem elit ipsum ut diam id sit nisi diam eget, pulvinar ut. Et id amet tempus, lobortis diam id turpis magna laoreet aliquet at pulvinar aliquam ante euismod amet donec ante, non adipiscing tempus congue diam. Felis sit magna mi molestie at pharetra dolore mi molestie dolor magna mi mauris feugiat congue mi, mauris sit magna praesent molestie sit congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc16" w:id="16856742888286843890"/>
+      <w:bookmarkStart w:name="_Toc16" w:id="6606832800003140310"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16856742888286843890"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Congue ac, amet id sem, nunc erat magna pulvinar id et nisi pulvinar elit sem. Lobortis erat pharetra volutpat, mi dolore pharetra molestie proin dolore pharetra eget ante dolore pulvinar. Eget lorem adipiscing ullamcorper nibh nisi amet volutpat et nisi pulvinar eget, proin ut, sed. At non massa donec pharetra tellus massa donec consectetur molestie ante elit sem nunc sed. Pharetra id et ut ipsum adipiscing non ante dolore dolor mauris proin dolore dolor eget. Proin dolore dolor elit sem dolore ipsum eget feugiat adipiscing ullamcorper lobortis feugiat felis praesent. Ut lorem felis praesent, congue feugiat felis, praesent, congue feugiat mauris mi dolore, pharetra mauris. Praesent donec pharetra molestie laoreet donec pharetra molestie ante erat pharetra molestie mi magna feugiat. Mauris praesent congue feugiat mauris aliquet tincidunt sed at ullamcorper nibh ac sit euismod ante. Donec amet eget nibh aliquam, amet euismod lobortis ac turpis volutpat proin dolore pulvinar eget. </w:t>
+      <w:bookmarkEnd w:id="6606832800003140310"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi volutpat consectetur erat massa sem elit tempus nunc sem. Elit pulvinar nisi et euismod sit pharetra erat laoreet tellus. Elit pulvinar nisi nibh euismod amet aliquam nibh massa non. Nonummy sed nunc sem nonummy sed ut proin id amet. Dolore ut, et id feugiat magna mi tellus turpis magna. Laoreet tellus turpis ac laoreet tellus adipiscing, lorem tincidunt aliquet. At, sed congue aliquet mauris, feugiat turpis tempus tincidunt, diam. Adipiscing tempus nibh ullamcorper nonummy tempus lobortis praesent id sit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc17" w:id="6230574868774097952"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Ante magna dolor mauris ullamcorper lobortis tempus turpis euismod nibh aliquam amet id nibh ut pulvinar eget id et ut. Pulvinar elit non massa tempus, nonummy volutpat massa tempus nonummy non lobortis ipsum nonummy, ullamcorper lobortis ipsum felis, diam congue. Lorem pulvinar felis sem ut ipsum elit diam nisi feugiat felis et ut sit id et magna feugiat felis praesent. Magna sit mauris diam congue feugiat felis sem, laoreet ac turpis, id et magna pharetra non massa, erat consectetur non. Massa magna pharetra mauris praesent magna dolor mauris ante donec, non massa donec dolor mauris, praesent tincidunt lorem adipiscing euismod. Et ut ipsum elit non ante, magna dolor mauris praesent congue, dolor mauris praesent tincidunt lorem adipiscing lobortis aliquam, amet. Volutpat proin dolore dolor eget sem, nunc dolor elit proin dolore pulvinar elit aliquet massa erat at, non massa erat. </w:t>
+      <w:bookmarkStart w:name="_Toc17" w:id="5420430635182089397"/>
+      <w:r>
+        <w:t>This is second-level header 3</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5420430635182089397"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor dolore proin volutpat amet tempus nibh, euismod nonummy lorem, ut praesent felis feugiat ut, praesent felis sit, ac feugiat. Magna laoreet tellus, consectetur erat tincidunt aliquet, mauris dolor aliquam nibh euismod amet donec ante volutpat nonummy ipsum congue diam felis. Feugiat dolor dolore ante, mauris pharetra donec ante non consectetur tempus nunc, non consectetur erat, massa non at ipsum nunc sem. Eget amet aliquam et volutpat pulvinar aliquam magna tempus tincidunt ullamcorper nonummy tempus ut ullamcorper adipiscing sit magna laoreet molestie pharetra. Magna, laoreet molestie turpis magna et molestie turpis ac donec ante tellus consectetur erat massa tellus, consectetur sed ut proin eget. Pulvinar nisi et euismod amet, aliquam nibh eget pulvinar aliquam lobortis ullamcorper felis, feugiat congue tincidunt tellus turpis ac tincidunt aliquet. Eget pharetra donec ante, non nonummy tempus lobortis sem elit feugiat nisi et euismod consectetur dolor dolore proin eget amet aliquam. Nisi proin eget pulvinar, aliquam nibh ullamcorper at feugiat, tincidunt aliquet felis dolor congue praesent mauris feugiat tincidunt praesent mauris adipiscing. Lorem congue proin molestie, nonummy tempus ut et felis sit ac laoreet tellus consectetur lorem, nunc sem eget amet aliquam nibh. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc18" w:id="15208076185479495509"/>
+      <w:bookmarkStart w:name="_Toc18" w:id="3989360846489559550"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15208076185479495509"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Mi lobortis tempus nonummy non massa. Donec dolor mauris, praesent congue donec. Pharetra mauris praesent tincidunt ac, turpis. Id et, nisi pulvinar felis et. Nisi ipsum elit ullamcorper ut feugiat. Felis ullamcorper massa donec amet, volutpat. Diam ut feugiat adipiscing euismod nibh. Aliquam amet euismod et, nisi amet. Volutpat proin dolore ipsum, elit non. </w:t>
+      <w:bookmarkEnd w:id="3989360846489559550"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa sem, eget pulvinar nisi ante euismod adipiscing lorem nisi et eget sit ac nibh tellus. Turpis lorem tincidunt praesent mauris dolor dolore, mi molestie pharetra dolore mi volutpat pharetra donec ante non. Nonummy, felis sit congue diam id pharetra ac laoreet tellus consectetur ac, massa, tellus consectetur ac mi. Euismod turpis ac laoreet tellus consectetur lorem tincidunt aliquet non elit sed nunc non, at ipsum dolore. Proin eget pulvinar aliquam nibh ullamcorper turpis aliquam nibh volutpat nonummy lorem lobortis diam adipiscing tempus nisi. Proin id adipiscing ac tincidunt praesent mauris pharetra dolore mi molestie consectetur erat nunc, sem elit pulvinar. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc19" w:id="6474926424726261478"/>
+      <w:bookmarkStart w:name="_Toc19" w:id="16204629604139786849"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6474926424726261478"/>
-[...288 lines deleted...]
-        <w:t xml:space="preserve">Proin dolore, sed adipiscing euismod, nibh magna pulvinar elit, sem, diam massa erat pharetra molestie mi dolore dolor mauris praesent, tincidunt. Lorem turpis euismod sem nunc sed consectetur molestie mi magna pharetra molestie mi congue feugiat amet volutpat ante donec amet volutpat. Proin congue lorem turpis id diam nunc tempus elit sem ut tempus consectetur mauris mi dolore feugiat mauris aliquet mi magna. Sit felis diam ut lorem adipiscing ullamcorper nibh tempus amet volutpat ante, aliquam amet euismod et dolore ipsum at sem aliquet. Tincidunt ac turpis euismod et magna, sit id diam ut ipsum nonummy sem, lobortis erat amet non massa aliquam amet volutpat. Ante, dolore dolor mauris praesent et nisi pulvinar, felis sem lobortis ipsum felis diam ut ipsum adipiscing non ante dolore dolor. At aliquet tincidunt lorem turpis euismod nibh, magna pulvinar felis diam massa sed, consectetur molestie mi congue sit molestie mi magna. Sit mauris praesent ut lorem adipiscing euismod ante tempus adipiscing, ullamcorper nibh proin nisi pulvinar at, non, massa erat consectetur tellus. Laoreet magna sit mauris praesent congue dolor mauris praesent congue feugiat adipiscing ullamcorper tincidunt lorem adipiscing ullamcorper tincidunt donec pharetra eget. </w:t>
+      <w:bookmarkEnd w:id="16204629604139786849"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis ac lobortis praesent mauris, pharetra, erat ut diam felis ipsum ut et id. Pulvinar nisi diam mi felis, feugiat magna laoreet non elit ipsum dolore proin elit. Amet aliquam lobortis euismod amet aliquam nibh volutpat nonummy feugiat lobortis ullamcorper nonummy turpis. Ac tincidunt praesent, molestie amet erat massa volutpat amet erat massa volutpat, nonummy, erat. Massa tellus consectetur sed nunc diam id turpis ac laoreet ullamcorper adipiscing pharetra erat. Massa proin, eget, dolor, nunc proin eget, pulvinar nisi ante euismod amet tempus lobortis. Praesent id sit magna, mi tellus at amet donec ante volutpat, pharetra donec ante. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -2532,51 +1354,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 14</w:t>
+      <w:t>Page 7</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -3155,51 +1977,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ref16ad9f95a449ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7518f300135b4263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9cc175d57cf248d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rf46a11a3f7494a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd7682bbc0b834847" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb6cd9df0a2324181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3b4bc470f43f4c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R73b04cef26fe459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R15c8a9d2f4b3456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R42103b870b0b48e9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>