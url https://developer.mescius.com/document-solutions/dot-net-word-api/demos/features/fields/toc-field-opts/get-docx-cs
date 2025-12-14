--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R003573db93c34a12" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0a1145a4cf694b49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R75a965b0247a4961" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc230aa66d9124fb8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R007ed8b1045346d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R44666a945ded4afe" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:history="true" w:anchor="_Toc0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -187,98 +187,98 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc4 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
@@ -375,933 +375,1305 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc10">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is second-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc11">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc12">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc10">
+      <w:hyperlink w:history="true" w:anchor="_Toc13">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is top-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc11">
+      <w:hyperlink w:history="true" w:anchor="_Toc14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc12">
+      <w:hyperlink w:history="true" w:anchor="_Toc15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc13">
+      <w:hyperlink w:history="true" w:anchor="_Toc16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc14">
+      <w:hyperlink w:history="true" w:anchor="_Toc17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc15">
+      <w:hyperlink w:history="true" w:anchor="_Toc18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc16">
+      <w:hyperlink w:history="true" w:anchor="_Toc19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc17">
+      <w:hyperlink w:history="true" w:anchor="_Toc20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc18">
+      <w:hyperlink w:history="true" w:anchor="_Toc21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc19">
+      <w:hyperlink w:history="true" w:anchor="_Toc22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc23">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is second-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc24">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc25">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="R15c8a9d2f4b3456c"/>
+          <w:headerReference w:type="default" r:id="R484ab46bd8274e1f"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc0" w:id="13756426457429401886"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="14207798250594698264"/>
       <w:r>
         <w:t>This is top-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13756426457429401886"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nibh et aliquet euismod diam id adipiscing amet aliquam, donec nunc laoreet aliquet at nonummy ipsum. Sed sit, ac, tincidunt proin, volutpat nonummy lorem congue praesent molestie pharetra magna laoreet tellus elit. Amet ac congue praesent molestie pharetra donec ante ante volutpat nonummy lorem congue, mi molestie pharetra. Donec massa non elit ipsum dolore, et ullamcorper turpis aliquam lobortis ullamcorper adipiscing feugiat erat ante. Non elit ipsum aliquam, nibh non nonummy aliquam lobortis ullamcorper nonummy ipsum ut diam id turpis. Ac laoreet tellus at sed nunc proin eget amet aliquam sed nunc aliquet mauris dolor donec. Massa volutpat, amet erat massa volutpat nonummy ipsum lobortis, sem elit ipsum nunc diam euismod turpis. Lorem nunc aliquet volutpat amet pulvinar, nisi nibh euismod adipiscing lorem lobortis, aliquet, adipiscing feugiat tincidunt. Mi molestie consectetur erat massa non consectetur erat massa sem elit ipsum massa tellus consectetur sed. </w:t>
+      <w:bookmarkEnd w:id="14207798250594698264"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum mauris volutpat, euismod tellus praesent lobortis ante congue, ac, ipsum elit sem massa erat pharetra, id ullamcorper ut donec dolor mauris praesent, tincidunt ac turpis, euismod et nisi. Erat dolor mauris elit ullamcorper massa aliquam nonummy volutpat ante donec dolor eget aliquet nibh magna sit, felis sem, ante donec dolor felis aliquet lobortis, ac turpis ullamcorper mauris. Praesent tincidunt ac turpis id diam nunc erat pharetra molestie mi congue lorem turpis volutpat nibh aliquam turpis id et, nisi pulvinar dolor eget proin, dolore, sed, at id. Diam nunc tempus consectetur volutpat mi, congue lorem, adipiscing volutpat proin dolore pulvinar elit non massa sed consectetur tellus laoreet nunc, sed mauris sem, dolore dolor elit sem nunc. Erat consectetur id et congue ipsum felis diam, lobortis tempus amet volutpat proin aliquam amet euismod lobortis aliquam ullamcorper ante nisi amet, euismod proin nisi pulvinar eget proin dolore. Pulvinar eget, proin nunc, sed elit sem massa sed nonummy non nunc ipsum, eget et dolore pulvinar eget proin nisi amet euismod nibh aliquam sit eget proin nisi pulvinar. Id diam ut ipsum sem lobortis tempus elit sem ut ipsum nonummy ullamcorper lobortis aliquam pharetra volutpat ante congue sed at aliquet nibh ac pulvinar felis diam ut tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc1" w:id="3171511639755189994"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="14800499126198130585"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3171511639755189994"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Felis, sit magna laoreet, aliquet at sed tincidunt praesent molestie pharetra, ac massa. Aliquet elit sed nunc proin eget, dolor nisi nibh volutpat, amet aliquam lobortis. Ullamcorper felis tempus lobortis ullamcorper, id feugiat dolor donec ante non elit tempus. Ut mi tellus turpis ac laoreet tellus consectetur sed nunc proin eget pharetra. Dolore ante volutpat pharetra donec ac lobortis ullamcorper adipiscing tempus tincidunt aliquet felis. Feugiat congue praesent felis feugiat congue, mi tellus pharetra donec massa sem elit. Ipsum dolore proin diam felis feugiat magna laoreet tellus turpis ac tincidunt sem. </w:t>
+      <w:bookmarkEnd w:id="14800499126198130585"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus et, congue ipsum nonummy non nibh nunc erat consectetur tellus ante. Magna dolor molestie mi congue, feugiat, adipiscing euismod et dolore ipsum, at. Tellus, mi donec sit id praesent congue feugiat tempus nonummy non massa. Donec dolor felis praesent tincidunt lorem, turpis, ullamcorper nibh ac amet id. Proin ut ipsum eget, diam nunc tempus nonummy sem euismod laoreet ac. Sit felis diam ut ipsum elit et, congue feugiat molestie praesent magna. Sit molestie mi congue lorem nonummy euismod lobortis tempus tempus elit ullamcorper. Massa erat amet non lobortis aliquam nonummy non nibh, donec amet eget. Proin dolore sed mauris sem nunc sed at sem laoreet erat felis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc2" w:id="15004550791186859589"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="3323561314726429621"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15004550791186859589"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ac nunc non elit ipsum, aliquam lobortis aliquet mauris dolor donec massa. Volutpat nonummy ipsum nunc diam eget pulvinar aliquam, nibh id sit aliquam. Nibh et id sit magna laoreet tellus at sed tincidunt aliquet at. Dolor, donec nibh non adipiscing lorem lobortis diam, adipiscing feugiat ut et. Id amet ac lobortis euismod amet aliquam ante volutpat amet donec ante. Euismod nonummy lorem ut mi molestie pharetra magna mi, tellus pharetra erat. </w:t>
+      <w:bookmarkEnd w:id="3323561314726429621"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra felis, diam nibh tempus nonummy euismod nibh ut ipsum elit sem massa erat pharetra molestie ante dolore dolor, mauris praesent tincidunt ac adipiscing tellus laoreet lorem turpis euismod. Et, ut tempus pharetra, molestie, donec feugiat adipiscing euismod nibh nisi pulvinar elit sem ut sed consectetur tellus laoreet, erat consectetur non massa donec consectetur, molestie, mi dolore dolor. Adipiscing sem nunc ipsum elit non laoreet magna, sit id diam lobortis tempus amet volutpat, ante, dolore dolor eget aliquet nunc sed at aliquet aliquet tincidunt feugiat adipiscing euismod. Et ut ipsum nonummy tellus, ante magna sit molestie mi donec dolor felis praesent dolore, dolor mauris praesent congue dolor at aliquet volutpat ante, dolore dolor mauris aliquet, tincidunt. Sed consectetur euismod mi ut feugiat elit sem, massa erat pharetra volutpat proin donec pharetra eget proin dolore dolor mauris sem nunc erat consectetur volutpat ante erat dolor molestie. Praesent congue feugiat mauris proin congue feugiat mauris aliquet nibh aliquam aliquam pulvinar, volutpat, ante dolore dolor at aliquet tincidunt ac turpis molestie mi congue feugiat elit ullamcorper massa. Donec pharetra volutpat ante donec pulvinar eget, proin sed at aliquet tincidunt sed at tellus laoreet magna feugiat felis ullamcorper massa tempus, amet volutpat ante donec pharetra, eget praesent. Nunc sed at aliquet tincidunt ac dolor mauris mi congue feugiat at aliquet nibh ac turpis euismod, nibh nisi ipsum, elit non massa erat nonummy sem nunc tempus elit. Sem lobortis ipsum amet consectetur tellus, mi magna consectetur tellus massa, erat pharetra molestie mi donec pharetra molestie mi donec pharetra molestie praesent congue feugiat adipiscing, ullamcorper nibh, aliquam. Amet eget ut ipsum at non massa erat consectetur non massa erat pharetra mauris praesent magna, dolor mauris mi dolore feugiat at aliquet tincidunt lorem at aliquet laoreet lorem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc3" w:id="18344115521329294915"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="4728726252468929437"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18344115521329294915"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Molestie consectetur erat, massa diam id, sit ac laoreet ullamcorper, adipiscing lorem congue aliquet mauris nonummy eget. At adipiscing lorem congue praesent, id pharetra ac laoreet molestie pharetra magna mi molestie turpis erat nunc. Sem volutpat pulvinar aliquam nibh dolore ante non amet tempus lobortis ullamcorper adipiscing ipsum ut ullamcorper elit. Ipsum ut diam felis feugiat magna laoreet euismod turpis ac laoreet aliquet at sed pulvinar nisi proin. Eget pulvinar, nisi nibh, volutpat turpis aliquam nibh aliquet adipiscing lorem lobortis diam felis tempus lobortis ullamcorper. Felis feugiat magna diam, praesent volutpat amet tempus lobortis, ullamcorper felis sit nisi et, euismod sit magna. Laoreet tellus turpis lorem tincidunt praesent mauris amet aliquam lobortis diam felis feugiat lorem congue praesent molestie. Pharetra donec ante volutpat pharetra magna mi molestie consectetur donec massa, non, nonummy sed ut et eget. Pulvinar aliquam lobortis ullamcorper adipiscing feugiat pulvinar nisi proin mauris mauris sit magna praesent, mauris, sit magna. </w:t>
+      <w:bookmarkEnd w:id="4728726252468929437"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nibh ut tempus pharetra, volutpat ante. Donec feugiat at aliquet nibh aliquam turpis. Euismod laoreet, magna pulvinar eget diam ut. Ipsum consectetur volutpat ante donec nisi feugiat. Felis ullamcorper lobortis, tempus, nonummy volutpat ante. Donec dolor mauris, praesent nunc sed consectetur. Tellus laoreet ac turpis tellus et magna. Sit amet eget et aliquam turpis euismod. Et aliquam pulvinar eget diam, ut tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc4" w:id="4854234216072659021"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="1939712433457218498"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4854234216072659021"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tincidunt sem, mauris, pulvinar nisi ante euismod, amet lorem, ut praesent felis sit magna laoreet, aliquet at pharetra dolore mi. Volutpat consectetur erat massa sem elit ipsum nisi et eget ipsum ut sem elit ipsum nunc proin eget amet aliquam. Nibh nunc sem eget pulvinar nisi proin volutpat amet aliquam ante volutpat amet, tempus nibh non felis feugiat congue mi. Id pharetra ac laoreet tellus consectetur consectetur erat massa tellus consectetur donec mi molestie pharetra magna mi non, consectetur erat. Massa, tellus consectetur erat nunc aliquet consectetur erat tincidunt ut diam id sit lorem nunc praesent mauris dolor dolore proin. Volutpat nonummy ipsum ut diam elit ipsum ut sem nonummy tempus lobortis non nonummy tempus nunc erat massa tellus nonummy. Ipsum, ut proin eget pulvinar aliquam nibh ullamcorper at feugiat dolore, mi, molestie pharetra erat massa elit sit aliquam et. Euismod adipiscing, sed ac massa sem elit dolor dolore proin eget dolor nunc proin eget pulvinar dolore praesent at sed. Congue, ante mi ante non amet erat ut sem elit ipsum ut, diam felis ipsum nunc diam eget, pulvinar nisi. Nibh tellus adipiscing, lorem tincidunt aliquet mauris dolor dolore praesent nibh ullamcorper adipiscing feugiat magna mi molestie consectetur erat nunc. </w:t>
+      <w:bookmarkEnd w:id="1939712433457218498"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis felis ullamcorper massa erat pharetra molestie praesent congue lorem adipiscing euismod nibh ac. Pulvinar eget sem massa erat dolor mauris aliquet lobortis aliquam, ipsum elit diam ut. Tempus, nonummy non ante donec, sed turpis, id et nisi ipsum, elit molestie mi. Tincidunt lorem turpis volutpat et, dolore ipsum molestie et magna feugiat adipiscing ullamcorper lobortis. Tempus nonummy volutpat nibh tempus nonummy volutpat ante nisi dolor elit proin dolore ipsum. Eget proin dolore pulvinar elit adipiscing euismod et nisi pulvinar eget diam ut tempus. Nonummy non ante erat amet volutpat mi donec pharetra volutpat proin donec dolor volutpat. Ante praesent ut, tempus nonummy euismod nibh aliquam pulvinar volutpat ante nisi pulvinar volutpat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc5" w:id="10255669372199744291"/>
+      <w:bookmarkStart w:name="_Toc5" w:id="7128167930172238785"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10255669372199744291"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Id pharetra, ac massa sem elit, pulvinar aliquam. Lobortis aliquet molestie nonummy erat nunc sem elit. Ipsum nisi, et id pulvinar euismod turpis ac. Lobortis ullamcorper turpis aliquam nibh euismod turpis, tempus. Congue mi molestie pharetra donec mi molestie consectetur. Erat nunc proin eget amet at ipsum dolore. Et, euismod adipiscing lorem congue mi molestie, pharetra. Donec ante tellus pharetra magna praesent id sit. Magna mi molestie pharetra ac mi molestie turpis. </w:t>
+      <w:bookmarkEnd w:id="7128167930172238785"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id proin nunc sed consectetur tellus mi magna dolor felis praesent tincidunt tempus. Turpis euismod et nunc erat consectetur, tellus laoreet sem massa erat pharetra molestie. Praesent lobortis, tempus nonummy volutpat ante aliquam pulvinar elit sem massa sed at. Aliquet, massa erat consectetur molestie laoreet donec sed, adipiscing tellus laoreet magna sit. Id, et ut ipsum felis sem lobortis tempus amet non ante donec pharetra. Molestie proin dolore, sed at, praesent nunc lobortis tempus adipiscing ullamcorper ante nisi. Dolor, at aliquet massa erat consectetur tellus laoreet ac pharetra tellus, laoreet magna. Feugiat, felis, ullamcorper ut sed mauris, tellus mi, ac sit felis ullamcorper lobortis. Erat pharetra molestie praesent congue sed at aliquet laoreet ac turpis, euismod et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc6" w:id="9607312999238514667"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="3818769860087771641"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9607312999238514667"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Euismod adipiscing, tempus ut praesent id pharetra donec mi molestie at dolor erat, ante volutpat nonummy. Tempus, lobortis, non elit pulvinar magna nibh id, turpis sed nunc praesent, mauris pharetra donec, ante. Volutpat nonummy tempus congue tempus lobortis non nonummy tempus ut diam eget ipsum nunc sem, elit. Pulvinar aliquam nibh id amet, aliquam laoreet ullamcorper turpis ac nibh ullamcorper, adipiscing, mauris dolor dolore. Ante eget amet donec ante non nonummy aliquam nibh, non nonummy tempus massa non nonummy erat. Ante volutpat pharetra donec nunc proin, volutpat nonummy tempus ut ullamcorper adipiscing tempus ut praesent id. Sit ac laoreet aliquet at sed nunc sem elit pulvinar dolore proin mauris dolor nunc mauris. </w:t>
+      <w:bookmarkEnd w:id="3818769860087771641"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi nisi feugiat, id diam ut, feugiat adipiscing ullamcorper lobortis donec amet non molestie praesent magna dolor mauris praesent, tincidunt lorem adipiscing euismod lobortis ac, amet euismod nibh aliquam, pulvinar. Eget, sem laoreet, donec sit molestie mi congue diam tincidunt lorem turpis euismod et nisi dolor elit aliquet nunc sed, elit sem nunc sed consectetur tellus, praesent magna feugiat felis. Diam tincidunt, lorem adipiscing elit, sem lobortis tempus elit non lobortis aliquam pharetra eget proin, dolore sed adipiscing tellus laoreet sed at aliquet tincidunt ac turpis euismod mi et nisi. Pulvinar eget proin dolore sed at tellus laoreet donec consectetur tellus ante magna sit felis, diam tincidunt tempus adipiscing euismod nibh aliquam amet euismod mi magna, sit felis praesent congue. Feugiat id mi donec, pharetra tellus mi congue feugiat felis aliquet tincidunt tempus turpis volutpat proin dolore ipsum elit sem massa tincidunt aliquam sit, eget et nisi sit felis sem. Ut tempus nonummy non ante donec dolor at aliquet tincidunt lorem elit non massa, erat consectetur molestie ante donec pharetra mauris, diam tincidunt lorem adipiscing aliquet congue feugiat mauris, praesent. Tincidunt lorem adipiscing euismod, nibh nisi pulvinar eget mauris praesent nunc lorem, consectetur tellus mi magna sit id mi magna sit id diam ut aliquam pharetra eget praesent congue sed. Adipiscing euismod nibh nisi sit turpis ullamcorper, lobortis nisi amet eget, sem nunc ipsum elit non massa ac pharetra molestie mi donec, pharetra molestie praesent tincidunt feugiat adipiscing ullamcorper nibh. Aliquam amet elit ullamcorper massa, erat, pharetra mauris aliquet laoreet ac adipiscing tellus laoreet ac sit, euismod diam, nisi ipsum nonummy non massa donec consectetur molestie mi, dolore dolor eget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc7" w:id="637656894066215453"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="11754335415321906544"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="637656894066215453"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">At ipsum, dolore sem eget amet nisi nibh sed. Dolore proin, volutpat amet, aliquam ante volutpat amet tempus. Ut mi molestie pharetra donec mi molestie sit magna. Mi molestie, sit, magna mi euismod nisi et id. Sit ac nibh tellus sit aliquam laoreet tellus adipiscing. Lorem tincidunt aliquet mauris feugiat dolore praesent mauris dolor. Dolore mi molestie pharetra mi molestie nonummy tempus massa. </w:t>
+      <w:bookmarkEnd w:id="11754335415321906544"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat proin, mi tincidunt lorem adipiscing, ullamcorper lobortis aliquam amet, eget proin dolore sed elit, non, massa erat consectetur molestie laoreet magna feugiat. Felis diam tincidunt massa tempus nonummy non massa erat elit ullamcorper lobortis tempus amet, volutpat ante, dolore dolor at praesent, tincidunt lorem turpis. Id et ut, ipsum elit turpis molestie mi nisi sit id et congue feugiat id diam ut ipsum nonummy ullamcorper lobortis tempus nonummy. Volutpat ante nisi amet eget proin dolore pulvinar nisi pulvinar euismod nibh aliquam turpis id proin ut sed nonummy sem massa donec sit. Felis diam tincidunt lorem adipiscing ullamcorper nibh aliquam turpis aliquam pulvinar, id et aliquam pulvinar id nibh magna sit eget diam, nunc, tempus. Nonummy sem, lobortis tempus elit sem lobortis erat amet, volutpat proin dolore pharetra sit id diam lobortis donec pulvinar, mauris sem nunc sed. Consectetur id, et nisi ipsum elit ullamcorper lobortis tempus adipiscing ullamcorper ante donec amet eget praesent nunc, congue tempus nonummy volutpat, ante nisi. Pulvinar eget proin nunc sed at sem nunc erat pharetra, molestie mi magna sit ipsum nonummy non massa erat pharetra molestie mi tincidunt. Lorem adipiscing euismod, nibh ac turpis euismod nibh, nisi pulvinar id proin nunc donec consectetur molestie praesent nunc sed consectetur aliquet nunc dolor. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc8" w:id="10834338596691320586"/>
+      <w:bookmarkStart w:name="_Toc8" w:id="371931957384061067"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10834338596691320586"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ac nunc sem eget pulvinar aliquam praesent mauris. Pharetra erat nunc et id pulvinar nisi et. Eget pulvinar nisi et eget pulvinar ac laoreet. Ullamcorper adipiscing feugiat dolore ante volutpat, pharetra praesent. Molestie consectetur erat massa non eget pulvinar aliquam. Nibh tellus turpis aliquam nibh ullamcorper turpis lorem. Congue praesent mauris pharetra dolore massa non, elit. Nunc sem elit, ipsum nunc sem eget ipsum. </w:t>
+      <w:bookmarkEnd w:id="371931957384061067"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris aliquet laoreet nisi pulvinar elit. Diam massa erat pharetra, mauris praesent. Lobortis tempus amet volutpat proin nunc. Sed consectetur aliquet massa erat elit. Turpis id et ut sit eget. Diam ut ipsum nonummy volutpat, ante. Dolore, feugiat felis aliquet lobortis, ac. Turpis euismod nibh, ac sit eget. Proin tellus laoreet magna pulvinar felis. Non ante donec feugiat mauris aliquet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc9" w:id="15513917877581585736"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="13217601943119712116"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15513917877581585736"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tempus lobortis diam volutpat, pulvinar aliquam ante volutpat nonummy lorem lobortis euismod, nonummy. Tempus lobortis diam felis sit magna praesent id, sit erat laoreet tellus at. Dolor nisi magna laoreet euismod turpis magna nibh euismod turpis lorem tincidunt, aliquet. Mauris dolor tincidunt, praesent mauris feugiat congue mi mauris dolor dolore praesent mauris. Dolor amet, donec lobortis euismod nonummy aliquam nibh ullamcorper adipiscing ipsum massa non. Elit feugiat congue et id sit nisi et, id turpis ac tempus nisi. Et id sit ac laoreet ullamcorper at lorem congue praesent, mauris dolor dolore. Ante volutpat consectetur erat lobortis volutpat nonummy ipsum nisi diam elit ipsum donec. </w:t>
+      <w:bookmarkEnd w:id="13217601943119712116"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi congue sed adipiscing tellus tincidunt ac turpis euismod nibh magna ipsum nonummy non lobortis erat nonummy, non massa. Erat pharetra molestie praesent congue lorem lorem nonummy volutpat ante donec pulvinar, mauris sem dolore sed at aliquet nunc. Sed, consectetur id et congue, ipsum nonummy ullamcorper lobortis tempus amet volutpat, molestie mi magna pharetra molestie mi donec. Dolor felis aliquet congue lorem adipiscing ullamcorper, tincidunt sed adipiscing aliquet congue sed mauris proin dolore sed at aliquet. Volutpat proin nunc sed consectetur tellus laoreet magna sit felis ullamcorper ut tempus nonummy non ante aliquam amet euismod. Nibh tempus nonummy volutpat ante ut, tempus nonummy ullamcorper, ut tempus elit ullamcorper lobortis aliquam amet eget, praesent nunc. Sed at aliquet tincidunt lorem at aliquet laoreet ac turpis id diam ut ac amet id proin ut, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc10" w:id="3839597837876207570"/>
+      <w:r>
+        <w:t>This is second-level header 4</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3839597837876207570"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar at aliquet, diam lobortis aliquam amet euismod et nisi pulvinar elit sem massa ac pharetra molestie mi donec pharetra. Mauris diam lobortis aliquam, nonummy ullamcorper lobortis aliquam tempus elit ullamcorper, massa erat nonummy molestie proin donec dolor eget proin. Tincidunt ac adipiscing euismod et ut ipsum, nonummy, non massa erat consectetur molestie nonummy non ante donec pharetra mauris praesent. Congue lorem, adipiscing tellus laoreet ac consectetur dolore ut donec pharetra, mauris, praesent tincidunt ac amet amet molestie ante dolore. Dolor adipiscing tellus laoreet ac adipiscing, euismod et nisi ipsum elit non massa tempus consectetur, volutpat massa erat nonummy non. Ante dolore dolor aliquam amet ullamcorper nibh tempus amet euismod, nibh nisi dolor mauris sem, nunc sed at tellus laoreet. Magna feugiat, id diam lobortis tempus nonummy non, ante euismod nibh donec dolor mauris aliquet tincidunt ac sit id et. Nisi ipsum felis ullamcorper massa, aliquam pharetra eget praesent, tincidunt lorem nunc lorem at tellus laoreet erat consectetur, tellus laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc11" w:id="9850810426630615177"/>
+      <w:r>
+        <w:t>This is third-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9850810426630615177"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis id et nisi ipsum nonummy non ante erat consectetur molestie mi dolore feugiat at ullamcorper, laoreet lorem turpis euismod proin ut pulvinar pulvinar eget. Proin dolore, dolor at aliquet nunc dolor, eget proin dolore pulvinar volutpat proin dolore pulvinar eget, sem nunc sed, consectetur tellus laoreet donec ac sit. Id mi magna sit id diam, lobortis tempus amet volutpat massa, tempus amet volutpat proin dolore sed at tellus laoreet magna pulvinar felis diam nunc. Dolore sed elit tellus massa ac, consectetur tellus massa ac pharetra tellus massa donec pharetra mauris praesent congue, sit felis, diam lobortis lorem adipiscing molestie. Et congue tempus nonummy, non, ante aliquam amet non, lobortis aliquam amet eget praesent nunc lorem consectetur tellus laoreet, erat, consectetur, molestie et nisi sit. Turpis euismod nibh nisi sit id et aliquam, pulvinar elit, sem massa tempus consectetur volutpat ante donec consectetur, volutpat, ante donec pharetra molestie proin congue. Dolor at sed, at aliquet nunc sed consectetur euismod nibh nisi ipsum, elit volutpat, massa donec pharetra molestie proin donec dolor mauris felis praesent congue. Lorem nonummy ullamcorper nibh, donec pulvinar eget sem nunc sed elit aliquet tincidunt sed at tellus laoreet ac pharetra molestie mi magna, sit felis nonummy. Sem massa donec pharetra molestie, ante magna dolor mauris praesent congue lorem turpis id nibh aliquam pulvinar eget sem ut erat nonummy sem nunc tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc12" w:id="925450329167799374"/>
+      <w:r>
+        <w:t>This is third-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="925450329167799374"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem massa erat consectetur tellus ullamcorper nibh aliquam sit. Eget sem massa erat pharetra molestie ante donec pharetra. Mauris, ullamcorper lobortis, tempus turpis euismod, nibh nisi pulvinar. Eget proin, ut dolore pharetra mauris aliquet, tincidunt lorem. Consectetur euismod mi ac sit felis diam, lobortis tempus. Elit non ante dolore dolor mauris proin donec pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc10" w:id="6774181288587282638"/>
+      <w:bookmarkStart w:name="_Toc13" w:id="9136533019145733561"/>
       <w:r>
         <w:t>This is top-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6774181288587282638"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Id turpis, magna laoreet tellus, consectetur sed tincidunt ut non elit, sed nunc et euismod turpis aliquam nibh id amet nisi et euismod turpis lorem tincidunt. Aliquet felis feugiat tincidunt praesent felis feugiat dolor donec, proin volutpat pharetra donec massa ullamcorper, adipiscing sit magna laoreet molestie consectetur erat tincidunt aliquet at sed. Dolore proin, mauris sed nunc proin, et id turpis aliquam nibh euismod amet nisi nibh euismod turpis lorem congue mi molestie, pharetra donec ante non nonummy. Sed nunc non volutpat amet donec, massa volutpat nonummy tempus lobortis ullamcorper felis ipsum magna mi euismod consectetur lorem, tincidunt aliquet at lorem tincidunt aliquet mauris. Pharetra donec proin non id turpis ac tincidunt ullamcorper felis feugiat tincidunt praesent, mauris dolor donec ante, non consectetur erat, nunc proin elit ipsum ut sem. Elit pulvinar nisi proin volutpat elit feugiat nisi diam felis pulvinar nisi et euismod turpis ac laoreet euismod sit ac, nibh euismod turpis aliquam nibh nisi. Nibh volutpat turpis lorem congue mi mauris dolor, congue mi tellus pharetra donec mi, tellus consectetur erat laoreet molestie sit congue diam elit ipsum ut et. Magna laoreet tellus at lorem et id, turpis ac laoreet tellus adipiscing sed congue, praesent, molestie pharetra donec mi molestie dolor dolore, mi molestie dolor erat. Massa praesent mauris dolor donec nibh non nonummy tempus lobortis ullamcorper felis feugiat congue mi tellus, consectetur sed tincidunt aliquet mauris dolor nunc proin eget amet. </w:t>
+      <w:bookmarkEnd w:id="9136533019145733561"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi ipsum, elit sem massa erat nonummy volutpat ante donec pharetra consectetur, molestie laoreet. Donec, sit mauris, praesent congue lorem adipiscing ullamcorper, nibh tempus adipiscing ullamcorper lobortis ac. Amet, eget, et dolore sed elit sem nunc erat nonummy volutpat nibh donec dolor. Mauris aliquet tincidunt erat sit, felis sem lobortis tempus elit non massa aliquam, pharetra. Mauris ullamcorper laoreet lorem turpis euismod massa donec dolor molestie mi magna feugiat felis. Aliquet tincidunt ac turpis euismod nibh aliquam pulvinar elit, sem ut, sed nonummy tellus. Ante dolore pulvinar eget proin nisi amet euismod nibh aliquam amet volutpat et, nisi. Pulvinar at non massa sed, elit sem nunc erat, pharetra mauris, diam, tincidunt feugiat. Consectetur euismod et ut feugiat felis et congue feugiat adipiscing non massa, aliquam nonummy. Volutpat ante donec dolor mauris proin dolore dolor mauris sem nunc erat turpis ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc11" w:id="17800314509986733627"/>
+      <w:bookmarkStart w:name="_Toc14" w:id="10781479873515174537"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17800314509986733627"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Id pharetra magna laoreet tellus, at tincidunt. Aliquet mauris pulvinar tempus nibh ullamcorper adipiscing. Feugiat congue praesent id sit donec, laoreet. Sem eget pulvinar aliquam et euismod, turpis. Ac dolore, mi sem mauris sed nunc. Proin mauris pulvinar nunc aliquet at sed. Dolore proin volutpat amet donec, ante non. Elit feugiat nisi et euismod turpis dolore. Ante volutpat pulvinar donec proin eget, dolor. </w:t>
+      <w:bookmarkEnd w:id="10781479873515174537"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et aliquam sit id diam ut ipsum et, nisi pulvinar. Felis et nisi feugiat felis diam lobortis ipsum felis diam. Lobortis aliquam amet mauris praesent tincidunt ac turpis tellus laoreet. Ac consectetur molestie mi congue feugiat felis praesent congue lorem. Adipiscing euismod nibh ac turpis euismod nibh nisi pulvinar id. Et ut tempus nonummy non ante tincidunt ac turpis molestie. Et congue feugiat felis et ut ipsum nonummy non ante. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc12" w:id="17059543802886517615"/>
+      <w:bookmarkStart w:name="_Toc15" w:id="11215225936388414078"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17059543802886517615"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Erat laoreet tellus elit laoreet euismod consectetur erat tincidunt aliquet mauris dolor nunc aliquet mauris dolor dolore, proin volutpat amet aliquam massa non nonummy tempus lobortis sem elit. Ipsum aliquam nibh euismod nonummy, lorem congue praesent molestie consectetur donec massa proin eget pulvinar nisi et euismod, amet ac nibh euismod adipiscing, feugiat congue diam aliquet at. Dolor dolore proin eget dolor dolore proin molestie amet donec ante molestie dolor congue praesent felis lorem magna mi volutpat, nonummy ut diam elit, pulvinar nisi proin, elit. Ipsum nisi et eget, pulvinar nisi et volutpat dolor nunc sem eget dolor nunc sem at sed nunc aliquet at elit pulvinar nisi et id pulvinar dolore et. Volutpat amet ac tincidunt aliquet mauris lorem tincidunt praesent mauris sit donec mi, mauris sit magna mi, molestie consectetur dolore proin id, pulvinar aliquam, nibh ullamcorper adipiscing feugiat. Tincidunt diam, felis pharetra magna mi tellus consectetur erat massa, sem at sed nisi nibh id pulvinar nisi eget pulvinar aliquam nibh euismod turpis lorem lobortis ullamcorper nonummy. Lorem congue praesent molestie consectetur erat massa non, at laoreet tellus consectetur erat laoreet tellus at ac tincidunt proin eget pulvinar dolore praesent mauris pulvinar donec ante volutpat. Nonummy tempus lobortis, ullamcorper felis feugiat ut diam ipsum ut et euismod consectetur lorem nunc proin euismod nonummy feugiat congue mi molestie pharetra erat laoreet, non elit ipsum. </w:t>
+      <w:bookmarkEnd w:id="11215225936388414078"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nonummy, volutpat mi, congue feugiat felis ullamcorper tincidunt lorem, at ullamcorper laoreet aliquam turpis euismod et ut, erat consectetur molestie mi magna molestie. Mi congue lorem adipiscing ullamcorper nibh, aliquam, amet id, proin ut sed consectetur tellus massa, donec sit molestie praesent congue feugiat felis diam, lobortis. Ac, consectetur tellus laoreet magna consectetur tellus massa erat pharetra felis ullamcorper ut tempus adipiscing, ullamcorper lobortis tempus amet eget, ante dolore pulvinar sem. Massa ac turpis tellus mi ac sit felis ullamcorper lobortis tempus adipiscing volutpat nibh donec pulvinar eget proin dolore dolor at sem tincidunt ac. Sit elit euismod tincidunt ac turpis euismod nibh aliquam sit eget diam nunc tempus consectetur volutpat mi donec dolor mauris, mi dolore dolor mauris. Praesent congue dolor mauris, nibh aliquam sit euismod nibh magna sit eget et ut tempus elit non massa erat amet volutpat, mi dolore pharetra. At euismod nibh ac sit id nibh aliquet, nunc sed consectetur tellus laoreet ac turpis tellus tincidunt, ac turpis tellus massa erat at non. Nunc sed, at non ante dolore dolor mauris, aliquet nunc sed at sem, tincidunt erat, consectetur tellus mi, magna sit id diam ut ipsum. Nonummy ullamcorper lobortis, tempus nonummy tellus nibh magna, pulvinar elit sem lobortis tempus amet volutpat, ante donec amet molestie proin dolore dolor eget aliquet. Tincidunt ac turpis, id et nisi ipsum elit dolore feugiat felis aliquet congue lorem adipiscing euismod et nisi pulvinar eget nibh aliquam pulvinar, eget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc13" w:id="3319257461042270154"/>
+      <w:bookmarkStart w:name="_Toc16" w:id="1675619630502115750"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3319257461042270154"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ante non consectetur ipsum nisi nibh euismod sit ac, laoreet aliquet. Lorem congue aliquet at feugiat congue aliquet at feugiat tincidunt aliquet. Mauris dolor, donec massa tellus consectetur erat massa non elit sed. Ut proin elit dolore sem eget amet ac lobortis euismod felis. Lorem tincidunt diam felis, feugiat, magna ante non elit sed, ut. Et id pulvinar, aliquam nibh euismod nisi et euismod turpis tempus. Tincidunt mi volutpat consectetur erat nunc non nonummy sed ut diam. Id sit nisi nibh euismod turpis, ac lobortis mauris feugiat dolore. Ante volutpat consectetur tempus nunc sem elit tempus ut diam, eget. Sit ac tincidunt aliquet adipiscing lorem tincidunt aliquet adipiscing lorem congue. </w:t>
+      <w:bookmarkEnd w:id="1675619630502115750"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy volutpat ante dolore dolor, mauris praesent congue lorem. Adipiscing id et aliquam sit et nisi ipsum nonummy. Non, ante erat pharetra molestie mi donec dolor mauris. Praesent tincidunt ac adipiscing id, et, ut ipsum nonummy. Sem laoreet, donec pharetra consectetur euismod laoreet magna sit. Id et ut feugiat id diam lobortis, tempus nonummy. Volutpat ante dolore, dolor at praesent nunc sed at. Aliquet eget, proin dolore pulvinar, eget sem dolore sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc14" w:id="4664497144044932834"/>
+      <w:bookmarkStart w:name="_Toc17" w:id="12167444082467868680"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4664497144044932834"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nibh, ullamcorper felis feugiat congue, laoreet, non at ipsum, ut eget pulvinar dolore proin eget amet aliquam nibh euismod turpis, feugiat magna ante molestie. Consectetur erat massa non nonummy sed massa proin eget ipsum nisi et dolor, dolore et eget, pulvinar nisi proin eget amet aliquam proin eget. Nonummy lorem, congue mi tellus consectetur erat nunc proin eget pulvinar dolore et et, id turpis ac mi tellus, consectetur, sed dolore proin mauris. Pharetra donec proin eget pharetra donec proin mauris dolor, donec ante molestie tincidunt mi molestie pharetra donec ante tellus, consectetur donec laoreet non nonummy. Ipsum nunc proin id turpis ac nibh ullamcorper adipiscing ac tincidunt aliquet mauris dolor magna felis lorem congue, mi tellus nonummy, erat laoreet non. At sed dolore proin eget pulvinar nisi et volutpat turpis, aliquam lobortis ullamcorper adipiscing feugiat, congue mi molestie adipiscing dolor donec ante non nonummy. Tempus lobortis ullamcorper nonummy ipsum nisi mi aliquet at dolor, nunc aliquet mauris sed donec, massa non nonummy sed, nunc sem elit ipsum dolore. Proin elit pulvinar dolore proin eget, pulvinar nisi proin mauris pulvinar tempus nibh ullamcorper, felis feugiat, adipiscing feugiat magna et id feugiat, congue diam. </w:t>
+      <w:bookmarkEnd w:id="12167444082467868680"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra mauris aliquet laoreet ipsum nonummy tellus, massa erat pharetra mauris praesent dolore dolor molestie mi, dolore dolor mauris ullamcorper laoreet ac sit euismod laoreet ac turpis euismod et consectetur. Molestie praesent tincidunt lorem felis aliquet lobortis aliquam pulvinar id et aliquam turpis id et nisi ipsum nonummy non massa erat consectetur volutpat, lobortis tempus turpis euismod lobortis lorem, adipiscing. Euismod, nibh aliquam amet id proin nisi sed nonummy non massa donec sit mauris mi magna feugiat ullamcorper lobortis nisi amet eget proin dolore pulvinar elit sem nunc sed nonummy. Tellus laoreet donec pharetra molestie mi congue, feugiat turpis euismod nibh nisi dolor, at mauris praesent congue lorem adipiscing, aliquet laoreet ac, turpis id et magna pulvinar elit non massa. Erat consectetur volutpat praesent tincidunt ac, adipiscing ullamcorper nibh aliquam, pulvinar sed adipiscing tellus nibh magna turpis euismod nibh ac turpis euismod et nisi feugiat elit ullamcorper lobortis tempus amet. Molestie felis diam lobortis lorem adipiscing ullamcorper lobortis aliquam nonummy, euismod nibh nisi pulvinar volutpat et nisi dolor elit sem dolore erat at non massa erat consectetur congue feugiat mauris. Diam congue lorem felis aliquet tincidunt lorem amet volutpat proin dolore sed, elit sem massa erat consectetur molestie praesent magna feugiat felis diam lobortis diam lobortis tempus amet volutpat et. Nisi pulvinar elit sem massa ac sit felis diam ut tempus adipiscing diam lobortis tempus amet eget proin nisi pulvinar elit erat turpis molestie mi ac sit molestie praesent congue. Feugiat felis diam ut lorem mauris diam, tincidunt lorem felis aliquet lobortis lorem adipiscing ullamcorper lobortis ac turpis, pharetra molestie proin dolore sed at aliquet tincidunt, lorem consectetur aliquet, laoreet. Ac turpis euismod mi magna, feugiat felis et ut ipsum elit ullamcorper ante donec, pharetra felis praesent ut lorem, nonummy eget proin nisi dolor eget proin nisi pulvinar eget sem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc15" w:id="1597698204750028090"/>
+      <w:bookmarkStart w:name="_Toc18" w:id="10745159662258185092"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1597698204750028090"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Lorem congue diam mauris feugiat congue diam, felis feugiat ut non adipiscing ipsum lobortis diam felis feugiat ut diam felis pulvinar, nisi et nisi. Nibh aliquet, at, dolor dolore proin, non amet tempus lobortis ullamcorper elit sit ut diam elit feugiat ut et id, sit ac laoreet tellus. Magna nibh id turpis, aliquam laoreet aliquet at lorem congue aliquet at dolor donec ante non elit ipsum nisi et, id turpis lorem nunc. Praesent eget amet praesent mauris dolor dolore proin volutpat amet tempus lobortis sem elit ipsum ut diam id sit nisi diam eget, pulvinar ut. Et id amet tempus, lobortis diam id turpis magna laoreet aliquet at pulvinar aliquam ante euismod amet donec ante, non adipiscing tempus congue diam. Felis sit magna mi molestie at pharetra dolore mi molestie dolor magna mi mauris feugiat congue mi, mauris sit magna praesent molestie sit congue. </w:t>
+      <w:bookmarkEnd w:id="10745159662258185092"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis tellus laoreet ac sit felis diam lobortis ipsum felis. Sem nonummy molestie proin donec dolor at aliquet laoreet ac turpis. Eget, diam nunc tempus nonummy sem ut erat nonummy sem massa. Tempus nonummy non massa mauris aliquet tincidunt ac, adipiscing euismod et. Magna pulvinar elit, non nunc, erat consectetur volutpat ante erat amet. Mauris aliquet congue dolor mauris praesent congue lobortis aliquam nonummy non. Nibh aliquam nonummy euismod nibh aliquam, pulvinar eget ante, nisi dolor. Elit aliquet, laoreet magna sit id ullamcorper lobortis laoreet donec sit. Mauris praesent congue feugiat felis euismod nibh aliquam turpis ullamcorper lobortis. Ac amet eget proin nisi pulvinar eget proin nisi ipsum eget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc16" w:id="6606832800003140310"/>
+      <w:bookmarkStart w:name="_Toc19" w:id="5832484699875389304"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6606832800003140310"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Mi volutpat consectetur erat massa sem elit tempus nunc sem. Elit pulvinar nisi et euismod sit pharetra erat laoreet tellus. Elit pulvinar nisi nibh euismod amet aliquam nibh massa non. Nonummy sed nunc sem nonummy sed ut proin id amet. Dolore ut, et id feugiat magna mi tellus turpis magna. Laoreet tellus turpis ac laoreet tellus adipiscing, lorem tincidunt aliquet. At, sed congue aliquet mauris, feugiat turpis tempus tincidunt, diam. Adipiscing tempus nibh ullamcorper nonummy tempus lobortis praesent id sit. </w:t>
+      <w:bookmarkEnd w:id="5832484699875389304"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing aliquet tincidunt lorem turpis. Volutpat, et nisi pulvinar eget adipiscing. Tellus laoreet aliquam sit id et. Nisi ipsum elit non massa erat. Pharetra molestie ante donec feugiat adipiscing. Ullamcorper tincidunt lorem adipiscing ullamcorper at. Euismod nibh magna sit id et. Ut pulvinar elit sem lobortis tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc17" w:id="5420430635182089397"/>
+      <w:bookmarkStart w:name="_Toc20" w:id="18272139882450562739"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5420430635182089397"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">At dolor dolore proin volutpat amet tempus nibh, euismod nonummy lorem, ut praesent felis feugiat ut, praesent felis sit, ac feugiat. Magna laoreet tellus, consectetur erat tincidunt aliquet, mauris dolor aliquam nibh euismod amet donec ante volutpat nonummy ipsum congue diam felis. Feugiat dolor dolore ante, mauris pharetra donec ante non consectetur tempus nunc, non consectetur erat, massa non at ipsum nunc sem. Eget amet aliquam et volutpat pulvinar aliquam magna tempus tincidunt ullamcorper nonummy tempus ut ullamcorper adipiscing sit magna laoreet molestie pharetra. Magna, laoreet molestie turpis magna et molestie turpis ac donec ante tellus consectetur erat massa tellus, consectetur sed ut proin eget. Pulvinar nisi et euismod amet, aliquam nibh eget pulvinar aliquam lobortis ullamcorper felis, feugiat congue tincidunt tellus turpis ac tincidunt aliquet. Eget pharetra donec ante, non nonummy tempus lobortis sem elit feugiat nisi et euismod consectetur dolor dolore proin eget amet aliquam. Nisi proin eget pulvinar, aliquam nibh ullamcorper at feugiat, tincidunt aliquet felis dolor congue praesent mauris feugiat tincidunt praesent mauris adipiscing. Lorem congue proin molestie, nonummy tempus ut et felis sit ac laoreet tellus consectetur lorem, nunc sem eget amet aliquam nibh. </w:t>
+      <w:bookmarkEnd w:id="18272139882450562739"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquam, sit elit diam ut tempus, nonummy non, nunc erat consectetur molestie ante tempus nonummy volutpat massa erat amet volutpat ante. Donec magna sit felis diam ut tempus nonummy euismod ante nunc sed consectetur euismod et, nisi ipsum elit volutpat proin congue lorem. At ullamcorper nibh aliquam dolore dolor eget sem tincidunt lorem turpis tellus, mi magna sit felis diam ut ipsum nonummy, non lobortis. Aliquam pharetra mauris proin dolore dolor mauris aliquet laoreet proin nunc sed at aliquet laoreet magna feugiat felis et ut tempus adipiscing. Ullamcorper nibh aliquam nonummy non nibh aliquam pulvinar eget aliquet volutpat proin, nunc sed at aliquet laoreet erat at non massa erat. Consectetur molestie mi magna sit felis diam magna dolor mauris, praesent tincidunt aliquam amet, eget at praesent congue lorem adipiscing ullamcorper laoreet. Ac sit, euismod nibh magna pulvinar elit non massa erat consectetur volutpat ante, dolore dolor mauris mi dolore dolor mauris amet volutpat. Proin dolore dolor at tellus laoreet magna turpis felis et ut ipsum elit sem, ut, ipsum elit non, molestie mi donec pharetra. Id, diam ut lorem adipiscing euismod ante, nisi pulvinar, eget sem, tincidunt ac, turpis id et ut ipsum adipiscing diam congue feugiat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc18" w:id="3989360846489559550"/>
+      <w:bookmarkStart w:name="_Toc21" w:id="7082203190270153632"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3989360846489559550"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Erat massa sem, eget pulvinar nisi ante euismod adipiscing lorem nisi et eget sit ac nibh tellus. Turpis lorem tincidunt praesent mauris dolor dolore, mi molestie pharetra dolore mi volutpat pharetra donec ante non. Nonummy, felis sit congue diam id pharetra ac laoreet tellus consectetur ac, massa, tellus consectetur ac mi. Euismod turpis ac laoreet tellus consectetur lorem tincidunt aliquet non elit sed nunc non, at ipsum dolore. Proin eget pulvinar aliquam nibh ullamcorper turpis aliquam nibh volutpat nonummy lorem lobortis diam adipiscing tempus nisi. Proin id adipiscing ac tincidunt praesent mauris pharetra dolore mi molestie consectetur erat nunc, sem elit pulvinar. </w:t>
+      <w:bookmarkEnd w:id="7082203190270153632"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore dolor mauris aliquet tincidunt magna lorem adipiscing. Euismod et dolore ipsum elit sem nunc erat. Consectetur tellus laoreet donec pharetra molestie mi magna. Dolor felis aliquet congue feugiat felis ullamcorper diam. Ut ipsum nonummy volutpat ante aliquam pharetra volutpat. Proin nunc dolor, at tellus tincidunt, ac, consectetur. Aliquet laoreet erat consectetur molestie et magna feugiat. Magna, sit id mi congue sit felis ullamcorper. Tincidunt tempus nonummy volutpat ante dolore sed at. Aliquet massa erat consectetur, tellus mi magna aliquam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc19" w:id="16204629604139786849"/>
+      <w:bookmarkStart w:name="_Toc22" w:id="3165709441795923408"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16204629604139786849"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Turpis ac lobortis praesent mauris, pharetra, erat ut diam felis ipsum ut et id. Pulvinar nisi diam mi felis, feugiat magna laoreet non elit ipsum dolore proin elit. Amet aliquam lobortis euismod amet aliquam nibh volutpat nonummy feugiat lobortis ullamcorper nonummy turpis. Ac tincidunt praesent, molestie amet erat massa volutpat amet erat massa volutpat, nonummy, erat. Massa tellus consectetur sed nunc diam id turpis ac laoreet ullamcorper adipiscing pharetra erat. Massa proin, eget, dolor, nunc proin eget, pulvinar nisi ante euismod amet tempus lobortis. Praesent id sit magna, mi tellus at amet donec ante volutpat, pharetra donec ante. </w:t>
+      <w:bookmarkEnd w:id="3165709441795923408"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolor turpis elit molestie sem mi lobortis, dolore pharetra sit, at adipiscing, mauris id sem ante magna dolor felis ullamcorper nibh. Dolore erat turpis molestie mi congue feugiat id et congue sit id, euismod nibh nisi pulvinar id nibh magna turpis id, et. Nisi feugiat felis, et lobortis tempus amet non massa donec pharetra, volutpat proin dolore pulvinar donec pulvinar eget ante, nisi dolor elit. Sem tincidunt erat turpis tellus mi magna sit felis diam lobortis tempus nonummy non lobortis tempus nonummy feugiat felis aliquet tincidunt lorem. Turpis volutpat et nisi pulvinar id et nisi pulvinar eget, et ut sed pharetra molestie ante magna dolor molestie praesent congue mi. Dolore feugiat adipiscing ullamcorper lobortis aliquam amet id, et aliquam sit eget diam ut ipsum elit sem ut ipsum elit diam nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc23" w:id="10223084769462674438"/>
+      <w:r>
+        <w:t>This is second-level header 4</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10223084769462674438"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis diam ut lorem nonummy ullamcorper nibh aliquam dolor mauris tellus, laoreet magna dolor felis praesent congue dolor molestie proin dolore, dolor mauris praesent congue sed mauris praesent nunc lorem. Consectetur tellus laoreet ac consectetur tellus mi molestie, mi magna sit molestie laoreet erat consectetur tellus laoreet magna sit mauris praesent magna sit felis diam congue feugiat felis, aliquet congue. Feugiat felis ullamcorper, turpis, id proin nunc sed consectetur tellus massa, erat consectetur tellus massa erat pharetra molestie ante donec pharetra volutpat mi dolore dolor mauris pharetra molestie praesent tincidunt. Ac sit euismod nibh, lorem turpis tellus nibh magna, sit id et magna sit molestie laoreet ac sit id mi magna sit molestie eget et ut, sed nonummy non mi. Magna dolor mauris mi congue pharetra molestie mi dolore dolor at, aliquet, laoreet lorem, turpis euismod tincidunt lorem at praesent, mi magna, feugiat felis aliquet tincidunt lorem adipiscing ullamcorper lobortis. Ac turpis ullamcorper nibh aliquam amet id proin ut ipsum lorem turpis tellus, laoreet magna sit id mi magna feugiat felis et congue feugiat felis diam lobortis aliquam dolor at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc24" w:id="893371645553772351"/>
+      <w:r>
+        <w:t>This is third-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="893371645553772351"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, aliquet nunc sed at aliquet massa, ac turpis tellus laoreet magna. Nunc erat consectetur adipiscing tellus laoreet lorem consectetur euismod laoreet ac turpis. Euismod laoreet magna turpis molestie laoreet erat at sem massa ac pharetra. Id praesent tincidunt sed at aliquet, tincidunt ac sit id et nisi. Feugiat elit et ut feugiat, felis, ullamcorper lobortis tempus nonummy volutpat nibh. Aliquam amet euismod molestie mi magna dolor felis, praesent tincidunt ac amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc25" w:id="13261233264181201199"/>
+      <w:r>
+        <w:t>This is third-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13261233264181201199"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra at id praesent nibh tempus amet eget ante nisi dolor elit aliquet tincidunt sed consectetur tellus, massa, ac pharetra tellus mi magna. Pharetra, id ullamcorper nibh mi magna pharetra molestie praesent tincidunt lorem adipiscing euismod lobortis ac pulvinar id proin nisi amet, ullamcorper nibh ac. Turpis euismod et nisi ipsum eget mauris sem tincidunt dolor elit sem dolore pulvinar elit sem nunc sed consectetur tellus laoreet magna, sit. Mauris ullamcorper lobortis tempus amet volutpat nibh aliquam amet consectetur molestie, mi, congue feugiat, mauris praesent congue sed mauris praesent, tincidunt lorem adipiscing. Aliquet tincidunt, lorem consectetur tellus laoreet ac turpis id et aliquet nunc ipsum elit sem massa ac pharetra id praesent magna sit felis. Diam, lobortis lorem felis ullamcorper, lobortis, aliquam amet, eget sem massa sed consectetur tellus proin donec dolor mauris praesent dolore sed, adipiscing tellus. Laoreet lorem, consectetur tellus mi, magna sit felis sem massa erat amet molestie proin, laoreet magna pharetra id praesent congue lorem adipiscing ullamcorper. Nibh aliquam amet, ullamcorper lobortis nisi pulvinar elit non, ullamcorper tellus diam ullamcorper proin laoreet nisi pulvinar, felis, praesent nibh, aliquam pulvinar eget. Sem diam congue feugiat adipiscing eget praesent nunc dolor at tellus nibh ac sit id mi magna sit id diam ut ipsum molestie. Praesent congue sed turpis euismod, proin ut ipsum elit sem nunc donec consectetur molestie ante magna pharetra, molestie ante donec dolor molestie proin. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1354,51 +1726,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 7</w:t>
+      <w:t>Page 9</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -1977,51 +2349,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb6cd9df0a2324181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3b4bc470f43f4c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R73b04cef26fe459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R15c8a9d2f4b3456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R42103b870b0b48e9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b4a4c0f2cc347f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf405becd387246d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0f146e0f52d441d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R484ab46bd8274e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf2c54a6ff1554e6d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>