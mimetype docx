--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc230aa66d9124fb8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R007ed8b1045346d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R44666a945ded4afe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf4bb5e0b1d714df4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd59324de74244f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc9ef73d4aab548b1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:history="true" w:anchor="_Toc0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -187,51 +187,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 2</w:t>
         </w:r>
@@ -375,51 +375,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
@@ -563,51 +563,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc12">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
@@ -751,51 +751,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
@@ -892,98 +892,98 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 3</w:t>
         </w:r>
@@ -1127,98 +1127,98 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
@@ -1231,449 +1231,449 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="R484ab46bd8274e1f"/>
+          <w:headerReference w:type="default" r:id="R6175cee3061f49b8"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc0" w:id="14207798250594698264"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="15383683445290467393"/>
       <w:r>
         <w:t>This is top-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14207798250594698264"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ipsum mauris volutpat, euismod tellus praesent lobortis ante congue, ac, ipsum elit sem massa erat pharetra, id ullamcorper ut donec dolor mauris praesent, tincidunt ac turpis, euismod et nisi. Erat dolor mauris elit ullamcorper massa aliquam nonummy volutpat ante donec dolor eget aliquet nibh magna sit, felis sem, ante donec dolor felis aliquet lobortis, ac turpis ullamcorper mauris. Praesent tincidunt ac turpis id diam nunc erat pharetra molestie mi congue lorem turpis volutpat nibh aliquam turpis id et, nisi pulvinar dolor eget proin, dolore, sed, at id. Diam nunc tempus consectetur volutpat mi, congue lorem, adipiscing volutpat proin dolore pulvinar elit non massa sed consectetur tellus laoreet nunc, sed mauris sem, dolore dolor elit sem nunc. Erat consectetur id et congue ipsum felis diam, lobortis tempus amet volutpat proin aliquam amet euismod lobortis aliquam ullamcorper ante nisi amet, euismod proin nisi pulvinar eget proin dolore. Pulvinar eget, proin nunc, sed elit sem massa sed nonummy non nunc ipsum, eget et dolore pulvinar eget proin nisi amet euismod nibh aliquam sit eget proin nisi pulvinar. Id diam ut ipsum sem lobortis tempus elit sem ut ipsum nonummy ullamcorper lobortis aliquam pharetra volutpat ante congue sed at aliquet nibh ac pulvinar felis diam ut tempus. </w:t>
+      <w:bookmarkEnd w:id="15383683445290467393"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolore congue laoreet nibh ullamcorper non, id lorem congue praesent molestie pharetra erat nibh eget ipsum ut sem nonummy sed massa non at erat massa id ipsum molestie. Dolor dolore tellus elit, id feugiat ut ullamcorper nonummy, dolore praesent turpis nisi ante mauris ac et felis tempus mi mauris feugiat lobortis non pharetra congue tellus sit nisi. Elit pulvinar massa molestie sit ut non amet dolore aliquet turpis nisi aliquet turpis nisi sem consectetur donec praesent, adipiscing aliquam ante mauris lorem praesent at, ac et elit. Sed massa tellus sit nisi diam nonummy donec praesent, adipiscing aliquam ante mauris sed laoreet euismod, pulvinar nunc molestie sit ut ullamcorper aliquam ante mauris ac nibh eget sed. Tincidunt euismod pulvinar lobortis volutpat feugiat tincidunt euismod pulvinar tincidunt euismod, pulvinar nunc, non pharetra congue diam nonummy dolore mauris lorem nibh volutpat dolor tincidunt id feugiat, lobortis non. Consectetur magna diam nonummy aliquam proin adipiscing magna sem consectetur ac et eget sed laoreet id feugiat lobortis volutpat dolor lobortis euismod pulvinar nunc euismod ipsum ante molestie feugiat. Tincidunt euismod dolor nunc aliquet sit ut, non, erat mi adipiscing, aliquam praesent adipiscing aliquam proin elit, ac mi felis ipsum massa volutpat dolor lobortis euismod pulvinar nunc euismod. Pulvinar ut tellus feugiat lobortis volutpat dolore praesent turpis dolore, tellus sit, nisi sem pharetra congue euismod amet nunc tellus sit ut non sit congue, ullamcorper amet dolore aliquet. Turpis, aliquam sem at, mi felis ipsum massa molestie feugiat lobortis volutpat sed mi felis erat ante nonummy donec proin, consectetur magna diam nonummy donec praesent adipiscing aliquam praesent. At lorem, euismod pulvinar laoreet, id feugiat lobortis molestie feugiat lobortis tincidunt, tellus sit nunc tellus feugiat lobortis eget dolor laoreet euismod sit ut non pharetra congue non pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc1" w:id="14800499126198130585"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="13496151611722867359"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14800499126198130585"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tellus et, congue ipsum nonummy non nibh nunc erat consectetur tellus ante. Magna dolor molestie mi congue, feugiat, adipiscing euismod et dolore ipsum, at. Tellus, mi donec sit id praesent congue feugiat tempus nonummy non massa. Donec dolor felis praesent tincidunt lorem, turpis, ullamcorper nibh ac amet id. Proin ut ipsum eget, diam nunc tempus nonummy sem euismod laoreet ac. Sit felis diam ut ipsum elit et, congue feugiat molestie praesent magna. Sit molestie mi congue lorem nonummy euismod lobortis tempus tempus elit ullamcorper. Massa erat amet non lobortis aliquam nonummy non nibh, donec amet eget. Proin dolore sed mauris sem nunc sed at sem laoreet erat felis. </w:t>
+      <w:bookmarkEnd w:id="13496151611722867359"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod mauris donec ante mauris lorem lobortis euismod amet dolore tellus turpis nisi. Diam elit erat mi mauris lorem nibh mauris dolor laoreet id ipsum laoreet. Feugiat lobortis volutpat dolor lobortis volutpat dolor tincidunt euismod feugiat massa mauris lorem. Lobortis ullamcorper, nonummy, nunc euismod pulvinar nunc molestie feugiat nibh eget lorem id. Ipsum laoreet id ipsum massa molestie feugiat nibh eget erat mi id ipsum. Massa molestie sit tincidunt euismod pulvinar nunc, aliquet turpis nisi sem, consectetur et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc2" w:id="3323561314726429621"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="9912148490579179286"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3323561314726429621"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Pharetra felis, diam nibh tempus nonummy euismod nibh ut ipsum elit sem massa erat pharetra molestie ante dolore dolor, mauris praesent tincidunt ac adipiscing tellus laoreet lorem turpis euismod. Et, ut tempus pharetra, molestie, donec feugiat adipiscing euismod nibh nisi pulvinar elit sem ut sed consectetur tellus laoreet, erat consectetur non massa donec consectetur, molestie, mi dolore dolor. Adipiscing sem nunc ipsum elit non laoreet magna, sit id diam lobortis tempus amet volutpat, ante, dolore dolor eget aliquet nunc sed at aliquet aliquet tincidunt feugiat adipiscing euismod. Et ut ipsum nonummy tellus, ante magna sit molestie mi donec dolor felis praesent dolore, dolor mauris praesent congue dolor at aliquet volutpat ante, dolore dolor mauris aliquet, tincidunt. Sed consectetur euismod mi ut feugiat elit sem, massa erat pharetra volutpat proin donec pharetra eget proin dolore dolor mauris sem nunc erat consectetur volutpat ante erat dolor molestie. Praesent congue feugiat mauris proin congue feugiat mauris aliquet nibh aliquam aliquam pulvinar, volutpat, ante dolore dolor at aliquet tincidunt ac turpis molestie mi congue feugiat elit ullamcorper massa. Donec pharetra volutpat ante donec pulvinar eget, proin sed at aliquet tincidunt sed at tellus laoreet magna feugiat felis ullamcorper massa tempus, amet volutpat ante donec pharetra, eget praesent. Nunc sed at aliquet tincidunt ac dolor mauris mi congue feugiat at aliquet nibh ac turpis euismod, nibh nisi ipsum, elit non massa erat nonummy sem nunc tempus elit. Sem lobortis ipsum amet consectetur tellus, mi magna consectetur tellus massa, erat pharetra molestie mi donec pharetra molestie mi donec pharetra molestie praesent congue feugiat adipiscing, ullamcorper nibh, aliquam. Amet eget ut ipsum at non massa erat consectetur non massa erat pharetra mauris praesent magna, dolor mauris mi dolore feugiat at aliquet tincidunt lorem at aliquet laoreet lorem. </w:t>
+      <w:bookmarkEnd w:id="9912148490579179286"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis sem nonummy erat mi adipiscing aliquam eget sed laoreet eget ipsum laoreet. Id ipsum massa eget sed nibh, eget ipsum massa, molestie feugiat ut non. Pharetra congue, euismod dolor nunc, tellus ac et elit erat mi, adipiscing aliquam. Ante eget sed tincidunt euismod pulvinar, nunc tellus turpis nisi ullamcorper amet, congue. Aliquet adipiscing aliquam proin amet, dolore aliquet turpis nisi sem consectetur donec diam. Nonummy donec praesent turpis, dolore aliquet consectetur magna, diam nonummy dolore aliquet amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc3" w:id="4728726252468929437"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="17448134879951986915"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4728726252468929437"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Diam nibh ut tempus pharetra, volutpat ante. Donec feugiat at aliquet nibh aliquam turpis. Euismod laoreet, magna pulvinar eget diam ut. Ipsum consectetur volutpat ante donec nisi feugiat. Felis ullamcorper lobortis, tempus, nonummy volutpat ante. Donec dolor mauris, praesent nunc sed consectetur. Tellus laoreet ac turpis tellus et magna. Sit amet eget et aliquam turpis euismod. Et aliquam pulvinar eget diam, ut tempus. </w:t>
+      <w:bookmarkEnd w:id="17448134879951986915"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna et eget sed massa id ipsum massa eget lorem nibh elit massa molestie, ipsum massa volutpat dolor congue ullamcorper turpis dolore tellus sit. Ut non pharetra congue, ullamcorper pharetra tincidunt euismod sed laoreet id ipsum massa pharetra congue euismod amet nunc tellus sit ut non pharetra tincidunt. Euismod nonummy dolore tellus pulvinar ut, non pharetra congue, ullamcorper amet donec proin mauris tincidunt euismod, turpis aliquam et at magna et nonummy erat. Praesent adipiscing aliquam proin, mauris, sed laoreet id sed massa id ipsum ante mauris congue euismod ipsum massa molestie sit ut non pharetra congue. Euismod pulvinar nunc euismod ipsum massa molestie feugiat ut non pharetra, dolore aliquet turpis ut molestie ut non pharetra congue, euismod dolor nunc, tellus. Turpis magna diam nonummy magna diam adipiscing, donec praesent turpis nisi sem nonummy, donec diam, amet dolore praesent adipiscing nibh elit erat massa id. Ipsum massa mauris tempus ante eget lorem mi felis erat praesent felis tempus proin eget tincidunt euismod amet ut non pharetra congue ullamcorper pharetra. Congue volutpat, dolor tincidunt euismod pulvinar nunc sem consectetur nisi non, pharetra congue non amet donec aliquet adipiscing, et eget sed mi felis tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc4" w:id="1939712433457218498"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="2399318290929641002"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1939712433457218498"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Turpis felis ullamcorper massa erat pharetra molestie praesent congue lorem adipiscing euismod nibh ac. Pulvinar eget sem massa erat dolor mauris aliquet lobortis aliquam, ipsum elit diam ut. Tempus, nonummy non ante donec, sed turpis, id et nisi ipsum, elit molestie mi. Tincidunt lorem turpis volutpat et, dolore ipsum molestie et magna feugiat adipiscing ullamcorper lobortis. Tempus nonummy volutpat nibh tempus nonummy volutpat ante nisi dolor elit proin dolore ipsum. Eget proin dolore pulvinar elit adipiscing euismod et nisi pulvinar eget diam ut tempus. Nonummy non ante erat amet volutpat mi donec pharetra volutpat proin donec dolor volutpat. Ante praesent ut, tempus nonummy euismod nibh aliquam pulvinar volutpat ante nisi pulvinar volutpat. </w:t>
+      <w:bookmarkEnd w:id="2399318290929641002"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam consectetur lorem et elit erat massa molestie. Feugiat lobortis non, amet dolore aliquet amet dolore. Tellus pharetra ut non pharetra congue ullamcorper amet. Dolore consectetur magna nibh felis erat mi felis. Lorem, nibh volutpat dolor tincidunt id pulvinar massa. Tellus sit congue volutpat pharetra dolore aliquet turpis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc5" w:id="7128167930172238785"/>
+      <w:bookmarkStart w:name="_Toc5" w:id="17359696950760746568"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7128167930172238785"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Id proin nunc sed consectetur tellus mi magna dolor felis praesent tincidunt tempus. Turpis euismod et nunc erat consectetur, tellus laoreet sem massa erat pharetra molestie. Praesent lobortis, tempus nonummy volutpat ante aliquam pulvinar elit sem massa sed at. Aliquet, massa erat consectetur molestie laoreet donec sed, adipiscing tellus laoreet magna sit. Id, et ut ipsum felis sem lobortis tempus amet non ante donec pharetra. Molestie proin dolore, sed at, praesent nunc lobortis tempus adipiscing ullamcorper ante nisi. Dolor, at aliquet massa erat consectetur tellus laoreet ac pharetra tellus, laoreet magna. Feugiat, felis, ullamcorper ut sed mauris, tellus mi, ac sit felis ullamcorper lobortis. Erat pharetra molestie praesent congue sed at aliquet laoreet ac turpis, euismod et. </w:t>
+      <w:bookmarkEnd w:id="17359696950760746568"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante tellus pharetra congue non amet dolore aliquet sit ut non pharetra congue pharetra. Donec praesent turpis nisi sem turpis, magna et elit erat praesent felis aliquam praesent. At, ac et elit erat mi adipiscing aliquam proin mauris lobortis id pulvinar massa. Tellus sit ut sem pharetra magna diam nonummy, dolore, tellus turpis nisi et, id. Pulvinar ut non pharetra ut diam adipiscing massa molestie feugiat, lobortis euismod amet nunc. Aliquet turpis nisi sem pharetra magna diam amet dolore aliquet turpis ut, sem nonummy. Erat mi ipsum lobortis volutpat dolor tincidunt euismod dolor tincidunt id ipsum massa mauris. Lorem nibh eget sed laoreet id ipsum massa molestie feugiat lobortis volutpat sed laoreet. Eget nunc tellus sit ut volutpat dolor congue ullamcorper amet nunc tellus sit nunc. Sem dolor tincidunt diam amet dolore aliquet adipiscing nisi non consectetur congue ullamcorper amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc6" w:id="3818769860087771641"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="7334061424499744268"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3818769860087771641"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Mi nisi feugiat, id diam ut, feugiat adipiscing ullamcorper lobortis donec amet non molestie praesent magna dolor mauris praesent, tincidunt lorem adipiscing euismod lobortis ac, amet euismod nibh aliquam, pulvinar. Eget, sem laoreet, donec sit molestie mi congue diam tincidunt lorem turpis euismod et nisi dolor elit aliquet nunc sed, elit sem nunc sed consectetur tellus, praesent magna feugiat felis. Diam tincidunt, lorem adipiscing elit, sem lobortis tempus elit non lobortis aliquam pharetra eget proin, dolore sed adipiscing tellus laoreet sed at aliquet tincidunt ac turpis euismod mi et nisi. Pulvinar eget proin dolore sed at tellus laoreet donec consectetur tellus ante magna sit felis, diam tincidunt tempus adipiscing euismod nibh aliquam amet euismod mi magna, sit felis praesent congue. Feugiat id mi donec, pharetra tellus mi congue feugiat felis aliquet tincidunt tempus turpis volutpat proin dolore ipsum elit sem massa tincidunt aliquam sit, eget et nisi sit felis sem. Ut tempus nonummy non ante donec dolor at aliquet tincidunt lorem elit non massa, erat consectetur molestie ante donec pharetra mauris, diam tincidunt lorem adipiscing aliquet congue feugiat mauris, praesent. Tincidunt lorem adipiscing euismod, nibh nisi pulvinar eget mauris praesent nunc lorem, consectetur tellus mi magna sit id mi magna sit id diam ut aliquam pharetra eget praesent congue sed. Adipiscing euismod nibh nisi sit turpis ullamcorper, lobortis nisi amet eget, sem nunc ipsum elit non massa ac pharetra molestie mi donec, pharetra molestie praesent tincidunt feugiat adipiscing ullamcorper nibh. Aliquam amet elit ullamcorper massa, erat, pharetra mauris aliquet laoreet ac adipiscing tellus laoreet ac sit, euismod diam, nisi ipsum nonummy non massa donec consectetur molestie mi, dolore dolor eget. </w:t>
+      <w:bookmarkEnd w:id="7334061424499744268"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi, euismod pulvinar ut, sem consectetur. Donec diam tempus nibh mauris sed. Tincidunt, euismod, sit ut non feugiat. Lobortis volutpat dolor tincidunt, volutpat pulvinar. Nunc aliquet sit lobortis volutpat dolor. Tincidunt euismod pulvinar proin at, ac. Nibh id ipsum massa id ipsum. Lobortis volutpat dolor tincidunt euismod pulvinar. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc7" w:id="11754335415321906544"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="2761279562203989679"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11754335415321906544"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Volutpat proin, mi tincidunt lorem adipiscing, ullamcorper lobortis aliquam amet, eget proin dolore sed elit, non, massa erat consectetur molestie laoreet magna feugiat. Felis diam tincidunt massa tempus nonummy non massa erat elit ullamcorper lobortis tempus amet, volutpat ante, dolore dolor at praesent, tincidunt lorem turpis. Id et ut, ipsum elit turpis molestie mi nisi sit id et congue feugiat id diam ut ipsum nonummy ullamcorper lobortis tempus nonummy. Volutpat ante nisi amet eget proin dolore pulvinar nisi pulvinar euismod nibh aliquam turpis id proin ut sed nonummy sem massa donec sit. Felis diam tincidunt lorem adipiscing ullamcorper nibh aliquam turpis aliquam pulvinar, id et aliquam pulvinar id nibh magna sit eget diam, nunc, tempus. Nonummy sem, lobortis tempus elit sem lobortis erat amet, volutpat proin dolore pharetra sit id diam lobortis donec pulvinar, mauris sem nunc sed. Consectetur id, et nisi ipsum elit ullamcorper lobortis tempus adipiscing ullamcorper ante donec amet eget praesent nunc, congue tempus nonummy volutpat, ante nisi. Pulvinar eget proin nunc sed at sem nunc erat pharetra, molestie mi magna sit ipsum nonummy non massa erat pharetra molestie mi tincidunt. Lorem adipiscing euismod, nibh ac turpis euismod nibh, nisi pulvinar id proin nunc donec consectetur molestie praesent nunc sed consectetur aliquet nunc dolor. </w:t>
+      <w:bookmarkEnd w:id="2761279562203989679"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris tempus nibh eget sed nibh, eget sed laoreet id sit ut ullamcorper amet dolore aliquet amet nisi aliquet consectetur, non consectetur. Magna praesent adipiscing aliquam ante eget lorem nibh eget erat mi adipiscing aliquam proin adipiscing aliquam proin consectetur ac et elit dolore sed. Laoreet molestie feugiat lobortis volutpat dolor congue euismod dolor tincidunt id ipsum massa molestie lorem lobortis volutpat sed lorem nibh, volutpat, ipsum laoreet. Id feugiat lobortis volutpat feugiat lobortis euismod nonummy dolore sem at ac nibh eget erat mi felis tempus molestie dolor tincidunt id ipsum. Massa tellus turpis ut sem consectetur congue diam amet nisi aliquet consectetur ac diam elit donec laoreet id, tempus ante adipiscing, ac elit. Ac et id ipsum massa molestie, feugiat lobortis volutpat dolor tincidunt euismod sit ut tellus pharetra, ut ullamcorper amet nunc tellus sit nunc. Tellus sit congue amet dolore ullamcorper, amet nisi aliquet, sit nisi non consectetur congue, ullamcorper amet donec sem consectetur lorem, laoreet, eget sed. Adipiscing aliquam praesent turpis nisi sem consectetur magna diam amet erat mi mauris lorem lobortis eget lorem mi id pulvinar ut non, sit. Congue diam nonummy, praesent adipiscing nisi sem consectetur ac et elit erat ante mauris lorem nibh volutpat pulvinar tincidunt euismod ipsum, massa, molestie. Sit ut non pharetra nunc euismod pulvinar, et eget ipsum laoreet id feugiat ut, volutpat dolor, lobortis volutpat dolor laoreet felis, tempus ante. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc8" w:id="371931957384061067"/>
+      <w:bookmarkStart w:name="_Toc8" w:id="18286612775049982318"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="371931957384061067"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Mauris aliquet laoreet nisi pulvinar elit. Diam massa erat pharetra, mauris praesent. Lobortis tempus amet volutpat proin nunc. Sed consectetur aliquet massa erat elit. Turpis id et ut sit eget. Diam ut ipsum nonummy volutpat, ante. Dolore, feugiat felis aliquet lobortis, ac. Turpis euismod nibh, ac sit eget. Proin tellus laoreet magna pulvinar felis. Non ante donec feugiat mauris aliquet. </w:t>
+      <w:bookmarkEnd w:id="18286612775049982318"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pharetra dolore praesent at ac, et at. Erat mi felis tempus mi adipiscing tempus mauris. Sed tincidunt tellus pulvinar nunc tellus pharetra ut. Non pharetra, congue ullamcorper turpis nisi, sem consectetur. Magna et nonummy erat mi adipiscing tempus proin. Sed, tincidunt euismod, sit ut tellus sit ut. Non pharetra tincidunt euismod sit nunc tellus sit. Ut volutpat pharetra congue, euismod pulvinar nunc tellus. Turpis diam elit tempus massa, molestie lorem, proin. At ac et eget ipsum massa id feugiat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc9" w:id="13217601943119712116"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="9019050489511610846"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13217601943119712116"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Mi congue sed adipiscing tellus tincidunt ac turpis euismod nibh magna ipsum nonummy non lobortis erat nonummy, non massa. Erat pharetra molestie praesent congue lorem lorem nonummy volutpat ante donec pulvinar, mauris sem dolore sed at aliquet nunc. Sed, consectetur id et congue, ipsum nonummy ullamcorper lobortis tempus amet volutpat, molestie mi magna pharetra molestie mi donec. Dolor felis aliquet congue lorem adipiscing ullamcorper, tincidunt sed adipiscing aliquet congue sed mauris proin dolore sed at aliquet. Volutpat proin nunc sed consectetur tellus laoreet magna sit felis ullamcorper ut tempus nonummy non ante aliquam amet euismod. Nibh tempus nonummy volutpat ante ut, tempus nonummy ullamcorper, ut tempus elit ullamcorper lobortis aliquam amet eget, praesent nunc. Sed at aliquet tincidunt lorem at aliquet laoreet ac turpis id diam ut ac amet id proin ut, sed. </w:t>
+      <w:bookmarkEnd w:id="9019050489511610846"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget dolor tincidunt tellus sit nisi sem consectetur magna ullamcorper nonummy, dolore praesent adipiscing nisi sem at magna diam nonummy, proin at ac et at ac diam. Consectetur dolore praesent adipiscing nisi sem consectetur magna diam elit erat mi adipiscing aliquam, proin adipiscing aliquam proin ac et, elit erat mi at nisi aliquet sit lobortis. Volutpat dolor congue ullamcorper nonummy donec praesent, at magna diam elit erat laoreet id feugiat, ut nonummy aliquam praesent adipiscing nisi aliquet consectetur magna sem pharetra tincidunt ullamcorper. Pulvinar nunc aliquet sit, ut non, sit congue non pharetra congue ullamcorper nisi proin at magna diam pharetra dolore euismod amet nunc, tellus feugiat lobortis molestie feugiat, lobortis. Volutpat sed laoreet eget sed laoreet felis tempus ante mauris nibh elit erat laoreet id ipsum ante felis lorem nibh elit dolor tincidunt, tellus turpis nisi non pharetra. Congue, diam nonummy dolore aliquet turpis, ut non sit ullamcorper nonummy dolore praesent turpis nisi proin at, ac mi id tempus ante felis tempus ante mauris lorem nibh. Id massa molestie feugiat massa mauris lorem et elit ac, et elit donec praesent turpis nisi aliquet turpis nisi sem consectetur congue diam amet, dolore praesent, adipiscing aliquam. Consectetur congue ullamcorper nonummy donec praesent adipiscing aliquam proin at ac mi felis tempus mi adipiscing nisi sem at ac diam nonummy, donec praesent adipiscing donec praesent ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc10" w:id="3839597837876207570"/>
+      <w:bookmarkStart w:name="_Toc10" w:id="12849316094570322771"/>
       <w:r>
         <w:t>This is second-level header 4</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3839597837876207570"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Pulvinar at aliquet, diam lobortis aliquam amet euismod et nisi pulvinar elit sem massa ac pharetra molestie mi donec pharetra. Mauris diam lobortis aliquam, nonummy ullamcorper lobortis aliquam tempus elit ullamcorper, massa erat nonummy molestie proin donec dolor eget proin. Tincidunt ac adipiscing euismod et ut ipsum, nonummy, non massa erat consectetur molestie nonummy non ante donec pharetra mauris praesent. Congue lorem, adipiscing tellus laoreet ac consectetur dolore ut donec pharetra, mauris, praesent tincidunt ac amet amet molestie ante dolore. Dolor adipiscing tellus laoreet ac adipiscing, euismod et nisi ipsum elit non massa tempus consectetur, volutpat massa erat nonummy non. Ante dolore dolor aliquam amet ullamcorper nibh tempus amet euismod, nibh nisi dolor mauris sem, nunc sed at tellus laoreet. Magna feugiat, id diam lobortis tempus nonummy non, ante euismod nibh donec dolor mauris aliquet tincidunt ac sit id et. Nisi ipsum felis ullamcorper massa, aliquam pharetra eget praesent, tincidunt lorem nunc lorem at tellus laoreet erat consectetur, tellus laoreet. </w:t>
+      <w:bookmarkEnd w:id="12849316094570322771"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut ullamcorper amet dolore amet dolore aliquet turpis magna sem pharetra congue. Ullamcorper nonummy dolore aliquet turpis ut sem at ac, praesent felis aliquam. Proin at ac, et dolor tincidunt id ipsum lobortis molestie dolor lobortis. Volutpat amet dolore aliquet turpis aliquam, et nonummy donec, praesent adipiscing tempus. Ante volutpat feugiat, nibh volutpat massa molestie feugiat ut sem, nonummy congue. Diam adipiscing aliquam, proin, adipiscing ac diam nonummy donec, praesent felis, tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc11" w:id="9850810426630615177"/>
+      <w:bookmarkStart w:name="_Toc11" w:id="5128058469100804333"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9850810426630615177"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Turpis id et nisi ipsum nonummy non ante erat consectetur molestie mi dolore feugiat at ullamcorper, laoreet lorem turpis euismod proin ut pulvinar pulvinar eget. Proin dolore, dolor at aliquet nunc dolor, eget proin dolore pulvinar volutpat proin dolore pulvinar eget, sem nunc sed, consectetur tellus laoreet donec ac sit. Id mi magna sit id diam, lobortis tempus amet volutpat massa, tempus amet volutpat proin dolore sed at tellus laoreet magna pulvinar felis diam nunc. Dolore sed elit tellus massa ac, consectetur tellus massa ac pharetra tellus massa donec pharetra mauris praesent congue, sit felis, diam lobortis lorem adipiscing molestie. Et congue tempus nonummy, non, ante aliquam amet non, lobortis aliquam amet eget praesent nunc lorem consectetur tellus laoreet, erat, consectetur, molestie et nisi sit. Turpis euismod nibh nisi sit id et aliquam, pulvinar elit, sem massa tempus consectetur volutpat ante donec consectetur, volutpat, ante donec pharetra molestie proin congue. Dolor at sed, at aliquet nunc sed consectetur euismod nibh nisi ipsum, elit volutpat, massa donec pharetra molestie proin donec dolor mauris felis praesent congue. Lorem nonummy ullamcorper nibh, donec pulvinar eget sem nunc sed elit aliquet tincidunt sed at tellus laoreet ac pharetra molestie mi magna, sit felis nonummy. Sem massa donec pharetra molestie, ante magna dolor mauris praesent congue lorem turpis id nibh aliquam pulvinar eget sem ut erat nonummy sem nunc tempus. </w:t>
+      <w:bookmarkEnd w:id="5128058469100804333"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem elit erat mi elit erat mi felis lorem nibh eget lorem et, elit erat mi. Felis ipsum at ac et at ac, diam nonummy, donec, mi felis, lorem ante volutpat dolor. Tincidunt tellus pulvinar massa tellus pharetra congue ullamcorper pharetra dolore tellus turpis non consectetur magna ullamcorper. Nonummy donec mi felis ac et elit erat et felis erat praesent, adipiscing tempus proin mauris. Lorem tincidunt euismod ipsum massa ipsum, massa mauris ac et consectetur ac diam, nonummy donec praesent. Mauris tempus ante mauris ac et elit erat, diam nonummy donec aliquet nunc tellus feugiat lobortis. Volutpat dolor congue ullamcorper turpis nisi sem consectetur, nisi diam nonummy donec praesent adipiscing aliquam sem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc12" w:id="925450329167799374"/>
+      <w:bookmarkStart w:name="_Toc12" w:id="1823548075046504139"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="925450329167799374"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Sem massa erat consectetur tellus ullamcorper nibh aliquam sit. Eget sem massa erat pharetra molestie ante donec pharetra. Mauris, ullamcorper lobortis, tempus turpis euismod, nibh nisi pulvinar. Eget proin, ut dolore pharetra mauris aliquet, tincidunt lorem. Consectetur euismod mi ac sit felis diam, lobortis tempus. Elit non ante dolore dolor mauris proin donec pharetra. </w:t>
+      <w:bookmarkEnd w:id="1823548075046504139"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam lobortis non amet congue ullamcorper. Amet, dolore aliquet consectetur, magna diam. Amet dolore ullamcorper dolore sem at. Ac nibh eget erat mi felis. Aliquam ante mauris lorem nibh id. Pulvinar, nunc aliquet turpis ut non. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc13" w:id="9136533019145733561"/>
+      <w:bookmarkStart w:name="_Toc13" w:id="5641080128438085053"/>
       <w:r>
         <w:t>This is top-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9136533019145733561"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nisi ipsum, elit sem massa erat nonummy volutpat ante donec pharetra consectetur, molestie laoreet. Donec, sit mauris, praesent congue lorem adipiscing ullamcorper, nibh tempus adipiscing ullamcorper lobortis ac. Amet, eget, et dolore sed elit sem nunc erat nonummy volutpat nibh donec dolor. Mauris aliquet tincidunt erat sit, felis sem lobortis tempus elit non massa aliquam, pharetra. Mauris ullamcorper laoreet lorem turpis euismod massa donec dolor molestie mi magna feugiat felis. Aliquet tincidunt ac turpis euismod nibh aliquam pulvinar elit, sem ut, sed nonummy tellus. Ante dolore pulvinar eget proin nisi amet euismod nibh aliquam amet volutpat et, nisi. Pulvinar at non massa sed, elit sem nunc erat, pharetra mauris, diam, tincidunt feugiat. Consectetur euismod et ut feugiat felis et congue feugiat adipiscing non massa, aliquam nonummy. Volutpat ante donec dolor mauris proin dolore dolor mauris sem nunc erat turpis ullamcorper. </w:t>
+      <w:bookmarkEnd w:id="5641080128438085053"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem felis ipsum ante molestie feugiat ut, non pharetra dolore, ullamcorper turpis aliquam, proin at erat mi, donec aliquet turpis nisi sem consectetur magna diam consectetur. Magna, ullamcorper, nonummy dolore aliquet sit ut non sit ut ullamcorper, amet donec praesent adipiscing sem elit ac et, elit, erat praesent felis tempus ante, at. Ac laoreet, eget, sed massa mauris lorem lobortis, volutpat dolor tincidunt euismod amet nunc aliquet congue ullamcorper pharetra, congue ullamcorper pulvinar nunc, tellus sit nisi sem. Consectetur donec mi felis aliquam praesent adipiscing ac proin elit erat mi felis massa molestie dolor, lobortis euismod pulvinar nunc tellus sit ut non pharetra congue. Ullamcorper nonummy aliquam praesent at, ac proin at sed mi felis aliquam proin aliquam proin, at, erat laoreet, id tempus praesent felis tempus nibh eget dolor. Nunc tellus sit nisi diam, nonummy donec diam amet dolore aliquet, adipiscing nisi sem ut non pharetra congue ullamcorper amet, dolore sem at, ac et nonummy. Magna praesent felis aliquam praesent adipiscing nisi proin erat et adipiscing donec praesent adipiscing dolore, aliquet turpis nisi sem dolor, lobortis euismod dolor tincidunt tellus, pulvinar. Nunc, sem consectetur magna diam nonummy, dolore aliquet turpis, sem consectetur congue ullamcorper amet, congue aliquet turpis dolore tellus sit ut, sem pharetra congue euismod amet. Dolore, tellus sit nunc tellus feugiat nibh mauris lorem et erat, et felis tempus mi at ac proin at, ac et nonummy donec praesent adipiscing, lorem. Nibh volutpat pulvinar nunc euismod ipsum massa id feugiat ut volutpat, laoreet id, ipsum massa molestie ipsum ante felis tempus ante eget sed laoreet euismod ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc14" w:id="10781479873515174537"/>
+      <w:bookmarkStart w:name="_Toc14" w:id="7794123506514308025"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10781479873515174537"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Et aliquam sit id diam ut ipsum et, nisi pulvinar. Felis et nisi feugiat felis diam lobortis ipsum felis diam. Lobortis aliquam amet mauris praesent tincidunt ac turpis tellus laoreet. Ac consectetur molestie mi congue feugiat felis praesent congue lorem. Adipiscing euismod nibh ac turpis euismod nibh nisi pulvinar id. Et ut tempus nonummy non ante tincidunt ac turpis molestie. Et congue feugiat felis et ut ipsum nonummy non ante. </w:t>
+      <w:bookmarkEnd w:id="7794123506514308025"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper adipiscing aliquam proin elit sed laoreet, molestie feugiat nisi non pharetra, congue ullamcorper dolore aliquet turpis nisi non pharetra congue. Non pharetra dolore aliquet turpis nisi proin at erat et elit erat mi adipiscing ac nibh eget sed laoreet, pulvinar, ut. Non pharetra congue ullamcorper, pulvinar tincidunt tellus pulvinar nunc tellus, pharetra ut non dolor tincidunt id ipsum massa id feugiat ut. Volutpat congue euismod amet, dolore tellus sit nunc, tellus feugiat nibh eget lorem laoreet id pulvinar nunc tellus feugiat massa mauris. Feugiat lobortis volutpat dolor euismod feugiat, lobortis, volutpat, lorem lobortis volutpat sed laoreet id sed massa id lorem ante mauris ac. Proin elit sed laoreet id erat mi at, ac proin dolor tincidunt tellus pulvinar massa molestie lorem, nibh eget sed laoreet. Eget ipsum laoreet id feugiat ut non pharetra congue, ullamcorper amet dolore, aliquet turpis nisi nonummy donec ullamcorper amet, nisi sem. Consectetur magna diam nonummy magna diam nonummy donec, praesent mauris sed laoreet, id ipsum molestie feugiat lobortis volutpat feugiat, lobortis euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc15" w:id="11215225936388414078"/>
+      <w:bookmarkStart w:name="_Toc15" w:id="8576128004853545680"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11215225936388414078"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tempus nonummy, volutpat mi, congue feugiat felis ullamcorper tincidunt lorem, at ullamcorper laoreet aliquam turpis euismod et ut, erat consectetur molestie mi magna molestie. Mi congue lorem adipiscing ullamcorper nibh, aliquam, amet id, proin ut sed consectetur tellus massa, donec sit molestie praesent congue feugiat felis diam, lobortis. Ac, consectetur tellus laoreet magna consectetur tellus massa erat pharetra felis ullamcorper ut tempus adipiscing, ullamcorper lobortis tempus amet eget, ante dolore pulvinar sem. Massa ac turpis tellus mi ac sit felis ullamcorper lobortis tempus adipiscing volutpat nibh donec pulvinar eget proin dolore dolor at sem tincidunt ac. Sit elit euismod tincidunt ac turpis euismod nibh aliquam sit eget diam nunc tempus consectetur volutpat mi donec dolor mauris, mi dolore dolor mauris. Praesent congue dolor mauris, nibh aliquam sit euismod nibh magna sit eget et ut tempus elit non massa erat amet volutpat, mi dolore pharetra. At euismod nibh ac sit id nibh aliquet, nunc sed consectetur tellus laoreet ac turpis tellus tincidunt, ac turpis tellus massa erat at non. Nunc sed, at non ante dolore dolor mauris, aliquet nunc sed at sem, tincidunt erat, consectetur tellus mi, magna sit id diam ut ipsum. Nonummy ullamcorper lobortis, tempus nonummy tellus nibh magna, pulvinar elit sem lobortis tempus amet volutpat, ante donec amet molestie proin dolore dolor eget aliquet. Tincidunt ac turpis, id et nisi ipsum elit dolore feugiat felis aliquet congue lorem adipiscing euismod et nisi pulvinar eget nibh aliquam pulvinar, eget. </w:t>
+      <w:bookmarkEnd w:id="8576128004853545680"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget nunc non sit congue ullamcorper nonummy dolore aliquet adipiscing, aliquam et, at ac diam nonummy tempus ante mauris. Lorem nibh eget sed nibh nonummy mi felis tempus ante mauris ac nibh, id sed massa id tempus ante. At lorem nibh, elit erat mi felis tempus ante mauris feugiat lobortis amet dolore aliquet at ac et elit. Ac praesent felis tempus proin at ac, proin at ac et, elit tempus mi felis aliquam proin consectetur magna. Diam donec diam adipiscing, aliquam ante mauris, lorem nibh elit ac mi felis erat mi mauris lorem nibh eget. Sed tincidunt tellus pulvinar nunc sit magna diam nonummy dolore aliquet sit nisi proin at magna et elit donec. Aliquet, turpis, aliquam sem elit erat et elit erat mi adipiscing nisi sem nisi non pharetra congue ullamcorper amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc16" w:id="1675619630502115750"/>
+      <w:bookmarkStart w:name="_Toc16" w:id="14868601647952799387"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1675619630502115750"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nonummy volutpat ante dolore dolor, mauris praesent congue lorem. Adipiscing id et aliquam sit et nisi ipsum nonummy. Non, ante erat pharetra molestie mi donec dolor mauris. Praesent tincidunt ac adipiscing id, et, ut ipsum nonummy. Sem laoreet, donec pharetra consectetur euismod laoreet magna sit. Id et ut feugiat id diam lobortis, tempus nonummy. Volutpat ante dolore, dolor at praesent nunc sed at. Aliquet eget, proin dolore pulvinar, eget sem dolore sed. </w:t>
+      <w:bookmarkEnd w:id="14868601647952799387"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat, laoreet id ipsum mauris, feugiat lobortis eget sed laoreet felis tempus massa tellus. Sit congue non dolor congue euismod sit ut tellus sit ut diam elit erat. Molestie, dolor lobortis eget ac mi, felis tempus mi mauris lorem nibh mauris lorem. Laoreet tellus turpis ut non sit ut non dolor tincidunt id massa molestie ipsum. Lobortis volutpat, feugiat, lobortis volutpat dolor tincidunt euismod pulvinar ut sem nonummy, magna diam. Adipiscing aliquam proin at ac et at ac et, dolore praesent adipiscing aliquam proin. At erat, mi elit tempus mi mauris tempus proin mauris lorem nibh, eget sed. Massa molestie ipsum massa mauris lobortis volutpat dolor tincidunt molestie feugiat ut non pharetra. Magna diam pulvinar nunc, tellus turpis nisi sem pharetra congue diam amet congue aliquet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc17" w:id="12167444082467868680"/>
+      <w:bookmarkStart w:name="_Toc17" w:id="1500622173520477355"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12167444082467868680"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Pharetra mauris aliquet laoreet ipsum nonummy tellus, massa erat pharetra mauris praesent dolore dolor molestie mi, dolore dolor mauris ullamcorper laoreet ac sit euismod laoreet ac turpis euismod et consectetur. Molestie praesent tincidunt lorem felis aliquet lobortis aliquam pulvinar id et aliquam turpis id et nisi ipsum nonummy non massa erat consectetur volutpat, lobortis tempus turpis euismod lobortis lorem, adipiscing. Euismod, nibh aliquam amet id proin nisi sed nonummy non massa donec sit mauris mi magna feugiat ullamcorper lobortis nisi amet eget proin dolore pulvinar elit sem nunc sed nonummy. Tellus laoreet donec pharetra molestie mi congue, feugiat turpis euismod nibh nisi dolor, at mauris praesent congue lorem adipiscing, aliquet laoreet ac, turpis id et magna pulvinar elit non massa. Erat consectetur volutpat praesent tincidunt ac, adipiscing ullamcorper nibh aliquam, pulvinar sed adipiscing tellus nibh magna turpis euismod nibh ac turpis euismod et nisi feugiat elit ullamcorper lobortis tempus amet. Molestie felis diam lobortis lorem adipiscing ullamcorper lobortis aliquam nonummy, euismod nibh nisi pulvinar volutpat et nisi dolor elit sem dolore erat at non massa erat consectetur congue feugiat mauris. Diam congue lorem felis aliquet tincidunt lorem amet volutpat proin dolore sed, elit sem massa erat consectetur molestie praesent magna feugiat felis diam lobortis diam lobortis tempus amet volutpat et. Nisi pulvinar elit sem massa ac sit felis diam ut tempus adipiscing diam lobortis tempus amet eget proin nisi pulvinar elit erat turpis molestie mi ac sit molestie praesent congue. Feugiat felis diam ut lorem mauris diam, tincidunt lorem felis aliquet lobortis lorem adipiscing ullamcorper lobortis ac turpis, pharetra molestie proin dolore sed at aliquet tincidunt, lorem consectetur aliquet, laoreet. Ac turpis euismod mi magna, feugiat felis et ut ipsum elit ullamcorper ante donec, pharetra felis praesent ut lorem, nonummy eget proin nisi dolor eget proin nisi pulvinar eget sem. </w:t>
+      <w:bookmarkEnd w:id="1500622173520477355"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, massa volutpat pharetra tincidunt euismod dolor tincidunt tellus, sit ut sem magna diam adipiscing donec aliquet amet nunc tellus. Pharetra congue diam nonummy dolore ullamcorper amet dolore tellus sit lobortis volutpat dolor, congue ullamcorper amet aliquet sit ut tellus. Pharetra magna ullamcorper amet congue ullamcorper turpis dolore aliquet turpis nisi sem amet dolore, aliquet amet dolore aliquet sit ut. Sem nonummy diam nonummy donec aliquet sit ut, tellus sit ut ullamcorper, amet congue aliquet adipiscing ac et elit ac. Mi elit tempus mi mauris tempus mauris ac et nonummy, erat mi id tempus ante mauris, lorem nibh elit, sed. Massa molestie feugiat, massa molestie lorem ante mauris erat mi felis tempus tellus sit ut non pharetra congue tellus sit. Nisi sem consectetur magna diam nonummy donec praesent felis aliquam proin consectetur nisi diam nonummy donec praesent nonummy donec adipiscing. Magna nibh, elit erat mi adipiscing aliquam praesent at ac et at erat mi felis tempus, ante, felis tempus proin. Dolor nunc euismod ipsum massa molestie tempus nibh mauris ac, et, elit erat diam nonummy donec praesent amet nisi proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc18" w:id="10745159662258185092"/>
+      <w:bookmarkStart w:name="_Toc18" w:id="9300616614860482542"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10745159662258185092"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Lorem turpis tellus laoreet ac sit felis diam lobortis ipsum felis. Sem nonummy molestie proin donec dolor at aliquet laoreet ac turpis. Eget, diam nunc tempus nonummy sem ut erat nonummy sem massa. Tempus nonummy non massa mauris aliquet tincidunt ac, adipiscing euismod et. Magna pulvinar elit, non nunc, erat consectetur volutpat ante erat amet. Mauris aliquet congue dolor mauris praesent congue lobortis aliquam nonummy non. Nibh aliquam nonummy euismod nibh aliquam, pulvinar eget ante, nisi dolor. Elit aliquet, laoreet magna sit id ullamcorper lobortis laoreet donec sit. Mauris praesent congue feugiat felis euismod nibh aliquam turpis ullamcorper lobortis. Ac amet eget proin nisi pulvinar eget proin nisi ipsum eget. </w:t>
+      <w:bookmarkEnd w:id="9300616614860482542"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec praesent adipiscing tempus proin at ac. Nibh id pulvinar massa molestie ante mauris lorem. Et eget sed tincidunt molestie feugiat lobortis volutpat. Feugiat tincidunt ullamcorper, pulvinar tincidunt aliquet adipiscing ac. Diam elit erat, laoreet molestie ut volutpat amet. Dolore aliquet turpis aliquam proin consectetur magna diam. Consectetur magna ullamcorper amet dolore aliquet turpis nisi. Sem consectetur magna diam nonummy aliquam proin aliquam. Sem consectetur ac et id tempus massa mauris. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc19" w:id="5832484699875389304"/>
+      <w:bookmarkStart w:name="_Toc19" w:id="14636453610017784783"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5832484699875389304"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Lorem adipiscing aliquet tincidunt lorem turpis. Volutpat, et nisi pulvinar eget adipiscing. Tellus laoreet aliquam sit id et. Nisi ipsum elit non massa erat. Pharetra molestie ante donec feugiat adipiscing. Ullamcorper tincidunt lorem adipiscing ullamcorper at. Euismod nibh magna sit id et. Ut pulvinar elit sem lobortis tempus. </w:t>
+      <w:bookmarkEnd w:id="14636453610017784783"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id, turpis ut sem consectetur dolore aliquet turpis aliquam proin mauris lorem nibh elit erat mi. Mauris lorem lobortis eget sed laoreet euismod, nunc aliquet turpis congue non amet dolore aliquet turpis. Nisi ante mauris lorem et elit erat mi felis tempus praesent adipiscing ac proin consectetur magna. Amet dolore praesent adipiscing aliquam sem consectetur magna diam nonummy donec, mi mauris lorem ante, eget. Sed laoreet eget erat mi adipiscing aliquam aliquet sit ut, tellus congue ullamcorper amet dolore ullamcorper. Turpis nisi sem at ac et felis erat, ante molestie lorem, nibh, volutpat dolor tincidunt id. Pulvinar ut pharetra magna, diam, elit erat mi mauris ac et, eget sed laoreet felis tempus. Ante molestie tempus ante mauris lorem nibh eget erat mi felis ipsum massa lorem laoreet id. Sed massa id ipsum massa molestie lorem, nibh eget ac et felis tempus mi felis aliquam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc20" w:id="18272139882450562739"/>
+      <w:bookmarkStart w:name="_Toc20" w:id="5301970980952337636"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18272139882450562739"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Laoreet aliquam, sit elit diam ut tempus, nonummy non, nunc erat consectetur molestie ante tempus nonummy volutpat massa erat amet volutpat ante. Donec magna sit felis diam ut tempus nonummy euismod ante nunc sed consectetur euismod et, nisi ipsum elit volutpat proin congue lorem. At ullamcorper nibh aliquam dolore dolor eget sem tincidunt lorem turpis tellus, mi magna sit felis diam ut ipsum nonummy, non lobortis. Aliquam pharetra mauris proin dolore dolor mauris aliquet laoreet proin nunc sed at aliquet laoreet magna feugiat felis et ut tempus adipiscing. Ullamcorper nibh aliquam nonummy non nibh aliquam pulvinar eget aliquet volutpat proin, nunc sed at aliquet laoreet erat at non massa erat. Consectetur molestie mi magna sit felis diam magna dolor mauris, praesent tincidunt aliquam amet, eget at praesent congue lorem adipiscing ullamcorper laoreet. Ac sit, euismod nibh magna pulvinar elit non massa erat consectetur volutpat ante, dolore dolor mauris mi dolore dolor mauris amet volutpat. Proin dolore dolor at tellus laoreet magna turpis felis et ut ipsum elit sem, ut, ipsum elit non, molestie mi donec pharetra. Id, diam ut lorem adipiscing euismod ante, nisi pulvinar, eget sem, tincidunt ac, turpis id et ut ipsum adipiscing diam congue feugiat. </w:t>
+      <w:bookmarkEnd w:id="5301970980952337636"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris lorem nibh volutpat amet dolore tellus sit nisi diam nonummy erat mi feugiat nibh eget ac diam consectetur donec praesent. Adipiscing aliquam proin at aliquam proin consectetur ac et elit erat, praesent adipiscing aliquam, proin, at lorem elit erat praesent adipiscing aliquam praesent. Turpis ut non pharetra lobortis volutpat lorem nibh elit ac mi felis erat mi turpis, nisi proin at, magna diam magna diam nonummy. Donec proin at aliquam sem at, magna diam nonummy congue ullamcorper amet, dolore sem consectetur nisi, volutpat feugiat tincidunt, euismod dolore tellus, sit. Ut sem consectetur magna diam amet nunc tellus, sit ut molestie sit lobortis volutpat feugiat, tincidunt euismod dolor massa tellus ipsum ante mauris. Lorem volutpat sed tincidunt euismod pulvinar ut non consectetur magna diam nonummy aliquam praesent adipiscing aliquam sem pharetra congue diam nonummy dolore praesent. Adipiscing tempus proin mauris ac id ipsum massa mauris feugiat nibh eget sed laoreet, eget sed laoreet molestie sit ut non pharetra tincidunt. Ullamcorper turpis euismod feugiat massa molestie dolor lobortis eget sed tincidunt id sed massa tellus sit congue non, amet donec, praesent adipiscing nisi. Sem at ac et felis erat felis tempus nibh mauris ac diam consectetur donec diam amet, dolore praesent turpis nisi, non sit ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc21" w:id="7082203190270153632"/>
+      <w:bookmarkStart w:name="_Toc21" w:id="8531821956551641460"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7082203190270153632"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Dolore dolor mauris aliquet tincidunt magna lorem adipiscing. Euismod et dolore ipsum elit sem nunc erat. Consectetur tellus laoreet donec pharetra molestie mi magna. Dolor felis aliquet congue feugiat felis ullamcorper diam. Ut ipsum nonummy volutpat ante aliquam pharetra volutpat. Proin nunc dolor, at tellus tincidunt, ac, consectetur. Aliquet laoreet erat consectetur molestie et magna feugiat. Magna, sit id mi congue sit felis ullamcorper. Tincidunt tempus nonummy volutpat ante dolore sed at. Aliquet massa erat consectetur, tellus mi magna aliquam. </w:t>
+      <w:bookmarkEnd w:id="8531821956551641460"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At erat mi elit donec praesent felis. Lorem nibh eget lorem laoreet euismod pulvinar. Tellus pharetra congue, ullamcorper amet, congue aliquet. Pulvinar, nisi proin consectetur magna diam consectetur. Magna ullamcorper amet tincidunt euismod ipsum ut. Non pharetra congue amet congue, tellus turpis. Ut non sit congue ullamcorper amet dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc22" w:id="3165709441795923408"/>
+      <w:bookmarkStart w:name="_Toc22" w:id="5898224839066653300"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3165709441795923408"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Pulvinar dolor turpis elit molestie sem mi lobortis, dolore pharetra sit, at adipiscing, mauris id sem ante magna dolor felis ullamcorper nibh. Dolore erat turpis molestie mi congue feugiat id et congue sit id, euismod nibh nisi pulvinar id nibh magna turpis id, et. Nisi feugiat felis, et lobortis tempus amet non massa donec pharetra, volutpat proin dolore pulvinar donec pulvinar eget ante, nisi dolor elit. Sem tincidunt erat turpis tellus mi magna sit felis diam lobortis tempus nonummy non lobortis tempus nonummy feugiat felis aliquet tincidunt lorem. Turpis volutpat et nisi pulvinar id et nisi pulvinar eget, et ut sed pharetra molestie ante magna dolor molestie praesent congue mi. Dolore feugiat adipiscing ullamcorper lobortis aliquam amet id, et aliquam sit eget diam ut ipsum elit sem ut ipsum elit diam nisi. </w:t>
+      <w:bookmarkEnd w:id="5898224839066653300"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus non, pharetra congue ullamcorper nonummy. Donec proin at lorem nibh, eget. Sed massa, molestie ipsum massa mauris. Lorem lobortis, euismod pulvinar nunc tellus. Pulvinar non pharetra congue ullamcorper pulvinar. Nunc aliquet turpis nisi non consectetur. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc23" w:id="10223084769462674438"/>
+      <w:bookmarkStart w:name="_Toc23" w:id="18204417991977081672"/>
       <w:r>
         <w:t>This is second-level header 4</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10223084769462674438"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Felis diam ut lorem nonummy ullamcorper nibh aliquam dolor mauris tellus, laoreet magna dolor felis praesent congue dolor molestie proin dolore, dolor mauris praesent congue sed mauris praesent nunc lorem. Consectetur tellus laoreet ac consectetur tellus mi molestie, mi magna sit molestie laoreet erat consectetur tellus laoreet magna sit mauris praesent magna sit felis diam congue feugiat felis, aliquet congue. Feugiat felis ullamcorper, turpis, id proin nunc sed consectetur tellus massa, erat consectetur tellus massa erat pharetra molestie ante donec pharetra volutpat mi dolore dolor mauris pharetra molestie praesent tincidunt. Ac sit euismod nibh, lorem turpis tellus nibh magna, sit id et magna sit molestie laoreet ac sit id mi magna sit molestie eget et ut, sed nonummy non mi. Magna dolor mauris mi congue pharetra molestie mi dolore dolor at, aliquet, laoreet lorem, turpis euismod tincidunt lorem at praesent, mi magna, feugiat felis aliquet tincidunt lorem adipiscing ullamcorper lobortis. Ac turpis ullamcorper nibh aliquam amet id proin ut ipsum lorem turpis tellus, laoreet magna sit id mi magna feugiat felis et congue feugiat felis diam lobortis aliquam dolor at. </w:t>
+      <w:bookmarkEnd w:id="18204417991977081672"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et volutpat dolor nunc, aliquet sit nisi sem pharetra magna praesent nonummy, aliquam proin. Adipiscing nisi sem pharetra magna ullamcorper adipiscing aliquam praesent adipiscing, nisi, at ac et. Elit erat ante felis tempus proin consectetur ac et eget pulvinar ut sem nonummy. Magna praesent nonummy donec, praesent adipiscing aliquam elit erat et felis tempus ante felis. Aliquam ante mauris sed nibh id erat mi felis aliquam proin adipiscing, aliquam proin. Consectetur, ac et adipiscing aliquam proin ac nibh volutpat, dolor nunc euismod pulvinar lobortis. Molestie lorem nibh mauris lorem laoreet id sed mi adipiscing tempus proin mauris ac. Nibh ipsum massa molestie ipsum ante mauris ac nibh elit ac et elit, donec. Mi adipiscing donec praesent adipiscing nisi sem, pharetra magna diam amet dolore ullamcorper pulvinar. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc24" w:id="893371645553772351"/>
+      <w:bookmarkStart w:name="_Toc24" w:id="14038509335328436152"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="893371645553772351"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">At, aliquet nunc sed at aliquet massa, ac turpis tellus laoreet magna. Nunc erat consectetur adipiscing tellus laoreet lorem consectetur euismod laoreet ac turpis. Euismod laoreet magna turpis molestie laoreet erat at sem massa ac pharetra. Id praesent tincidunt sed at aliquet, tincidunt ac sit id et nisi. Feugiat elit et ut feugiat, felis, ullamcorper lobortis tempus nonummy volutpat nibh. Aliquam amet euismod molestie mi magna dolor felis, praesent tincidunt ac amet. </w:t>
+      <w:bookmarkEnd w:id="14038509335328436152"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi mauris lorem nibh eget, sed laoreet, id pulvinar molestie feugiat lobortis non pharetra congue euismod pulvinar, dolore sem at erat laoreet id ipsum massa mauris lorem ante, mauris. Erat mi id pulvinar nunc feugiat ut ullamcorper amet congue tellus sit, ut non sit lobortis volutpat dolor lobortis eget sed, laoreet id ipsum ante molestie, feugiat tincidunt eget. Dolor, euismod ipsum massa molestie, feugiat ante eget lorem nibh eget erat et nonummy donec praesent adipiscing, aliquam proin, at ac diam nonummy, donec nonummy donec aliquet, turpis nisi. Non sit congue non pharetra, laoreet euismod ipsum laoreet molestie feugiat lobortis non dolor tincidunt euismod amet nunc tellus pulvinar lobortis volutpat, donec praesent nonummy, dolore aliquet turpis aliquam. Proin consectetur, magna diam nonummy dolore aliquet, amet nisi tellus sit nisi non, amet dolore praesent adipiscing aliquam proin at non pharetra congue ullamcorper amet dolore aliquet turpis ut. Non sit massa molestie feugiat nibh volutpat ipsum, laoreet molestie sit non dolor congue volutpat dolor tincidunt, tellus pulvinar nunc tellus sit ut ullamcorper amet dolore ullamcorper amet nunc. Tellus pharetra ut diam nonummy donec praesent adipiscing tempus mauris ac diam nonummy donec diam adipiscing tempus ante eget, sed laoreet id, sed massa molestie feugiat massa mauris, lorem. Nibh volutpat sed laoreet id ipsum lobortis dolor tincidunt euismod, pulvinar nunc euismod sit nunc molestie feugiat ante mauris ac et at ac mi elit erat mi adipiscing aliquam. Proin at magna diam donec praesent nonummy donec sem consectetur magna sem pharetra lobortis eget dolor laoreet id ipsum nunc tellus feugiat massa mauris, feugiat lobortis euismod dolor tincidunt. Tellus turpis, sem nonummy donec praesent adipiscing aliquam aliquet turpis nisi sem, pharetra congue ullamcorper nonummy dolore aliquet amet dolore aliquet sit nisi sem consectetur dolore praesent, turpis, aliquam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc25" w:id="13261233264181201199"/>
+      <w:bookmarkStart w:name="_Toc25" w:id="9325479904606986567"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13261233264181201199"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Pharetra at id praesent nibh tempus amet eget ante nisi dolor elit aliquet tincidunt sed consectetur tellus, massa, ac pharetra tellus mi magna. Pharetra, id ullamcorper nibh mi magna pharetra molestie praesent tincidunt lorem adipiscing euismod lobortis ac pulvinar id proin nisi amet, ullamcorper nibh ac. Turpis euismod et nisi ipsum eget mauris sem tincidunt dolor elit sem dolore pulvinar elit sem nunc sed consectetur tellus laoreet magna, sit. Mauris ullamcorper lobortis tempus amet volutpat nibh aliquam amet consectetur molestie, mi, congue feugiat, mauris praesent congue sed mauris praesent, tincidunt lorem adipiscing. Aliquet tincidunt, lorem consectetur tellus laoreet ac turpis id et aliquet nunc ipsum elit sem massa ac pharetra id praesent magna sit felis. Diam, lobortis lorem felis ullamcorper, lobortis, aliquam amet, eget sem massa sed consectetur tellus proin donec dolor mauris praesent dolore sed, adipiscing tellus. Laoreet lorem, consectetur tellus mi, magna sit felis sem massa erat amet molestie proin, laoreet magna pharetra id praesent congue lorem adipiscing ullamcorper. Nibh aliquam amet, ullamcorper lobortis nisi pulvinar elit non, ullamcorper tellus diam ullamcorper proin laoreet nisi pulvinar, felis, praesent nibh, aliquam pulvinar eget. Sem diam congue feugiat adipiscing eget praesent nunc dolor at tellus nibh ac sit id mi magna sit id diam ut ipsum molestie. Praesent congue sed turpis euismod, proin ut ipsum elit sem nunc donec consectetur molestie ante magna pharetra, molestie ante donec dolor molestie proin. </w:t>
+      <w:bookmarkEnd w:id="9325479904606986567"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit laoreet felis tempus, ante. Mauris feugiat, lobortis volutpat ipsum laoreet. Tellus feugiat ut non pharetra tincidunt. Euismod, pulvinar nunc tellus sit nunc. Tellus sit non amet dolore, aliquet. Turpis nisi proin elit erat mi. Id, ipsum, massa molestie feugiat tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -2349,51 +2349,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b4a4c0f2cc347f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf405becd387246d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0f146e0f52d441d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R484ab46bd8274e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf2c54a6ff1554e6d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R59184e181350454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R391dd4a4e52d41e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbb9234a1ee65436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R6175cee3061f49b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R315176a5e49b4b86" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>