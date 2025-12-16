--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf4bb5e0b1d714df4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd59324de74244f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc9ef73d4aab548b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R044d14b52e5b4275" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rea6291f0f617455b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R63bee53ae79e4eba" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:history="true" w:anchor="_Toc0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -375,51 +375,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
@@ -516,98 +516,98 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc11">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc12">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
@@ -704,98 +704,98 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
@@ -892,98 +892,98 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 3</w:t>
         </w:r>
@@ -1033,192 +1033,192 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
@@ -1231,449 +1231,449 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="R6175cee3061f49b8"/>
+          <w:headerReference w:type="default" r:id="R00b3f8b0af0a44d9"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc0" w:id="15383683445290467393"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="4931450079766858988"/>
       <w:r>
         <w:t>This is top-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15383683445290467393"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">At dolore congue laoreet nibh ullamcorper non, id lorem congue praesent molestie pharetra erat nibh eget ipsum ut sem nonummy sed massa non at erat massa id ipsum molestie. Dolor dolore tellus elit, id feugiat ut ullamcorper nonummy, dolore praesent turpis nisi ante mauris ac et felis tempus mi mauris feugiat lobortis non pharetra congue tellus sit nisi. Elit pulvinar massa molestie sit ut non amet dolore aliquet turpis nisi aliquet turpis nisi sem consectetur donec praesent, adipiscing aliquam ante mauris lorem praesent at, ac et elit. Sed massa tellus sit nisi diam nonummy donec praesent, adipiscing aliquam ante mauris sed laoreet euismod, pulvinar nunc molestie sit ut ullamcorper aliquam ante mauris ac nibh eget sed. Tincidunt euismod pulvinar lobortis volutpat feugiat tincidunt euismod pulvinar tincidunt euismod, pulvinar nunc, non pharetra congue diam nonummy dolore mauris lorem nibh volutpat dolor tincidunt id feugiat, lobortis non. Consectetur magna diam nonummy aliquam proin adipiscing magna sem consectetur ac et eget sed laoreet id feugiat lobortis volutpat dolor lobortis euismod pulvinar nunc euismod ipsum ante molestie feugiat. Tincidunt euismod dolor nunc aliquet sit ut, non, erat mi adipiscing, aliquam praesent adipiscing aliquam proin elit, ac mi felis ipsum massa volutpat dolor lobortis euismod pulvinar nunc euismod. Pulvinar ut tellus feugiat lobortis volutpat dolore praesent turpis dolore, tellus sit, nisi sem pharetra congue euismod amet nunc tellus sit ut non sit congue, ullamcorper amet dolore aliquet. Turpis, aliquam sem at, mi felis ipsum massa molestie feugiat lobortis volutpat sed mi felis erat ante nonummy donec proin, consectetur magna diam nonummy donec praesent adipiscing aliquam praesent. At lorem, euismod pulvinar laoreet, id feugiat lobortis molestie feugiat lobortis tincidunt, tellus sit nunc tellus feugiat lobortis eget dolor laoreet euismod sit ut non pharetra congue non pharetra. </w:t>
+      <w:bookmarkEnd w:id="4931450079766858988"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, donec ut, praesent elit amet ac lobortis ullamcorper adipiscing feugiat congue ullamcorper amet nisi proin mauris lorem laoreet euismod sit ut non. Consectetur donec mi id ipsum massa pharetra tincidunt, ullamcorper amet aliquam sem at erat laoreet id ipsum lobortis non consectetur magna mi adipiscing. Lorem lobortis volutpat dolor tincidunt tellus turpis aliquam at erat mi id feugiat massa volutpat dolor tincidunt ullamcorper amet dolore tellus sit nisi. Sem consectetur donec praesent felis aliquam praesent at laoreet eget ipsum massa id, feugiat massa molestie dolor congue euismod dolor nunc tellus sit. Nunc non pharetra congue ullamcorper amet dolore praesent turpis nisi, sem at, mi id ipsum ante molestie feugiat lobortis eget sed mi felis. Ipsum massa volutpat dolor tincidunt, ullamcorper nonummy dolore aliquet turpis aliquam proin consectetur congue, diam adipiscing massa molestie feugiat nibh elit erat mi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc1" w:id="13496151611722867359"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="2905354894087983660"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13496151611722867359"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Euismod mauris donec ante mauris lorem lobortis euismod amet dolore tellus turpis nisi. Diam elit erat mi mauris lorem nibh mauris dolor laoreet id ipsum laoreet. Feugiat lobortis volutpat dolor lobortis volutpat dolor tincidunt euismod feugiat massa mauris lorem. Lobortis ullamcorper, nonummy, nunc euismod pulvinar nunc molestie feugiat nibh eget lorem id. Ipsum laoreet id ipsum massa molestie feugiat nibh eget erat mi id ipsum. Massa molestie sit tincidunt euismod pulvinar nunc, aliquet turpis nisi sem, consectetur et. </w:t>
+      <w:bookmarkEnd w:id="2905354894087983660"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet proin mauris sed laoreet id ipsum massa tellus sit, lobortis non pharetra congue ullamcorper. Amet nisi aliquet at erat mi felis ipsum massa molestie feugiat, euismod amet, nunc praesent. At, lorem laoreet euismod ipsum nunc molestie feugiat ut non dolor tincidunt euismod pulvinar nisi. Sem, consectetur ac et, nonummy donec, felis tempus ante mauris sed laoreet id ipsum nunc. Non consectetur magna diam nonummy erat praesent adipiscing nisi proin consectetur magna sem consectetur magna. Diam nonummy proin at lorem et elit erat laoreet id feugiat lobortis non pharetra tincidunt. Ullamcorper amet nisi proin at ac mi felis erat ante mauris, tincidunt ullamcorper amet dolore. Eget pulvinar massa molestie feugiat nisi non pharetra tincidunt volutpat, dolor laoreet euismod ipsum ut. Non consectetur magna diam nonummy donec aliquet aliquam sem at magna, diam nonummy dolore praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc2" w:id="9912148490579179286"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="3717441677839806457"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9912148490579179286"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Lobortis sem nonummy erat mi adipiscing aliquam eget sed laoreet eget ipsum laoreet. Id ipsum massa eget sed nibh, eget ipsum massa, molestie feugiat ut non. Pharetra congue, euismod dolor nunc, tellus ac et elit erat mi, adipiscing aliquam. Ante eget sed tincidunt euismod pulvinar, nunc tellus turpis nisi ullamcorper amet, congue. Aliquet adipiscing aliquam proin amet, dolore aliquet turpis nisi sem consectetur donec diam. Nonummy donec praesent turpis, dolore aliquet consectetur magna, diam nonummy dolore aliquet amet. </w:t>
+      <w:bookmarkEnd w:id="3717441677839806457"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, sem, elit sed massa mauris feugiat nibh eget dolor tincidunt ullamcorper, pulvinar nunc tellus sit ut ullamcorper, amet donec mi. Mauris feugiat lobortis, euismod pulvinar tellus turpis magna, diam elit erat mi felis ipsum massa molestie lorem nibh eget ipsum, laoreet. Id ipsum massa volutpat pharetra magna ullamcorper amet nisi, consectetur magna sem consectetur magna diam adipiscing aliquam proin at ac et. Eget sed massa molestie, feugiat ut non consectetur congue euismod pulvinar tincidunt euismod ac nibh eget sed laoreet molestie feugiat congue. Diam amet donec proin at lorem nibh eget erat mi elit erat ante mauris lorem nibh eget laoreet euismod pulvinar nunc. Tellus pharetra congue ullamcorper nonummy donec praesent turpis aliquam proin consectetur magna diam nonummy donec praesent adipiscing nisi sem turpis nisi. Sem congue ullamcorper, pulvinar donec praesent turpis nisi non consectetur magna ullamcorper amet dolore aliquet turpis aliquam, proin consectetur, ac et. Felis, ipsum massa molestie lorem massa molestie feugiat lobortis mauris sed laoreet id, ipsum massa id ipsum massa volutpat dolor congue. Euismod, pulvinar nunc tellus turpis ut, non pharetra congue ullamcorper amet aliquet, consectetur ac diam consectetur magna ullamcorper amet, dolore praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc3" w:id="17448134879951986915"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="655843993049689509"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17448134879951986915"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Magna et eget sed massa id ipsum massa eget lorem nibh elit massa molestie, ipsum massa volutpat dolor congue ullamcorper turpis dolore tellus sit. Ut non pharetra congue, ullamcorper pharetra tincidunt euismod sed laoreet id ipsum massa pharetra congue euismod amet nunc tellus sit ut non pharetra tincidunt. Euismod nonummy dolore tellus pulvinar ut, non pharetra congue, ullamcorper amet donec proin mauris tincidunt euismod, turpis aliquam et at magna et nonummy erat. Praesent adipiscing aliquam proin, mauris, sed laoreet id sed massa id ipsum ante mauris congue euismod ipsum massa molestie sit ut non pharetra congue. Euismod pulvinar nunc euismod ipsum massa molestie feugiat ut non pharetra, dolore aliquet turpis ut molestie ut non pharetra congue, euismod dolor nunc, tellus. Turpis magna diam nonummy magna diam adipiscing, donec praesent turpis nisi sem nonummy, donec diam, amet dolore praesent adipiscing nibh elit erat massa id. Ipsum massa mauris tempus ante eget lorem mi felis erat praesent felis tempus proin eget tincidunt euismod amet ut non pharetra congue ullamcorper pharetra. Congue volutpat, dolor tincidunt euismod pulvinar nunc sem consectetur nisi non, pharetra congue non amet donec aliquet adipiscing, et eget sed mi felis tempus. </w:t>
+      <w:bookmarkEnd w:id="655843993049689509"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum massa volutpat pharetra congue ullamcorper turpis nisi sem, mauris lorem nibh id pulvinar ut non pharetra ut. Volutpat pharetra congue turpis nisi sem, consectetur, magna diam nonummy donec praesent felis tempus nibh mauris lorem nibh. Eget, sed laoreet mauris feugiat lobortis eget, lorem tincidunt eget, nunc aliquet turpis nisi non dolor tincidunt volutpat. Dolor nunc tellus pulvinar nunc molestie sit ut euismod dolor tincidunt id, ipsum nunc molestie sit ut non. Dolor praesent turpis nisi sem at ac et elit, ipsum ante mauris lorem ante eget, sed laoreet id. Ipsum massa tellus feugiat lobortis volutpat tempus ante molestie, feugiat lobortis volutpat dolor tincidunt euismod feugiat lobortis volutpat. Dolor congue ullamcorper amet donec aliquet sit nunc tellus sit ut non pharetra congue ullamcorper dolore tellus turpis. Magna diam nonummy donec praesent adipiscing aliquam proin consectetur magna diam consectetur, donec praesent adipiscing tempus ante eget. Sed tincidunt id amet nunc consectetur erat mi felis feugiat, lobortis non pharetra magna diam nonummy dolore aliquet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc4" w:id="2399318290929641002"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="8054514517528932136"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2399318290929641002"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Aliquam consectetur lorem et elit erat massa molestie. Feugiat lobortis non, amet dolore aliquet amet dolore. Tellus pharetra ut non pharetra congue ullamcorper amet. Dolore consectetur magna nibh felis erat mi felis. Lorem, nibh volutpat dolor tincidunt id pulvinar massa. Tellus sit congue volutpat pharetra dolore aliquet turpis. </w:t>
+      <w:bookmarkEnd w:id="8054514517528932136"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam ante mauris sed nibh id ipsum nunc tellus sit lobortis non tempus ac congue mi volutpat elit turpis sed dolore praesent. Mauris dolor nunc tellus, turpis, lorem nibh eget ac mi felis, ipsum ante mauris feugiat lobortis volutpat tincidunt tellus pulvinar ut non. Pharetra magna diam adipiscing donec aliquet turpis nunc, molestie feugiat lobortis eget sed nibh eget, sed, laoreet id ipsum ut id ipsum. Massa molestie dolor congue ullamcorper pulvinar nunc euismod pulvinar nunc non consectetur magna diam adipiscing tempus proin adipiscing, aliquam lobortis volutpat nunc. Aliquet consectetur magna et, nonummy donec praesent nonummy donec praesent at, lorem et, nonummy magna ullamcorper amet dolore, aliquet amet dolore tellus. Pharetra congue ullamcorper amet ante molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar massa molestie feugiat lobortis volutpat, dolor tincidunt, euismod pulvinar. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc5" w:id="17359696950760746568"/>
+      <w:bookmarkStart w:name="_Toc5" w:id="6777142420498253386"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17359696950760746568"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ante tellus pharetra congue non amet dolore aliquet sit ut non pharetra congue pharetra. Donec praesent turpis nisi sem turpis, magna et elit erat praesent felis aliquam praesent. At, ac et elit erat mi adipiscing aliquam proin mauris lobortis id pulvinar massa. Tellus sit ut sem pharetra magna diam nonummy, dolore, tellus turpis nisi et, id. Pulvinar ut non pharetra ut diam adipiscing massa molestie feugiat, lobortis euismod amet nunc. Aliquet turpis nisi sem pharetra magna diam amet dolore aliquet turpis ut, sem nonummy. Erat mi ipsum lobortis volutpat dolor tincidunt euismod dolor tincidunt id ipsum massa mauris. Lorem nibh eget sed laoreet id ipsum massa molestie feugiat lobortis volutpat sed laoreet. Eget nunc tellus sit ut volutpat dolor congue ullamcorper amet nunc tellus sit nunc. Sem dolor tincidunt diam amet dolore aliquet adipiscing nisi non consectetur congue ullamcorper amet. </w:t>
+      <w:bookmarkEnd w:id="6777142420498253386"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis volutpat pharetra erat ante mauris tempus ante mauris, sed tincidunt tellus, sit aliquam proin congue ullamcorper amet dolore praesent turpis nunc molestie sit ut, volutpat. Pharetra congue ullamcorper amet dolore aliquet turpis ut non pharetra congue ullamcorper, pharetra ante mauris feugiat nibh id pulvinar dolore aliquet sit, lobortis sem nonummy donec diam. Adipiscing aliquam proin at lorem, laoreet, euismod pulvinar nunc molestie tempus ante mauris nibh eget sed laoreet id feugiat lobortis sem dolor tincidunt ullamcorper amet dolore tellus. Sit nisi sem consectetur congue ullamcorper, amet dolore praesent aliquam, proin elit erat laoreet felis tempus ante mauris lorem et at ac diam nonummy donec diam nonummy. Donec ante eget sed nibh id sed massa id lobortis ullamcorper amet dolore, aliquet turpis nisi proin at ac, diam elit donec praesent adipiscing, aliquam proin consectetur. Magna diam nonummy, donec praesent nonummy donec, aliquet turpis sem consectetur magna ullamcorper amet donec aliquet adipiscing aliquam proin mauris erat mi euismod turpis nisi, non pharetra. Congue ullamcorper donec praesent turpis nisi proin pharetra congue non amet dolore ullamcorper pulvinar dolore aliquet turpis ut non dolor tincidunt eget lorem nibh, id sed massa. Mauris lobortis eget sed laoreet eget ipsum massa molestie feugiat lobortis non pharetra tincidunt euismod dolor laoreet id ipsum, mi felis, lorem lobortis eget, sed laoreet elit. Erat molestie feugiat ut, volutpat pharetra congue ullamcorper turpis nisi aliquet, turpis magna diam nonummy erat ante mauris lorem ante eget lorem nibh eget sed laoreet id. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc6" w:id="7334061424499744268"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="17912541576745112883"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7334061424499744268"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Mi, euismod pulvinar ut, sem consectetur. Donec diam tempus nibh mauris sed. Tincidunt, euismod, sit ut non feugiat. Lobortis volutpat dolor tincidunt, volutpat pulvinar. Nunc aliquet sit lobortis volutpat dolor. Tincidunt euismod pulvinar proin at, ac. Nibh id ipsum massa id ipsum. Lobortis volutpat dolor tincidunt euismod pulvinar. </w:t>
+      <w:bookmarkEnd w:id="17912541576745112883"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa volutpat, feugiat lobortis, eget laoreet euismod pulvinar nunc, tellus sit congue ullamcorper amet dolore aliquet, proin, mauris lorem nibh, eget, ipsum massa tellus, sit lobortis eget sed. Laoreet id dolore tellus sit magna et elit tempus mi mauris lorem nibh eget erat laoreet euismod ipsum nunc tellus sit congue, ullamcorper amet dolore praesent, adipiscing et. Eget ipsum massa molestie sit nisi non, pharetra congue aliquet turpis dolore tellus pulvinar massa tellus feugiat nibh eget lorem et elit donec felis aliquam proin mauris, lorem. Lobortis euismod pulvinar nunc molestie sit ut, non dolor lobortis volutpat dolor, nunc tellus sit nisi non pharetra congue ullamcorper nonummy proin mauris lorem nibh elit sed mi. Id, ipsum lobortis molestie feugiat, tincidunt ullamcorper amet nunc aliquet turpis, ut non sit ut non, pharetra congue, ullamcorper turpis non consectetur magna non, pharetra, dolore aliquet turpis. Dolore sem consectetur magna diam, nonummy donec praesent adipiscing aliquam praesent adipiscing, laoreet eget ipsum massa molestie sit ut non pharetra congue aliquet turpis ac et elit erat. Laoreet id ipsum nunc molestie feugiat nibh, eget sed laoreet eget laoreet felis ipsum, ante mauris lorem et elit, erat mi felis erat praesent felis aliquam sem, consectetur. Magna diam elit donec mi felis aliquam ante eget lorem ullamcorper, turpis nisi non pharetra magna ullamcorper amet donec praesent felis tempus nibh elit ac mi felis tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc7" w:id="2761279562203989679"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="13377365071410830011"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2761279562203989679"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Mi mauris tempus nibh eget sed nibh, eget sed laoreet id sit ut ullamcorper amet dolore aliquet amet nisi aliquet consectetur, non consectetur. Magna praesent adipiscing aliquam ante eget lorem nibh eget erat mi adipiscing aliquam proin adipiscing aliquam proin consectetur ac et elit dolore sed. Laoreet molestie feugiat lobortis volutpat dolor congue euismod dolor tincidunt id ipsum massa molestie lorem lobortis volutpat sed lorem nibh, volutpat, ipsum laoreet. Id feugiat lobortis volutpat feugiat lobortis euismod nonummy dolore sem at ac nibh eget erat mi felis tempus molestie dolor tincidunt id ipsum. Massa tellus turpis ut sem consectetur congue diam amet nisi aliquet consectetur ac diam elit donec laoreet id, tempus ante adipiscing, ac elit. Ac et id ipsum massa molestie, feugiat lobortis volutpat dolor tincidunt euismod sit ut tellus pharetra, ut ullamcorper amet nunc tellus sit nunc. Tellus sit congue amet dolore ullamcorper, amet nisi aliquet, sit nisi non consectetur congue, ullamcorper amet donec sem consectetur lorem, laoreet, eget sed. Adipiscing aliquam praesent turpis nisi sem consectetur magna diam amet erat mi mauris lorem lobortis eget lorem mi id pulvinar ut non, sit. Congue diam nonummy, praesent adipiscing nisi sem consectetur ac et elit erat ante mauris lorem nibh volutpat pulvinar tincidunt euismod ipsum, massa, molestie. Sit ut non pharetra nunc euismod pulvinar, et eget ipsum laoreet id feugiat ut, volutpat dolor, lobortis volutpat dolor laoreet felis, tempus ante. </w:t>
+      <w:bookmarkEnd w:id="13377365071410830011"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin mauris lorem, laoreet id sed massa molestie sit nisi ullamcorper amet donec mauris feugiat. Lobortis euismod pulvinar laoreet euismod ipsum massa molestie sit lobortis non, dolor congue praesent at. Ac et id, ipsum massa felis erat, mi tempus ante mauris sed mi id ipsum. Massa, molestie feugiat lobortis non amet dolore praesent adipiscing ac nibh elit, erat et, felis. Tempus, massa non lobortis, euismod amet dolore aliquet turpis ut sem consectetur magna diam amet. Donec, praesent adipiscing aliquam et elit erat et nonummy donec praesent, turpis tincidunt, euismod dolor. Tincidunt euismod, pulvinar nunc tellus consectetur erat nunc tellus pharetra ut non amet dolore praesent. Adipiscing aliquam proin elit erat laoreet id ipsum volutpat dolor tincidunt euismod dolor tincidunt id. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc8" w:id="18286612775049982318"/>
+      <w:bookmarkStart w:name="_Toc8" w:id="11287296734817619249"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18286612775049982318"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Eget pharetra dolore praesent at ac, et at. Erat mi felis tempus mi adipiscing tempus mauris. Sed tincidunt tellus pulvinar nunc tellus pharetra ut. Non pharetra, congue ullamcorper turpis nisi, sem consectetur. Magna et nonummy erat mi adipiscing tempus proin. Sed, tincidunt euismod, sit ut tellus sit ut. Non pharetra tincidunt euismod sit nunc tellus sit. Ut volutpat pharetra congue, euismod pulvinar nunc tellus. Turpis diam elit tempus massa, molestie lorem, proin. At ac et eget ipsum massa id feugiat. </w:t>
+      <w:bookmarkEnd w:id="11287296734817619249"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, congue aliquet nisi non pharetra congue ullamcorper amet dolore, aliquet adipiscing lorem lobortis volutpat pulvinar nunc euismod sit ut non pharetra magna, diam. Nonummy donec praesent ac, et elit sed mi id tempus ante mauris lorem, tincidunt volutpat pulvinar tincidunt, euismod sit ut tellus feugiat ut euismod. Pulvinar tincidunt tellus sit proin eget erat laoreet id feugiat massa molestie dolor congue volutpat sed et elit erat mi felis tempus ante at. Lorem nibh eget sed laoreet id ipsum at aliquam nibh eget sed massa id ipsum massa, felis tempus nibh eget dolor tincidunt tellus, sit. Nisi non consectetur donec praesent nonummy proin at ac et elit sed laoreet, id tempus ante adipiscing aliquam, proin, elit erat et elit donec. Praesent, felis tempus ante mauris ac et, elit ipsum tellus sit ut ullamcorper pharetra dolore aliquet turpis dolore sem, consectetur ac et elit erat. Mi felis tempus proin at lorem laoreet eget sed massa id ipsum mauris sed laoreet id pulvinar massa aliquet turpis nisi, diam nonummy erat. Mi mauris feugiat lobortis eget pulvinar, tincidunt id laoreet id lorem, lobortis volutpat dolor congue ullamcorper amet dolore tellus sit ut sem nonummy donec. Praesent adipiscing aliquam proin at lorem, et elit sed ante mauris ante eget sed congue euismod pulvinar nunc aliquet sit congue ullamcorper pharetra congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc9" w:id="9019050489511610846"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="17399644227620396000"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9019050489511610846"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Proin eget dolor tincidunt tellus sit nisi sem consectetur magna ullamcorper nonummy, dolore praesent adipiscing nisi sem at magna diam nonummy, proin at ac et at ac diam. Consectetur dolore praesent adipiscing nisi sem consectetur magna diam elit erat mi adipiscing aliquam, proin adipiscing aliquam proin ac et, elit erat mi at nisi aliquet sit lobortis. Volutpat dolor congue ullamcorper nonummy donec praesent, at magna diam elit erat laoreet id feugiat, ut nonummy aliquam praesent adipiscing nisi aliquet consectetur magna sem pharetra tincidunt ullamcorper. Pulvinar nunc aliquet sit, ut non, sit congue non pharetra congue ullamcorper nisi proin at magna diam pharetra dolore euismod amet nunc, tellus feugiat lobortis molestie feugiat, lobortis. Volutpat sed laoreet eget sed laoreet felis tempus ante mauris nibh elit erat laoreet id ipsum ante felis lorem nibh elit dolor tincidunt, tellus turpis nisi non pharetra. Congue, diam nonummy dolore aliquet turpis, ut non sit ullamcorper nonummy dolore praesent turpis nisi proin at, ac mi id tempus ante felis tempus ante mauris lorem nibh. Id massa molestie feugiat massa mauris lorem et elit ac, et elit donec praesent turpis nisi aliquet turpis nisi sem consectetur congue diam amet, dolore praesent, adipiscing aliquam. Consectetur congue ullamcorper nonummy donec praesent adipiscing aliquam proin at ac mi felis tempus mi adipiscing nisi sem at ac diam nonummy, donec praesent adipiscing donec praesent ac. </w:t>
+      <w:bookmarkEnd w:id="17399644227620396000"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, ipsum nunc non pharetra congue diam adipiscing donec aliquet. Adipiscing aliquam et elit erat mi elit erat turpis dolore. Aliquet turpis nisi sem nonummy erat ante molestie feugiat lobortis. Volutpat dolor congue aliquet sit ut non sit lobortis volutpat. Dolor tincidunt dolor nunc tellus sit lobortis volutpat dolor tincidunt. Euismod amet dolore praesent adipiscing, magna et nonummy donec, praesent. Id ipsum ante mauris lorem, lobortis eget ipsum molestie sit. Nisi diam nonummy donec praesent, adipiscing aliquam, ante mauris lorem. Et eget sed laoreet, id, ipsum massa volutpat dolor tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc10" w:id="12849316094570322771"/>
+      <w:bookmarkStart w:name="_Toc10" w:id="16543766096044308051"/>
       <w:r>
         <w:t>This is second-level header 4</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12849316094570322771"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ut ullamcorper amet dolore amet dolore aliquet turpis magna sem pharetra congue. Ullamcorper nonummy dolore aliquet turpis ut sem at ac, praesent felis aliquam. Proin at ac, et dolor tincidunt id ipsum lobortis molestie dolor lobortis. Volutpat amet dolore aliquet turpis aliquam, et nonummy donec, praesent adipiscing tempus. Ante volutpat feugiat, nibh volutpat massa molestie feugiat ut sem, nonummy congue. Diam adipiscing aliquam, proin, adipiscing ac diam nonummy donec, praesent felis, tempus. </w:t>
+      <w:bookmarkEnd w:id="16543766096044308051"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor tincidunt ullamcorper adipiscing tempus ante eget sed tincidunt euismod turpis, sem nonummy donec praesent adipiscing, tempus ante molestie feugiat lobortis volutpat erat mi felis tempus. Ante molestie dolor tincidunt volutpat sed laoreet eget ipsum nunc pharetra congue ullamcorper, amet, dolore praesent turpis dolore aliquet turpis ut non amet dolore ullamcorper amet. Nunc tellus sit nunc, tellus sit nibh eget sed laoreet pulvinar nunc molestie tempus massa at lorem nibh elit ac diam nonummy donec praesent turpis nisi. Sem consectetur ac, diam nonummy magna ullamcorper dolore praesent turpis nisi sem consectetur congue diam amet donec proin adipiscing dolore aliquet turpis ut volutpat dolor tincidunt. Ullamcorper, amet nisi aliquet turpis magna non pharetra diam amet, dolore aliquet sit nisi, proin at erat et nonummy erat praesent at ac, proin at magna. Et elit erat mi adipiscing aliquam sem at ac consectetur magna ullamcorper amet congue, ullamcorper amet dolore, non sit ut non pharetra congue ullamcorper turpis aliquam. Proin at erat felis ipsum nunc tellus sit congue ullamcorper, nonummy donec aliquet turpis aliquam sem, at ac diam amet donec praesent turpis aliquam proin consectetur. Magna diam nonummy praesent felis tempus ante, mauris lorem laoreet eget ipsum laoreet id, ipsum massa volutpat dolor tincidunt euismod amet dolore sem at magna et. Elit ipsum ante mauris tincidunt ullamcorper amet donec praesent turpis, ut sem at erat laoreet molestie feugiat lobortis volutpat dolor lobortis ullamcorper felis dolor tempus nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc11" w:id="5128058469100804333"/>
+      <w:bookmarkStart w:name="_Toc11" w:id="7576217651291544748"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5128058469100804333"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Sem elit erat mi elit erat mi felis lorem nibh eget lorem et, elit erat mi. Felis ipsum at ac et at ac, diam nonummy, donec, mi felis, lorem ante volutpat dolor. Tincidunt tellus pulvinar massa tellus pharetra congue ullamcorper pharetra dolore tellus turpis non consectetur magna ullamcorper. Nonummy donec mi felis ac et elit erat et felis erat praesent, adipiscing tempus proin mauris. Lorem tincidunt euismod ipsum massa ipsum, massa mauris ac et consectetur ac diam, nonummy donec praesent. Mauris tempus ante mauris ac et elit erat, diam nonummy donec aliquet nunc tellus feugiat lobortis. Volutpat dolor congue ullamcorper turpis nisi sem consectetur, nisi diam nonummy donec praesent adipiscing aliquam sem. </w:t>
+      <w:bookmarkEnd w:id="7576217651291544748"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, pulvinar aliquam, nibh id amet lorem donec magna proin volutpat amet, nisi, lobortis, praesent molestie elit at dolor dolore ante eget lorem laoreet. Id, pulvinar nunc aliquet turpis ut non dolor lobortis volutpat tincidunt id ipsum massa tellus sit tincidunt volutpat pulvinar, nunc praesent turpis, aliquam, et. Elit erat laoreet id tempus massa molestie feugiat lobortis volutpat dolor euismod, pulvinar nunc non consectetur magna praesent adipiscing aliquam, praesent, turpis ut tellus. Pharetra ut ullamcorper amet donec praesent adipiscing ac et elit mi felis ipsum ut volutpat feugiat, lobortis volutpat dolor laoreet id sed mi felis. Tempus ante eget sed nibh eget sed laoreet id ipsum, ante mauris feugiat eget sed tincidunt tellus, consectetur sed tincidunt, euismod pulvinar nunc tellus. Sit ut, non pharetra dolore euismod amet dolore non consectetur magna et, nonummy donec praesent felis, ante eget sed laoreet id ipsum ante molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc12" w:id="1823548075046504139"/>
+      <w:bookmarkStart w:name="_Toc12" w:id="14467015333738466172"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1823548075046504139"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Aliquam lobortis non amet congue ullamcorper. Amet, dolore aliquet consectetur, magna diam. Amet dolore ullamcorper dolore sem at. Ac nibh eget erat mi felis. Aliquam ante mauris lorem nibh id. Pulvinar, nunc aliquet turpis ut non. </w:t>
+      <w:bookmarkEnd w:id="14467015333738466172"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam at erat et felis ipsum lobortis non pharetra congue ullamcorper amet nisi, sem at ac et elit, donec, mi id. Lorem nibh, eget sed eget erat laoreet id ipsum ante mauris, ac nibh consectetur magna ullamcorper amet dolore tellus pulvinar, massa. Tellus consectetur magna ullamcorper pharetra tincidunt euismod ipsum felis erat mi felis tempus proin at magna diam nonummy magna diam nonummy. Dolore aliquet turpis aliquam non, consectetur magna praesent adipiscing aliquam praesent amet dolore tellus, nisi sem, nonummy congue euismod pulvinar tincidunt. Euismod pulvinar nunc molestie feugiat lobortis eget sed laoreet id sed laoreet, id tempus ante mauris congue ullamcorper turpis dolore aliquet. Sit nisi non pharetra congue, diam amet dolore tellus sit ut, molestie lorem ante mauris ac et elit magna et amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc13" w:id="5641080128438085053"/>
+      <w:bookmarkStart w:name="_Toc13" w:id="9533036979112237960"/>
       <w:r>
         <w:t>This is top-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5641080128438085053"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Sem felis ipsum ante molestie feugiat ut, non pharetra dolore, ullamcorper turpis aliquam, proin at erat mi, donec aliquet turpis nisi sem consectetur magna diam consectetur. Magna, ullamcorper, nonummy dolore aliquet sit ut non sit ut ullamcorper, amet donec praesent adipiscing sem elit ac et, elit, erat praesent felis tempus ante, at. Ac laoreet, eget, sed massa mauris lorem lobortis, volutpat dolor tincidunt euismod amet nunc aliquet congue ullamcorper pharetra, congue ullamcorper pulvinar nunc, tellus sit nisi sem. Consectetur donec mi felis aliquam praesent adipiscing ac proin elit erat mi felis massa molestie dolor, lobortis euismod pulvinar nunc tellus sit ut non pharetra congue. Ullamcorper nonummy aliquam praesent at, ac proin at sed mi felis aliquam proin aliquam proin, at, erat laoreet, id tempus praesent felis tempus nibh eget dolor. Nunc tellus sit nisi diam, nonummy donec diam amet dolore aliquet, adipiscing nisi sem ut non pharetra congue ullamcorper amet, dolore sem at, ac et nonummy. Magna praesent felis aliquam praesent adipiscing nisi proin erat et adipiscing donec praesent adipiscing dolore, aliquet turpis nisi sem dolor, lobortis euismod dolor tincidunt tellus, pulvinar. Nunc, sem consectetur magna diam nonummy, dolore aliquet turpis, sem consectetur congue ullamcorper amet, congue aliquet turpis dolore tellus sit ut, sem pharetra congue euismod amet. Dolore, tellus sit nunc tellus feugiat nibh mauris lorem et erat, et felis tempus mi at ac proin at, ac et nonummy donec praesent adipiscing, lorem. Nibh volutpat pulvinar nunc euismod ipsum massa id feugiat ut volutpat, laoreet id, ipsum massa molestie ipsum ante felis tempus ante eget sed laoreet euismod ipsum. </w:t>
+      <w:bookmarkEnd w:id="9533036979112237960"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, tellus pulvinar nunc molestie feugiat nibh eget lorem id ipsum massa id feugiat congue ullamcorper, amet congue euismod pulvinar nunc tellus consectetur. Nisi, non dolor tincidunt aliquet volutpat elit pulvinar ac, laoreet aliquet, sed tincidunt praesent, eget amet tempus ante non elit feugiat sed nisi. Proin euismod sed laoreet id ipsum ante mauris, tempus ante at ac et erat mi adipiscing aliquam aliquet turpis nisi aliquet sit lobortis. Molestie dolor nibh elit erat sem pharetra, congue ullamcorper pulvinar nunc, tellus pulvinar massa feugiat ut volutpat sed laoreet id ipsum laoreet id. Tempus, ante mauris ac proin, consectetur magna diam consectetur congue ullamcorper amet dolore tellus sit ut, tellus congue ullamcorper, amet congue euismod pulvinar. Nunc, tellus, pharetra ut non pharetra dolor tincidunt euismod sit nisi sem consectetur magna diam adipiscing tempus proin mauris, ac et pulvinar dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc14" w:id="7794123506514308025"/>
+      <w:bookmarkStart w:name="_Toc14" w:id="5992068392793775557"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7794123506514308025"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ullamcorper adipiscing aliquam proin elit sed laoreet, molestie feugiat nisi non pharetra, congue ullamcorper dolore aliquet turpis nisi non pharetra congue. Non pharetra dolore aliquet turpis nisi proin at erat et elit erat mi adipiscing ac nibh eget sed laoreet, pulvinar, ut. Non pharetra congue ullamcorper, pulvinar tincidunt tellus pulvinar nunc tellus, pharetra ut non dolor tincidunt id ipsum massa id feugiat ut. Volutpat congue euismod amet, dolore tellus sit nunc, tellus feugiat nibh eget lorem laoreet id pulvinar nunc tellus feugiat massa mauris. Feugiat lobortis volutpat dolor euismod feugiat, lobortis, volutpat, lorem lobortis volutpat sed laoreet id sed massa id lorem ante mauris ac. Proin elit sed laoreet id erat mi at, ac proin dolor tincidunt tellus pulvinar massa molestie lorem, nibh eget sed laoreet. Eget ipsum laoreet id feugiat ut non pharetra congue, ullamcorper amet dolore, aliquet turpis nisi nonummy donec ullamcorper amet, nisi sem. Consectetur magna diam nonummy magna diam nonummy donec, praesent mauris sed laoreet, id ipsum molestie feugiat lobortis volutpat feugiat, lobortis euismod. </w:t>
+      <w:bookmarkEnd w:id="5992068392793775557"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus adipiscing ac nibh eget sed et eget erat mi elit tempus praesent felis, tempus ante at erat et felis erat mi. Felis lorem ante mauris lorem laoreet eget pulvinar nunc pharetra congue ullamcorper nonummy, donec praesent turpis aliquam sem, at erat laoreet, felis. Tempus massa mauris lorem ante eget, sed tincidunt id pulvinar nunc tellus congue ullamcorper amet dolore aliquet adipiscing, nisi proin, at ac. Et nonummy magna ullamcorper nonummy dolore aliquet sit nunc tellus pharetra lobortis eget sed tincidunt pulvinar nunc, molestie feugiat lobortis molestie feugiat. Lobortis eget, sed tincidunt tellus pulvinar lobortis molestie, lorem nibh eget sed laoreet id ipsum nunc, molestie feugiat, mi felis tempus proin. At lorem et eget ac et nonummy dolore ullamcorper amet dolore tellus pulvinar massa molestie feugiat ut volutpat sed laoreet id sed. Massa feugiat congue diam elit donec praesent adipiscing aliquam proin eget sed laoreet euismod pulvinar nunc tellus feugiat, tincidunt, ullamcorper pulvinar dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc15" w:id="8576128004853545680"/>
+      <w:bookmarkStart w:name="_Toc15" w:id="16930018688633766689"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8576128004853545680"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Eget nunc non sit congue ullamcorper nonummy dolore aliquet adipiscing, aliquam et, at ac diam nonummy tempus ante mauris. Lorem nibh eget sed nibh nonummy mi felis tempus ante mauris ac nibh, id sed massa id tempus ante. At lorem nibh, elit erat mi felis tempus ante mauris feugiat lobortis amet dolore aliquet at ac et elit. Ac praesent felis tempus proin at ac, proin at ac et, elit tempus mi felis aliquam proin consectetur magna. Diam donec diam adipiscing, aliquam ante mauris, lorem nibh elit ac mi felis erat mi mauris lorem nibh eget. Sed tincidunt tellus pulvinar nunc sit magna diam nonummy dolore aliquet sit nisi proin at magna et elit donec. Aliquet, turpis, aliquam sem elit erat et elit erat mi adipiscing nisi sem nisi non pharetra congue ullamcorper amet. </w:t>
+      <w:bookmarkEnd w:id="16930018688633766689"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat ut non dolor tincidunt euismod pulvinar tincidunt euismod pulvinar nunc aliquet, turpis nisi sem consectetur magna diam nonummy donec praesent turpis nisi non. Sit ut non pharetra tincidunt ullamcorper amet nunc, feugiat ut sem pharetra congue diam nonummy dolore tellus turpis nisi sem nonummy magna ullamcorper nonummy donec. Proin at ac et, elit ac diam nonummy mi felis tempus ante eget, sed, laoreet euismod sit nunc mauris lorem nibh eget dolor congue euismod. Pulvinar, dolore sem consectetur, ac et tempus ante molestie feugiat nibh eget dolor, laoreet id pulvinar ut tellus feugiat lobortis volutpat dolor tincidunt euismod sit. Ut proin, elit erat et felis erat ante pharetra congue euismod amet nunc tellus turpis magna diam consectetur donec diam adipiscing aliquam praesent adipiscing ac. Nibh eget sed massa molestie feugiat lobortis molestie dolor tincidunt turpis nisi sem at ac diam elit, erat praesent adipiscing aliquam proin at ac, nibh. Id, ipsum massa molestie feugiat massa molestie feugiat volutpat pulvinar dolore proin, consectetur magna diam nonummy donec diam nonummy donec praesent adipiscing, ac sem consectetur. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc16" w:id="14868601647952799387"/>
+      <w:bookmarkStart w:name="_Toc16" w:id="12518347553694738407"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14868601647952799387"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Erat, laoreet id ipsum mauris, feugiat lobortis eget sed laoreet felis tempus massa tellus. Sit congue non dolor congue euismod sit ut tellus sit ut diam elit erat. Molestie, dolor lobortis eget ac mi, felis tempus mi mauris lorem nibh mauris lorem. Laoreet tellus turpis ut non sit ut non dolor tincidunt id massa molestie ipsum. Lobortis volutpat, feugiat, lobortis volutpat dolor tincidunt euismod pulvinar ut sem nonummy, magna diam. Adipiscing aliquam proin at ac et at ac et, dolore praesent adipiscing aliquam proin. At erat, mi elit tempus mi mauris tempus proin mauris lorem nibh, eget sed. Massa molestie ipsum massa mauris lobortis volutpat dolor tincidunt molestie feugiat ut non pharetra. Magna diam pulvinar nunc, tellus turpis nisi sem pharetra congue diam amet congue aliquet. </w:t>
+      <w:bookmarkEnd w:id="12518347553694738407"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis volutpat amet dolore aliquet turpis nisi diam consectetur donec, praesent adipiscing. Aliquam ante eget sed, id pulvinar aliquam proin elit erat mi id. Ipsum lobortis, non pharetra tincidunt volutpat pulvinar tincidunt tellus sit nunc molestie. Sit magna ullamcorper nonummy ante mauris sed tincidunt euismod amet nunc tellus. Feugiat ut diam amet donec mi felis tempus proin consectetur magna et. Elit erat mi adipiscing aliquam, proin lorem nibh eget ipsum massa molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc17" w:id="1500622173520477355"/>
+      <w:bookmarkStart w:name="_Toc17" w:id="3989730300191832487"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1500622173520477355"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tempus, massa volutpat pharetra tincidunt euismod dolor tincidunt tellus, sit ut sem magna diam adipiscing donec aliquet amet nunc tellus. Pharetra congue diam nonummy dolore ullamcorper amet dolore tellus sit lobortis volutpat dolor, congue ullamcorper amet aliquet sit ut tellus. Pharetra magna ullamcorper amet congue ullamcorper turpis dolore aliquet turpis nisi sem amet dolore, aliquet amet dolore aliquet sit ut. Sem nonummy diam nonummy donec aliquet sit ut, tellus sit ut ullamcorper, amet congue aliquet adipiscing ac et elit ac. Mi elit tempus mi mauris tempus mauris ac et nonummy, erat mi id tempus ante mauris, lorem nibh elit, sed. Massa molestie feugiat, massa molestie lorem ante mauris erat mi felis tempus tellus sit ut non pharetra congue tellus sit. Nisi sem consectetur magna diam nonummy donec praesent felis aliquam proin consectetur nisi diam nonummy donec praesent nonummy donec adipiscing. Magna nibh, elit erat mi adipiscing aliquam praesent at ac et at erat mi felis tempus, ante, felis tempus proin. Dolor nunc euismod ipsum massa molestie tempus nibh mauris ac, et, elit erat diam nonummy donec praesent amet nisi proin. </w:t>
+      <w:bookmarkEnd w:id="3989730300191832487"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc aliquet at magna, diam, erat mi felis tempus ante, at ac et. Eget sed laoreet id feugiat massa molestie feugiat tincidunt ullamcorper turpis nisi tellus feugiat. Lobortis volutpat tincidunt ullamcorper pulvinar dolore tellus, sit magna diam nonummy donec praesent nonummy. Donec proin at ac nibh, eget sed mi felis erat mi mauris lorem eget. Sed tincidunt euismod, pulvinar massa tellus sit, ut non pharetra laoreet, euismod pulvinar laoreet. Molestie sit ut non pharetra dolore aliquet turpis nisi aliquet magna et elit donec. Mi, mauris tempus nibh volutpat pharetra tincidunt euismod sit nunc non consectetur congue diam. Nonummy donec praesent turpis dolore sem turpis laoreet id pulvinar nunc molestie feugiat, nibh. Eget pulvinar tincidunt euismod pulvinar massa id ipsum ante molestie, feugiat laoreet id ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc18" w:id="9300616614860482542"/>
+      <w:bookmarkStart w:name="_Toc18" w:id="3799420712358345248"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9300616614860482542"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Consectetur donec praesent adipiscing tempus proin at ac. Nibh id pulvinar massa molestie ante mauris lorem. Et eget sed tincidunt molestie feugiat lobortis volutpat. Feugiat tincidunt ullamcorper, pulvinar tincidunt aliquet adipiscing ac. Diam elit erat, laoreet molestie ut volutpat amet. Dolore aliquet turpis aliquam proin consectetur magna diam. Consectetur magna ullamcorper amet dolore aliquet turpis nisi. Sem consectetur magna diam nonummy aliquam proin aliquam. Sem consectetur ac et id tempus massa mauris. </w:t>
+      <w:bookmarkEnd w:id="3799420712358345248"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod pulvinar nunc euismod pulvinar ut, sem consectetur magna praesent, felis ipsum lobortis, volutpat tincidunt ullamcorper turpis nisi sem consectetur magna diam nonummy erat ante, mauris lorem nibh mauris. Ac nibh id ipsum laoreet id tempus nibh eget sed euismod ipsum massa tellus, sit ut non pharetra congue aliquet turpis dolore sem consectetur ac diam nonummy magna praesent. Nonummy donec praesent adipiscing aliquam sem at et elit aliquam proin at ac nibh, elit erat, laoreet felis ipsum massa molestie feugiat lobortis volutpat sed laoreet elit ipsum massa. Molestie congue diam nonummy donec aliquet amet dolore proin consectetur magna sem consectetur magna, praesent felis aliquam sem at magna diam consectetur magna, ullamcorper nonummy, dolore, tellus sit molestie. Sit ut volutpat pharetra congue, euismod, amet massa molestie ipsum massa molestie lorem nibh volutpat dolor tincidunt euismod pulvinar, nunc non sit ut non pharetra dolore amet nisi sem. At, erat laoreet id feugiat lobortis molestie, feugiat tincidunt diam amet dolore aliquet turpis magna non pharetra ullamcorper amet congue ullamcorper amet nunc tellus sit ut volutpat, dolor tincidunt. Euismod amet dolore tellus sit lobortis volutpat dolor nibh eget sed nibh eget erat id lorem lobortis volutpat sed laoreet id, ipsum dolore tellus turpis ut sem nonummy donec. Praesent adipiscing aliquam proin mauris lorem et elit donec praesent nonummy aliquam adipiscing aliquam et elit erat laoreet felis ipsum lobortis volutpat feugiat tincidunt ullamcorper amet dolore aliquet turpis. Magna diam nonummy donec praesent adipiscing, aliquam proin at ac eget ipsum massa tellus sit lobortis non dolor tincidunt euismod dolor, tincidunt euismod pulvinar ut, sem nonummy, donec diam. Adipiscing tempus, ante, eget sed tincidunt euismod pulvinar non consectetur ac mi felis tempus ante mauris lorem nibh elit ac et elit donec mi felis tempus proin at ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc19" w:id="14636453610017784783"/>
+      <w:bookmarkStart w:name="_Toc19" w:id="6238911702251544180"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14636453610017784783"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Id, turpis ut sem consectetur dolore aliquet turpis aliquam proin mauris lorem nibh elit erat mi. Mauris lorem lobortis eget sed laoreet euismod, nunc aliquet turpis congue non amet dolore aliquet turpis. Nisi ante mauris lorem et elit erat mi felis tempus praesent adipiscing ac proin consectetur magna. Amet dolore praesent adipiscing aliquam sem consectetur magna diam nonummy donec, mi mauris lorem ante, eget. Sed laoreet eget erat mi adipiscing aliquam aliquet sit ut, tellus congue ullamcorper amet dolore ullamcorper. Turpis nisi sem at ac et felis erat, ante molestie lorem, nibh, volutpat dolor tincidunt id. Pulvinar ut pharetra magna, diam, elit erat mi mauris ac et, eget sed laoreet felis tempus. Ante molestie tempus ante mauris lorem nibh eget erat mi felis ipsum massa lorem laoreet id. Sed massa id ipsum massa molestie lorem, nibh eget ac et felis tempus mi felis aliquam. </w:t>
+      <w:bookmarkEnd w:id="6238911702251544180"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor lobortis, id pulvinar nunc tellus nisi sem consectetur donec mi molestie feugiat lobortis volutpat dolor tincidunt euismod. Pulvinar ut tellus sit ut non pharetra congue ullamcorper turpis dolore aliquet turpis et nonummy donec aliquet adipiscing aliquam. Proin mauris lorem nibh elit erat praesent nonummy dolore aliquet adipiscing nisi sem, pharetra congue non dolor lobortis volutpat. Dolore tellus consectetur nisi sem pharetra congue congue dolore proin aliquet mauris amet tempus ante mauris feugiat tincidunt euismod. Dolor donec aliquet turpis ut id, pulvinar nunc non pharetra congue diam nonummy donec, proin at, lorem nibh eget. Erat, mi felis ipsum, lobortis volutpat feugiat lobortis, volutpat dolor, tincidunt euismod ut non pharetra magna praesent, adipiscing tempus. Massa molestie, feugiat lobortis eget, sed tincidunt molestie ipsum massa, molestie dolor tincidunt diam amet, dolore tellus, sit nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc20" w:id="5301970980952337636"/>
+      <w:bookmarkStart w:name="_Toc20" w:id="13931179955395437742"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5301970980952337636"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Aliquam ante mauris lorem nibh volutpat amet dolore tellus sit nisi diam nonummy erat mi feugiat nibh eget ac diam consectetur donec praesent. Adipiscing aliquam proin at aliquam proin consectetur ac et elit erat, praesent adipiscing aliquam, proin, at lorem elit erat praesent adipiscing aliquam praesent. Turpis ut non pharetra lobortis volutpat lorem nibh elit ac mi felis erat mi turpis, nisi proin at, magna diam magna diam nonummy. Donec proin at aliquam sem at, magna diam nonummy congue ullamcorper amet, dolore sem consectetur nisi, volutpat feugiat tincidunt, euismod dolore tellus, sit. Ut sem consectetur magna diam amet nunc tellus, sit ut molestie sit lobortis volutpat feugiat, tincidunt euismod dolor massa tellus ipsum ante mauris. Lorem volutpat sed tincidunt euismod pulvinar ut non consectetur magna diam nonummy aliquam praesent adipiscing aliquam sem pharetra congue diam nonummy dolore praesent. Adipiscing tempus proin mauris ac id ipsum massa mauris feugiat nibh eget sed laoreet, eget sed laoreet molestie sit ut non pharetra tincidunt. Ullamcorper turpis euismod feugiat massa molestie dolor lobortis eget sed tincidunt id sed massa tellus sit congue non, amet donec, praesent adipiscing nisi. Sem at ac et felis erat felis tempus nibh mauris ac diam consectetur donec diam amet, dolore praesent turpis nisi, non sit ut. </w:t>
+      <w:bookmarkEnd w:id="13931179955395437742"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore praesent adipiscing aliquam, et elit sed laoreet id ante mauris lorem nibh mauris lorem nibh id. Ipsum massa tellus pharetra congue, ullamcorper nonummy donec praesent turpis, nisi proin at ac, et felis tempus. Sem nonummy magna diam nonummy donec praesent at lorem laoreet euismod, ipsum massa felis tempus massa mauris. Lorem et elit ac diam nonummy dolore aliquet aliquam sem at ac diam nonummy magna diam nonummy. Dolore, aliquet turpis aliquam proin, at ac et nonummy erat, ante mauris lorem nibh eget tincidunt euismod. Pulvinar nisi sem pharetra congue ullamcorper amet dolore tellus sit nunc tellus sit congue ullamcorper pharetra, congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc21" w:id="8531821956551641460"/>
+      <w:bookmarkStart w:name="_Toc21" w:id="9407826103671919212"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8531821956551641460"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">At erat mi elit donec praesent felis. Lorem nibh eget lorem laoreet euismod pulvinar. Tellus pharetra congue, ullamcorper amet, congue aliquet. Pulvinar, nisi proin consectetur magna diam consectetur. Magna ullamcorper amet tincidunt euismod ipsum ut. Non pharetra congue amet congue, tellus turpis. Ut non sit congue ullamcorper amet dolore. </w:t>
+      <w:bookmarkEnd w:id="9407826103671919212"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur donec praesent felis lorem ante eget sed tincidunt id. Sit nisi sem consectetur magna praesent tempus lobortis volutpat dolor. Lobortis euismod, pulvinar nunc tellus feugiat lobortis molestie feugiat lobortis. Volutpat dolor tincidunt id sed, massa mauris lorem nibh eget. Tincidunt euismod amet dolore sem turpis congue non pharetra congue. Euismod, dolor, nunc tellus sit ut non pharetra congue euismod. Amet donec aliquet sit ut sem sed laoreet molestie ipsum. Ut diam amet congue euismod pulvinar tincidunt euismod sit nisi. Sem nonummy donec praesent nonummy donec praesent turpis aliquam sem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc22" w:id="5898224839066653300"/>
+      <w:bookmarkStart w:name="_Toc22" w:id="6862786167651148063"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5898224839066653300"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tempus non, pharetra congue ullamcorper nonummy. Donec proin at lorem nibh, eget. Sed massa, molestie ipsum massa mauris. Lorem lobortis, euismod pulvinar nunc tellus. Pulvinar non pharetra congue ullamcorper pulvinar. Nunc aliquet turpis nisi non consectetur. </w:t>
+      <w:bookmarkEnd w:id="6862786167651148063"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin at ac et felis erat ante mauris feugiat euismod. Pulvinar dolore aliquet turpis ut, sem nonummy magna praesent adipiscing tempus. Ante, at lorem lobortis euismod, ipsum nunc molestie sit ut diam. Elit erat tellus sit lobortis euismod pulvinar nunc aliquet sit, nisi. Proin at ac, mi felis tempus proin at aliquam et elit. Sed mi felis tempus volutpat dolor congue ullamcorper amet nunc aliquet. Turpis aliquam, sem pharetra congue ullamcorper amet, dolore ullamcorper amet dolore. Aliquet, feugiat ut sem consectetur donec felis lorem nibh, eget sed. Laoreet id ipsum massa mauris tempus ante, mauris lorem nibh eget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc23" w:id="18204417991977081672"/>
+      <w:bookmarkStart w:name="_Toc23" w:id="2669812765581137639"/>
       <w:r>
         <w:t>This is second-level header 4</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18204417991977081672"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Et volutpat dolor nunc, aliquet sit nisi sem pharetra magna praesent nonummy, aliquam proin. Adipiscing nisi sem pharetra magna ullamcorper adipiscing aliquam praesent adipiscing, nisi, at ac et. Elit erat ante felis tempus proin consectetur ac et eget pulvinar ut sem nonummy. Magna praesent nonummy donec, praesent adipiscing aliquam elit erat et felis tempus ante felis. Aliquam ante mauris sed nibh id erat mi felis aliquam proin adipiscing, aliquam proin. Consectetur, ac et adipiscing aliquam proin ac nibh volutpat, dolor nunc euismod pulvinar lobortis. Molestie lorem nibh mauris lorem laoreet id sed mi adipiscing tempus proin mauris ac. Nibh ipsum massa molestie ipsum ante mauris ac nibh elit ac et elit, donec. Mi adipiscing donec praesent adipiscing nisi sem, pharetra magna diam amet dolore ullamcorper pulvinar. </w:t>
+      <w:bookmarkEnd w:id="2669812765581137639"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem euismod consectetur dolor tempus donec ut tincidunt, proin eget adipiscing aliquam proin adipiscing ac et eget erat. Et felis ac mi elit erat mi felis tempus ante at magna, et nonummy magna diam, amet donec. Proin at ac nibh id ipsum nunc, molestie sit non consectetur dolore aliquet, amet nisi sem turpis, magna. Et eget sed laoreet molestie sit, lobortis non pharetra tincidunt euismod amet, dolore aliquet sit ut pharetra congue. Aliquet adipiscing aliquam proin consectetur magna et elit erat ante felis tempus nibh mauris, lorem nibh elit erat. Et elit aliquam at ac nibh volutpat dolor nunc, tellus pulvinar massa molestie dolor lobortis euismod pulvinar nunc. Aliquet, turpis nisi id, pulvinar dolore, aliquet consectetur magna, sem consectetur magna adipiscing aliquam sem, consectetur ac et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc24" w:id="14038509335328436152"/>
+      <w:bookmarkStart w:name="_Toc24" w:id="10522603729645318351"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14038509335328436152"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Mi mauris lorem nibh eget, sed laoreet, id pulvinar molestie feugiat lobortis non pharetra congue euismod pulvinar, dolore sem at erat laoreet id ipsum massa mauris lorem ante, mauris. Erat mi id pulvinar nunc feugiat ut ullamcorper amet congue tellus sit, ut non sit lobortis volutpat dolor lobortis eget sed, laoreet id ipsum ante molestie, feugiat tincidunt eget. Dolor, euismod ipsum massa molestie, feugiat ante eget lorem nibh eget erat et nonummy donec praesent adipiscing, aliquam proin, at ac diam nonummy, donec nonummy donec aliquet, turpis nisi. Non sit congue non pharetra, laoreet euismod ipsum laoreet molestie feugiat lobortis non dolor tincidunt euismod amet nunc tellus pulvinar lobortis volutpat, donec praesent nonummy, dolore aliquet turpis aliquam. Proin consectetur, magna diam nonummy dolore aliquet, amet nisi tellus sit nisi non, amet dolore praesent adipiscing aliquam proin at non pharetra congue ullamcorper amet dolore aliquet turpis ut. Non sit massa molestie feugiat nibh volutpat ipsum, laoreet molestie sit non dolor congue volutpat dolor tincidunt, tellus pulvinar nunc tellus sit ut ullamcorper amet dolore ullamcorper amet nunc. Tellus pharetra ut diam nonummy donec praesent adipiscing tempus mauris ac diam nonummy donec diam adipiscing tempus ante eget, sed laoreet id, sed massa molestie feugiat massa mauris, lorem. Nibh volutpat sed laoreet id ipsum lobortis dolor tincidunt euismod, pulvinar nunc euismod sit nunc molestie feugiat ante mauris ac et at ac mi elit erat mi adipiscing aliquam. Proin at magna diam donec praesent nonummy donec sem consectetur magna sem pharetra lobortis eget dolor laoreet id ipsum nunc tellus feugiat massa mauris, feugiat lobortis euismod dolor tincidunt. Tellus turpis, sem nonummy donec praesent adipiscing aliquam aliquet turpis nisi sem, pharetra congue ullamcorper nonummy dolore aliquet amet dolore aliquet sit nisi sem consectetur dolore praesent, turpis, aliquam. </w:t>
+      <w:bookmarkEnd w:id="10522603729645318351"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget ipsum nunc, feugiat ut, non amet donec aliquet amet, nisi proin. Eget lorem et eget ipsum massa molestie feugiat ut non amet donec praesent. At lorem elit ac et nonummy donec praesent felis aliquam proin, mauris feugiat. Lobortis euismod amet nunc tellus sit ut sem pharetra magna ullamcorper nonummy, aliquam. Proin dolor tincidunt ullamcorper pulvinar tincidunt euismod sit ut, non pharetra magna diam. Amet, dolore praesent, sit ut, non sit ut, volutpat, amet, congue ullamcorper amet. Nisi sem erat laoreet felis tempus ante felis, aliquam ante mauris lorem, et. Nonummy sed ante felis aliquam ante at lorem laoreet id sed massa feugiat. Lobortis non amet, donec praesent adipiscing aliquam proin at, lorem laoreet felis ipsum. Massa mauris lorem, nibh eget sed laoreet id, amet nunc, tellus sit ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc25" w:id="9325479904606986567"/>
+      <w:bookmarkStart w:name="_Toc25" w:id="17831989653989329658"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9325479904606986567"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Non elit laoreet felis tempus, ante. Mauris feugiat, lobortis volutpat ipsum laoreet. Tellus feugiat ut non pharetra tincidunt. Euismod, pulvinar nunc tellus sit nunc. Tellus sit non amet dolore, aliquet. Turpis nisi proin elit erat mi. Id, ipsum, massa molestie feugiat tincidunt. </w:t>
+      <w:bookmarkEnd w:id="17831989653989329658"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pulvinar nunc tellus sit, ut sem consectetur mi id lorem nibh volutpat sed tincidunt euismod pulvinar nunc tellus sit ut sem nonummy, erat mi felis aliquam ante mauris. Ac et elit erat mi lorem, lobortis volutpat pharetra tincidunt eget, ipsum massa, tellus, sit ut non pharetra dolore ullamcorper amet nisi sem at magna diam nonummy erat praesent. Adipiscing ante mauris ac proin at ac praesent nonummy dolore praesent, adipiscing nisi sem turpis magna diam consectetur magna aliquet turpis nisi, aliquet at tincidunt euismod pulvinar massa molestie. Feugiat lobortis eget, sed laoreet id ipsum massa molestie feugiat lobortis non pharetra congue ullamcorper turpis nisi sem consectetur magna, diam nonummy, mi, felis, tempus, lobortis eget, sed laoreet. Elit erat et elit donec praesent turpis nisi sem turpis nisi, non pharetra congue diam adipiscing aliquam sem consectetur et elit pulvinar nunc non sit ac diam, nonummy donec. Praesent adipiscing, aliquam proin elit erat mi id ipsum, lobortis volutpat dolor, congue felis feugiat lobortis volutpat sed, laoreet eget erat praesent nonummy donec praesent adipiscing aliquam, proin at. Erat mi felis, tempus ante mauris lorem nibh mauris lorem nibh sed massa, molestie sit ut non pharetra congue aliquet amet nunc aliquet turpis congue diam amet donec aliquet. Adipiscing aliquam proin at ac nibh id ipsum massa feugiat lobortis volutpat dolor tincidunt euismod ipsum massa id ipsum massa, mauris, feugiat lobortis eget dolor tincidunt id ipsum lobortis. Molestie dolor tincidunt volutpat dolor tincidunt id ut sem pharetra magna ullamcorper adipiscing, aliquam proin adipiscing, nisi sem, at erat mi elit erat mi, felis tempus proin consectetur ac. Et elit erat praesent nonummy praesent adipiscing ac proin at erat mi id, tempus ante mauris ac proin consectetur ac et elit erat mi, felis tempus ante mauris ac. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1726,51 +1726,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 9</w:t>
+      <w:t>Page 10</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -2349,51 +2349,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R59184e181350454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R391dd4a4e52d41e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbb9234a1ee65436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R6175cee3061f49b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R315176a5e49b4b86" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ref438fc3999e4d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdb9a6bd74e3f4c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb50097e501be4bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R00b3f8b0af0a44d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc84d14957b84490d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>