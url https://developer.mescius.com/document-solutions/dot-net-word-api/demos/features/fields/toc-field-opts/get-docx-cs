--- v4 (2025-12-16)
+++ v5 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R044d14b52e5b4275" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rea6291f0f617455b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R63bee53ae79e4eba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re2426a35c33f4a40" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfd7f19ece68a4e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra7d8b5d31063408e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:history="true" w:anchor="_Toc0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -187,51 +187,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 2</w:t>
         </w:r>
@@ -657,51 +657,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is top-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 1</w:t>
         </w:r>
@@ -845,51 +845,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
@@ -1174,506 +1174,506 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="R00b3f8b0af0a44d9"/>
+          <w:headerReference w:type="default" r:id="Rbe7d3cc9a53d4fd8"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc0" w:id="4931450079766858988"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="824763761367628794"/>
       <w:r>
         <w:t>This is top-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4931450079766858988"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">At, donec ut, praesent elit amet ac lobortis ullamcorper adipiscing feugiat congue ullamcorper amet nisi proin mauris lorem laoreet euismod sit ut non. Consectetur donec mi id ipsum massa pharetra tincidunt, ullamcorper amet aliquam sem at erat laoreet id ipsum lobortis non consectetur magna mi adipiscing. Lorem lobortis volutpat dolor tincidunt tellus turpis aliquam at erat mi id feugiat massa volutpat dolor tincidunt ullamcorper amet dolore tellus sit nisi. Sem consectetur donec praesent felis aliquam praesent at laoreet eget ipsum massa id, feugiat massa molestie dolor congue euismod dolor nunc tellus sit. Nunc non pharetra congue ullamcorper amet dolore praesent turpis nisi, sem at, mi id ipsum ante molestie feugiat lobortis eget sed mi felis. Ipsum massa volutpat dolor tincidunt, ullamcorper nonummy dolore aliquet turpis aliquam proin consectetur congue, diam adipiscing massa molestie feugiat nibh elit erat mi. </w:t>
+      <w:bookmarkEnd w:id="824763761367628794"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut pulvinar sit felis mauris ullamcorper nisi dolor volutpat lobortis ac at aliquet dolore amet ullamcorper ut, sit tellus massa congue sit tellus massa. Ipsum elit diam nisi turpis aliquet, nunc pulvinar congue dolor volutpat lobortis ipsum elit diam magna pharetra sem nunc ipsum eget nibh lorem at. Praesent dolore amet euismod tincidunt feugiat mauris mi erat non lobortis ipsum id, mi, erat, at sem aliquam adipiscing aliquet congue dolor, volutpat nibh. Tempus felis praesent magna pharetra non, nunc pulvinar et ac at proin nisi amet ullamcorper tincidunt dolor molestie massa ipsum felis, laoreet donec nonummy. Sem nisi sit aliquet nunc pulvinar volutpat, tincidunt feugiat volutpat massa id laoreet sed, volutpat nibh ac mauris proin tempus felis, praesent donec nonummy. Proin aliquam adipiscing praesent donec nonummy praesent magna nonummy diam magna at proin tempus turpis tellus nunc, pulvinar elit sem nisi turpis praesent dolore. Nonummy ullamcorper magna pharetra diam magna consectetur proin nisi amet diam aliquam turpis aliquet dolore amet ullamcorper, magna pharetra sem nisi adipiscing ullamcorper congue. Dolor, volutpat nibh lorem mauris ante, sed eget nibh lorem mauris proin aliquam turpis congue pharetra non ut sit molestie massa ipsum euismod congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc1" w:id="2905354894087983660"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="10583387392942652225"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2905354894087983660"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Amet proin mauris sed laoreet id ipsum massa tellus sit, lobortis non pharetra congue ullamcorper. Amet nisi aliquet at erat mi felis ipsum massa molestie feugiat, euismod amet, nunc praesent. At, lorem laoreet euismod ipsum nunc molestie feugiat ut non dolor tincidunt euismod pulvinar nisi. Sem, consectetur ac et, nonummy donec, felis tempus ante mauris sed laoreet id ipsum nunc. Non consectetur magna diam nonummy erat praesent adipiscing nisi proin consectetur magna sem consectetur magna. Diam nonummy proin at lorem et elit erat laoreet id feugiat lobortis non pharetra tincidunt. Ullamcorper amet nisi proin at ac mi felis erat ante mauris, tincidunt ullamcorper amet dolore. Eget pulvinar massa molestie feugiat nisi non pharetra tincidunt volutpat, dolor laoreet euismod ipsum ut. Non consectetur magna diam nonummy donec aliquet aliquam sem at magna, diam nonummy dolore praesent. </w:t>
+      <w:bookmarkEnd w:id="10583387392942652225"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, dolor eget ante aliquam adipiscing. Aliquet, congue, dolor volutpat lobortis ipsum. Id mi, ac consectetur proin nisi. Amet aliquet dolore ullamcorper, congue sit. Tellus nunc ipsum id tincidunt, dolor. Volutpat nibh lorem felis mi erat. Nonummy ullamcorper lobortis, sit tellus nunc. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc2" w:id="3717441677839806457"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="6688110649848496860"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3717441677839806457"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tempus, sem, elit sed massa mauris feugiat nibh eget dolor tincidunt ullamcorper, pulvinar nunc tellus sit ut ullamcorper, amet donec mi. Mauris feugiat lobortis, euismod pulvinar tellus turpis magna, diam elit erat mi felis ipsum massa molestie lorem nibh eget ipsum, laoreet. Id ipsum massa volutpat pharetra magna ullamcorper amet nisi, consectetur magna sem consectetur magna diam adipiscing aliquam proin at ac et. Eget sed massa molestie, feugiat ut non consectetur congue euismod pulvinar tincidunt euismod ac nibh eget sed laoreet molestie feugiat congue. Diam amet donec proin at lorem nibh eget erat mi elit erat ante mauris lorem nibh eget laoreet euismod pulvinar nunc. Tellus pharetra congue ullamcorper nonummy donec praesent turpis aliquam proin consectetur magna diam nonummy donec praesent adipiscing nisi sem turpis nisi. Sem congue ullamcorper, pulvinar donec praesent turpis nisi non consectetur magna ullamcorper amet dolore aliquet turpis aliquam, proin consectetur, ac et. Felis, ipsum massa molestie lorem massa molestie feugiat lobortis mauris sed laoreet id, ipsum massa id ipsum massa volutpat dolor congue. Euismod, pulvinar nunc tellus turpis ut, non pharetra congue ullamcorper amet aliquet, consectetur ac diam consectetur magna ullamcorper amet, dolore praesent. </w:t>
+      <w:bookmarkEnd w:id="6688110649848496860"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, eget ante tempus adipiscing, praesent magna consectetur sem nisi consectetur proin aliquam turpis praesent, nonummy ullamcorper ut, pharetra non massa ipsum id laoreet, dolor non ut feugiat. Tellus massa tempus id laoreet dolor eget lobortis dolor non lobortis tellus massa, ipsum id tincidunt dolor non ut feugiat molestie laoreet sed eget nibh sed, eget nibh. Lorem mauris massa, tempus felis laoreet dolor euismod lobortis dolor aliquet dolore amet diam magna consectetur sem nisi turpis proin aliquam nonummy diam congue pharetra sem nisi consectetur. Aliquet nisi adipiscing, praesent donec non nisi sit tellus, dolore amet ullamcorper congue pharetra ullamcorper congue consectetur, sem ut sit tellus nunc pulvinar volutpat congue pharetra sem magna. Consectetur sem dolore amet dolore pharetra ullamcorper congue consectetur sem aliquam turpis aliquet donec, nonummy, diam magna nonummy sem nisi sit tellus nunc pulvinar, euismod lobortis feugiat molestie. Ante erat nonummy, magna consectetur non dolore amet aliquet congue pharetra volutpat ut feugiat molestie massa pulvinar euismod nunc amet ullamcorper congue pharetra ante erat, elit et ac. At tellus dolore amet aliquet congue amet ullamcorper magna nonummy diam aliquam adipiscing praesent dolore, nonummy ullamcorper congue pharetra sem, nisi nonummy diam magna at proin aliquam turpis. Aliquet dolore nonummy diam magna at sem aliquam at proin aliquam adipiscing praesent donec nonummy diam magna consectetur sem dolore elit, et aliquam turpis praesent, donec nonummy diam. Magna at sem aliquam adipiscing proin donec adipiscing diam magna consectetur diam magna consectetur, sem nisi adipiscing praesent donec mauris ante tempus id laoreet erat eget laoreet, lorem. Mauris ante aliquam adipiscing mi donec elit et ac at proin aliquam, adipiscing, praesent dolore consectetur, sem lobortis elit et magna at proin aliquam at proin, aliquam adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc3" w:id="655843993049689509"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="16646899363930714866"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="655843993049689509"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ipsum massa volutpat pharetra congue ullamcorper turpis nisi sem, mauris lorem nibh id pulvinar ut non pharetra ut. Volutpat pharetra congue turpis nisi sem, consectetur, magna diam nonummy donec praesent felis tempus nibh mauris lorem nibh. Eget, sed laoreet mauris feugiat lobortis eget, lorem tincidunt eget, nunc aliquet turpis nisi non dolor tincidunt volutpat. Dolor nunc tellus pulvinar nunc molestie sit ut euismod dolor tincidunt id, ipsum nunc molestie sit ut non. Dolor praesent turpis nisi sem at ac et elit, ipsum ante mauris lorem ante eget, sed laoreet id. Ipsum massa tellus feugiat lobortis volutpat tempus ante molestie, feugiat lobortis volutpat dolor tincidunt euismod feugiat lobortis volutpat. Dolor congue ullamcorper amet donec aliquet sit nunc tellus sit ut non pharetra congue ullamcorper dolore tellus turpis. Magna diam nonummy donec praesent adipiscing aliquam proin consectetur magna diam consectetur, donec praesent adipiscing tempus ante eget. Sed tincidunt id amet nunc consectetur erat mi felis feugiat, lobortis non pharetra magna diam nonummy dolore aliquet. </w:t>
+      <w:bookmarkEnd w:id="16646899363930714866"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet sed eget lobortis feugiat mauris mi erat elit et. Magna consectetur sem nisi amet aliquet congue pharetra ut sit. Molestie ante erat elit et lorem mauris ante feugiat mauris. Massa, ipsum felis, laoreet sed eget nibh lorem mauris ante. Tempus felis praesent consectetur non nunc pulvinar euismod dolore amet. Ullamcorper tincidunt dolor volutpat lobortis feugiat molestie tincidunt dolor volutpat. Lobortis, feugiat mauris massa ipsum molestie nunc, pulvinar et, aliquam. Adipiscing praesent dolore amet diam magna elit et erat, eget. Ante aliquam adipiscing mi, erat, elit et magna consectetur, proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc4" w:id="8054514517528932136"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="15537646395074367864"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8054514517528932136"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Aliquam ante mauris sed nibh id ipsum nunc tellus sit lobortis non tempus ac congue mi volutpat elit turpis sed dolore praesent. Mauris dolor nunc tellus, turpis, lorem nibh eget ac mi felis, ipsum ante mauris feugiat lobortis volutpat tincidunt tellus pulvinar ut non. Pharetra magna diam adipiscing donec aliquet turpis nunc, molestie feugiat lobortis eget sed nibh eget, sed, laoreet id ipsum ut id ipsum. Massa molestie dolor congue ullamcorper pulvinar nunc euismod pulvinar nunc non consectetur magna diam adipiscing tempus proin adipiscing, aliquam lobortis volutpat nunc. Aliquet consectetur magna et, nonummy donec praesent nonummy donec praesent at, lorem et, nonummy magna ullamcorper amet dolore, aliquet amet dolore tellus. Pharetra congue ullamcorper amet ante molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar massa molestie feugiat lobortis volutpat, dolor tincidunt, euismod pulvinar. </w:t>
+      <w:bookmarkEnd w:id="15537646395074367864"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur non ut ante tempus felis mi sed elit nibh, lorem mauris ante tempus felis, mi erat at proin aliquam at praesent aliquam nonummy praesent donec nonummy. Nunc pulvinar id mi sed eget lobortis feugiat molestie massa ipsum, felis mi sed eget nibh sed eget nibh, ipsum id mi donec nonummy et consectetur tellus. Dolore pulvinar volutpat lobortis feugiat, molestie, massa ipsum id laoreet erat elit nibh ac mauris ante, tempus adipiscing praesent donec nonummy diam magna turpis, aliquet pulvinar euismod. Tincidunt feugiat molestie, massa feugiat molestie nunc pulvinar aliquet congue dolor volutpat lobortis feugiat id massa, sed elit, et magna adipiscing tincidunt dolor volutpat lobortis, dolor molestie. Ante tempus felis, et ac at sem aliquam at praesent dolore amet ullamcorper magna pharetra sem ut sit tellus nunc pulvinar tincidunt dolor volutpat ut sit tellus. Dolore amet ullamcorper congue amet non congue consectetur non ut amet aliquet dolore nonummy diam magna consectetur, sem ut sit tellus ac at proin nunc pulvinar euismod. Lobortis feugiat mauris proin erat elit et magna consectetur, sem, nisi turpis tellus dolore volutpat lobortis feugiat mauris massa tempus id tincidunt dolor volutpat nibh lorem mauris. Ante tempus, id laoreet ipsum euismod tincidunt dolor non congue, pharetra non nisi sit tincidunt pulvinar euismod tincidunt pharetra non nisi consectetur sem nisi adipiscing praesent dolore. Amet ullamcorper congue pharetra non ut amet euismod congue pharetra volutpat nibh tempus at proin, aliquam adipiscing praesent donec nonummy sem ut turpis aliquet dolore amet ullamcorper. Congue dolor volutpat lobortis ipsum felis, mi erat elit et magna sit, euismod sed eget lobortis lorem mauris ante tempus elit mi erat eget nibh lorem at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc5" w:id="6777142420498253386"/>
+      <w:bookmarkStart w:name="_Toc5" w:id="2531101477579327534"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6777142420498253386"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tempus lobortis volutpat pharetra erat ante mauris tempus ante mauris, sed tincidunt tellus, sit aliquam proin congue ullamcorper amet dolore praesent turpis nunc molestie sit ut, volutpat. Pharetra congue ullamcorper amet dolore aliquet turpis ut non pharetra congue ullamcorper, pharetra ante mauris feugiat nibh id pulvinar dolore aliquet sit, lobortis sem nonummy donec diam. Adipiscing aliquam proin at lorem, laoreet, euismod pulvinar nunc molestie tempus ante mauris nibh eget sed laoreet id feugiat lobortis sem dolor tincidunt ullamcorper amet dolore tellus. Sit nisi sem consectetur congue ullamcorper, amet dolore praesent aliquam, proin elit erat laoreet felis tempus ante mauris lorem et at ac diam nonummy donec diam nonummy. Donec ante eget sed nibh id sed massa id lobortis ullamcorper amet dolore, aliquet turpis nisi proin at ac, diam elit donec praesent adipiscing, aliquam proin consectetur. Magna diam nonummy, donec praesent nonummy donec, aliquet turpis sem consectetur magna ullamcorper amet donec aliquet adipiscing aliquam proin mauris erat mi euismod turpis nisi, non pharetra. Congue ullamcorper donec praesent turpis nisi proin pharetra congue non amet dolore ullamcorper pulvinar dolore aliquet turpis ut non dolor tincidunt eget lorem nibh, id sed massa. Mauris lobortis eget sed laoreet eget ipsum massa molestie feugiat lobortis non pharetra tincidunt euismod dolor laoreet id ipsum, mi felis, lorem lobortis eget, sed laoreet elit. Erat molestie feugiat ut, volutpat pharetra congue ullamcorper turpis nisi aliquet, turpis magna diam nonummy erat ante mauris lorem ante eget lorem nibh eget sed laoreet id. </w:t>
+      <w:bookmarkEnd w:id="2531101477579327534"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ipsum eget nibh lorem at sem nisi turpis ullamcorper tincidunt pharetra non ut molestie massa pulvinar euismod tincidunt dolor non ut. Feugiat molestie laoreet sed elit et magna consectetur proin aliquam adipiscing mi erat elit et sed elit nibh adipiscing, ullamcorper tincidunt pharetra. Volutpat massa tempus felis mi erat nonummy sem magna consectetur praesent donec nonummy diam magna consectetur diam, magna consectetur sem nisi elit. Et ac at proin aliquam adipiscing praesent magna pharetra non ut sit tellus nunc, amet euismod tincidunt dolor non ut feugiat tellus. Magna sit molestie massa pulvinar euismod tincidunt pharetra volutpat lobortis feugiat, molestie massa, ipsum id laoreet lorem eget nibh feugiat tellus nunc. Pulvinar euismod tincidunt dolor volutpat dolore pulvinar euismod lobortis feugiat molestie lobortis, feugiat felis mi sed id nibh lorem mauris nibh, lorem. Mauris praesent donec nonummy diam, ac consectetur sem nisi adipiscing tincidunt, feugiat molestie ante tempus id massa ipsum eget nibh ac at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc6" w:id="17912541576745112883"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="10858082858389799605"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17912541576745112883"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Massa volutpat, feugiat lobortis, eget laoreet euismod pulvinar nunc, tellus sit congue ullamcorper amet dolore aliquet, proin, mauris lorem nibh, eget, ipsum massa tellus, sit lobortis eget sed. Laoreet id dolore tellus sit magna et elit tempus mi mauris lorem nibh eget erat laoreet euismod ipsum nunc tellus sit congue, ullamcorper amet dolore praesent, adipiscing et. Eget ipsum massa molestie sit nisi non, pharetra congue aliquet turpis dolore tellus pulvinar massa tellus feugiat nibh eget lorem et elit donec felis aliquam proin mauris, lorem. Lobortis euismod pulvinar nunc molestie sit ut, non dolor lobortis volutpat dolor, nunc tellus sit nisi non pharetra congue ullamcorper nonummy proin mauris lorem nibh elit sed mi. Id, ipsum lobortis molestie feugiat, tincidunt ullamcorper amet nunc aliquet turpis, ut non sit ut non, pharetra congue, ullamcorper turpis non consectetur magna non, pharetra, dolore aliquet turpis. Dolore sem consectetur magna diam, nonummy donec praesent adipiscing aliquam praesent adipiscing, laoreet eget ipsum massa molestie sit ut non pharetra congue aliquet turpis ac et elit erat. Laoreet id ipsum nunc molestie feugiat nibh, eget sed laoreet eget laoreet felis ipsum, ante mauris lorem et elit, erat mi felis erat praesent felis aliquam sem, consectetur. Magna diam elit donec mi felis aliquam ante eget lorem ullamcorper, turpis nisi non pharetra magna ullamcorper amet donec praesent felis tempus nibh elit ac mi felis tempus. </w:t>
+      <w:bookmarkEnd w:id="10858082858389799605"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi consectetur aliquet tincidunt, dolor volutpat lobortis dolor molestie massa aliquam nonummy praesent ac non ut pulvinar tellus tincidunt sed mauris ante. Tempus adipiscing praesent magna consectetur diam magna turpis aliquet, nisi amet euismod tincidunt dolor volutpat lobortis, adipiscing praesent donec nonummy sem nisi. Consectetur, aliquet dolore amet euismod tincidunt pharetra non lobortis feugiat tellus nunc pulvinar, euismod tincidunt dolor, molestie ante tempus felis praesent consectetur. Non nunc ipsum id laoreet, dolor volutpat nibh lorem mauris ante tempus id mi erat elit et lorem molestie ante tempus felis. Magna consectetur sem nisi turpis aliquet dolore amet, ullamcorper congue pharetra sem, ut sit aliquet nunc pulvinar ullamcorper dolore pharetra diam congue. Pharetra tellus nunc pulvinar euismod nisi, at proin tempus adipiscing mi erat elit et ac consectetur aliquet dolore amet ullamcorper, dolore nonummy. Ullamcorper ut sit tellus dolore amet, euismod tincidunt pharetra ullamcorper, feugiat felis praesent donec consectetur diam magna consectetur proin tempus mauris massa. Tempus id mi erat eget tincidunt pharetra ullamcorper, feugiat, molestie nunc pulvinar id nibh lorem mauris ante tempus, felis praesent donec nonummy. Diam, magna consectetur aliquet nisi, turpis aliquet donec nonummy diam magna pharetra non sed id laoreet sed eget, nibh lorem molestie ante. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc7" w:id="13377365071410830011"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="3097575117027032607"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13377365071410830011"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Proin mauris lorem, laoreet id sed massa molestie sit nisi ullamcorper amet donec mauris feugiat. Lobortis euismod pulvinar laoreet euismod ipsum massa molestie sit lobortis non, dolor congue praesent at. Ac et id, ipsum massa felis erat, mi tempus ante mauris sed mi id ipsum. Massa, molestie feugiat lobortis non amet dolore praesent adipiscing ac nibh elit, erat et, felis. Tempus, massa non lobortis, euismod amet dolore aliquet turpis ut sem consectetur magna diam amet. Donec, praesent adipiscing aliquam et elit erat et nonummy donec praesent, turpis tincidunt, euismod dolor. Tincidunt euismod, pulvinar nunc tellus consectetur erat nunc tellus pharetra ut non amet dolore praesent. Adipiscing aliquam proin elit erat laoreet id ipsum volutpat dolor tincidunt euismod dolor tincidunt id. </w:t>
+      <w:bookmarkEnd w:id="3097575117027032607"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing praesent dolore amet ullamcorper nisi sit tellus nunc pulvinar euismod nibh, lorem mauris nibh lorem mauris laoreet, erat elit diam turpis tellus. Nunc pulvinar volutpat, lobortis feugiat, molestie lobortis feugiat tellus nunc pulvinar euismod tincidunt sed volutpat lobortis sit tellus nunc pulvinar tellus dolore amet. Tincidunt, dolor molestie nunc pulvinar euismod tincidunt dolor volutpat lobortis dolor volutpat lobortis feugiat, molestie nunc pulvinar euismod tincidunt, dolor volutpat, lobortis tempus. Praesent magna, pharetra tellus nunc sit tellus tincidunt pulvinar volutpat lobortis feugiat mauris ante ipsum felis mi erat elit nibh sed mauris nibh. Lorem felis mi erat diam magna consectetur sem nisi adipiscing mi erat felis et ac at proin nisi turpis aliquet, dolore amet ullamcorper. Congue sit tellus nunc pulvinar tellus nunc adipiscing congue dolor volutpat massa ipsum euismod tincidunt pulvinar euismod congue amet non ut sit non. Nunc pulvinar, euismod tincidunt dolor volutpat ut sit tellus, tempus elit, nibh lorem eget ante tempus, adipiscing, praesent, erat nonummy diam ac consectetur. Aliquet aliquam adipiscing praesent donec adipiscing praesent donec nonummy diam magna adipiscing praesent nonummy volutpat lobortis feugiat, molestie lobortis ipsum id tincidunt dolor. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc8" w:id="11287296734817619249"/>
+      <w:bookmarkStart w:name="_Toc8" w:id="12823373338084647960"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11287296734817619249"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Dolor, congue aliquet nisi non pharetra congue ullamcorper amet dolore, aliquet adipiscing lorem lobortis volutpat pulvinar nunc euismod sit ut non pharetra magna, diam. Nonummy donec praesent ac, et elit sed mi id tempus ante mauris lorem, tincidunt volutpat pulvinar tincidunt, euismod sit ut tellus feugiat ut euismod. Pulvinar tincidunt tellus sit proin eget erat laoreet id feugiat massa molestie dolor congue volutpat sed et elit erat mi felis tempus ante at. Lorem nibh eget sed laoreet id ipsum at aliquam nibh eget sed massa id ipsum massa, felis tempus nibh eget dolor tincidunt tellus, sit. Nisi non consectetur donec praesent nonummy proin at ac et elit sed laoreet, id tempus ante adipiscing aliquam, proin, elit erat et elit donec. Praesent, felis tempus ante mauris ac et, elit ipsum tellus sit ut ullamcorper pharetra dolore aliquet turpis dolore sem, consectetur ac et elit erat. Mi felis tempus proin at lorem laoreet eget sed massa id ipsum mauris sed laoreet id pulvinar massa aliquet turpis nisi, diam nonummy erat. Mi mauris feugiat lobortis eget pulvinar, tincidunt id laoreet id lorem, lobortis volutpat dolor congue ullamcorper amet dolore tellus sit ut sem nonummy donec. Praesent adipiscing aliquam proin at lorem, et elit sed ante mauris ante eget sed congue euismod pulvinar nunc aliquet sit congue ullamcorper pharetra congue. </w:t>
+      <w:bookmarkEnd w:id="12823373338084647960"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi sed elit et ac adipiscing ante aliquam felis praesent, tempus felis mi. Ac at proin aliquam adipiscing praesent donec nonummy diam, consectetur non dolore turpis. Ullamcorper congue pharetra non lobortis feugiat molestie mi erat elit et ac consectetur. Sem nisi turpis ullamcorper congue dolor volutpat sit molestie massa pulvinar euismod tincidunt. Dolor volutpat, ut sit, tellus nunc pulvinar tellus tincidunt sed eget nibh tempus. Felis ante tempus felis, laoreet erat elit aliquam at praesent donec felis mi. Donec nonummy sem nisi adipiscing praesent, aliquam, adipiscing praesent donec nonummy diam magna. Consectetur aliquet dolore amet et aliquam turpis aliquet dolore amet ullamcorper congue sit. Tellus nunc pulvinar tellus nunc pulvinar euismod congue dolor tellus ut sit tellus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc9" w:id="17399644227620396000"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="15686161374070762530"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17399644227620396000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Felis, ipsum nunc non pharetra congue diam adipiscing donec aliquet. Adipiscing aliquam et elit erat mi elit erat turpis dolore. Aliquet turpis nisi sem nonummy erat ante molestie feugiat lobortis. Volutpat dolor congue aliquet sit ut non sit lobortis volutpat. Dolor tincidunt dolor nunc tellus sit lobortis volutpat dolor tincidunt. Euismod amet dolore praesent adipiscing, magna et nonummy donec, praesent. Id ipsum ante mauris lorem, lobortis eget ipsum molestie sit. Nisi diam nonummy donec praesent, adipiscing aliquam, ante mauris lorem. Et eget sed laoreet, id, ipsum massa volutpat dolor tincidunt. </w:t>
+      <w:bookmarkEnd w:id="15686161374070762530"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum id, laoreet erat at, et ac at proin aliquam, adipiscing mi erat. Nibh ac mauris ante tempus mauris mi erat nonummy, diam magna turpis sem. Aliquam at praesent, donec nonummy praesent donec elit, et lorem, mauris nibh lorem. Mi erat felis mi, sed at proin, nisi adipiscing praesent donec elit et. Ac elit et lorem, mauris, ante tempus felis mi erat elit nibh at. Sem nisi nonummy diam donec consectetur diam magna consectetur sem nisi turpis aliquet. Donec amet diam ac consectetur sem ut pulvinar tellus dolore ullamcorper congue sit. Non ut sit, tellus nunc pulvinar ullamcorper congue dolor non ut sit tellus. Nunc ipsum id, nibh sed eget nibh lorem, molestie, massa id laoreet sed. Mauris proin, aliquam adipiscing mi erat felis et magna consectetur proin ac mauris. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc10" w:id="16543766096044308051"/>
+      <w:bookmarkStart w:name="_Toc10" w:id="18180587438730532870"/>
       <w:r>
         <w:t>This is second-level header 4</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16543766096044308051"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Dolor tincidunt ullamcorper adipiscing tempus ante eget sed tincidunt euismod turpis, sem nonummy donec praesent adipiscing, tempus ante molestie feugiat lobortis volutpat erat mi felis tempus. Ante molestie dolor tincidunt volutpat sed laoreet eget ipsum nunc pharetra congue ullamcorper, amet, dolore praesent turpis dolore aliquet turpis ut non amet dolore ullamcorper amet. Nunc tellus sit nunc, tellus sit nibh eget sed laoreet pulvinar nunc molestie tempus massa at lorem nibh elit ac diam nonummy donec praesent turpis nisi. Sem consectetur ac, diam nonummy magna ullamcorper dolore praesent turpis nisi sem consectetur congue diam amet donec proin adipiscing dolore aliquet turpis ut volutpat dolor tincidunt. Ullamcorper, amet nisi aliquet turpis magna non pharetra diam amet, dolore aliquet sit nisi, proin at erat et nonummy erat praesent at ac, proin at magna. Et elit erat mi adipiscing aliquam sem at ac consectetur magna ullamcorper amet congue, ullamcorper amet dolore, non sit ut non pharetra congue ullamcorper turpis aliquam. Proin at erat felis ipsum nunc tellus sit congue ullamcorper, nonummy donec aliquet turpis aliquam sem, at ac diam amet donec praesent turpis aliquam proin consectetur. Magna diam nonummy praesent felis tempus ante, mauris lorem laoreet eget ipsum laoreet id, ipsum massa volutpat dolor tincidunt euismod amet dolore sem at magna et. Elit ipsum ante mauris tincidunt ullamcorper amet donec praesent turpis, ut sem at erat laoreet molestie feugiat lobortis volutpat dolor lobortis ullamcorper felis dolor tempus nisi. </w:t>
+      <w:bookmarkEnd w:id="18180587438730532870"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, turpis aliquet, nunc dolor volutpat lobortis, lorem mauris ante tempus elit et, erat elit et ac at, proin elit diam magna consectetur non ut turpis tellus nunc pulvinar. Ullamcorper congue, consectetur sem nisi consectetur sem tempus felis, mi tempus felis laoreet sed lobortis lorem mauris massa ipsum molestie laoreet sed id laoreet dolor volutpat, lobortis sit tellus. Nunc ipsum id tincidunt dolor volutpat, lobortis, dolor, volutpat lobortis feugiat molestie sed elit proin ac adipiscing proin aliquam, nonummy non ut feugiat, mauris ante tempus id, mi sed. Mauris ante aliquam adipiscing praesent donec et, erat consectetur proin ac at ante aliquam adipiscing praesent donec, nonummy diam nisi turpis praesent donec nonummy praesent erat elit mi ac. At sem nisi amet congue, dolor volutpat ut feugiat, molestie massa ipsum eget nibh lorem at proin aliquam felis praesent donec consectetur diam nisi, consectetur sem dolore turpis aliquet. Dolore nonummy magna consectetur sem, nisi turpis praesent, dolore pharetra non lobortis feugiat tellus massa ipsum id mi ac at sem nisi aliquet dolore amet ullamcorper ut ipsum id. Laoreet sed eget nibh lorem eget nibh lorem mauris massa tempus id laoreet sed eget lobortis feugiat molestie massa ipsum nunc dolor volutpat lobortis dolor molestie massa ipsum, felis. Mi erat elit nibh sed eget nibh tempus felis mi, erat elit mi ac at, proin nisi turpis lobortis aliquam adipiscing praesent donec adipiscing diam magna consectetur non ut. Pulvinar euismod nunc dolor euismod lobortis feugiat volutpat massa pulvinar tellus, nunc, pulvinar ullamcorper tincidunt turpis ullamcorper dolore amet ullamcorper congue sit non massa pulvinar euismod nunc dolor euismod. Congue sit tellus ut sit aliquet dolore, amet ullamcorper congue pharetra ullamcorper nisi id laoreet erat elit nibh ac at proin donec adipiscing mi sed, elit nibh, lorem mauris. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc11" w:id="7576217651291544748"/>
+      <w:bookmarkStart w:name="_Toc11" w:id="6815027881809107529"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7576217651291544748"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Consectetur, pulvinar aliquam, nibh id amet lorem donec magna proin volutpat amet, nisi, lobortis, praesent molestie elit at dolor dolore ante eget lorem laoreet. Id, pulvinar nunc aliquet turpis ut non dolor lobortis volutpat tincidunt id ipsum massa tellus sit tincidunt volutpat pulvinar, nunc praesent turpis, aliquam, et. Elit erat laoreet id tempus massa molestie feugiat lobortis volutpat dolor euismod, pulvinar nunc non consectetur magna praesent adipiscing aliquam, praesent, turpis ut tellus. Pharetra ut ullamcorper amet donec praesent adipiscing ac et elit mi felis ipsum ut volutpat feugiat, lobortis volutpat dolor laoreet id sed mi felis. Tempus ante eget sed nibh eget sed laoreet id ipsum, ante mauris feugiat eget sed tincidunt tellus, consectetur sed tincidunt, euismod pulvinar nunc tellus. Sit ut, non pharetra dolore euismod amet dolore non consectetur magna et, nonummy donec praesent felis, ante eget sed laoreet id ipsum ante molestie. </w:t>
+      <w:bookmarkEnd w:id="6815027881809107529"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sit aliquet nunc, ipsum id laoreet lorem at proin tempus felis magna nonummy sem, magna turpis sem nisi turpis diam magna elit et magna. Consectetur sem nisi turpis aliquet donec nonummy et magna pharetra non aliquam euismod laoreet sed eget nibh lorem adipiscing diam congue pharetra sem nisi turpis. Aliquet nisi amet ullamcorper donec amet ullamcorper congue pharetra non ut sit tincidunt dolor eget, lobortis lorem mauris massa ipsum id laoreet dolor, eget et. Lorem felis mi tempus felis laoreet sed id nibh ac proin tempus felis, eget id laoreet erat elit et, lorem mauris ante tempus adipiscing mi. Donec nonummy diam magna consectetur proin aliquam adipiscing praesent donec nonummy, diam, feugiat id laoreet erat eget nibh feugiat mauris ante tempus felis mi, erat. Nonummy sem ut pulvinar euismod laoreet sed eget lobortis dolor non ut turpis tellus amet euismod congue pharetra volutpat, ut pharetra non, ut pulvinar id. Laoreet lorem, at proin aliquam adipiscing praesent, donec nonummy non nisi sit euismod laoreet turpis tellus massa ipsum euismod congue amet ullamcorper magna consectetur sem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc12" w:id="14467015333738466172"/>
+      <w:bookmarkStart w:name="_Toc12" w:id="10351219937120774107"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14467015333738466172"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Aliquam at erat et felis ipsum lobortis non pharetra congue ullamcorper amet nisi, sem at ac et elit, donec, mi id. Lorem nibh, eget sed eget erat laoreet id ipsum ante mauris, ac nibh consectetur magna ullamcorper amet dolore tellus pulvinar, massa. Tellus consectetur magna ullamcorper pharetra tincidunt euismod ipsum felis erat mi felis tempus proin at magna diam nonummy magna diam nonummy. Dolore aliquet turpis aliquam non, consectetur magna praesent adipiscing aliquam praesent amet dolore tellus, nisi sem, nonummy congue euismod pulvinar tincidunt. Euismod pulvinar nunc molestie feugiat lobortis eget sed laoreet id sed laoreet, id tempus ante mauris congue ullamcorper turpis dolore aliquet. Sit nisi non pharetra congue, diam amet dolore tellus sit ut, molestie lorem ante mauris ac et elit magna et amet. </w:t>
+      <w:bookmarkEnd w:id="10351219937120774107"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, mi, erat felis et erat elit, proin, nisi amet ullamcorper congue pharetra non congue, pharetra, tellus nunc, pulvinar, tellus laoreet adipiscing aliquet. Donec amet diam magna consectetur non lobortis feugiat tellus nunc dolor volutpat tincidunt pharetra volutpat massa feugiat molestie, massa ipsum euismod laoreet, sed. Ante tempus felis ante tempus elit et erat eget nibh lorem mauris ante ipsum felis, mi, sed elit et ac adipiscing aliquet dolore. Nonummy, diam congue pharetra, ut sit aliquet dolore amet ullamcorper tincidunt dolor volutpat, lobortis feugiat tellus nunc amet euismod congue pharetra non ut. Sit tellus massa, ipsum nibh lorem mauris ante tempus mauris mi tempus elit et magna at proin tempus adipiscing praesent erat id mi. Sed elit nibh lorem eget lobortis ipsum id erat nonummy et magna consectetur ante lorem mauris ante tempus id mi erat elit et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc13" w:id="9533036979112237960"/>
+      <w:bookmarkStart w:name="_Toc13" w:id="10507861811097416197"/>
       <w:r>
         <w:t>This is top-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9533036979112237960"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nunc, tellus pulvinar nunc molestie feugiat nibh eget lorem id ipsum massa id feugiat congue ullamcorper, amet congue euismod pulvinar nunc tellus consectetur. Nisi, non dolor tincidunt aliquet volutpat elit pulvinar ac, laoreet aliquet, sed tincidunt praesent, eget amet tempus ante non elit feugiat sed nisi. Proin euismod sed laoreet id ipsum ante mauris, tempus ante at ac et erat mi adipiscing aliquam aliquet turpis nisi aliquet sit lobortis. Molestie dolor nibh elit erat sem pharetra, congue ullamcorper pulvinar nunc, tellus pulvinar massa feugiat ut volutpat sed laoreet id ipsum laoreet id. Tempus, ante mauris ac proin, consectetur magna diam consectetur congue ullamcorper amet dolore tellus sit ut, tellus congue ullamcorper, amet congue euismod pulvinar. Nunc, tellus, pharetra ut non pharetra dolor tincidunt euismod sit nisi sem consectetur magna diam adipiscing tempus proin mauris, ac et pulvinar dolore. </w:t>
+      <w:bookmarkEnd w:id="10507861811097416197"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum felis praesent, donec consectetur diam magna consectetur proin donec nonummy ullamcorper congue consectetur, non, nisi consectetur sem nunc aliquet. Donec pharetra non ut pharetra non ut sit tellus nunc pulvinar ullamcorper congue pharetra tellus ut sit tellus tincidunt, sed. Eget et lorem ante ipsum id laoreet erat elit et lorem mauris ante aliquam adipiscing praesent magna consectetur sem ut. Sit euismod, tincidunt dolor volutpat nibh feugiat mauris lobortis ipsum massa ipsum id tincidunt pharetra non lobortis feugiat molestie, massa. Sed elit nibh ac at proin, donec nonummy ullamcorper, congue pharetra volutpat ut turpis aliquam adipiscing praesent dolore amet ullamcorper. Ut, feugiat molestie massa pulvinar, tellus, nunc amet ullamcorper congue pharetra non ut, consectetur tellus dolore amet aliquet congue amet. Lobortis ipsum molestie nunc amet ullamcorper congue pharetra non ut sit tellus ut pulvinar euismod, tincidunt pulvinar euismod, tincidunt dolor. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc14" w:id="5992068392793775557"/>
+      <w:bookmarkStart w:name="_Toc14" w:id="4495151364403297795"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5992068392793775557"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tellus adipiscing ac nibh eget sed et eget erat mi elit tempus praesent felis, tempus ante at erat et felis erat mi. Felis lorem ante mauris lorem laoreet eget pulvinar nunc pharetra congue ullamcorper nonummy, donec praesent turpis aliquam sem, at erat laoreet, felis. Tempus massa mauris lorem ante eget, sed tincidunt id pulvinar nunc tellus congue ullamcorper amet dolore aliquet adipiscing, nisi proin, at ac. Et nonummy magna ullamcorper nonummy dolore aliquet sit nunc tellus pharetra lobortis eget sed tincidunt pulvinar nunc, molestie feugiat lobortis molestie feugiat. Lobortis eget, sed tincidunt tellus pulvinar lobortis molestie, lorem nibh eget sed laoreet id ipsum nunc, molestie feugiat, mi felis tempus proin. At lorem et eget ac et nonummy dolore ullamcorper amet dolore tellus pulvinar massa molestie feugiat ut volutpat sed laoreet id sed. Massa feugiat congue diam elit donec praesent adipiscing aliquam proin eget sed laoreet euismod pulvinar nunc tellus feugiat, tincidunt, ullamcorper pulvinar dolore. </w:t>
+      <w:bookmarkEnd w:id="4495151364403297795"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et aliquam mauris proin aliquam felis, mi sed eget laoreet sed at aliquet. Dolore volutpat nibh feugiat molestie massa ipsum euismod, laoreet sed elit et lorem. Mauris proin erat elit diam ac consectetur sem nisi turpis aliquet donec nonummy. Diam pharetra tellus nunc sit tellus nunc dolor, euismod lobortis dolor volutpat lobortis. Feugiat id laoreet ipsum id nibh lorem, at proin tempus felis mi, erat. Et magna consectetur sem nisi amet ullamcorper magna nonummy sem nisi consectetur proin. Ac adipiscing ante aliquam adipiscing mi, erat at et ac proin aliquam adipiscing. Praesent magna pharetra non ut sit, aliquet dolore amet euismod tincidunt, dolor volutpat. Massa ipsum id, laoreet sed eget laoreet dolor volutpat ut sit, nunc pulvinar. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc15" w:id="16930018688633766689"/>
+      <w:bookmarkStart w:name="_Toc15" w:id="7944648181830081674"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16930018688633766689"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Molestie feugiat ut non dolor tincidunt euismod pulvinar tincidunt euismod pulvinar nunc aliquet, turpis nisi sem consectetur magna diam nonummy donec praesent turpis nisi non. Sit ut non pharetra tincidunt ullamcorper amet nunc, feugiat ut sem pharetra congue diam nonummy dolore tellus turpis nisi sem nonummy magna ullamcorper nonummy donec. Proin at ac et, elit ac diam nonummy mi felis tempus ante eget, sed, laoreet euismod sit nunc mauris lorem nibh eget dolor congue euismod. Pulvinar, dolore sem consectetur, ac et tempus ante molestie feugiat nibh eget dolor, laoreet id pulvinar ut tellus feugiat lobortis volutpat dolor tincidunt euismod sit. Ut proin, elit erat et felis erat ante pharetra congue euismod amet nunc tellus turpis magna diam consectetur donec diam adipiscing aliquam praesent adipiscing ac. Nibh eget sed massa molestie feugiat lobortis molestie dolor tincidunt turpis nisi sem at ac diam elit, erat praesent adipiscing aliquam proin at ac, nibh. Id, ipsum massa molestie feugiat massa molestie feugiat volutpat pulvinar dolore proin, consectetur magna diam nonummy donec diam nonummy donec praesent adipiscing, ac sem consectetur. </w:t>
+      <w:bookmarkEnd w:id="7944648181830081674"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris mi tempus felis, mi, erat elit, lorem at praesent. Dolore pharetra non ut sit tellus ut pulvinar id, tincidunt. Dolor volutpat nibh lorem mauris mi erat elit et magna. Turpis aliquet turpis praesent dolore, pharetra volutpat, massa ipsum molestie. Laoreet sed eget et ac at proin aliquam felis mi. Erat nonummy diam magna turpis tellus nunc euismod congue, dolor. Volutpat massa tempus id mi erat elit et ac, at. Ante aliquam adipiscing praesent donec elit mi erat elit et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc16" w:id="12518347553694738407"/>
+      <w:bookmarkStart w:name="_Toc16" w:id="11402927789303177111"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12518347553694738407"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Lobortis volutpat amet dolore aliquet turpis nisi diam consectetur donec, praesent adipiscing. Aliquam ante eget sed, id pulvinar aliquam proin elit erat mi id. Ipsum lobortis, non pharetra tincidunt volutpat pulvinar tincidunt tellus sit nunc molestie. Sit magna ullamcorper nonummy ante mauris sed tincidunt euismod amet nunc tellus. Feugiat ut diam amet donec mi felis tempus proin consectetur magna et. Elit erat mi adipiscing aliquam, proin lorem nibh eget ipsum massa molestie. </w:t>
+      <w:bookmarkEnd w:id="11402927789303177111"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit id laoreet sed, elit diam aliquam turpis aliquet, dolore pulvinar, ante tempus mauris massa tempus id tincidunt dolor volutpat lobortis feugiat molestie massa ipsum molestie massa ipsum id. Laoreet sed eget nibh lorem molestie massa sit laoreet sed eget ante tempus mauris massa, feugiat tellus, nunc pulvinar euismod laoreet feugiat molestie massa ipsum molestie, massa pulvinar euismod. Laoreet sed eget lorem felis mi, tempus felis, laoreet sed eget lobortis, feugiat molestie, massa ipsum, molestie massa, ipsum eget nibh lorem mauris ante tempus felis massa id, nibh. Ac at sem nisi, turpis aliquet dolore pharetra sem ut, turpis tellus massa pulvinar ullamcorper tincidunt dolor volutpat congue sit tellus nunc pulvinar id, laoreet tempus felis et ac. Turpis sem nisi turpis, aliquet dolore amet diam ac at proin ac mauris proin aliquam felis laoreet sed elit laoreet sed eget nibh mauris, mi donec consectetur sem ut. Sit id laoreet sed eget lobortis lorem, mauris ante tempus felis mi sed id tincidunt sed eget lobortis amet ullamcorper, congue, pharetra sem nisi turpis aliquet, dolore turpis aliquet. Dolore amet diam congue consectetur non, ut sit euismod tincidunt dolor non lobortis feugiat molestie, massa euismod laoreet dolor volutpat nibh tempus felis ante tempus elit mi sed eget. Tincidunt feugiat molestie, lobortis feugiat tellus ut sit tellus nunc, amet ullamcorper congue pharetra ut turpis tellus dolore pulvinar euismod congue amet ullamcorper magna at proin nisi adipiscing aliquet. Donec amet ullamcorper, ut sit non ut sit tellus nunc pulvinar euismod lorem molestie ante tempus felis et ac at et, feugiat molestie, lobortis sit non nunc sit aliquet. Congue pharetra, non congue consectetur non ut sit tellus, nunc, ullamcorper congue consectetur non nisi turpis, sem nisi turpis ullamcorper dolore pharetra non ut sit molestie nunc sit tellus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc17" w:id="3989730300191832487"/>
+      <w:bookmarkStart w:name="_Toc17" w:id="3754612630536183415"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3989730300191832487"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Pulvinar nunc aliquet at magna, diam, erat mi felis tempus ante, at ac et. Eget sed laoreet id feugiat massa molestie feugiat tincidunt ullamcorper turpis nisi tellus feugiat. Lobortis volutpat tincidunt ullamcorper pulvinar dolore tellus, sit magna diam nonummy donec praesent nonummy. Donec proin at ac nibh, eget sed mi felis erat mi mauris lorem eget. Sed tincidunt euismod, pulvinar massa tellus sit, ut non pharetra laoreet, euismod pulvinar laoreet. Molestie sit ut non pharetra dolore aliquet turpis nisi aliquet magna et elit donec. Mi, mauris tempus nibh volutpat pharetra tincidunt euismod sit nunc non consectetur congue diam. Nonummy donec praesent turpis dolore sem turpis laoreet id pulvinar nunc molestie feugiat, nibh. Eget pulvinar tincidunt euismod pulvinar massa id ipsum ante molestie, feugiat laoreet id ipsum. </w:t>
+      <w:bookmarkEnd w:id="3754612630536183415"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna pharetra sem ut feugiat molestie laoreet ipsum volutpat amet ullamcorper congue at sem nisi sit, tellus nunc amet ullamcorper congue consectetur. Sem nisi turpis aliquet nisi adipiscing, praesent dolore amet diam ac, at proin at proin tempus felis, mi magna consectetur non ut. Sit euismod, laoreet sed eget nibh lorem mauris ante tempus id laoreet dolor, eget lobortis dolor ante, feugiat molestie massa pulvinar euismod. Congue pharetra ullamcorper congue consectetur, sem nisi turpis sem donec nonummy praesent donec, elit, et erat eget lorem, mauris ante ipsum id. Massa ipsum id et, ac mauris proin tempus felis, praesent donec, elit diam magna consectetur sem nisi turpis aliquet dolore amet sem. Consectetur sem dolore amet, ullamcorper, tincidunt dolor volutpat lobortis pharetra sem nisi, turpis, aliquet dolore amet diam, donec nonummy diam nisi consectetur. Sem aliquam adipiscing praesent elit diam, ac consectetur proin aliquam adipiscing proin aliquam, felis mi, donec, nonummy, diam magna at ante tempus. Adipiscing diam consectetur, diam nisi consectetur sem aliquam adipiscing praesent, donec, elit et ac elit et, aliquam adipiscing aliquet dolore amet diam. Magna consectetur non nisi turpis, aliquet dolore, ullamcorper congue, pharetra non ut sit aliquet nunc amet aliquet dolore nonummy ullamcorper congue consectetur. Sem nisi adipiscing aliquet nunc amet ullamcorper magna, consectetur, sem nisi sit nunc pulvinar euismod lobortis pharetra ullamcorper ut sit tellus nunc. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc18" w:id="3799420712358345248"/>
+      <w:bookmarkStart w:name="_Toc18" w:id="14500425592369126881"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3799420712358345248"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Euismod pulvinar nunc euismod pulvinar ut, sem consectetur magna praesent, felis ipsum lobortis, volutpat tincidunt ullamcorper turpis nisi sem consectetur magna diam nonummy erat ante, mauris lorem nibh mauris. Ac nibh id ipsum laoreet id tempus nibh eget sed euismod ipsum massa tellus, sit ut non pharetra congue aliquet turpis dolore sem consectetur ac diam nonummy magna praesent. Nonummy donec praesent adipiscing aliquam sem at et elit aliquam proin at ac nibh, elit erat, laoreet felis ipsum massa molestie feugiat lobortis volutpat sed laoreet elit ipsum massa. Molestie congue diam nonummy donec aliquet amet dolore proin consectetur magna sem consectetur magna, praesent felis aliquam sem at magna diam consectetur magna, ullamcorper nonummy, dolore, tellus sit molestie. Sit ut volutpat pharetra congue, euismod, amet massa molestie ipsum massa molestie lorem nibh volutpat dolor tincidunt euismod pulvinar, nunc non sit ut non pharetra dolore amet nisi sem. At, erat laoreet id feugiat lobortis molestie, feugiat tincidunt diam amet dolore aliquet turpis magna non pharetra ullamcorper amet congue ullamcorper amet nunc tellus sit ut volutpat, dolor tincidunt. Euismod amet dolore tellus sit lobortis volutpat dolor nibh eget sed nibh eget erat id lorem lobortis volutpat sed laoreet id, ipsum dolore tellus turpis ut sem nonummy donec. Praesent adipiscing aliquam proin mauris lorem et elit donec praesent nonummy aliquam adipiscing aliquam et elit erat laoreet felis ipsum lobortis volutpat feugiat tincidunt ullamcorper amet dolore aliquet turpis. Magna diam nonummy donec praesent adipiscing, aliquam proin at ac eget ipsum massa tellus sit lobortis non dolor tincidunt euismod dolor, tincidunt euismod pulvinar ut, sem nonummy, donec diam. Adipiscing tempus, ante, eget sed tincidunt euismod pulvinar non consectetur ac mi felis tempus ante mauris lorem nibh elit ac et elit donec mi felis tempus proin at ac. </w:t>
+      <w:bookmarkEnd w:id="14500425592369126881"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris mi donec nonummy sem magna turpis aliquet dolore amet euismod lobortis. Lorem at ante donec elit et erat elit sed at proin dolore. Amet ullamcorper, magna pharetra non nunc pulvinar tellus tincidunt dolor ullamcorper congue. Dolor sem, nisi sit tellus massa, ipsum id ac at praesent donec. Amet ullamcorper congue, pharetra non ut pulvinar id laoreet erat elit ante. Tempus felis praesent dolore nonummy diam magna consectetur sem, ut amet dolore. Nonummy ullamcorper magna nonummy diam, ac at ante tempus felis praesent donec. Consectetur non lobortis sit tellus massa, pulvinar ullamcorper tincidunt dolor massa tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc19" w:id="6238911702251544180"/>
+      <w:bookmarkStart w:name="_Toc19" w:id="5632818356179245957"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6238911702251544180"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Volutpat dolor lobortis, id pulvinar nunc tellus nisi sem consectetur donec mi molestie feugiat lobortis volutpat dolor tincidunt euismod. Pulvinar ut tellus sit ut non pharetra congue ullamcorper turpis dolore aliquet turpis et nonummy donec aliquet adipiscing aliquam. Proin mauris lorem nibh elit erat praesent nonummy dolore aliquet adipiscing nisi sem, pharetra congue non dolor lobortis volutpat. Dolore tellus consectetur nisi sem pharetra congue congue dolore proin aliquet mauris amet tempus ante mauris feugiat tincidunt euismod. Dolor donec aliquet turpis ut id, pulvinar nunc non pharetra congue diam nonummy donec, proin at, lorem nibh eget. Erat, mi felis ipsum, lobortis volutpat feugiat lobortis, volutpat dolor, tincidunt euismod ut non pharetra magna praesent, adipiscing tempus. Massa molestie, feugiat lobortis eget, sed tincidunt molestie ipsum massa, molestie dolor tincidunt diam amet, dolore tellus, sit nisi. </w:t>
+      <w:bookmarkEnd w:id="5632818356179245957"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris proin aliquam nonummy praesent donec consectetur diam consectetur, sem aliquam adipiscing mi erat. Elit diam ac elit et lorem mauris proin aliquam adipiscing praesent donec nonummy, diam. Ac at proin tempus felis, erat nonummy diam nisi at, proin aliquam adipiscing proin. Donec nonummy ullamcorper congue pharetra non ut sit tellus dolore amet diam magna consectetur. Non nisi tellus, nunc sed volutpat, lobortis ac at praesent aliquam elit mi erat. Eget nibh ac, eget, nibh lorem mauris ante, sed eget nibh consectetur sem, nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc20" w:id="13931179955395437742"/>
+      <w:bookmarkStart w:name="_Toc20" w:id="3067114982489904350"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13931179955395437742"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Dolore praesent adipiscing aliquam, et elit sed laoreet id ante mauris lorem nibh mauris lorem nibh id. Ipsum massa tellus pharetra congue, ullamcorper nonummy donec praesent turpis, nisi proin at ac, et felis tempus. Sem nonummy magna diam nonummy donec praesent at lorem laoreet euismod, ipsum massa felis tempus massa mauris. Lorem et elit ac diam nonummy dolore aliquet aliquam sem at ac diam nonummy magna diam nonummy. Dolore, aliquet turpis aliquam proin, at ac et nonummy erat, ante mauris lorem nibh eget tincidunt euismod. Pulvinar nisi sem pharetra congue ullamcorper amet dolore tellus sit nunc tellus sit congue ullamcorper pharetra, congue. </w:t>
+      <w:bookmarkEnd w:id="3067114982489904350"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur aliquet, nunc pulvinar euismod congue amet, ullamcorper sit tellus nunc ipsum id nibh lorem, mauris proin aliquam felis mi erat nonummy diam ac at sem, dolore turpis. Ullamcorper, dolore pharetra non congue id mi sed elit et lorem mauris nibh lorem mauris mi erat elit mi erat elit et ac mauris proin aliquam elit, et. Ac pharetra ut turpis praesent dolore amet, diam, magna consectetur sem nisi, turpis aliquet nisi adipiscing praesent erat, nonummy diam, nisi sit tellus nunc turpis ullamcorper dolore ullamcorper. Congue pharetra tellus nunc pulvinar euismod tincidunt dolor, eget nibh tempus mauris ante erat elit et ac elit proin aliquam at praesent donec, adipiscing magna pharetra tellus ut. Turpis tellus nunc dolor eget nibh tempus felis ante tempus id tincidunt dolor eget lobortis feugiat volutpat lobortis, feugiat molestie massa ipsum id lorem mauris ante lorem mauris. Massa ipsum, id tincidunt, sed, eget nibh tempus mauris massa, feugiat molestie nunc pulvinar euismod tincidunt dolor volutpat ut feugiat diam congue pharetra, sem nisi adipiscing praesent donec. Nonummy ullamcorper tincidunt dolor volutpat lobortis, feugiat tellus tincidunt dolor volutpat lobortis dolor volutpat lobortis ipsum id laoreet sed nibh lorem at praesent dolore amet ullamcorper magna consectetur. Sem nisi turpis, sem aliquam turpis aliquet dolore nonummy diam congue, pharetra tellus massa ipsum euismod laoreet sed proin aliquam felis mi tempus eget nibh sed mauris nibh. Lorem mauris ante ipsum molestie massa sed eget nibh lorem molestie lobortis ipsum id massa, ipsum euismod ac mauris ante tempus, felis ante tempus elit et sed elit. Nibh feugiat molestie, ante tempus id laoreet, sed id nibh lorem eget massa, ipsum felis massa id nibh, sed, mauris proin aliquam adipiscing mi donec nonummy et magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc21" w:id="9407826103671919212"/>
+      <w:bookmarkStart w:name="_Toc21" w:id="1763918539747622841"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9407826103671919212"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Consectetur donec praesent felis lorem ante eget sed tincidunt id. Sit nisi sem consectetur magna praesent tempus lobortis volutpat dolor. Lobortis euismod, pulvinar nunc tellus feugiat lobortis molestie feugiat lobortis. Volutpat dolor tincidunt id sed, massa mauris lorem nibh eget. Tincidunt euismod amet dolore sem turpis congue non pharetra congue. Euismod, dolor, nunc tellus sit ut non pharetra congue euismod. Amet donec aliquet sit ut sem sed laoreet molestie ipsum. Ut diam amet congue euismod pulvinar tincidunt euismod sit nisi. Sem nonummy donec praesent nonummy donec praesent turpis aliquam sem. </w:t>
+      <w:bookmarkEnd w:id="1763918539747622841"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At praesent donec nonummy diam magna pharetra non nunc sit euismod laoreet lorem at ante. Tempus aliquet dolore pharetra non, congue sit, aliquet dolore, turpis, praesent donec nonummy ullamcorper, magna. Consectetur sem aliquam at, proin aliquam nonummy praesent donec nonummy nisi turpis sem dolore pulvinar. Euismod tincidunt dolor molestie lobortis feugiat tellus massa sed eget nibh lorem eget nibh lorem. Mauris ante tempus felis laoreet dolor volutpat feugiat felis mi donec nonummy ullamcorper magna elit. Proin aliquam turpis praesent aliquam adipiscing praesent erat nonummy diam ac consectetur aliquet dolore, dolor. Proin aliquam adipiscing, praesent erat elit diam magna elit et ac mauris massa tempus id. Laoreet ipsum euismod tincidunt pulvinar non ut, sit tellus massa ipsum et nisi turpis aliquet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc22" w:id="6862786167651148063"/>
+      <w:bookmarkStart w:name="_Toc22" w:id="11160848284468234220"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6862786167651148063"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Aliquam proin at ac et felis erat ante mauris feugiat euismod. Pulvinar dolore aliquet turpis ut, sem nonummy magna praesent adipiscing tempus. Ante, at lorem lobortis euismod, ipsum nunc molestie sit ut diam. Elit erat tellus sit lobortis euismod pulvinar nunc aliquet sit, nisi. Proin at ac, mi felis tempus proin at aliquam et elit. Sed mi felis tempus volutpat dolor congue ullamcorper amet nunc aliquet. Turpis aliquam, sem pharetra congue ullamcorper amet, dolore ullamcorper amet dolore. Aliquet, feugiat ut sem consectetur donec felis lorem nibh, eget sed. Laoreet id ipsum massa mauris tempus ante, mauris lorem nibh eget. </w:t>
+      <w:bookmarkEnd w:id="11160848284468234220"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna pharetra tellus massa pulvinar laoreet lorem eget lobortis, feugiat mauris ante, ipsum euismod tincidunt. Sed eget nibh lorem mauris ante ipsum, molestie massa amet ullamcorper congue pharetra ullamcorper congue. Sem nisi sit euismod dolore pulvinar volutpat tincidunt feugiat, mauris ante tempus id laoreet sed. Volutpat nibh lorem mauris ante tempus id laoreet ipsum id ac at proin tempus felis. Laoreet erat elit et lorem at ante lorem mauris massa ipsum molestie tincidunt pulvinar volutpat. Lobortis, feugiat mauris dolore nonummy diam donec elit et, ac mauris proin aliquam adipiscing mi. Donec elit et magna consectetur proin aliquam adipiscing mi erat elit et, magna consectetur sem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc23" w:id="2669812765581137639"/>
+      <w:bookmarkStart w:name="_Toc23" w:id="2330627451753913157"/>
       <w:r>
         <w:t>This is second-level header 4</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2669812765581137639"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Sem euismod consectetur dolor tempus donec ut tincidunt, proin eget adipiscing aliquam proin adipiscing ac et eget erat. Et felis ac mi elit erat mi felis tempus ante at magna, et nonummy magna diam, amet donec. Proin at ac nibh id ipsum nunc, molestie sit non consectetur dolore aliquet, amet nisi sem turpis, magna. Et eget sed laoreet molestie sit, lobortis non pharetra tincidunt euismod amet, dolore aliquet sit ut pharetra congue. Aliquet adipiscing aliquam proin consectetur magna et elit erat ante felis tempus nibh mauris, lorem nibh elit erat. Et elit aliquam at ac nibh volutpat dolor nunc, tellus pulvinar massa molestie dolor lobortis euismod pulvinar nunc. Aliquet, turpis nisi id, pulvinar dolore, aliquet consectetur magna, sem consectetur magna adipiscing aliquam sem, consectetur ac et. </w:t>
+      <w:bookmarkEnd w:id="2330627451753913157"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, non ut turpis tellus dolore pulvinar euismod, tincidunt mauris mi donec nonummy ullamcorper magna turpis aliquet nisi adipiscing aliquet donec nonummy ullamcorper congue sit tellus nunc. Sit tellus nunc pulvinar, diam magna consectetur sem turpis, aliquet, dolore pulvinar volutpat lobortis feugiat molestie lobortis, sit, molestie massa pulvinar tellus tincidunt pharetra non lobortis sit. Tellus ut sit tellus tincidunt sed tincidunt dolor molestie, massa ipsum id laoreet sed eget tincidunt dolor volutpat lobortis feugiat molestie nunc pulvinar tellus dolore amet, ullamcorper. Congue, dolor ut pulvinar, euismod tincidunt dolor euismod dolore amet diam congue turpis proin ac at ante tempus felis mi erat nonummy et lorem eget lobortis feugiat. Molestie nunc id mi sed eget lobortis dolor non nisi, consectetur, proin aliquam at praesent donec amet praesent erat eget nibh lorem mauris ante tempus felis mi. Erat elit erat at ante tempus, felis mi erat nonummy et erat elit nibh lorem molestie lobortis ipsum id laoreet sed elit lorem mauris, proin aliquam nonummy. Diam magna consectetur, diam magna at sem aliquam at proin erat felis laoreet, sed elit et ac at ante lorem felis erat nonummy et lorem at, ante. Lorem mauris mi erat felis mi erat elit nibh lorem mauris proin tempus felis, mi sed eget nibh ac at praesent nonummy diam magna consectetur non ut. Sit tellus nunc amet euismod congue, pharetra non ut sit molestie massa ipsum euismod tincidunt, dolor eget nibh feugiat, molestie nunc, tellus tincidunt dolor volutpat, nibh lorem. Felis mi donec elit mi erat elit et lorem at ante aliquam adipiscing mi erat nonummy, et ac, consectetur praesent aliquam mi erat elit mi ac, at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc24" w:id="10522603729645318351"/>
+      <w:bookmarkStart w:name="_Toc24" w:id="4358054805207317279"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10522603729645318351"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Et eget ipsum nunc, feugiat ut, non amet donec aliquet amet, nisi proin. Eget lorem et eget ipsum massa molestie feugiat ut non amet donec praesent. At lorem elit ac et nonummy donec praesent felis aliquam proin, mauris feugiat. Lobortis euismod amet nunc tellus sit ut sem pharetra magna ullamcorper nonummy, aliquam. Proin dolor tincidunt ullamcorper pulvinar tincidunt euismod sit ut, non pharetra magna diam. Amet, dolore praesent, sit ut, non sit ut, volutpat, amet, congue ullamcorper amet. Nisi sem erat laoreet felis tempus ante felis, aliquam ante mauris lorem, et. Nonummy sed ante felis aliquam ante at lorem laoreet id sed massa feugiat. Lobortis non amet, donec praesent adipiscing aliquam proin at, lorem laoreet felis ipsum. Massa mauris lorem, nibh eget sed laoreet id, amet nunc, tellus sit ut. </w:t>
+      <w:bookmarkEnd w:id="4358054805207317279"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue pharetra non massa ipsum id nibh lorem mauris nibh, lorem mauris mi erat nonummy diam, magna consectetur sem nisi adipiscing praesent nonummy. Ullamcorper congue consectetur non ut, amet aliquet congue amet diam donec consectetur sem nisi consectetur aliquet dolore amet ullamcorper magna nonummy diam magna. At nisi turpis aliquet dolore amet non lobortis feugiat tellus nunc pulvinar tellus nunc pulvinar euismod congue consectetur diam nisi turpis sem nisi. Adipiscing praesent donec nonummy diam elit et aliquam adipiscing praesent, donec adipiscing mi erat elit et ac, mauris ante lorem, mauris ante ipsum. Id laoreet ac elit ante felis mi erat elit mi sed eget nibh sed eget lobortis sit tellus nunc pulvinar euismod, nunc pulvinar. Euismod lobortis feugiat molestie nunc pulvinar euismod tincidunt pulvinar lobortis feugiat molestie ante ipsum id mi, ac at et ac mauris ante donec. Nonummy diam, donec, elit diam nisi consectetur, sem nisi amet aliquet congue pharetra ut, ipsum id massa ipsum euismod congue pharetra eget nibh. Lorem id laoreet sed id, laoreet sed eget, nibh lorem ante erat elit et erat at et ac at ante, tempus id laoreet. Sed eget nibh lorem eget lobortis feugiat non ut sit tellus dolore amet tincidunt dolor non, massa ipsum molestie massa ipsum id tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc25" w:id="17831989653989329658"/>
+      <w:bookmarkStart w:name="_Toc25" w:id="12316393089825450393"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17831989653989329658"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Volutpat pulvinar nunc tellus sit, ut sem consectetur mi id lorem nibh volutpat sed tincidunt euismod pulvinar nunc tellus sit ut sem nonummy, erat mi felis aliquam ante mauris. Ac et elit erat mi lorem, lobortis volutpat pharetra tincidunt eget, ipsum massa, tellus, sit ut non pharetra dolore ullamcorper amet nisi sem at magna diam nonummy erat praesent. Adipiscing ante mauris ac proin at ac praesent nonummy dolore praesent, adipiscing nisi sem turpis magna diam consectetur magna aliquet turpis nisi, aliquet at tincidunt euismod pulvinar massa molestie. Feugiat lobortis eget, sed laoreet id ipsum massa molestie feugiat lobortis non pharetra congue ullamcorper turpis nisi sem consectetur magna, diam nonummy, mi, felis, tempus, lobortis eget, sed laoreet. Elit erat et elit donec praesent turpis nisi sem turpis nisi, non pharetra congue diam adipiscing aliquam sem consectetur et elit pulvinar nunc non sit ac diam, nonummy donec. Praesent adipiscing, aliquam proin elit erat mi id ipsum, lobortis volutpat dolor, congue felis feugiat lobortis volutpat sed, laoreet eget erat praesent nonummy donec praesent adipiscing aliquam, proin at. Erat mi felis, tempus ante mauris lorem nibh mauris lorem nibh sed massa, molestie sit ut non pharetra congue aliquet amet nunc aliquet turpis congue diam amet donec aliquet. Adipiscing aliquam proin at ac nibh id ipsum massa feugiat lobortis volutpat dolor tincidunt euismod ipsum massa id ipsum massa, mauris, feugiat lobortis eget dolor tincidunt id ipsum lobortis. Molestie dolor tincidunt volutpat dolor tincidunt id ut sem pharetra magna ullamcorper adipiscing, aliquam proin adipiscing, nisi sem, at erat mi elit erat mi, felis tempus proin consectetur ac. Et elit erat praesent nonummy praesent adipiscing ac proin at erat mi id, tempus ante mauris ac proin consectetur ac et elit erat mi, felis tempus ante mauris ac. </w:t>
+      <w:bookmarkEnd w:id="12316393089825450393"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra tellus massa donec consectetur sem. Magna turpis, sem nisi amet volutpat. Lobortis feugiat molestie ante tempus id. Laoreet erat elit ac mauris ante. Tempus felis laoreet erat eget nibh. Lorem mauris ante lorem molestie ante. Erat nonummy diam magna turpis aliquet. Dolore amet euismod dolor volutpat massa. Feugiat, molestie massa pulvinar euismod nunc. Dolor volutpat lobortis feugiat mauris ante. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -2349,51 +2349,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ref438fc3999e4d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdb9a6bd74e3f4c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb50097e501be4bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R00b3f8b0af0a44d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc84d14957b84490d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2a4397e8e7fd4e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1066a1f584e84a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5269c97b58994771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rbe7d3cc9a53d4fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf4d3080d8ecc4160" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>