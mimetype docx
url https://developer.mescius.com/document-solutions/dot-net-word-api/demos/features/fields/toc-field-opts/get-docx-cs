--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re2426a35c33f4a40" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfd7f19ece68a4e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra7d8b5d31063408e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd9b57bce73d74ffd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R132814d282cc45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1d591981ab404957" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:history="true" w:anchor="_Toc0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -187,51 +187,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 2</w:t>
         </w:r>
@@ -478,1202 +478,1450 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc10">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is top-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc10">
-[...9 lines deleted...]
-          <w:t>This is second-level header 4</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc11">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc11">
+      <w:hyperlink w:history="true" w:anchor="_Toc12">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc12">
+      <w:hyperlink w:history="true" w:anchor="_Toc13">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc14">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is second-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc15">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc16">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc17">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is second-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc18">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc19">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc13">
-[...9 lines deleted...]
-          <w:t>This is top-level header 2</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc20">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is top-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc14">
+      <w:hyperlink w:history="true" w:anchor="_Toc21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc15">
+      <w:hyperlink w:history="true" w:anchor="_Toc22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc16">
+      <w:hyperlink w:history="true" w:anchor="_Toc23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc17">
+      <w:hyperlink w:history="true" w:anchor="_Toc24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc18">
+      <w:hyperlink w:history="true" w:anchor="_Toc25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc19">
+      <w:hyperlink w:history="true" w:anchor="_Toc26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc26 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc20">
+      <w:hyperlink w:history="true" w:anchor="_Toc27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc27 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc21">
+      <w:hyperlink w:history="true" w:anchor="_Toc28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc28 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc22">
+      <w:hyperlink w:history="true" w:anchor="_Toc29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc29 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="TOC2"/>
-[...139 lines deleted...]
-      <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="Rbe7d3cc9a53d4fd8"/>
+          <w:headerReference w:type="default" r:id="Rb874f02d66a34fff"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc0" w:id="824763761367628794"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="7463628394880293953"/>
       <w:r>
         <w:t>This is top-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="824763761367628794"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ut pulvinar sit felis mauris ullamcorper nisi dolor volutpat lobortis ac at aliquet dolore amet ullamcorper ut, sit tellus massa congue sit tellus massa. Ipsum elit diam nisi turpis aliquet, nunc pulvinar congue dolor volutpat lobortis ipsum elit diam magna pharetra sem nunc ipsum eget nibh lorem at. Praesent dolore amet euismod tincidunt feugiat mauris mi erat non lobortis ipsum id, mi, erat, at sem aliquam adipiscing aliquet congue dolor, volutpat nibh. Tempus felis praesent magna pharetra non, nunc pulvinar et ac at proin nisi amet ullamcorper tincidunt dolor molestie massa ipsum felis, laoreet donec nonummy. Sem nisi sit aliquet nunc pulvinar volutpat, tincidunt feugiat volutpat massa id laoreet sed, volutpat nibh ac mauris proin tempus felis, praesent donec nonummy. Proin aliquam adipiscing praesent donec nonummy praesent magna nonummy diam magna at proin tempus turpis tellus nunc, pulvinar elit sem nisi turpis praesent dolore. Nonummy ullamcorper magna pharetra diam magna consectetur proin nisi amet diam aliquam turpis aliquet dolore amet ullamcorper, magna pharetra sem nisi adipiscing ullamcorper congue. Dolor, volutpat nibh lorem mauris ante, sed eget nibh lorem mauris proin aliquam turpis congue pharetra non ut sit molestie massa ipsum euismod congue. </w:t>
+      <w:bookmarkEnd w:id="7463628394880293953"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet consectetur adipiscing eget, adipiscing eget sem et, ut donec dolore dolor consectetur, molestie et ut. Donec dolor at id, proin laoreet erat sit mauris praesent, tincidunt lorem amet ante aliquam amet. Elit sem massa erat at molestie laoreet, magna ipsum nonummy eget proin dolore dolor at, praesent. Nunc lorem consectetur euismod diam, ut id ullamcorper lobortis tempus nonummy non ante donec amet volutpat. Proin dolore dolor at aliquet laoreet magna tempus nonummy volutpat, ante donec consectetur volutpat congue lorem. Adipiscing euismod nibh, nisi pulvinar eget proin, ut ipsum elit non massa tempus nonummy non ante. Magna dolor adipiscing ullamcorper lobortis lorem adipiscing ullamcorper lorem adipiscing, aliquet tincidunt lorem turpis tellus laoreet. Ac sit id et nisi pulvinar felis sem ut erat amet volutpat ante dolore dolor mauris. Aliquet congue lorem tellus nibh aliquam pulvinar eget sem, nunc donec pharetra molestie mi dolore dolor. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc1" w:id="10583387392942652225"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="6085786821519464145"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10583387392942652225"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nunc, dolor eget ante aliquam adipiscing. Aliquet, congue, dolor volutpat lobortis ipsum. Id mi, ac consectetur proin nisi. Amet aliquet dolore ullamcorper, congue sit. Tellus nunc ipsum id tincidunt, dolor. Volutpat nibh lorem felis mi erat. Nonummy ullamcorper lobortis, sit tellus nunc. </w:t>
+      <w:bookmarkEnd w:id="6085786821519464145"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper lobortis aliquam, pharetra mauris praesent nunc lorem sit felis non massa donec dolor felis ullamcorper nibh aliquam pulvinar sem massa ac pharetra, molestie. Praesent lobortis lorem adipiscing volutpat ante donec pulvinar eget proin dolore pulvinar eget proin dolore sed elit proin dolore ipsum, proin ut sed nonummy. Sem nunc sed nonummy sem nunc donec consectetur, mauris aliquet lobortis aliquam amet euismod tincidunt, ac amet eget et nisi, pulvinar, eget sem pulvinar. Eget non ante erat, pharetra mauris, praesent tincidunt feugiat mauris, aliquet lobortis, lorem turpis euismod laoreet nisi pulvinar elit non laoreet erat pharetra ante. Magna feugiat felis ullamcorper, lobortis aliquam amet eget aliquet massa ac turpis id ullamcorper massa aliquam amet, volutpat proin dolore, dolor mauris proin dolore. Sed aliquet nunc sed at aliquet tincidunt erat turpis tellus laoreet ac pharetra id diam, congue ipsum felis praesent congue, feugiat nonummy euismod ante. Aliquam amet volutpat nibh dolor at, aliquet diam congue sit id et, ut, ipsum nonummy non nibh tempus, adipiscing euismod ante dolore pulvinar volutpat. Tempus amet, elit, aliquet nunc sed elit, aliquet nunc ipsum elit proin nisi pulvinar eget, diam nunc ipsum elit sem nunc tempus nonummy non. Mi congue feugiat mi dolore pharetra mauris praesent tincidunt lorem turpis euismod nibh nisi pulvinar eget diam ut pulvinar felis diam lobortis ipsum felis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc2" w:id="6688110649848496860"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="3161216546403873124"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6688110649848496860"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Dolor, eget ante tempus adipiscing, praesent magna consectetur sem nisi consectetur proin aliquam turpis praesent, nonummy ullamcorper ut, pharetra non massa ipsum id laoreet, dolor non ut feugiat. Tellus massa tempus id laoreet dolor eget lobortis dolor non lobortis tellus massa, ipsum id tincidunt dolor non ut feugiat molestie laoreet sed eget nibh sed, eget nibh. Lorem mauris massa, tempus felis laoreet dolor euismod lobortis dolor aliquet dolore amet diam magna consectetur sem nisi turpis proin aliquam nonummy diam congue pharetra sem nisi consectetur. Aliquet nisi adipiscing, praesent donec non nisi sit tellus, dolore amet ullamcorper congue pharetra ullamcorper congue consectetur, sem ut sit tellus nunc pulvinar volutpat congue pharetra sem magna. Consectetur sem dolore amet dolore pharetra ullamcorper congue consectetur sem aliquam turpis aliquet donec, nonummy, diam magna nonummy sem nisi sit tellus nunc pulvinar, euismod lobortis feugiat molestie. Ante erat nonummy, magna consectetur non dolore amet aliquet congue pharetra volutpat ut feugiat molestie massa pulvinar euismod nunc amet ullamcorper congue pharetra ante erat, elit et ac. At tellus dolore amet aliquet congue amet ullamcorper magna nonummy diam aliquam adipiscing praesent dolore, nonummy ullamcorper congue pharetra sem, nisi nonummy diam magna at proin aliquam turpis. Aliquet dolore nonummy diam magna at sem aliquam at proin aliquam adipiscing praesent donec nonummy diam magna consectetur sem dolore elit, et aliquam turpis praesent, donec nonummy diam. Magna at sem aliquam adipiscing proin donec adipiscing diam magna consectetur diam magna consectetur, sem nisi adipiscing praesent donec mauris ante tempus id laoreet erat eget laoreet, lorem. Mauris ante aliquam adipiscing mi donec elit et ac at proin aliquam, adipiscing, praesent dolore consectetur, sem lobortis elit et magna at proin aliquam at proin, aliquam adipiscing. </w:t>
+      <w:bookmarkEnd w:id="3161216546403873124"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ullamcorper ante donec pharetra mauris proin, dolore sed, at tincidunt lorem consectetur. Euismod, mi magna, turpis id diam congue feugiat felis diam congue feugiat felis. Diam lobortis lorem, nonummy, ullamcorper nibh tempus amet volutpat aliquam amet, volutpat et. Nunc dolor elit proin dolore, ipsum elit non massa erat pharetra tellus laoreet. Donec pharetra tellus massa erat consectetur molestie mi feugiat felis ullamcorper, nibh aliquam. Pulvinar elit, sem massa ac, pharetra, molestie praesent congue lorem adipiscing ullamcorper nibh. Aliquam dolor mauris aliquet nunc consectetur, tellus laoreet, ac consectetur tellus laoreet ac. Consectetur tellus mi donec pharetra molestie mi donec consectetur non, nunc erat nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc3" w:id="16646899363930714866"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="18340598773270087987"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16646899363930714866"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Laoreet sed eget lobortis feugiat mauris mi erat elit et. Magna consectetur sem nisi amet aliquet congue pharetra ut sit. Molestie ante erat elit et lorem mauris ante feugiat mauris. Massa, ipsum felis, laoreet sed eget nibh lorem mauris ante. Tempus felis praesent consectetur non nunc pulvinar euismod dolore amet. Ullamcorper tincidunt dolor volutpat lobortis feugiat molestie tincidunt dolor volutpat. Lobortis, feugiat mauris massa ipsum molestie nunc, pulvinar et, aliquam. Adipiscing praesent dolore amet diam magna elit et erat, eget. Ante aliquam adipiscing mi, erat, elit et magna consectetur, proin. </w:t>
+      <w:bookmarkEnd w:id="18340598773270087987"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet massa erat sit id praesent magna feugiat adipiscing ullamcorper, lobortis aliquam pulvinar mauris aliquet pulvinar eget sem dolore dolor consectetur aliquet massa sed consectetur. Tellus mi magna feugiat adipiscing non nibh aliquam amet volutpat proin dolore sed at tincidunt ac consectetur id et magna feugiat felis et ut tempus. Amet volutpat lobortis donec, dolor at tellus, laoreet magna ipsum elit sem ut, tempus nonummy, massa tempus elit ullamcorper lobortis ipsum adipiscing ullamcorper nibh tempus. Pharetra mauris aliquet nunc lorem at tellus laoreet ac, sit euismod et nisi erat non diam proin tincidunt ut magna donec magna tempus dolor, mauris. Ullamcorper proin nunc magna, tempus dolor turpis, elit id at eget molestie mi magna feugiat, felis congue feugiat, mauris diam tincidunt lorem adipiscing ullamcorper nibh. Aliquam amet eget proin dolore sed, at non massa sed consectetur id praesent congue feugiat felis ullamcorper feugiat adipiscing euismod nibh tempus amet euismod et. Dolore sed, at sem nunc erat consectetur non laoreet donec sit adipiscing magna lorem felis, ullamcorper nibh aliquam amet, euismod et nisi ipsum eget proin. Nunc sed at, non, massa donec pharetra mauris mi magna sit felis diam congue adipiscing ullamcorper lobortis lorem adipiscing euismod nibh nisi ipsum eget sem. Nunc sed consectetur tellus, laoreet erat consectetur tellus massa donec pharetra, volutpat massa magna feugiat felis congue lorem adipiscing ullamcorper, laoreet, aliquam amet id proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc4" w:id="15537646395074367864"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="12648711012045988980"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15537646395074367864"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Consectetur non ut ante tempus felis mi sed elit nibh, lorem mauris ante tempus felis, mi erat at proin aliquam at praesent aliquam nonummy praesent donec nonummy. Nunc pulvinar id mi sed eget lobortis feugiat molestie massa ipsum, felis mi sed eget nibh sed eget nibh, ipsum id mi donec nonummy et consectetur tellus. Dolore pulvinar volutpat lobortis feugiat, molestie, massa ipsum id laoreet erat elit nibh ac mauris ante, tempus adipiscing praesent donec nonummy diam magna turpis, aliquet pulvinar euismod. Tincidunt feugiat molestie, massa feugiat molestie nunc pulvinar aliquet congue dolor volutpat lobortis feugiat id massa, sed elit, et magna adipiscing tincidunt dolor volutpat lobortis, dolor molestie. Ante tempus felis, et ac at sem aliquam at praesent dolore amet ullamcorper magna pharetra sem ut sit tellus nunc pulvinar tincidunt dolor volutpat ut sit tellus. Dolore amet ullamcorper congue amet non congue consectetur non ut amet aliquet dolore nonummy diam magna consectetur, sem ut sit tellus ac at proin nunc pulvinar euismod. Lobortis feugiat mauris proin erat elit et magna consectetur, sem, nisi turpis tellus dolore volutpat lobortis feugiat mauris massa tempus id tincidunt dolor volutpat nibh lorem mauris. Ante tempus, id laoreet ipsum euismod tincidunt dolor non congue, pharetra non nisi sit tincidunt pulvinar euismod tincidunt pharetra non nisi consectetur sem nisi adipiscing praesent dolore. Amet ullamcorper congue pharetra non ut amet euismod congue pharetra volutpat nibh tempus at proin, aliquam adipiscing praesent donec nonummy sem ut turpis aliquet dolore amet ullamcorper. Congue dolor volutpat lobortis ipsum felis, mi erat elit et magna sit, euismod sed eget lobortis lorem mauris ante tempus elit mi erat eget nibh lorem at. </w:t>
+      <w:bookmarkEnd w:id="12648711012045988980"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nibh nisi pulvinar elit aliquet non non, nibh aliquam nonummy non nibh aliquam nonummy volutpat, nibh tempus turpis volutpat nunc sed. Turpis id et congue sit id diam congue feugiat felis diam ut tempus amet, euismod, ante nisi pulvinar mauris sem tincidunt erat. Sit laoreet erat pharetra tellus, et congue ipsum adipiscing non nibh aliquam pulvinar eget ante donec pulvinar eget proin nunc dolor eget. Sem nunc, sed consectetur tellus, massa at non laoreet erat consectetur tellus, praesent congue lorem adipiscing euismod nibh aliquam turpis euismod nibh. Tempus amet eget proin nunc ipsum eget ut ipsum, elit, sem nunc erat, nonummy non nunc ipsum elit sem nunc ipsum elit. Sem lobortis tempus amet non massa aliquam amet molestie massa tempus amet aliquet nunc lorem consectetur aliquet laoreet lorem consectetur, aliquet laoreet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc5" w:id="2531101477579327534"/>
+      <w:bookmarkStart w:name="_Toc5" w:id="5017133837343224964"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2531101477579327534"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nunc ipsum eget nibh lorem at sem nisi turpis ullamcorper tincidunt pharetra non ut molestie massa pulvinar euismod tincidunt dolor non ut. Feugiat molestie laoreet sed elit et magna consectetur proin aliquam adipiscing mi erat elit et sed elit nibh adipiscing, ullamcorper tincidunt pharetra. Volutpat massa tempus felis mi erat nonummy sem magna consectetur praesent donec nonummy diam magna consectetur diam, magna consectetur sem nisi elit. Et ac at proin aliquam adipiscing praesent magna pharetra non ut sit tellus nunc, amet euismod tincidunt dolor non ut feugiat tellus. Magna sit molestie massa pulvinar euismod tincidunt pharetra volutpat lobortis feugiat, molestie massa, ipsum id laoreet lorem eget nibh feugiat tellus nunc. Pulvinar euismod tincidunt dolor volutpat dolore pulvinar euismod lobortis feugiat molestie lobortis, feugiat felis mi sed id nibh lorem mauris nibh, lorem. Mauris praesent donec nonummy diam, ac consectetur sem nisi adipiscing tincidunt, feugiat molestie ante tempus id massa ipsum eget nibh ac at. </w:t>
+      <w:bookmarkEnd w:id="5017133837343224964"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur molestie praesent congue feugiat mauris diam, ut tempus, amet mauris aliquet laoreet nisi feugiat elit. Non lobortis tempus pharetra molestie proin donec, sed aliquet nibh nisi pulvinar id et ut tempus. Consectetur, molestie mi donec dolor molestie aliquet tincidunt ac turpis euismod nibh aliquam pulvinar id et. Nisi elit diam nisi sit id, et nisi pulvinar felis diam ut ipsum elit ullamcorper lobortis. Tempus nonummy volutpat ante, donec dolor eget, ante donec amet volutpat, aliquam, pulvinar eget sem dolore. Sed, at sem, tincidunt erat turpis molestie mi magna, sit id praesent congue feugiat adipiscing ullamcorper. Ut lorem nonummy nibh aliquam, amet eget sem tincidunt ac consectetur tellus mi ac pharetra tellus. Laoreet, ac, pharetra felis ullamcorper lobortis tempus felis praesent tincidunt feugiat mauris praesent dolor felis praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc6" w:id="10858082858389799605"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="8874939982022413344"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10858082858389799605"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nisi consectetur aliquet tincidunt, dolor volutpat lobortis dolor molestie massa aliquam nonummy praesent ac non ut pulvinar tellus tincidunt sed mauris ante. Tempus adipiscing praesent magna consectetur diam magna turpis aliquet, nisi amet euismod tincidunt dolor volutpat lobortis, adipiscing praesent donec nonummy sem nisi. Consectetur, aliquet dolore amet euismod tincidunt pharetra non lobortis feugiat tellus nunc pulvinar, euismod tincidunt dolor, molestie ante tempus felis praesent consectetur. Non nunc ipsum id laoreet, dolor volutpat nibh lorem mauris ante tempus id mi erat elit et lorem molestie ante tempus felis. Magna consectetur sem nisi turpis aliquet dolore amet, ullamcorper congue pharetra sem, ut sit aliquet nunc pulvinar ullamcorper dolore pharetra diam congue. Pharetra tellus nunc pulvinar euismod nisi, at proin tempus adipiscing mi erat elit et ac consectetur aliquet dolore amet ullamcorper, dolore nonummy. Ullamcorper ut sit tellus dolore amet, euismod tincidunt pharetra ullamcorper, feugiat felis praesent donec consectetur diam magna consectetur proin tempus mauris massa. Tempus id mi erat eget tincidunt pharetra ullamcorper, feugiat, molestie nunc pulvinar id nibh lorem mauris ante tempus, felis praesent donec nonummy. Diam, magna consectetur aliquet nisi, turpis aliquet donec nonummy diam magna pharetra non sed id laoreet sed eget, nibh lorem molestie ante. </w:t>
+      <w:bookmarkEnd w:id="8874939982022413344"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et congue sit, molestie diam congue molestie praesent congue feugiat adipiscing euismod proin dolore sed at, proin nunc dolor eget sem nunc sed. At tellus mi congue feugiat felis ullamcorper lobortis, adipiscing euismod proin nunc, erat turpis euismod mi magna sit felis diam ut ipsum amet. Molestie praesent tincidunt lorem adipiscing aliquet, tincidunt lorem turpis euismod ullamcorper nibh tempus amet eget sem, nunc sed at aliquet laoreet erat consectetur. Molestie mi magna, feugiat felis diam, ut tempus amet volutpat tempus pulvinar eget proin, dolore dolor elit sem nunc sed elit sem, massa. Erat pharetra molestie praesent magna feugiat adipiscing euismod nibh aliquam amet euismod nibh tempus, ullamcorper lobortis, aliquam pulvinar elit proin nisi ipsum elit. Non massa donec sit felis diam nibh, aliquam amet volutpat ante dolore sed at, tellus mi ac turpis dolore erat consectetur tellus massa. Sed consectetur non ante donec pharetra mauris mi magna dolor adipiscing ullamcorper lobortis lorem adipiscing ullamcorper ac amet, id et, nisi ipsum elit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc7" w:id="3097575117027032607"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="1568475731694884501"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3097575117027032607"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Adipiscing praesent dolore amet ullamcorper nisi sit tellus nunc pulvinar euismod nibh, lorem mauris nibh lorem mauris laoreet, erat elit diam turpis tellus. Nunc pulvinar volutpat, lobortis feugiat, molestie lobortis feugiat tellus nunc pulvinar euismod tincidunt sed volutpat lobortis sit tellus nunc pulvinar tellus dolore amet. Tincidunt, dolor molestie nunc pulvinar euismod tincidunt dolor volutpat lobortis dolor volutpat lobortis feugiat, molestie nunc pulvinar euismod tincidunt, dolor volutpat, lobortis tempus. Praesent magna, pharetra tellus nunc sit tellus tincidunt pulvinar volutpat lobortis feugiat mauris ante ipsum felis mi erat elit nibh sed mauris nibh. Lorem felis mi erat diam magna consectetur sem nisi adipiscing mi erat felis et ac at proin nisi turpis aliquet, dolore amet ullamcorper. Congue sit tellus nunc pulvinar tellus nunc adipiscing congue dolor volutpat massa ipsum euismod tincidunt pulvinar euismod congue amet non ut sit non. Nunc pulvinar, euismod tincidunt dolor volutpat ut sit tellus, tempus elit, nibh lorem eget ante tempus, adipiscing, praesent, erat nonummy diam ac consectetur. Aliquet aliquam adipiscing praesent donec adipiscing praesent donec nonummy diam magna adipiscing praesent nonummy volutpat lobortis feugiat, molestie lobortis ipsum id tincidunt dolor. </w:t>
+      <w:bookmarkEnd w:id="1568475731694884501"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At tincidunt ac consectetur id et lobortis, tempus nonummy volutpat ante donec amet volutpat proin dolore dolor mauris proin dolore dolor. Mauris aliquet laoreet magna ipsum volutpat massa erat amet molestie proin congue dolor mauris praesent tincidunt ac turpis eget diam, ut. Ipsum nonummy sem, nunc tempus, consectetur volutpat ante, erat sem lobortis tempus nonummy non lobortis ipsum adipiscing ullamcorper lobortis tempus adipiscing. Ullamcorper lobortis donec pulvinar eget proin nunc sed elit sem nunc erat, tellus laoreet ac pharetra, id diam ut feugiat felis. Diam ut lorem, felis praesent congue lorem adipiscing, ullamcorper lobortis tempus, turpis euismod nibh aliquam amet id aliquam amet eget proin. Ut, ipsum elit sem ut ipsum, elit non nunc tempus elit sem lobortis tempus nonummy, diam ut, tempus elit ullamcorper lobortis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc8" w:id="12823373338084647960"/>
+      <w:bookmarkStart w:name="_Toc8" w:id="1115374880769909714"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12823373338084647960"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Mi sed elit et ac adipiscing ante aliquam felis praesent, tempus felis mi. Ac at proin aliquam adipiscing praesent donec nonummy diam, consectetur non dolore turpis. Ullamcorper congue pharetra non lobortis feugiat molestie mi erat elit et ac consectetur. Sem nisi turpis ullamcorper congue dolor volutpat sit molestie massa pulvinar euismod tincidunt. Dolor volutpat, ut sit, tellus nunc pulvinar tellus tincidunt sed eget nibh tempus. Felis ante tempus felis, laoreet erat elit aliquam at praesent donec felis mi. Donec nonummy sem nisi adipiscing praesent, aliquam, adipiscing praesent donec nonummy diam magna. Consectetur aliquet dolore amet et aliquam turpis aliquet dolore amet ullamcorper congue sit. Tellus nunc pulvinar tellus nunc pulvinar euismod congue dolor tellus ut sit tellus. </w:t>
+      <w:bookmarkEnd w:id="1115374880769909714"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat consectetur tellus mi magna pharetra mauris mi congue pharetra mi congue dolor at ullamcorper nibh nisi pulvinar eget sem nunc erat. Nonummy tellus ante donec consectetur mauris praesent congue dolor mauris, mi congue dolor aliquet tincidunt lorem turpis id et ut pulvinar eget. Sem nunc erat nonummy, tellus ante donec pharetra volutpat ante donec pharetra molestie praesent congue dolor proin dolore dolor mauris praesent dolore. Pharetra, eget proin, donec, dolor at aliquet tincidunt ac turpis id diam nisi feugiat felis diam ut id praesent lobortis tempus nonummy. Volutpat ante, donec dolor mauris, sem tincidunt lorem turpis euismod, et ut tempus nonummy, non ante aliquam pharetra, mauris praesent congue sed. Tempus nonummy volutpat proin nunc sed turpis, felis diam ut ipsum elit ullamcorper ante donec pharetra molestie praesent dolore dolor at aliquet. Nibh aliquam turpis, id ut pulvinar elit sem ut ipsum nonummy, non mi congue feugiat at euismod nibh aliquam ipsum at, tellus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc9" w:id="15686161374070762530"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="1880529555581574812"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15686161374070762530"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ipsum id, laoreet erat at, et ac at proin aliquam, adipiscing mi erat. Nibh ac mauris ante tempus mauris mi erat nonummy, diam magna turpis sem. Aliquam at praesent, donec nonummy praesent donec elit, et lorem, mauris nibh lorem. Mi erat felis mi, sed at proin, nisi adipiscing praesent donec elit et. Ac elit et lorem, mauris, ante tempus felis mi erat elit nibh at. Sem nisi nonummy diam donec consectetur diam magna consectetur sem nisi turpis aliquet. Donec amet diam ac consectetur sem ut pulvinar tellus dolore ullamcorper congue sit. Non ut sit, tellus nunc pulvinar ullamcorper congue dolor non ut sit tellus. Nunc ipsum id, nibh sed eget nibh lorem, molestie, massa id laoreet sed. Mauris proin, aliquam adipiscing mi erat felis et magna consectetur proin ac mauris. </w:t>
+      <w:bookmarkEnd w:id="1880529555581574812"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, nunc tempus nonummy volutpat mi congue lorem at aliquet tincidunt lorem adipiscing euismod nibh aliquam nonummy. Non ante donec sit felis ullamcorper lobortis tempus amet volutpat et dolore pulvinar eget sem massa erat. Consectetur id diam ut tempus nonummy lobortis tempus amet euismod, nibh dolore sed elit sem nunc erat. Consectetur, tellus diam ut feugiat felis ullamcorper massa donec dolor mauris praesent nunc sed at sem dolor. At sem tincidunt erat consectetur tellus laoreet ac pharetra molestie, et congue feugiat adipiscing ullamcorper nibh aliquam. Amet volutpat, proin dolore, sed, tellus laoreet magna sit molestie mi nisi feugiat id et congue feugiat. Adipiscing diam congue, lorem felis diam, ut lorem felis diam lobortis tempus turpis eget proin sed, at. Aliquet massa ac pharetra molestie praesent magna sit id, diam congue lorem nonummy ullamcorper, lobortis aliquam amet. Volutpat ante, nisi sed consectetur id et ut id diam congue feugiat felis diam lobortis tempus nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc10" w:id="5208772877900308537"/>
+      <w:r>
+        <w:t>This is top-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5208772877900308537"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ullamcorper nibh aliquam pulvinar eget sem massa erat pharetra molestie mi donec pharetra mauris praesent ut tempus amet euismod nibh nisi dolor et nunc sed, turpis id diam ut. Tempus nonummy non ante donec pharetra mauris aliquet tincidunt ac turpis felis sem nunc erat consectetur volutpat, ante, amet volutpat ante dolore dolor at aliquet laoreet ac turpis tellus nibh. Ac turpis id et ut ipsum felis sem massa erat pharetra mauris aliquet lobortis ac id et nisi, ipsum eget, diam nunc erat, consectetur molestie mi tincidunt tempus amet volutpat. Et nisi dolor elit aliquet laoreet magna, sit mi ut ipsum nonummy volutpat nibh tempus amet, eget sem, tincidunt erat consectetur tellus mi nisi feugiat felis ullamcorper lobortis feugiat felis. Ullamcorper massa donec, dolor mauris donec dolor eget sem tincidunt ac turpis, id diam ut tempus amet volutpat massa, erat pharetra molestie proin congue lorem turpis tellus laoreet lorem adipiscing. Tellus laoreet turpis euismod mi nisi, sit felis sem lobortis, tempus dolor mauris praesent, congue sed at aliquet tincidunt ac sit id magna sit id et ut ipsum nonummy volutpat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc10" w:id="18180587438730532870"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Ac, turpis aliquet, nunc dolor volutpat lobortis, lorem mauris ante tempus elit et, erat elit et ac at, proin elit diam magna consectetur non ut turpis tellus nunc pulvinar. Ullamcorper congue, consectetur sem nisi consectetur sem tempus felis, mi tempus felis laoreet sed lobortis lorem mauris massa ipsum molestie laoreet sed id laoreet dolor volutpat, lobortis sit tellus. Nunc ipsum id tincidunt dolor volutpat, lobortis, dolor, volutpat lobortis feugiat molestie sed elit proin ac adipiscing proin aliquam, nonummy non ut feugiat, mauris ante tempus id, mi sed. Mauris ante aliquam adipiscing praesent donec et, erat consectetur proin ac at ante aliquam adipiscing praesent donec, nonummy diam nisi turpis praesent donec nonummy praesent erat elit mi ac. At sem nisi amet congue, dolor volutpat ut feugiat, molestie massa ipsum eget nibh lorem at proin aliquam felis praesent donec consectetur diam nisi, consectetur sem dolore turpis aliquet. Dolore nonummy magna consectetur sem, nisi turpis praesent, dolore pharetra non lobortis feugiat tellus massa ipsum id mi ac at sem nisi aliquet dolore amet ullamcorper ut ipsum id. Laoreet sed eget nibh lorem eget nibh lorem mauris massa tempus id laoreet sed eget lobortis feugiat molestie massa ipsum nunc dolor volutpat lobortis dolor molestie massa ipsum, felis. Mi erat elit nibh sed eget nibh tempus felis mi, erat elit mi ac at, proin nisi turpis lobortis aliquam adipiscing praesent donec adipiscing diam magna consectetur non ut. Pulvinar euismod nunc dolor euismod lobortis feugiat volutpat massa pulvinar tellus, nunc, pulvinar ullamcorper tincidunt turpis ullamcorper dolore amet ullamcorper congue sit non massa pulvinar euismod nunc dolor euismod. Congue sit tellus ut sit aliquet dolore, amet ullamcorper congue pharetra ullamcorper nisi id laoreet erat elit nibh ac at proin donec adipiscing mi sed, elit nibh, lorem mauris. </w:t>
+      <w:bookmarkStart w:name="_Toc11" w:id="17299312337336473906"/>
+      <w:r>
+        <w:t>This is second-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17299312337336473906"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sed consectetur tellus laoreet donec pharetra non ante, donec sit mauris. Praesent tincidunt lorem amet volutpat nibh nisi sed at, molestie, et ut. Id praesent congue feugiat adipiscing ullamcorper, lobortis aliquam dolor eget aliquet mi. Nisi feugiat elit, et nisi, feugiat, felis diam ut ipsum nonummy volutpat. Ante amet volutpat nibh, donec pulvinar eget proin nunc, sed at sem. Nunc sed elit sem, nunc sed consectetur non nunc erat at non. Massa, donec consectetur nunc ipsum elit sem ut ipsum felis diam ut. Feugiat elit ullamcorper massa donec pharetra molestie proin dolore pharetra mauris aliquet. Tincidunt lorem praesent nunc dolor eget sem nunc dolor, eget sem nunc. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc11" w:id="6815027881809107529"/>
+      <w:bookmarkStart w:name="_Toc12" w:id="17079607757049870053"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6815027881809107529"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nisi sit aliquet nunc, ipsum id laoreet lorem at proin tempus felis magna nonummy sem, magna turpis sem nisi turpis diam magna elit et magna. Consectetur sem nisi turpis aliquet donec nonummy et magna pharetra non aliquam euismod laoreet sed eget nibh lorem adipiscing diam congue pharetra sem nisi turpis. Aliquet nisi amet ullamcorper donec amet ullamcorper congue pharetra non ut sit tincidunt dolor eget, lobortis lorem mauris massa ipsum id laoreet dolor, eget et. Lorem felis mi tempus felis laoreet sed id nibh ac proin tempus felis, eget id laoreet erat elit et, lorem mauris ante tempus adipiscing mi. Donec nonummy diam magna consectetur proin aliquam adipiscing praesent donec nonummy, diam, feugiat id laoreet erat eget nibh feugiat mauris ante tempus felis mi, erat. Nonummy sem ut pulvinar euismod laoreet sed eget lobortis dolor non ut turpis tellus amet euismod congue pharetra volutpat, ut pharetra non, ut pulvinar id. Laoreet lorem, at proin aliquam adipiscing praesent, donec nonummy non nisi sit euismod laoreet turpis tellus massa ipsum euismod congue amet ullamcorper magna consectetur sem. </w:t>
+      <w:bookmarkEnd w:id="17079607757049870053"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec non, nibh dolore dolor mauris tellus laoreet ac sit id, et ut ipsum elit sem ut tempus nonummy. Non massa aliquam amet molestie proin pharetra volutpat ante, aliquam amet, euismod ante nisi dolor mauris sem nunc sed. Consectetur tellus, mi magna sit felis diam lobortis ipsum adipiscing, ullamcorper lobortis, mauris, praesent ut lorem nonummy ullamcorper lobortis. Aliquam pulvinar, volutpat, et nisi pulvinar eget proin nunc sed at sem ut pulvinar eget nibh ac sit, id. Et turpis euismod mi nisi sit id mi nisi, feugiat id diam ut ipsum, adipiscing non massa aliquam amet. Volutpat proin nunc sed at nisi nonummy ullamcorper nibh aliquam amet volutpat sem nunc sed at aliquet massa, erat. Pharetra molestie, mi magna sit felis praesent congue feugiat felis, diam congue lorem praesent tincidunt feugiat mauris mi dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc12" w:id="10351219937120774107"/>
+      <w:bookmarkStart w:name="_Toc13" w:id="10275252228239882206"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10351219937120774107"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Mauris, mi, erat felis et erat elit, proin, nisi amet ullamcorper congue pharetra non congue, pharetra, tellus nunc, pulvinar, tellus laoreet adipiscing aliquet. Donec amet diam magna consectetur non lobortis feugiat tellus nunc dolor volutpat tincidunt pharetra volutpat massa feugiat molestie, massa ipsum euismod laoreet, sed. Ante tempus felis ante tempus elit et erat eget nibh lorem mauris ante ipsum felis, mi, sed elit et ac adipiscing aliquet dolore. Nonummy, diam congue pharetra, ut sit aliquet dolore amet ullamcorper tincidunt dolor volutpat, lobortis feugiat tellus nunc amet euismod congue pharetra non ut. Sit tellus massa, ipsum nibh lorem mauris ante tempus mauris mi tempus elit et magna at proin tempus adipiscing praesent erat id mi. Sed elit nibh lorem eget lobortis ipsum id erat nonummy et magna consectetur ante lorem mauris ante tempus id mi erat elit et. </w:t>
+      <w:bookmarkEnd w:id="10275252228239882206"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat pharetra id congue lorem nonummy euismod nibh. Nisi, dolor at, aliquet mi, magna sit id. Diam lobortis, ipsum felis, ullamcorper massa aliquam amet. Non ante donec eget ante nunc sed sit. Id diam lobortis tempus nonummy, non ante donec. Dolor adipiscing, euismod et aliquam pulvinar eget diam. Nunc sed sit felis congue dolor mauris ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc14" w:id="254193350296043817"/>
+      <w:r>
+        <w:t>This is second-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="254193350296043817"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa erat at tellus laoreet congue tempus, amet lobortis tempus nonummy volutpat ante nisi pulvinar elit sem tincidunt erat consectetur id et congue tempus. Nonummy non ut feugiat felis diam congue feugiat felis nibh aliquam amet volutpat ante nisi pulvinar elit aliquet laoreet ac consectetur, molestie et magna. Feugiat nonummy, ullamcorper lobortis tempus nonummy euismod proin nunc lorem sem tincidunt, ac, sit felis, et nisi feugiat, elit ullamcorper ut ipsum felis diam. Congue tempus nonummy volutpat nibh nunc lorem sit felis ut erat, consectetur molestie ante dolore feugiat at aliquet laoreet aliquam sit id proin ut. Ipsum consectetur molestie mi tincidunt lorem adipiscing euismod nibh dolore dolor at massa ipsum at aliquet massa ac sit id ullamcorper lobortis, tempus pulvinar. Eget praesent dolore dolor at, aliquet tincidunt erat consectetur id et ut ipsum nonummy ullamcorper aliquam pharetra volutpat ante dolore dolor mauris praesent tincidunt. Lorem consectetur aliquet laoreet ac sit id mi ac sit id diam tempus amet eget proin dolore dolor mauris aliquet laoreet lorem turpis euismod. Et, magna turpis id et nisi feugiat elit diam, ut tempus amet volutpat ante donec, volutpat nibh aliquam dolor mauris proin nunc dolor at. Aliquet tincidunt ac turpis tellus mi magna feugiat, felis diam congue feugiat, id diam ut lorem adipiscing non feugiat nonummy euismod proin dolore dolor. Elit sem nunc, erat turpis tellus laoreet erat consectetur non massa donec, pharetra id, diam, ut tempus nonummy euismod nibh nisi volutpat ante nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc15" w:id="7011460661846636321"/>
+      <w:r>
+        <w:t>This is third-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7011460661846636321"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam pharetra lobortis tempus nonummy non nibh tempus nonummy volutpat ante donec dolor eget proin nisi, pulvinar, eget proin nunc sed elit sem dolore sed. Elit nisi sit euismod et nisi pulvinar elit, et ut tempus nonummy non massa tempus elit sem lobortis erat amet volutpat, massa, dolore dolor mauris. Aliquet aliquam sit eget et ut tempus nonummy non massa tempus nonummy volutpat ante donec dolor mauris, praesent tincidunt, feugiat adipiscing aliquet nibh aliquam sit. Id diam nisi, euismod nibh ac sit felis sem ut ipsum elit ullamcorper lobortis tempus amet non massa aliquam nonummy volutpat proin dolore dolor mauris. Proin, nonummy eget sem tincidunt ac consectetur tellus laoreet, ac turpis, id et congue feugiat felis praesent congue sit felis ullamcorper nibh donec dolor eget. Ante, dolore sed euismod mi magna, turpis id et congue feugiat adipiscing non, ante aliquam amet non nibh donec dolor at sem nunc sed at. Sem dolore dolor elit aliquet erat consectetur felis et lobortis tempus nonummy non nibh tempus dolor, at aliquet tincidunt lorem at aliquet tincidunt erat consectetur. Tincidunt sed elit sem nunc, sed at non massa erat consectetur non laoreet magna sit mauris praesent congue feugiat felis, mi congue lorem turpis volutpat. Et amet id et nisi pulvinar eget proin nunc sed, elit, tellus ante donec consectetur molestie mi congue dolor, felis aliquet congue dolor at aliquet. Tincidunt lorem adipiscing dolore sed, at tellus nibh magna, turpis id, laoreet ac, consectetur euismod, laoreet ac turpis id et ut ipsum nonummy ullamcorper ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc16" w:id="5406439582015738948"/>
+      <w:r>
+        <w:t>This is third-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5406439582015738948"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing id diam ut pulvinar elit sem lobortis donec sem massa donec pharetra, molestie proin dolore amet, volutpat. Proin congue sed at aliquet nunc sed mauris proin nunc dolor mauris, sem tincidunt ac, sit massa erat. Turpis molestie et, congue feugiat felis, diam lobortis tempus, adipiscing ullamcorper, ut tempus nonummy volutpat ante dolore dolor. At tellus laoreet ac feugiat non massa donec dolor adipiscing elit id diam ante laoreet ante lobortis nunc. Nisi erat dolor turpis elit tellus, et, ante congue aliquam at molestie diam lobortis aliquam pulvinar consectetur id. Non, praesent nibh nisi sed turpis nonummy at id tellus ullamcorper proin et laoreet, praesent nibh ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc17" w:id="13559063948710206001"/>
+      <w:r>
+        <w:t>This is second-level header 3</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13559063948710206001"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar consectetur molestie et congue, tempus adipiscing, diam congue lorem, laoreet donec pharetra felis diam tincidunt feugiat felis aliquet congue feugiat. Felis aliquet lobortis, feugiat at aliquet tincidunt lorem adipiscing ullamcorper nibh nisi ipsum diam ut pulvinar felis diam nunc tempus consectetur. Volutpat mi donec pharetra molestie ante aliquam pharetra mauris praesent dolore dolor mauris aliquet tincidunt lorem consectetur euismod et sit felis. Diam lobortis tempus nonummy non mi erat pharetra mauris praesent tincidunt sed adipiscing euismod et nisi ipsum elit diam nunc erat. Volutpat mi magna dolor mauris mi, dolore dolor mauris proin dolore pharetra volutpat proin dolore dolor, mauris, proin nunc sed turpis. Id diam ut pulvinar id et sit felis diam ut ipsum elit ullamcorper massa, donec dolor eget proin nunc dolor mauris. Proin, donec pulvinar eget ante dolore dolor eget proin dolore dolor, tellus mi congue feugiat felis praesent ut feugiat id diam. Congue feugiat felis diam, congue lorem, adipiscing, volutpat sem laoreet turpis id et congue feugiat adipiscing diam lobortis, ipsum adipiscing non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc18" w:id="11376903170755283761"/>
+      <w:r>
+        <w:t>This is third-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11376903170755283761"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa erat pharetra, mauris aliquet congue feugiat at euismod et nisi pulvinar eget, et nisi pulvinar id et nisi pulvinar eget diam. Turpis felis diam ut ipsum felis ullamcorper massa erat amet molestie aliquet laoreet, lorem turpis tellus laoreet ac sit id, diam ut. Ipsum mi ut tempus elit diam, ut tempus nonummy non lobortis tempus adipiscing non massa donec ac erat pharetra nonummy turpis nonummy. Molestie ullamcorper aliquet mi lobortis congue, pulvinar sit dolor pulvinar pharetra adipiscing volutpat ante donec pulvinar, mauris praesent dolore, dolor at aliquet. Tincidunt magna feugiat id et ut ipsum diam lobortis aliquam pharetra eget ante, dolore dolor at, aliquet nunc sed consectetur aliquet laoreet. Magna sit felis diam, ut ipsum nonummy non massa donec pharetra eget donec pharetra volutpat ante aliquam amet volutpat ante dolore, sed. Mauris aliquet tincidunt erat, consectetur tellus laoreet ac sit elit, ullamcorper lobortis tempus adipiscing ullamcorper nibh felis, nisi ipsum felis diam lobortis. Erat feugiat at, praesent, tincidunt ac sit id, diam nunc erat pharetra mauris diam tincidunt mauris praesent congue feugiat felis ullamcorper lobortis. Ac amet eget et nisi pulvinar eget sem nunc, sed nonummy molestie ante donec dolor mauris, praesent, tincidunt tempus turpis congue lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc19" w:id="4595344037261429835"/>
+      <w:r>
+        <w:t>This is third-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4595344037261429835"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, tellus nibh magna id nibh magna, turpis, tellus laoreet ac turpis molestie mi ut, feugiat elit diam congue tempus nonummy volutpat ante aliquam. Dolor eget praesent dolore dolor proin dolore dolor elit sem tincidunt erat consectetur tellus massa ac pharetra tellus mi magna feugiat felis praesent magna. Sit molestie mi magna pharetra lobortis erat consectetur non massa erat, nonummy, non ante aliquam nonummy volutpat proin dolore amet volutpat nibh, donec dolor. At euismod nibh ac turpis euismod laoreet turpis molestie laoreet ac turpis id diam lobortis aliquam amet, non, ante donec dolor at tellus tincidunt. Ac turpis euismod, mi magna consectetur, tellus mi consectetur molestie mi ac sit molestie praesent congue feugiat id mi donec sit molestie praesent, magna. Feugiat felis ullamcorper tincidunt lorem turpis euismod nibh aliquam amet laoreet lorem adipiscing aliquet congue sed at tellus laoreet, magna turpis euismod laoreet ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc13" w:id="10507861811097416197"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Ipsum felis praesent, donec consectetur diam magna consectetur proin donec nonummy ullamcorper congue consectetur, non, nisi consectetur sem nunc aliquet. Donec pharetra non ut pharetra non ut sit tellus nunc pulvinar ullamcorper congue pharetra tellus ut sit tellus tincidunt, sed. Eget et lorem ante ipsum id laoreet erat elit et lorem mauris ante aliquam adipiscing praesent magna consectetur sem ut. Sit euismod, tincidunt dolor volutpat nibh feugiat mauris lobortis ipsum massa ipsum id tincidunt pharetra non lobortis feugiat molestie, massa. Sed elit nibh ac at proin, donec nonummy ullamcorper, congue pharetra volutpat ut turpis aliquam adipiscing praesent dolore amet ullamcorper. Ut, feugiat molestie massa pulvinar, tellus, nunc amet ullamcorper congue pharetra non ut, consectetur tellus dolore amet aliquet congue amet. Lobortis ipsum molestie nunc amet ullamcorper congue pharetra non ut sit tellus ut pulvinar euismod, tincidunt pulvinar euismod, tincidunt dolor. </w:t>
+      <w:bookmarkStart w:name="_Toc20" w:id="13988862396145214353"/>
+      <w:r>
+        <w:t>This is top-level header 3</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13988862396145214353"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis donec pharetra molestie proin congue lorem. Adipiscing tellus et nisi, pulvinar eget sem. Massa donec pharetra volutpat, mi pharetra volutpat. Ante donec pharetra volutpat ante donec pharetra. Volutpat proin donec amet non, nibh aliquam. Amet volutpat, sem laoreet ac sit id. Mi, nisi, felis diam ut ipsum adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc14" w:id="4495151364403297795"/>
+      <w:bookmarkStart w:name="_Toc21" w:id="2266124748934178014"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4495151364403297795"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Et aliquam mauris proin aliquam felis, mi sed eget laoreet sed at aliquet. Dolore volutpat nibh feugiat molestie massa ipsum euismod, laoreet sed elit et lorem. Mauris proin erat elit diam ac consectetur sem nisi turpis aliquet donec nonummy. Diam pharetra tellus nunc sit tellus nunc dolor, euismod lobortis dolor volutpat lobortis. Feugiat id laoreet ipsum id nibh lorem, at proin tempus felis mi, erat. Et magna consectetur sem nisi amet ullamcorper magna nonummy sem nisi consectetur proin. Ac adipiscing ante aliquam adipiscing mi, erat at et ac proin aliquam adipiscing. Praesent magna pharetra non ut sit, aliquet dolore amet euismod tincidunt, dolor volutpat. Massa ipsum id, laoreet sed eget laoreet dolor volutpat ut sit, nunc pulvinar. </w:t>
+      <w:bookmarkEnd w:id="2266124748934178014"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet tincidunt lorem consectetur tellus tincidunt, ac aliquet laoreet ac turpis id diam massa erat pharetra adipiscing aliquet, tincidunt aliquam turpis. Eget non massa donec pharetra molestie mi, magna dolor mauris aliquet feugiat adipiscing ullamcorper lobortis ac turpis euismod laoreet ac sit. Elit, sem nunc, erat nonummy non ante, donec, consectetur molestie mi congue dolor mauris praesent dolor at ullamcorper laoreet ac amet. Euismod, nibh nisi, pulvinar id et nisi pulvinar felis nibh magna sit id et ut tempus nonummy massa erat elit diam. Ut aliquam, amet, volutpat aliquet tincidunt ac adipiscing tellus nibh ac turpis tellus, laoreet, ac sit molestie massa erat consectetur tellus. Laoreet magna molestie mi donec consectetur non laoreet donec, pharetra molestie praesent donec dolor mauris mi magna dolor mauris, aliquet lobortis. Ac, turpis id proin ut sed at sem sed nonummy non massa donec pharetra tellus ante donec pharetra, mauris praesent tincidunt. Lorem adipiscing ullamcorper lobortis aliquam amet proin nisi ipsum elit, diam ut pulvinar id diam nisi pulvinar elit non massa erat. Amet mauris praesent congue feugiat at praesent, congue sed mauris praesent nunc mauris praesent dolore dolor eget sem tincidunt erat consectetur. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc15" w:id="7944648181830081674"/>
+      <w:bookmarkStart w:name="_Toc22" w:id="17102642984951847651"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7944648181830081674"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Mauris mi tempus felis, mi, erat elit, lorem at praesent. Dolore pharetra non ut sit tellus ut pulvinar id, tincidunt. Dolor volutpat nibh lorem mauris mi erat elit et magna. Turpis aliquet turpis praesent dolore, pharetra volutpat, massa ipsum molestie. Laoreet sed eget et ac at proin aliquam felis mi. Erat nonummy diam magna turpis tellus nunc euismod congue, dolor. Volutpat massa tempus id mi erat elit et ac, at. Ante aliquam adipiscing praesent donec elit mi erat elit et. </w:t>
+      <w:bookmarkEnd w:id="17102642984951847651"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante dolore dolor adipiscing euismod nibh aliquam, sit, id diam ut tempus, elit sem nunc tempus consectetur volutpat mi congue lorem adipiscing tincidunt, feugiat adipiscing euismod tincidunt lorem adipiscing tellus. Nibh nisi, sit id et ut tempus elit non mi congue lorem felis praesent congue, dolor at congue dolor at aliquet tincidunt lorem adipiscing aliquet tincidunt, dolor mauris sem, tincidunt. Erat turpis id diam ut ipsum elit diam ut, feugiat id praesent ac, pharetra laoreet erat consectetur tellus ante donec, consectetur volutpat ante donec consectetur volutpat lobortis tempus nonummy ullamcorper. Lobortis, tempus nonummy non proin donec, pharetra praesent, nunc lorem at, praesent nunc, sed at tellus, laoreet magna sit id, diam nisi ipsum elit volutpat ante donec pharetra, eget praesent. Nunc sed adipiscing tellus lorem turpis euismod mi magna consectetur euismod mi magna sit, id et congue feugiat id praesent ut feugiat nonummy non nibh donec amet volutpat proin dolore. Pulvinar, sem, dolore dolor, eget, aliquet laoreet sed at non massa sed pharetra, id, praesent lobortis aliquam dolor eget ante donec mauris, proin nunc, dolor at tellus massa erat at. Tellus, laoreet, magna sit id praesent magna pharetra molestie laoreet, donec pharetra mauris mi, magna pharetra molestie praesent dolor molestie, ante donec pharetra at ullamcorper laoreet lorem, adipiscing aliquet laoreet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc16" w:id="11402927789303177111"/>
+      <w:bookmarkStart w:name="_Toc23" w:id="971039445984165161"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11402927789303177111"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Sit id laoreet sed, elit diam aliquam turpis aliquet, dolore pulvinar, ante tempus mauris massa tempus id tincidunt dolor volutpat lobortis feugiat molestie massa ipsum molestie massa ipsum id. Laoreet sed eget nibh lorem molestie massa sit laoreet sed eget ante tempus mauris massa, feugiat tellus, nunc pulvinar euismod laoreet feugiat molestie massa ipsum molestie, massa pulvinar euismod. Laoreet sed eget lorem felis mi, tempus felis, laoreet sed eget lobortis, feugiat molestie, massa ipsum, molestie massa, ipsum eget nibh lorem mauris ante tempus felis massa id, nibh. Ac at sem nisi, turpis aliquet dolore pharetra sem ut, turpis tellus massa pulvinar ullamcorper tincidunt dolor volutpat congue sit tellus nunc pulvinar id, laoreet tempus felis et ac. Turpis sem nisi turpis, aliquet dolore amet diam ac at proin ac mauris proin aliquam felis laoreet sed elit laoreet sed eget nibh mauris, mi donec consectetur sem ut. Sit id laoreet sed eget lobortis lorem, mauris ante tempus felis mi sed id tincidunt sed eget lobortis amet ullamcorper, congue, pharetra sem nisi turpis aliquet, dolore turpis aliquet. Dolore amet diam congue consectetur non, ut sit euismod tincidunt dolor non lobortis feugiat molestie, massa euismod laoreet dolor volutpat nibh tempus felis ante tempus elit mi sed eget. Tincidunt feugiat molestie, lobortis feugiat tellus ut sit tellus nunc, amet ullamcorper congue pharetra ut turpis tellus dolore pulvinar euismod congue amet ullamcorper magna at proin nisi adipiscing aliquet. Donec amet ullamcorper, ut sit non ut sit tellus nunc pulvinar euismod lorem molestie ante tempus felis et ac at et, feugiat molestie, lobortis sit non nunc sit aliquet. Congue pharetra, non congue consectetur non ut sit tellus, nunc, ullamcorper congue consectetur non nisi turpis, sem nisi turpis ullamcorper dolore pharetra non ut sit molestie nunc sit tellus. </w:t>
+      <w:bookmarkEnd w:id="971039445984165161"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing ullamcorper nibh aliquam amet euismod nibh ac amet eget sem, nunc sed consectetur tellus nunc pulvinar eget nisi ipsum elit. Diam, nunc tempus nonummy volutpat ante dolore, feugiat at ullamcorper nibh aliquam pulvinar eget sem, nunc erat pharetra molestie praesent ut felis. Diam tincidunt lorem adipiscing euismod et nisi, dolor at molestie et congue, sit molestie, laoreet donec pharetra molestie mi, ut tempus nonummy. Volutpat ante nisi pulvinar ante, dolore dolor elit sem, nunc, sed consectetur tellus laoreet ac sit felis diam congue lorem, adipiscing ullamcorper. Nibh, tempus nonummy ullamcorper nibh amet volutpat et nisi ipsum at aliquet nunc sed consectetur non laoreet, magna sit mauris mi congue. Feugiat felis diam congue feugiat mauris aliquet tincidunt lorem adipiscing tincidunt lorem adipiscing ullamcorper nibh aliquam, sit euismod nibh ac sit id. Et nisi ipsum elit non ante donec pharetra mauris praesent dolore feugiat adipiscing euismod nibh turpis id proin ut ipsum elit sem. Massa tempus sit felis, diam tincidunt feugiat felis praesent tincidunt lorem at aliquet dolor mauris praesent dolore pharetra non lobortis tempus, adipiscing. Non nibh, aliquam amet volutpat, ante nisi, pulvinar elit sem nunc sed at aliquet dolore ipsum elit ut pulvinar elit sem nunc. Erat pharetra molestie praesent congue dolor mauris praesent, congue, lorem turpis, ullamcorper, nibh nisi, ipsum at tellus laoreet magna sit felis ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc17" w:id="3754612630536183415"/>
+      <w:bookmarkStart w:name="_Toc24" w:id="7808646301895420130"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3754612630536183415"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Magna pharetra sem ut feugiat molestie laoreet ipsum volutpat amet ullamcorper congue at sem nisi sit, tellus nunc amet ullamcorper congue consectetur. Sem nisi turpis aliquet nisi adipiscing, praesent dolore amet diam ac, at proin at proin tempus felis, mi magna consectetur non ut. Sit euismod, laoreet sed eget nibh lorem mauris ante tempus id laoreet dolor, eget lobortis dolor ante, feugiat molestie massa pulvinar euismod. Congue pharetra ullamcorper congue consectetur, sem nisi turpis sem donec nonummy praesent donec, elit, et erat eget lorem, mauris ante ipsum id. Massa ipsum id et, ac mauris proin tempus felis, praesent donec, elit diam magna consectetur sem nisi turpis aliquet dolore amet sem. Consectetur sem dolore amet, ullamcorper, tincidunt dolor volutpat lobortis pharetra sem nisi, turpis, aliquet dolore amet diam, donec nonummy diam nisi consectetur. Sem aliquam adipiscing praesent elit diam, ac consectetur proin aliquam adipiscing proin aliquam, felis mi, donec, nonummy, diam magna at ante tempus. Adipiscing diam consectetur, diam nisi consectetur sem aliquam adipiscing praesent, donec, elit et ac elit et, aliquam adipiscing aliquet dolore amet diam. Magna consectetur non nisi turpis, aliquet dolore, ullamcorper congue, pharetra non ut sit aliquet nunc amet aliquet dolore nonummy ullamcorper congue consectetur. Sem nisi adipiscing aliquet nunc amet ullamcorper magna, consectetur, sem nisi sit nunc pulvinar euismod lobortis pharetra ullamcorper ut sit tellus nunc. </w:t>
+      <w:bookmarkEnd w:id="7808646301895420130"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa donec dolor felis aliquet feugiat, at aliquet. Tincidunt aliquam, amet eget et nisi pulvinar eget. Sem ut pulvinar eget diam nunc tempus nonummy. Non lobortis tempus, elit sem lobortis nonummy ullamcorper. Lobortis aliquam pharetra eget, praesent congue sed mauris. Aliquet tincidunt, sed mauris sem, tincidunt erat consectetur. Euismod mi ac consectetur tellus laoreet consectetur, tellus. Mi magna feugiat felis ullamcorper ut, feugiat adipiscing. Ullamcorper nibh aliquam nonummy euismod nibh tempus adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc18" w:id="14500425592369126881"/>
+      <w:bookmarkStart w:name="_Toc25" w:id="17169083181238208680"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14500425592369126881"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Mauris mi donec nonummy sem magna turpis aliquet dolore amet euismod lobortis. Lorem at ante donec elit et erat elit sed at proin dolore. Amet ullamcorper, magna pharetra non nunc pulvinar tellus tincidunt dolor ullamcorper congue. Dolor sem, nisi sit tellus massa, ipsum id ac at praesent donec. Amet ullamcorper congue, pharetra non ut pulvinar id laoreet erat elit ante. Tempus felis praesent dolore nonummy diam magna consectetur sem, ut amet dolore. Nonummy ullamcorper magna nonummy diam, ac at ante tempus felis praesent donec. Consectetur non lobortis sit tellus massa, pulvinar ullamcorper tincidunt dolor massa tempus. </w:t>
+      <w:bookmarkEnd w:id="17169083181238208680"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat at non massa erat nonummy sem massa erat nonummy, non ante. Magna dolor ante donec dolor mauris praesent congue feugiat adipiscing ullamcorper et nisi. Ipsum elit sem massa magna feugiat, felis ullamcorper tincidunt lorem felis praesent tincidunt. Adipiscing ullamcorper tincidunt lorem turpis ullamcorper laoreet ac turpis euismod nibh, aliquam, pulvinar. Elit diam ut tempus consectetur tellus massa erat consectetur mauris, mi dolore feugiat. Adipiscing lobortis ac turpis, id nibh aliquam sit id et nisi, ipsum consectetur. Molestie mi magna feugiat felis aliquet congue lorem adipiscing ullamcorper nibh adipiscing aliquet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc19" w:id="5632818356179245957"/>
+      <w:bookmarkStart w:name="_Toc26" w:id="7231938961913256721"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5632818356179245957"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Mauris proin aliquam nonummy praesent donec consectetur diam consectetur, sem aliquam adipiscing mi erat. Elit diam ac elit et lorem mauris proin aliquam adipiscing praesent donec nonummy, diam. Ac at proin tempus felis, erat nonummy diam nisi at, proin aliquam adipiscing proin. Donec nonummy ullamcorper congue pharetra non ut sit tellus dolore amet diam magna consectetur. Non nisi tellus, nunc sed volutpat, lobortis ac at praesent aliquam elit mi erat. Eget nibh ac, eget, nibh lorem mauris ante, sed eget nibh consectetur sem, nisi. </w:t>
+      <w:bookmarkEnd w:id="7231938961913256721"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet congue feugiat adipiscing euismod nibh aliquam amet proin nunc erat. Consectetur, molestie mi magna sit id, praesent congue feugiat id diam. Ut, lorem adipiscing ullamcorper nibh tempus nonummy euismod lobortis tempus turpis. Lobortis ac amet id nibh, nisi, ipsum, eget et nisi ipsum. Elit diam nunc sed nonummy tellus ante donec, pharetra mauris, mi. Congue feugiat felis tincidunt ac at aliquet laoreet ac turpis id. Et nunc sed consectetur molestie mi magna dolor mauris praesent, congue. Feugiat, felis ullamcorper tincidunt adipiscing ullamcorper nibh aliquam turpis euismod nibh. Aliquam pulvinar eget et ut tempus felis sem nunc tempus nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc20" w:id="3067114982489904350"/>
+      <w:bookmarkStart w:name="_Toc27" w:id="10561080320936663988"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3067114982489904350"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Consectetur aliquet, nunc pulvinar euismod congue amet, ullamcorper sit tellus nunc ipsum id nibh lorem, mauris proin aliquam felis mi erat nonummy diam ac at sem, dolore turpis. Ullamcorper, dolore pharetra non congue id mi sed elit et lorem mauris nibh lorem mauris mi erat elit mi erat elit et ac mauris proin aliquam elit, et. Ac pharetra ut turpis praesent dolore amet, diam, magna consectetur sem nisi, turpis aliquet nisi adipiscing praesent erat, nonummy diam, nisi sit tellus nunc turpis ullamcorper dolore ullamcorper. Congue pharetra tellus nunc pulvinar euismod tincidunt dolor, eget nibh tempus mauris ante erat elit et ac elit proin aliquam at praesent donec, adipiscing magna pharetra tellus ut. Turpis tellus nunc dolor eget nibh tempus felis ante tempus id tincidunt dolor eget lobortis feugiat volutpat lobortis, feugiat molestie massa ipsum id lorem mauris ante lorem mauris. Massa ipsum, id tincidunt, sed, eget nibh tempus mauris massa, feugiat molestie nunc pulvinar euismod tincidunt dolor volutpat ut feugiat diam congue pharetra, sem nisi adipiscing praesent donec. Nonummy ullamcorper tincidunt dolor volutpat lobortis, feugiat tellus tincidunt dolor volutpat lobortis dolor volutpat lobortis ipsum id laoreet sed nibh lorem at praesent dolore amet ullamcorper magna consectetur. Sem nisi turpis, sem aliquam turpis aliquet dolore nonummy diam congue, pharetra tellus massa ipsum euismod laoreet sed proin aliquam felis mi tempus eget nibh sed mauris nibh. Lorem mauris ante ipsum molestie massa sed eget nibh lorem molestie lobortis ipsum id massa, ipsum euismod ac mauris ante tempus, felis ante tempus elit et sed elit. Nibh feugiat molestie, ante tempus id laoreet, sed id nibh lorem eget massa, ipsum felis massa id nibh, sed, mauris proin aliquam adipiscing mi donec nonummy et magna. </w:t>
+      <w:bookmarkEnd w:id="10561080320936663988"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem massa ac pharetra id diam congue lorem adipiscing euismod ante donec amet euismod nibh nisi amet, euismod nisi amet euismod nibh nisi pulvinar eget. Proin massa erat consectetur tellus laoreet donec pharetra non massa tempus nonummy volutpat ante, erat pharetra massa dolore dolor mauris proin dolore dolor at, aliquet. Tincidunt aliquam turpis euismod et ut, sit id diam nisi pulvinar felis diam ut ipsum elit diam ut elit diam ut ipsum adipiscing non nibh. Aliquam amet euismod ut lorem adipiscing praesent, congue lorem turpis ullamcorper lobortis ac amet eget et nisi, eget proin nunc sed nonummy molestie laoreet donec. Pharetra molestie mi congue feugiat mauris praesent congue feugiat felis aliquet lobortis, lorem adipiscing aliquet, laoreet ac sit et ut pulvinar elit non, massa, tempus. Elit non nunc tempus nonummy non massa, erat amet, molestie proin congue dolor, adipiscing ullamcorper tincidunt ac adipiscing aliquet laoreet tempus elit non massa, erat. Pharetra mauris, praesent congue feugiat mauris aliquet nibh nisi pulvinar elit, sem massa erat pharetra laoreet erat consectetur, molestie, mi congue dolor molestie mi congue. Feugiat mauris praesent tincidunt lorem turpis id et ut sed at non, massa erat nonummy non erat, elit, non nunc tempus nonummy non ante donec. Pharetra, molestie praesent dolore feugiat at ullamcorper nibh, nisi sed nonummy molestie ante donec, pharetra mauris praesent magna felis praesent dolore dolor at ullamcorper nibh. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc21" w:id="1763918539747622841"/>
+      <w:bookmarkStart w:name="_Toc28" w:id="6433874181073883338"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1763918539747622841"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">At praesent donec nonummy diam magna pharetra non nunc sit euismod laoreet lorem at ante. Tempus aliquet dolore pharetra non, congue sit, aliquet dolore, turpis, praesent donec nonummy ullamcorper, magna. Consectetur sem aliquam at, proin aliquam nonummy praesent donec nonummy nisi turpis sem dolore pulvinar. Euismod tincidunt dolor molestie lobortis feugiat tellus massa sed eget nibh lorem eget nibh lorem. Mauris ante tempus felis laoreet dolor volutpat feugiat felis mi donec nonummy ullamcorper magna elit. Proin aliquam turpis praesent aliquam adipiscing praesent erat nonummy diam ac consectetur aliquet dolore, dolor. Proin aliquam adipiscing, praesent erat elit diam magna elit et ac mauris massa tempus id. Laoreet ipsum euismod tincidunt pulvinar non ut, sit tellus massa ipsum et nisi turpis aliquet. </w:t>
+      <w:bookmarkEnd w:id="6433874181073883338"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat adipiscing, volutpat proin dolore sed consectetur aliquet laoreet ac turpis euismod et nisi, ipsum felis ullamcorper lobortis tempus amet volutpat ante. Aliquam volutpat nibh dolore dolor mauris ante, dolore dolor eget proin nunc erat at aliquet laoreet magna, sit id diam ut tempus. Nonummy volutpat nibh aliquam euismod nibh aliquam amet eget proin dolore pulvinar elit sem massa ac sit id et congue sit id. Diam ut, lorem, nonummy volutpat nibh tempus nonummy, ante dolore dolor elit proin dolore pulvinar elit sem dolore sed elit tellus laoreet. Donec, sit molestie, praesent lobortis aliquam pulvinar, eget proin nunc, mauris aliquet tincidunt erat consectetur molestie mi congue, sit felis et lobortis. Aliquam, amet eget ante aliquam pulvinar eget, sem tincidunt lorem at aliquet tincidunt sed at nunc, sed consectetur tellus massa magna consectetur. Molestie mi magna pharetra, molestie praesent ut feugiat mauris praesent congue feugiat felis praesent, congue feugiat, mauris praesent congue mauris praesent congue. Lorem turpis euismod laoreet aliquam turpis euismod et, nisi sit euismod mi magna pulvinar id et ut nonummy non ante aliquam amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc22" w:id="11160848284468234220"/>
+      <w:bookmarkStart w:name="_Toc29" w:id="1444582063849612879"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11160848284468234220"/>
-[...48 lines deleted...]
-        <w:t xml:space="preserve">Pharetra tellus massa donec consectetur sem. Magna turpis, sem nisi amet volutpat. Lobortis feugiat molestie ante tempus id. Laoreet erat elit ac mauris ante. Tempus felis laoreet erat eget nibh. Lorem mauris ante lorem molestie ante. Erat nonummy diam magna turpis aliquet. Dolore amet euismod dolor volutpat massa. Feugiat, molestie massa pulvinar euismod nunc. Dolor volutpat lobortis feugiat mauris ante. </w:t>
+      <w:bookmarkEnd w:id="1444582063849612879"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tellus tempus consectetur tellus mi magna feugiat felis ullamcorper tincidunt. Lorem turpis, volutpat et nisi amet eget et nisi sit id. Et nunc erat nonummy, non erat consectetur volutpat ante, donec pharetra. Mauris aliquet lobortis aliquam pulvinar eget et nisi pulvinar id et. Aliquam sit euismod laoreet ac consectetur aliquet tincidunt consectetur tellus, laoreet. Ac sit id et magna sit felis, et congue sit, id. Mi congue sit molestie mi congue lorem adipiscing diam tincidunt lorem. Adipiscing, proin dolore sed at aliquet massa sed at tellus laoreet. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1726,51 +1974,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 10</w:t>
+      <w:t>Page 11</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -2349,51 +2597,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2a4397e8e7fd4e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1066a1f584e84a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5269c97b58994771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rbe7d3cc9a53d4fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf4d3080d8ecc4160" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re6952a7506b743a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfb59eb397be54a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R190adcbead6d4372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rb874f02d66a34fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R91a43e3d22f64251" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>