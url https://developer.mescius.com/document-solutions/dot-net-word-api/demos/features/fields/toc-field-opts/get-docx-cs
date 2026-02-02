--- v6 (2026-02-02)
+++ v7 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd9b57bce73d74ffd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R132814d282cc45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1d591981ab404957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7874c61d2e5b4440" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R624064b8361a4a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re0f5b87639b84735" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:history="true" w:anchor="_Toc0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -375,51 +375,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
@@ -478,1450 +478,1016 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc10">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is second-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc11">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc12">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc10">
+      <w:hyperlink w:history="true" w:anchor="_Toc13">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is top-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc11">
+      <w:hyperlink w:history="true" w:anchor="_Toc14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc12">
+      <w:hyperlink w:history="true" w:anchor="_Toc15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc13">
+      <w:hyperlink w:history="true" w:anchor="_Toc16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc14">
+      <w:hyperlink w:history="true" w:anchor="_Toc17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc15">
+      <w:hyperlink w:history="true" w:anchor="_Toc18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc16">
+      <w:hyperlink w:history="true" w:anchor="_Toc19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc17">
+      <w:hyperlink w:history="true" w:anchor="_Toc20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc18">
+      <w:hyperlink w:history="true" w:anchor="_Toc21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc19">
+      <w:hyperlink w:history="true" w:anchor="_Toc22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
-[...468 lines deleted...]
-      <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="Rb874f02d66a34fff"/>
+          <w:headerReference w:type="default" r:id="Rac62603c63754b31"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc0" w:id="7463628394880293953"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="3664983722645287931"/>
       <w:r>
         <w:t>This is top-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7463628394880293953"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Amet consectetur adipiscing eget, adipiscing eget sem et, ut donec dolore dolor consectetur, molestie et ut. Donec dolor at id, proin laoreet erat sit mauris praesent, tincidunt lorem amet ante aliquam amet. Elit sem massa erat at molestie laoreet, magna ipsum nonummy eget proin dolore dolor at, praesent. Nunc lorem consectetur euismod diam, ut id ullamcorper lobortis tempus nonummy non ante donec amet volutpat. Proin dolore dolor at aliquet laoreet magna tempus nonummy volutpat, ante donec consectetur volutpat congue lorem. Adipiscing euismod nibh, nisi pulvinar eget proin, ut ipsum elit non massa tempus nonummy non ante. Magna dolor adipiscing ullamcorper lobortis lorem adipiscing ullamcorper lorem adipiscing, aliquet tincidunt lorem turpis tellus laoreet. Ac sit id et nisi pulvinar felis sem ut erat amet volutpat ante dolore dolor mauris. Aliquet congue lorem tellus nibh aliquam pulvinar eget sem, nunc donec pharetra molestie mi dolore dolor. </w:t>
+      <w:bookmarkEnd w:id="3664983722645287931"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, congue, aliquam erat sit elit, non donec feugiat amet elit non laoreet congue lorem nonummy volutpat praesent laoreet ac turpis id diam lobortis donec pharetra molestie mi dolore dolor. At euismod ut ipsum consectetur, molestie mi magna sit mauris praesent lobortis lorem, adipiscing euismod nibh aliquam pulvinar, eget proin dolore sed consectetur tellus massa erat consectetur nunc erat consectetur. Tellus mi magna pharetra molestie ante magna dolor mauris praesent congue feugiat mauris praesent tincidunt feugiat at aliquet tincidunt ac euismod nibh ac sit eget et ut tempus nonummy non. Mi dolore pharetra molestie praesent congue lorem adipiscing aliquet tincidunt ac, turpis id proin nunc sed nonummy nisi pulvinar felis diam ut ipsum nonummy non, massa donec pharetra, mauris, aliquet. Laoreet ac amet euismod nibh nisi sit euismod et ac turpis euismod nibh nisi id diam nisi ipsum, nonummy ullamcorper ut tempus nonummy volutpat, ante donec dolor eget praesent nunc. Ac sit id nibh magna, pulvinar felis sem tincidunt feugiat felis ullamcorper nibh aliquam pulvinar elit proin nunc sed consectetur, molestie massa erat nonummy non nunc tempus felis diam nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc1" w:id="6085786821519464145"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="815065166986619182"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6085786821519464145"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ullamcorper lobortis aliquam, pharetra mauris praesent nunc lorem sit felis non massa donec dolor felis ullamcorper nibh aliquam pulvinar sem massa ac pharetra, molestie. Praesent lobortis lorem adipiscing volutpat ante donec pulvinar eget proin dolore pulvinar eget proin dolore sed elit proin dolore ipsum, proin ut sed nonummy. Sem nunc sed nonummy sem nunc donec consectetur, mauris aliquet lobortis aliquam amet euismod tincidunt, ac amet eget et nisi, pulvinar, eget sem pulvinar. Eget non ante erat, pharetra mauris, praesent tincidunt feugiat mauris, aliquet lobortis, lorem turpis euismod laoreet nisi pulvinar elit non laoreet erat pharetra ante. Magna feugiat felis ullamcorper, lobortis aliquam amet eget aliquet massa ac turpis id ullamcorper massa aliquam amet, volutpat proin dolore, dolor mauris proin dolore. Sed aliquet nunc sed at aliquet tincidunt erat turpis tellus laoreet ac pharetra id diam, congue ipsum felis praesent congue, feugiat nonummy euismod ante. Aliquam amet volutpat nibh dolor at, aliquet diam congue sit id et, ut, ipsum nonummy non nibh tempus, adipiscing euismod ante dolore pulvinar volutpat. Tempus amet, elit, aliquet nunc sed elit, aliquet nunc ipsum elit proin nisi pulvinar eget, diam nunc ipsum elit sem nunc tempus nonummy non. Mi congue feugiat mi dolore pharetra mauris praesent tincidunt lorem turpis euismod nibh nisi pulvinar eget diam ut pulvinar felis diam lobortis ipsum felis. </w:t>
+      <w:bookmarkEnd w:id="815065166986619182"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, felis diam massa tempus pharetra eget praesent tincidunt lorem at nunc sed eget proin dolore dolor at aliquet massa sed consectetur aliquet laoreet erat pharetra tellus mi, congue. Feugiat adipiscing diam ut lorem adipiscing, euismod nibh adipiscing euismod nibh, tempus adipiscing ullamcorper lobortis lorem adipiscing aliquet laoreet ac adipiscing tellus laoreet, aliquam sit eget et nisi pulvinar. Felis sem, lobortis donec non massa erat nonummy volutpat, ante dolore pharetra mauris ante donec, pharetra mauris aliquet tincidunt, ac sit, felis diam, ut ipsum nonummy non donec pharetra. Mauris aliquet tincidunt, lorem at praesent congue sed at aliquet laoreet ac sit id et nisi sit id laoreet erat consectetur aliquet nunc sed consectetur dolore pulvinar eget proin. Ut, pulvinar id proin, nisi ipsum nonummy non massa erat nonummy non ante magna consectetur volutpat ante dolore dolor, mauris, aliquet tincidunt ac ullamcorper nibh aliquam turpis euismod nibh. Ut ipsum felis diam nunc erat, pharetra molestie praesent congue feugiat adipiscing ullamcorper lobortis turpis id et ut ipsum eget et magna, pulvinar id et nisi sit id mi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc2" w:id="3161216546403873124"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="16937244901718893579"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3161216546403873124"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Adipiscing ullamcorper ante donec pharetra mauris proin, dolore sed, at tincidunt lorem consectetur. Euismod, mi magna, turpis id diam congue feugiat felis diam congue feugiat felis. Diam lobortis lorem, nonummy, ullamcorper nibh tempus amet volutpat aliquam amet, volutpat et. Nunc dolor elit proin dolore, ipsum elit non massa erat pharetra tellus laoreet. Donec pharetra tellus massa erat consectetur molestie mi feugiat felis ullamcorper, nibh aliquam. Pulvinar elit, sem massa ac, pharetra, molestie praesent congue lorem adipiscing ullamcorper nibh. Aliquam dolor mauris aliquet nunc consectetur, tellus laoreet, ac consectetur tellus laoreet ac. Consectetur tellus mi donec pharetra molestie mi donec consectetur non, nunc erat nonummy. </w:t>
+      <w:bookmarkEnd w:id="16937244901718893579"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam lobortis ipsum nonummy, volutpat ante dolore dolor at. Tellus nibh magna turpis felis diam massa erat volutpat. Massa tempus amet volutpat, proin dolore dolor mauris aliquet. Tincidunt sed adipiscing aliquet tincidunt sed at aliquet tincidunt. Ac turpis elit diam lobortis nonummy ullamcorper ut feugiat. Id et congue sit id mi donec sit mauris. Praesent congue feugiat felis praesent congue feugiat, mauris praesent. Tincidunt feugiat, adipiscing euismod proin, ipsum elit sem ut. Sed nonummy tellus laoreet, magna sit molestie mi congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc3" w:id="18340598773270087987"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="18005021013279359603"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18340598773270087987"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Aliquet massa erat sit id praesent magna feugiat adipiscing ullamcorper, lobortis aliquam pulvinar mauris aliquet pulvinar eget sem dolore dolor consectetur aliquet massa sed consectetur. Tellus mi magna feugiat adipiscing non nibh aliquam amet volutpat proin dolore sed at tincidunt ac consectetur id et magna feugiat felis et ut tempus. Amet volutpat lobortis donec, dolor at tellus, laoreet magna ipsum elit sem ut, tempus nonummy, massa tempus elit ullamcorper lobortis ipsum adipiscing ullamcorper nibh tempus. Pharetra mauris aliquet nunc lorem at tellus laoreet ac, sit euismod et nisi erat non diam proin tincidunt ut magna donec magna tempus dolor, mauris. Ullamcorper proin nunc magna, tempus dolor turpis, elit id at eget molestie mi magna feugiat, felis congue feugiat, mauris diam tincidunt lorem adipiscing ullamcorper nibh. Aliquam amet eget proin dolore sed, at non massa sed consectetur id praesent congue feugiat felis ullamcorper feugiat adipiscing euismod nibh tempus amet euismod et. Dolore sed, at sem nunc erat consectetur non laoreet donec sit adipiscing magna lorem felis, ullamcorper nibh aliquam amet, euismod et nisi ipsum eget proin. Nunc sed at, non, massa donec pharetra mauris mi magna sit felis diam congue adipiscing ullamcorper lobortis lorem adipiscing euismod nibh nisi ipsum eget sem. Nunc sed consectetur tellus, laoreet erat consectetur tellus massa donec pharetra, volutpat massa magna feugiat felis congue lorem adipiscing ullamcorper, laoreet, aliquam amet id proin. </w:t>
+      <w:bookmarkEnd w:id="18005021013279359603"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur felis ullamcorper, ut ipsum felis ullamcorper lobortis aliquam pharetra eget praesent dolore dolor mauris aliquet tincidunt lorem turpis laoreet magna sit, id diam ut. Ipsum amet non, massa aliquam, amet volutpat nibh aliquam amet euismod nibh aliquam pulvinar mauris, aliquet tincidunt erat turpis nunc, dolor at proin dolore pulvinar. Eget sem nunc sed nonummy sem ut pulvinar eget diam ut ipsum elit diam ut ipsum elit non massa erat non massa aliquam pharetra eget. Ante, dolore dolor eget proin dolore sed at, tellus laoreet ac, sit id et ut feugiat id diam ut molestie, mi, magna sit molestie mi. Magna pharetra, tellus mi magna sit, mauris diam congue feugiat mauris praesent congue feugiat, at aliquet, tincidunt lorem turpis ullamcorper tincidunt adipiscing tellus nibh ac. Turpis euismod laoreet, lorem at tellus laoreet magna turpis euismod mi ac turpis molestie et congue ipsum felis ullamcorper lobortis tempus nonummy proin tincidunt lorem. Consectetur tellus laoreet ac turpis id et magna sit felis ullamcorper, lobortis tempus pharetra at ullamcorper tincidunt sit euismod nibh magna sit id sem massa. Donec dolor, mauris praesent dolore dolor mauris aliquet, tincidunt ac amet id et, nisi pulvinar elit sem laoreet, donec molestie mi congue, dolor felis praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc4" w:id="12648711012045988980"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="7897596124497574117"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12648711012045988980"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Diam nibh nisi pulvinar elit aliquet non non, nibh aliquam nonummy non nibh aliquam nonummy volutpat, nibh tempus turpis volutpat nunc sed. Turpis id et congue sit id diam congue feugiat felis diam ut tempus amet, euismod, ante nisi pulvinar mauris sem tincidunt erat. Sit laoreet erat pharetra tellus, et congue ipsum adipiscing non nibh aliquam pulvinar eget ante donec pulvinar eget proin nunc dolor eget. Sem nunc, sed consectetur tellus, massa at non laoreet erat consectetur tellus, praesent congue lorem adipiscing euismod nibh aliquam turpis euismod nibh. Tempus amet eget proin nunc ipsum eget ut ipsum, elit, sem nunc erat, nonummy non nunc ipsum elit sem nunc ipsum elit. Sem lobortis tempus amet non massa aliquam amet molestie massa tempus amet aliquet nunc lorem consectetur aliquet laoreet lorem consectetur, aliquet laoreet. </w:t>
+      <w:bookmarkEnd w:id="7897596124497574117"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie congue sed turpis euismod nibh nisi sit eget et nisi pulvinar felis sem nunc erat nonummy non massa erat amet. Molestie praesent congue feugiat praesent, tincidunt lorem adipiscing euismod, nibh magna turpis id et nisi pulvinar id et magna turpis tellus. Mi magna turpis molestie mi magna sit id magna sit mauris praesent congue lorem, felis ullamcorper lobortis, tempus amet volutpat et. Nisi pulvinar elit sem nunc sed at, sem laoreet magna feugiat felis, ullamcorper lobortis adipiscing euismod lobortis aliquam turpis volutpat nibh. Aliquam pulvinar, euismod nibh ac turpis euismod laoreet aliquam amet id et nisi pulvinar id et turpis euismod, nibh, magna pulvinar. Felis diam ut ipsum, elit ullamcorper congue feugiat felis diam ut ipsum nonummy non ante aliquam pulvinar eget praesent nunc sed. At non lobortis tempus nonummy non lobortis, tempus, nonummy volutpat proin congue sed at praesent dolore dolor adipiscing tellus nibh magna. Turpis id diam nisi sit id magna sit molestie et congue sit molestie mi magna feugiat adipiscing ullamcorper ut tempus nonummy. Euismod nibh, aliquam amet eget aliquam amet euismod nibh aliquam amet euismod, et aliquam pulvinar elit proin ut ipsum nonummy non. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc5" w:id="5017133837343224964"/>
+      <w:bookmarkStart w:name="_Toc5" w:id="3756290679677511283"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5017133837343224964"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Consectetur molestie praesent congue feugiat mauris diam, ut tempus, amet mauris aliquet laoreet nisi feugiat elit. Non lobortis tempus pharetra molestie proin donec, sed aliquet nibh nisi pulvinar id et ut tempus. Consectetur, molestie mi donec dolor molestie aliquet tincidunt ac turpis euismod nibh aliquam pulvinar id et. Nisi elit diam nisi sit id, et nisi pulvinar felis diam ut ipsum elit ullamcorper lobortis. Tempus nonummy volutpat ante, donec dolor eget, ante donec amet volutpat, aliquam, pulvinar eget sem dolore. Sed, at sem, tincidunt erat turpis molestie mi magna, sit id praesent congue feugiat adipiscing ullamcorper. Ut lorem nonummy nibh aliquam, amet eget sem tincidunt ac consectetur tellus mi ac pharetra tellus. Laoreet, ac, pharetra felis ullamcorper lobortis tempus felis praesent tincidunt feugiat mauris praesent dolor felis praesent. </w:t>
+      <w:bookmarkEnd w:id="3756290679677511283"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt erat at tellus laoreet magna feugiat felis diam ut. Tempus, nonummy volutpat nibh donec pharetra volutpat dolore pulvinar mauris. Tellus laoreet magna sit euismod mi nisi feugiat elit, ullamcorper. Lobortis ipsum nonummy ullamcorper, ante aliquam amet volutpat proin dolore. Mauris, sem nunc sed, mauris sem tincidunt ac turpis id. Et ut ipsum, elit diam massa tempus amet volutpat ante. Dolore dolor eget proin, nunc dolor, mauris nunc sed at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc6" w:id="8874939982022413344"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="9360355715025171758"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8874939982022413344"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Et congue sit, molestie diam congue molestie praesent congue feugiat adipiscing euismod proin dolore sed at, proin nunc dolor eget sem nunc sed. At tellus mi congue feugiat felis ullamcorper lobortis, adipiscing euismod proin nunc, erat turpis euismod mi magna sit felis diam ut ipsum amet. Molestie praesent tincidunt lorem adipiscing aliquet, tincidunt lorem turpis euismod ullamcorper nibh tempus amet eget sem, nunc sed at aliquet laoreet erat consectetur. Molestie mi magna, feugiat felis diam, ut tempus amet volutpat tempus pulvinar eget proin, dolore dolor elit sem nunc sed elit sem, massa. Erat pharetra molestie praesent magna feugiat adipiscing euismod nibh aliquam amet euismod nibh tempus, ullamcorper lobortis, aliquam pulvinar elit proin nisi ipsum elit. Non massa donec sit felis diam nibh, aliquam amet volutpat ante dolore sed at, tellus mi ac turpis dolore erat consectetur tellus massa. Sed consectetur non ante donec pharetra mauris mi magna dolor adipiscing ullamcorper lobortis lorem adipiscing ullamcorper ac amet, id et, nisi ipsum elit. </w:t>
+      <w:bookmarkEnd w:id="9360355715025171758"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing euismod proin ut ipsum at, non laoreet pharetra molestie praesent, congue feugiat felis praesent, tincidunt feugiat felis ullamcorper lobortis ac, turpis. Eget, sem massa sed consectetur tellus laoreet donec pharetra molestie ante consectetur molestie, mi magna, feugiat adipiscing ullamcorper nibh nisi ipsum eget. Sem massa erat at tellus mi congue lorem adipiscing ullamcorper lobortis aliquam pulvinar eget aliquam pulvinar elit tellus laoreet magna sit felis. Et congue ipsum adipiscing non nibh aliquam, dolor mauris praesent laoreet lorem turpis euismod mi, tempus consectetur molestie mi congue lorem turpis. Euismod et ut ipsum at non massa erat pharetra molestie praesent congue feugiat adipiscing ullamcorper nibh, nisi pulvinar eget et amet euismod. Nibh nisi pulvinar at, sem, massa donec sit mauris praesent congue lorem nonummy, ullamcorper nibh aliquam pulvinar eget proin nisi dolor elit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc7" w:id="1568475731694884501"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="163706997994587396"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1568475731694884501"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">At tincidunt ac consectetur id et lobortis, tempus nonummy volutpat ante donec amet volutpat proin dolore dolor mauris proin dolore dolor. Mauris aliquet laoreet magna ipsum volutpat massa erat amet molestie proin congue dolor mauris praesent tincidunt ac turpis eget diam, ut. Ipsum nonummy sem, nunc tempus, consectetur volutpat ante, erat sem lobortis tempus nonummy non lobortis ipsum adipiscing ullamcorper lobortis tempus adipiscing. Ullamcorper lobortis donec pulvinar eget proin nunc sed elit sem nunc erat, tellus laoreet ac pharetra, id diam ut feugiat felis. Diam ut lorem, felis praesent congue lorem adipiscing, ullamcorper lobortis tempus, turpis euismod nibh aliquam amet id aliquam amet eget proin. Ut, ipsum elit sem ut ipsum, elit non nunc tempus elit sem lobortis tempus nonummy, diam ut, tempus elit ullamcorper lobortis. </w:t>
+      <w:bookmarkEnd w:id="163706997994587396"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin congue lorem turpis euismod, nibh magna. Ipsum felis diam lobortis nonummy non lobortis. Ipsum, nonummy, non lobortis tempus nonummy non. Massa tempus nonummy non proin donec dolor. At tellus tincidunt lorem, consectetur tellus laoreet. Magna tellus laoreet magna sit molestie mi. Ut aliquam amet volutpat ante donec amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc8" w:id="1115374880769909714"/>
+      <w:bookmarkStart w:name="_Toc8" w:id="6292093439255373097"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1115374880769909714"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Erat consectetur tellus mi magna pharetra mauris mi congue pharetra mi congue dolor at ullamcorper nibh nisi pulvinar eget sem nunc erat. Nonummy tellus ante donec consectetur mauris praesent congue dolor mauris, mi congue dolor aliquet tincidunt lorem turpis id et ut pulvinar eget. Sem nunc erat nonummy, tellus ante donec pharetra volutpat ante donec pharetra molestie praesent congue dolor proin dolore dolor mauris praesent dolore. Pharetra, eget proin, donec, dolor at aliquet tincidunt ac turpis id diam nisi feugiat felis diam ut id praesent lobortis tempus nonummy. Volutpat ante, donec dolor mauris, sem tincidunt lorem turpis euismod, et ut tempus nonummy, non ante aliquam pharetra, mauris praesent congue sed. Tempus nonummy volutpat proin nunc sed turpis, felis diam ut ipsum elit ullamcorper ante donec pharetra molestie praesent dolore dolor at aliquet. Nibh aliquam turpis, id ut pulvinar elit sem ut ipsum nonummy, non mi congue feugiat at euismod nibh aliquam ipsum at, tellus. </w:t>
+      <w:bookmarkEnd w:id="6292093439255373097"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam massa erat, nonummy volutpat, ante donec pharetra mauris praesent, laoreet ac turpis euismod et ut pulvinar nonummy non massa erat consectetur, ante magna, dolor mauris mi congue. Feugiat adipiscing ullamcorper nibh aliquam amet eget et nunc erat sit mauris ullamcorper lobortis tempus nonummy euismod proin nisi at tellus mi ac sit id mi congue ipsum. Adipiscing ullamcorper lobortis lorem, adipiscing euismod ante donec, amet eget proin nisi pulvinar elit, aliquet massa ac turpis ullamcorper, lobortis ipsum adipiscing non ante donec sed adipiscing tellus. Nibh magna pulvinar felis sem lobortis ipsum elit sem lobortis tempus nonummy non, congue sed at praesent, dolore sed mauris aliquet tincidunt ac sit id, et nisi pulvinar. Elit diam lobortis erat pharetra mauris aliquet tincidunt ac amet eget proin sed consectetur tellus ante magna sit mauris ullamcorper, lobortis aliquam pulvinar, elit aliquet nunc erat consectetur. Id, et, congue, feugiat felis diam, ut tempus nonummy volutpat ante adipiscing euismod nibh dolore dolor consectetur, id diam ut ipsum felis ullamcorper lobortis aliquam pharetra eget praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc9" w:id="1880529555581574812"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="10339535638262336796"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1880529555581574812"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Diam, nunc tempus nonummy volutpat mi congue lorem at aliquet tincidunt lorem adipiscing euismod nibh aliquam nonummy. Non ante donec sit felis ullamcorper lobortis tempus amet volutpat et dolore pulvinar eget sem massa erat. Consectetur id diam ut tempus nonummy lobortis tempus amet euismod, nibh dolore sed elit sem nunc erat. Consectetur, tellus diam ut feugiat felis ullamcorper massa donec dolor mauris praesent nunc sed at sem dolor. At sem tincidunt erat consectetur tellus laoreet ac pharetra molestie, et congue feugiat adipiscing ullamcorper nibh aliquam. Amet volutpat, proin dolore, sed, tellus laoreet magna sit molestie mi nisi feugiat id et congue feugiat. Adipiscing diam congue, lorem felis diam, ut lorem felis diam lobortis tempus turpis eget proin sed, at. Aliquet massa ac pharetra molestie praesent magna sit id, diam congue lorem nonummy ullamcorper, lobortis aliquam amet. Volutpat ante, nisi sed consectetur id et ut id diam congue feugiat felis diam lobortis tempus nonummy. </w:t>
+      <w:bookmarkEnd w:id="10339535638262336796"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis dolore dolor at sem nunc erat at sem ac sit felis diam lobortis donec pharetra eget ante dolore sed. At, aliquet laoreet ac turpis tellus, mi magna sit id et nisi feugiat felis diam feugiat felis praesent congue, feugiat. Felis ullamcorper lobortis aliquam pulvinar, eget proin, dolore dolor elit proin nunc sed elit sem massa sed, elit non erat. Pharetra molestie laoreet magna sit mauris praesent congue pharetra volutpat massa tempus nonummy non, massa donec pharetra volutpat proin dolore. Feugiat at aliquet sed eget ante donec pulvinar volutpat nibh tempus adipiscing ullamcorper lobortis tempus amet euismod nibh aliquam, amet. Volutpat, proin dolore pulvinar id et ut ipsum elit mi magna feugiat adipiscing ullamcorper, lobortis tempus turpis euismod lobortis lorem. Felis aliquet, lobortis ac pulvinar eget, et, aliquam pulvinar eget proin ut sed nonummy tellus ante feugiat mauris praesent congue. Lorem turpis, ullamcorper lobortis lorem adipiscing euismod nibh aliquam amet id proin nisi ipsum elit diam, massa, feugiat adipiscing, euismod. Ante nunc, sed consectetur aliquet laoreet ac sit id diam lobortis, tempus amet non nibh, aliquam amet non lobortis dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc10" w:id="7005132063324565952"/>
+      <w:r>
+        <w:t>This is second-level header 4</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7005132063324565952"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem massa erat amet mauris praesent congue, lorem turpis id ac adipiscing, euismod diam, magna. Pulvinar felis diam ut pulvinar felis diam ut feugiat felis non massa tempus adipiscing volutpat. Massa donec pharetra eget proin sed at tellus tincidunt sed mauris sem tincidunt erat turpis. Id ullamcorper ante dolore dolor at ullamcorper, nibh ac turpis euismod et ut, ipsum elit. Massa magna dolor, felis aliquet lobortis nisi amet volutpat et nisi pulvinar eget proin ut. Ipsum, at tellus laoreet magna pharetra molestie praesent congue felis praesent congue feugiat felis aliquet. Congue lorem at praesent dolore dolor mauris praesent tincidunt ac turpis tellus laoreet, ac turpis. Euismod nibh magna sit euismod magna sit, id et ut ipsum nonummy non ante donec. Dolor eget praesent tincidunt ac adipiscing, euismod nibh ac consectetur tellus mi magna sit id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc11" w:id="10731654493922487380"/>
+      <w:r>
+        <w:t>This is third-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10731654493922487380"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nunc erat consectetur molestie laoreet erat consectetur molestie ante nonummy volutpat, ante magna dolor mauris, praesent congue feugiat. Adipiscing ullamcorper, nibh ac turpis ullamcorper, tincidunt lorem, adipiscing tellus laoreet ac consectetur euismod, tincidunt sit id diam ut. Tempus nonummy non massa erat pharetra volutpat ante donec amet volutpat nibh tempus amet eget ante donec pulvinar eget. Proin dolore dolor elit mi magna massa sed consectetur tellus mi magna sit molestie praesent ut, lorem nonummy volutpat. Nibh dolore dolor consectetur tellus mi magna sit, non massa aliquam pharetra mauris proin donec pharetra eget proin donec. Pulvinar eget ante aliquam amet, volutpat ante, nisi amet ullamcorper lobortis nisi pulvinar elit sem massa consectetur tellus laoreet. Magna sit adipiscing ullamcorper nibh aliquam amet, euismod proin dolore dolor eget proin nisi, pulvinar elit aliquet massa ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc12" w:id="4124083587639395999"/>
+      <w:r>
+        <w:t>This is third-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4124083587639395999"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna lorem adipiscing euismod nibh nisi dolor elit aliquet, tincidunt ac turpis laoreet ac consectetur tellus laoreet congue ipsum adipiscing ullamcorper lobortis lorem nonummy, euismod ante dolore dolor. Mauris tellus, mi nisi feugiat, nonummy volutpat proin pharetra volutpat proin dolore pharetra eget praesent tincidunt magna turpis id nibh magna ipsum elit sem massa erat amet non. Lobortis, erat amet volutpat ante aliquam amet ante donec dolor eget proin nunc dolor mauris sem dolore pulvinar eget sem, nunc ac turpis, id et ut tempus, amet. Non ante dolor mauris aliquet, laoreet, nisi ipsum elit sem nunc, tempus nonummy non massa donec pharetra, mauris proin, dolore feugiat at, ullamcorper nibh aliquam pulvinar eget et. Ut, elit sem, nunc erat pharetra, mauris aliquet tincidunt ac adipiscing ullamcorper lobortis, ac turpis euismod, et nisi sit id proin ut ipsum elit, diam nunc tempus pharetra. Ullamcorper lobortis aliquam amet eget proin dolore sed elit sem, ut, ipsum elit sem ut, ipsum elit diam ut ipsum, nonummy ante magna, lorem, adipiscing euismod tincidunt ac. Adipiscing ullamcorper lobortis ac, turpis id nibh aliquam sit, id et magna, sit eget diam, ut tempus nonummy non lobortis nonummy non massa donec nonummy non ante donec. Dolor mauris praesent nunc sed adipiscing euismod nibh nisi sit felis diam ut feugiat felis, sem massa erat, amet ante donec pharetra eget proin, donec pharetra volutpat nibh. Donec dolor mauris sem nunc dolor at aliquet nunc sed elit sem, nunc ipsum eget sem nunc, sed, molestie, laoreet magna pharetra molestie ante magna pharetra molestie praesent. Congue lorem adipiscing aliquet lobortis ac turpis volutpat et aliquam amet id et ut pulvinar elit non consectetur tellus, ante, erat consectetur, molestie mi, congue, feugiat mauris aliquet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc10" w:id="5208772877900308537"/>
+      <w:bookmarkStart w:name="_Toc13" w:id="17219357844684811014"/>
       <w:r>
         <w:t>This is top-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5208772877900308537"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Adipiscing ullamcorper nibh aliquam pulvinar eget sem massa erat pharetra molestie mi donec pharetra mauris praesent ut tempus amet euismod nibh nisi dolor et nunc sed, turpis id diam ut. Tempus nonummy non ante donec pharetra mauris aliquet tincidunt ac turpis felis sem nunc erat consectetur volutpat, ante, amet volutpat ante dolore dolor at aliquet laoreet ac turpis tellus nibh. Ac turpis id et ut ipsum felis sem massa erat pharetra mauris aliquet lobortis ac id et nisi, ipsum eget, diam nunc erat, consectetur molestie mi tincidunt tempus amet volutpat. Et nisi dolor elit aliquet laoreet magna, sit mi ut ipsum nonummy volutpat nibh tempus amet, eget sem, tincidunt erat consectetur tellus mi nisi feugiat felis ullamcorper lobortis feugiat felis. Ullamcorper massa donec, dolor mauris donec dolor eget sem tincidunt ac turpis, id diam ut tempus amet volutpat massa, erat pharetra molestie proin congue lorem turpis tellus laoreet lorem adipiscing. Tellus laoreet turpis euismod mi nisi, sit felis sem lobortis, tempus dolor mauris praesent, congue sed at aliquet tincidunt ac sit id magna sit id et ut ipsum nonummy volutpat. </w:t>
+      <w:bookmarkEnd w:id="17219357844684811014"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut aliquam amet non ante dolore dolor consectetur aliquet mi, nisi. Ipsum nonummy non lobortis tempus elit, lobortis tempus amet volutpat proin. Congue sed adipiscing tellus nibh ac sit id diam ut tempus. Nonummy sem lobortis erat, nonummy volutpat massa tempus molestie praesent tincidunt. Lorem adipiscing tellus laoreet ac sit euismod et nisi sit, id. Et ut, ipsum elit sem, lobortis tempus nonummy non ante donec. Amet mauris dolore, sed at praesent tincidunt lorem consectetur aliquet nunc. Lorem at, aliquet mi magna sit id et ut ipsum elit. Ullamcorper ut feugiat diam congue, sit mauris diam congue lorem adipiscing. Euismod, nibh nisi pulvinar eget et dolore sed consectetur, aliquet, mi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc11" w:id="17299312337336473906"/>
+      <w:bookmarkStart w:name="_Toc14" w:id="783080036360626609"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17299312337336473906"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Dolore sed consectetur tellus laoreet donec pharetra non ante, donec sit mauris. Praesent tincidunt lorem amet volutpat nibh nisi sed at, molestie, et ut. Id praesent congue feugiat adipiscing ullamcorper, lobortis aliquam dolor eget aliquet mi. Nisi feugiat elit, et nisi, feugiat, felis diam ut ipsum nonummy volutpat. Ante amet volutpat nibh, donec pulvinar eget proin nunc, sed at sem. Nunc sed elit sem, nunc sed consectetur non nunc erat at non. Massa, donec consectetur nunc ipsum elit sem ut ipsum felis diam ut. Feugiat elit ullamcorper massa donec pharetra molestie proin dolore pharetra mauris aliquet. Tincidunt lorem praesent nunc dolor eget sem nunc dolor, eget sem nunc. </w:t>
+      <w:bookmarkEnd w:id="783080036360626609"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed at tellus laoreet ac consectetur tellus, mi lobortis, erat, pharetra felis aliquet lobortis aliquam pulvinar et, nisi pulvinar eget sem ut sed nonummy non ante magna. Dolor mauris mi tincidunt lorem adipiscing ullamcorper tincidunt lorem turpis id sem nunc at non laoreet donec pharetra tellus ante donec, pharetra mauris praesent, tincidunt tempus felis. Ullamcorper lobortis, ac turpis euismod lobortis ac amet aliquet tincidunt sed at aliquet sed at, tellus et ut tempus nonummy sem, massa tempus nonummy volutpat ante donec. Amet molestie ante donec pharetra eget proin dolore sed aliquet laoreet lorem sit id et ut erat pharetra molestie aliquet, tincidunt ac turpis euismod, nibh aliquam amet. Eget tincidunt mi nibh laoreet massa congue aliquam amet, amet mauris, aliquet tincidunt ac sit euismod laoreet aliquam pulvinar eget diam ut ipsum elit sem lobortis tempus. Consectetur molestie praesent tincidunt lorem at ullamcorper, laoreet lorem ullamcorper nibh nisi sit id diam ut ipsum nonummy non massa donec pharetra dolor elit sem massa erat. Consectetur molestie ac pharetra molestie, praesent, congue feugiat adipiscing, ullamcorper lobortis tempus amet volutpat nibh nisi amet eget proin, nunc erat at tellus massa sed at sem. Nunc erat proin nisi sit elit diam ut ipsum elit non ante erat consectetur molestie, praesent congue feugiat, adipiscing ullamcorper laoreet aliquam amet, id proin nisi ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc12" w:id="17079607757049870053"/>
+      <w:bookmarkStart w:name="_Toc15" w:id="9679010944492508855"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17079607757049870053"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Donec non, nibh dolore dolor mauris tellus laoreet ac sit id, et ut ipsum elit sem ut tempus nonummy. Non massa aliquam amet molestie proin pharetra volutpat ante, aliquam amet, euismod ante nisi dolor mauris sem nunc sed. Consectetur tellus, mi magna sit felis diam lobortis ipsum adipiscing, ullamcorper lobortis, mauris, praesent ut lorem nonummy ullamcorper lobortis. Aliquam pulvinar, volutpat, et nisi pulvinar eget proin nunc sed at sem ut pulvinar eget nibh ac sit, id. Et turpis euismod mi nisi sit id mi nisi, feugiat id diam ut ipsum, adipiscing non massa aliquam amet. Volutpat proin nunc sed at nisi nonummy ullamcorper nibh aliquam amet volutpat sem nunc sed at aliquet massa, erat. Pharetra molestie, mi magna sit felis praesent congue feugiat felis, diam congue lorem praesent tincidunt feugiat mauris mi dolore. </w:t>
+      <w:bookmarkEnd w:id="9679010944492508855"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sed at tellus massa, ac pharetra praesent, congue. Tempus nonummy volutpat ante donec pulvinar eget proin nisi. Pulvinar, eget sem dolore dolor, at aliquet laoreet congue. Feugiat felis diam, lobortis felis diam ut feugiat felis. Ullamcorper lobortis aliquam amet volutpat, proin nisi pulvinar eget. Proin dolore erat at non nunc sed at tellus. Laoreet donec mauris diam congue lorem nonummy euismod ante. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc13" w:id="10275252228239882206"/>
+      <w:bookmarkStart w:name="_Toc16" w:id="6488350984506407790"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10275252228239882206"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Erat pharetra id congue lorem nonummy euismod nibh. Nisi, dolor at, aliquet mi, magna sit id. Diam lobortis, ipsum felis, ullamcorper massa aliquam amet. Non ante donec eget ante nunc sed sit. Id diam lobortis tempus nonummy, non ante donec. Dolor adipiscing, euismod et aliquam pulvinar eget diam. Nunc sed sit felis congue dolor mauris ante. </w:t>
+      <w:bookmarkEnd w:id="6488350984506407790"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante dolore dolor turpis euismod aliquam pulvinar elit non massa donec pharetra tellus praesent. Tincidunt tempus, amet volutpat et dolore dolor elit sem massa magna feugiat, id praesent. Magna non nunc, sed nonummy sem massa tempus elit sem ut erat pharetra mauris. Praesent tincidunt lorem adipiscing aliquet laoreet nisi amet eget nibh aliquam pulvinar tellus massa. Erat dolor, molestie praesent, magna dolor mauris ante dolore lorem adipiscing euismod nibh ac. Turpis id et nisi pulvinar nonummy non mi donec adipiscing diam congue lorem felis. Aliquet tincidunt feugiat felis mi congue feugiat adipiscing euismod et nisi, pulvinar eget et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc14" w:id="254193350296043817"/>
+      <w:bookmarkStart w:name="_Toc17" w:id="15776581247975559860"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="254193350296043817"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Massa erat at tellus laoreet congue tempus, amet lobortis tempus nonummy volutpat ante nisi pulvinar elit sem tincidunt erat consectetur id et congue tempus. Nonummy non ut feugiat felis diam congue feugiat felis nibh aliquam amet volutpat ante nisi pulvinar elit aliquet laoreet ac consectetur, molestie et magna. Feugiat nonummy, ullamcorper lobortis tempus nonummy euismod proin nunc lorem sem tincidunt, ac, sit felis, et nisi feugiat, elit ullamcorper ut ipsum felis diam. Congue tempus nonummy volutpat nibh nunc lorem sit felis ut erat, consectetur molestie ante dolore feugiat at aliquet laoreet aliquam sit id proin ut. Ipsum consectetur molestie mi tincidunt lorem adipiscing euismod nibh dolore dolor at massa ipsum at aliquet massa ac sit id ullamcorper lobortis, tempus pulvinar. Eget praesent dolore dolor at, aliquet tincidunt erat consectetur id et ut ipsum nonummy ullamcorper aliquam pharetra volutpat ante dolore dolor mauris praesent tincidunt. Lorem consectetur aliquet laoreet ac sit id mi ac sit id diam tempus amet eget proin dolore dolor mauris aliquet laoreet lorem turpis euismod. Et, magna turpis id et nisi feugiat elit diam, ut tempus amet volutpat ante donec, volutpat nibh aliquam dolor mauris proin nunc dolor at. Aliquet tincidunt ac turpis tellus mi magna feugiat, felis diam congue feugiat, id diam ut lorem adipiscing non feugiat nonummy euismod proin dolore dolor. Elit sem nunc, erat turpis tellus laoreet erat consectetur non massa donec, pharetra id, diam, ut tempus nonummy euismod nibh nisi volutpat ante nisi. </w:t>
+      <w:bookmarkEnd w:id="15776581247975559860"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat mauris praesent congue dolor felis ullamcorper lobortis, lorem amet id et, ut sed at nunc. Sed consectetur tellus ante donec dolor molestie praesent tincidunt tempus turpis euismod lobortis aliquam amet euismod. Et nisi pulvinar id, proin nisi pulvinar non massa erat consectetur, tellus mi congue feugiat felis. Praesent congue feugiat felis praesent dolore dolor volutpat massa tempus adipiscing diam ut feugiat felis diam. Congue sit ante erat consectetur volutpat massa erat nonummy non massa tempus amet molestie proin dolore. Dolor mauris praesent tincidunt ac turpis euismod laoreet ac aliquet mi magna, sit id diam nisi. Sit felis diam ut tempus nonummy volutpat massa aliquam pharetra, mauris proin dolore pulvinar eget, proin. Donec pulvinar eget proin amet eget proin nunc erat consectetur tellus massa, ac pharetra molestie mi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc15" w:id="7011460661846636321"/>
+      <w:bookmarkStart w:name="_Toc18" w:id="3773665966600965144"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7011460661846636321"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Aliquam pharetra lobortis tempus nonummy non nibh tempus nonummy volutpat ante donec dolor eget proin nisi, pulvinar, eget proin nunc sed elit sem dolore sed. Elit nisi sit euismod et nisi pulvinar elit, et ut tempus nonummy non massa tempus elit sem lobortis erat amet volutpat, massa, dolore dolor mauris. Aliquet aliquam sit eget et ut tempus nonummy non massa tempus nonummy volutpat ante donec dolor mauris, praesent tincidunt, feugiat adipiscing aliquet nibh aliquam sit. Id diam nisi, euismod nibh ac sit felis sem ut ipsum elit ullamcorper lobortis tempus amet non massa aliquam nonummy volutpat proin dolore dolor mauris. Proin, nonummy eget sem tincidunt ac consectetur tellus laoreet, ac turpis, id et congue feugiat felis praesent congue sit felis ullamcorper nibh donec dolor eget. Ante, dolore sed euismod mi magna, turpis id et congue feugiat adipiscing non, ante aliquam amet non nibh donec dolor at sem nunc sed at. Sem dolore dolor elit aliquet erat consectetur felis et lobortis tempus nonummy non nibh tempus dolor, at aliquet tincidunt lorem at aliquet tincidunt erat consectetur. Tincidunt sed elit sem nunc, sed at non massa erat consectetur non laoreet magna sit mauris praesent congue feugiat felis, mi congue lorem turpis volutpat. Et amet id et nisi pulvinar eget proin nunc sed, elit, tellus ante donec consectetur molestie mi congue dolor, felis aliquet congue dolor at aliquet. Tincidunt lorem adipiscing dolore sed, at tellus nibh magna, turpis id, laoreet ac, consectetur euismod, laoreet ac turpis id et ut ipsum nonummy ullamcorper ut. </w:t>
+      <w:bookmarkEnd w:id="3773665966600965144"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi ipsum nonummy volutpat praesent congue lorem felis aliquet congue ac, amet id et ut sed at tellus. Massa donec consectetur tellus donec elit sem ut ipsum elit sem ante donec pharetra molestie proin donec pharetra. Molestie praesent, dolore dolor eget proin dolore pulvinar eget proin pulvinar mauris aliquet tincidunt ac turpis tellus massa. Ac turpis molestie laoreet magna sit id praesent congue feugiat mauris praesent ut lorem adipiscing euismod nibh aliquam. Amet et dolore pulvinar eget, proin massa erat pharetra molestie mi magna feugiat id praesent ut lorem adipiscing. Ullamcorper nibh aliquam amet volutpat nibh turpis ullamcorper, nibh aliquam pulvinar id proin nisi ipsum, consectetur non massa. Erat, pharetra molestie mi congue feugiat mauris praesent congue feugiat felis aliquet congue lorem adipiscing, congue lorem turpis. Euismod et nisi, sit euismod nibh aliquam sit elit diam ut ipsum felis diam ut ipsum elit diam. Ut ipsum nonummy volutpat praesent tincidunt, mauris aliquet tincidunt ac turpis id sem massa donec pharetra, mauris diam. Lobortis tempus turpis ullamcorper tincidunt lorem at aliquet dolor mauris praesent congue sed, mauris praesent, tincidunt ac, turpis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc16" w:id="5406439582015738948"/>
+      <w:bookmarkStart w:name="_Toc19" w:id="4572569537697015127"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5406439582015738948"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Adipiscing id diam ut pulvinar elit sem lobortis donec sem massa donec pharetra, molestie proin dolore amet, volutpat. Proin congue sed at aliquet nunc sed mauris proin nunc dolor mauris, sem tincidunt ac, sit massa erat. Turpis molestie et, congue feugiat felis, diam lobortis tempus, adipiscing ullamcorper, ut tempus nonummy volutpat ante dolore dolor. At tellus laoreet ac feugiat non massa donec dolor adipiscing elit id diam ante laoreet ante lobortis nunc. Nisi erat dolor turpis elit tellus, et, ante congue aliquam at molestie diam lobortis aliquam pulvinar consectetur id. Non, praesent nibh nisi sed turpis nonummy at id tellus ullamcorper proin et laoreet, praesent nibh ac turpis. </w:t>
+      <w:bookmarkEnd w:id="4572569537697015127"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tincidunt, lorem adipiscing, volutpat proin nunc sed consectetur molestie praesent congue tempus nonummy non ante nunc sed at euismod, laoreet eget nibh nisi dolor, elit aliquet. Massa sed consectetur tellus, laoreet, donec pharetra molestie praesent magna sit molestie ante donec pharetra molestie ante magna dolor massa erat nonummy molestie praesent tincidunt, lorem, adipiscing. Euismod et ut sed nonummy non ante, donec sit mauris praesent tincidunt feugiat felis, aliquet congue feugiat at aliquet pharetra molestie massa aliquam amet, volutpat ante aliquam. Pulvinar eget ante donec pulvinar, eget sem, nunc, sed consectetur molestie et nisi feugiat felis ac pharetra tellus laoreet donec pharetra molestie praesent congue tempus adipiscing euismod. Lobortis, tempus adipiscing euismod lobortis tempus turpis euismod nibh, nisi pulvinar eget proin nunc sed et ut ipsum nonummy non, ante donec pharetra molestie ante congue feugiat. Felis ullamcorper lobortis nisi amet eget nibh aliquam turpis euismod nibh ac tellus laoreet ac, sit euismod nibh magna pulvinar felis diam ut ipsum elit sem lobortis. Erat amet molestie, massa aliquam adipiscing ullamcorper nibh aliquam, amet eget praesent pulvinar eget sem nunc sed at sem dolore erat at tellus massa sed, at non. Nunc erat consectetur tellus laoreet donec pharetra molestie ante donec pharetra molestie tempus nonummy non lobortis tempus nonummy ullamcorper lobortis tempus, nonummy volutpat, ante donec amet volutpat. Ante dolore dolor mauris praesent nunc sed at aliquet tincidunt sed at aliquam pulvinar volutpat, et dolore sed elit proin ut sed, nonummy tellus, massa donec, pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc17" w:id="13559063948710206001"/>
+      <w:bookmarkStart w:name="_Toc20" w:id="4740913056276080308"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13559063948710206001"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Pulvinar consectetur molestie et congue, tempus adipiscing, diam congue lorem, laoreet donec pharetra felis diam tincidunt feugiat felis aliquet congue feugiat. Felis aliquet lobortis, feugiat at aliquet tincidunt lorem adipiscing ullamcorper nibh nisi ipsum diam ut pulvinar felis diam nunc tempus consectetur. Volutpat mi donec pharetra molestie ante aliquam pharetra mauris praesent dolore dolor mauris aliquet tincidunt lorem consectetur euismod et sit felis. Diam lobortis tempus nonummy non mi erat pharetra mauris praesent tincidunt sed adipiscing euismod et nisi ipsum elit diam nunc erat. Volutpat mi magna dolor mauris mi, dolore dolor mauris proin dolore pharetra volutpat proin dolore dolor, mauris, proin nunc sed turpis. Id diam ut pulvinar id et sit felis diam ut ipsum elit ullamcorper massa, donec dolor eget proin nunc dolor mauris. Proin, donec pulvinar eget ante dolore dolor eget proin dolore dolor, tellus mi congue feugiat felis praesent ut feugiat id diam. Congue feugiat felis diam, congue lorem, adipiscing, volutpat sem laoreet turpis id et congue feugiat adipiscing diam lobortis, ipsum adipiscing non. </w:t>
+      <w:bookmarkEnd w:id="4740913056276080308"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus et magna feugiat elit volutpat ante dolore pharetra molestie praesent congue dolor mauris aliquam amet eget proin dolore dolor. Mauris, sem nunc sed at, sem massa erat, consectetur tellus laoreet magna consectetur molestie praesent congue feugiat mauris donec pharetra. Mauris praesent magna feugiat felis, praesent tincidunt ac amet eget proin dolore sed consectetur non massa donec consectetur non, massa. Erat pharetra mauris praesent congue volutpat ante magna, feugiat felis aliquet tincidunt ac amet id, et aliquam pulvinar eget proin. Ut ipsum id et magna sit id et consectetur, aliquet tincidunt ac turpis tellus mi ac pharetra id mi ut. Feugiat felis, diam ut lorem nonummy euismod nibh aliquam pulvinar eget ante aliquam pulvinar elit nunc dolor elit sem dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc18" w:id="11376903170755283761"/>
+      <w:bookmarkStart w:name="_Toc21" w:id="3712291946416153837"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11376903170755283761"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Massa erat pharetra, mauris aliquet congue feugiat at euismod et nisi pulvinar eget, et nisi pulvinar id et nisi pulvinar eget diam. Turpis felis diam ut ipsum felis ullamcorper massa erat amet molestie aliquet laoreet, lorem turpis tellus laoreet ac sit id, diam ut. Ipsum mi ut tempus elit diam, ut tempus nonummy non lobortis tempus adipiscing non massa donec ac erat pharetra nonummy turpis nonummy. Molestie ullamcorper aliquet mi lobortis congue, pulvinar sit dolor pulvinar pharetra adipiscing volutpat ante donec pulvinar, mauris praesent dolore, dolor at aliquet. Tincidunt magna feugiat id et ut ipsum diam lobortis aliquam pharetra eget ante, dolore dolor at, aliquet nunc sed consectetur aliquet laoreet. Magna sit felis diam, ut ipsum nonummy non massa donec pharetra eget donec pharetra volutpat ante aliquam amet volutpat ante dolore, sed. Mauris aliquet tincidunt erat, consectetur tellus laoreet ac sit elit, ullamcorper lobortis tempus adipiscing ullamcorper nibh felis, nisi ipsum felis diam lobortis. Erat feugiat at, praesent, tincidunt ac sit id, diam nunc erat pharetra mauris diam tincidunt mauris praesent congue feugiat felis ullamcorper lobortis. Ac amet eget et nisi pulvinar eget sem nunc, sed nonummy molestie ante donec dolor mauris, praesent, tincidunt tempus turpis congue lorem. </w:t>
+      <w:bookmarkEnd w:id="3712291946416153837"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus, amet eget praesent nunc eget ante dolore dolor eget ante dolore sed at aliquet nunc erat at. Tellus mi ac pharetra id praesent congue lorem felis praesent magna sem massa donec dolor mauris praesent congue. Feugiat at praesent congue feugiat mauris praesent congue sed, mauris praesent nunc lorem consectetur tellus laoreet, ac sit. Diam lobortis erat nonummy non massa erat amet volutpat lobortis aliquam amet volutpat ante aliquam amet volutpat ante. Donec pulvinar, mauris sem dolore sed consectetur, tellus dolor eget sem dolore pulvinar, eget proin ut, sed elit. Non, laoreet, erat nonummy tellus ante, erat pharetra mauris diam lobortis, tempus turpis euismod aliquam ipsum eget proin. Nisi ipsum at, tellus, laoreet magna sit mauris praesent congue sit mauris praesent donec dolor, mauris aliquet tincidunt. Ac turpis ullamcorper nibh nisi eget, sem nunc erat pharetra molestie mi magna sit mauris diam lobortis tempus. Amet, volutpat proin nisi dolor eget proin dolore ipsum elit, sem ut ipsum elit nisi, sit id et. Ut tempus elit diam nunc tempus nonummy sem lobortis ipsum elit ullamcorper lobortis aliquam nonummy ullamcorper sit id. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc19" w:id="4595344037261429835"/>
+      <w:bookmarkStart w:name="_Toc22" w:id="9250170492920421216"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4595344037261429835"/>
-[...153 lines deleted...]
-        <w:t xml:space="preserve">Nonummy tellus tempus consectetur tellus mi magna feugiat felis ullamcorper tincidunt. Lorem turpis, volutpat et nisi amet eget et nisi sit id. Et nunc erat nonummy, non erat consectetur volutpat ante, donec pharetra. Mauris aliquet lobortis aliquam pulvinar eget et nisi pulvinar id et. Aliquam sit euismod laoreet ac consectetur aliquet tincidunt consectetur tellus, laoreet. Ac sit id et magna sit felis, et congue sit, id. Mi congue sit molestie mi congue lorem adipiscing diam tincidunt lorem. Adipiscing, proin dolore sed at aliquet massa sed at tellus laoreet. </w:t>
+      <w:bookmarkEnd w:id="9250170492920421216"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, tincidunt lorem, consectetur aliquam turpis euismod nibh nisi pulvinar elit sem nunc ipsum elit sem. Massa erat consectetur tellus laoreet donec sit felis diam tincidunt lorem felis mi felis diam nisi. Feugiat felis diam ut, feugiat id praesent congue tempus nonummy non nibh donec, pulvinar volutpat ante. Nisi dolor eget sem nunc dolor proin nunc sed at, non massa erat consectetur id praesent. Congue feugiat mauris praesent ante laoreet massa congue aliquam sed sit, amet mauris euismod proin laoreet. Ipsum pharetra turpis, pharetra adipiscing eget tellus et massa tincidunt tincidunt ut erat aliquam amet eget. Proin massa erat, at sem nunc ipsum elit ut sed nonummy non massa erat pharetra mauris. Mi tincidunt feugiat mauris praesent dolore feugiat at aliquet tincidunt lorem adipiscing aliquet laoreet lorem at. Aliquet tincidunt sed proin donec dolor mauris sem dolore dolor volutpat et nisi pulvinar eget, proin. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1974,51 +1540,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 11</w:t>
+      <w:t>Page 9</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -2597,51 +2163,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re6952a7506b743a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfb59eb397be54a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R190adcbead6d4372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rb874f02d66a34fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R91a43e3d22f64251" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcb11067cd9f346d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1e2745c2c54e40cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R99d3b273960547d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rac62603c63754b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdc19be340e624fcb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>