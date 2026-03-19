--- v7 (2026-02-02)
+++ v8 (2026-03-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7874c61d2e5b4440" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R624064b8361a4a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re0f5b87639b84735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3a70eb23b4b24939" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf3dbd34673e74f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R15a6209b4dcf40cf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:history="true" w:anchor="_Toc0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -187,51 +187,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 2</w:t>
         </w:r>
@@ -375,51 +375,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
@@ -478,1016 +478,1636 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc10">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is top-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc10">
+      <w:hyperlink w:history="true" w:anchor="_Toc11">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is second-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc12">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc13">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc14">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is second-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc15">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc16">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc17">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is second-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc18">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc19">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc20">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is top-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc21">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is second-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc22">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc23">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc24">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is second-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc25">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc26">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc26 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc27">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is second-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc27 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc28">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc28 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc29">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>This is third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc29 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>4</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc30 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc11">
+      <w:hyperlink w:history="true" w:anchor="_Toc31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>4</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc31 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc12">
+      <w:hyperlink w:history="true" w:anchor="_Toc32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
-[...475 lines deleted...]
-          <w:t>8</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc32 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="Rac62603c63754b31"/>
+          <w:headerReference w:type="default" r:id="R72976a6383e445f1"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc0" w:id="3664983722645287931"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="13437630443517487709"/>
       <w:r>
         <w:t>This is top-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3664983722645287931"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tempus, congue, aliquam erat sit elit, non donec feugiat amet elit non laoreet congue lorem nonummy volutpat praesent laoreet ac turpis id diam lobortis donec pharetra molestie mi dolore dolor. At euismod ut ipsum consectetur, molestie mi magna sit mauris praesent lobortis lorem, adipiscing euismod nibh aliquam pulvinar, eget proin dolore sed consectetur tellus massa erat consectetur nunc erat consectetur. Tellus mi magna pharetra molestie ante magna dolor mauris praesent congue feugiat mauris praesent tincidunt feugiat at aliquet tincidunt ac euismod nibh ac sit eget et ut tempus nonummy non. Mi dolore pharetra molestie praesent congue lorem adipiscing aliquet tincidunt ac, turpis id proin nunc sed nonummy nisi pulvinar felis diam ut ipsum nonummy non, massa donec pharetra, mauris, aliquet. Laoreet ac amet euismod nibh nisi sit euismod et ac turpis euismod nibh nisi id diam nisi ipsum, nonummy ullamcorper ut tempus nonummy volutpat, ante donec dolor eget praesent nunc. Ac sit id nibh magna, pulvinar felis sem tincidunt feugiat felis ullamcorper nibh aliquam pulvinar elit proin nunc sed consectetur, molestie massa erat nonummy non nunc tempus felis diam nisi. </w:t>
+      <w:bookmarkEnd w:id="13437630443517487709"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent nonummy sit pharetra ipsum ipsum dolore tincidunt praesent volutpat nonummy ipsum ac ante ullamcorper mauris feugiat magna ante tellus. Eget, sit sed congue proin volutpat amet tempus ut diam felis sit nisi mi, id at pulvinar aliquam lobortis pulvinar. Tempus ut praesent molestie pharetra, magna laoreet non elit ipsum nunc, proin eget pulvinar nunc, sem eget pulvinar nunc proin. Volutpat nonummy tempus lobortis amet aliquam lobortis non, nonummy aliquam lobortis non nonummy, tempus, ut et molestie turpis ac mi. Tellus at sed dolore ante volutpat amet congue praesent felis, feugiat congue diam felis, sit congue et felis feugiat, nisi. Et euismod turpis magna nibh euismod sit, ac laoreet tellus adipiscing dolor donec massa pharetra donec massa volutpat amet donec. Massa non nonummy tempus massa diam, felis turpis, magna et euismod adipiscing dolor donec proin eget pharetra dolore, ante volutpat. Nonummy massa sem, elit ipsum nisi et id sit ac laoreet aliquet adipiscing lorem, dolore proin, at lorem tincidunt lobortis. Diam donec ante non nonummy tempus lobortis diam felis pulvinar ut et, id pulvinar, nisi laoreet tellus adipiscing lorem laoreet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc1" w:id="815065166986619182"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="18373427860872121440"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="815065166986619182"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Consectetur, felis diam massa tempus pharetra eget praesent tincidunt lorem at nunc sed eget proin dolore dolor at aliquet massa sed consectetur aliquet laoreet erat pharetra tellus mi, congue. Feugiat adipiscing diam ut lorem adipiscing, euismod nibh adipiscing euismod nibh, tempus adipiscing ullamcorper lobortis lorem adipiscing aliquet laoreet ac adipiscing tellus laoreet, aliquam sit eget et nisi pulvinar. Felis sem, lobortis donec non massa erat nonummy volutpat, ante dolore pharetra mauris ante donec, pharetra mauris aliquet tincidunt, ac sit, felis diam, ut ipsum nonummy non donec pharetra. Mauris aliquet tincidunt, lorem at praesent congue sed at aliquet laoreet ac sit id et nisi sit id laoreet erat consectetur aliquet nunc sed consectetur dolore pulvinar eget proin. Ut, pulvinar id proin, nisi ipsum nonummy non massa erat nonummy non ante magna consectetur volutpat ante dolore dolor, mauris, aliquet tincidunt ac ullamcorper nibh aliquam turpis euismod nibh. Ut ipsum felis diam nunc erat, pharetra molestie praesent congue feugiat adipiscing ullamcorper lobortis turpis id et ut ipsum eget et magna, pulvinar id et nisi sit id mi. </w:t>
+      <w:bookmarkEnd w:id="18373427860872121440"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis erat nunc sem eget amet nisi ante ullamcorper adipiscing lorem ut ullamcorper donec nibh diam felis sit magna et felis, sit ac tincidunt. Sem, eget dolor nunc sem at dolor, dolore praesent mauris sed tincidunt, tellus, at sed, ullamcorper adipiscing lorem tincidunt ullamcorper, turpis, ac nibh volutpat. Amet, tempus lobortis ullamcorper, felis sit donec ante, molestie pharetra magna praesent, id feugiat magna et lobortis ullamcorper elit feugiat nisi et euismod turpis. Ac, tincidunt sem mauris dolor donec, ante, volutpat amet tempus nibh diam felis feugiat magna nonummy ipsum lobortis sem elit ipsum lobortis diam elit. Pulvinar nisi, laoreet aliquet mauris dolor aliquam nibh volutpat pharetra donec massa ullamcorper felis ipsum, ut et, felis ut, diam elit ipsum nunc sem. Eget ipsum ut diam eget sit aliquam et eget pulvinar, nisi et id turpis aliquam nibh ullamcorper turpis tempus nibh diam aliquam lobortis, ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc2" w:id="16937244901718893579"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="10192274766260243456"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16937244901718893579"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Diam lobortis ipsum nonummy, volutpat ante dolore dolor at. Tellus nibh magna turpis felis diam massa erat volutpat. Massa tempus amet volutpat, proin dolore dolor mauris aliquet. Tincidunt sed adipiscing aliquet tincidunt sed at aliquet tincidunt. Ac turpis elit diam lobortis nonummy ullamcorper ut feugiat. Id et congue sit id mi donec sit mauris. Praesent congue feugiat felis praesent congue feugiat, mauris praesent. Tincidunt feugiat, adipiscing euismod proin, ipsum elit sem ut. Sed nonummy tellus laoreet, magna sit molestie mi congue. </w:t>
+      <w:bookmarkEnd w:id="10192274766260243456"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut diam molestie pharetra, erat elit ipsum lobortis sem elit ipsum ut et id sit ac, laoreet tellus at lorem nibh euismod sit nisi laoreet euismod turpis feugiat congue, praesent. Feugiat congue praesent felis lorem, congue mi molestie pharetra magna ante molestie pharetra donec praesent felis ipsum lobortis ullamcorper felis feugiat congue diam id, feugiat diam id pulvinar ut, diam. Id, sit magna nibh euismod adipiscing ac, laoreet ullamcorper turpis sed, congue praesent at feugiat congue praesent adipiscing nibh volutpat, amet aliquam ante volutpat amet aliquam nibh ullamcorper felis sit. Donec massa non at, sed dolore sem at sed nunc, aliquet, at sed, tincidunt aliquet lorem nunc praesent at lorem nunc aliquet, at sed congue praesent at lorem tincidunt ullamcorper. At feugiat, dolore praesent mauris pharetra magna praesent felis feugiat, magna ante pharetra donec mi id sit congue, mi tellus consectetur erat laoreet molestie turpis ac, tincidunt sem eget pulvinar. Dolore proin mauris dolor dolore ante eget pharetra nibh ullamcorper amet aliquam massa non elit tempus, lobortis et id turpis ac tincidunt sem eget pulvinar nunc aliquet, at dolor dolore. Ante non nonummy, tempus lobortis dolor congue praesent mauris dolor congue aliquet felis, dolor magna ante non elit, tempus nunc sem, eget pulvinar nisi proin id amet nisi et, eget. Amet aliquam eget pulvinar dolore sem eget dolor dolore ante euismod nonummy tempus ut praesent id sit donec laoreet tellus pharetra ac laoreet, tellus consectetur, sed nunc sem elit laoreet. Sem mauris dolor, dolore proin eget sed nunc praesent at dolor congue ante volutpat, amet aliquam massa non nonummy, ipsum lobortis sem elit ipsum nunc sem tempus nunc non nonummy. Erat nunc sem at sed massa sem at erat massa, tellus, consectetur erat laoreet tellus consectetur erat laoreet tellus consectetur sed nunc praesent ac congue praesent mauris amet tempus lobortis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc3" w:id="18005021013279359603"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="14796351703337434150"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18005021013279359603"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Consectetur felis ullamcorper, ut ipsum felis ullamcorper lobortis aliquam pharetra eget praesent dolore dolor mauris aliquet tincidunt lorem turpis laoreet magna sit, id diam ut. Ipsum amet non, massa aliquam, amet volutpat nibh aliquam amet euismod nibh aliquam pulvinar mauris, aliquet tincidunt erat turpis nunc, dolor at proin dolore pulvinar. Eget sem nunc sed nonummy sem ut pulvinar eget diam ut ipsum elit diam ut ipsum elit non massa erat non massa aliquam pharetra eget. Ante, dolore dolor eget proin dolore sed at, tellus laoreet ac, sit id et ut feugiat id diam ut molestie, mi, magna sit molestie mi. Magna pharetra, tellus mi magna sit, mauris diam congue feugiat mauris praesent congue feugiat, at aliquet, tincidunt lorem turpis ullamcorper tincidunt adipiscing tellus nibh ac. Turpis euismod laoreet, lorem at tellus laoreet magna turpis euismod mi ac turpis molestie et congue ipsum felis ullamcorper lobortis tempus nonummy proin tincidunt lorem. Consectetur tellus laoreet ac turpis id et magna sit felis ullamcorper, lobortis tempus pharetra at ullamcorper tincidunt sit euismod nibh magna sit id sem massa. Donec dolor, mauris praesent dolore dolor mauris aliquet, tincidunt ac amet id et, nisi pulvinar elit sem laoreet, donec molestie mi congue, dolor felis praesent. </w:t>
+      <w:bookmarkEnd w:id="14796351703337434150"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent mauris consectetur donec nunc diam id sit. Magna nibh id turpis ac tincidunt ullamcorper at. Lorem congue praesent mauris tincidunt aliquet, felis lorem. Congue diam mauris dolor congue praesent felis feugiat. Ut praesent molestie sit magna mi tellus consectetur. Sed dolore proin elit dolore proin eget sed. Dolore sem eget dolor nunc praesent mauris dolor. Dolore ante volutpat amet aliquam lobortis ullamcorper, elit. Tempus lobortis non elit tempus, ut diam erat. Nunc sem elit sed ut diam eget pulvinar. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc4" w:id="7897596124497574117"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="6463116590669890875"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7897596124497574117"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Molestie congue sed turpis euismod nibh nisi sit eget et nisi pulvinar felis sem nunc erat nonummy non massa erat amet. Molestie praesent congue feugiat praesent, tincidunt lorem adipiscing euismod, nibh magna turpis id et nisi pulvinar id et magna turpis tellus. Mi magna turpis molestie mi magna sit id magna sit mauris praesent congue lorem, felis ullamcorper lobortis, tempus amet volutpat et. Nisi pulvinar elit sem nunc sed at, sem laoreet magna feugiat felis, ullamcorper lobortis adipiscing euismod lobortis aliquam turpis volutpat nibh. Aliquam pulvinar, euismod nibh ac turpis euismod laoreet aliquam amet id et nisi pulvinar id et turpis euismod, nibh, magna pulvinar. Felis diam ut ipsum, elit ullamcorper congue feugiat felis diam ut ipsum nonummy non ante aliquam pulvinar eget praesent nunc sed. At non lobortis tempus nonummy non lobortis, tempus, nonummy volutpat proin congue sed at praesent dolore dolor adipiscing tellus nibh magna. Turpis id diam nisi sit id magna sit molestie et congue sit molestie mi magna feugiat adipiscing ullamcorper ut tempus nonummy. Euismod nibh, aliquam amet eget aliquam amet euismod nibh aliquam amet euismod, et aliquam pulvinar elit proin ut ipsum nonummy non. </w:t>
+      <w:bookmarkEnd w:id="6463116590669890875"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante volutpat pharetra donec ante volutpat pharetra magna mi tellus nonummy tempus massa non nonummy sed massa non. At ipsum nunc et ullamcorper aliquam, lobortis ullamcorper adipiscing lorem tincidunt aliquet, felis dolor donec ante molestie consectetur. Sed nunc sem eget pulvinar nisi nibh, euismod adipiscing feugiat, congue mi feugiat dolore massa non nonummy ipsum. Nisi nibh euismod adipiscing lorem nunc proin eget pharetra aliquam massa volutpat amet erat massa volutpat amet, erat. Lobortis sem tempus ut diam, id turpis ac tincidunt, aliquet, eget pharetra, aliquam massa ullamcorper, adipiscing ipsum congue. Mi aliquet consectetur erat tincidunt aliquet consectetur sed aliquet consectetur lorem tincidunt aliquet at sed congue proin eget. Amet aliquam massa volutpat amet tempus lobortis sem elit feugiat magna laoreet tellus consectetur lorem tincidunt praesent dolor. Dolore praesent mauris dolor dolore, praesent mauris feugiat congue proin molestie pharetra donec ante non consectetur erat massa. Non nonummy ac nibh euismod sit aliquam laoreet, ullamcorper at sed congue praesent mauris dolor congue praesent mauris. Pharetra tempus massa volutpat nonummy erat nunc sem nonummy erat, nunc consectetur sed nunc sem at sed nunc. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc5" w:id="3756290679677511283"/>
+      <w:bookmarkStart w:name="_Toc5" w:id="7754430580867480434"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3756290679677511283"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tincidunt erat at tellus laoreet magna feugiat felis diam ut. Tempus, nonummy volutpat nibh donec pharetra volutpat dolore pulvinar mauris. Tellus laoreet magna sit euismod mi nisi feugiat elit, ullamcorper. Lobortis ipsum nonummy ullamcorper, ante aliquam amet volutpat proin dolore. Mauris, sem nunc sed, mauris sem tincidunt ac turpis id. Et ut ipsum, elit diam massa tempus amet volutpat ante. Dolore dolor eget proin, nunc dolor, mauris nunc sed at. </w:t>
+      <w:bookmarkEnd w:id="7754430580867480434"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non felis sit nisi, nibh, euismod turpis magna, et euismod sit ac nibh id amet ac lobortis euismod, adipiscing dolor, dolore mi, molestie consectetur mi molestie nonummy tempus nunc. Diam eget ipsum pharetra consectetur amet feugiat tempus ac aliquam congue nunc nibh euismod adipiscing sed congue proin molestie amet nisi et, felis sit nisi diam id consectetur, sed. Nunc proin, mauris pulvinar dolore praesent, mauris sed, tincidunt, aliquet molestie pharetra erat ante non, nonummy, erat lobortis nonummy tempus nunc sem elit ipsum ut sem eget, sit aliquam. Nibh euismod turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt aliquet molestie pharetra praesent mauris dolor donec mi tellus consectetur sed nunc sem elit ipsum nunc sem at sed nunc. Sem at dolor dolore proin eget pulvinar dolore proin, volutpat donec, ante volutpat nonummy tempus lobortis ullamcorper adipiscing ipsum, congue diam elit, ipsum ut diam, id consectetur ac tincidunt. Aliquet mauris pulvinar dolore proin eget, amet aliquam non amet donec congue et id sit magna mi molestie turpis ac laoreet tellus consectetur lorem tincidunt tellus consectetur lorem euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc6" w:id="9360355715025171758"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="10059087696057766439"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9360355715025171758"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Adipiscing euismod proin ut ipsum at, non laoreet pharetra molestie praesent, congue feugiat felis praesent, tincidunt feugiat felis ullamcorper lobortis ac, turpis. Eget, sem massa sed consectetur tellus laoreet donec pharetra molestie ante consectetur molestie, mi magna, feugiat adipiscing ullamcorper nibh nisi ipsum eget. Sem massa erat at tellus mi congue lorem adipiscing ullamcorper lobortis aliquam pulvinar eget aliquam pulvinar elit tellus laoreet magna sit felis. Et congue ipsum adipiscing non nibh aliquam, dolor mauris praesent laoreet lorem turpis euismod mi, tempus consectetur molestie mi congue lorem turpis. Euismod et ut ipsum at non massa erat pharetra molestie praesent congue feugiat adipiscing ullamcorper nibh, nisi pulvinar eget et amet euismod. Nibh nisi pulvinar at, sem, massa donec sit mauris praesent congue lorem nonummy, ullamcorper nibh aliquam pulvinar eget proin nisi dolor elit. </w:t>
+      <w:bookmarkEnd w:id="10059087696057766439"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam id turpis ac tincidunt aliquet, pulvinar nisi ante volutpat nonummy aliquam lobortis ullamcorper nonummy lorem ut mi molestie at. Sed nunc aliquet, at erat laoreet tellus turpis ac laoreet tellus ac laoreet tellus at sed nunc aliquet adipiscing, sed. Congue praesent mauris pharetra dolore proin molestie pharetra donec mi molestie pharetra erat ante, molestie consectetur ante tellus pharetra, donec. Laoreet molestie pharetra ac mi id pharetra ac, nunc sem elit dolor nunc proin eget pulvinar aliquam nibh euismod lorem. Lobortis non nonummy tempus nibh non amet donec massa ullamcorper elit feugiat nisi diam felis feugiat, ut diam id sit. Ac laoreet aliquet consectetur sed nunc at lorem tincidunt ullamcorper at feugiat congue aliquet, turpis ac lobortis aliquet mauris dolor. Congue mi molestie, dolor donec ante tellus consectetur sed massa non at, massa sem elit pulvinar dolore proin volutpat amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc7" w:id="163706997994587396"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="18301823434976152488"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="163706997994587396"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Proin congue lorem turpis euismod, nibh magna. Ipsum felis diam lobortis nonummy non lobortis. Ipsum, nonummy, non lobortis tempus nonummy non. Massa tempus nonummy non proin donec dolor. At tellus tincidunt lorem, consectetur tellus laoreet. Magna tellus laoreet magna sit molestie mi. Ut aliquam amet volutpat ante donec amet. </w:t>
+      <w:bookmarkEnd w:id="18301823434976152488"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur, laoreet aliquet at sed dolore ante volutpat amet tempus ut diam, felis feugiat, ut et, felis sit magna laoreet, euismod consectetur lorem, tincidunt aliquet mauris nunc praesent. Eget amet aliquam lobortis, ullamcorper elit tempus ut et felis feugiat magna mi euismod, turpis ac laoreet aliquet mauris pulvinar dolore proin eget dolore proin volutpat pharetra donec. Ante volutpat amet, tempus lobortis non consectetur erat massa volutpat consectetur erat massa tellus pharetra magna laoreet tellus consectetur mi, molestie consectetur sed dolore proin elit dolor nunc. Proin volutpat amet tempus, nibh volutpat amet tempus nibh euismod amet aliquam nibh non nonummy tempus massa pharetra donec, ante volutpat amet donec massa non consectetur erat ante. Molestie nonummy tempus massa non nonummy sed ut sem elit sed nunc, et id ipsum dolore consectetur sed nunc proin volutpat amet tempus lobortis ullamcorper nonummy aliquam nibh. Volutpat nonummy feugiat congue diam adipiscing ipsum ut, diam felis ipsum nisi mi at dolor nunc aliquet mauris dolor dolore ante euismod nonummy lorem congue praesent molestie sit. Magna mi molestie pharetra ac laoreet, aliquet at dolor nunc proin, volutpat dolore sem eget pulvinar aliquam lobortis non, nonummy ipsum ut diam id pharetra erat, laoreet tellus. Consectetur dolor dolore ante euismod turpis tempus lobortis euismod adipiscing lorem diam adipiscing sit, magna laoreet tellus at sed nunc, proin eget pulvinar nisi et volutpat amet tempus. Nibh ullamcorper mauris pharetra donec ante, non elit sed nunc eget, amet aliquam nibh euismod turpis ac nibh euismod amet nisi nibh euismod, amet lorem lobortis diam, mauris. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc8" w:id="6292093439255373097"/>
+      <w:bookmarkStart w:name="_Toc8" w:id="6460374776377088418"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6292093439255373097"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Diam massa erat, nonummy volutpat, ante donec pharetra mauris praesent, laoreet ac turpis euismod et ut pulvinar nonummy non massa erat consectetur, ante magna, dolor mauris mi congue. Feugiat adipiscing ullamcorper nibh aliquam amet eget et nunc erat sit mauris ullamcorper lobortis tempus nonummy euismod proin nisi at tellus mi ac sit id mi congue ipsum. Adipiscing ullamcorper lobortis lorem, adipiscing euismod ante donec, amet eget proin nisi pulvinar elit, aliquet massa ac turpis ullamcorper, lobortis ipsum adipiscing non ante donec sed adipiscing tellus. Nibh magna pulvinar felis sem lobortis ipsum elit sem lobortis tempus nonummy non, congue sed at praesent, dolore sed mauris aliquet tincidunt ac sit id, et nisi pulvinar. Elit diam lobortis erat pharetra mauris aliquet tincidunt ac amet eget proin sed consectetur tellus ante magna sit mauris ullamcorper, lobortis aliquam pulvinar, elit aliquet nunc erat consectetur. Id, et, congue, feugiat felis diam, ut tempus nonummy volutpat ante adipiscing euismod nibh dolore dolor consectetur, id diam ut ipsum felis ullamcorper lobortis aliquam pharetra eget praesent. </w:t>
+      <w:bookmarkEnd w:id="6460374776377088418"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, dolore proin volutpat amet tempus lobortis non. Elit tempus, nisi nonummy ipsum, nisi nibh euismod. Adipiscing lorem tincidunt proin, volutpat amet aliquam massa. Ullamcorper felis feugiat magna et felis feugiat magna. Mi tellus turpis lorem laoreet adipiscing dolor aliquam. Lobortis ullamcorper adipiscing ipsum ut et, id turpis. Erat nunc sem at sed nunc, proin volutpat. Amet aliquam nibh euismod adipiscing ut ullamcorper id. Pharetra ac mi molestie sit, magna, mi molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc9" w:id="10339535638262336796"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="15476970462411557938"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10339535638262336796"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Lobortis dolore dolor at sem nunc erat at sem ac sit felis diam lobortis donec pharetra eget ante dolore sed. At, aliquet laoreet ac turpis tellus, mi magna sit id et nisi feugiat felis diam feugiat felis praesent congue, feugiat. Felis ullamcorper lobortis aliquam pulvinar, eget proin, dolore dolor elit proin nunc sed elit sem massa sed, elit non erat. Pharetra molestie laoreet magna sit mauris praesent congue pharetra volutpat massa tempus nonummy non, massa donec pharetra volutpat proin dolore. Feugiat at aliquet sed eget ante donec pulvinar volutpat nibh tempus adipiscing ullamcorper lobortis tempus amet euismod nibh aliquam, amet. Volutpat, proin dolore pulvinar id et ut ipsum elit mi magna feugiat adipiscing ullamcorper, lobortis tempus turpis euismod lobortis lorem. Felis aliquet, lobortis ac pulvinar eget, et, aliquam pulvinar eget proin ut sed nonummy tellus ante feugiat mauris praesent congue. Lorem turpis, ullamcorper lobortis lorem adipiscing euismod nibh aliquam amet id proin nisi ipsum elit diam, massa, feugiat adipiscing, euismod. Ante nunc, sed consectetur aliquet laoreet ac sit id diam lobortis, tempus amet non nibh, aliquam amet non lobortis dolore. </w:t>
+      <w:bookmarkEnd w:id="15476970462411557938"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing sem at dolor nunc aliquet mauris dolor, congue aliquet eget dolor dolore aliquet. Mauris pharetra dolore praesent mauris feugiat tincidunt aliquet adipiscing lorem tincidunt adipiscing lorem congue. Praesent mauris pharetra, donec mi molestie pharetra erat laoreet tellus consectetur, ac laoreet tellus. Turpis ac laoreet tellus at dolor, dolore proin pulvinar donec ante eget pharetra aliquam. Massa non nonummy aliquam ante non nonummy ipsum ut, diam elit, tempus massa sem. Elit pulvinar, nisi nibh euismod, aliquam, nibh ullamcorper adipiscing ac laoreet aliquet adipiscing feugiat. Congue mi mauris dolor erat, massa sem, elit tempus nunc non elit ipsum ut. Et eget, nisi proin eget pulvinar dolore proin eget ipsum dolore sem eget pulvinar. Dolore proin eget dolor dolore proin, at sed nunc proin eget dolor congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc10" w:id="13323519790153815686"/>
+      <w:r>
+        <w:t>This is top-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13323519790153815686"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet, tempus tincidunt diam felis lorem tincidunt diam aliquam nibh volutpat nonummy tempus nibh. Ullamcorper felis feugiat ut et molestie sit ac laoreet tellus consectetur erat tincidunt tellus turpis. Ac laoreet euismod sit diam eget sit aliquam et id turpis ac lobortis ullamcorper adipiscing. Ac lobortis ullamcorper felis lorem congue mi molestie pharetra erat massa tellus nonummy sed molestie. Consectetur ac massa non consectetur ac laoreet, aliquet at erat tincidunt, aliquet mauris, dolor nunc. Sem eget amet aliquam nibh eget pharetra, ullamcorper adipiscing sed congue, proin mauris dolor donec. Ante molestie pharetra dolore praesent molestie pharetra donec massa sem eget pulvinar ut diam eget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc10" w:id="7005132063324565952"/>
+      <w:bookmarkStart w:name="_Toc11" w:id="7576498768876462338"/>
+      <w:r>
+        <w:t>This is second-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7576498768876462338"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec massa volutpat amet tempus massa volutpat pharetra erat ante tellus nonummy ipsum tellus consectetur erat. Massa, sem eget pulvinar ac laoreet ullamcorper at dolor congue mi volutpat dolor magna ante non. Nonummy tempus nunc non, nonummy ipsum nunc, sit magna mi id sit congue mi molestie turpis. Erat laoreet, aliquet consectetur sed nunc sem, mauris sed nunc praesent mauris dolor dolore praesent eget. Tincidunt praesent mauris dolor dolore praesent mauris dolor dolore, praesent mauris pharetra magna praesent mauris feugiat. Ut diam felis feugiat lobortis non nonummy, ante volutpat, nonummy tempus massa, non nonummy, tempus lobortis. Sem felis, pulvinar magna mi euismod turpis magna nibh euismod adipiscing aliquam nibh euismod turpis ac. Tincidunt turpis aliquam nibh volutpat amet aliquam nibh ullamcorper turpis tempus lobortis, euismod nonummy donec, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc12" w:id="17792157636785530341"/>
+      <w:r>
+        <w:t>This is third-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17792157636785530341"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit amet ac tincidunt aliquet felis pharetra dolore praesent, mauris pharetra donec mi, tellus pharetra erat massa sem elit pulvinar, tellus consectetur. Sed, massa aliquet elit ipsum nunc sem at sed, dolore sem at dolor nunc proin eget dolor nunc aliquet at sed congue. Pulvinar aliquam nibh euismod turpis aliquam nibh euismod turpis aliquam ante volutpat amet aliquam proin volutpat pulvinar donec ante volutpat pharetra aliquam. Nibh volutpat, amet donec, praesent nisi nibh euismod, turpis ac lobortis euismod turpis tempus lobortis ullamcorper adipiscing lorem ut euismod nonummy lorem. Ut diam felis feugiat, congue et ipsum congue et, id feugiat ut diam felis pulvinar nisi et id pulvinar nisi et euismod. Sit aliquam nibh euismod turpis ac tincidunt ullamcorper adipiscing lorem, tincidunt mauris dolor donec mi molestie pharetra, donec mi molestie pharetra donec. Laoreet tellus consectetur sed nunc sem at ipsum dolore proin, eget dolor dolore proin, volutpat turpis sem eget pulvinar dolore ante eget. Dolor dolore lobortis non adipiscing feugiat magna et felis sit congue et id sit sem, elit pulvinar nisi et euismod sit ac. Tincidunt tellus turpis, lorem, tincidunt ullamcorper turpis ac, tincidunt ullamcorper turpis ac nibh, euismod turpis, nisi ante euismod dolore ante euismod amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc13" w:id="15922903435615165587"/>
+      <w:r>
+        <w:t>This is third-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15922903435615165587"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit aliquam nibh, pulvinar nisi proin, volutpat pulvinar. Nisi nibh ullamcorper adipiscing, feugiat magna, praesent tellus. Pharetra, sed nunc diam id, sit aliquam et. Id adipiscing, lorem id turpis aliquam et, volutpat. Turpis tempus lobortis diam mauris feugiat congue mi. Mauris sit donec laoreet tellus consectetur, sed massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc14" w:id="11280638239746817480"/>
+      <w:r>
+        <w:t>This is second-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11280638239746817480"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis dolor magna massa non nonummy tempus massa tellus consectetur sed, nunc sem elit sed molestie pharetra congue et felis feugiat magna mi. Molestie sit magna laoreet aliquet at sed, dolore proin eget pulvinar donec, nibh non adipiscing feugiat ut et ipsum, congue et id feugiat. Nisi et id pulvinar, nisi diam id, sit magna nibh euismod sit, aliquam nibh, euismod adipiscing lorem congue aliquet molestie congue aliquet, mauris. Pharetra donec massa sem elit ipsum ut diam eget ipsum ut proin id sit lorem congue praesent mauris pharetra donec felis dolor dolore. Mi molestie pharetra erat ante non consectetur sed nunc sem elit ipsum, nunc sem eget pulvinar dolore sem at erat massa molestie consectetur. Ac id sit nisi diam felis ipsum nisi et, eget pulvinar aliquam, et id pulvinar nisi nibh id, pulvinar dolore proin at dolor. Dolore ante volutpat turpis proin, eget dolor dolore proin volutpat pharetra donec, ante volutpat, pharetra donec ante volutpat nonummy erat ante volutpat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc15" w:id="2932099108953291778"/>
+      <w:r>
+        <w:t>This is third-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2932099108953291778"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ante eget, pulvinar aliquam ante non amet aliquam massa molestie dolor. Erat ante volutpat congue praesent mauris dolor, magna mi molestie, sit donec. Massa sem eget sit ac tincidunt euismod amet aliquam nibh id amet. Aliquam nibh volutpat, amet tempus volutpat turpis, lorem lobortis ullamcorper, nonummy aliquam. Ante, non, adipiscing ipsum ut diam felis ipsum congue et molestie turpis. Ac laoreet tellus turpis erat nunc consectetur, sed, tincidunt aliquet turpis lorem. Laoreet tellus, adipiscing sed congue praesent at feugiat tincidunt praesent adipiscing lorem. Tincidunt praesent molestie, dolor magna mauris, pharetra erat massa sem, eget sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc16" w:id="13360920183870027679"/>
+      <w:r>
+        <w:t>This is third-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13360920183870027679"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut ullamcorper erat massa volutpat elit, tempus ut et felis. Sit magna nibh id sit ut proin eget ipsum ut proin. Eget pulvinar nisi proin eget pulvinar aliquet at sed tincidunt, tellus. At dolor dolore praesent eget pharetra dolore, praesent eget dolor donec. Ante non, nonummy ipsum lobortis ullamcorper, amet tempus molestie pharetra donec. Ante tellus nonummy ipsum massa non, consectetur erat massa, tellus at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc17" w:id="11691185142462063289"/>
+      <w:r>
+        <w:t>This is second-level header 3</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11691185142462063289"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt, mi molestie pharetra magna ante molestie dolor, donec ante tellus pharetra magna praesent id. Sit magna mi molestie feugiat congue et id lobortis diam nonummy ipsum ut, et id. Turpis ac nunc praesent, eget dolor dolore ante volutpat amet tempus lobortis diam elit ipsum. Ut et id, ut sem felis sit magna nibh id sit nisi nibh euismod adipiscing. Sed, congue proin volutpat amet tempus massa non, nonummy erat ante non nonummy tempus volutpat. Consectetur tempus massa non consectetur erat, massa non, at ipsum ut sem elit ipsum dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc18" w:id="12402960924557261900"/>
+      <w:r>
+        <w:t>This is third-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12402960924557261900"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit pulvinar nisi, et eget pulvinar nisi, diam eget pulvinar nisi et id amet. Ac tincidunt turpis aliquam nibh euismod amet tempus tincidunt diam molestie sit, magna, mi mauris. Sit, donec mi non consectetur erat massa, aliquet, elit sed dolore proin volutpat dolore, sem. Eget pulvinar nisi, proin mauris dolor dolore praesent, mauris sed dolore praesent mauris, dolor dolore. Proin mauris dolor dolore mi, mauris dolor, magna felis dolor congue diam felis feugiat congue. Diam id feugiat congue mi tellus sit ac laoreet tellus turpis ac laoreet molestie, turpis. Erat euismod turpis magna nibh euismod sit magna laoreet euismod, adipiscing lorem laoreet, euismod turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc19" w:id="1764382328898578109"/>
+      <w:r>
+        <w:t>This is third-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1764382328898578109"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis et id turpis lorem tincidunt aliquet. Mauris dolor nunc, ante volutpat amet aliquam. Massa non nonummy ipsum lobortis non nonummy. Massa, sem elit, pulvinar magna mi felis. Pulvinar nisi et euismod sit ac laoreet. Tellus adipiscing sed congue proin volutpat amet. Erat lobortis non erat massa sem elit. Pulvinar nisi et id sit magna nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc20" w:id="17444723304345255927"/>
+      <w:r>
+        <w:t>This is top-level header 3</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17444723304345255927"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper felis ut ullamcorper felis ipsum ut diam felis pulvinar, nisi et id. Sit magna nibh euismod sit aliquam nibh euismod amet lorem laoreet praesent mauris. Lobortis aliquet mauris dolor magna mi molestie pharetra erat massa, sem eget, sit. Aliquam nibh euismod adipiscing lorem, laoreet ullamcorper at feugiat dolore ante non congue. Praesent mauris, pharetra donec, ante, tellus pharetra donec ante tellus pharetra magna mi. Molestie consectetur erat massa aliquet at sed, nunc proin eget pulvinar aliquam mauris. Dolor dolore ante volutpat nonummy tempus nibh non amet aliquam ut diam id. Ipsum, congue et id sit magna et euismod sit, ac felis sit, magna. Et id sit ac laoreet tellus adipiscing lorem tincidunt aliquet at feugiat congue. Praesent molestie pharetra erat massa, non nonummy erat massa tellus magna, mi molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc21" w:id="8433386739979730669"/>
+      <w:r>
+        <w:t>This is second-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8433386739979730669"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing dolor dolore proin volutpat amet aliquet felis. Lorem congue mi molestie consectetur magna mi mauris. Sit donec, mi tellus consectetur sed nunc sem. Eget pulvinar aliquam lobortis ullamcorper felis dolor, diam. Felis dolor congue diam felis feugiat magna, praesent. Molestie at sed ut et id amet aliquam. Nibh ullamcorper, adipiscing feugiat dolore praesent felis lorem. Diam felis sit magna mi tellus nonummy erat. Massa non, at sed, nunc proin eget turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc22" w:id="9026382482891066564"/>
+      <w:r>
+        <w:t>This is third-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9026382482891066564"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non elit tempus ut diam eget, turpis ac laoreet ullamcorper adipiscing lorem laoreet euismod amet ac nibh volutpat amet lorem diam felis feugiat magna mi. Molestie consectetur, sed nunc non at, sed ut sem eget sed laoreet tellus at sed nunc sem at dolor sem, mauris dolor nunc proin eget pulvinar. Donec proin eget dolor dolore proin molestie pharetra, congue praesent, molestie pharetra, erat massa volutpat pharetra magna mi molestie congue praesent mauris sit magna mi id. Pharetra erat laoreet tellus pharetra ac massa tellus turpis magna et id turpis magna et id pulvinar diam euismod turpis ac laoreet ullamcorper turpis ac laoreet. Aliquet, mauris dolor dolore praesent molestie, pharetra donec massa molestie, pharetra donec, ante non nonummy erat massa pharetra magna praesent, id sit congue et id sit. Ac, nunc proin elit, amet aliquam nibh ullamcorper nonummy tempus nibh volutpat pulvinar dolore ante volutpat pharetra aliquam diam felis feugiat ut, diam elit feugiat nisi. Et id sit magna et felis pulvinar, nisi nibh id pulvinar aliquam elit ipsum ut proin, eget pulvinar aliquam nibh euismod turpis tempus tincidunt aliquet adipiscing. Feugiat congue, ullamcorper felis feugiat ut, diam mauris sit magna mi felis ipsum, volutpat nonummy tempus lobortis ullamcorper, felis sit ac mi euismod, turpis sed tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc23" w:id="8788685159245715000"/>
+      <w:r>
+        <w:t>This is third-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8788685159245715000"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id consectetur erat massa sem eget turpis lorem tincidunt aliquet mauris pharetra donec massa volutpat. Pharetra donec ante non magna laoreet tellus at sed massa non elit, ipsum nunc aliquet. Elit dolor nisi et volutpat turpis tempus lobortis euismod adipiscing feugiat congue mauris sit magna. Laoreet non at pulvinar dolore et volutpat amet nisi nibh ullamcorper felis lorem congue praesent. Adipiscing lorem, magna mi molestie consectetur erat nunc sem ac massa aliquet consectetur erat massa. Sem elit dolor tincidunt sem nunc laoreet ante praesent proin ullamcorper volutpat, felis feugiat nisi. Diam proin, turpis tempus lobortis, euismod amet tempus ut ullamcorper nonummy lorem congue diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc24" w:id="15993258402285711969"/>
+      <w:r>
+        <w:t>This is second-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15993258402285711969"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, id turpis, ac tincidunt, tellus eget pulvinar donec, nibh ullamcorper id feugiat, congue, et id. Pharetra magna mi id feugiat nisi euismod, turpis, ac laoreet euismod consectetur sed laoreet tellus adipiscing. Ac laoreet ullamcorper adipiscing sed tincidunt aliquet at feugiat congue mi volutpat pharetra donec mi dolor. Magna ante tellus sit donec laoreet tellus, consectetur erat laoreet tellus pharetra erat, massa tellus turpis. Ac laoreet tellus consectetur erat laoreet euismod turpis ac laoreet consectetur sed nunc praesent eget pharetra. Donec, proin volutpat amet donec ante volutpat amet erat mi, molestie pharetra donec massa tellus consectetur. Tempus non consectetur erat laoreet non consectetur erat massa tellus pharetra erat nunc sem elit dolor. Tincidunt aliquet elit, erat tincidunt aliquet consectetur lorem tincidunt aliquet turpis ac praesent mauris pharetra donec. Ante volutpat nonummy, ipsum lobortis sem elit feugiat ut diam elit ipsum, ut diam eget ipsum. Nisi nibh id sit ac laoreet turpis ac, congue, praesent mauris feugiat congue praesent mauris pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc25" w:id="3768045924770761733"/>
+      <w:r>
+        <w:t>This is third-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3768045924770761733"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut diam molestie consectetur sed nunc sem eget ipsum, dolore proin, elit dolor nunc aliquet at tincidunt aliquet. Consectetur lorem, tincidunt aliquet at, sed dolore aliquet at ac congue praesent volutpat dolor dolore mi volutpat amet erat. Ante volutpat donec ante non elit, ipsum ut diam elit pulvinar, nisi et id amet aliquam et eget pulvinar. Dolore sem volutpat amet nisi, ante, volutpat amet nisi ante pulvinar donec nibh, eget amet donec ante non amet. Donec ante molestie, pharetra dolore ante molestie pharetra donec ante molestie consectetur erat massa nonummy erat massa non consectetur. Erat massa non elit ipsum dolore et volutpat, pulvinar nisi proin eget pulvinar dolore proin mauris sed dolore ante. Eget pulvinar donec eget pharetra aliquam proin molestie, amet erat lobortis, ullamcorper nonummy tempus lobortis, sem, elit ipsum massa. Tellus consectetur tempus massa non nonummy sed massa sem, at ipsum et eget pulvinar aliquam nibh euismod adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc26" w:id="4578023369095259465"/>
+      <w:r>
+        <w:t>This is third-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4578023369095259465"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac euismod sit ac, nibh aliquet at dolor congue proin mauris feugiat donec massa molestie amet, dolore mi mauris dolor. Congue mi non elit pulvinar et id turpis, ac laoreet id amet ac lobortis, aliquet, mauris feugiat congue mi non. Nonummy tempus, ut diam elit pulvinar ut diam, eget, ipsum sem, eget ipsum dolore proin eget pulvinar dolore, sem elit. Dolor dolore, ante euismod turpis aliquam lobortis ullamcorper adipiscing lorem ut diam felis tempus lobortis ullamcorper felis congue et tellus. Turpis ac nunc sem eget pulvinar nisi nibh euismod adipiscing lorem lobortis ullamcorper adipiscing feugiat congue praesent id feugiat ut. Felis sit congue et id feugiat nisi et felis sit ac nibh tellus at sed nunc aliquet, at sed tincidunt. Aliquet mauris dolor dolore praesent, mauris pharetra mi mauris feugiat congue diam felis, lorem congue ullamcorper, felis feugiat congue diam. Felis feugiat ut diam adipiscing ipsum, congue diam elit tempus ut non elit massa, non elit, pulvinar nisi et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc27" w:id="13668110643938744938"/>
+      <w:r>
+        <w:t>This is second-level header 3</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13668110643938744938"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit, non felis turpis magna mi id turpis magna et felis sit ac laoreet id turpis, magna et id. Turpis lorem, congue proin molestie nonummy proin volutpat amet erat ante non elit ipsum nisi, diam euismod turpis lorem tincidunt. Praesent mauris pharetra donec nibh volutpat pharetra congue proin mauris feugiat praesent molestie pharetra erat ante molestie consectetur ipsum nunc. Sem, nonummy ipsum nisi et tellus turpis, ac tincidunt, aliquet mauris dolor dolore mi molestie pharetra donec mi id turpis. Ac tincidunt praesent mauris dolor dolore ante non nonummy tempus ut, diam elit tempus lobortis ullamcorper nonummy tempus ante volutpat. Consectetur ante non consectetur donec mi tellus pharetra donec mi, id sit, magna laoreet id feugiat congue et id turpis. Ac laoreet tellus consectetur ac tincidunt tellus at aliquam nibh, volutpat amet aliquam ante eget dolor donec proin volutpat amet. Donec ante volutpat amet donec ante molestie dolor congue praesent mauris pharetra erat ante tellus, magna laoreet tellus consectetur sed. Nunc aliquet at sed dolore sem elit dolor nisi, proin eget dolor nisi ante volutpat feugiat congue praesent felis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc28" w:id="17024881484849553390"/>
+      <w:r>
+        <w:t>This is third-level header 1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17024881484849553390"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue amet tempus nibh euismod turpis aliquam nibh euismod nonummy tempus, ut diam id pharetra donec nunc non consectetur ac massa molestie turpis magna, laoreet. Sit erat tincidunt, aliquet, at dolor dolore, proin eget amet donec proin mauris pharetra aliquam lobortis non nonummy tempus ut diam felis, ipsum ut diam, ipsum. Nisi mi tellus turpis, ac laoreet euismod, turpis ac, laoreet aliquet, adipiscing lorem congue praesent molestie pharetra dolore ante molestie, pharetra tempus ut sem id pulvinar. Diam id molestie pharetra donec laoreet sem at ipsum, dolore proin volutpat pulvinar nisi proin, eget pulvinar dolore proin volutpat amet aliquam proin pulvinar donec, nibh. Non nonummy ipsum ut, diam molestie consectetur erat massa aliquet elit dolor nunc sem eget pulvinar nisi ante eget pulvinar donec, proin eget amet ante eget. Pharetra aliquam massa non nonummy tempus massa non consectetur erat lobortis sem felis ipsum nunc tellus consectetur, erat, laoreet tellus consectetur donec laoreet id, pharetra et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc29" w:id="3107345634786300655"/>
+      <w:r>
+        <w:t>This is third-level header 2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3107345634786300655"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem tincidunt aliquet mauris dolor donec ante. Volutpat amet donec massa non nonummy ipsum ut. Diam elit ipsum nisi et id turpis lorem. Euismod turpis ac laoreet euismod turpis, ac laoreet. Aliquet adipiscing sed congue praesent mauris feugiat, congue. Praesent mauris dolor congue aliquet mauris pharetra donec. Mi pharetra magna mi molestie pharetra donec laoreet. Molestie consectetur sed nunc proin elit pulvinar aliquam. Et euismod turpis tempus lobortis ullamcorper adipiscing tempus. Lobortis ullamcorper lorem lobortis ullamcorper nonummy tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc30" w:id="16193000371390356301"/>
       <w:r>
         <w:t>This is second-level header 4</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7005132063324565952"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Sem massa erat amet mauris praesent congue, lorem turpis id ac adipiscing, euismod diam, magna. Pulvinar felis diam ut pulvinar felis diam ut feugiat felis non massa tempus adipiscing volutpat. Massa donec pharetra eget proin sed at tellus tincidunt sed mauris sem tincidunt erat turpis. Id ullamcorper ante dolore dolor at ullamcorper, nibh ac turpis euismod et ut, ipsum elit. Massa magna dolor, felis aliquet lobortis nisi amet volutpat et nisi pulvinar eget proin ut. Ipsum, at tellus laoreet magna pharetra molestie praesent congue felis praesent congue feugiat felis aliquet. Congue lorem at praesent dolore dolor mauris praesent tincidunt ac turpis tellus laoreet, ac turpis. Euismod nibh magna sit euismod magna sit, id et ut ipsum nonummy non ante donec. Dolor eget praesent tincidunt ac adipiscing, euismod nibh ac consectetur tellus mi magna sit id. </w:t>
+      <w:bookmarkEnd w:id="16193000371390356301"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, ullamcorper felis consectetur pulvinar nisi et sed. Donec nibh ullamcorper nonummy aliquam ante molestie dolor. Donec massa non elit feugiat nisi et, id. Sit magna mi euismod turpis ac laoreet tellus. Ac nibh tellus at dolor dolore proin molestie. Pharetra donec massa sem elit, erat massa volutpat. Pharetra erat nunc sem nonummy, erat massa tellus. Donec massa sem elit sed dolore, et id. Amet ac tincidunt aliquet mauris dolor congue mi. Mauris feugiat congue mi molestie pharetra, donec laoreet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc11" w:id="10731654493922487380"/>
+      <w:bookmarkStart w:name="_Toc31" w:id="3019824794175180974"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10731654493922487380"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Proin nunc erat consectetur molestie laoreet erat consectetur molestie ante nonummy volutpat, ante magna dolor mauris, praesent congue feugiat. Adipiscing ullamcorper, nibh ac turpis ullamcorper, tincidunt lorem, adipiscing tellus laoreet ac consectetur euismod, tincidunt sit id diam ut. Tempus nonummy non massa erat pharetra volutpat ante donec amet volutpat nibh tempus amet eget ante donec pulvinar eget. Proin dolore dolor elit mi magna massa sed consectetur tellus mi magna sit molestie praesent ut, lorem nonummy volutpat. Nibh dolore dolor consectetur tellus mi magna sit, non massa aliquam pharetra mauris proin donec pharetra eget proin donec. Pulvinar eget ante aliquam amet, volutpat ante, nisi amet ullamcorper lobortis nisi pulvinar elit sem massa consectetur tellus laoreet. Magna sit adipiscing ullamcorper nibh aliquam amet, euismod proin dolore dolor eget proin nisi, pulvinar elit aliquet massa ac. </w:t>
+      <w:bookmarkEnd w:id="3019824794175180974"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem, lobortis aliquet felis lorem congue ante molestie dolor donec ante tellus erat massa sem consectetur sed massa tellus consectetur erat massa sem elit sed tincidunt, sem. Elit pulvinar aliquam ante euismod pulvinar donec nibh, ullamcorper nonummy magna mi non elit ipsum nunc proin id amet ac tincidunt aliquet felis lorem tincidunt praesent felis lorem. Congue praesent mauris sit donec laoreet tellus at nunc sem elit pulvinar nisi et euismod turpis tempus tincidunt ullamcorper, felis feugiat congue mi molestie pharetra magna mi molestie. Consectetur erat nunc elit pulvinar nisi nibh, volutpat amet aliquam nibh, euismod amet tempus tincidunt ullamcorper adipiscing feugiat magna laoreet, non nonummy erat nunc sem elit ipsum, dolore. Et ullamcorper lorem congue mi volutpat, consectetur tempus ut sem felis pulvinar, ut diam id sit ac laoreet aliquet mauris dolor dolore praesent volutpat amet erat ut diam. Elit magna mi euismod turpis, magna nibh euismod, sit lorem tincidunt ullamcorper adipiscing lorem tincidunt praesent mauris feugiat dolore ante molestie donec mi volutpat consectetur erat massa tellus. Consectetur sed massa sem nonummy erat, massa molestie pharetra magna mi id sit congue, ullamcorper felis feugiat lobortis non nonummy massa tellus pharetra magna ante molestie pharetra erat. Massa, non elit ipsum nunc, proin eget pulvinar, aliquam nibh euismod adipiscing lorem, tincidunt praesent molestie consectetur donec tellus consectetur sed laoreet tellus pharetra donec laoreet tellus consectetur. Erat massa aliquet at dolor, dolore proin eget amet aliquam lobortis euismod adipiscing lorem, lobortis diam felis ut ullamcorper nonummy ipsum ut diam, elit sit congue diam id. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc12" w:id="4124083587639395999"/>
+      <w:bookmarkStart w:name="_Toc32" w:id="8391947907947280448"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4124083587639395999"/>
-[...153 lines deleted...]
-        <w:t xml:space="preserve">Aliquet, tincidunt lorem, consectetur aliquam turpis euismod nibh nisi pulvinar elit sem nunc ipsum elit sem. Massa erat consectetur tellus laoreet donec sit felis diam tincidunt lorem felis mi felis diam nisi. Feugiat felis diam ut, feugiat id praesent congue tempus nonummy non nibh donec, pulvinar volutpat ante. Nisi dolor eget sem nunc dolor proin nunc sed at, non massa erat consectetur id praesent. Congue feugiat mauris praesent ante laoreet massa congue aliquam sed sit, amet mauris euismod proin laoreet. Ipsum pharetra turpis, pharetra adipiscing eget tellus et massa tincidunt tincidunt ut erat aliquam amet eget. Proin massa erat, at sem nunc ipsum elit ut sed nonummy non massa erat pharetra mauris. Mi tincidunt feugiat mauris praesent dolore feugiat at aliquet tincidunt lorem adipiscing aliquet laoreet lorem at. Aliquet tincidunt sed proin donec dolor mauris sem dolore dolor volutpat et nisi pulvinar eget, proin. </w:t>
+      <w:bookmarkEnd w:id="8391947907947280448"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem magna praesent mauris sit, donec, laoreet molestie. Pharetra erat nunc sem elit sed massa aliquet. Elit sed tellus at dolor dolore proin eget. Dolor donec ante non, nonummy tempus ut praesent. Id pharetra magna mi molestie sit ac laoreet. Aliquet at sed sem mauris dolor donec ante. Non nonummy aliquam nibh volutpat pharetra aliquam lobortis. Ullamcorper elit tempus, massa non nonummy erat massa. Diam elit pulvinar ut id sit nisi diam. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1540,51 +2160,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 9</w:t>
+      <w:t>Page 11</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -2163,51 +2783,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcb11067cd9f346d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1e2745c2c54e40cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R99d3b273960547d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rac62603c63754b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdc19be340e624fcb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfdde959b7ce54755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd417e9e7e22046a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reb0961ca66fa4bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R72976a6383e445f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc2ea7671586d4c14" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>