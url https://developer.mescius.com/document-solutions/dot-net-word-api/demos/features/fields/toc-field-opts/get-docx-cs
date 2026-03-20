--- v8 (2026-03-19)
+++ v9 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3a70eb23b4b24939" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf3dbd34673e74f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R15a6209b4dcf40cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Racf68cffced14e89" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re3b51f9b0d7b46f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4b57814c48a04afe" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:history="true" w:anchor="_Toc0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -187,51 +187,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 2</w:t>
         </w:r>
@@ -375,51 +375,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 1</w:t>
         </w:r>
@@ -939,1175 +939,369 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>This is third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
-[...609 lines deleted...]
-      <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="R72976a6383e445f1"/>
+          <w:headerReference w:type="default" r:id="R5c91748603394e47"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc0" w:id="13437630443517487709"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="760294689937022942"/>
       <w:r>
         <w:t>This is top-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13437630443517487709"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Praesent nonummy sit pharetra ipsum ipsum dolore tincidunt praesent volutpat nonummy ipsum ac ante ullamcorper mauris feugiat magna ante tellus. Eget, sit sed congue proin volutpat amet tempus ut diam felis sit nisi mi, id at pulvinar aliquam lobortis pulvinar. Tempus ut praesent molestie pharetra, magna laoreet non elit ipsum nunc, proin eget pulvinar nunc, sem eget pulvinar nunc proin. Volutpat nonummy tempus lobortis amet aliquam lobortis non, nonummy aliquam lobortis non nonummy, tempus, ut et molestie turpis ac mi. Tellus at sed dolore ante volutpat amet congue praesent felis, feugiat congue diam felis, sit congue et felis feugiat, nisi. Et euismod turpis magna nibh euismod sit, ac laoreet tellus adipiscing dolor donec massa pharetra donec massa volutpat amet donec. Massa non nonummy tempus massa diam, felis turpis, magna et euismod adipiscing dolor donec proin eget pharetra dolore, ante volutpat. Nonummy massa sem, elit ipsum nisi et id sit ac laoreet aliquet adipiscing lorem, dolore proin, at lorem tincidunt lobortis. Diam donec ante non nonummy tempus lobortis diam felis pulvinar ut et, id pulvinar, nisi laoreet tellus adipiscing lorem laoreet. </w:t>
+      <w:bookmarkEnd w:id="760294689937022942"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis et mi massa non mi nonummy eget tellus et ut tempus, feugiat turpis, eget laoreet nisi ipsum pharetra at euismod et nunc. Magna feugiat nonummy volutpat ante donec dolor at tellus nibh nisi ipsum id diam ut tempus amet mauris tincidunt lorem turpis id et. Nisi pulvinar elit sem laoreet donec sit ullamcorper proin, dolore sed consectetur molestie mi ac turpis tellus massa ac sit mi magna ipsum. Adipiscing non lobortis, tempus nonummy ullamcorper nibh nisi pulvinar eget, proin dolore sed at, sem nunc erat pharetra molestie et feugiat adipiscing non. Nibh aliquam amet volutpat ante, donec pulvinar, eget sem nunc, sed consectetur tellus massa sed consectetur tellus laoreet ac sit id praesent congue. Tempus non nibh aliquam amet ullamcorper lobortis aliquam turpis euismod lobortis aliquam adipiscing euismod lobortis ac amet eget proin nunc, ipsum consectetur non. Laoreet magna sit adipiscing ullamcorper lorem felis diam lobortis tempus turpis euismod tincidunt lorem turpis ullamcorper nibh ac turpis euismod nibh diam, nibh. Aliquam amet lobortis donec pulvinar volutpat nibh aliquam amet volutpat nibh ac turpis euismod nibh aliquam amet id et ut ipsum eget sem. Massa erat consectetur non non aliquet praesent ante laoreet massa magna nisi erat turpis euismod, laoreet ac turpis tellus laoreet magna sit felis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc1" w:id="18373427860872121440"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="7799824243586009780"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18373427860872121440"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Turpis erat nunc sem eget amet nisi ante ullamcorper adipiscing lorem ut ullamcorper donec nibh diam felis sit magna et felis, sit ac tincidunt. Sem, eget dolor nunc sem at dolor, dolore praesent mauris sed tincidunt, tellus, at sed, ullamcorper adipiscing lorem tincidunt ullamcorper, turpis, ac nibh volutpat. Amet, tempus lobortis ullamcorper, felis sit donec ante, molestie pharetra magna praesent, id feugiat magna et lobortis ullamcorper elit feugiat nisi et euismod turpis. Ac, tincidunt sem mauris dolor donec, ante, volutpat amet tempus nibh diam felis feugiat magna nonummy ipsum lobortis sem elit ipsum lobortis diam elit. Pulvinar nisi, laoreet aliquet mauris dolor aliquam nibh volutpat pharetra donec massa ullamcorper felis ipsum, ut et, felis ut, diam elit ipsum nunc sem. Eget ipsum ut diam eget sit aliquam et eget pulvinar, nisi et id turpis aliquam nibh ullamcorper turpis tempus nibh diam aliquam lobortis, ullamcorper. </w:t>
+      <w:bookmarkEnd w:id="7799824243586009780"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis consectetur mauris aliquet lobortis ac turpis ullamcorper nibh nisi pulvinar id proin, ut eget et magna pulvinar elit non ante donec dolor molestie. Mi lobortis lorem felis aliquet tincidunt lorem adipiscing euismod nibh ac turpis, tellus, laoreet ac, eget sem massa erat consectetur volutpat massa erat nonummy. Molestie praesent dolore pharetra, mauris praesent dolore, dolor molestie ante donec, amet eget praesent dolore dolor mauris tincidunt ac consectetur tellus laoreet magna turpis. Tellus mi, magna sit, id et congue feugiat adipiscing diam ut tempus, nonummy euismod nibh aliquam diam tincidunt tempus turpis euismod nibh, ac amet. Euismod proin, aliquam amet euismod nibh aliquam sit id et nisi, pulvinar, eget, diam ut ipsum felis diam lobortis elit non massa tempus amet. Non ante aliquam amet molestie proin congue lorem adipiscing, tellus laoreet lorem at tellus laoreet magna sit id mi magna sit id massa erat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc2" w:id="10192274766260243456"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="939493698701471829"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10192274766260243456"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ut diam molestie pharetra, erat elit ipsum lobortis sem elit ipsum ut et id sit ac, laoreet tellus at lorem nibh euismod sit nisi laoreet euismod turpis feugiat congue, praesent. Feugiat congue praesent felis lorem, congue mi molestie pharetra magna ante molestie pharetra donec praesent felis ipsum lobortis ullamcorper felis feugiat congue diam id, feugiat diam id pulvinar ut, diam. Id, sit magna nibh euismod adipiscing ac, laoreet ullamcorper turpis sed, congue praesent at feugiat congue praesent adipiscing nibh volutpat, amet aliquam ante volutpat amet aliquam nibh ullamcorper felis sit. Donec massa non at, sed dolore sem at sed nunc, aliquet, at sed, tincidunt aliquet lorem nunc praesent at lorem nunc aliquet, at sed congue praesent at lorem tincidunt ullamcorper. At feugiat, dolore praesent mauris pharetra magna praesent felis feugiat, magna ante pharetra donec mi id sit congue, mi tellus consectetur erat laoreet molestie turpis ac, tincidunt sem eget pulvinar. Dolore proin mauris dolor dolore ante eget pharetra nibh ullamcorper amet aliquam massa non elit tempus, lobortis et id turpis ac tincidunt sem eget pulvinar nunc aliquet, at dolor dolore. Ante non nonummy, tempus lobortis dolor congue praesent mauris dolor congue aliquet felis, dolor magna ante non elit, tempus nunc sem, eget pulvinar nisi proin id amet nisi et, eget. Amet aliquam eget pulvinar dolore sem eget dolor dolore ante euismod nonummy tempus ut praesent id sit donec laoreet tellus pharetra ac laoreet, tellus consectetur, sed nunc sem elit laoreet. Sem mauris dolor, dolore proin eget sed nunc praesent at dolor congue ante volutpat, amet aliquam massa non nonummy, ipsum lobortis sem elit ipsum nunc sem tempus nunc non nonummy. Erat nunc sem at sed massa sem at erat massa, tellus, consectetur erat laoreet tellus consectetur erat laoreet tellus consectetur sed nunc praesent ac congue praesent mauris amet tempus lobortis. </w:t>
+      <w:bookmarkEnd w:id="939493698701471829"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut tempus nonummy volutpat proin dolore at. Tellus mi magna, feugiat elit ullamcorper lobortis. Erat dolor, at, aliquet laoreet ac turpis. Euismod et nisi sit id diam nisi. Pulvinar felis diam feugiat felis sem lobortis. Tempus nonummy volutpat massa aliquam amet volutpat. Proin dolore sed turpis euismod et magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc3" w:id="14796351703337434150"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="7940371406655267110"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14796351703337434150"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Praesent mauris consectetur donec nunc diam id sit. Magna nibh id turpis ac tincidunt ullamcorper at. Lorem congue praesent mauris tincidunt aliquet, felis lorem. Congue diam mauris dolor congue praesent felis feugiat. Ut praesent molestie sit magna mi tellus consectetur. Sed dolore proin elit dolore proin eget sed. Dolore sem eget dolor nunc praesent mauris dolor. Dolore ante volutpat amet aliquam lobortis ullamcorper, elit. Tempus lobortis non elit tempus, ut diam erat. Nunc sem elit sed ut diam eget pulvinar. </w:t>
+      <w:bookmarkEnd w:id="7940371406655267110"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis euismod nibh nisi pulvinar id et nisi pulvinar eget et nisi pulvinar elit sem massa magna feugiat mi congue feugiat felis aliquet. Nibh aliquam pulvinar eget, sem massa sed pharetra molestie massa donec consectetur molestie mi magna sit molestie mi magna molestie, ante, donec consectetur. Volutpat ante dolore pharetra mauris, proin congue pharetra mauris praesent dolore dolor mauris proin dolore dolor at aliquet tincidunt sed at aliquet laoreet. Feugiat elit diam, ut ipsum elit et congue feugiat felis diam congue feugiat mauris praesent congue sit molestie ante, magna dolor felis ullamcorper. Ac amet eget proin nisi amet eget proin, nunc ipsum elit et ut sed consectetur non massa tempus consectetur, volutpat massa, erat, consectetur. Molestie ante, tempus amet lobortis aliquam pharetra volutpat massa aliquam amet volutpat proin dolore pulvinar eget proin dolore dolor mauris sem dolore dolor. At aliquet laoreet magna pharetra id diam feugiat adipiscing ullamcorper nibh tempus felis ullamcorper nibh aliquam pulvinar mauris proin nunc sed at tellus. Mi nisi feugiat elit magna feugiat adipiscing ullamcorper lobortis tempus amet volutpat, ante dolore pulvinar at tellus tincidunt erat turpis euismod laoreet erat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc4" w:id="6463116590669890875"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="5570570206036946656"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6463116590669890875"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ante volutpat pharetra donec ante volutpat pharetra magna mi tellus nonummy tempus massa non nonummy sed massa non. At ipsum nunc et ullamcorper aliquam, lobortis ullamcorper adipiscing lorem tincidunt aliquet, felis dolor donec ante molestie consectetur. Sed nunc sem eget pulvinar nisi nibh, euismod adipiscing feugiat, congue mi feugiat dolore massa non nonummy ipsum. Nisi nibh euismod adipiscing lorem nunc proin eget pharetra aliquam massa volutpat amet erat massa volutpat amet, erat. Lobortis sem tempus ut diam, id turpis ac tincidunt, aliquet, eget pharetra, aliquam massa ullamcorper, adipiscing ipsum congue. Mi aliquet consectetur erat tincidunt aliquet consectetur sed aliquet consectetur lorem tincidunt aliquet at sed congue proin eget. Amet aliquam massa volutpat amet tempus lobortis sem elit feugiat magna laoreet tellus consectetur lorem tincidunt praesent dolor. Dolore praesent mauris dolor dolore, praesent mauris feugiat congue proin molestie pharetra donec ante non consectetur erat massa. Non nonummy ac nibh euismod sit aliquam laoreet, ullamcorper at sed congue praesent mauris dolor congue praesent mauris. Pharetra tempus massa volutpat nonummy erat nunc sem nonummy erat, nunc consectetur sed nunc sem at sed nunc. </w:t>
+      <w:bookmarkEnd w:id="5570570206036946656"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ullamcorper tincidunt ac, turpis euismod laoreet, ac sit id, diam nunc erat consectetur. Nisi feugiat felis, et ut feugiat felis et congue, feugiat id praesent magna, sit. Felis diam tincidunt feugiat felis diam congue lorem adipiscing euismod tincidunt, ipsum at aliquet. Laoreet magna pharetra id diam, ut tempus nonummy volutpat ante, dolore dolor mauris, proin. Dolore dolor elit proin dolore dolor elit aliquet, ipsum, consectetur non nunc sed elit. Non, massa donec consectetur molestie mi congue feugiat adipiscing diam tincidunt tempus turpis euismod. Nibh nisi pulvinar proin nisi ipsum elit non massa erat consectetur, tellus, mi congue. Feugiat adipiscing, ullamcorper lobortis tempus, amet euismod lobortis nisi turpis aliquet congue feugiat at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc5" w:id="7754430580867480434"/>
+      <w:bookmarkStart w:name="_Toc5" w:id="11706914344985515523"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7754430580867480434"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Non felis sit nisi, nibh, euismod turpis magna, et euismod sit ac nibh id amet ac lobortis euismod, adipiscing dolor, dolore mi, molestie consectetur mi molestie nonummy tempus nunc. Diam eget ipsum pharetra consectetur amet feugiat tempus ac aliquam congue nunc nibh euismod adipiscing sed congue proin molestie amet nisi et, felis sit nisi diam id consectetur, sed. Nunc proin, mauris pulvinar dolore praesent, mauris sed, tincidunt, aliquet molestie pharetra erat ante non, nonummy, erat lobortis nonummy tempus nunc sem elit ipsum ut sem eget, sit aliquam. Nibh euismod turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt aliquet molestie pharetra praesent mauris dolor donec mi tellus consectetur sed nunc sem elit ipsum nunc sem at sed nunc. Sem at dolor dolore proin eget pulvinar dolore proin, volutpat donec, ante volutpat nonummy tempus lobortis ullamcorper adipiscing ipsum, congue diam elit, ipsum ut diam, id consectetur ac tincidunt. Aliquet mauris pulvinar dolore proin eget, amet aliquam non amet donec congue et id sit magna mi molestie turpis ac laoreet tellus consectetur lorem tincidunt tellus consectetur lorem euismod. </w:t>
+      <w:bookmarkEnd w:id="11706914344985515523"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, nibh donec pulvinar at aliquet tincidunt erat, consectetur molestie laoreet consectetur molestie et ut ipsum felis diam. Lobortis ipsum nonummy volutpat nibh aliquam amet euismod nibh nisi, amet volutpat ante nisi turpis, volutpat, nibh aliquam. Id proin nunc erat pharetra molestie praesent congue lorem adipiscing diam tincidunt lorem nonummy, euismod, lobortis aliquam amet. Elit sem nunc sed at aliquet massa elit non massa erat pharetra mauris praesent congue lorem nonummy ullamcorper. Nibh tempus turpis volutpat proin dolore sed elit, aliquet laoreet magna feugiat diam congue sit felis praesent ut. Tempus nonummy volutpat nibh nisi pulvinar eget proin aliquam turpis, volutpat, et dolore ipsum elit non massa sed. At sem ut euismod nibh nisi pulvinar elit diam ut ipsum felis non massa erat nonummy volutpat proin. Dolore pharetra volutpat ante aliquam amet non lobortis tempus, nonummy volutpat proin, amet euismod nibh nisi, amet volutpat. Proin dolore dolor eget sem nunc sed at sem, nunc erat nonummy molestie mi pharetra molestie mi magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc6" w:id="10059087696057766439"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="8983545023404729808"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10059087696057766439"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Diam id turpis ac tincidunt aliquet, pulvinar nisi ante volutpat nonummy aliquam lobortis ullamcorper nonummy lorem ut mi molestie at. Sed nunc aliquet, at erat laoreet tellus turpis ac laoreet tellus ac laoreet tellus at sed nunc aliquet adipiscing, sed. Congue praesent mauris pharetra dolore proin molestie pharetra donec mi molestie pharetra erat ante, molestie consectetur ante tellus pharetra, donec. Laoreet molestie pharetra ac mi id pharetra ac, nunc sem elit dolor nunc proin eget pulvinar aliquam nibh euismod lorem. Lobortis non nonummy tempus nibh non amet donec massa ullamcorper elit feugiat nisi diam felis feugiat, ut diam id sit. Ac laoreet aliquet consectetur sed nunc at lorem tincidunt ullamcorper at feugiat congue aliquet, turpis ac lobortis aliquet mauris dolor. Congue mi molestie, dolor donec ante tellus consectetur sed massa non at, massa sem elit pulvinar dolore proin volutpat amet. </w:t>
+      <w:bookmarkEnd w:id="8983545023404729808"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis erat nonummy congue sit id et ut aliquam amet non, lobortis tempus adipiscing ullamcorper lobortis lorem, nonummy euismod nibh, aliquam turpis euismod nibh aliquam pulvinar. Elit aliquet ut tempus nonummy volutpat ante donec amet eget ante dolore dolor mauris aliquet nunc sed at sem nunc sed, at tellus, massa ac consectetur. Molestie congue feugiat adipiscing ullamcorper, lobortis tempus nonummy euismod ante nisi pulvinar eget proin dolore dolor elit aliquet nunc sed at sem ut, ipsum, eget sem. Nunc elit sem ut tempus nonummy tellus mi, magna dolor adipiscing ullamcorper tincidunt ac adipiscing ullamcorper nibh ac turpis euismod nibh aliquam sit eget diam sit. Id et ut ipsum elit sem lobortis erat amet volutpat mi, dolore dolor molestie proin dolore dolor mauris praesent congue lorem adipiscing euismod, nibh ut ipsum. Sem massa tempus consectetur molestie praesent congue dolor molestie, praesent dolore dolor mauris praesent congue dolor at tellus tincidunt lorem consectetur tellus tincidunt ac turpis euismod. Massa erat amet non massa tempus amet volutpat praesent congue lorem turpis euismod, et magna turpis id diam ut pulvinar id diam massa erat pharetra molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc7" w:id="18301823434976152488"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="11322992656121298420"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18301823434976152488"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Consectetur, laoreet aliquet at sed dolore ante volutpat amet tempus ut diam, felis feugiat, ut et, felis sit magna laoreet, euismod consectetur lorem, tincidunt aliquet mauris nunc praesent. Eget amet aliquam lobortis, ullamcorper elit tempus ut et felis feugiat magna mi euismod, turpis ac laoreet aliquet mauris pulvinar dolore proin eget dolore proin volutpat pharetra donec. Ante volutpat amet, tempus lobortis non consectetur erat massa volutpat consectetur erat massa tellus pharetra magna laoreet tellus consectetur mi, molestie consectetur sed dolore proin elit dolor nunc. Proin volutpat amet tempus, nibh volutpat amet tempus nibh euismod amet aliquam nibh non nonummy tempus massa pharetra donec, ante volutpat amet donec massa non consectetur erat ante. Molestie nonummy tempus massa non nonummy sed ut sem elit sed nunc, et id ipsum dolore consectetur sed nunc proin volutpat amet tempus lobortis ullamcorper nonummy aliquam nibh. Volutpat nonummy feugiat congue diam adipiscing ipsum ut, diam felis ipsum nisi mi at dolor nunc aliquet mauris dolor dolore ante euismod nonummy lorem congue praesent molestie sit. Magna mi molestie pharetra ac laoreet, aliquet at dolor nunc proin, volutpat dolore sem eget pulvinar aliquam lobortis non, nonummy ipsum ut diam id pharetra erat, laoreet tellus. Consectetur dolor dolore ante euismod turpis tempus lobortis euismod adipiscing lorem diam adipiscing sit, magna laoreet tellus at sed nunc, proin eget pulvinar nisi et volutpat amet tempus. Nibh ullamcorper mauris pharetra donec ante, non elit sed nunc eget, amet aliquam nibh euismod turpis ac nibh euismod amet nisi nibh euismod, amet lorem lobortis diam, mauris. </w:t>
+      <w:bookmarkEnd w:id="11322992656121298420"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed elit, sem massa erat nonummy ut erat consectetur volutpat ante magna feugiat adipiscing euismod nibh aliquam turpis id et. Nisi sed elit sem nunc sed nonummy non massa tempus nonummy non ipsum elit sem lobortis erat amet molestie proin dolore. Feugiat at ullamcorper tincidunt lorem at aliquet tincidunt lorem mauris aliquet nunc sed at tellus, dolor at tellus massa erat at. Tellus mi, magna feugiat id praesent magna, feugiat felis diam lobortis tempus nonummy volutpat proin nunc sed at tellus nunc ac. Aliquet laoreet erat consectetur tellus laoreet sed elit sem ut pulvinar eget diam nunc tempus nonummy non nunc tempus nonummy, volutpat. Ante dolore, volutpat ante dolore feugiat, mauris proin congue lorem adipiscing aliquet, laoreet lorem consectetur aliquet tincidunt lorem turpis tellus mi. Magna feugiat id diam lobortis erat amet, molestie aliquam pharetra eget aliquet nunc lorem adipiscing euismod nibh nisi sit felis diam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc8" w:id="6460374776377088418"/>
+      <w:bookmarkStart w:name="_Toc8" w:id="12529345321695717980"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6460374776377088418"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Lorem, dolore proin volutpat amet tempus lobortis non. Elit tempus, nisi nonummy ipsum, nisi nibh euismod. Adipiscing lorem tincidunt proin, volutpat amet aliquam massa. Ullamcorper felis feugiat magna et felis feugiat magna. Mi tellus turpis lorem laoreet adipiscing dolor aliquam. Lobortis ullamcorper adipiscing ipsum ut et, id turpis. Erat nunc sem at sed nunc, proin volutpat. Amet aliquam nibh euismod adipiscing ut ullamcorper id. Pharetra ac mi molestie sit, magna, mi molestie. </w:t>
+      <w:bookmarkEnd w:id="12529345321695717980"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac amet id proin, aliquam ipsum elit sem nunc donec consectetur tellus mi magna pharetra volutpat. Ante donec, pharetra molestie praesent, amet volutpat ante donec, pharetra mauris aliquet tincidunt sed adipiscing aliquet. Laoreet ac turpis id laoreet ac sit felis, diam ut erat pharetra molestie erat pharetra molestie. Proin dolore dolor, mauris praesent nunc lorem adipiscing aliquet laoreet ac turpis euismod mi magna, feugiat. Elit sem massa erat pharetra molestie, proin dolore eget praesent, dolore sed adipiscing euismod et nunc. Erat consectetur volutpat massa erat pharetra molestie mi dolore dolor at euismod nibh dolore ipsum proin. Nunc sed, nonummy non, massa erat pharetra molestie mi magna pharetra mauris mi congue dolor at. Praesent tincidunt lorem, adipiscing ullamcorper laoreet ac turpis euismod nibh sit eget diam ut ipsum elit. Sem ante donec dolor mauris praesent dolore feugiat at aliquet tincidunt ac sit euismod laoreet ac. Sit euismod et ut tempus diam nunc tempus elit non ut ipsum elit non massa donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc9" w:id="15476970462411557938"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="18205374866671327782"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15476970462411557938"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Adipiscing sem at dolor nunc aliquet mauris dolor, congue aliquet eget dolor dolore aliquet. Mauris pharetra dolore praesent mauris feugiat tincidunt aliquet adipiscing lorem tincidunt adipiscing lorem congue. Praesent mauris pharetra, donec mi molestie pharetra erat laoreet tellus consectetur, ac laoreet tellus. Turpis ac laoreet tellus at dolor, dolore proin pulvinar donec ante eget pharetra aliquam. Massa non nonummy aliquam ante non nonummy ipsum ut, diam elit, tempus massa sem. Elit pulvinar, nisi nibh euismod, aliquam, nibh ullamcorper adipiscing ac laoreet aliquet adipiscing feugiat. Congue mi mauris dolor erat, massa sem, elit tempus nunc non elit ipsum ut. Et eget, nisi proin eget pulvinar dolore proin eget ipsum dolore sem eget pulvinar. Dolore proin eget dolor dolore proin, at sed nunc proin eget dolor congue praesent. </w:t>
+      <w:bookmarkEnd w:id="18205374866671327782"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sem massa erat consectetur non ante magna feugiat felis, aliquet lobortis aliquam amet volutpat feugiat at ullamcorper tincidunt, lorem adipiscing tellus nibh aliquam turpis. Euismod nibh nisi turpis, id mi ac sit tellus tincidunt erat turpis molestie et, sit, id praesent ut tempus nonummy non lobortis aliquam amet eget. Sem tincidunt sed consectetur euismod laoreet erat, at aliquet nunc sed at non nunc sed elit ut ipsum nonummy tellus nunc, tempus nonummy sem massa. Tempus consectetur volutpat, ante, donec dolor at aliquet congue dolor at, ullamcorper laoreet lorem, proin nunc lorem turpis euismod et nisi pulvinar felis diam lobortis. Ipsum, elit sem lobortis, tempus amet molestie proin dolore dolor mauris aliquet dolore pharetra, volutpat ante adipiscing ullamcorper tincidunt lorem felis diam tincidunt tempus turpis. Ullamcorper nibh ac turpis ullamcorper et aliquam amet id nibh aliquam pulvinar elit diam ut pulvinar felis diam consectetur aliquet, nunc, sed elit aliquet massa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc10" w:id="13323519790153815686"/>
+      <w:bookmarkStart w:name="_Toc10" w:id="9421212041970281240"/>
       <w:r>
         <w:t>This is top-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13323519790153815686"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Eget amet, tempus tincidunt diam felis lorem tincidunt diam aliquam nibh volutpat nonummy tempus nibh. Ullamcorper felis feugiat ut et molestie sit ac laoreet tellus consectetur erat tincidunt tellus turpis. Ac laoreet euismod sit diam eget sit aliquam et id turpis ac lobortis ullamcorper adipiscing. Ac lobortis ullamcorper felis lorem congue mi molestie pharetra erat massa tellus nonummy sed molestie. Consectetur ac massa non consectetur ac laoreet, aliquet at erat tincidunt, aliquet mauris, dolor nunc. Sem eget amet aliquam nibh eget pharetra, ullamcorper adipiscing sed congue, proin mauris dolor donec. Ante molestie pharetra dolore praesent molestie pharetra donec massa sem eget pulvinar ut diam eget. </w:t>
+      <w:bookmarkEnd w:id="9421212041970281240"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt volutpat praesent tincidunt lorem, turpis euismod nibh magna sit euismod mi magna sit id et nisi feugiat id et congue sit id mi donec consectetur nunc. Sed nonummy non nunc tempus nonummy non lobortis erat consectetur, molestie praesent congue feugiat adipiscing aliquet tincidunt lorem adipiscing euismod nibh aliquam turpis id lorem turpis euismod. Et nisi sit, id diam ut, ipsum elit ullamcorper lobortis ipsum nonummy volutpat, ante donec amet non lobortis tempus nonummy volutpat ante donec amet lobortis tempus amet. Euismod et aliquam amet eget et, dolore sed consectetur molestie mi, magna feugiat id praesent, congue feugiat adipiscing ullamcorper tincidunt mauris, praesent magna pharetra, molestie ante dolore. Pharetra mauris aliquet tincidunt ac amet euismod laoreet ac turpis euismod nibh magna sit felis sem ut ipsum, elit sem feugiat id et congue feugiat felis diam. Ut tempus adipiscing ullamcorper nibh tempus nonummy, non, ante aliquam amet euismod nibh aliquam pulvinar volutpat et dolore dolor at nunc sed consectetur non massa erat nonummy. Tellus laoreet, magna pharetra molestie praesent congue lorem adipiscing ullamcorper lobortis lorem, aliquet nibh aliquam turpis euismod proin nisi pulvinar eget proin ut ipsum eget diam nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc11" w:id="7576498768876462338"/>
+      <w:bookmarkStart w:name="_Toc11" w:id="16354211805985303972"/>
       <w:r>
         <w:t>This is second-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7576498768876462338"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Donec massa volutpat amet tempus massa volutpat pharetra erat ante tellus nonummy ipsum tellus consectetur erat. Massa, sem eget pulvinar ac laoreet ullamcorper at dolor congue mi volutpat dolor magna ante non. Nonummy tempus nunc non, nonummy ipsum nunc, sit magna mi id sit congue mi molestie turpis. Erat laoreet, aliquet consectetur sed nunc sem, mauris sed nunc praesent mauris dolor dolore praesent eget. Tincidunt praesent mauris dolor dolore praesent mauris dolor dolore, praesent mauris pharetra magna praesent mauris feugiat. Ut diam felis feugiat lobortis non nonummy, ante volutpat, nonummy tempus massa, non nonummy, tempus lobortis. Sem felis, pulvinar magna mi euismod turpis magna nibh euismod adipiscing aliquam nibh euismod turpis ac. Tincidunt turpis aliquam nibh volutpat amet aliquam nibh ullamcorper turpis tempus lobortis, euismod nonummy donec, nibh. </w:t>
+      <w:bookmarkEnd w:id="16354211805985303972"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet elit aliquet mi congue sit felis, ullamcorper ut tempus. Nonummy volutpat nibh aliquam dolor, eget ante nonummy ullamcorper, tincidunt. Tempus amet volutpat, nibh ac adipiscing ullamcorper lobortis aliquam turpis. Id proin ut ipsum elit sem nunc ipsum elit non. Massa elit non lobortis tempus elit sem lobortis tempus amet. Volutpat proin dolore dolor volutpat ante tempus, amet volutpat ante. Dolore, sed consectetur tellus, laoreet magna sit id pulvinar volutpat. Proin dolore pulvinar eget sem dolore ipsum elit et nisi. Ipsum elit diam, ut sed nonummy non ante, erat consectetur. Molestie ipsum elit ullamcorper ut ipsum elit ullamcorper lobortis tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc12" w:id="17792157636785530341"/>
+      <w:bookmarkStart w:name="_Toc12" w:id="10907417616741046035"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17792157636785530341"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Elit amet ac tincidunt aliquet felis pharetra dolore praesent, mauris pharetra donec mi, tellus pharetra erat massa sem elit pulvinar, tellus consectetur. Sed, massa aliquet elit ipsum nunc sem at sed, dolore sem at dolor nunc proin eget dolor nunc aliquet at sed congue. Pulvinar aliquam nibh euismod turpis aliquam nibh euismod turpis aliquam ante volutpat amet aliquam proin volutpat pulvinar donec ante volutpat pharetra aliquam. Nibh volutpat, amet donec, praesent nisi nibh euismod, turpis ac lobortis euismod turpis tempus lobortis ullamcorper adipiscing lorem ut euismod nonummy lorem. Ut diam felis feugiat, congue et ipsum congue et, id feugiat ut diam felis pulvinar nisi et id pulvinar nisi et euismod. Sit aliquam nibh euismod turpis ac tincidunt ullamcorper adipiscing lorem, tincidunt mauris dolor donec mi molestie pharetra, donec mi molestie pharetra donec. Laoreet tellus consectetur sed nunc sem at ipsum dolore proin, eget dolor dolore proin, volutpat turpis sem eget pulvinar dolore ante eget. Dolor dolore lobortis non adipiscing feugiat magna et felis sit congue et id sit sem, elit pulvinar nisi et euismod sit ac. Tincidunt tellus turpis, lorem, tincidunt ullamcorper turpis ac, tincidunt ullamcorper turpis ac nibh, euismod turpis, nisi ante euismod dolore ante euismod amet. </w:t>
+      <w:bookmarkEnd w:id="10907417616741046035"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum tincidunt lorem, turpis, euismod et ac sit euismod mi ut ipsum nonummy non massa tempus amet. Non ante aliquam amet mauris proin tincidunt lorem turpis nunc lorem consectetur euismod laoreet erat consectetur aliquet. Nunc sed at aliquet massa erat at sem massa sed elit non nunc ipsum elit sem nunc. Elit sem ut feugiat elit ullamcorper lobortis tempus elit ullamcorper lobortis tempus nonummy ullamcorper, ante tempus nonummy. Volutpat proin dolore dolor mauris proin nisi pulvinar eget dolor molestie mi donec pharetra molestie proin dolore. Dolor mauris aliquet tincidunt sed at tellus laoreet ac turpis tellus, mi nisi, pulvinar felis diam consectetur. Aliquet massa sed at sem massa sed at proin nunc sed consectetur sem ante erat nonummy sem. Massa erat consectetur molestie mi donec dolor molestie, ipsum felis diam congue feugiat felis praesent, congue feugiat. Felis diam congue sit molestie mi magna lorem felis euismod nibh aliquam amet euismod nibh aliquam amet. Eget lorem mauris praesent dolore dolor, eget, aliquet nunc lorem turpis tellus tincidunt sed mauris sem dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc13" w:id="15922903435615165587"/>
+      <w:bookmarkStart w:name="_Toc13" w:id="5390945290892826373"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15922903435615165587"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Sit aliquam nibh, pulvinar nisi proin, volutpat pulvinar. Nisi nibh ullamcorper adipiscing, feugiat magna, praesent tellus. Pharetra, sed nunc diam id, sit aliquam et. Id adipiscing, lorem id turpis aliquam et, volutpat. Turpis tempus lobortis diam mauris feugiat congue mi. Mauris sit donec laoreet tellus consectetur, sed massa. </w:t>
+      <w:bookmarkEnd w:id="5390945290892826373"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie mi congue ipsum felis diam, ut lorem nonummy volutpat nibh adipiscing. Euismod proin dolore dolor, at tellus laoreet erat turpis tellus massa ipsum. At tellus massa, erat consectetur non massa erat consectetur non massa tempus. Tincidunt erat at aliquet laoreet erat turpis molestie mi magna sit, id. Diam lobortis tempus amet volutpat ante donec amet eget proin nisi pulvinar. Mauris dolore dolor elit sem massa sed pharetra molestie mi congue tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc14" w:id="11280638239746817480"/>
+      <w:bookmarkStart w:name="_Toc14" w:id="3996423585692457353"/>
       <w:r>
         <w:t>This is second-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11280638239746817480"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Felis dolor magna massa non nonummy tempus massa tellus consectetur sed, nunc sem elit sed molestie pharetra congue et felis feugiat magna mi. Molestie sit magna laoreet aliquet at sed, dolore proin eget pulvinar donec, nibh non adipiscing feugiat ut et ipsum, congue et id feugiat. Nisi et id pulvinar, nisi diam id, sit magna nibh euismod sit, aliquam nibh, euismod adipiscing lorem congue aliquet molestie congue aliquet, mauris. Pharetra donec massa sem elit ipsum ut diam eget ipsum ut proin id sit lorem congue praesent mauris pharetra donec felis dolor dolore. Mi molestie pharetra erat ante non consectetur sed nunc sem elit ipsum, nunc sem eget pulvinar dolore sem at erat massa molestie consectetur. Ac id sit nisi diam felis ipsum nisi et, eget pulvinar aliquam, et id pulvinar nisi nibh id, pulvinar dolore proin at dolor. Dolore ante volutpat turpis proin, eget dolor dolore proin volutpat pharetra donec, ante volutpat, pharetra donec ante volutpat nonummy erat ante volutpat consectetur. </w:t>
+      <w:bookmarkEnd w:id="3996423585692457353"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent laoreet ac consectetur euismod mi nisi sit felis ullamcorper massa tempus, nonummy non massa aliquam. Pharetra volutpat nibh aliquam pulvinar mauris aliquet nunc dolor proin dolore dolor at aliquet tincidunt sed. Consectetur tellus massa sed at non massa donec sit id praesent, congue feugiat, felis ullamcorper tincidunt. Aliquam mi magna pharetra molestie ante, donec feugiat, mauris aliquet congue feugiat mauris ullamcorper laoreet lorem. Adipiscing tellus laoreet lorem turpis tellus laoreet ac sit felis sed at aliquet nunc sed at. Aliquet massa sed consectetur tellus laoreet erat consectetur molestie massa erat pharetra molestie ante donec dolor. Mauris aliquet congue, ut ipsum elit ullamcorper massa aliquam amet ullamcorper, lobortis tempus nonummy ullamcorper ut. Lorem adipiscing euismod nibh aliquam amet volutpat ante nisi dolor elit proin dolore ipsum nibh, aliquam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc15" w:id="2932099108953291778"/>
+      <w:bookmarkStart w:name="_Toc15" w:id="3385080273926382199"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2932099108953291778"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Nunc ante eget, pulvinar aliquam ante non amet aliquam massa molestie dolor. Erat ante volutpat congue praesent mauris dolor, magna mi molestie, sit donec. Massa sem eget sit ac tincidunt euismod amet aliquam nibh id amet. Aliquam nibh volutpat, amet tempus volutpat turpis, lorem lobortis ullamcorper, nonummy aliquam. Ante, non, adipiscing ipsum ut diam felis ipsum congue et molestie turpis. Ac laoreet tellus turpis erat nunc consectetur, sed, tincidunt aliquet turpis lorem. Laoreet tellus, adipiscing sed congue praesent at feugiat tincidunt praesent adipiscing lorem. Tincidunt praesent molestie, dolor magna mauris, pharetra erat massa sem, eget sit. </w:t>
+      <w:bookmarkEnd w:id="3385080273926382199"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing praesent tincidunt tempus, adipiscing nibh aliquam pulvinar volutpat et. Aliquam, pulvinar eget proin, nunc erat consectetur tellus laoreet, donec sit. Mauris diam lobortis tempus amet eget proin nisi pulvinar nibh aliquam. Amet eget aliquet massa erat pharetra tellus mi donec, consectetur molestie. Laoreet magna, feugiat felis diam tincidunt lorem turpis euismod lobortis lorem. Adipiscing lobortis aliquam pulvinar eget proin dolore sed at non massa. Erat consectetur non, massa erat consectetur tellus mi congue feugiat, felis. Euismod et erat consectetur tellus mi ac pharetra, molestie praesent, congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc16" w:id="13360920183870027679"/>
+      <w:bookmarkStart w:name="_Toc16" w:id="12539458138782153172"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13360920183870027679"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Ipsum ut ullamcorper erat massa volutpat elit, tempus ut et felis. Sit magna nibh id sit ut proin eget ipsum ut proin. Eget pulvinar nisi proin eget pulvinar aliquet at sed tincidunt, tellus. At dolor dolore praesent eget pharetra dolore, praesent eget dolor donec. Ante non, nonummy ipsum lobortis ullamcorper, amet tempus molestie pharetra donec. Ante tellus nonummy ipsum massa non, consectetur erat massa, tellus at. </w:t>
+      <w:bookmarkEnd w:id="12539458138782153172"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi tellus laoreet magna sit id et ut ipsum nonummy non lobortis tempus nonummy, ullamcorper ut, ipsum, adipiscing, ullamcorper nibh donec dolor, mauris sem. Nunc sed proin, dolore pulvinar eget proin nunc ipsum elit non nunc sed elit proin ut pulvinar elit, diam nunc tempus nonummy tellus ante. Donec dolor mauris dolore pharetra mauris praesent dolore dolor mauris aliquet, congue lorem mauris proin dolore sed at aliquet nunc dolor, at aliquet, laoreet. Erat turpis molestie et ut felis ullamcorper lobortis tempus nonummy volutpat ante dolore dolor eget proin dolore pulvinar volutpat proin nisi dolor eget proin. Dolore dolor at aliquet, massa at, tellus laoreet erat, at molestie mi congue lorem adipiscing ullamcorper lobortis tempus, nonummy euismod, nibh aliquam pulvinar volutpat. Et aliquam turpis euismod nibh nisi amet id ac sit eget nibh magna ipsum nonummy tellus mi donec, nonummy non, lobortis tempus amet non. Massa erat pharetra volutpat proin, congue sed mauris aliquet tincidunt turpis id et ut ipsum elit non ante magna dolor felis aliquet tincidunt lorem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc17" w:id="11691185142462063289"/>
+      <w:bookmarkStart w:name="_Toc17" w:id="627646827658059932"/>
       <w:r>
         <w:t>This is second-level header 3</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11691185142462063289"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Tincidunt, mi molestie pharetra magna ante molestie dolor, donec ante tellus pharetra magna praesent id. Sit magna mi molestie feugiat congue et id lobortis diam nonummy ipsum ut, et id. Turpis ac nunc praesent, eget dolor dolore ante volutpat amet tempus lobortis diam elit ipsum. Ut et id, ut sem felis sit magna nibh id sit nisi nibh euismod adipiscing. Sed, congue proin volutpat amet tempus massa non, nonummy erat ante non nonummy tempus volutpat. Consectetur tempus massa non consectetur erat, massa non, at ipsum ut sem elit ipsum dolore. </w:t>
+      <w:bookmarkEnd w:id="627646827658059932"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie praesent lobortis aliquam amet eget aliquet tincidunt, ac sit id et nisi id et, congue tempus nonummy diam lobortis tempus amet. Volutpat ante donec sed at praesent tincidunt lorem consectetur tellus laoreet ac sit felis diam lobortis nonummy ullamcorper dolor ipsum pharetra, mauris. Volutpat id, mauris volutpat aliquet et, massa laoreet, laoreet congue aliquam lorem adipiscing tellus laoreet ac turpis aliquet tincidunt congue feugiat, mauris. Aliquet lobortis aliquam amet id proin nisi ipsum elit non massa erat pharetra tellus ante erat pharetra tellus mi donec pharetra ante. Dolore dolor, molestie praesent, congue feugiat at proin dolore sed at tellus tincidunt lorem at praesent nunc, lorem consectetur tellus laoreet ac. Consectetur aliquet, laoreet at tellus laoreet ac sit molestie mi magna pharetra molestie mi magna sit molestie mi magna, dolor mauris diam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc18" w:id="12402960924557261900"/>
+      <w:bookmarkStart w:name="_Toc18" w:id="1036528633162120281"/>
       <w:r>
         <w:t>This is third-level header 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12402960924557261900"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Non elit pulvinar nisi, et eget pulvinar nisi, diam eget pulvinar nisi et id amet. Ac tincidunt turpis aliquam nibh euismod amet tempus tincidunt diam molestie sit, magna, mi mauris. Sit, donec mi non consectetur erat massa, aliquet, elit sed dolore proin volutpat dolore, sem. Eget pulvinar nisi, proin mauris dolor dolore praesent, mauris sed dolore praesent mauris, dolor dolore. Proin mauris dolor dolore mi, mauris dolor, magna felis dolor congue diam felis feugiat congue. Diam id feugiat congue mi tellus sit ac laoreet tellus turpis ac laoreet molestie, turpis. Erat euismod turpis magna nibh euismod sit magna laoreet euismod, adipiscing lorem laoreet, euismod turpis. </w:t>
+      <w:bookmarkEnd w:id="1036528633162120281"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nunc erat consectetur molestie praesent congue tempus adipiscing euismod ante aliquam amet volutpat, proin. Nunc eget sem nunc sed at non massa sed, elit diam ut sed nonummy non. Massa magna pharetra molestie mi dolore feugiat felis aliquet tincidunt lorem praesent congue sed at. Praesent tincidunt, lorem turpis tellus, nibh nisi, sit felis sem, nunc erat nonummy non massa. Donec pharetra mauris praesent dolore dolor proin dolore, dolor at, praesent nunc, sed mauris proin. Nunc lorem consectetur tellus mi nisi feugiat felis, ullamcorper lobortis ipsum nonummy, molestie proin donec. Non proin, dolore dolor mauris aliquet nunc sed at aliquet laoreet erat consectetur tellus mi. Nisi feugiat felis diam ut ipsum nonummy, non massa aliquam amet proin nunc, lorem turpis. Id mi nisi pulvinar elit diam ut ipsum nonummy ullamcorper lobortis tempus amet volutpat massa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc19" w:id="1764382328898578109"/>
+      <w:bookmarkStart w:name="_Toc19" w:id="7670065713239041041"/>
       <w:r>
         <w:t>This is third-level header 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1764382328898578109"/>
-[...198 lines deleted...]
-        <w:t xml:space="preserve">Lorem magna praesent mauris sit, donec, laoreet molestie. Pharetra erat nunc sem elit sed massa aliquet. Elit sed tellus at dolor dolore proin eget. Dolor donec ante non, nonummy tempus ut praesent. Id pharetra magna mi molestie sit ac laoreet. Aliquet at sed sem mauris dolor donec ante. Non nonummy aliquam nibh volutpat pharetra aliquam lobortis. Ullamcorper elit tempus, massa non nonummy erat massa. Diam elit pulvinar ut id sit nisi diam. </w:t>
+      <w:bookmarkEnd w:id="7670065713239041041"/>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat pharetra molestie mi magna lorem. Felis ullamcorper tincidunt ac turpis volutpat. Et nisi pulvinar at nunc sed. Consectetur molestie praesent, ut lorem adipiscing. Ullamcorper lobortis aliquam amet, volutpat et. Nisi dolor elit, aliquet massa ac. Pharetra felis ullamcorper tempus amet eget. Proin nunc sed turpis euismod mi. Magna sit felis sem, ante dolore. Dolor at ullamcorper laoreet, ac turpis. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -2160,51 +1354,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 11</w:t>
+      <w:t>Page 8</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -2783,51 +1977,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfdde959b7ce54755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd417e9e7e22046a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reb0961ca66fa4bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R72976a6383e445f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc2ea7671586d4c14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc71e2dc0a6214101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R41af6101b73143e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7e0f4aeebb5d4a36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R5c91748603394e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0c2b449deded45bc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>