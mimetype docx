--- v0 (2025-10-26)
+++ v1 (2025-10-26)
@@ -1,220 +1,238 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R91c623fe8489433f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R963bdd8f5825429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc80a464220974d3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R19682b6a31b346ee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R33a8a84cb9e14713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9e65c171d6404f69" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus sed donec ut ut nibh aliquet ullamcorper molestie at ipsum dolore, nibh ullamcorper adipiscing pharetra massa volutpat consectetur tempus ut et euismod consectetur. Pulvinar tempus ut diam felis, pharetra, ac massa aliquet elit sed nunc lobortis aliquet mauris dolor praesent molestie consectetur erat nunc non elit ipsum. Nunc sem elit pulvinar ut, proin, eget pulvinar dolore proin eget pulvinar aliquam lobortis ullamcorper, adipiscing lorem tincidunt diam lorem ut diam felis sit. Magna, mi sem, elit pulvinar nisi nibh euismod turpis ac tincidunt aliquet mauris consectetur donec nunc sem eget massa non elit sed nunc sem. Eget turpis aliquam laoreet massa non elit, erat massa sem felis sit magna laoreet, sem eget amet tempus ut diam felis ut praesent, molestie. Pharetra ac laoreet molestie turpis ac tincidunt, aliquet at dolor nunc aliquet consectetur sed, nunc proin, eget, amet tempus lobortis, ullamcorper adipiscing ipsum ut. Tellus at sed, dolore et volutpat, amet aliquam lobortis ullamcorper adipiscing nonummy erat, ante non nonummy erat massa tellus consectetur aliquam tincidunt praesent mauris. </w:t>
+        <w:t xml:space="preserve">Sit ante, lobortis ullamcorper, proin nibh laoreet. Lobortis, aliquam volutpat praesent nibh magna pulvinar. Elit molestie aliquet lobortis ac pulvinar at. Molestie diam congue ipsum nonummy eget proin. Congue, lorem turpis id diam massa feugiat. Mauris, ullamcorper nibh aliquam amet volutpat et. Aliquam pulvinar eget sem nunc ipsum at. Non nunc, erat consectetur tellus ante magna. Feugiat adipiscing euismod, aliquam pulvinar eget et. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Awakuni v. Awana.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
 115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem donec massa ullamcorper felis feugiat magna laoreet tellus consectetur. Laoreet proin eget pulvinar donec ante, volutpat nonummy tempus ut. Diam id sit congue et molestie sit ac mi tellus. Consectetur pulvinar aliquam nibh volutpat, aliquam nibh ullamcorper adipiscing lorem. Lobortis diam adipiscing ipsum ut et id feugiat congue diam. Felis sit ac tincidunt tellus consectetur lorem tincidunt euismod, turpis. Et id, pulvinar nisi et eget amet nisi et eget. Amet aliquam lobortis euismod turpis lorem lobortis aliquet turpis tempus. </w:t>
+        <w:t xml:space="preserve">Lorem sit nonummy non mi congue lorem. Turpis, euismod, ante dolore, sed at molestie. Magna ipsum nonummy volutpat massa donec pharetra. Mauris aliquet tincidunt lorem turpis, id et. Nisi pulvinar felis diam, nisi feugiat felis. Diam ut feugiat felis et sit felis. Diam lobortis tincidunt lorem consectetur id sem. Nunc erat consectetur non mi donec pharetra. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar at euismod et nisi turpis id diam ut tempus nonummy volutpat. Aliquet laoreet aliquam, turpis id diam, ut ipsum, nonummy tellus lobortis, tempus. Turpis volutpat et aliquam amet, eget proin nisi amet eget et ut. Ipsum nonummy non massa erat, pharetra molestie praesent congue feugiat felis tincidunt. Lorem turpis ullamcorper lobortis lorem at aliquet laoreet ac sit eget, et. Nisi ipsum elit diam, nunc erat pharetra molestie praesent tincidunt lorem adipiscing. Volutpat proin turpis id et dolore, ipsum consectetur molestie praesent magna sit. Mauris praesent, tincidunt lorem, adipiscing ullamcorper nibh aliquam amet elit sem nunc. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Awakuni v. Awana.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
+115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit elit non ante magna dolor mauris praesent congue dolor molestie. Praesent tincidunt feugiat adipiscing ullamcorper sed adipiscing euismod nibh nisi pulvinar. Elit non massa erat consectetur molestie praesent tincidunt, lorem turpis euismod. Nibh nisi pulvinar elit non massa sed sem nunc sed nonummy. Sem, nunc tempus elit diam lobortis donec consectetur volutpat mi congue. Feugiat at ullamcorper laoreet, ac sit id et ut ipsum, nonummy. Ut ipsum consectetur volutpat ante donec pharetra molestie mi donec dolor. At ullamcorper laoreet ac amet id proin ut ipsum nonummy non. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Anderson v. United States.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
 612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing dolor, donec mi molestie, consectetur erat ante molestie consectetur sed nunc sem, eget pulvinar, nisi nibh. Euismod, turpis nibh euismod amet aliquam nibh euismod adipiscing lorem congue diam adipiscing lorem ut, ullamcorper felis. Sit congue praesent molestie consectetur sed nunc proin eget lorem dolore mi non nonummy erat, massa non. Nonummy ipsum nunc sem nonummy pulvinar nisi et, euismod, turpis ac nibh euismod turpis ac proin, elit. Dolor aliquet eget pulvinar dolore proin eget amet dolore ante volutpat amet tempus ut et felis sit. Ac massa aliquet at sed nunc sem at et felis, pulvinar, ut diam elit ipsum, ut et. Eget sit aliquam et id, amet aliquam nibh volutpat amet tempus lobortis, ullamcorper adipiscing feugiat magna ante. Tellus magna laoreet molestie consectetur erat massa non dolore aliquet consectetur erat laoreet aliquet at sed dolore. Ante ullamcorper felis, feugiat magna mi molestie pharetra, dolore, et, adipiscing feugiat congue aliquet adipiscing tempus tincidunt. </w:t>
+        <w:t xml:space="preserve">Congue ipsum adipiscing non nibh tempus pharetra non nibh donec, amet eget proin dolore pulvinar eget sem lobortis tempus nonummy. Volutpat proin donec pharetra mauris aliquet tincidunt lorem, mauris aliquet nunc sed mauris, sem nunc sed consectetur tellus laoreet ac. Turpis, diam lobortis tempus nonummy non massa donec, pharetra eget praesent nunc dolor at aliquet tincidunt lorem consectetur tellus nunc. Sed consectetur tellus laoreet ac turpis id diam donec dolor at aliquet tincidunt ac sit id et, nisi ipsum, elit. Sem massa donec pharetra non massa erat nonummy non, ante dolore molestie proin donec pharetra eget proin donec pulvinar eget. Sem nunc, sed at aliquet nunc erat, at sem massa erat turpis id diam ut tempus adipiscing, non feugiat adipiscing. Volutpat, proin nunc dolor mauris sem nunc, sed at tellus laoreet erat turpis molestie laoreet erat, pharetra molestie mi congue. Feugiat adipiscing ullamcorper ut lorem mi magna dolor felis ullamcorper lobortis tempus turpis ullamcorper lobortis lorem amet eget, tellus mi. Congue feugiat adipiscing non nibh felis diam nibh, aliquam pulvinar at aliquet laoreet ac sit molestie laoreet ac sit, id. Diam ut ipsum nonummy ullamcorper lobortis lorem adipiscing ullamcorper lobortis, tempus volutpat ante nunc, sed at tellus massa erat consectetur. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Anderson v. United States.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
 612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Proin euismod nonummy tempus tincidunt praesent mauris ut diam adipiscing ipsum congue et, molestie pharetra. Ac massa, aliquet at, sed nunc aliquet consectetur, sed nunc proin eget pulvinar dolore, ante. Volutpat adipiscing ut praesent tellus consectetur erat dolore proin eget dolor nisi et eget, pulvinar. Aliquam nibh ullamcorper adipiscing lorem ut praesent molestie pharetra donec mi tellus pulvinar nisi nibh. Euismod adipiscing feugiat tincidunt ullamcorper felis dolor magna praesent mauris pharetra, donec ante tellus sit. Donec mi molestie sit, ac id feugiat magna mi, id sit magna diam felis ipsum. Ut et felis pulvinar nisi et, id pulvinar, aliquam et id pulvinar, nisi nibh ullamcorper. Adipiscing dolor aliquet felis feugiat congue praesent volutpat nonummy tempus nunc diam eget sit aliquam. Nibh tellus turpis lorem tincidunt aliquet, at, feugiat, tincidunt, praesent mauris feugiat lobortis turpis tempus. Nibh euismod adipiscing lorem congue praesent, molestie consectetur erat laoreet non consectetur erat dolore proin. </w:t>
+        <w:t xml:space="preserve">Id non massa erat volutpat ante dolore feugiat, adipiscing ullamcorper tincidunt lorem adipiscing euismod nibh ac turpis id diam magna pulvinar. Elit non nunc ipsum elit sem lobortis felis et ut ipsum, elit diam congue feugiat felis diam lobortis lorem nonummy volutpat. Nibh donec amet volutpat ante aliquam pulvinar elit aliquet, tincidunt erat sem massa erat at non laoreet ac pharetra molestie laoreet. Donec sit mauris mi congue feugiat nonummy euismod lobortis tempus turpis euismod et dolore ipsum eget proin, pulvinar eget proin ut. Erat pharetra tellus ante donec, consectetur molestie mi magna pharetra volutpat ante dolore feugiat felis aliquet congue feugiat at et nisi. Ipsum nonummy tellus, laoreet magna lorem nonummy euismod, nibh, nisi dolor at sem tincidunt ac sit id mi magna sit molestie. Praesent congue feugiat id erat consectetur, molestie mi congue dolor felis diam lobortis lorem felis ullamcorper, lobortis aliquam amet id proin. Dolore sed at non massa erat consectetur tellus ante donec non ante donec dolor molestie mi congue dolor mauris aliquet tincidunt. Ac amet id proin nunc sed nonummy non nunc eget diam ut, pulvinar nonummy non lobortis erat consectetur volutpat massa donec. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
+89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna ipsum consectetur non massa, dolore feugiat mauris praesent congue, feugiat at aliquet tincidunt lorem at aliquet tincidunt, sed adipiscing aliquet. Laoreet turpis id, laoreet ac feugiat felis sem ut feugiat felis et congue pharetra non ut ipsum elit sem laoreet magna. Feugiat felis diam congue dolor mi magna dolor, mauris praesent, congue lorem adipiscing ullamcorper laoreet ac turpis euismod et, nisi pulvinar. Eget diam ut pulvinar elit sem, nunc ipsum nonummy sem massa nonummy, non ante dolore dolor mauris, aliquet, tincidunt lorem at. Tellus laoreet ac turpis euismod et nisi pulvinar felis diam ut tempus elit ut, ipsum nonummy volutpat proin congue sed at. Ullamcorper tincidunt lorem adipiscing tellus tincidunt lorem turpis euismod mi ac sit euismod mi, nisi feugiat felis diam congue id ullamcorper. Lobortis ipsum nonummy ullamcorper ut tempus nonummy euismod ante donec amet, volutpat nibh tempus, adipiscing ullamcorper nibh, ac turpis euismod proin. Aliquam amet euismod et donec pharetra mauris, praesent lobortis tempus nonummy euismod, ante, dolore dolor eget proin nunc erat turpis tellus. Laoreet ac sem ut sed at non massa erat consectetur tellus ante donec consectetur molestie praesent congue dolor mauris praesent tincidunt. Ac turpis ullamcorper, laoreet nisi pulvinar, eget sem pulvinar eget sem ut ipsum elit non massa tempus elit diam lobortis erat. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Awakuni v. Awana.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
 115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nunc et tellus adipiscing sed congue proin volutpat dolor dolore ante volutpat nonummy erat massa volutpat. Donec ante tellus nonummy ipsum nisi, et euismod sit aliquam nibh id amet nisi et, euismod. Turpis feugiat dolore mi mauris dolor donec ante volutpat sit, magna laoreet, aliquet at sed congue. Praesent, volutpat amet aliquam ante, ullamcorper felis feugiat, nisi et felis sit ac laoreet aliquet at. Sed tincidunt, turpis aliquam nibh id turpis aliquam et euismod turpis ac nibh, ullamcorper turpis aliquam. Lobortis ullamcorper felis lorem congue praesent felis pharetra magna praesent feugiat ut praesent id sit congue. Et molestie, sit magna et id sit nisi et felis pulvinar nisi diam nonummy ipsum nunc. Diam elit pulvinar nisi et pulvinar nisi nibh euismod turpis aliquam nibh volutpat amet aliquam lobortis. Aliquet mauris pharetra erat massa sem nonummy sed, ut et id sit ac tincidunt ullamcorper nisi. Et euismod turpis aliquam et, volutpat, pulvinar aliquam nibh euismod amet tempus lobortis euismod, amet donec. </w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve">Diam molestie pharetra donec laoreet sem elit pulvinar dolore proin volutpat amet nisi et eget amet aliquam ante euismod adipiscing feugiat praesent mauris sit. Donec laoreet molestie pharetra ac, laoreet aliquet at ac laoreet molestie consectetur sed nunc aliquet, eget lorem tempus ac dolore tincidunt ante proin mi. Sem sit pulvinar sit pulvinar dolor aliquam, congue nunc sem elit pulvinar nisi nibh euismod amet nisi nibh euismod turpis lorem nibh euismod nonummy. Aliquam ullamcorper adipiscing feugiat ut ullamcorper, adipiscing ipsum magna mi molestie turpis ac massa, aliquet elit pulvinar nisi ante euismod, amet tempus lobortis ullamcorper. Lorem ut praesent felis ipsum magna, mi id pharetra, congue et id sit magna laoreet, euismod consectetur lorem tincidunt aliquet consectetur sed nunc praesent. Mauris, pharetra donec ullamcorper felis ipsum ut, ullamcorper felis feugiat nisi et id turpis ac laoreet aliquet consectetur ac laoreet tellus adipiscing lorem nibh. Euismod turpis lorem congue proin molestie congue ante molestie amet donec ante volutpat consectetur erat massa, tellus consectetur, erat massa non eget, pulvinar nisi. </w:t>
+        <w:t xml:space="preserve">Sit adipiscing ullamcorper nibh nisi dolor eget sem. Laoreet ac, turpis id et congue, tempus, amet. Molestie praesent congue lorem turpis euismod nibh pulvinar. Elit sem massa donec pharetra molestie praesent, congue. Feugiat adipiscing ullamcorper lobortis nisi ipsum elit non. Massa donec consectetur tellus, laoreet magna sit mauris. Erat pharetra molestie, mi congue feugiat adipiscing ullamcorper. Et dolore ipsum elit sem nunc ipsum, elit. Non laoreet donec sit adipiscing diam congue feugiat. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
 89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Molestie at pulvinar aliquam et eget pulvinar, dolore. Proin volutpat nonummy nibh euismod amet tempus lobortis. Volutpat, amet donec proin mauris dolor donec proin. Molestie nonummy erat lobortis non, elit, ipsum ut. Et tellus consectetur sed tellus mauris dolor dolore. Proin eget nonummy aliquam massa volutpat amet erat. Ante non nonummy ipsum lobortis sem elit tempus. </w:t>
-[...2 lines deleted...]
-        <w:t>See case Awakuni v. Awana.</w:t>
+        <w:t xml:space="preserve">Turpis, eget, sem massa sed nonummy tellus massa donec dolor mauris praesent congue feugiat mauris aliquet nonummy non, massa donec amet volutpat. Ante aliquam pharetra eget ante donec dolor eget sem, tincidunt ac turpis tellus mi, magna sit elit, ullamcorper sit id diam ut. Tempus nonummy volutpat ante donec amet volutpat ante donec amet, volutpat ante aliquam amet euismod nibh aliquam amet id proin nisi pulvinar. Elit ac sit euismod laoreet nisi erat consectetur non ante magna, dolor felis ullamcorper nibh nisi amet eget sem dolore, ipsum at. Tellus mi eget proin ut sed consectetur non, mi magna feugiat adipiscing euismod lobortis, tempus, amet euismod nibh aliquam turpis id proin. Ut ipsum elit sem nunc sed elit ac turpis, euismod nibh magna sit id et nisi, sit elit ullamcorper lobortis tempus amet. Volutpat proin congue ac turpis tellus laoreet ac sit eget diam nisi id et nisi sit, felis sem lobortis tempus elit ullamcorper. Lobortis tempus nonummy non lobortis tempus amet non nibh donec pulvinar eget proin pulvinar elit sem dolore sed, at tellus, laoreet erat. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Anderson v. United States.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
-115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
+        <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
+612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolore proin elit dolor nisi proin, mauris amet, nisi, ante eget pulvinar donec. Ante ullamcorper felis pharetra ac massa sem id pulvinar dolore mi, molestie, consectetur. Erat lobortis sem nonummy tempus nunc diam eget pulvinar nisi et eget, pulvinar. Nisi laoreet ullamcorper adipiscing lorem tincidunt, aliquet pharetra dolore ante molestie pharetra donec. Mi tellus nonummy erat massa sem eget pulvinar nisi et id amet nisi. Nibh euismod adipiscing feugiat tincidunt ullamcorper adipiscing, lorem volutpat pulvinar aliquam nibh diam. Felis feugiat ut praesent felis sit magna massa non, at sed nunc sem. Eget pulvinar nisi ante volutpat nunc sem eget dolor nunc aliquet adipiscing lorem. Congue ante volutpat amet donec massa volutpat amet erat ante volutpat pharetra donec. Massa non elit tempus nunc non sed ut diam eget ipsum ut et. </w:t>
-[...2 lines deleted...]
-        <w:t>See case Awakuni v. Awana.</w:t>
+        <w:t xml:space="preserve">Dolor consectetur tellus et nisi sem laoreet ac sit id et ut feugiat adipiscing diam. Ut lorem nonummy non lobortis tempus nonummy ullamcorper lobortis tempus turpis euismod ante dolore, euismod. Et nisi pulvinar elit sem massa erat at non massa magna sit, tellus ante congue. Dolor felis diam lobortis tempus turpis euismod nibh aliquam proin donec pharetra volutpat ante dolore. Pharetra eget proin nunc sed at praesent dolore, sed consectetur tellus, laoreet magna, turpis id. Et nisi feugiat felis et congue sem laoreet erat consectetur, non massa sed consectetur non. Massa donec pharetra mauris mi dolore dolor felis praesent tincidunt lorem adipiscing euismod tincidunt volutpat. Proin dolore, pharetra mauris praesent dolore pulvinar, eget ante aliquam amet volutpat lobortis lorem turpis. Euismod nibh aliquam pulvinar eget sem, nunc ipsum elit proin ut euismod et nisi ipsum. Nonummy molestie mi tincidunt tempus amet volutpat proin dolore dolor at aliquet nunc ipsum, eget. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
-115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue tempus turpis volutpat et nisi pulvinar elit sem nunc ipsum elit sem massa sed nonummy tellus mi, magna, felis, diam lobortis nisi pulvinar volutpat et. Nunc sed at aliquet massa erat at molestie laoreet donec pharetra tellus mi magna lorem adipiscing euismod dolor mauris mi donec dolor mauris mi, dolore dolor. Mauris praesent congue sed at ullamcorper nibh aliquam sit id et nisi ipsum elit, non nunc erat nonummy nisi feugiat felis diam congue feugiat elit diam. Congue feugiat adipiscing diam lobortis donec amet volutpat ante donec pulvinar eget proin dolore dolor et dolore ipsum eget, et, nisi pulvinar eget proin nisi pulvinar. Eget, sem massa erat consectetur tellus ante erat nonummy volutpat mi dolore feugiat felis aliquet tincidunt molestie ante donec dolor, at ullamcorper, laoreet, aliquam sit id. Diam ut, tempus nonummy sem ut tempus elit sem lobortis tempus elit diam lobortis ipsum amet volutpat tempus adipiscing, non nibh donec amet eget proin donec. Pulvinar mauris proin tincidunt erat at, aliquet laoreet ac, sit massa erat pharetra non nunc sed nonummy non massa erat nonummy non, massa erat consectetur volutpat. Lobortis erat consectetur molestie ante dolore dolor at aliquet congue dolor proin congue sed at aliquet, tincidunt sed at aliquet nunc sed at aliquet nunc dolor. At sem massa erat pharetra tellus massa erat consectetur non massa sed nibh nisi ipsum elit diam ut tempus, elit non ante erat amet molestie proin. Tincidunt lorem adipiscing ullamcorper nibh nisi sit id et magna, sit id diam, erat consectetur molestie mi dolore dolor molestie mi congue, feugiat mauris praesent congue. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>TABLE OF AUTHORITIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOA \c 1 </w:instrText>
@@ -235,75 +253,99 @@
         <w:tab/>
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Anderson v. United States, 612 F.2d 1112 (9th Cir.1980)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>1</w:t>
+        <w:t>1, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>Awakuni v. Awana, 115 Hawai'i 126, 165 P.3d 1027 (2007)</w:t>
+        <w:t>Asato v. Procurement Policy Bd., 132 Hawai'i 333, 322 P.3d 228 (2014)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>1, 2, 3</w:t>
+        <w:t>1, 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TableofAuthorities"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Awakuni v. Awana, 115 Hawai'i 126, 165 P.3d 1027 (2007)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -841,51 +883,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R718194e1ef784941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf77c7f8ef3a1438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0d77a3f4a22c4d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9ce9d041cf714f89" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2f5b4b202e794445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R010757f201d54022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R62fc0db6cce049e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0d6db2278ea54c30" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>