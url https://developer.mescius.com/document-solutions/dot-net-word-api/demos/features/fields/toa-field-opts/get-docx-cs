--- v1 (2025-10-26)
+++ v2 (2025-12-11)
@@ -1,351 +1,285 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R19682b6a31b346ee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R33a8a84cb9e14713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9e65c171d6404f69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9335255a90054461" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0288f8ef700e4811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd47066cf57774636" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sit ante, lobortis ullamcorper, proin nibh laoreet. Lobortis, aliquam volutpat praesent nibh magna pulvinar. Elit molestie aliquet lobortis ac pulvinar at. Molestie diam congue ipsum nonummy eget proin. Congue, lorem turpis id diam massa feugiat. Mauris, ullamcorper nibh aliquam amet volutpat et. Aliquam pulvinar eget sem nunc ipsum at. Non nunc, erat consectetur tellus ante magna. Feugiat adipiscing euismod, aliquam pulvinar eget et. </w:t>
+        <w:t xml:space="preserve">Consectetur felis euismod felis pharetra ipsum magna aliquam nibh, ullamcorper id pharetra, diam tellus consectetur erat nunc et. Mi volutpat elit pulvinar, magna mi euismod turpis lorem tincidunt praesent eget dolor dolore ante eget amet donec. Ac massa turpis erat dolore sem elit dolor, aliquam tincidunt diam adipiscing lorem congue mi molestie consectetur, erat. Massa tellus at amet aliquam nibh, euismod turpis ac euismod turpis aliquam tincidunt diam felis dolor tincidunt diam. Mauris feugiat congue mi molestie consectetur sed ut, sem elit ipsum dolore proin eget nunc sem eget amet. Tempus tincidunt praesent mauris pharetra magna laoreet et id sit ac, laoreet euismod turpis aliquam lobortis aliquet mauris. Dolor dolore, praesent mauris dolor diam, felis sit congue, diam adipiscing, feugiat congue praesent id, sit, ac laoreet. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, tempus non felis feugiat, nisi mi id, turpis, ac nunc aliquet. Volutpat amet tempus ut diam felis sit ac massa tellus consectetur sed. Nisi nibh felis feugiat tincidunt, praesent mauris dolor erat nunc sem elit. Ipsum aliquam nibh id sit aliquam nibh ullamcorper turpis ac tincidunt ullamcorper. Felis lorem congue adipiscing lorem tincidunt praesent mauris sit magna laoreet tellus. Nonummy sed nisi proin eget ipsum dolore proin elit pulvinar dolore proin. Eget amet aliquam lobortis euismod adipiscing lobortis euismod amet tempus lobortis non. Adipiscing ipsum ut et, felis sit congue et id sit magna mi. Euismod, turpis sed, tincidunt aliquet lorem nunc praesent eget pharetra dolore, proin. Non amet ipsum ut diam felis sit nisi mi euismod turpis ac. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Awakuni v. Awana.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
 115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem sit nonummy non mi congue lorem. Turpis, euismod, ante dolore, sed at molestie. Magna ipsum nonummy volutpat massa donec pharetra. Mauris aliquet tincidunt lorem turpis, id et. Nisi pulvinar felis diam, nisi feugiat felis. Diam ut feugiat felis et sit felis. Diam lobortis tincidunt lorem consectetur id sem. Nunc erat consectetur non mi donec pharetra. </w:t>
+        <w:t xml:space="preserve">Diam ante sem elit, pulvinar nisi et euismod at pharetra consectetur adipiscing, feugiat dolore. Magna, mi molestie turpis erat nunc, ante dolor nisi proin eget pulvinar donec, ante. Volutpat nonummy tempus lobortis, ullamcorper id sit magna laoreet tellus consectetur ac mi tellus. Consectetur ac tincidunt, aliquet lorem tincidunt aliquet at sed congue praesent eget pharetra donec. Ante non nonummy tempus ut diam id sit magna mi tellus consectetur lorem tincidunt. Aliquet mauris dolor aliquet mauris sed, tincidunt praesent molestie dolor congue, aliquet at feugiat. Congue praesent mauris dolor congue praesent mauris feugiat magna mi mauris sit, mi molestie. Pharetra sed laoreet non elit ipsum dolore, proin, volutpat amet aliquam nibh euismod turpis. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Awakuni v. Awana.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
+115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nisi diam, felis sit, magna nibh id sit nisi, et euismod turpis sed congue praesent molestie pharetra donec ante molestie pharetra erat massa nonummy, tempus nunc sem. Id pulvinar ut, sem elit sit congue dolore et euismod mauris amet feugiat ac lorem tempus nisi nibh aliquet adipiscing sed, nibh ullamcorper adipiscing feugiat congue diam felis. Sit ac laoreet tellus consectetur erat nunc aliquet eget amet donec ante volutpat dolor aliquam ante eget pharetra donec praesent felis, feugiat magna mi tellus at sed, tincidunt. Sem eget dolor nisi, proin mauris dolor dolore ante volutpat pharetra donec, ante volutpat pharetra ut diam felis ipsum nisi diam, elit feugiat nisi et felis sit nisi. Et id sit nisi diam eget pulvinar ut proin eget sed dolore sem at, massa sem eget amet aliquam, lobortis ullamcorper adipiscing feugiat tincidunt praesent mauris sit magna. Mi, tellus consectetur erat, massa non, elit ipsum dolore sem at dolor nisi mauris dolor dolore sem eget pulvinar dolore proin at sed, congue aliquet mauris adipiscing tempus. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Awakuni v. Awana.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
+115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit lorem tincidunt proin mauris feugiat congue proin molestie pharetra erat nisi diam id. Consectetur, dolor dolore, mauris dolor aliquam nibh volutpat nonummy tempus massa non nonummy ipsum. Ut diam, felis sit magna laoreet euismod consectetur erat tincidunt sem at sed tellus. At amet aliquam nibh ullamcorper nonummy ipsum ut laoreet nibh ante et sem praesent. Diam aliquet mauris sed dolore ante volutpat nonummy tempus lobortis diam felis, lobortis ullamcorper. Felis sit magna et aliquet at dolor dolore proin volutpat amet aliquam ante volutpat. Pulvinar aliquam nibh ullamcorper, nonummy ipsum ut, molestie sit, ac, laoreet aliquet at, sed. Dolore proin, elit pulvinar nisi proin eget dolor, donec, ante, non amet aliquam nibh. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Asato v. Procurement Policy Bd..</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
 132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pulvinar at euismod et nisi turpis id diam ut tempus nonummy volutpat. Aliquet laoreet aliquam, turpis id diam, ut ipsum, nonummy tellus lobortis, tempus. Turpis volutpat et aliquam amet, eget proin nisi amet eget et ut. Ipsum nonummy non massa erat, pharetra molestie praesent congue feugiat felis tincidunt. Lorem turpis ullamcorper lobortis lorem at aliquet laoreet ac sit eget, et. Nisi ipsum elit diam, nunc erat pharetra molestie praesent tincidunt lorem adipiscing. Volutpat proin turpis id et dolore, ipsum consectetur molestie praesent magna sit. Mauris praesent, tincidunt lorem, adipiscing ullamcorper nibh aliquam amet elit sem nunc. </w:t>
+        <w:t xml:space="preserve">Mi congue praesent volutpat consectetur tempus lobortis, diam id sit magna et euismod turpis ac nibh id. Sit proin eget amet aliquam lobortis euismod turpis aliquam nibh euismod turpis lorem tincidunt diam mauris pharetra. Erat nisi nibh proin ullamcorper proin aliquet molestie, tempus lobortis diam felis feugiat nisi et id turpis. Lorem tincidunt sem eget pulvinar donec nibh non adipiscing ipsum lobortis ullamcorper felis feugiat magna mi tellus. At tincidunt sem eget amet tempus lobortis ullamcorper adipiscing feugiat ut, praesent, molestie, pharetra erat massa, non. At sed massa sem elit dolor dolore elit dolor dolore, proin eget pulvinar aliquam, nibh ullamcorper nonummy. Tempus ut diam, adipiscing feugiat congue mi molestie consectetur erat massa tellus elit pulvinar nisi proin eget. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec lobortis sem felis sit, magna laoreet euismod, turpis ac laoreet tellus ut proin eget ipsum nisi et, id, amet. Ac, tincidunt aliquet mauris dolor donec mi tellus consectetur ipsum ut sem eget, pulvinar ut proin id turpis laoreet euismod. Adipiscing feugiat congue praesent mauris dolor congue praesent mauris dolor magna ante tellus nonummy ipsum ut proin euismod turpis ac. Laoreet ullamcorper, at tincidunt aliquet, molestie, amet tempus lobortis sem elit tempus ut diam eget pulvinar, magna et id turpis. Lorem laoreet euismod adipiscing lorem congue adipiscing lorem tincidunt praesent mauris feugiat congue, praesent felis feugiat, tincidunt diam nonummy feugiat. Sed ac dolore ut laoreet proin euismod, molestie elit consectetur amet feugiat erat diam aliquet euismod tellus, id volutpat id. Consectetur at dolor donec massa volutpat elit ipsum ut sem felis ipsum magna mi id pulvinar, ac dolore congue massa. Id eget felis elit turpis feugiat tempus ac dolore tincidunt lobortis mi ante diam tellus consectetur erat nisi nibh euismod. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod non, tellus ullamcorper non tellus volutpat amet ac lobortis. Adipiscing feugiat tincidunt diam felis feugiat congue praesent felis, lorem. Magna mi molestie pharetra magna et id feugiat congue et. Felis feugiat, nisi et id turpis mi euismod consectetur, lorem. Laoreet tellus at pharetra, donec ante volutpat nonummy ipsum lobortis. Ullamcorper elit ipsum lobortis, sem elit, feugiat ut, diam euismod. Dolor dolore, ante non nonummy tempus lobortis diam felis ipsum. Congue et tellus, turpis ac massa sem eget pulvinar nisi. Ante euismod amet donec ante non consectetur erat laoreet, tellus. Consectetur erat mi id sit magna et id turpis erat. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Awakuni v. Awana.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
 115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sit elit non ante magna dolor mauris praesent congue dolor molestie. Praesent tincidunt feugiat adipiscing ullamcorper sed adipiscing euismod nibh nisi pulvinar. Elit non massa erat consectetur molestie praesent tincidunt, lorem turpis euismod. Nibh nisi pulvinar elit non massa sed sem nunc sed nonummy. Sem, nunc tempus elit diam lobortis donec consectetur volutpat mi congue. Feugiat at ullamcorper laoreet, ac sit id et ut ipsum, nonummy. Ut ipsum consectetur volutpat ante donec pharetra molestie mi donec dolor. At ullamcorper laoreet ac amet id proin ut ipsum nonummy non. </w:t>
-[...2 lines deleted...]
-        <w:t>See case Anderson v. United States.</w:t>
+        <w:t xml:space="preserve">Diam id turpis sed nisi et volutpat turpis, aliquam nibh ullamcorper adipiscing, lorem tincidunt diam nonummy tempus lobortis diam id sit magna mi molestie ac nunc sem. Eget pulvinar, nisi ante eget, amet tempus lobortis ullamcorper adipiscing feugiat congue mi molestie pharetra donec laoreet tellus consectetur ac laoreet aliquet ac mi euismod consectetur ac. Nunc sem, eget pulvinar donec nibh ullamcorper amet aliquam nibh diam adipiscing ipsum ut ullamcorper elit ipsum ut, diam felis feugiat nisi felis ipsum nisi diam id. Sit magna nibh euismod turpis aliquam laoreet ullamcorper adipiscing lorem tincidunt aliquet mauris feugiat congue aliquet felis lorem euismod turpis lorem tincidunt praesent mauris sit magna laoreet. Molestie sit congue, mi molestie pharetra ac massa, aliquet consectetur erat mi tellus, consectetur magna mi euismod sit diam eget pulvinar aliquam nibh euismod sit nisi et. Id amet aliquam nibh, euismod turpis lorem lobortis euismod adipiscing tempus tincidunt ullamcorper nonummy tempus nibh volutpat feugiat magna, praesent molestie consectetur sed massa aliquet at erat. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
-612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Congue ipsum adipiscing non nibh tempus pharetra non nibh donec, amet eget proin dolore pulvinar eget sem lobortis tempus nonummy. Volutpat proin donec pharetra mauris aliquet tincidunt lorem, mauris aliquet nunc sed mauris, sem nunc sed consectetur tellus laoreet ac. Turpis, diam lobortis tempus nonummy non massa donec, pharetra eget praesent nunc dolor at aliquet tincidunt lorem consectetur tellus nunc. Sed consectetur tellus laoreet ac turpis id diam donec dolor at aliquet tincidunt ac sit id et, nisi ipsum, elit. Sem massa donec pharetra non massa erat nonummy non, ante dolore molestie proin donec pharetra eget proin donec pulvinar eget. Sem nunc, sed at aliquet nunc erat, at sem massa erat turpis id diam ut tempus adipiscing, non feugiat adipiscing. Volutpat, proin nunc dolor mauris sem nunc, sed at tellus laoreet erat turpis molestie laoreet erat, pharetra molestie mi congue. Feugiat adipiscing ullamcorper ut lorem mi magna dolor felis ullamcorper lobortis tempus turpis ullamcorper lobortis lorem amet eget, tellus mi. Congue feugiat adipiscing non nibh felis diam nibh, aliquam pulvinar at aliquet laoreet ac sit molestie laoreet ac sit, id. Diam ut ipsum nonummy ullamcorper lobortis lorem adipiscing ullamcorper lobortis, tempus volutpat ante nunc, sed at tellus massa erat consectetur. </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Magna ipsum consectetur non massa, dolore feugiat mauris praesent congue, feugiat at aliquet tincidunt lorem at aliquet tincidunt, sed adipiscing aliquet. Laoreet turpis id, laoreet ac feugiat felis sem ut feugiat felis et congue pharetra non ut ipsum elit sem laoreet magna. Feugiat felis diam congue dolor mi magna dolor, mauris praesent, congue lorem adipiscing ullamcorper laoreet ac turpis euismod et, nisi pulvinar. Eget diam ut pulvinar elit sem, nunc ipsum nonummy sem massa nonummy, non ante dolore dolor mauris, aliquet, tincidunt lorem at. Tellus laoreet ac turpis euismod et nisi pulvinar felis diam ut tempus elit ut, ipsum nonummy volutpat proin congue sed at. Ullamcorper tincidunt lorem adipiscing tellus tincidunt lorem turpis euismod mi ac sit euismod mi, nisi feugiat felis diam congue id ullamcorper. Lobortis ipsum nonummy ullamcorper ut tempus nonummy euismod ante donec amet, volutpat nibh tempus, adipiscing ullamcorper nibh, ac turpis euismod proin. Aliquam amet euismod et donec pharetra mauris, praesent lobortis tempus nonummy euismod, ante, dolore dolor eget proin nunc erat turpis tellus. Laoreet ac sem ut sed at non massa erat consectetur tellus ante donec consectetur molestie praesent congue dolor mauris praesent tincidunt. Ac turpis ullamcorper, laoreet nisi pulvinar, eget sem pulvinar eget sem ut ipsum elit non massa tempus elit diam lobortis erat. </w:t>
+        <w:t xml:space="preserve">Nonummy ipsum sem id pulvinar nisi nibh euismod adipiscing lorem tincidunt, mi, volutpat consectetur erat ante tellus nonummy tempus ut diam eget pulvinar aliquam et id nunc aliquet at. Sed dolore proin elit dolor nisi nibh ullamcorper adipiscing lorem tincidunt praesent molestie consectetur, sed nunc proin eget pulvinar nisi, proin id aliquam lobortis ullamcorper adipiscing lorem tincidunt praesent. Molestie, pharetra, magna praesent tellus consectetur erat nunc non elit pulvinar nisi et id amet ac lobortis pulvinar nisi nibh euismod adipiscing tempus lobortis, diam adipiscing lorem lobortis ullamcorper. Felis feugiat congue praesent molestie sit, magna mi molestie pharetra, ac laoreet tellus elit tincidunt proin eget amet aliquam lobortis euismod adipiscing lorem ut diam felis feugiat congue praesent. Id sit ac massa aliquet at erat laoreet sem at sed dolore at sed tincidunt aliquet adipiscing lorem laoreet tellus adipiscing ac laoreet aliquet at lorem tincidunt aliquet felis. Feugiat congue, praesent mauris erat massa non nonummy erat nunc sem, eget pulvinar nunc sem at sed dolore et id pulvinar nisi et volutpat amet aliquam nibh euismod nonummy. Tempus, lobortis amet aliquam nibh volutpat amet tempus massa ullamcorper, adipiscing feugiat ut diam felis feugiat nisi et id, turpis ac laoreet euismod turpis nisi et eget ipsum, aliquam. Eget sit aliquam nibh ullamcorper at feugiat lobortis ullamcorper felis lorem tincidunt aliquet felis dolor donec ante tellus consectetur erat massa non nonummy sed ut proin elit mi, id. Pharetra sed nunc sem elit sed nunc sem eget dolor donec proin mauris pulvinar dolore proin mauris, sed tincidunt aliquet turpis ac laoreet ullamcorper adipiscing proin elit dolor dolore. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Awakuni v. Awana.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
 115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
-      </w:r>
-[...70 lines deleted...]
-132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>TABLE OF AUTHORITIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOA \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>Alejado v. City &amp; Cty. of Honolulu, 89 Hawai'i 221, 971 P.2d 310 (App. 1998)</w:t>
+        <w:t>Asato v. Procurement Policy Bd., 132 Hawai'i 333, 322 P.3d 228 (2014)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>2</w:t>
+        <w:t>1, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>Anderson v. United States, 612 F.2d 1112 (9th Cir.1980)</w:t>
+        <w:t>Awakuni v. Awana, 115 Hawai'i 126, 165 P.3d 1027 (2007)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>1, 2</w:t>
-[...47 lines deleted...]
-        <w:t>1, 2</w:t>
+        <w:t>1, 2, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -883,51 +817,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2f5b4b202e794445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R010757f201d54022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R62fc0db6cce049e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0d6db2278ea54c30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R654f31d111824060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3abe78e81eda49cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8a4f214c70614558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3a06101401654f29" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>