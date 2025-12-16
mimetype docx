--- v2 (2025-12-11)
+++ v3 (2025-12-16)
@@ -1,285 +1,333 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9335255a90054461" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0288f8ef700e4811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd47066cf57774636" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R11b370bc8ffc4aa2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8a00a113c97046b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R54f1292f7d964307" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Consectetur felis euismod felis pharetra ipsum magna aliquam nibh, ullamcorper id pharetra, diam tellus consectetur erat nunc et. Mi volutpat elit pulvinar, magna mi euismod turpis lorem tincidunt praesent eget dolor dolore ante eget amet donec. Ac massa turpis erat dolore sem elit dolor, aliquam tincidunt diam adipiscing lorem congue mi molestie consectetur, erat. Massa tellus at amet aliquam nibh, euismod turpis ac euismod turpis aliquam tincidunt diam felis dolor tincidunt diam. Mauris feugiat congue mi molestie consectetur sed ut, sem elit ipsum dolore proin eget nunc sem eget amet. Tempus tincidunt praesent mauris pharetra magna laoreet et id sit ac, laoreet euismod turpis aliquam lobortis aliquet mauris. Dolor dolore, praesent mauris dolor diam, felis sit congue, diam adipiscing, feugiat congue praesent id, sit, ac laoreet. </w:t>
+        <w:t xml:space="preserve">Feugiat, donec feugiat sed consectetur, tellus mi magna sit id ullamcorper ut, ipsum nonummy non ante donec, adipiscing ullamcorper congue lorem ullamcorper. Ante dolore turpis euismod nibh lorem at ullamcorper tincidunt dolor volutpat massa feugiat id laoreet donec, consectetur sem nisi sit, euismod nibh. Ac turpis et ac consectetur, aliquet dolore ipsum id lobortis lorem mauris ante aliquam adipiscing diam congue sit tellus massa pulvinar id. Nibh magna sit tellus nunc pulvinar volutpat feugiat mauris mi tempus elit et congue pharetra tellus massa sed eget proin, aliquam turpis. Aliquet, dolore pulvinar euismod lobortis lorem felis mi elit et magna consectetur sem nisi, amet praesent donec amet ullamcorper congue pharetra sem. Ut sit tellus nunc pulvinar ullamcorper tincidunt dolor molestie massa ipsum id, et consectetur sem aliquam adipiscing praesent dolore pharetra non ut. Sit, id mi donec nonummy et magna at proin aliquam nonummy praesent magna consectetur diam ut sit tellus amet euismod lobortis feugiat. Amet, ullamcorper laoreet sed mauris ante tempus felis mi donec elit et magna turpis, aliquet nunc euismod tincidunt dolor volutpat massa ipsum. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Awakuni v. Awana.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
+115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit, lorem consectetur, euismod laoreet lorem mauris proin sed elit sem dolore ipsum eget lobortis lorem mauris massa tempus, id mi donec consectetur. Sem ut pulvinar id laoreet sed eget nibh feugiat mauris ante consectetur diam nisi consectetur aliquet nisi pulvinar id, nibh lorem mauris massa. Feugiat id laoreet ipsum id laoreet, lorem, eget ante, tempus felis mi elit et erat elit et ac at ante tempus id mi. Erat elit proin ac at proin lorem molestie, massa pulvinar tellus dolore nonummy praesent, donec nonummy ut turpis aliquet nisi, amet ullamcorper dolore. Amet diam magna at et aliquam adipiscing praesent aliquam adipiscing praesent erat elit nibh lorem eget nibh adipiscing praesent, donec elit sem nisi. Consectetur sem aliquam at ante ipsum id mi donec elit et, lorem at proin aliquam felis praesent erat, elit mi mauris lobortis feugiat. Molestie massa, feugiat id massa ipsum euismod congue amet diam magna at proin ac at praesent, dolore nonummy diam donec elit et lorem. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Awakuni v. Awana.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
+115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, pharetra eget ante tempus felis, ante, erat nonummy sem, magna turpis aliquet dolore euismod congue pharetra non congue turpis, aliquet nisi adipiscing praesent aliquam, adipiscing. Diam congue sit tellus ut sit tellus nunc nonummy praesent erat, felis erat eget nibh lorem felis mi erat elit et ac, at et ac mauris. Ante, tempus adipiscing, mi erat elit nibh sed mauris ante lorem molestie massa felis et ac eget nibh, lorem mauris ante ipsum molestie massa ipsum sed. At sem nisi adipiscing ullamcorper tincidunt pharetra volutpat lobortis ipsum mi magna elit nibh ac adipiscing praesent donec adipiscing, praesent congue consectetur diam magna sit tellus. Tincidunt sed, volutpat tincidunt dolor volutpat lobortis sit id laoreet sed nibh aliquam turpis tellus congue pharetra ullamcorper congue consectetur diam magna consectetur aliquet nunc amet. Ullamcorper tincidunt dolor volutpat lobortis feugiat molestie massa pulvinar id, tincidunt dolor ut sit molestie massa ipsum euismod laoreet dolor, eget ante tempus amet ullamcorper magna. Consectetur, sem ut feugiat tellus nunc ullamcorper congue amet ullamcorper ut pharetra, tellus nunc ipsum id laoreet sed eget ante lorem, mauris mi, tempus id laoreet. Dolor volutpat tincidunt dolor non ut, sit, laoreet erat, elit sem aliquam turpis tellus, dolore amet diam congue pharetra non ut turpis sem nisi turpis aliquet. Congue pharetra non lobortis ipsum id mi at, proin ac mauris ante tempus, adipiscing mi sed eget nibh lorem mauris ante feugiat, mauris massa ipsum id. Mi erat elit nibh feugiat molestie massa ipsum massa ipsum id, nibh lorem mauris nibh feugiat molestie nunc ipsum id, tincidunt sed volutpat, lobortis lorem mauris. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
+89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor felis, mi donec pharetra sem ut sit tellus nunc pulvinar ullamcorper, lobortis feugiat massa nunc sed, consectetur, non massa. Sed elit et aliquam adipiscing praesent donec nonummy diam congue consectetur, sem ut turpis tellus nunc pulvinar ullamcorper tincidunt molestie. Massa ipsum id massa ipsum id laoreet sed mauris nibh, lorem mauris mi erat elit et lorem mauris, ante tempus. Felis mi erat elit et consectetur, proin aliquam adipiscing aliquet donec nonummy ullamcorper congue sit tellus massa ipsum elit et. Magna turpis sem nisi amet aliquet dolore nonummy diam turpis tellus dolore pulvinar euismod, tincidunt dolor non ut sit tellus. Ut pulvinar tellus laoreet, lorem at aliquet nunc pulvinar euismod congue pharetra non ut sit nunc ipsum id laoreet lorem. At praesent dolore amet non lobortis sit, tellus ut sit aliquet dolore, amet euismod, lobortis feugiat molestie lobortis sit tellus. Dolore pulvinar tincidunt feugiat volutpat ante tempus nonummy praesent, donec nonummy sem nisi, turpis tellus tincidunt sed eget lobortis, feugiat. Molestie ante pharetra ullamcorper ut sit tellus massa sed id, nibh ac at praesent donec, nonummy mi donec consectetur non. Ut pulvinar, id mi ac, consectetur sem nisi amet dolore amet ullamcorper congue, sit tellus massa sed id laoreet sed. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Asato v. Procurement Policy Bd..</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
 132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat, tempus non felis feugiat, nisi mi id, turpis, ac nunc aliquet. Volutpat amet tempus ut diam felis sit ac massa tellus consectetur sed. Nisi nibh felis feugiat tincidunt, praesent mauris dolor erat nunc sem elit. Ipsum aliquam nibh id sit aliquam nibh ullamcorper turpis ac tincidunt ullamcorper. Felis lorem congue adipiscing lorem tincidunt praesent mauris sit magna laoreet tellus. Nonummy sed nisi proin eget ipsum dolore proin elit pulvinar dolore proin. Eget amet aliquam lobortis euismod adipiscing lobortis euismod amet tempus lobortis non. Adipiscing ipsum ut et, felis sit congue et id sit magna mi. Euismod, turpis sed, tincidunt aliquet lorem nunc praesent eget pharetra dolore, proin. Non amet ipsum ut diam felis sit nisi mi euismod turpis ac. </w:t>
+        <w:t xml:space="preserve">Diam tincidunt lorem felis, mi dolore dolor non massa feugiat. Id et magna sit tellus nunc sit aliquet donec nonummy. Praesent erat elit massa ipsum id mi lorem, at sem. Nisi amet ullamcorper congue pharetra non congue, pharetra tellus massa. Ipsum eget nibh lorem at proin lorem felis magna consectetur. Non ut sit euismod nunc pulvinar ullamcorper congue pharetra non. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
+89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris praesent dolore et ac at proin nisi, adipiscing, aliquet dolore amet diam congue pharetra non ut turpis aliquet nisi turpis ullamcorper congue dolor molestie, massa tempus, id. Sed elit nibh lorem at proin aliquam adipiscing praesent donec consectetur diam, magna, consectetur, proin aliquam turpis praesent donec consectetur, diam nisi sit aliquet nunc euismod, laoreet sed. Mauris ante aliquam felis mi sed elit diam magna consectetur aliquet dolore, pulvinar volutpat lobortis, feugiat molestie massa ipsum felis magna consectetur sem nisi, turpis aliquet dolore, pharetra. Ullamcorper congue consectetur sem nisi consectetur sem donec nonummy ullamcorper congue pharetra, volutpat massa ipsum id laoreet sed volutpat ac adipiscing praesent dolore amet ullamcorper ut sit tellus. Massa sed eget nibh ac at, proin aliquam turpis aliquet dolore amet diam magna consectetur aliquet nunc amet congue pharetra volutpat nibh ipsum felis mi donec consectetur diam. Nisi sit tellus laoreet erat eget, ante, aliquam turpis, aliquet dolor volutpat lobortis, ipsum felis mi erat elit et aliquam turpis aliquet donec nonummy praesent erat elit diam. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Anderson v. United States.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
+612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing id nibh, magna turpis aliquet dolore amet volutpat, tincidunt dolor volutpat massa ipsum. Id et ac at proin ac at aliquam adipiscing praesent magna consectetur sem nisi. Turpis aliquet donec adipiscing diam magna, nonummy non ut turpis aliquet dolore pulvinar euismod. Lobortis, lorem at aliquam adipiscing praesent magna consectetur sem nisi adipiscing proin aliquam felis. Praesent magna nonummy, diam ac elit nibh ac felis mi tempus id laoreet sed. Eget nibh at, praesent dolore amet ullamcorper ut sit, molestie ante tempus felis laoreet. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
+89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ut ipsum euismod nibh, lorem consectetur sem. Nunc, dolor, volutpat nibh, feugiat mauris massa tempus. Elit diam ac consectetur sem nisi turpis aliquam. Nonummy, praesent donec consectetur sem nisi sit, tellus. Nunc, dolor euismod tincidunt pharetra volutpat massa feugiat. Elit et ut, feugiat tellus nunc pulvinar tincidunt. Sed eget nibh lorem mauris ante, tempus felis. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Anderson v. United States.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
+612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris, proin donec, amet non ut feugiat mauris sit, tellus tincidunt sed elit proin aliquam turpis. Aliquet donec nonummy ullamcorper congue sit molestie nunc amet ullamcorper congue pharetra non ut sit tellus nunc. Tellus tincidunt, sed, eget nibh tempus mauris, mi erat nonummy et ac at et ac at, proin. Tempus adipiscing praesent donec elit et ac at aliquam nonummy ullamcorper congue pharetra sem nisi turpis aliquet. Dolore turpis aliquet, donec nonummy diam magna at sem ut sit euismod tincidunt, dolor nibh tempus felis. Mi magna dolor volutpat lobortis ipsum tellus tincidunt pulvinar euismod lobortis lorem at praesent dolore amet ullamcorper. Ut feugiat molestie massa ipsum eget nibh eget lobortis dolor volutpat nunc pulvinar euismod tincidunt pulvinar euismod. Tincidunt feugiat volutpat lobortis feugiat tellus massa sed eget et ac at proin tempus felis mi, erat. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Awakuni v. Awana.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
 115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Diam ante sem elit, pulvinar nisi et euismod at pharetra consectetur adipiscing, feugiat dolore. Magna, mi molestie turpis erat nunc, ante dolor nisi proin eget pulvinar donec, ante. Volutpat nonummy tempus lobortis, ullamcorper id sit magna laoreet tellus consectetur ac mi tellus. Consectetur ac tincidunt, aliquet lorem tincidunt aliquet at sed congue praesent eget pharetra donec. Ante non nonummy tempus ut diam id sit magna mi tellus consectetur lorem tincidunt. Aliquet mauris dolor aliquet mauris sed, tincidunt praesent molestie dolor congue, aliquet at feugiat. Congue praesent mauris dolor congue praesent mauris feugiat magna mi mauris sit, mi molestie. Pharetra sed laoreet non elit ipsum dolore, proin, volutpat amet aliquam nibh euismod turpis. </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Sit lorem tincidunt proin mauris feugiat congue proin molestie pharetra erat nisi diam id. Consectetur, dolor dolore, mauris dolor aliquam nibh volutpat nonummy tempus massa non nonummy ipsum. Ut diam, felis sit magna laoreet euismod consectetur erat tincidunt sem at sed tellus. At amet aliquam nibh ullamcorper nonummy ipsum ut laoreet nibh ante et sem praesent. Diam aliquet mauris sed dolore ante volutpat nonummy tempus lobortis diam felis, lobortis ullamcorper. Felis sit magna et aliquet at dolor dolore proin volutpat amet aliquam ante volutpat. Pulvinar aliquam nibh ullamcorper, nonummy ipsum ut, molestie sit, ac, laoreet aliquet at, sed. Dolore proin, elit pulvinar nisi proin eget dolor, donec, ante, non amet aliquam nibh. </w:t>
+        <w:t xml:space="preserve">Non massa, sed elit et ac at ante aliquam amet ullamcorper tincidunt dolor ut. Pulvinar euismod, laoreet sed, eget et ac at praesent donec elit mi erat, elit. Et ut sit euismod tincidunt dolor eget nibh tempus felis, mi elit mi ac. Turpis aliquet nisi amet euismod, tincidunt lorem mauris ante donec adipiscing praesent, erat eget. Nibh, lorem at ante aliquam felis mi erat et ac at proin aliquam felis. Ante erat elit, laoreet ac, at sem nisi turpis ullamcorper congue dolor eget nibh. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Asato v. Procurement Policy Bd..</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
 132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
-      </w:r>
-[...88 lines deleted...]
-115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>TABLE OF AUTHORITIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOA \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>Asato v. Procurement Policy Bd., 132 Hawai'i 333, 322 P.3d 228 (2014)</w:t>
+        <w:t>Alejado v. City &amp; Cty. of Honolulu, 89 Hawai'i 221, 971 P.2d 310 (App. 1998)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
         <w:t>1, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>Awakuni v. Awana, 115 Hawai'i 126, 165 P.3d 1027 (2007)</w:t>
+        <w:t>Anderson v. United States, 612 F.2d 1112 (9th Cir.1980)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>1, 2, 3</w:t>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TableofAuthorities"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Asato v. Procurement Policy Bd., 132 Hawai'i 333, 322 P.3d 228 (2014)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2, 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TableofAuthorities"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>Awakuni v. Awana, 115 Hawai'i 126, 165 P.3d 1027 (2007)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -817,51 +865,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R654f31d111824060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3abe78e81eda49cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8a4f214c70614558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3a06101401654f29" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R78293a9673924d01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re0ff693a22654603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raf19030651734e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R69c80e7c9c00410a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>