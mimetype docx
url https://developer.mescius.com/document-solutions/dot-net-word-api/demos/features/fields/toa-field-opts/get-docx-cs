--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,333 +1,405 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R11b370bc8ffc4aa2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8a00a113c97046b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R54f1292f7d964307" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6570ac18fb92475d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra82489d49654474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1139863505d14de4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat, donec feugiat sed consectetur, tellus mi magna sit id ullamcorper ut, ipsum nonummy non ante donec, adipiscing ullamcorper congue lorem ullamcorper. Ante dolore turpis euismod nibh lorem at ullamcorper tincidunt dolor volutpat massa feugiat id laoreet donec, consectetur sem nisi sit, euismod nibh. Ac turpis et ac consectetur, aliquet dolore ipsum id lobortis lorem mauris ante aliquam adipiscing diam congue sit tellus massa pulvinar id. Nibh magna sit tellus nunc pulvinar volutpat feugiat mauris mi tempus elit et congue pharetra tellus massa sed eget proin, aliquam turpis. Aliquet, dolore pulvinar euismod lobortis lorem felis mi elit et magna consectetur sem nisi, amet praesent donec amet ullamcorper congue pharetra sem. Ut sit tellus nunc pulvinar ullamcorper tincidunt dolor molestie massa ipsum id, et consectetur sem aliquam adipiscing praesent dolore pharetra non ut. Sit, id mi donec nonummy et magna at proin aliquam nonummy praesent magna consectetur diam ut sit tellus amet euismod lobortis feugiat. Amet, ullamcorper laoreet sed mauris ante tempus felis mi donec elit et magna turpis, aliquet nunc euismod tincidunt dolor volutpat massa ipsum. </w:t>
+        <w:t xml:space="preserve">Diam aliquet mauris euismod sit ac nunc aliquet at dolor tincidunt praesent eget laoreet ullamcorper amet ut. Nibh id amet nisi, proin euismod pulvinar dolore aliquet turpis ac mi id pulvinar nunc non pharetra. Magna praesent felis, lorem ullamcorper, pharetra congue ullamcorper amet, nisi sem, consectetur, sed nunc molestie feugiat ante. Molestie dolor lobortis volutpat dolor tincidunt tellus sit nunc tellus, feugiat nibh sed tincidunt ullamcorper turpis aliquam. Et elit, ac et nonummy dolore aliquet adipiscing nisi proin mauris, lorem et felis tempus ante felis. Lorem mauris sed dolore ullamcorper turpis ut non pharetra magna ullamcorper amet donec mi, felis feugiat tincidunt. Ullamcorper amet dolore aliquet consectetur magna et nonummy donec, praesent felis ante mauris ac et elit ac. Et elit erat mi, felis aliquam et, eget sed, laoreet euismod pulvinar nunc tellus pharetra ut ullamcorper. Nonummy donec praesent turpis non pharetra magna diam nonummy donec aliquet turpis nisi sem consectetur magna sem. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore volutpat amet nisi, proin eget, dolor nunc. Aliquet turpis magna et elit, erat, mi adipiscing. Tempus, nibh mauris sed nibh, id amet dolore. Sem erat laoreet id tempus ante molestie lorem. Nibh eget sed laoreet id ipsum massa tellus. Feugiat ut non sed laoreet id pulvinar nunc. Non pharetra et elit, erat, mi mauris lorem. Ante eget erat et elit erat mi adipiscing. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Awakuni v. Awana.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
 115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sit, lorem consectetur, euismod laoreet lorem mauris proin sed elit sem dolore ipsum eget lobortis lorem mauris massa tempus, id mi donec consectetur. Sem ut pulvinar id laoreet sed eget nibh feugiat mauris ante consectetur diam nisi consectetur aliquet nisi pulvinar id, nibh lorem mauris massa. Feugiat id laoreet ipsum id laoreet, lorem, eget ante, tempus felis mi elit et erat elit et ac at ante tempus id mi. Erat elit proin ac at proin lorem molestie, massa pulvinar tellus dolore nonummy praesent, donec nonummy ut turpis aliquet nisi, amet ullamcorper dolore. Amet diam magna at et aliquam adipiscing praesent aliquam adipiscing praesent erat elit nibh lorem eget nibh adipiscing praesent, donec elit sem nisi. Consectetur sem aliquam at ante ipsum id mi donec elit et, lorem at proin aliquam felis praesent erat, elit mi mauris lobortis feugiat. Molestie massa, feugiat id massa ipsum euismod congue amet diam magna at proin ac at praesent, dolore nonummy diam donec elit et lorem. </w:t>
+        <w:t xml:space="preserve">Nonummy erat ante tellus tincidunt, diam, adipiscing donec proin. At lorem laoreet id, erat et nonummy dolore aliquet. Turpis aliquam et elit sed laoreet id pulvinar massa. Volutpat magna praesent felis tempus ante mauris, lorem, tincidunt. Ullamcorper adipiscing lorem et eget sed mi, id ipsum. Massa non pharetra, tincidunt ullamcorper amet, dolore tellus ac. Et eget sed laoreet, mauris tempus ante mauris sed. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Anderson v. United States.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
+612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod amet nunc tellus sit nunc tellus ut ullamcorper amet congue aliquet amet, nisi proin at erat laoreet felis ipsum massa. Molestie, pharetra magna ullamcorper nonummy aliquam ante at ac, et elit praesent, nonummy aliquam proin mauris lorem lobortis volutpat pulvinar laoreet. Molestie feugiat lobortis sem consectetur, congue diam nonummy donec praesent consectetur ac nibh elit erat tellus sit ut non amet dolore. Aliquet adipiscing aliquam proin elit erat diam consectetur donec diam nonummy nisi aliquet turpis nisi non sit diam nonummy aliquam proin. Adipiscing ac et eget sed laoreet felis erat mi adipiscing aliquam proin at ac mi, elit, tempus mi adipiscing aliquam proin. Mauris sed euismod sit nisi sem consectetur magna et elit erat praesent adipiscing ac proin at magna et elit tempus ante. Mauris lorem lobortis volutpat dolor tincidunt id ipsum, tellus pharetra magna diam elit donec praesent at nisi aliquet consectetur nisi, sem. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non, nonummy donec mi, mauris lorem et eget, erat laoreet euismod sit ut non pharetra congue ullamcorper amet, dolore aliquet adipiscing, ac et ipsum nunc, molestie feugiat lobortis volutpat. Pharetra congue euismod pulvinar dolore sem consectetur magna et felis ipsum nunc non consectetur magna diam amet dolore praesent ac nibh eget sed laoreet, molestie feugiat lobortis, molestie dolor tincidunt. Euismod amet dolore aliquet turpis, nisi non sit congue ullamcorper amet, dolore aliquet pulvinar nunc molestie lobortis non amet congue ullamcorper turpis nisi sem turpis nisi sem, pharetra magna, diam. Nonummy aliquam nibh eget dolor tincidunt euismod ipsum nunc eget sed laoreet id, ipsum massa molestie lorem et, elit erat mi felis ipsum ante mauris tempus nibh mauris sed laoreet. Eget sed massa molestie feugiat lobortis, dolor congue ullamcorper turpis dolore aliquet turpis, nisi diam elit erat mi felis lorem nibh mauris ac nibh id ipsum nunc tellus, pharetra, magna. Diam adipiscing tempus mauris, dolor lobortis aliquet, adipiscing ac et eget sed, laoreet euismod pulvinar nunc tellus sit ut euismod dolor tincidunt euismod aliquam et elit ac et elit, donec. Praesent at lorem nibh eget sed laoreet id pulvinar nunc molestie, feugiat congue ullamcorper, amet, nunc euismod pulvinar nunc molestie erat mi, molestie ipsum massa volutpat pharetra tincidunt ullamcorper amet. Dolore aliquet consectetur magna et elit erat praesent adipiscing tempus proin at ac nibh elit, erat molestie sit congue diam amet dolore aliquet turpis dolore sem turpis magna, diam elit. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Awakuni v. Awana.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
 115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquam, pharetra eget ante tempus felis, ante, erat nonummy sem, magna turpis aliquet dolore euismod congue pharetra non congue turpis, aliquet nisi adipiscing praesent aliquam, adipiscing. Diam congue sit tellus ut sit tellus nunc nonummy praesent erat, felis erat eget nibh lorem felis mi erat elit et ac, at et ac mauris. Ante, tempus adipiscing, mi erat elit nibh sed mauris ante lorem molestie massa felis et ac eget nibh, lorem mauris ante ipsum molestie massa ipsum sed. At sem nisi adipiscing ullamcorper tincidunt pharetra volutpat lobortis ipsum mi magna elit nibh ac adipiscing praesent donec adipiscing, praesent congue consectetur diam magna sit tellus. Tincidunt sed, volutpat tincidunt dolor volutpat lobortis sit id laoreet sed nibh aliquam turpis tellus congue pharetra ullamcorper congue consectetur diam magna consectetur aliquet nunc amet. Ullamcorper tincidunt dolor volutpat lobortis feugiat molestie massa pulvinar id, tincidunt dolor ut sit molestie massa ipsum euismod laoreet dolor, eget ante tempus amet ullamcorper magna. Consectetur, sem ut feugiat tellus nunc ullamcorper congue amet ullamcorper ut pharetra, tellus nunc ipsum id laoreet sed eget ante lorem, mauris mi, tempus id laoreet. Dolor volutpat tincidunt dolor non ut, sit, laoreet erat, elit sem aliquam turpis tellus, dolore amet diam congue pharetra non ut turpis sem nisi turpis aliquet. Congue pharetra non lobortis ipsum id mi at, proin ac mauris ante tempus, adipiscing mi sed eget nibh lorem mauris ante feugiat, mauris massa ipsum id. Mi erat elit nibh feugiat molestie massa ipsum massa ipsum id, nibh lorem mauris nibh feugiat molestie nunc ipsum id, tincidunt sed volutpat, lobortis lorem mauris. </w:t>
+        <w:t xml:space="preserve">Nibh ullamcorper turpis, aliquam, ante mauris ac et elit donec mi mauris feugiat lobortis eget sed, tincidunt. Euismod turpis nisi sem erat mi, felis ipsum massa molestie feugiat lobortis euismod pulvinar nunc tellus sit. Ut sem consectetur donec praesent, adipiscing tempus ante mauris lorem laoreet id nunc aliquet, turpis congue ullamcorper. Elit erat mi mauris tempus nibh eget sed tincidunt id pulvinar nunc tellus pharetra congue diam amet. Donec praesent adipiscing ac et ipsum massa tellus sit, ut, non pharetra congue ullamcorper adipiscing nisi, sem. Consectetur ac diam elit donec mi, id tempus nibh eget sed ullamcorper amet dolore, aliquet consectetur nisi. Diam elit donec aliquet turpis aliquam proin mauris lorem nibh elit erat laoreet mauris lorem, ante mauris. Lorem nibh id sed tellus turpis congue non pharetra, tincidunt euismod amet dolore tellus turpis nisi sem. Nonummy donec praesent adipiscing, dolore aliquet turpis ut non consectetur magna ullamcorper, nonummy aliquam volutpat dolor, dolore. Praesent mauris feugiat lobortis mauris erat mi id pulvinar massa mauris lorem nibh, eget sed tincidunt euismod. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Anderson v. United States.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
+612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, nibh volutpat dolor tincidunt euismod, sit aliquam, et eget sed massa feugiat lobortis non amet. Donec, praesent felis tempus ante mauris erat mi felis erat ante, molestie feugiat nibh eget sed. Laoreet id pulvinar massa molestie lobortis volutpat feugiat tincidunt volutpat dolor nunc molestie feugiat, ut non. Pharetra magna euismod amet dolore proin at ac et elit donec praesent adipiscing aliquam mauris lorem. Nibh volutpat, ipsum laoreet id sit lobortis volutpat consectetur magna diam adipiscing tempus nibh eget sed. Tincidunt, tellus turpis nisi sem ac diam felis aliquam proin at ac et, at ac mi. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
 89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor felis, mi donec pharetra sem ut sit tellus nunc pulvinar ullamcorper, lobortis feugiat massa nunc sed, consectetur, non massa. Sed elit et aliquam adipiscing praesent donec nonummy diam congue consectetur, sem ut turpis tellus nunc pulvinar ullamcorper tincidunt molestie. Massa ipsum id massa ipsum id laoreet sed mauris nibh, lorem mauris mi erat elit et lorem mauris, ante tempus. Felis mi erat elit et consectetur, proin aliquam adipiscing aliquet donec nonummy ullamcorper congue sit tellus massa ipsum elit et. Magna turpis sem nisi amet aliquet dolore nonummy diam turpis tellus dolore pulvinar euismod, tincidunt dolor non ut sit tellus. Ut pulvinar tellus laoreet, lorem at aliquet nunc pulvinar euismod congue pharetra non ut sit nunc ipsum id laoreet lorem. At praesent dolore amet non lobortis sit, tellus ut sit aliquet dolore, amet euismod, lobortis feugiat molestie lobortis sit tellus. Dolore pulvinar tincidunt feugiat volutpat ante tempus nonummy praesent, donec nonummy sem nisi, turpis tellus tincidunt sed eget lobortis, feugiat. Molestie ante pharetra ullamcorper ut sit tellus massa sed id, nibh ac at praesent donec, nonummy mi donec consectetur non. Ut pulvinar, id mi ac, consectetur sem nisi amet dolore amet ullamcorper congue, sit tellus massa sed id laoreet sed. </w:t>
+        <w:t xml:space="preserve">At sed massa turpis magna diam nonummy erat ante mauris tempus ante mauris sed laoreet id. Pulvinar, nunc tellus pharetra lobortis non dolor congue ullamcorper amet dolore tellus, congue et elit, erat. Mi felis aliquam, proin at ac et elit erat, mi mauris mi et aliquet volutpat, turpis. Feugiat erat nunc diam eget, dolor tincidunt aliquet turpis aliquam proin elit, erat, mi id ipsum. Ut, diam elit erat ante mauris lorem nibh eget, lorem nibh eget pharetra magna ullamcorper amet. Dolore proin adipiscing aliquam nibh elit sed mi id feugiat massa volutpat dolor congue euismod pulvinar. Tincidunt id pulvinar non pharetra magna diam adipiscing, aliquam praesent at aliquam sem consectetur ut non. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
+89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur nisi sem consectetur donec, praesent, adipiscing, tempus nibh mauris sed tincidunt aliquet turpis aliquam proin, elit erat mi id tempus. Massa molestie feugiat euismod dolor tincidunt euismod ipsum massa molestie lorem nibh, eget sed tincidunt euismod ipsum massa tellus pharetra, congue diam. Nonummy, aliquam proin mauris ac proin sed massa id tempus ante mauris lorem nibh eget, sed tincidunt euismod pulvinar nunc tellus sit. Ut non pharetra congue euismod pulvinar massa id feugiat ut, elit tempus ante mauris lorem nibh eget sed laoreet euismod ipsum nunc. Non sit ut non pharetra congue, ullamcorper turpis nisi proin at ac elit erat massa molestie dolor, congue ullamcorper turpis nisi sem. At ac et consectetur magna diam amet donec aliquet, turpis nisi sem pharetra congue diam amet donec mauris lorem et elit erat. Laoreet id ipsum ante felis, tempus ante eget sed laoreet, id ipsum, laoreet molestie feugiat lobortis volutpat feugiat lobortis, id, ipsum tellus. Turpis nisi diam nonummy donec praesent mauris feugiat, lobortis eget sed laoreet elit erat, mi felis tempus proin mauris laoreet euismod ipsum. Massa aliquet sit nisi non dolor tincidunt ullamcorper amet, nunc tellus pulvinar ut, sem pharetra congue non pharetra dolore tellus sit nisi. Sem consectetur et elit, tempus ante felis lorem, nibh eget sed tincidunt euismod ipsum massa mauris tempus nibh volutpat sed laoreet eget. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
+89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor donec mi molestie feugiat, lobortis, non amet dolore aliquet turpis. Aliquam proin at laoreet id feugiat lobortis volutpat dolor tincidunt, euismod. Pulvinar nunc aliquet turpis nisi diam elit erat mi felis aliquam. Praesent turpis nisi non consectetur et felis ipsum massa mauris lorem. Lobortis euismod pulvinar nunc aliquet turpis nisi diam pharetra magna diam. Nonummy aliquam proin at lorem, nibh eget sed laoreet id lobortis. Volutpat amet donec aliquet turpis nisi sem at, ac mi id. Tempus ante mauris lorem nibh volutpat dolor tincidunt aliquet turpis nisi. Pharetra ac et felis tempus ante mauris lorem nibh volutpat dolor. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Asato v. Procurement Policy Bd..</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
 132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Diam tincidunt lorem felis, mi dolore dolor non massa feugiat. Id et magna sit tellus nunc sit aliquet donec nonummy. Praesent erat elit massa ipsum id mi lorem, at sem. Nisi amet ullamcorper congue pharetra non congue, pharetra tellus massa. Ipsum eget nibh lorem at proin lorem felis magna consectetur. Non ut sit euismod nunc pulvinar ullamcorper congue pharetra non. </w:t>
+        <w:t xml:space="preserve">Amet nonummy dolore adipiscing ac nibh volutpat, pulvinar nisi. Proin eget sed laoreet tellus pulvinar ut non consectetur. Donec laoreet id sit ut non dolor tincidunt euismod. Nisi sem at pulvinar nunc aliquet sit, lobortis volutpat. Dolor tincidunt nibh elit sed massa molestie sit ut. Ullamcorper nonummy, aliquam proin adipiscing nisi aliquet nisi ullamcorper. Elit erat ante mauris lorem lobortis eget sed tincidunt. Aliquet turpis magna, diam nonummy donec praesent adipiscing tempus. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at ac proin at erat et felis tempus massa volutpat feugiat tincidunt euismod sed mi id tempus massa mauris lorem, volutpat dolor tincidunt id. Ipsum massa molestie feugiat lobortis volutpat dolor tincidunt id pulvinar laoreet id ipsum massa mauris lorem lobortis volutpat dolor tincidunt ipsum ut non consectetur magna. Diam adipiscing donec praesent adipiscing ac et elit erat et felis erat mi mauris tempus ante eget erat laoreet id ipsum nunc consectetur magna praesent. Adipiscing tempus ante mauris sed nibh eget sed massa id feugiat massa, molestie dolor tincidunt euismod dolor nunc aliquet consectetur tincidunt, id ipsum massa molestie. Feugiat ut, non pharetra dolore praesent adipiscing aliquam proin elit sed, mi id ipsum ante mauris feugiat lobortis volutpat, pulvinar nunc euismod massa tellus sit. Ut non amet dolore, ullamcorper turpis ut sem consectetur magna ullamcorper pharetra congue ullamcorper amet nunc aliquet turpis nisi diam nonummy magna mi felis aliquet. Adipiscing, aliquam et elit donec mi molestie sit ut volutpat pharetra dolore aliquet turpis nisi sem at ac euismod sit ut non sit congue, ullamcorper. Amet dolore aliquet adipiscing nisi proin, consectetur, ac et elit donec, proin at ac proin consectetur ac et elit donec molestie feugiat lobortis volutpat, dolor. Dolore aliquet turpis nisi proin at magna praesent felis ipsum massa mauris lorem nibh volutpat dolor tincidunt id sit nisi diam nonummy praesent mauris tempus. Ante, eget dolor laoreet euismod pulvinar nunc tellus, sit ut non amet dolore aliquet turpis dolore aliquet turpis ut, volutpat dolor lobortis, euismod dolor euismod. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Awakuni v. Awana.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
+115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, erat ante mauris feugiat lobortis volutpat pulvinar tellus sit, ut non pharetra, magna praesent adipiscing aliquam proin at ac et elit erat et, elit, erat. Mi felis feugiat lobortis volutpat, sed tincidunt, pulvinar nunc tellus sit, ut ullamcorper nonummy donec proin mauris feugiat congue euismod pulvinar, nunc molestie feugiat lobortis molestie. Feugiat lobortis euismod, dolor tincidunt euismod massa molestie feugiat lobortis volutpat dolor tincidunt id ipsum massa tellus feugiat massa molestie feugiat, tincidunt volutpat dolor tincidunt euismod. Pulvinar, ut, sem magna diam, pulvinar tincidunt euismod ipsum nunc molestie ipsum nibh mauris ac proin elit erat et nonummy erat ante molestie feugiat nibh eget. Erat mi felis tempus felis lorem proin, at lorem, laoreet eget ipsum, massa molestie feugiat massa mauris feugiat nibh eget, erat mi felis tempus mi adipiscing. Nisi sem turpis ut, sem congue diam nonummy dolore aliquet adipiscing aliquam, et eget ac mi adipiscing tempus ante mauris, ac nibh elit erat nunc pulvinar. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
 89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mauris praesent dolore et ac at proin nisi, adipiscing, aliquet dolore amet diam congue pharetra non ut turpis aliquet nisi turpis ullamcorper congue dolor molestie, massa tempus, id. Sed elit nibh lorem at proin aliquam adipiscing praesent donec consectetur diam, magna, consectetur, proin aliquam turpis praesent donec consectetur, diam nisi sit aliquet nunc euismod, laoreet sed. Mauris ante aliquam felis mi sed elit diam magna consectetur aliquet dolore, pulvinar volutpat lobortis, feugiat molestie massa ipsum felis magna consectetur sem nisi, turpis aliquet dolore, pharetra. Ullamcorper congue consectetur sem nisi consectetur sem donec nonummy ullamcorper congue pharetra, volutpat massa ipsum id laoreet sed volutpat ac adipiscing praesent dolore amet ullamcorper ut sit tellus. Massa sed eget nibh ac at, proin aliquam turpis aliquet dolore amet diam magna consectetur aliquet nunc amet congue pharetra volutpat nibh ipsum felis mi donec consectetur diam. Nisi sit tellus laoreet erat eget, ante, aliquam turpis, aliquet dolor volutpat lobortis, ipsum felis mi erat elit et aliquam turpis aliquet donec nonummy praesent erat elit diam. </w:t>
+        <w:t xml:space="preserve">Dolor tincidunt ullamcorper, amet nisi proin at ac et elit ante mauris feugiat lobortis eget sed, laoreet id ipsum massa id feugiat ut non pharetra dolore aliquet. Turpis aliquam proin at magna diam nonummy donec molestie, feugiat tincidunt euismod amet dolore praesent at lorem, laoreet eget sed massa non pharetra congue ullamcorper pharetra tincidunt. Euismod amet dolore aliquet turpis, nisi elit tempus ante mauris, lorem lobortis non pulvinar dolore praesent turpis nisi sem consectetur, congue diam nonummy, erat, mi molestie feugiat. Tincidunt euismod, nunc aliquet at ac diam consectetur donec mi felis tempus ante eget lorem nibh elit erat mi id ipsum ut non, dolor congue euismod pulvinar. Tincidunt euismod nisi diam nonummy magna diam nonummy donec, praesent adipiscing nisi sem consectetur donec diam adipiscing donec, praesent at aliquam proin at ac et nonummy erat. Mi mauris ante eget, sed laoreet euismod pulvinar nunc non consectetur congue diam nonummy, donec proin, at ac et eget ipsum massa aliquet turpis mi, felis, tempus. Massa tellus pharetra tincidunt ullamcorper nonummy donec praesent at lorem nibh eget, sed laoreet id, ipsum massa, mauris feugiat lobortis euismod dolor nunc tellus ut sem consectetur. Donec praesent felis aliquam proin at aliquam et elit erat mi felis tempus massa molestie feugiat nibh volutpat dolor tincidunt euismod ipsum massa mauris proin mauris lorem. Nibh elit, ipsum massa, mauris tempus nibh volutpat dolor laoreet id ipsum laoreet felis tempus, ante molestie, feugiat, tincidunt, euismod amet, nunc euismod pulvinar non consectetur magna. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Anderson v. United States.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
 612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
-      </w:r>
-[...70 lines deleted...]
-132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>TABLE OF AUTHORITIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOA \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Alejado v. City &amp; Cty. of Honolulu, 89 Hawai'i 221, 971 P.2d 310 (App. 1998)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>1, 2</w:t>
+        <w:t>2, 3, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Anderson v. United States, 612 F.2d 1112 (9th Cir.1980)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>2</w:t>
+        <w:t>1, 2, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Asato v. Procurement Policy Bd., 132 Hawai'i 333, 322 P.3d 228 (2014)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>2, 3</w:t>
+        <w:t>1, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Awakuni v. Awana, 115 Hawai'i 126, 165 P.3d 1027 (2007)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>1, 3</w:t>
+        <w:t>1, 2, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -865,51 +937,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R78293a9673924d01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re0ff693a22654603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raf19030651734e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R69c80e7c9c00410a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4d8726fb0456434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbbd0c1ed39854d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfb5c100ca554486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R363cec8efb8a4984" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>