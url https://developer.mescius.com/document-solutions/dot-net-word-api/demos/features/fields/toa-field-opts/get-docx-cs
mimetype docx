--- v4 (2025-12-16)
+++ v5 (2026-01-31)
@@ -1,292 +1,256 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6570ac18fb92475d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra82489d49654474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1139863505d14de4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfd41feb2d9604055" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R70b867dda0e44aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R54b50e10cab54998" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Diam aliquet mauris euismod sit ac nunc aliquet at dolor tincidunt praesent eget laoreet ullamcorper amet ut. Nibh id amet nisi, proin euismod pulvinar dolore aliquet turpis ac mi id pulvinar nunc non pharetra. Magna praesent felis, lorem ullamcorper, pharetra congue ullamcorper amet, nisi sem, consectetur, sed nunc molestie feugiat ante. Molestie dolor lobortis volutpat dolor tincidunt tellus sit nunc tellus, feugiat nibh sed tincidunt ullamcorper turpis aliquam. Et elit, ac et nonummy dolore aliquet adipiscing nisi proin mauris, lorem et felis tempus ante felis. Lorem mauris sed dolore ullamcorper turpis ut non pharetra magna ullamcorper amet donec mi, felis feugiat tincidunt. Ullamcorper amet dolore aliquet consectetur magna et nonummy donec, praesent felis ante mauris ac et elit ac. Et elit erat mi, felis aliquam et, eget sed, laoreet euismod pulvinar nunc tellus pharetra ut ullamcorper. Nonummy donec praesent turpis non pharetra magna diam nonummy donec aliquet turpis nisi sem consectetur magna sem. </w:t>
+        <w:t xml:space="preserve">Lorem proin ullamcorper sem id adipiscing pharetra feugiat magna laoreet, ante adipiscing tempus, tincidunt, praesent, molestie nonummy ipsum ut et id turpis lorem congue. Massa diam id consectetur sed nunc sem eget amet tempus lobortis ullamcorper, adipiscing magna, laoreet molestie sit donec laoreet non at amet aliquam et. Euismod, turpis ac nibh, euismod turpis tempus lobortis ullamcorper, felis sit magna ante non sed ut proin, eget pulvinar nisi lobortis euismod turpis ac. Lobortis ullamcorper felis, dolor congue praesent mauris feugiat congue mi, molestie consectetur donec molestie consectetur, erat, massa tellus at sed nunc aliquet at sed. Nunc proin eget pulvinar nisi proin euismod amet tempus lobortis ullamcorper adipiscing aliquam nibh non nonummy ut diam id feugiat magna mi tellus turpis. Ac tincidunt sem mauris sed nunc praesent, mauris sed nunc tellus turpis aliquam nibh euismod turpis aliquam lobortis euismod nisi proin eget, dolor nisi. Sem eget pulvinar donec proin mauris sed, tincidunt aliquet adipiscing nonummy aliquam ante molestie dolor, proin molestie dolor dolore mi, molestie pharetra magna mi. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Asato v. Procurement Policy Bd..</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
 132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolore volutpat amet nisi, proin eget, dolor nunc. Aliquet turpis magna et elit, erat, mi adipiscing. Tempus, nibh mauris sed nibh, id amet dolore. Sem erat laoreet id tempus ante molestie lorem. Nibh eget sed laoreet id ipsum massa tellus. Feugiat ut non sed laoreet id pulvinar nunc. Non pharetra et elit, erat, mi mauris lorem. Ante eget erat et elit erat mi adipiscing. </w:t>
+        <w:t xml:space="preserve">Congue laoreet aliquet, elit tincidunt sem eget, amet, lorem tincidunt diam mauris sit congue mi tellus consectetur sed massa non consectetur erat massa sem. Eget pulvinar nisi et euismod nisi nibh euismod nonummy tempus, nibh ullamcorper adipiscing lorem congue praesent molestie pharetra erat laoreet tellus, consectetur, sed nunc. Et volutpat amet lorem tincidunt ullamcorper aliquam lobortis ullamcorper, felis feugiat, congue praesent molestie pharetra donec mi molestie consectetur ac mi molestie turpis ac. Tincidunt, aliquet at dolor dolore at sed nunc praesent at dolor, dolore praesent at sed dolore proin, molestie pharetra erat, lobortis ullamcorper elit ipsum. Lobortis diam nonummy, donec mi molestie pharetra erat mauris sit magna praesent id feugiat congue, laoreet tellus consectetur sed nunc proin eget pulvinar nisi. Proin eget pulvinar nisi ante volutpat dolor nunc proin, mauris dolor ullamcorper adipiscing ac tincidunt aliquet at feugiat tincidunt praesent felis dolor congue praesent. Mauris dolor magna nunc non consectetur mi, mauris sit congue praesent, id sit, magna, diam elit tempus massa volutpat amet tempus lobortis non consectetur. Tempus ut, et eget pulvinar ut diam elit erat molestie sit magna laoreet id sit magna mi id feugiat magna mi id sit magna. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nisi et eget, dolor aliquam ante mauris dolor nunc praesent, at dolor nunc praesent mauris pharetra. Dolore ante volutpat pharetra ante volutpat nonummy tempus lobortis sem elit, ipsum nisi mi euismod at sed. Nunc proin eget pharetra donec ante ullamcorper, adipiscing ipsum massa volutpat dolore ante, volutpat consectetur tempus massa. Volutpat consectetur erat, massa tellus nonummy sed ut sem elit erat massa, non at sed massa aliquet. At erat massa aliquet sed nunc sem mauris dolor, dolore, praesent eget amet tempus nibh non amet. Aliquam, lobortis non nonummy, aliquam massa volutpat amet erat massa pharetra donec ante, non, elit ipsum, nisi. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc nibh volutpat turpis lorem tincidunt praesent pharetra erat massa molestie sit congue praesent felis, ipsum congue diam felis sit ac mi, id. Turpis ac nunc aliquet mauris dolor nunc proin mauris dolore praesent mauris sed congue praesent mauris dolor dolore ante volutpat nonummy erat lobortis. Sem felis ipsum massa volutpat, pharetra, magna ante tellus consectetur erat tellus consectetur erat laoreet, non at pulvinar nisi et volutpat amet ac. Lobortis aliquet felis lorem congue, praesent, mauris pharetra erat nunc sem sed massa molestie consectetur erat, massa aliquet consectetur ac massa tellus consectetur. Sed tincidunt, euismod consectetur sed tincidunt sem mauris sed dolore proin eget pharetra dolore ante lorem tincidunt praesent adipiscing, lorem lobortis ullamcorper turpis. Lorem tincidunt ullamcorper turpis tempus, lobortis diam felis sit donec laoreet, tellus consectetur erat, massa, non elit pulvinar, aliquam eget pulvinar nisi nibh. Euismod amet aliquam nibh volutpat amet donec ante volutpat nonummy sit magna mi id, pharetra diam id sit magna mi id feugiat nisi. Et felis pulvinar nisi et id, sit nisi, nibh euismod sit aliquam et id turpis aliquam et id turpis nibh euismod turpis tempus. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
+89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt proin molestie, amet erat lobortis elit ipsum nisi mi euismod, consectetur lorem nunc, sem mauris dolor dolore praesent mauris sed congue proin molestie dolor dolore praesent, mauris. Dolor donec ante dolor, magna mi volutpat consectetur erat ante tellus consectetur donec mi id, pharetra donec laoreet molestie sit magna laoreet aliquet consectetur erat, laoreet molestie turpis. Et id sit magna nibh tellus adipiscing dolor dolore proin eget pharetra donec massa non elit tempus lobortis ullamcorper felis feugiat, nisi laoreet euismod nonummy tempus lobortis ullamcorper. Adipiscing feugiat congue praesent molestie pharetra magna et molestie sit congue, mi molestie, turpis erat laoreet tellus, turpis ac laoreet tellus at dolore ante volutpat pharetra donec proin. Eget pharetra dolore, ante molestie amet donec, ante volutpat amet erat ante volutpat pharetra magna ante molestie pharetra magna mi feugiat congue diam felis ipsum congue et id. Consectetur ac laoreet tellus consectetur ac laoreet, euismod turpis dolor tincidunt tellus lorem tincidunt, aliquet, at, dolor dolore praesent mauris sed dolore, ante volutpat pharetra donec massa non. Elit ipsum ut diam elit tempus ut diam id pulvinar nisi elit, ipsum ut et euismod turpis ac, congue mi, mauris pharetra dolore ante volutpat consectetur tempus nunc. Non consectetur erat massa, non nonummy, sed nunc sem elit massa tellus at sed nunc sem elit sed nunc aliquet at sed nunc aliquet at pulvinar dolore proin. Mauris dolor, dolore proin, at dolor, dolore praesent mauris tincidunt aliquet mauris dolor, magna mi felis lorem congue diam mauris feugiat congue mi molestie consectetur erat mi, molestie. Consectetur erat massa, tellus, consectetur dolor dolore aliquet dolor nunc sem at sed tincidunt tellus adipiscing lorem, tincidunt aliquet at lorem nibh euismod amet, ac tincidunt praesent, mauris. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Awakuni v. Awana.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
 115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nonummy erat ante tellus tincidunt, diam, adipiscing donec proin. At lorem laoreet id, erat et nonummy dolore aliquet. Turpis aliquam et elit sed laoreet id pulvinar massa. Volutpat magna praesent felis tempus ante mauris, lorem, tincidunt. Ullamcorper adipiscing lorem et eget sed mi, id ipsum. Massa non pharetra, tincidunt ullamcorper amet, dolore tellus ac. Et eget sed laoreet, mauris tempus ante mauris sed. </w:t>
+        <w:t xml:space="preserve">Tempus ut, praesent tellus elit pulvinar aliquam et volutpat amet tempus nibh, euismod turpis proin volutpat pulvinar dolore ante, non nonummy lorem lobortis diam id feugiat congue. Et, id sit magna laoreet tellus at sed tincidunt aliquet at, sed nunc turpis ac laoreet tellus turpis ac laoreet, ullamcorper adipiscing feugiat congue ullamcorper adipiscing ac. Tincidunt ullamcorper adipiscing, tempus nibh euismod amet nisi ante volutpat nonummy lobortis ullamcorper, felis ipsum ut ullamcorper nonummy tempus ante non, amet erat massa sem, felis feugiat. Magna mi id consectetur lorem, laoreet tellus ac laoreet, tellus adipiscing lorem laoreet ullamcorper adipiscing ac et volutpat pulvinar aliquam nibh volutpat amet aliquam ante ullamcorper adipiscing. Lorem lobortis ullamcorper nonummy aliquam nibh non dolore proin, mauris lorem tincidunt, aliquet at dolor congue praesent mauris dolor congue praesent molestie consectetur magna ante tellus consectetur. Donec laoreet tellus, at erat nunc tellus, congue diam felis feugiat magna, mi euismod turpis magna mi id pulvinar nisi nibh id pulvinar nisi et elit ipsum. Non, eget ipsum nisi, proin elit dolor dolore proin eget amet nisi ante euismod amet, donec, ante eget pulvinar donec proin eget amet dolore proin mauris, nibh. Ullamcorper adipiscing, ac lobortis, ullamcorper turpis tempus lobortis ullamcorper amet nisi proin mauris dolor dolore proin eget amet donec proin, eget dolor dolore praesent molestie amet mi. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy ipsum congue et id feugiat ullamcorper felis ipsum nisi diam elit ipsum ut diam felis pulvinar. Nisi et euismod turpis lorem, congue proin eget dolor congue praesent volutpat amet erat massa elit ipsum ut. Et euismod turpis ac laoreet euismod sit aliquam et, eget pulvinar nisi et id amet nisi nibh euismod. Amet lorem tincidunt amet aliquam nibh, volutpat pulvinar dolore proin, volutpat pulvinar dolore ante eget amet donec ante. Non, elit, tempus massa non amet tempus ut et, euismod turpis lorem aliquet at sed tincidunt aliquet at. Dolor congue, praesent at sed tincidunt, aliquet molestie, dolor dolore mi molestie consectetur donec mi non consectetur, erat. Mauris sit donec, massa, tellus consectetur erat massa sem eget ipsum dolore sem elit pulvinar aliquam et volutpat. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
+89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nunc sem elit pulvinar ac tincidunt aliquet felis feugiat congue mi mauris consectetur donec ante molestie pharetra erat nunc, consectetur erat laoreet tellus pharetra congue diam elit tempus lobortis. Sem elit ipsum lobortis non elit ipsum nisi nibh id sit magna nibh tellus ac nibh id amet, ac lobortis aliquet at lorem tincidunt euismod, amet aliquam nibh volutpat pulvinar. Donec nibh euismod amet aliquam ante volutpat pharetra donec ante molestie donec proin molestie pharetra, dolore mi mauris, feugiat, donec massa non nonummy ipsum ut et id pulvinar aliquam laoreet. Tellus at dolor dolore mauris dolor congue praesent mauris feugiat tincidunt aliquet mauris dolor magna praesent mauris sit magna laoreet mauris sit ut diam felis feugiat ut et id feugiat. Congue amet erat massa non nonummy tempus nunc diam euismod, turpis ac laoreet tellus, at sed congue ante non adipiscing ipsum ut diam elit feugiat nisi et id ut sem. Elit ipsum ut diam eget ipsum aliquam nibh euismod adipiscing ac laoreet aliquet, mauris dolor donec massa non, donec ante non nonummy tempus massa diam id sit ac nibh euismod. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Awakuni v. Awana.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
+115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor sem euismod felis sit magna massa tellus consectetur erat massa non at ipsum dolore et euismod adipiscing tempus nibh euismod turpis. Lorem congue mi pharetra erat massa sem nonummy, sed ut proin, elit ipsum dolore et eget ipsum nunc, sem elit dolor nisi. Nibh euismod adipiscing, feugiat magna ante consectetur, sed nisi nibh euismod turpis ac laoreet, ullamcorper turpis lorem, lobortis ullamcorper felis feugiat tincidunt. Ullamcorper adipiscing, lorem congue praesent molestie pharetra erat massa sem, eget nunc non at sed, nunc proin eget dolor dolore sem elit. Dolor nisi nibh euismod nonummy lorem congue, diam felis feugiat congue mi, sit magna mi molestie turpis ac laoreet tellus at, sed. Nunc proin eget dolor nunc proin volutpat adipiscing feugiat congue praesent id pharetra, ac massa non elit massa aliquet elit pulvinar nisi. Nibh diam adipiscing feugiat congue praesent, molestie nonummy pulvinar aliquam laoreet ullamcorper turpis lorem congue praesent, molestie dolor, donec ante non nonummy. Ut et, felis sit magna nibh tellus adipiscing lorem nunc praesent at dolor donec ante volutpat nonummy tempus massa non dolore praesent. Mauris dolor congue praesent molestie feugiat magna mi mauris feugiat congue, praesent id sit magna mi, id pharetra erat massa sem at. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Asato v. Procurement Policy Bd..</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
+132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At pharetra dolore ante molestie pharetra dolore mi. Molestie amet erat ante nonummy tempus massa sem. Nonummy ipsum nisi et id sit, aliquam et. Eget pulvinar aliquam nibh id turpis nisi et. Euismod turpis feugiat congue mi feugiat congue praesent. Mauris pharetra erat, laoreet tellus, at erat massa. Tellus consectetur sed nunc et eget pulvinar nisi. Proin volutpat pulvinar aliquam ante eget tincidunt, aliquet. At dolor dolore, proin, mauris dolor congue proin. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
+89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis turpis sed nunc ante lorem tincidunt praesent, at pharetra, dolore massa non amet donec ante volutpat consectetur tempus lobortis diam felis. Sit magna nibh euismod adipiscing ac laoreet, pulvinar, aliquam nibh, id amet ac lobortis aliquet felis feugiat dolore praesent mauris pharetra donec. Ante, non nonummy, erat, massa tellus consectetur sed massa non, erat nunc proin elit pulvinar dolore proin euismod turpis lorem lobortis, ullamcorper. Felis dolor tincidunt praesent mauris sit donec, laoreet tellus at ipsum non at sed nunc proin elit sed nunc proin elit dolor. Dolore ante, volutpat nonummy donec nibh non amet tempus lobortis diam id sit ac mi tellus ac laoreet tellus at pulvinar aliquam. Lobortis diam felis sit, magna massa non consectetur erat nunc sem elit pulvinar nisi, lobortis aliquet mauris pharetra congue praesent mauris lobortis. Ullamcorper felis dolor congue mi mauris sit congue mi id pharetra erat massa non, elit pulvinar, nisi et eget amet nisi ante. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Anderson v. United States.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
 612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod amet nunc tellus sit nunc tellus ut ullamcorper amet congue aliquet amet, nisi proin at erat laoreet felis ipsum massa. Molestie, pharetra magna ullamcorper nonummy aliquam ante at ac, et elit praesent, nonummy aliquam proin mauris lorem lobortis volutpat pulvinar laoreet. Molestie feugiat lobortis sem consectetur, congue diam nonummy donec praesent consectetur ac nibh elit erat tellus sit ut non amet dolore. Aliquet adipiscing aliquam proin elit erat diam consectetur donec diam nonummy nisi aliquet turpis nisi non sit diam nonummy aliquam proin. Adipiscing ac et eget sed laoreet felis erat mi adipiscing aliquam proin at ac mi, elit, tempus mi adipiscing aliquam proin. Mauris sed euismod sit nisi sem consectetur magna et elit erat praesent adipiscing ac proin at magna et elit tempus ante. Mauris lorem lobortis volutpat dolor tincidunt id ipsum, tellus pharetra magna diam elit donec praesent at nisi aliquet consectetur nisi, sem. </w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve">Aliquam, nibh volutpat dolor tincidunt euismod, sit aliquam, et eget sed massa feugiat lobortis non amet. Donec, praesent felis tempus ante mauris erat mi felis erat ante, molestie feugiat nibh eget sed. Laoreet id pulvinar massa molestie lobortis volutpat feugiat tincidunt volutpat dolor nunc molestie feugiat, ut non. Pharetra magna euismod amet dolore proin at ac et elit donec praesent adipiscing aliquam mauris lorem. Nibh volutpat, ipsum laoreet id sit lobortis volutpat consectetur magna diam adipiscing tempus nibh eget sed. Tincidunt, tellus turpis nisi sem ac diam felis aliquam proin at ac et, at ac mi. </w:t>
+        <w:t xml:space="preserve">Amet feugiat congue mi volutpat consectetur tempus massa non elit ipsum nisi. Et tellus adipiscing ac tincidunt adipiscing lorem congue praesent molestie pharetra dolore. Mi molestie consectetur erat massa, sem elit ipsum ut diam elit ipsum. Nunc proin eget, pulvinar nisi eget pulvinar nisi nibh, volutpat pulvinar nisi. Ante euismod, nonummy aliquam nibh euismod adipiscing tempus lobortis non nonummy feugiat. Ut diam felis feugiat congue et molestie adipiscing lorem, lobortis ullamcorper felis. Lorem tincidunt diam felis lorem ut diam, felis feugiat, congue mi, molestie. Sit ac laoreet aliquet at pulvinar nisi volutpat amet aliquam nibh euismod. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
 89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
-      </w:r>
-[...124 lines deleted...]
-612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>TABLE OF AUTHORITIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOA \c 1 </w:instrText>
@@ -307,99 +271,99 @@
         <w:tab/>
         <w:t>2, 3, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Anderson v. United States, 612 F.2d 1112 (9th Cir.1980)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>1, 2, 4</w:t>
+        <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Asato v. Procurement Policy Bd., 132 Hawai'i 333, 322 P.3d 228 (2014)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>1, 3</w:t>
+        <w:t>1, 2, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Awakuni v. Awana, 115 Hawai'i 126, 165 P.3d 1027 (2007)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>1, 2, 3</w:t>
+        <w:t>2, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -937,51 +901,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4d8726fb0456434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbbd0c1ed39854d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfb5c100ca554486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R363cec8efb8a4984" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3736c2145e5f49a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc8b8e43ef5444445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1fd7e1c705a64804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ree55639d270a43df" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>