--- v5 (2026-01-31)
+++ v6 (2026-03-17)
@@ -1,369 +1,351 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfd41feb2d9604055" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R70b867dda0e44aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R54b50e10cab54998" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R626870299ae94344" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R42a3db488dfc4528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re220f43762614f79" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem proin ullamcorper sem id adipiscing pharetra feugiat magna laoreet, ante adipiscing tempus, tincidunt, praesent, molestie nonummy ipsum ut et id turpis lorem congue. Massa diam id consectetur sed nunc sem eget amet tempus lobortis ullamcorper, adipiscing magna, laoreet molestie sit donec laoreet non at amet aliquam et. Euismod, turpis ac nibh, euismod turpis tempus lobortis ullamcorper, felis sit magna ante non sed ut proin, eget pulvinar nisi lobortis euismod turpis ac. Lobortis ullamcorper felis, dolor congue praesent mauris feugiat congue mi, molestie consectetur donec molestie consectetur, erat, massa tellus at sed nunc aliquet at sed. Nunc proin eget pulvinar nisi proin euismod amet tempus lobortis ullamcorper adipiscing aliquam nibh non nonummy ut diam id feugiat magna mi tellus turpis. Ac tincidunt sem mauris sed nunc praesent, mauris sed nunc tellus turpis aliquam nibh euismod turpis aliquam lobortis euismod nisi proin eget, dolor nisi. Sem eget pulvinar donec proin mauris sed, tincidunt aliquet adipiscing nonummy aliquam ante molestie dolor, proin molestie dolor dolore mi, molestie pharetra magna mi. </w:t>
+        <w:t xml:space="preserve">Nunc ante nibh, aliquet euismod nonummy, lorem ut ullamcorper adipiscing feugiat ut ullamcorper nonummy aliquam, massa, molestie dolor, praesent turpis aliquam ante mauris lorem. Tempus nibh eget sed tincidunt tellus, pulvinar nunc tellus feugiat lobortis volutpat dolor tincidunt euismod ipsum, massa tellus ut sem pharetra dolore aliquet turpis. Dolore aliquet turpis nisi diam consectetur, donec praesent adipiscing tempus ante eget sed laoreet euismod pulvinar, nunc aliquet sit nisi non, dolore, praesent felis. Lorem, lobortis eget, dolor, laoreet id pulvinar nunc, tellus sit congue diam amet dolore aliquet, turpis nisi, sem at sed laoreet turpis magna diam. Felis ipsum, ante, mauris feugiat tincidunt ullamcorper amet dolore aliquet sit nisi non sit ut, non pharetra dolore ullamcorper amet, nunc aliquet consectetur et. Felis feugiat lobortis molestie dolor congue ullamcorper nonummy, dolore praesent adipiscing aliquam proin elit, erat laoreet molestie sit, ut ullamcorper nonummy dolore praesent turpis. Aliquam praesent adipiscing aliquam, proin, at, ac diam consectetur, magna diam nonummy dolore aliquet turpis nisi non pharetra congue diam amet donec aliquet turpis. Aliquam proin at erat id ipsum massa molestie dolor tincidunt ullamcorper nonummy donec aliquet at lorem laoreet id sed mi felis ipsum massa molestie. Pharetra, dolore aliquet adipiscing lorem ante at tincidunt euismod turpis nisi sem consectetur magna diam nonummy donec praesent adipiscing ac et, eget erat, mi. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Asato v. Procurement Policy Bd..</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
 132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Congue laoreet aliquet, elit tincidunt sem eget, amet, lorem tincidunt diam mauris sit congue mi tellus consectetur sed massa non consectetur erat massa sem. Eget pulvinar nisi et euismod nisi nibh euismod nonummy tempus, nibh ullamcorper adipiscing lorem congue praesent molestie pharetra erat laoreet tellus, consectetur, sed nunc. Et volutpat amet lorem tincidunt ullamcorper aliquam lobortis ullamcorper, felis feugiat, congue praesent molestie pharetra donec mi molestie consectetur ac mi molestie turpis ac. Tincidunt, aliquet at dolor dolore at sed nunc praesent at dolor, dolore praesent at sed dolore proin, molestie pharetra erat, lobortis ullamcorper elit ipsum. Lobortis diam nonummy, donec mi molestie pharetra erat mauris sit magna praesent id feugiat congue, laoreet tellus consectetur sed nunc proin eget pulvinar nisi. Proin eget pulvinar nisi ante volutpat dolor nunc proin, mauris dolor ullamcorper adipiscing ac tincidunt aliquet at feugiat tincidunt praesent felis dolor congue praesent. Mauris dolor magna nunc non consectetur mi, mauris sit congue praesent, id sit, magna, diam elit tempus massa volutpat amet tempus lobortis non consectetur. Tempus ut, et eget pulvinar ut diam elit erat molestie sit magna laoreet id sit magna mi id feugiat magna mi id sit magna. </w:t>
+        <w:t xml:space="preserve">Massa tellus consectetur, ac mi, felis ipsum massa molestie feugiat. Tincidunt ullamcorper adipiscing, aliquam, ante mauris sed, nibh, pulvinar ut. Sem consectetur donec praesent adipiscing donec proin at lorem, laoreet. Eget ipsum massa molestie sit ut non pharetra magna aliquet. Amet nisi sem ac et elit sed mi felis tempus. Proin volutpat dolor congue euismod pulvinar dolore aliquet consectetur magna. Sem nonummy erat praesent adipiscing, aliquam ante mauris lorem elit. Ipsum massa molestie sit ut non pharetra congue ullamcorper, pulvinar. Dolore aliquet turpis congue diam nonummy donec praesent adipiscing aliquam. Proin mauris ac id ipsum massa tellus pharetra congue ullamcorper. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Anderson v. United States.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
+612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum ut, sem consectetur donec, mi molestie lorem eget sed tincidunt ullamcorper amet nisi sem consectetur ac diam nonummy erat ante. Volutpat pharetra congue ullamcorper amet nunc, tellus sit ut non consectetur congue adipiscing tempus ante mauris sed laoreet euismod pulvinar dolore. Sem at erat mi felis ipsum massa molestie feugiat lobortis volutpat pulvinar nunc tellus sit ut consectetur donec praesent adipiscing tempus. Proin at ac et elit sed, laoreet felis tempus ante mauris lorem ante mauris lorem nibh id, sit, non pharetra magna. Diam adipiscing tempus massa mauris feugiat nibh elit sed massa molestie sit ut non pharetra congue euismod pulvinar dolore sem consectetur. Ac nibh eget laoreet id feugiat lobortis non pharetra tincidunt euismod amet, nisi sem turpis magna sem consectetur donec, diam amet. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Awakuni v. Awana.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
+115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem volutpat, pulvinar dolore, sem at magna diam elit tempus nunc tellus aliquam massa molestie dolor congue aliquet turpis aliquam nibh eget nunc euismod tempus mi. Mauris feugiat tincidunt, ullamcorper amet dolore tellus turpis aliquam, proin elit donec praesent adipiscing ipsum massa volutpat dolor tincidunt ullamcorper amet proin at ac et elit. Erat mi felis lorem, ante mauris lorem, laoreet id sed laoreet molestie feugiat massa molestie feugiat, lobortis volutpat ipsum nunc tellus sit non consectetur erat mi. Mauris, lorem, nibh eget dolor laoreet id ipsum massa, tellus pharetra congue ullamcorper amet dolore aliquet adipiscing, aliquam proin magna et consectetur donec praesent adipiscing aliquam. Nibh eget dolor tincidunt tellus sit ut sem at donec diam nonummy donec praesent turpis nisi sem at ac diam dolore praesent adipiscing aliquam sem at. Ac nibh id, sed laoreet mauris tempus ante at ac et at ac mi felis, erat, ante mauris dolor tincidunt volutpat tincidunt tellus sit nisi non. Consectetur magna diam adipiscing tempus ante mauris sed tincidunt euismod pulvinar massa molestie feugiat ut pharetra congue ullamcorper turpis nisi aliquet, consectetur nisi sem consectetur magna. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Awakuni v. Awana.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Awakuni v. Awana,
+115 Hawai'i 126, 165 P.3d 1027 (2007)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem elit dolor laoreet euismod pulvinar nunc, tellus sit congue, ullamcorper amet nunc, tellus turpis aliquam sem. At erat laoreet id tempus proin adipiscing nisi elit, sed laoreet felis, ipsum nunc mauris feugiat nibh eget. Sed tincidunt, euismod sit aliquam, sem consectetur magna diam nonummy, aliquam ante mauris lorem lobortis pulvinar dolore aliquet. Turpis magna diam nonummy donec diam amet dolore tellus sit nisi, sem consectetur congue diam nonummy aliquam proin. At, aliquam, proin at magna nonummy donec mi mauris dolor congue, euismod amet dolore, aliquet consectetur magna diam. Nonummy donec praesent adipiscing aliquam praesent adipiscing aliquam proin at ac felis tempus ante molestie feugiat lobortis volutpat. Dolor, nunc aliquet, turpis ut, non, pharetra magna praesent adipiscing donec praesent, adipiscing aliquam proin at ac et. Elit, erat adipiscing aliquam proin at magna diam elit tempus ante tellus sit ut non pharetra nunc aliquet. Turpis, aliquam proin at ac mi felis ipsum lobortis, volutpat donec mi felis lorem nibh eget sed tincidunt. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
+89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt praesent felis proin elit dolor tincidunt tellus, turpis magna et elit, sed, massa id feugiat. Lobortis non amet dolore praesent at lorem, et elit, erat mi id, ac mi magna praesent. Felis feugiat lobortis volutpat dolor congue euismod amet nunc tellus turpis nisi sem consectetur magna ullamcorper. Nonummy nisi aliquet, turpis, et elit erat laoreet molestie ipsum massa molestie dolor tincidunt euismod pulvinar. Dolore sem consectetur ac et felis ipsum ante felis aliquam proin at lorem laoreet id ac. Et eget ipsum, laoreet tellus, pharetra congue ullamcorper amet dolore praesent felis aliquam proin consectetur magna. Diam nonummy donec praesent nonummy aliquam mauris lorem laoreet id sed laoreet molestie sit ut volutpat. Dolor congue euismod ipsum massa id ipsum massa mauris feugiat nibh volutpat dolor tincidunt, euismod pulvinar. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Anderson v. United States.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
+612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis magna diam nonummy donec mi felis lorem nibh eget, lorem nibh eget erat, felis ipsum lobortis volutpat dolor lobortis euismod pulvinar massa id. Sit nisi sem consectetur magna praesent nonummy donec sem turpis magna diam, consectetur magna diam aliquam proin at sed laoreet eget, ipsum laoreet, molestie sit. Ut sem consectetur magna diam turpis nisi sem at ac et nonummy donec praesent adipiscing tempus, mauris lorem laoreet id pulvinar nunc aliquet, consectetur magna. Et id, tempus ante mauris lorem nibh, volutpat sed laoreet, id, pulvinar nunc molestie, nibh, eget dolor laoreet id ipsum massa molestie feugiat lobortis volutpat. Pharetra congue ullamcorper amet nunc tellus sit nunc tellus sit tincidunt euismod pulvinar nunc tellus sit sem, at ac diam, nonummy, donec praesent adipiscing aliquam. Et elit erat mi elit erat ante felis tempus proin mauris lorem nibh id erat mi id tempus volutpat dolor congue ullamcorper amet dolore aliquet. Consectetur ac mi felis erat mi felis lorem ante mauris ac, nibh euismod, ut sem pharetra, congue ullamcorper, amet dolore praesent adipiscing ac et consectetur. Ac mi felis tempus massa molestie lorem nibh volutpat dolor tincidunt aliquet, turpis nisi sem donec, praesent adipiscing tempus proin at ac et elit erat. Mi id ipsum massa mauris lorem ante mauris erat mi id ipsum massa mauris tempus nibh eget nibh id, pulvinar massa, id tempus ante mauris. Lorem nibh eget sed laoreet id ipsum, ante molestie feugiat, lobortis euismod pulvinar nunc tellus sit nunc tellus congue, diam nonummy, donec praesent at lorem. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Asato v. Procurement Policy Bd..</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
 132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sed nisi et eget, dolor aliquam ante mauris dolor nunc praesent, at dolor nunc praesent mauris pharetra. Dolore ante volutpat pharetra ante volutpat nonummy tempus lobortis sem elit, ipsum nisi mi euismod at sed. Nunc proin eget pharetra donec ante ullamcorper, adipiscing ipsum massa volutpat dolore ante, volutpat consectetur tempus massa. Volutpat consectetur erat, massa tellus nonummy sed ut sem elit erat massa, non at sed massa aliquet. At erat massa aliquet sed nunc sem mauris dolor, dolore, praesent eget amet tempus nibh non amet. Aliquam, lobortis non nonummy, aliquam massa volutpat amet erat massa pharetra donec ante, non, elit ipsum, nisi. </w:t>
+        <w:t xml:space="preserve">Sit congue adipiscing tempus ante eget sed tincidunt euismod pulvinar dolore aliquet consectetur nisi sem nonummy dolore praesent felis tempus proin, at. Ac sem elit, donec non, consectetur donec mi, id ipsum ante molestie feugiat, tincidunt ullamcorper pulvinar dolore aliquet consectetur magna diam elit. Donec ante molestie feugiat tincidunt euismod dolor proin adipiscing nisi proin, at, ac et elit donec praesent turpis nisi proin at erat. Mi elit tempus ante felis tempus ante mauris lorem nibh id ipsum molestie sit ut ullamcorper amet congue euismod amet nunc tellus. Sit, ut sem consectetur erat mi felis aliquam proin at magna et nonummy praesent adipiscing donec aliquet turpis ut non pharetra congue. Ullamcorper, elit erat praesent adipiscing aliquam proin consectetur ac, et nonummy donec praesent adipiscing aliquam aliquet sit nisi nonummy donec praesent adipiscing. Donec proin mauris ac nibh elit ac mi felis tempus praesent adipiscing aliquam nibh eget dolor nunc euismod, ipsum, massa molestie feugiat. Nibh nonummy aliquam proin adipiscing ac et at ac et nonummy donec aliquet amet dolore aliquet consectetur magna sem pharetra congue pulvinar. Nunc praesent at aliquam diam nonummy magna mi adipiscing donec praesent adipiscing aliquam et at erat et, felis tempus massa molestie feugiat. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Asato v. Procurement Policy Bd..</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Asato v. Procurement Policy Bd.,
 132 Hawai'i 333, 322 P.3d 228 (2014)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nunc nibh volutpat turpis lorem tincidunt praesent pharetra erat massa molestie sit congue praesent felis, ipsum congue diam felis sit ac mi, id. Turpis ac nunc aliquet mauris dolor nunc proin mauris dolore praesent mauris sed congue praesent mauris dolor dolore ante volutpat nonummy erat lobortis. Sem felis ipsum massa volutpat, pharetra, magna ante tellus consectetur erat tellus consectetur erat laoreet, non at pulvinar nisi et volutpat amet ac. Lobortis aliquet felis lorem congue, praesent, mauris pharetra erat nunc sem sed massa molestie consectetur erat, massa aliquet consectetur ac massa tellus consectetur. Sed tincidunt, euismod consectetur sed tincidunt sem mauris sed dolore proin eget pharetra dolore ante lorem tincidunt praesent adipiscing, lorem lobortis ullamcorper turpis. Lorem tincidunt ullamcorper turpis tempus, lobortis diam felis sit donec laoreet, tellus consectetur erat, massa, non elit pulvinar, aliquam eget pulvinar nisi nibh. Euismod amet aliquam nibh volutpat amet donec ante volutpat nonummy sit magna mi id, pharetra diam id sit magna mi id feugiat nisi. Et felis pulvinar nisi et id, sit nisi, nibh euismod sit aliquam et id turpis aliquam et id turpis nibh euismod turpis tempus. </w:t>
-[...125 lines deleted...]
-        <w:t xml:space="preserve">Felis turpis sed nunc ante lorem tincidunt praesent, at pharetra, dolore massa non amet donec ante volutpat consectetur tempus lobortis diam felis. Sit magna nibh euismod adipiscing ac laoreet, pulvinar, aliquam nibh, id amet ac lobortis aliquet felis feugiat dolore praesent mauris pharetra donec. Ante, non nonummy, erat, massa tellus consectetur sed massa non, erat nunc proin elit pulvinar dolore proin euismod turpis lorem lobortis, ullamcorper. Felis dolor tincidunt praesent mauris sit donec, laoreet tellus at ipsum non at sed nunc proin elit sed nunc proin elit dolor. Dolore ante, volutpat nonummy donec nibh non amet tempus lobortis diam id sit ac mi tellus ac laoreet tellus at pulvinar aliquam. Lobortis diam felis sit, magna massa non consectetur erat nunc sem elit pulvinar nisi, lobortis aliquet mauris pharetra congue praesent mauris lobortis. Ullamcorper felis dolor congue mi mauris sit congue mi id pharetra erat massa non, elit pulvinar, nisi et eget amet nisi ante. </w:t>
+        <w:t xml:space="preserve">Tempus lobortis non amet, dolore praesent, adipiscing aliquam sem at, ac et ipsum nunc tellus, sit ut, non nonummy donec praesent at. Ac nibh id ipsum laoreet id feugiat lobortis non pharetra tincidunt ullamcorper amet nisi sem at nibh elit erat praesent adipiscing tempus. Nibh, volutpat, pharetra dolore aliquet turpis, dolore aliquet consectetur congue ullamcorper amet dolore aliquet adipiscing, tempus, proin mauris sed euismod, ipsum nunc. Tellus pharetra congue non pharetra tincidunt euismod pulvinar nunc tellus consectetur magna diam amet dolore, praesent adipiscing aliquam proin consectetur laoreet tellus. Turpis nisi diam nonummy donec, diam nonummy aliquam praesent adipiscing ac nibh eget sed laoreet molestie, ipsum massa volutpat dolor tincidunt, ullamcorper. Turpis, nisi sem magna diam consectetur donec praesent felis tempus nibh mauris lorem nibh eget sed laoreet id ipsum massa mauris lorem. Nibh volutpat amet dolore, aliquet turpis nisi sem congue ullamcorper amet, donec praesent adipiscing nisi sem at erat, mi id feugiat lobortis. Volutpat dolor, congue, ullamcorper turpis aliquam elit sed tincidunt tellus pulvinar massa tellus feugiat, nibh volutpat sed laoreet id ipsum mi molestie. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Anderson v. United States.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
 612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Amet feugiat congue mi volutpat consectetur tempus massa non elit ipsum nisi. Et tellus adipiscing ac tincidunt adipiscing lorem congue praesent molestie pharetra dolore. Mi molestie consectetur erat massa, sem elit ipsum ut diam elit ipsum. Nunc proin eget, pulvinar nisi eget pulvinar nisi nibh, volutpat pulvinar nisi. Ante euismod, nonummy aliquam nibh euismod adipiscing tempus lobortis non nonummy feugiat. Ut diam felis feugiat congue et molestie adipiscing lorem, lobortis ullamcorper felis. Lorem tincidunt diam felis lorem ut diam, felis feugiat, congue mi, molestie. Sit ac laoreet aliquet at pulvinar nisi volutpat amet aliquam nibh euismod. </w:t>
+        <w:t xml:space="preserve">Tincidunt aliquet mauris, lorem laoreet id sed laoreet felis aliquam ante mauris sed. Tincidunt euismod pulvinar nunc tellus sit ut non sit nisi non, dolor tincidunt. Ullamcorper amet donec praesent turpis ut non pharetra magna diam adipiscing donec aliquet. Adipiscing, ac et at ac et felis massa molestie lorem ante at sed. Laoreet euismod pulvinar nunc non pharetra lobortis, non pharetra tincidunt euismod pulvinar nunc. Tellus turpis magna et elit erat mi molestie magna praesent adipiscing aliquam proin. At lorem tincidunt euismod pulvinar nunc tellus pharetra congue ullamcorper nonummy donec proin. At ac et eget erat felis ipsum massa, molestie feugiat lobortis volutpat dolor. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>See case Anderson v. United States.</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TA \l "Anderson v. United States,
+612 F.2d 1112 (9th Cir.1980)" \c 1 </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem nibh euismod amet dolore. At lorem laoreet id ipsum nunc. Non pharetra congue diam nonummy aliquam. Proin adipiscing ac nibh eget erat. Laoreet felis tempus massa, molestie feugiat. Nibh erat laoreet id ipsum massa. Molestie feugiat lobortis volutpat amet donec. </w:t>
       </w:r>
       <w:r>
         <w:t>See case Alejado v. City &amp; Cty. of Honolulu.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TA \l "Alejado v. City &amp; Cty. of Honolulu,
 89 Hawai'i 221, 971 P.2d 310 (App. 1998)" \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>TABLE OF AUTHORITIES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOA \c 1 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Alejado v. City &amp; Cty. of Honolulu, 89 Hawai'i 221, 971 P.2d 310 (App. 1998)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>2, 3, 4</w:t>
+        <w:t>2, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Anderson v. United States, 612 F.2d 1112 (9th Cir.1980)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>4</w:t>
+        <w:t>1, 2, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Asato v. Procurement Policy Bd., 132 Hawai'i 333, 322 P.3d 228 (2014)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
         <w:t>1, 2, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TableofAuthorities"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Awakuni v. Awana, 115 Hawai'i 126, 165 P.3d 1027 (2007)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:tab/>
-        <w:t>2, 3</w:t>
+        <w:t>1, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -901,51 +883,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3736c2145e5f49a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc8b8e43ef5444445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1fd7e1c705a64804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ree55639d270a43df" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R65be8b3c3ff44b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f9d85bd662742df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdd9fac5d2f3c48be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2d192762de224b51" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>