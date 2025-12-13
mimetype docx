--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbd45cf3d2eec4782" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf915c19dcea747e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Refb85f40c30e4217" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4f22f0badc594bf2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5f529d9fc5884ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8ec3f959082a4e7c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Table of Contents</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o \f \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
@@ -54,145 +54,145 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Top-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc0 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc1 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc2 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
@@ -204,2711 +204,1840 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc4">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc4 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc4">
+      <w:hyperlink w:history="true" w:anchor="_Toc5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc4 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc5">
+      <w:hyperlink w:history="true" w:anchor="_Toc6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc6">
+      <w:hyperlink w:history="true" w:anchor="_Toc7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc8">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc9">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc10">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc11">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc12">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc13">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc7">
+      <w:hyperlink w:history="true" w:anchor="_Toc14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Top-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc8">
+      <w:hyperlink w:history="true" w:anchor="_Toc15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc9">
+      <w:hyperlink w:history="true" w:anchor="_Toc16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc10">
+      <w:hyperlink w:history="true" w:anchor="_Toc17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc18">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc11">
+      <w:hyperlink w:history="true" w:anchor="_Toc19">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc20">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc12">
-[...9 lines deleted...]
-          <w:t>TC Field for Second-level header 2</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc22">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc13">
+      <w:hyperlink w:history="true" w:anchor="_Toc23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc14">
+      <w:hyperlink w:history="true" w:anchor="_Toc24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc15">
+      <w:hyperlink w:history="true" w:anchor="_Toc25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
-[...46 lines deleted...]
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc17">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 1</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc26">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc26 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
-[...327 lines deleted...]
-        <w:r>
           <w:t>9</w:t>
-        </w:r>
-[...656 lines deleted...]
-          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:t>Top-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna felis ipsum, pharetra adipiscing at id ullamcorper. Proin nibh nisi sed consectetur id diam lobortis. Diam massa donec pharetra mauris diam tincidunt, aliquam. Volutpat et nisi pulvinar elit proin dolore ipsum. Elit tellus laoreet donec consectetur, molestie praesent ut. Lorem nonummy euismod lobortis tempus turpis volutpat nibh. </w:t>
+        <w:t xml:space="preserve">Sit volutpat tellus diam praesent ante nunc ac sit id non ante dolore praesent tincidunt ac turpis id sem nunc, sed nonummy tellus ante. Lobortis aliquam, dolor at id diam ut, ipsum nonummy volutpat mi congue lorem adipiscing laoreet aliquam sit id diam nunc donec consectetur tellus ante. Magna dolor felis euismod nibh dolore dolor elit sem nunc sed at non nunc sed id praesent ut feugiat felis diam, congue, lorem turpis. Volutpat ante, aliquam turpis, euismod et nisi amet eget et nunc ipsum at non laoreet erat amet euismod ante donec pulvinar eget aliquet tincidunt. Erat, turpis id mi ac turpis tellus laoreet congue feugiat adipiscing diam congue feugiat adipiscing ullamcorper lobortis ac turpis id et nisi turpis molestie. Laoreet ut ipsum felis ullamcorper lobortis tempus nonummy non nibh aliquam nonummy volutpat ante donec, dolor at sem tincidunt erat aliquam turpis euismod nibh. Nisi, ipsum at non nunc sed consectetur felis diam ut lorem adipiscing euismod lobortis lorem adipiscing ullamcorper nibh nisi pulvinar lorem, adipiscing aliquet tincidunt. Ac, amet euismod nibh nisi sit id nibh magna turpis euismod nibh nisi ipsum elit sem lobortis ipsum felis et magna feugiat elit, proin. Congue lorem turpis euismod nibh aliquam, turpis tellus laoreet magna sit id et, ut tempus elit diam lobortis tempus, amet molestie proin donec pharetra. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 1" </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc0" w:id="3374436023118778865"/>
-      <w:bookmarkEnd w:id="3374436023118778865"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="311339322847197790"/>
+      <w:bookmarkEnd w:id="311339322847197790"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor, turpis id et ut tempus nonummy volutpat massa donec amet. At aliquet laoreet ac sit elit diam nunc tempus amet volutpat. Ante dolore sed, at tellus mi congue, tempus nonummy, volutpat ante. Dolore sed mauris praesent nunc, ac turpis tellus nibh, ac turpis. Diam lobortis, donec dolor at aliquet congue lorem turpis ullamcorper nibh. Ac turpis id et ut ipsum nonummy sem massa donec dolor. Adipiscing euismod et dolore feugiat felis diam congue feugiat id, mi. Congue lorem adipiscing praesent congue feugiat adipiscing ullamcorper lobortis tempus turpis. </w:t>
+        <w:t xml:space="preserve">Id non ante donec dolor mauris diam, lobortis tempus amet volutpat et dolore. Sed elit massa ac pharetra id diam, congue lorem adipiscing euismod nibh aliquam. Nonummy volutpat proin dolore, pulvinar eget sem laoreet magna sit id diam congue. Ipsum at aliquet tincidunt ac adipiscing, euismod et, nisi pulvinar felis diam magna. Turpis, elit sem lobortis erat amet volutpat ante aliquam amet, ullamcorper lobortis, tempus. Turpis, euismod, nibh magna turpis euismod laoreet, magna pulvinar id, et ut ipsum. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc1" w:id="18349744611550417528"/>
-      <w:bookmarkEnd w:id="18349744611550417528"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="16097475165064794924"/>
+      <w:bookmarkEnd w:id="16097475165064794924"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Praesent tincidunt ac amet elit tellus laoreet magna feugiat felis ullamcorper ut lorem adipiscing ullamcorper lobortis tempus amet volutpat nibh, aliquam volutpat proin, nunc. Erat, turpis id diam lobortis tempus amet volutpat, ante dolore dolor eget ante dolore, dolor at sem tincidunt sed consectetur, tellus mi, consectetur tellus. Mi ut ipsum felis ullamcorper lobortis tempus nonummy non, proin donec dolor eget ante donec dolor mauris aliquet nunc sed elit sem nunc sed. Elit mi congue feugiat id praesent, ut lorem nonummy, non nibh aliquam amet volutpat ante aliquam pulvinar volutpat proin dolore sed consectetur tellus massa. Aliquam nonummy volutpat, ante, dolore dolor mauris proin nunc sed at aliquet tincidunt magna pulvinar felis sem lobortis tempus, nonummy, non ante donec pharetra. Molestie proin dolore eget proin, nunc sed mauris, proin nunc, dolor mauris sem tincidunt ac, turpis id ullamcorper massa, tempus nonummy ullamcorper lobortis, tempus. Nonummy eget proin dolore dolor mauris nibh ac sit id et lobortis tempus nonummy, sem lobortis, erat pharetra non, massa donec amet eget proin. </w:t>
+        <w:t xml:space="preserve">Turpis volutpat, proin, dolore ipsum felis ullamcorper lobortis tempus nonummy non nibh aliquam amet, eget sem. Tincidunt sed consectetur euismod mi ut feugiat felis, diam, lobortis ipsum felis non massa praesent congue. Lorem nonummy ullamcorper nibh aliquam nonummy volutpat nibh nisi dolor eget proin dolore dolor elit proin. Dolore, ipsum at non nunc, sed consectetur turpis, tellus laoreet ac turpis, id, et, magna sit. Elit, non ante erat amet volutpat proin dolore amet volutpat massa aliquam, amet mauris aliquet lorem. Consectetur tellus laoreet magna pulvinar felis diam, nisi ipsum felis et congue ipsum elit non massa. Aliquam amet eget proin dolore sed mauris ante donec ipsum elit sem massa, tempus nonummy non. Ante donec amet non lobortis tempus nonummy non lobortis, lorem adipiscing diam lobortis feugiat felis diam. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc2" w:id="1149837553358784817"/>
-      <w:bookmarkEnd w:id="1149837553358784817"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="1701427815095629939"/>
+      <w:bookmarkEnd w:id="1701427815095629939"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mauris ullamcorper, nibh aliquam turpis id diam ut pulvinar id et ut. Ipsum nonummy non ipsum nonummy, sem ante, erat pharetra mauris aliquet tincidunt. Ac pulvinar id et ut ipsum elit diam, ut tempus nonummy non. Massa donec pharetra volutpat erat pharetra molestie proin congue lorem at aliquet. Tincidunt, aliquam sit id sem nunc tempus consectetur molestie ante erat pharetra. Mauris praesent tincidunt lorem adipiscing congue feugiat at ullamcorper nibh ac sit. Euismod nibh aliquam sit euismod laoreet lorem at tellus, laoreet erat consectetur. Molestie et magna sit et magna sit id ullamcorper lobortis aliquam amet. Volutpat praesent, nunc, sed at aliquet, laoreet erat consectetur euismod laoreet ac. </w:t>
+        <w:t xml:space="preserve">Ante dolore pulvinar mauris sem tincidunt ac sit id mi magna sit felis ullamcorper lobortis, aliquam nonummy non nibh dolor mauris tellus laoreet ac, consectetur. Tellus tincidunt, erat at tellus laoreet ac consectetur molestie massa, erat consectetur tellus massa erat consectetur tellus nibh aliquam amet volutpat ante nisi amet eget. Ante nisi amet eget sem massa ac pharetra tellus, laoreet ac at sem nunc sed, pharetra mauris mi congue ut ipsum elit sem lobortis ipsum. Felis diam ut ipsum, felis ullamcorper, massa donec pharetra eget proin dolore dolor at tellus tincidunt, lorem at pulvinar, eget et aliquam pulvinar eget proin. Aliquam, amet id nibh lorem turpis euismod nibh ac adipiscing euismod nibh magna turpis euismod laoreet, ac turpis tellus, lobortis erat nonummy volutpat ante aliquam. Amet volutpat ante aliquam amet eget ante nunc sed, mauris sem nunc sed at tellus tincidunt ac turpis tellus massa erat pharetra mauris proin, dolore. Dolor mauris, proin dolore dolor mauris aliquet nunc dolor mauris, proin tincidunt ac turpis molestie diam congue lorem turpis euismod laoreet ac turpis euismod nibh. Aliquam sit euismod nibh, magna turpis euismod laoreet ac sit, felis diam lobortis erat amet volutpat massa tempus adipiscing ullamcorper, laoreet ac adipiscing, tellus, nibh. Nisi ipsum eget sem ante magna, consectetur molestie praesent dolore feugiat at aliquet lobortis ac, adipiscing euismod nibh ac, turpis sed at aliquet tincidunt lorem. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc3" w:id="7817413274719377714"/>
-      <w:bookmarkEnd w:id="7817413274719377714"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="16810624687316775589"/>
+      <w:bookmarkEnd w:id="16810624687316775589"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, mi magna, sit mauris diam nunc erat turpis. Id, et ut ipsum felis et congue feugiat felis. Diam congue, feugiat mauris diam lobortis aliquam nonummy euismod. Nibh nisi amet eget, sem, massa erat amet molestie. Ante congue, dolor at praesent congue ac adipiscing tellus. Nibh magna sit euismod mi magna sit id, mi. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc4" w:id="1141433034458006218"/>
+      <w:bookmarkEnd w:id="1141433034458006218"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
         <w:t xml:space="preserve">Second-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Molestie diam lobortis erat dolor at euismod nibh aliquam sit id. Proin ut ipsum nonummy non massa tempus nonummy non massa donec. Volutpat ante donec amet molestie proin dolore dolor at, ullamcorper laoreet. Ac sit euismod, nibh magna pulvinar euismod et nisi ipsum felis. Sem massa elit, ullamcorper massa donec nonummy non massa donec amet. Volutpat nibh dolore dolor eget proin dolore dolor mauris sem dolore. </w:t>
+        <w:t xml:space="preserve">Nunc magna sit felis sem lobortis, tempus elit ullamcorper massa aliquam amet eget ante donec dolor mauris praesent nunc dolor nonummy non massa donec dolor molestie ante erat amet volutpat. Massa aliquam, amet, volutpat ante, donec pharetra volutpat, nibh donec dolor mauris sem tincidunt sit id et magna turpis molestie et magna pharetra molestie mi congue sit id diam congue. Sit, felis diam ut tempus nonummy volutpat nibh aliquam amet eget volutpat ante tempus nonummy non massa aliquam amet non nibh aliquam amet volutpat ante aliquam, pulvinar eget proin nisi. Dolor at sem tincidunt sit, felis diam congue sit id praesent ut, lorem nisi ipsum nonummy non nunc erat pharetra molestie mi congue feugiat felis, aliquet tincidunt lorem adipiscing ullamcorper. Laoreet elit sem massa erat nonummy diam, ut ipsum elit sem ut tempus nonummy sem massa, ipsum nonummy non massa, tempus nonummy, non ante donec sed mauris praesent ut, ipsum. Consectetur tellus nunc tempus nonummy non, ante dolore feugiat felis ullamcorper lobortis dolore ipsum elit, sem nunc sed, pharetra eget proin dolore dolor at aliquet, nunc dolor elit proin nunc. Erat turpis, tellus massa erat consectetur, tellus mi ac, pharetra id diam ut lorem adipiscing lobortis tempus nonummy, euismod nibh nisi dolor elit aliquet massa ac sit molestie mi ac. Pharetra molestie mi donec consectetur tellus massa erat consectetur tellus massa donec magna sit molestie diam, ut ipsum elit non massa, aliquam, pharetra eget proin nunc sed at aliquet laoreet. Magna ipsum felis sem lobortis ipsum nonummy non massa diam ut ipsum, felis ullamcorper lobortis tempus adipiscing diam lobortis aliquam, amet volutpat ante nisi dolor eget ante nisi dolor elit. Sem nunc sed consectetur tellus laoreet donec pharetra eget praesent nunc elit sem massa donec pharetra mauris praesent dolore dolor mauris praesent congue sed, adipiscing aliquet laoreet ac turpis euismod. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc4" w:id="13707581009321950789"/>
-      <w:bookmarkEnd w:id="13707581009321950789"/>
+      <w:bookmarkStart w:name="_Toc5" w:id="14631343666495231778"/>
+      <w:bookmarkEnd w:id="14631343666495231778"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nunc donec pharetra mauris ullamcorper proin nisi amet eget proin dolore ipsum elit sem nunc. Erat at sem nunc erat consectetur molestie, mi ut nonummy, euismod ante dolore pulvinar elit. Proin nunc sed, at aliquet, nunc erat at tellus massa erat nonummy sem nunc erat. Consectetur tellus mi consectetur molestie mi donec dolor molestie mi donec pharetra, volutpat ante dolore. Dolor at ullamcorper laoreet, aliquam sit euismod, nibh magna sit euismod nibh magna sit pharetra. At aliquet, tincidunt lorem, at praesent nunc sed mauris aliquet laoreet erat consectetur tellus laoreet. Magna feugiat molestie laoreet ac sit id praesent congue amet eget proin dolore sed consectetur. Euismod et, lobortis erat pharetra molestie mi congue dolor mauris praesent tincidunt lorem adipiscing ullamcorper. Nibh aliquam sit eget diam tempus elit diam nunc erat nonummy non lobortis tempus, amet. </w:t>
+        <w:t xml:space="preserve">Congue ac adipiscing euismod nibh aliquam pulvinar elit sem massa sit adipiscing ullamcorper lobortis aliquam pulvinar. Consectetur euismod mi, ac turpis tellus, laoreet ac sit felis et, congue feugiat id praesent ut. Sit felis ullamcorper lobortis ut ipsum nonummy non massa tempus amet volutpat ante donec amet volutpat. Ante donec pharetra eget, proin, dolore sed at aliquet, tincidunt lorem consectetur euismod magna, turpis molestie. Mi ac, sit molestie et congue sit, id, praesent, ut, feugiat felis ullamcorper nibh donec pulvinar. Eget proin dolore dolor consectetur, non massa erat amet molestie ante dolore dolor molestie praesent tincidunt. Ac turpis id et ut pulvinar eget et ut ipsum elit sem massa tempus, nonummy eget. Sem, dolore, sed at non, laoreet erat, consectetur tellus praesent congue feugiat mauris praesent congue dolor. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc5" w:id="17379139694715142508"/>
-      <w:bookmarkEnd w:id="17379139694715142508"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="10390264923617949040"/>
+      <w:bookmarkEnd w:id="10390264923617949040"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tellus at euismod sem nunc erat. Ac sit felis ullamcorper lobortis donec. Pharetra mauris, aliquet laoreet lorem at. Tellus et nisi, ipsum elit sem. Ante, donec pharetra volutpat mi magna. Felis ullamcorper tincidunt ac, turpis ullamcorper. Nibh aliquam ipsum eget sem ut. </w:t>
+        <w:t xml:space="preserve">Tempus pulvinar eget aliquet nunc sed consectetur, tellus, mi erat. Turpis tellus mi magna feugiat felis diam ut lorem adipiscing. Non lobortis tempus erat, nonummy sem massa tempus amet volutpat. Mi congue feugiat adipiscing euismod laoreet ac turpis euismod nibh. Nisi pulvinar elit, diam nunc tempus consectetur volutpat, magna feugiat. Adipiscing, euismod proin dolore sed elit non laoreet magna feugiat. Felis ullamcorper lobortis, aliquam amet volutpat ante nunc sed mauris. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc6" w:id="1889806135505534090"/>
-      <w:bookmarkEnd w:id="1889806135505534090"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="12736215675740729540"/>
+      <w:bookmarkEnd w:id="12736215675740729540"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nibh nisi pulvinar mauris aliquet, tincidunt erat turpis tellus mi magna. Feugiat felis diam ut feugiat adipiscing ullamcorper lobortis lorem at aliquet tincidunt. Ac turpis euismod mi magna consectetur molestie mi congue feugiat elit ullamcorper. Lobortis, aliquam, amet eget, proin dolore dolor mauris aliquet laoreet nibh aliquam. Dolor at sem, massa sed consectetur tellus massa erat consectetur tellus laoreet. Donec pharetra molestie mi magna feugiat adipiscing ullamcorper lobortis feugiat, adipiscing felis. Sem lobortis ipsum elit ullamcorper ut tempus nonummy volutpat ante donec pharetra. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc8" w:id="5800628732144215712"/>
+      <w:bookmarkEnd w:id="5800628732144215712"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sem nunc tempus, amet volutpat proin dolore dolor mauris sem nunc erat consectetur tellus laoreet magna turpis tellus laoreet ac pharetra, non laoreet. Magna sit felis, euismod nibh magna pulvinar felis diam ut, tempus pharetra volutpat mi congue feugiat adipiscing aliquet, lobortis ac amet id nibh ac. Turpis eget non, massa, tincidunt, ac turpis id et nisi feugiat felis, diam ut tempus, elit non lobortis tempus adipiscing ullamcorper lobortis tempus nonummy. Non nibh dolore sed at aliquet dolore tempus, nonummy volutpat ante donec pharetra mauris proin donec pharetra mauris proin dolore dolor mauris proin nunc. Sed at tellus mi ac turpis molestie mi dolore dolor adipiscing ullamcorper lobortis ac adipiscing aliquet tincidunt lorem adipiscing aliquet tincidunt sed at aliquet. Tincidunt sed, at tellus laoreet ac turpis id et, feugiat felis diam ut ipsum felis ullamcorper lobortis tempus amet volutpat ante donec amet euismod. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc9" w:id="7912687839571045962"/>
+      <w:bookmarkEnd w:id="7912687839571045962"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar at, aliquet mi nisi sit id ullamcorper lobortis erat. Pharetra mauris aliquet tincidunt sed nonummy non massa erat consectetur. Molestie ante magna dolor molestie, mi dolore dolor mauris, mi. Dolore lorem adipiscing ullamcorper laoreet lorem adipiscing euismod non ante. Dolore dolor, mauris, sem nunc lorem consectetur, aliquet tincidunt sed. Consectetur molestie laoreet magna sit molestie et, ut ipsum adipiscing. Ullamcorper lobortis lorem, amet volutpat pulvinar eget, sem nunc sed. Consectetur tellus mi magna feugiat elit ullamcorper massa tempus nonummy. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc10" w:id="7197666288108814985"/>
+      <w:bookmarkEnd w:id="7197666288108814985"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id proin nunc erat pharetra, molestie praesent congue sit felis praesent congue tempus nonummy volutpat ante, nisi pulvinar eget sem nunc sed consectetur mauris aliquet tincidunt. Ac adipiscing euismod laoreet ac adipiscing euismod nibh nisi sit id diam ut ipsum nonummy sem, lobortis, tempus nonummy non massa aliquam adipiscing euismod et nisi. Ipsum consectetur tellus ante donec pharetra, molestie ante donec pharetra mauris praesent congue feugiat, adipiscing ullamcorper nibh, aliquam amet, id et nisi ipsum adipiscing diam tincidunt. Lorem adipiscing ullamcorper lobortis lorem, adipiscing aliquet, tincidunt lorem turpis ullamcorper tincidunt feugiat, at aliquet tincidunt sed, at tellus laoreet ipsum nonummy non massa donec consectetur. Volutpat ante dolore pharetra molestie, mi congue feugiat at aliquet tincidunt aliquam sit id nibh aliquam sit id nibh magna pulvinar amet, eget, sem nunc sed. At id et ut tempus amet non, massa tempus nonummy non nibh aliquam pulvinar mauris sem nunc sed at, aliquet laoreet ac dolor, at praesent, tincidunt. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc11" w:id="2063960698141044337"/>
+      <w:bookmarkEnd w:id="2063960698141044337"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit molestie diam lobortis dolor mauris praesent, congue lorem at aliquet nunc, sed at aliquet tincidunt sed turpis. Tellus laoreet ac, turpis molestie et magna sit felis diam congue, aliquam turpis tellus laoreet ac adipiscing euismod. Nibh magna turpis euismod laoreet ac turpis molestie et, ut tempus nonummy ullamcorper lobortis aliquam amet volutpat nibh. Eget, proin nunc sed mauris proin nunc erat turpis euismod laoreet, magna sit id diam lobortis tempus nonummy. Non massa aliquam pharetra eget proin dolore donec pharetra molestie ante magna pharetra molestie praesent congue feugiat at. Aliquet nibh aliquam adipiscing ullamcorper congue sed at praesent dolore sed mauris proin nunc ipsum elit sem ut. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc12" w:id="10756447766187582175"/>
+      <w:bookmarkEnd w:id="10756447766187582175"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec feugiat adipiscing ullamcorper nibh nisi amet volutpat, nibh nisi pulvinar amet molestie proin donec pharetra mauris aliquet nibh nisi ipsum eget, et. Nisi pulvinar nonummy non massa erat nonummy non, massa erat pharetra, volutpat ante dolore donec sit felis diam ut, tempus amet, volutpat nibh. Nisi amet eget ante nisi amet volutpat nibh aliquam amet id et aliquam amet eget et erat sit mauris mi donec feugiat, felis. Praesent tincidunt lorem turpis euismod, nibh aliquam amet, euismod et nisi amet eget sem nunc, erat adipiscing euismod lobortis aliquam amet eget sem. Laoreet, ac sit felis diam ut erat nonummy non, massa aliquam amet volutpat ante dolore dolor adipiscing elit molestie ullamcorper molestie aliquet ante. Tincidunt massa congue nisi erat sit, adipiscing, ullamcorper proin, tincidunt nisi sed sit adipiscing volutpat sem laoreet ut donec lorem, pulvinar consectetur felis. Non nonummy adipiscing at nonummy mauris euismod diam massa erat pharetra tellus ante donec dolor molestie praesent tincidunt massa, sed at molestie ante. Dolore dolor mauris praesent tincidunt ac adipiscing, aliquet laoreet ac pulvinar, elit sem lobortis tempus nonummy non massa erat amet mauris proin dolore. Sed mauris sem nunc ipsum, elit sem nunc ipsum nonummy volutpat ante donec consectetur volutpat ante donec amet volutpat massa aliquam amet non. Massa aliquam, pharetra volutpat nibh dolor mauris praesent nunc sed consectetur aliquet nunc sed at sem massa erat consectetur tellus mi magna pharetra. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc13" w:id="10342514053809973465"/>
+      <w:bookmarkEnd w:id="10342514053809973465"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
         <w:t>Top-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna tempus amet, volutpat proin dolore at tellus mi nisi feugiat elit. Sem lobortis tempus amet volutpat ante dolore dolor eget proin congue dolor. At aliquet tincidunt, ac sit euismod et at tellus laoreet erat consectetur. Tellus laoreet, ac pharetra tellus mi ut ipsum, adipiscing non nibh donec. Pulvinar mauris aliquet tincidunt ac sit euismod laoreet consectetur molestie mi magna. Feugiat felis, ullamcorper ut tempus adipiscing ullamcorper lobortis aliquam nonummy non nibh. Donec sed consectetur euismod et nisi sit tincidunt ac turpis id diam. </w:t>
+        <w:t xml:space="preserve">Erat feugiat felis euismod nibh aliquam pulvinar eget proin dolore sed elit non laoreet magna pharetra, molestie praesent. Congue massa erat nonummy non ante dolore feugiat felis praesent lobortis, ac turpis ullamcorper nibh, aliquam pulvinar eget. Non, massa donec consectetur non massa erat consectetur at aliquet tincidunt ac consectetur molestie mi magna, sit elit. Ullamcorper massa, aliquam pharetra eget, ante donec amet eget praesent tincidunt lorem turpis euismod et magna sit volutpat. Mi congue feugiat at ullamcorper nibh aliquam pulvinar eget diam nisi ipsum nonummy non ante magna dolor, mauris. Aliquet tincidunt lorem adipiscing dolore, feugiat at praesent, dolore sed mauris praesent, tincidunt lorem adipiscing tellus laoreet ac. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 2" </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc7" w:id="9458325167314090654"/>
-      <w:bookmarkEnd w:id="9458325167314090654"/>
+      <w:bookmarkStart w:name="_Toc14" w:id="146126765391200168"/>
+      <w:bookmarkEnd w:id="146126765391200168"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Turpis eget sem dolore sed at sem massa erat pharetra id praesent congue mauris praesent lobortis tempus adipiscing euismod, ante nisi amet eget proin. Tincidunt ac turpis molestie mi magna sit id praesent congue sit felis praesent amet aliquet nunc sed consectetur molestie laoreet ac sit molestie, mi. Diam nunc tempus consectetur volutpat ante dolore lorem adipiscing euismod nibh, ac amet id proin pulvinar eget diam nunc ipsum elit diam nunc tempus. Nonummy non lobortis tempus nonummy non mi dolore feugiat molestie, proin congue dolor at praesent pharetra eget praesent tincidunt lorem turpis euismod laoreet magna. Sit felis et magna feugiat felis ullamcorper lobortis aliquam pharetra volutpat ante donec pharetra, eget proin dolore sed ante, aliquam amet euismod ante nisi. Dolor at aliquet nunc sed at aliquet massa erat consectetur tellus mi donec consectetur tellus, laoreet magna sit, mauris praesent consectetur volutpat mi dolore. </w:t>
+        <w:t xml:space="preserve">Aliquam pulvinar eget aliquet euismod proin dolore pulvinar elit sem tincidunt erat consectetur molestie et ut ipsum adipiscing, ullamcorper nibh, donec pharetra eget ante dolore dolor. Mauris, aliquet praesent congue lorem turpis euismod nibh aliquam amet id et nisi pulvinar eget, sem nunc sed elit non ante donec sit molestie, mi congue. Lorem tempus amet volutpat ante, dolore pharetra mauris aliquet tincidunt lorem adipiscing, tellus laoreet ac turpis euismod nibh ut ipsum, elit sem lobortis erat amet, volutpat. Aliquet laoreet ac pharetra molestie mi ut ipsum felis praesent ut lorem adipiscing ullamcorper lobortis tempus, turpis volutpat proin aliquam pulvinar volutpat et nisi pulvinar pharetra. Volutpat ante donec pharetra, eget praesent nunc dolor mauris proin nunc dolor mauris sem dolore dolor elit proin nisi ipsum at aliquet nunc sed elit sem. Nibh aliquam amet, volutpat ante donec amet eget proin nisi pulvinar elit sem nunc erat consectetur tellus massa erat, consectetur tellus massa donec pharetra molestie pharetra. Mauris ullamcorper nibh aliquam dolor eget proin nisi pulvinar, elit aliquet massa erat consectetur, tellus laoreet ac pharetra, molestie, laoreet magna sit mauris diam, congue feugiat. At tellus laoreet ac consectetur molestie laoreet ac turpis, molestie laoreet erat consectetur tellus massa erat, consectetur tellus ante, erat consectetur non ante magna feugiat felis. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc8" w:id="12283544266042863668"/>
-      <w:bookmarkEnd w:id="12283544266042863668"/>
+      <w:bookmarkStart w:name="_Toc15" w:id="15072512355568854964"/>
+      <w:bookmarkEnd w:id="15072512355568854964"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit tellus praesent tincidunt lorem turpis euismod et nisi pulvinar proin dolore sed consectetur tellus mi, magna sit felis non nibh aliquam pulvinar volutpat proin dolore sed consectetur. Tellus mi nisi ipsum nonummy volutpat ante donec volutpat nibh donec pharetra at praesent nunc lorem consectetur tellus et magna turpis euismod tincidunt magna turpis molestie diam lobortis. Ipsum adipiscing volutpat proin, dolore, non, ante donec pulvinar eget proin dolore pulvinar volutpat proin, dolore dolor elit sem nunc sed consectetur tellus, mi magna feugiat adipiscing, diam. Lobortis adipiscing ullamcorper nibh donec pulvinar volutpat, ante dolore erat consectetur molestie laoreet magna turpis id et ut, feugiat felis ullamcorper ut tempus amet volutpat ante donec at. Aliquet laoreet, erat turpis euismod laoreet ac consectetur tellus laoreet ac pharetra tellus, massa ac consectetur tellus mi magna, sit mauris diam tincidunt lorem nonummy euismod aliquam amet. Eget sem nunc sed consectetur molestie laoreet ac pharetra felis diam ut lorem, nonummy non proin dolore pulvinar, euismod et ut, ipsum, nonummy non ante dolore dolor at. </w:t>
+        <w:t xml:space="preserve">Pulvinar mauris, aliquet laoreet ac sit molestie et congue, feugiat elit ullamcorper feugiat felis diam congue lorem felis diam lobortis donec pulvinar eget. Proin dolore dolor elit sem laoreet ac feugiat felis ullamcorper lobortis tempus adipiscing ullamcorper, donec pharetra eget proin nunc dolor mauris proin nunc. Sed at aliquet laoreet magna sit id ullamcorper lobortis tempus amet volutpat proin congue dolor at aliquet nisi pulvinar nonummy non ante erat. Pharetra, mauris praesent congue dolor molestie praesent tincidunt lorem adipiscing, ullamcorper laoreet, ac sit eget diam ut sit mauris praesent tincidunt lorem adipiscing. Ullamcorper et aliquam amet volutpat proin dolore ipsum at non massa erat consectetur non laoreet donec consectetur mauris mi magna dolor ullamcorper lobortis. Aliquam amet euismod et nisi pulvinar eget proin, ut ipsum at tellus laoreet, donec, pharetra molestie ante magna dolor mauris mi congue feugiat. Mauris ullamcorper feugiat, adipiscing ullamcorper lobortis ac, amet eget, sem nunc erat consectetur tellus ante, donec sit felis diam tincidunt lorem turpis elit. Non massa erat pharetra, molestie, proin congue dolor mauris praesent dolore, dolor mauris praesent nunc dolor at tellus tincidunt, erat consectetur tellus laoreet. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc9" w:id="4198758614311145523"/>
-      <w:bookmarkEnd w:id="4198758614311145523"/>
+      <w:bookmarkStart w:name="_Toc16" w:id="6727318103913595179"/>
+      <w:bookmarkEnd w:id="6727318103913595179"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Turpis felis diam massa dolor at aliquet, laoreet aliquam sit euismod et ut sed. Consectetur tellus mi magna dolor, molestie ante dolore pharetra molestie ante dolore feugiat mauris. Aliquet nunc erat pharetra molestie laoreet donec consectetur tellus ante donec dolor molestie mi. Magna dolor molestie mi donec pharetra mauris aliquet tincidunt lorem amet id nunc erat. Consectetur, molestie praesent congue, dolor mauris diam magna feugiat mauris praesent tincidunt feugiat at. Aliquet tincidunt ac at aliquet congue sed, praesent tincidunt lorem consectetur id, diam, ut. </w:t>
+        <w:t xml:space="preserve">Ullamcorper nibh, aliquam amet euismod proin nisi ipsum eget non. Massa donec pharetra id sem eget euismod sem, praesent congue. Tempus pulvinar eget proin dolore sed consectetur euismod et nisi. Feugiat felis diam ut tempus amet molestie proin dolore dolor. Pharetra mauris diam, ut feugiat mauris praesent tincidunt tempus adipiscing. Ullamcorper tincidunt feugiat turpis ullamcorper lobortis feugiat mauris proin dolore. Dolor at aliquet nunc lorem, tempus adipiscing euismod nibh aliquam. Amet eget sem dolore sed at aliquet nunc sed at. Tellus laoreet donec consectetur molestie mi magna, feugiat tincidunt tempus. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc10" w:id="9807841522974381693"/>
-      <w:bookmarkEnd w:id="9807841522974381693"/>
+      <w:bookmarkStart w:name="_Toc17" w:id="3356534345998206998"/>
+      <w:bookmarkEnd w:id="3356534345998206998"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+        <w:t xml:space="preserve">Second-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nunc ipsum at sem massa sed pharetra mauris. Praesent tincidunt tempus turpis ullamcorper volutpat ante dolore, feugiat. At euismod nibh aliquam pulvinar id proin nisi sit. Elit sem nunc tempus consectetur tellus massa erat consectetur. Volutpat ante dolore molestie praesent congue feugiat at aliquet. Laoreet lorem adipiscing euismod nibh aliquam turpis id sem. Nunc ipsum consectetur molestie mi dolore, dolor mauris aliquet. Tincidunt amet id sem nunc erat consectetur tellus laoreet. Donec sit molestie ante donec consectetur volutpat ante donec. Consectetur molestie massa donec pharetra volutpat ante nisi ipsum. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc18" w:id="4780248633262152066"/>
+      <w:bookmarkEnd w:id="4780248633262152066"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie aliquet tincidunt ac turpis, eget et nisi ipsum elit, diam nunc tempus nonummy mauris aliquet. Laoreet, ac turpis id et, congue, feugiat felis ullamcorper massa donec pharetra mauris aliquet tincidunt lorem. Sit id et nisi sit id et tellus laoreet magna sit felis ullamcorper lobortis aliquam, amet. Non ante donec amet volutpat praesent, nunc lorem at, aliquet laoreet erat consectetur sem dolore dolor. Molestie et congue ipsum felis praesent ut feugiat, felis diam ut lorem nonummy ullamcorper nibh aliquam. Dolor mauris, sem nunc erat, turpis tellus ut, tempus adipiscing ullamcorper lobortis tempus amet non nibh. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc19" w:id="4428826338750960087"/>
+      <w:bookmarkEnd w:id="4428826338750960087"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut erat pharetra tellus praesent congue feugiat adipiscing diam nisi sed consectetur tellus, mi, magna feugiat felis ullamcorper ut ipsum, nonummy non massa aliquam nonummy volutpat ante. Donec pulvinar eget proin nunc lorem mauris et nisi, feugiat elit ullamcorper ut tempus elit ullamcorper massa, aliquam nonummy, volutpat nibh aliquam pulvinar volutpat ante donec amet. Volutpat ante nisi amet volutpat sem, lobortis tempus nonummy non massa aliquam amet volutpat ante aliquam nonummy, ullamcorper lobortis tempus nonummy euismod ante nisi pulvinar elit sem. Dolore donec amet molestie ante dolore dolor mauris ullamcorper tincidunt lorem adipiscing euismod laoreet magna sit id nibh magna consectetur aliquet laoreet ac turpis tellus laoreet magna. Sit non, ante donec amet non, nibh donec pulvinar volutpat nibh, aliquam pulvinar volutpat nibh aliquam turpis euismod nibh aliquam amet volutpat nibh aliquam amet eget, nibh. Nisi dolore sed at tellus tincidunt magna sit id diam ut pulvinar nonummy, non lobortis, tempus pharetra volutpat, massa donec amet aliquet tincidunt ac adipiscing tellus laoreet. Lorem consectetur aliquet tincidunt lorem at sem dolore, dolor elit aliquet massa erat at, sem nunc sed at non laoreet consectetur molestie mi magna sit mauris mi. Congue feugiat felis aliquet lobortis, ac turpis volutpat nibh nisi pulvinar eget sem massa erat consectetur, molestie, mi magna sit, consectetur tellus laoreet erat consectetur aliquet tincidunt. Ac feugiat id, et congue ipsum adipiscing ullamcorper ut ipsum adipiscing non nibh tempus amet volutpat ante nisi amet volutpat non massa tempus elit non lobortis aliquam. Amet non massa aliquam amet volutpat, nibh donec nonummy volutpat nibh tempus amet euismod lobortis tempus turpis volutpat nibh aliquam volutpat nibh aliquam turpis euismod nibh ac. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc20" w:id="9034914310902661717"/>
+      <w:bookmarkEnd w:id="9034914310902661717"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Eget tellus tincidunt ac, sit id et ut tempus nonummy massa erat nonummy volutpat proin dolore dolor, molestie, proin congue lorem turpis euismod, nibh magna sit id et magna. Sit elit non massa erat amet massa erat amet molestie aliquet, laoreet lorem turpis euismod et nisi ipsum elit non massa, erat consectetur volutpat ante erat nonummy volutpat ante. Donec pharetra aliquet congue sed mauris, praesent tincidunt sed at praesent dolore, sed at aliquet tincidunt lorem consectetur aliquet nunc, dolor at aliquet laoreet erat proin nisi pulvinar eget. Et ut ipsum nonummy sem nisi pulvinar, elit sem massa tempus pharetra molestie mi donec pharetra molestie ante donec amet molestie praesent tincidunt at tellus laoreet ac turpis tellus. Tincidunt lorem consectetur euismod laoreet erat turpis tellus mi magna ipsum, nonummy volutpat ante, donec pharetra eget proin tincidunt lorem turpis tincidunt ac turpis tellus mi magna sit id. Et nisi ipsum elit ullamcorper ut, tempus amet molestie ante dolore dolor at aliquet, tincidunt consectetur tellus laoreet ac sit id et ut ipsum felis diam nisi sit molestie. </w:t>
+        <w:t xml:space="preserve">Massa congue tempus turpis tellus et nisi. Ipsum, nonummy non massa tempus nonummy volutpat. Ante dolore pharetra mauris mi dolore feugiat. Adipiscing id et aliquam sit id non. Nibh aliquam amet volutpat, ante nisi amet. Eget ante dolore pulvinar eget et nisi. Sed at non laoreet donec consectetur tellus. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc11" w:id="14051704118238347299"/>
-      <w:bookmarkEnd w:id="14051704118238347299"/>
+      <w:bookmarkStart w:name="_Toc21" w:id="2160541179360840976"/>
+      <w:bookmarkEnd w:id="2160541179360840976"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Second-level header 2</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Nonummy mi donec pharetra mauris proin dolore, dolor at aliquet tincidunt lorem, turpis tellus laoreet magna, pulvinar nonummy non mi congue dolor felis ullamcorper. Tincidunt mauris praesent tincidunt ac amet id, et aliquam turpis euismod, laoreet aliquam turpis id diam ut tempus nonummy non lobortis tempus nonummy non. Ante dolore volutpat, proin donec pharetra eget proin dolore dolor mauris praesent nunc sed, consectetur tellus laoreet, ac turpis id et nisi feugiat felis. Diam lobortis, ipsum felis et consectetur molestie diam lobortis aliquam amet eget proin donec amet volutpat ante, nisi amet volutpat nibh nisi pulvinar volutpat. Et nisi ipsum elit nunc ipsum nonummy non ut sed elit sem massa, ipsum nonummy sem ut ipsum elit, sem massa donec pharetra molestie. Praesent congue dolor eget praesent donec dolor lobortis tempus nonummy euismod nibh tempus turpis ullamcorper nibh tempus turpis euismod et nisi, pulvinar elit sem. Nunc sed consectetur tellus, praesent congue feugiat adipiscing diam tincidunt tellus ante magna feugiat felis aliquet tincidunt lorem turpis volutpat et dolore ipsum, id. Proin nunc erat pharetra, molestie, laoreet elit non nunc erat, pharetra mauris praesent congue feugiat adipiscing euismod nibh aliquam amet id proin ut pulvinar. </w:t>
+        <w:t xml:space="preserve">Second-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit non massa erat pharetra molestie mi congue sit felis. Ullamcorper nibh nisi pulvinar volutpat et dolore pulvinar elit aliquet. Praesent tincidunt ac adipiscing, ullamcorper, tincidunt, ac sit id diam. Ut ipsum, nonummy volutpat ante donec pharetra volutpat massa, erat. Amet, molestie praesent congue feugiat id et nisi pulvinar eget. Sem massa donec pharetra, mauris praesent tincidunt lorem, felis aliquet. Congue, lorem mauris praesent congue dolor mauris, praesent congue lorem. At pulvinar eget proin nunc lorem at tellus laoreet erat. Consectetur molestie laoreet erat, at aliquet laoreet sed at non. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="8964539442491688557"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc22" w:id="7413478499899840962"/>
+      <w:bookmarkEnd w:id="7413478499899840962"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat nonummy non ante dolore dolor at tellus nibh magna turpis id et nisi, ipsum nonummy volutpat ante, erat amet sem dolore dolor. At, praesent, tincidunt ac turpis euismod et nisi pulvinar eget diam ut, ipsum elit, diam lobortis ipsum felis et ut tempus nonummy lobortis. Tempus amet volutpat proin congue dolor, eget praesent nunc lorem consectetur tellus nibh nisi pulvinar elit sem massa erat amet molestie ante donec. Dolor at tincidunt ac turpis, euismod nibh nisi pulvinar eget diam nisi, ipsum elit volutpat, mi dolore dolor proin nisi pulvinar euismod laoreet. Lorem at aliquet sed consectetur tellus tincidunt erat consectetur tellus laoreet ac sit molestie et ac sit, felis ullamcorper lobortis tempus nonummy ullamcorper. Nibh aliquam amet, eget, proin dolore dolor id mi magna sit id mi magna, pharetra, molestie mi ac pharetra molestie mi, magna, sit. Felis diam ut lorem, amet euismod, nibh, tempus adipiscing ullamcorper feugiat felis praesent congue dolor mauris praesent dolore, dolor eget proin aliquam pharetra. Mauris praesent dolore pulvinar volutpat ante aliquam ullamcorper, tincidunt lorem, adipiscing aliquet tincidunt ac adipiscing euismod laoreet sed at praesent congue dolor, at. Praesent nunc sed at tellus laoreet ac consectetur tellus dolore sed et aliquam turpis ullamcorper lobortis ac adipiscing ullamcorper laoreet lorem at aliquet. Tincidunt lorem turpis euismod, laoreet magna, turpis tellus laoreet ac sit id, laoreet erat, at dolore ipsum elit proin nisi pulvinar eget et. </w:t>
+        <w:t xml:space="preserve">Sed sit felis ullamcorper lobortis aliquam, amet eget ante donec amet eget proin dolore pulvinar mauris aliquet tincidunt sed at tellus sed consectetur tellus laoreet, erat, pharetra molestie laoreet donec. Pharetra molestie mi congue pharetra molestie mi donec pharetra molestie ante donec pharetra, mauris praesent nisi pulvinar eget proin nisi pulvinar eget et ut ipsum elit sem nunc ipsum, nonummy. Tellus mi magna feugiat mauris mi congue lorem adipiscing euismod congue feugiat ullamcorper tincidunt ac, adipiscing tellus nibh magna turpis euismod nibh nisi pulvinar felis, et magna sit felis diam. Ut erat pharetra molestie ante lorem turpis euismod, et nisi pulvinar id et nisi ipsum elit sem ut pulvinar felis diam ut, feugiat felis diam ut feugiat nonummy ullamcorper, congue. Feugiat adipiscing lobortis tempus adipiscing diam congue lorem adipiscing euismod lobortis tempus amet volutpat nibh ac amet, id et nisi amet eget proin nunc erat nonummy molestie mi donec felis. Diam lobortis tempus amet euismod et, nisi sed at aliquet nunc erat at non laoreet donec sit id praesent tempus adipiscing euismod lobortis tempus turpis volutpat nibh aliquam amet, volutpat. Proin laoreet erat pharetra tellus, laoreet ac pharetra tellus mi magna sit mauris praesent lobortis feugiat eget proin dolore pulvinar eget proin, dolore ipsum eget sem dolore sed at sem. Nunc sed nonummy non ante donec pharetra tellus mi erat, consectetur volutpat nibh aliquam turpis euismod nibh nisi amet, id et aliquam, turpis euismod et aliquam pulvinar eget sem nunc. Ipsum elit sem lobortis tempus nonummy non massa erat pulvinar, eget proin ut ipsum, elit non laoreet donec pharetra mauris, praesent congue pharetra molestie, mi magna pharetra molestie ante donec. Pharetra at aliquet lobortis, ac, amet adipiscing non ut lorem nonummy ullamcorper ut tempus nonummy ullamcorper nibh nisi turpis ullamcorper lobortis ac turpis ullamcorper lobortis aliquam, amet id et ut. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc13" w:id="3327668008752914214"/>
-      <w:bookmarkEnd w:id="3327668008752914214"/>
+      <w:bookmarkStart w:name="_Toc23" w:id="68004613142506314"/>
+      <w:bookmarkEnd w:id="68004613142506314"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquet congue lorem adipiscing laoreet aliquam pulvinar eget diam, nunc, sed. Nonummy tellus massa, erat, pharetra molestie ante dolore dolor volutpat massa. Donec dolor molestie ante aliquam amet nibh donec pharetra eget, ante. Dolore dolor eget ante aliquam pulvinar, eget sem nunc pulvinar eget. Proin dolore, ipsum elit sem ut pulvinar id et turpis euismod. Nibh magna consectetur sem dolore amet volutpat nibh tempus turpis euismod. Lobortis aliquam turpis euismod laoreet ac, adipiscing ullamcorper tincidunt, lorem aliquet. Tincidunt lorem at aliquet tincidunt ac turpis tellus laoreet ac turpis. Tellus laoreet erat consectetur aliquet nunc sed consectetur non laoreet, donec. </w:t>
+        <w:t xml:space="preserve">Mi congue ipsum nonummy volutpat nibh dolore. Pulvinar volutpat, proin dolore, pulvinar felis et. Ut erat, amet, molestie ante congue dolor. At ullamcorper nibh nisi pulvinar, eget et. Nisi sit id diam nunc tempus consectetur. Molestie tellus mi ac sit id diam. Lobortis tempus nonummy non ante donec pharetra. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc14" w:id="12292348309606911425"/>
-      <w:bookmarkEnd w:id="12292348309606911425"/>
+      <w:bookmarkStart w:name="_Toc24" w:id="9189787280135041108"/>
+      <w:bookmarkEnd w:id="9189787280135041108"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sed at sem dolore erat, pharetra molestie mi magna sit. Molestie mi magna, pharetra non nunc pulvinar id et nisi. Tellus laoreet, ac consectetur tellus, mi magna sit molestie laoreet. Donec consectetur, tellus nunc sed elit sem ut ipsum elit. Sem lobortis ipsum felis aliquet tincidunt feugiat mauris proin donec. Dolor eget, proin aliquam, amet volutpat, ante dolore amet euismod. Lobortis aliquam amet euismod lobortis lorem adipiscing ullamcorper nibh ac. Proin dolore pharetra volutpat massa, tempus nonummy ullamcorper lobortis lorem. Adipiscing ullamcorper, lobortis tempus, nonummy volutpat ante nisi pulvinar eget. Et dolore ipsum lobortis lorem adipiscing ullamcorper laoreet lorem, at. </w:t>
+        <w:t xml:space="preserve">Molestie praesent tincidunt nisi ipsum aliquam turpis tellus nibh nisi pulvinar elit sem massa tempus nonummy non ante donec pharetra molestie praesent congue sed at ullamcorper. Tincidunt ac sit diam nisi pulvinar felis et, nisi pulvinar felis diam ut feugiat elit ullamcorper ut ipsum elit ullamcorper, lobortis, donec pharetra eget ante donec. Pulvinar volutpat dolore dolor eget aliquet tincidunt erat consectetur id mi magna turpis id diam ut tempus nonummy non nibh aliquam pharetra eget proin nunc sed. Consectetur volutpat ante erat nonummy non massa erat pharetra molestie praesent, congue sed mauris proin congue sed at tellus laoreet ac turpis euismod mi magna pulvinar. Amet eget nibh nisi pulvinar eget proin nisi ipsum eget sem massa erat consectetur tellus ante magna feugiat felis, praesent magna, feugiat, felis praesent congue dolor. Molestie sem massa, erat pharetra, tellus laoreet magna pharetra, molestie laoreet erat nonummy, tellus massa donec consectetur volutpat ante donec pharetra molestie mi donec ac pharetra. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc15" w:id="4326199707537693873"/>
-      <w:bookmarkEnd w:id="4326199707537693873"/>
+      <w:bookmarkStart w:name="_Toc25" w:id="9167635889269356965"/>
+      <w:bookmarkEnd w:id="9167635889269356965"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Second-level header 3</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Lorem turpis euismod et nisi amet eget et nisi pulvinar nunc pulvinar eget, ante donec, amet volutpat nibh nisi pulvinar volutpat et nisi ipsum eget. Proin nisi amet id nibh ac ut pulvinar eget diam ut pulvinar id mi magna turpis molestie et nisi feugiat id et magna pharetra, tellus. Praesent congue feugiat felis diam congue mauris praesent tincidunt feugiat mauris praesent magna pharetra molestie mi, congue, feugiat mauris aliquet tincidunt lorem at aliquet tincidunt. Ac, adipiscing, tellus laoreet sed eget donec pulvinar eget ante dolore dolor at tellus massa sed at sem nunc ipsum id et ac turpis id. Nibh magna sit elit diam, ut nonummy, volutpat ante donec, pharetra molestie ante erat amet volutpat lobortis ipsum felis praesent ut feugiat felis diam ut. Lorem adipiscing euismod nibh lorem adipiscing ullamcorper lobortis pulvinar eget, sem massa erat consectetur tellus nunc sed at non ut pulvinar id et magna turpis. Euismod et nisi pulvinar elit et nisi nunc erat, tellus mi magna sit mauris praesent tincidunt tempus amet, eget et nunc sed at aliquet massa. Erat pharetra molestie mi tempus dolor mauris, praesent tincidunt magna, sit felis diam, nisi ipsum nonummy volutpat mi dolore feugiat at praesent congue sed adipiscing. Euismod, nibh aliquam sit eget diam turpis id et magna sit euismod mi magna sit felis et, magna feugiat felis et ut ipsum adipiscing diam. Lobortis aliquam nonummy non lobortis lorem nonummy euismod lorem adipiscing aliquet tincidunt lorem felis aliquet congue feugiat molestie praesent congue sed at aliquet tincidunt lorem. </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet laoreet nisi ipsum nonummy molestie proin, dolore dolor mauris praesent tincidunt pulvinar, eget sem, massa donec dolor mauris praesent congue lorem, adipiscing. Euismod nibh nisi ipsum, elit proin ut ipsum eget proin nisi pulvinar eget diam nunc tincidunt magna sit id mi nisi feugiat molestie. Et ut ipsum adipiscing non massa aliquam nonummy non ante donec pulvinar volutpat ante donec dolor at dolore dolor at aliquet laoreet ac. Consectetur tellus mi magna sit id praesent, congue lorem nonummy volutpat ante dolore sed consectetur tellus laoreet tincidunt lorem felis ullamcorper nibh, aliquam. Pulvinar elit proin ut sed elit non laoreet magna, sit, mauris mi magna pharetra molestie mi magna pharetra volutpat ante donec sed at. Tellus laoreet ac pharetra id praesent congue feugiat felis diam tincidunt, tempus adipiscing, ullamcorper nibh nisi amet volutpat nibh aliquam turpis volutpat nibh. Ac amet adipiscing non nibh tempus nonummy volutpat ante donec amet euismod ante aliquam amet, euismod nibh aliquam pulvinar, eget sem nunc ipsum. Felis ullamcorper lobortis aliquam nonummy, non nibh donec pulvinar eget proin aliquam amet volutpat ante nisi pulvinar elit proin nunc sed at tellus. Laoreet, magna pharetra eget praesent tincidunt sed mauris proin dolore dolor mauris sem nunc, dolor elit aliquet massa erat turpis molestie massa erat. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="10269723965142703777"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc26" w:id="925350657220290182"/>
+      <w:bookmarkEnd w:id="925350657220290182"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="MessageHeader"/>
-[...564 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="Rc6e98b3aca244cc8"/>
+      <w:headerReference w:type="default" r:id="Rba507a8bfc0346c5"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2958,69 +2087,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>13</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> SECTIONPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>12</w:t>
+      <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -3597,51 +2726,51 @@
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R49eaf076697a41c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd1ea2b802219415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra1068f68cd6a427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rc6e98b3aca244cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re61d4573ac7f4949" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R84d08a62d949410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6c46135c352f4cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R486af2c8520f4bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rba507a8bfc0346c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R386dc6742fb64142" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>