--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4f22f0badc594bf2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5f529d9fc5884ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8ec3f959082a4e7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4dccbfe1564f4842" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R055fbc80672c47fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5b3415777e164460" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Table of Contents</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o \f \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
@@ -54,1990 +54,2354 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Top-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc0 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc1 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc2 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc4 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc5">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc5">
+      <w:hyperlink w:history="true" w:anchor="_Toc6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc6">
+      <w:hyperlink w:history="true" w:anchor="_Toc7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc7">
+      <w:hyperlink w:history="true" w:anchor="_Toc8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc8">
+      <w:hyperlink w:history="true" w:anchor="_Toc9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc10">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc9">
+      <w:hyperlink w:history="true" w:anchor="_Toc11">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc10">
+      <w:hyperlink w:history="true" w:anchor="_Toc12">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc11">
+      <w:hyperlink w:history="true" w:anchor="_Toc13">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc12">
+      <w:hyperlink w:history="true" w:anchor="_Toc14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc15">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Top-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc16">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc13">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 4</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc17">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc14">
-[...9 lines deleted...]
-          <w:t>TC Field for Top-level header 2</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc18">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc19">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc20">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc15">
-[...9 lines deleted...]
-          <w:t>TC Field for Second-level header 1</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc21">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc16">
+      <w:hyperlink w:history="true" w:anchor="_Toc22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc17">
+      <w:hyperlink w:history="true" w:anchor="_Toc23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc18">
-[...9 lines deleted...]
-          <w:t>TC Field for Second-level header 2</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc24">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc19">
+      <w:hyperlink w:history="true" w:anchor="_Toc25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc20">
+      <w:hyperlink w:history="true" w:anchor="_Toc26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc26 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc27">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc27 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc21">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 3</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc28">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc28 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
-[...46 lines deleted...]
-          <w:t>7</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc23">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 1</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc29">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc29 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc24">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 2</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc30">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc30 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc25">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 3</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc31">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc31 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
-[...46 lines deleted...]
-          <w:t>9</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:t>Top-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sit volutpat tellus diam praesent ante nunc ac sit id non ante dolore praesent tincidunt ac turpis id sem nunc, sed nonummy tellus ante. Lobortis aliquam, dolor at id diam ut, ipsum nonummy volutpat mi congue lorem adipiscing laoreet aliquam sit id diam nunc donec consectetur tellus ante. Magna dolor felis euismod nibh dolore dolor elit sem nunc sed at non nunc sed id praesent ut feugiat felis diam, congue, lorem turpis. Volutpat ante, aliquam turpis, euismod et nisi amet eget et nunc ipsum at non laoreet erat amet euismod ante donec pulvinar eget aliquet tincidunt. Erat, turpis id mi ac turpis tellus laoreet congue feugiat adipiscing diam congue feugiat adipiscing ullamcorper lobortis ac turpis id et nisi turpis molestie. Laoreet ut ipsum felis ullamcorper lobortis tempus nonummy non nibh aliquam nonummy volutpat ante donec, dolor at sem tincidunt erat aliquam turpis euismod nibh. Nisi, ipsum at non nunc sed consectetur felis diam ut lorem adipiscing euismod lobortis lorem adipiscing ullamcorper nibh nisi pulvinar lorem, adipiscing aliquet tincidunt. Ac, amet euismod nibh nisi sit id nibh magna turpis euismod nibh nisi ipsum elit sem lobortis ipsum felis et magna feugiat elit, proin. Congue lorem turpis euismod nibh aliquam, turpis tellus laoreet magna sit id et, ut tempus elit diam lobortis tempus, amet molestie proin donec pharetra. </w:t>
+        <w:t xml:space="preserve">Aliquet, laoreet ut donec, magna pulvinar nonummy molestie mi congue, massa congue mi ante ante mi massa tincidunt nisi magna tempus ac ipsum feugiat pharetra, sed feugiat. Lorem donec sit molestie, praesent tincidunt tempus, amet, lorem amet volutpat sem massa magna ipsum adipiscing ullamcorper nibh donec dolor at euismod et nisi sit id felis. Aliquet tincidunt tempus turpis ullamcorper tincidunt sed at tellus massa, erat, pharetra molestie, laoreet magna feugiat, felis ullamcorper, tincidunt lorem adipiscing ullamcorper nibh aliquam, turpis euismod lobortis. Ac adipiscing nibh nisi ipsum elit proin ut pulvinar eget et nisi pulvinar euismod nibh, nisi pulvinar felis diam ut, ipsum felis diam lobortis tempus nonummy non. Ante dolore aliquet tincidunt lorem adipiscing tellus tincidunt lorem consectetur tellus laoreet erat consectetur tellus tincidunt erat consectetur, tellus laoreet magna feugiat, id diam, lobortis tempus, nonummy. Non lobortis amet eget ante nisi amet volutpat ante nisi, pulvinar, eget proin nunc ut aliquam amet molestie proin congue sed at sem nunc, tempus consectetur, molestie. Ante magna pharetra molestie mi dolore dolor mauris mi donec pharetra volutpat, ante dolore, sed mauris, praesent tincidunt lorem at tellus laoreet ipsum nonummy sem lobortis tempus. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 1" </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc0" w:id="311339322847197790"/>
-      <w:bookmarkEnd w:id="311339322847197790"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="12226147154888471093"/>
+      <w:bookmarkEnd w:id="12226147154888471093"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Id non ante donec dolor mauris diam, lobortis tempus amet volutpat et dolore. Sed elit massa ac pharetra id diam, congue lorem adipiscing euismod nibh aliquam. Nonummy volutpat proin dolore, pulvinar eget sem laoreet magna sit id diam congue. Ipsum at aliquet tincidunt ac adipiscing, euismod et, nisi pulvinar felis diam magna. Turpis, elit sem lobortis erat amet volutpat ante aliquam amet, ullamcorper lobortis, tempus. Turpis, euismod, nibh magna turpis euismod laoreet, magna pulvinar id, et ut ipsum. </w:t>
+        <w:t xml:space="preserve">Pharetra, felis ullamcorper nibh nisi, dolor elit aliquet praesent tincidunt lorem turpis ullamcorper laoreet, ac sit. Eget non massa erat consectetur tellus ante magna dolor mauris aliquet tincidunt lorem adipiscing euismod lobortis. Aliquam euismod laoreet ac turpis euismod nibh aliquam turpis id et magna sit, felis et ut. Feugiat, felis diam ut tempus elit ullamcorper massa donec pharetra praesent dolore dolor mauris aliquet nunc. Sed mauris aliquet tincidunt ac consectetur euismod laoreet ac sit, molestie diam ut tempus nonummy mauris. Id at euismod non mi nibh nunc ac, ipsum pharetra felis, euismod proin laoreet lobortis congue. Dolore ut dolore ac sit id diam, nisi, sit id diam nunc dolore dolor elit aliquet. Laoreet ut ipsum nonummy non massa aliquam nonummy non nibh aliquam pharetra volutpat proin aliquam dolor. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc1" w:id="16097475165064794924"/>
-      <w:bookmarkEnd w:id="16097475165064794924"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="6708600087633653284"/>
+      <w:bookmarkEnd w:id="6708600087633653284"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Turpis volutpat, proin, dolore ipsum felis ullamcorper lobortis tempus nonummy non nibh aliquam amet, eget sem. Tincidunt sed consectetur euismod mi ut feugiat felis, diam, lobortis ipsum felis non massa praesent congue. Lorem nonummy ullamcorper nibh aliquam nonummy volutpat nibh nisi dolor eget proin dolore dolor elit proin. Dolore, ipsum at non nunc, sed consectetur turpis, tellus laoreet ac turpis, id, et, magna sit. Elit, non ante erat amet volutpat proin dolore amet volutpat massa aliquam, amet mauris aliquet lorem. Consectetur tellus laoreet magna pulvinar felis diam, nisi ipsum felis et congue ipsum elit non massa. Aliquam amet eget proin dolore sed mauris ante donec ipsum elit sem massa, tempus nonummy non. Ante donec amet non lobortis tempus nonummy non lobortis, lorem adipiscing diam lobortis feugiat felis diam. </w:t>
+        <w:t xml:space="preserve">Molestie ullamcorper nibh aliquam pulvinar volutpat proin nunc erat pharetra molestie praesent congue sit id praesent congue lorem. Amet volutpat ante massa donec dolor mauris mi congue, pharetra at aliquet laoreet lorem turpis euismod et nisi. Pulvinar elit non massa erat consectetur, tellus massa donec pharetra, ipsum elit ullamcorper, lobortis erat amet molestie, ante. Dolore sed adipiscing tellus tincidunt ac, turpis id et magna pulvinar felis diam ut ipsum felis diam ut. Diam lobortis, aliquam amet eget praesent congue lorem adipiscing tellus laoreet ac turpis id diam nisi pulvinar felis. Diam, ut ipsum, nonummy non lobortis pharetra molestie proin donec dolor, mauris tellus laoreet lorem consectetur tellus nibh. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc2" w:id="1701427815095629939"/>
-      <w:bookmarkEnd w:id="1701427815095629939"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="9009377015686686940"/>
+      <w:bookmarkEnd w:id="9009377015686686940"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ante dolore pulvinar mauris sem tincidunt ac sit id mi magna sit felis ullamcorper lobortis, aliquam nonummy non nibh dolor mauris tellus laoreet ac, consectetur. Tellus tincidunt, erat at tellus laoreet ac consectetur molestie massa, erat consectetur tellus massa erat consectetur tellus nibh aliquam amet volutpat ante nisi amet eget. Ante nisi amet eget sem massa ac pharetra tellus, laoreet ac at sem nunc sed, pharetra mauris mi congue ut ipsum elit sem lobortis ipsum. Felis diam ut ipsum, felis ullamcorper, massa donec pharetra eget proin dolore dolor at tellus tincidunt, lorem at pulvinar, eget et aliquam pulvinar eget proin. Aliquam, amet id nibh lorem turpis euismod nibh ac adipiscing euismod nibh magna turpis euismod laoreet, ac turpis tellus, lobortis erat nonummy volutpat ante aliquam. Amet volutpat ante aliquam amet eget ante nunc sed, mauris sem nunc sed at tellus tincidunt ac turpis tellus massa erat pharetra mauris proin, dolore. Dolor mauris, proin dolore dolor mauris aliquet nunc dolor mauris, proin tincidunt ac turpis molestie diam congue lorem turpis euismod laoreet ac turpis euismod nibh. Aliquam sit euismod nibh, magna turpis euismod laoreet ac sit, felis diam lobortis erat amet volutpat massa tempus adipiscing ullamcorper, laoreet ac adipiscing, tellus, nibh. Nisi ipsum eget sem ante magna, consectetur molestie praesent dolore feugiat at aliquet lobortis ac, adipiscing euismod nibh ac, turpis sed at aliquet tincidunt lorem. </w:t>
+        <w:t xml:space="preserve">Felis volutpat proin tincidunt elit sem tincidunt erat consectetur id et magna sit id diam lobortis tempus nonummy ullamcorper lobortis aliquam amet, eget ante nisi dolor. At tellus et mi dolore feugiat mauris praesent congue lorem at turpis tellus nibh, ac sit, id sem nunc erat, pharetra molestie praesent congue feugiat mauris. Aliquet lobortis aliquam amet id et nisi ipsum elit, proin lobortis lorem adipiscing diam tincidunt feugiat mauris praesent tincidunt aliquam turpis euismod et dolore pulvinar elit. Non laoreet ac, pharetra id praesent congue ut erat consectetur tellus mi congue feugiat turpis ullamcorper lobortis ac amet euismod nibh aliquam turpis, euismod et nisi. Ipsum elit sem massa, donec, feugiat adipiscing diam molestie mi congue lorem turpis ullamcorper tincidunt lorem adipiscing euismod nibh, nisi pulvinar elit, sem massa sed consectetur. Molestie mi magna dolor mauris aliquet tincidunt lorem adipiscing congue feugiat adipiscing ullamcorper nibh aliquam pulvinar eget proin nunc sed nonummy tellus praesent congue feugiat adipiscing. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc3" w:id="16810624687316775589"/>
-      <w:bookmarkEnd w:id="16810624687316775589"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="11422924923164476717"/>
+      <w:bookmarkEnd w:id="11422924923164476717"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tellus, mi magna, sit mauris diam nunc erat turpis. Id, et ut ipsum felis et congue feugiat felis. Diam congue, feugiat mauris diam lobortis aliquam nonummy euismod. Nibh nisi amet eget, sem, massa erat amet molestie. Ante congue, dolor at praesent congue ac adipiscing tellus. Nibh magna sit euismod mi magna sit id, mi. </w:t>
+        <w:t xml:space="preserve">Donec pharetra molestie mi dolore feugiat, adipiscing euismod nibh nisi pulvinar, eget proin ut pulvinar elit volutpat ante dolore dolor, turpis, felis sem nunc erat nonummy non, massa. Tempus amet molestie, praesent, congue feugiat, at euismod et ut ipsum eget nisi pulvinar eget diam nunc erat pharetra volutpat mi donec pharetra mauris praesent congue feugiat at. Ullamcorper et aliquam sit elit sem ut ipsum, eget diam nunc id et ut feugiat felis sem massa erat amet molestie proin dolore pharetra eget praesent tincidunt, ac. Pulvinar elit sem massa erat nonummy diam lobortis tempus turpis euismod et nisi, pulvinar elit non laoreet ac sit felis diam, ut lorem nonummy euismod ante, dolore dolor. Mauris proin dolore, pulvinar, eget nisi pulvinar volutpat nibh, nisi pulvinar id nibh, aliquam turpis euismod nibh aliquam pulvinar eget diam ut ipsum nonummy sem lobortis ipsum elit. Non ante donec pharetra euismod nibh aliquam pulvinar id nibh aliquam, sit id et nisi pulvinar felis, diam ut pulvinar felis diam ut feugiat magna feugiat felis ullamcorper. Lobortis aliquam amet mauris ante donec dolor mauris praesent tincidunt sed at tellus laoreet ac turpis molestie et nisi sit felis diam, magna, nonummy volutpat proin dolore dolor. At tellus, nibh nisi ipsum nonummy non massa donec dolor mauris, praesent congue lorem adipiscing ullamcorper nibh aliquam sit, id, et nisi eget diam, nunc tempus consectetur molestie. Praesent tincidunt lorem turpis volutpat et dolore ipsum elit non massa erat at non massa sed nonummy non massa donec nonummy turpis euismod mi nisi feugiat felis diam. Ut ipsum nonummy ullamcorper massa donec pharetra eget proin dolore pulvinar mauris ante nunc dolor at sem dolore dolor elit pulvinar eget et aliquam amet, id et nisi. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc4" w:id="1141433034458006218"/>
-      <w:bookmarkEnd w:id="1141433034458006218"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="7644612073646623821"/>
+      <w:bookmarkEnd w:id="7644612073646623821"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut, ipsum mauris praesent laoreet ac sit eget diam ut ipsum elit non ante erat nonummy volutpat ante donec pharetra mauris. Praesent, tincidunt ac adipiscing tellus mi magna feugiat felis ullamcorper lobortis tempus turpis volutpat ante, dolore sed consectetur molestie mi magna. Sit id et congue feugiat adipiscing diam congue sit eget sem, tincidunt magna sit euismod mi ac consectetur molestie mi magna. Sit id et congue ipsum nonummy, ullamcorper nibh donec pulvinar volutpat proin nunc dolor mauris, mauris praesent tincidunt ac, adipiscing euismod. Nibh nisi, pulvinar eget et nisi pulvinar, eget proin nunc sed consectetur molestie ante magna dolor mauris praesent molestie praesent tincidunt. Ac amet euismod et aliquam adipiscing aliquet laoreet aliquam turpis id et nisi ipsum elit sem massa, erat consectetur volutpat ante. Dolore feugiat elit sem dolore ipsum at non massa erat consectetur tellus mi congue feugiat felis diam tincidunt tempus turpis ullamcorper. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc5" w:id="13895758367124412226"/>
+      <w:bookmarkEnd w:id="13895758367124412226"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
         <w:t xml:space="preserve">Second-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nunc magna sit felis sem lobortis, tempus elit ullamcorper massa aliquam amet eget ante donec dolor mauris praesent nunc dolor nonummy non massa donec dolor molestie ante erat amet volutpat. Massa aliquam, amet, volutpat ante, donec pharetra volutpat, nibh donec dolor mauris sem tincidunt sit id et magna turpis molestie et magna pharetra molestie mi congue sit id diam congue. Sit, felis diam ut tempus nonummy volutpat nibh aliquam amet eget volutpat ante tempus nonummy non massa aliquam amet non nibh aliquam amet volutpat ante aliquam, pulvinar eget proin nisi. Dolor at sem tincidunt sit, felis diam congue sit id praesent ut, lorem nisi ipsum nonummy non nunc erat pharetra molestie mi congue feugiat felis, aliquet tincidunt lorem adipiscing ullamcorper. Laoreet elit sem massa erat nonummy diam, ut ipsum elit sem ut tempus nonummy sem massa, ipsum nonummy non massa, tempus nonummy, non ante donec sed mauris praesent ut, ipsum. Consectetur tellus nunc tempus nonummy non, ante dolore feugiat felis ullamcorper lobortis dolore ipsum elit, sem nunc sed, pharetra eget proin dolore dolor at aliquet, nunc dolor elit proin nunc. Erat turpis, tellus massa erat consectetur, tellus mi ac, pharetra id diam ut lorem adipiscing lobortis tempus nonummy, euismod nibh nisi dolor elit aliquet massa ac sit molestie mi ac. Pharetra molestie mi donec consectetur tellus massa erat consectetur tellus massa donec magna sit molestie diam, ut ipsum elit non massa, aliquam, pharetra eget proin nunc sed at aliquet laoreet. Magna ipsum felis sem lobortis ipsum nonummy non massa diam ut ipsum, felis ullamcorper lobortis tempus adipiscing diam lobortis aliquam, amet volutpat ante nisi dolor eget ante nisi dolor elit. Sem nunc sed consectetur tellus laoreet donec pharetra eget praesent nunc elit sem massa donec pharetra mauris praesent dolore dolor mauris praesent congue sed, adipiscing aliquet laoreet ac turpis euismod. </w:t>
+        <w:t xml:space="preserve">Feugiat adipiscing eget proin nunc sed consectetur felis ullamcorper lobortis aliquam, pharetra at aliquet. Laoreet magna, pulvinar elit sem nunc erat mauris ante donec amet molestie ante donec. Amet, volutpat proin dolore dolor at praesent congue dolor at praesent tincidunt, lorem at. Tellus mi ac turpis et nisi sit felis diam ut ipsum felis diam ut. Ipsum nonummy non proin donec pulvinar mauris proin nunc sed consectetur euismod mi magna. Feugiat nonummy non tincidunt lorem turpis aliquet tincidunt sed adipiscing euismod, nibh nisi pulvinar. Eget diam nunc tempus, nonummy volutpat ante donec pharetra molestie ante dolore pulvinar eget. Non massa erat nonummy sem nunc sed consectetur non ante tempus nonummy, non, massa. Erat consectetur volutpat ante donec dolor molestie proin congue sed at, pharetra eget praesent. Nunc lorem at sem nunc dolor mauris sem dolore sed elit proin nunc ipsum. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc5" w:id="14631343666495231778"/>
-      <w:bookmarkEnd w:id="14631343666495231778"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="2213685118520543193"/>
+      <w:bookmarkEnd w:id="2213685118520543193"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Congue ac adipiscing euismod nibh aliquam pulvinar elit sem massa sit adipiscing ullamcorper lobortis aliquam pulvinar. Consectetur euismod mi, ac turpis tellus, laoreet ac sit felis et, congue feugiat id praesent ut. Sit felis ullamcorper lobortis ut ipsum nonummy non massa tempus amet volutpat ante donec amet volutpat. Ante donec pharetra eget, proin, dolore sed at aliquet, tincidunt lorem consectetur euismod magna, turpis molestie. Mi ac, sit molestie et congue sit, id, praesent, ut, feugiat felis ullamcorper nibh donec pulvinar. Eget proin dolore dolor consectetur, non massa erat amet molestie ante dolore dolor molestie praesent tincidunt. Ac turpis id et ut pulvinar eget et ut ipsum elit sem massa tempus, nonummy eget. Sem, dolore, sed at non, laoreet erat, consectetur tellus praesent congue feugiat mauris praesent congue dolor. </w:t>
+        <w:t xml:space="preserve">Id diam ut ipsum elit volutpat ante. Congue sed, adipiscing ullamcorper nibh nisi, sit. Eget sem, nunc tempus nonummy non, ante. Magna pharetra, lobortis ipsum nonummy non lobortis. Tempus amet, volutpat proin, donec pharetra mauris. Aliquet tincidunt lorem turpis id diam nunc. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc6" w:id="10390264923617949040"/>
-      <w:bookmarkEnd w:id="10390264923617949040"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="9828462402549677491"/>
+      <w:bookmarkEnd w:id="9828462402549677491"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus pulvinar eget aliquet nunc sed consectetur, tellus, mi erat. Turpis tellus mi magna feugiat felis diam ut lorem adipiscing. Non lobortis tempus erat, nonummy sem massa tempus amet volutpat. Mi congue feugiat adipiscing euismod laoreet ac turpis euismod nibh. Nisi pulvinar elit, diam nunc tempus consectetur volutpat, magna feugiat. Adipiscing, euismod proin dolore sed elit non laoreet magna feugiat. Felis ullamcorper lobortis, aliquam amet volutpat ante nunc sed mauris. </w:t>
+        <w:t xml:space="preserve">Praesent tincidunt ac turpis id et, ut ipsum nonummy non massa erat amet volutpat ante dolore dolor at aliquet tincidunt lorem adipiscing euismod volutpat proin. Nunc, ac, sit felis sem ante donec pharetra, molestie praesent congue, feugiat adipiscing ullamcorper nibh aliquam, sit id diam nisi pulvinar elit, sem id et. Ut tempus nonummy, volutpat ante donec amet volutpat proin dolore pharetra eget praesent congue lorem adipiscing euismod nibh magna pulvinar felis diam ut ipsum elit. Feugiat id et, magna sit id diam lobortis, ipsum nonummy ullamcorper ut lorem nonummy ullamcorper lobortis, tempus amet euismod ante nisi pulvinar eget turpis ullamcorper. Tincidunt, lorem adipiscing ullamcorper laoreet ac turpis euismod nibh nisi ipsum nonummy non massa, donec dolor mauris praesent dolore dolor mauris aliquet tincidunt feugiat adipiscing. Adipiscing ullamcorper lobortis tempus, amet volutpat nibh tempus nonummy euismod proin nunc erat consectetur tellus laoreet ac consectetur tellus laoreet, erat consectetur sem nunc tincidunt. Aliquam sit id nibh ac sit elit sem, massa donec pharetra mauris praesent, dolore feugiat at aliquet nibh nisi pulvinar elit sem, ut erat consectetur. Molestie id diam nunc erat consectetur volutpat ante donec pharetra, volutpat ante erat amet volutpat ante donec pharetra eget praesent dolore dolor mauris aliquet, nunc. Sed at aliquet ante donec nonummy non lobortis ipsum elit ullamcorper lobortis tempus adipiscing ullamcorper lobortis tempus amet non nibh, aliquam pulvinar eget nibh, tempus. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc7" w:id="12736215675740729540"/>
-      <w:bookmarkEnd w:id="12736215675740729540"/>
+      <w:bookmarkStart w:name="_Toc8" w:id="6263247265668066845"/>
+      <w:bookmarkEnd w:id="6263247265668066845"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Diam nibh nisi pulvinar mauris aliquet, tincidunt erat turpis tellus mi magna. Feugiat felis diam ut feugiat adipiscing ullamcorper lobortis lorem at aliquet tincidunt. Ac turpis euismod mi magna consectetur molestie mi congue feugiat elit ullamcorper. Lobortis, aliquam, amet eget, proin dolore dolor mauris aliquet laoreet nibh aliquam. Dolor at sem, massa sed consectetur tellus massa erat consectetur tellus laoreet. Donec pharetra molestie mi magna feugiat adipiscing ullamcorper lobortis feugiat, adipiscing felis. Sem lobortis ipsum elit ullamcorper ut tempus nonummy volutpat ante donec pharetra. </w:t>
+        <w:t xml:space="preserve">Pharetra felis ullamcorper lobortis nisi amet volutpat ante dolore, sed consectetur molestie mi magna pharetra turpis. Id et, nisi sed elit, sem massa erat nonummy non massa donec consectetur, volutpat ante donec. Pharetra at, aliquet lobortis ac amet eget proin, congue feugiat adipiscing non nibh aliquam amet euismod. Nibh nisi amet eget, proin nunc, dolor elit, sem nunc sed at non laoreet donec sit. Id diam nunc sed at tellus tincidunt ac turpis euismod laoreet ac, sit molestie mi congue. Ipsum adipiscing ullamcorper ante dolore dolor mauris praesent, tincidunt ipsum elit sem, nunc, erat pharetra volutpat. Massa donec dolor mauris proin, dolore, pharetra volutpat lobortis tempus adipiscing non nibh donec amet non. Ante, donec dolor, at mauris, praesent congue feugiat felis praesent congue lorem turpis id proin ut. Ipsum nonummy tellus laoreet erat pharetra tellus praesent congue feugiat mauris aliquet congue, dolor mauris tellus. Laoreet ac pharetra molestie mi magna, sit molestie mi congue feugiat adipiscing, euismod lobortis aliquam amet. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc8" w:id="5800628732144215712"/>
-      <w:bookmarkEnd w:id="5800628732144215712"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="6920147116302379367"/>
+      <w:bookmarkEnd w:id="6920147116302379367"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac pulvinar felis sem lobortis tempus consectetur molestie mi congue lorem turpis euismod, nibh ullamcorper tincidunt lorem sit id diam nunc tempus consectetur molestie, mi magna, feugiat felis ullamcorper congue. Feugiat mauris aliquet tincidunt lorem at, praesent tincidunt ut feugiat adipiscing diam, lobortis aliquam amet volutpat ante nisi pulvinar eget sem nunc, sed consectetur molestie mi, congue ipsum adipiscing non. Nibh aliquam pharetra eget proin mi magna dolor mauris aliquet tincidunt feugiat felis aliquet tincidunt ac turpis id et nisi ipsum at non massa donec consectetur tellus ante sed turpis. Id diam ut ipsum elit et congue feugiat felis et congue sit felis non nibh aliquam pulvinar volutpat ante dolore pulvinar mauris proin nunc, sed elit ullamcorper lobortis tempus amet. Molestie proin dolore dolor, eget proin donec pharetra eget praesent, nunc sed consectetur aliquet tincidunt, ac sit euismod mi magna turpis mauris praesent dolore dolor at ullamcorper et aliquam sit. Id et, magna pulvinar, felis sem nunc donec pharetra mauris aliquet massa sed pharetra tellus, massa ac sit felis ullamcorper lobortis tempus pulvinar eget praesent nunc sed at aliquet tincidunt. Ac sit molestie et nisi ipsum elit, diam tempus nonummy volutpat ante, aliquam pharetra, eget proin donec pulvinar eget proin nunc sed at sem tincidunt erat at aliquet nunc sed. Pharetra molestie praesent, congue feugiat mauris praesent nunc dolor at sem nunc, sed, consectetur euismod mi magna feugiat felis diam ut feugiat felis diam congue tempus adipiscing ullamcorper lobortis tempus. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc10" w:id="6353481375987668592"/>
+      <w:bookmarkEnd w:id="6353481375987668592"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
         <w:t xml:space="preserve">Second-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Eget sem nunc tempus, amet volutpat proin dolore dolor mauris sem nunc erat consectetur tellus laoreet magna turpis tellus laoreet ac pharetra, non laoreet. Magna sit felis, euismod nibh magna pulvinar felis diam ut, tempus pharetra volutpat mi congue feugiat adipiscing aliquet, lobortis ac amet id nibh ac. Turpis eget non, massa, tincidunt, ac turpis id et nisi feugiat felis, diam ut tempus, elit non lobortis tempus adipiscing ullamcorper lobortis tempus nonummy. Non nibh dolore sed at aliquet dolore tempus, nonummy volutpat ante donec pharetra mauris proin donec pharetra mauris proin dolore dolor mauris proin nunc. Sed at tellus mi ac turpis molestie mi dolore dolor adipiscing ullamcorper lobortis ac adipiscing aliquet tincidunt lorem adipiscing aliquet tincidunt sed at aliquet. Tincidunt sed, at tellus laoreet ac turpis id et, feugiat felis diam ut ipsum felis ullamcorper lobortis tempus amet volutpat ante donec amet euismod. </w:t>
+        <w:t xml:space="preserve">Tincidunt dolore sed consectetur molestie et lobortis aliquam pharetra at tellus laoreet donec pharetra mauris diam tincidunt lorem amet volutpat. Proin tincidunt, erat consectetur molestie mi magna sit id diam ut, ipsum nonummy non lobortis tempus nonummy euismod dolore pulvinar. Mauris aliquet nunc sed at aliquet massa sed at tellus massa magna sit nonummy non nibh aliquam nonummy, eget tellus. Et ante tellus at id, volutpat euismod aliquet massa ac sit adipiscing ullamcorper lobortis lorem adipiscing non lobortis aliquam nonummy. Euismod nibh nisi, turpis volutpat nibh sed at tellus massa sed at non massa, erat, pharetra id praesent magna feugiat. Felis ullamcorper nibh tempus turpis volutpat ante aliquam amet volutpat et nisi, pulvinar et dolore sed consectetur tellus mi magna. Pharetra tellus mi magna, sit mauris mi magna dolor mauris mi congue feugiat mauris aliquet tincidunt feugiat adipiscing ullamcorper nibh. Sit eget diam, nisi sed nonummy non ante erat consectetur, molestie praesent congue feugiat felis volutpat et dolore ipsum eget. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc9" w:id="7912687839571045962"/>
-      <w:bookmarkEnd w:id="7912687839571045962"/>
+      <w:bookmarkStart w:name="_Toc11" w:id="3016035152133362557"/>
+      <w:bookmarkEnd w:id="3016035152133362557"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pulvinar at, aliquet mi nisi sit id ullamcorper lobortis erat. Pharetra mauris aliquet tincidunt sed nonummy non massa erat consectetur. Molestie ante magna dolor molestie, mi dolore dolor mauris, mi. Dolore lorem adipiscing ullamcorper laoreet lorem adipiscing euismod non ante. Dolore dolor, mauris, sem nunc lorem consectetur, aliquet tincidunt sed. Consectetur molestie laoreet magna sit molestie et, ut ipsum adipiscing. Ullamcorper lobortis lorem, amet volutpat pulvinar eget, sem nunc sed. Consectetur tellus mi magna feugiat elit ullamcorper massa tempus nonummy. </w:t>
+        <w:t xml:space="preserve">Donec sed adipiscing eget sem, nunc erat consectetur volutpat ante. Congue lorem turpis nonummy non proin dolore sed at aliquet. Erat nonummy non massa erat dolor mauris diam tincidunt, lorem. Adipiscing euismod nibh aliquam pulvinar eget sem dolore laoreet nisi. Ipsum eget diam ut tempus elit non massa erat pharetra. Mauris praesent tincidunt lorem adipiscing id et aliquam, pulvinar elit. Non massa erat, amet eget praesent nunc lorem consectetur, aliquet. Tincidunt magna feugiat molestie et magna feugiat elit ullamcorper lobortis. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc10" w:id="7197666288108814985"/>
-      <w:bookmarkEnd w:id="7197666288108814985"/>
+      <w:bookmarkStart w:name="_Toc12" w:id="4547185850135416999"/>
+      <w:bookmarkEnd w:id="4547185850135416999"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Id proin nunc erat pharetra, molestie praesent congue sit felis praesent congue tempus nonummy volutpat ante, nisi pulvinar eget sem nunc sed consectetur mauris aliquet tincidunt. Ac adipiscing euismod laoreet ac adipiscing euismod nibh nisi sit id diam ut ipsum nonummy sem, lobortis, tempus nonummy non massa aliquam adipiscing euismod et nisi. Ipsum consectetur tellus ante donec pharetra, molestie ante donec pharetra mauris praesent congue feugiat, adipiscing ullamcorper nibh, aliquam amet, id et nisi ipsum adipiscing diam tincidunt. Lorem adipiscing ullamcorper lobortis lorem, adipiscing aliquet, tincidunt lorem turpis ullamcorper tincidunt feugiat, at aliquet tincidunt sed, at tellus laoreet ipsum nonummy non massa donec consectetur. Volutpat ante dolore pharetra molestie, mi congue feugiat at aliquet tincidunt aliquam sit id nibh aliquam sit id nibh magna pulvinar amet, eget, sem nunc sed. At id et ut tempus amet non, massa tempus nonummy non nibh aliquam pulvinar mauris sem nunc sed at, aliquet laoreet ac dolor, at praesent, tincidunt. </w:t>
+        <w:t xml:space="preserve">Et ut erat amet volutpat proin dolore dolor at aliquet laoreet ac sit, id diam magna sit id et ut ipsum nonummy sem tempus, amet volutpat. Ante dolore pharetra mauris praesent tincidunt sed adipiscing euismod nibh nisi, pulvinar elit non, massa donec pharetra molestie praesent dolore pharetra aliquet tincidunt ac adipiscing ullamcorper. Nibh aliquam pulvinar, eget, sem nunc, ipsum nonummy non ante, donec dolor mauris, praesent lobortis aliquam pulvinar, eget sem massa sed, at nisi pulvinar eget et. Nisi pulvinar elit, sem nunc, tempus nonummy sem lobortis tempus nonummy volutpat ante donec amet non ante aliquam amet, ut lorem felis praesent magna, sit mauris. Mi congue feugiat mauris aliquet lobortis tempus adipiscing ullamcorper, nibh aliquam amet id et nisi ipsum eget nibh aliquam sit nibh nisi sit id diam nisi. Ipsum nonummy non massa tempus amet non massa, aliquam pharetra non massa aliquam amet volutpat ante aliquam, nonummy volutpat ante donec ullamcorper nibh aliquam amet elit. Sem nunc sed at tellus massa magna sit felis ullamcorper nibh tempus amet volutpat nibh praesent, tincidunt lorem adipiscing, praesent tincidunt, tempus turpis euismod nibh ac. Turpis, euismod et nisi amet, id proin, ut ipsum elit diam, ut ipsum nonummy sem nunc nunc erat turpis id et magna sit, felis ullamcorper massa. Tempus amet volutpat proin donec dolor mauris proin donec pulvinar eget proin, nisi pulvinar elit sem nunc eget sem nunc erat consectetur non massa erat consectetur. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc11" w:id="2063960698141044337"/>
-      <w:bookmarkEnd w:id="2063960698141044337"/>
+      <w:bookmarkStart w:name="_Toc13" w:id="924207335244074369"/>
+      <w:bookmarkEnd w:id="924207335244074369"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit molestie diam lobortis dolor mauris praesent, congue lorem at aliquet nunc, sed at aliquet tincidunt sed turpis. Tellus laoreet ac, turpis molestie et magna sit felis diam congue, aliquam turpis tellus laoreet ac adipiscing euismod. Nibh magna turpis euismod laoreet ac turpis molestie et, ut tempus nonummy ullamcorper lobortis aliquam amet volutpat nibh. Eget, proin nunc sed mauris proin nunc erat turpis euismod laoreet, magna sit id diam lobortis tempus nonummy. Non massa aliquam pharetra eget proin dolore donec pharetra molestie ante magna pharetra molestie praesent congue feugiat at. Aliquet nibh aliquam adipiscing ullamcorper congue sed at praesent dolore sed mauris proin nunc ipsum elit sem ut. </w:t>
+        <w:t xml:space="preserve">Nonummy molestie proin, sed adipiscing tellus laoreet magna sit eget non massa tempus nonummy, non ante. Dolore feugiat at euismod et nisi ipsum elit proin, nunc sed nonummy volutpat proin donec pulvinar. Mauris, sem dolore sed consectetur euismod et nisi ipsum elit ullamcorper ut feugiat felis ullamcorper lobortis. Tempus nonummy volutpat ante amet eget proin nunc dolor mauris proin nunc sed, at tellus laoreet. Ac sit id, et congue ipsum nonummy volutpat proin nunc sed at euismod nibh nisi tellus. Laoreet magna sit felis diam nisi feugiat, felis diam lobortis tempus nonummy non ante aliquam amet. Eget praesent nunc lorem consectetur tellus sed at, aliquet, tincidunt ac sit felis, diam congue feugiat. Id diam ut, tempus adipiscing, ullamcorper nibh aliquam adipiscing ullamcorper nibh dolore dolor eget proin nunc. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc12" w:id="10756447766187582175"/>
-      <w:bookmarkEnd w:id="10756447766187582175"/>
+      <w:bookmarkStart w:name="_Toc14" w:id="6213280965803440113"/>
+      <w:bookmarkEnd w:id="6213280965803440113"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
+        <w:t>Top-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna lorem turpis volutpat et nisi pulvinar eget sem laoreet magna ipsum nonummy ullamcorper nibh tempus mauris praesent dolore dolor mauris. Aliquet laoreet sed mauris sem tincidunt sed consectetur tellus laoreet ac, pharetra molestie laoreet magna pharetra, id diam congue amet eget. Proin dolore sed consectetur sem tincidunt erat consectetur tellus laoreet erat turpis id diam ut ipsum adipiscing diam ut lorem, adipiscing. Non nibh aliquam amet euismod et ut ipsum felis sem lobortis tempus amet volutpat massa aliquam amet eget proin, dolore sed. Adipiscing euismod nibh magna sit id magna ipsum, elit, sem massa erat pharetra, molestie praesent, dolore dolor molestie proin donec dolor. At id et ut tempus consectetur molestie praesent tincidunt tempus amet eget mi congue feugiat, felis et, congue ipsum felis ullamcorper. Nibh aliquam amet volutpat ante dolore dolor mauris sem nunc dolor at sem nunc dolor, elit, proin nunc pharetra tellus laoreet. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 2" </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc15" w:id="1796787174964618545"/>
+      <w:bookmarkEnd w:id="1796787174964618545"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet elit sem massa magna sit felis diam lobortis lorem. Adipiscing volutpat tempus amet volutpat ante nisi dolor elit proin. Dolore sed at tellus massa sed consectetur, molestie mi congue. Feugiat nonummy non nibh aliquam amet eget proin amet euismod. Nibh, dolore pulvinar eget proin nisi pulvinar eget proin ut. Sed, consectetur molestie mi magna, sit felis diam tincidunt lorem. Adipiscing, euismod lorem, adipiscing ullamcorper lobortis aliquam amet id et. Dolore sed elit tellus laoreet erat pharetra, molestie mi magna. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc16" w:id="13309088558638882870"/>
+      <w:bookmarkEnd w:id="13309088558638882870"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ut erat pharetra felis diam congue lorem nonummy ullamcorper. Nibh nisi dolor eget proin dolore ipsum elit aliquet nunc. Sed consectetur diam ut tempus amet euismod lobortis aliquam adipiscing. Euismod nibh nisi dolor volutpat et dolore pulvinar elit sem. Dolore sed consectetur tellus laoreet donec aliquam sit euismod diam. Nisi pulvinar felis et nisi, ipsum elit sem, massa donec. Amet, molestie praesent congue dolor mauris aliquet tincidunt lorem adipiscing. Tellus laoreet lorem pharetra mauris praesent congue lorem, adipiscing euismod. Nibh, aliquam amet eget proin nunc sed at non massa. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc17" w:id="14748301045274549377"/>
+      <w:bookmarkEnd w:id="14748301045274549377"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue tempus adipiscing non massa aliquam, pharetra mauris aliquet, laoreet lorem. Consectetur tellus laoreet ac turpis euismod mi ut ipsum elit praesent. Tincidunt, ac amet eget sem nunc, erat pharetra molestie mi magna. Sit mauris praesent congue feugiat adipiscing ullamcorper, lobortis ac, turpis euismod. Nibh ac tempus nonummy volutpat ante aliquam amet non nibh aliquam. Amet, eget proin dolore pulvinar eget nibh, aliquam pulvinar eget, proin. Massa ac, consectetur tellus laoreet, erat consectetur at, tellus, laoreet ac. Turpis tellus mi magna pulvinar id diam nisi feugiat felis diam. Massa donec dolor mauris, aliquet tincidunt aliquam, sit, pulvinar, eget, proin. Nunc sed at aliquet laoreet ac turpis tellus laoreet magna sit. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc18" w:id="11224022613621634292"/>
+      <w:bookmarkEnd w:id="11224022613621634292"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin tincidunt ac, nonummy non massa, aliquam amet volutpat ante donec dolor, mauris aliquet nunc ac turpis, euismod nibh magna. Pulvinar nonummy non ante dolore dolor mauris tellus et ut tempus adipiscing non ante donec dolor mauris proin nunc, pulvinar. At tellus laoreet erat at tellus tincidunt sed at aliquet massa erat adipiscing ullamcorper lobortis tempus amet volutpat, ante dolore. Dolor at, tellus, mi nisi pulvinar id sem, lobortis ipsum felis ullamcorper ut tempus amet volutpat massa aliquam amet, sit. Nonummy, volutpat proin dolore dolor mauris, proin dolore dolor eget, proin dolore pulvinar elit aliquet, laoreet erat, consectetur non massa. Erat consectetur, massa donec pharetra molestie mi magna dolor felis aliquet tincidunt lorem adipiscing ullamcorper tincidunt, lorem adipiscing ullamcorper tincidunt. Aliquam sit eget, et nisi ipsum, elit sem nunc consectetur volutpat mi, donec dolor mauris praesent congue feugiat mauris praesent. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc19" w:id="3246065087016573219"/>
+      <w:bookmarkEnd w:id="3246065087016573219"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec feugiat adipiscing ullamcorper nibh nisi amet volutpat, nibh nisi pulvinar amet molestie proin donec pharetra mauris aliquet nibh nisi ipsum eget, et. Nisi pulvinar nonummy non massa erat nonummy non, massa erat pharetra, volutpat ante dolore donec sit felis diam ut, tempus amet, volutpat nibh. Nisi amet eget ante nisi amet volutpat nibh aliquam amet id et aliquam amet eget et erat sit mauris mi donec feugiat, felis. Praesent tincidunt lorem turpis euismod, nibh aliquam amet, euismod et nisi amet eget sem nunc, erat adipiscing euismod lobortis aliquam amet eget sem. Laoreet, ac sit felis diam ut erat nonummy non, massa aliquam amet volutpat ante dolore dolor adipiscing elit molestie ullamcorper molestie aliquet ante. Tincidunt massa congue nisi erat sit, adipiscing, ullamcorper proin, tincidunt nisi sed sit adipiscing volutpat sem laoreet ut donec lorem, pulvinar consectetur felis. Non nonummy adipiscing at nonummy mauris euismod diam massa erat pharetra tellus ante donec dolor molestie praesent tincidunt massa, sed at molestie ante. Dolore dolor mauris praesent tincidunt ac adipiscing, aliquet laoreet ac pulvinar, elit sem lobortis tempus nonummy non massa erat amet mauris proin dolore. Sed mauris sem nunc ipsum, elit sem nunc ipsum nonummy volutpat ante donec consectetur volutpat ante donec amet volutpat massa aliquam amet non. Massa aliquam, pharetra volutpat nibh dolor mauris praesent nunc sed consectetur aliquet nunc sed at sem massa erat consectetur tellus mi magna pharetra. </w:t>
+        <w:t xml:space="preserve">Lobortis aliquam amet elit ullamcorper massa aliquam pharetra eget proin congue dolor, at tellus laoreet, magna sit felis sem. Massa erat, consectetur molestie, praesent congue feugiat at aliquet congue ipsum elit non massa erat, pharetra molestie mi erat. Pharetra tellus mi magna, dolor mauris praesent congue feugiat at ullamcorper, lobortis ac amet id et turpis euismod nibh. Nisi pulvinar eget diam nunc tempus elit sem lobortis tempus elit sem ante, donec, dolor, mauris praesent congue, sed. Turpis euismod mauris praesent tincidunt sed at aliquet laoreet ac turpis euismod, et ut, feugiat felis et congue feugiat. Felis, diam ut feugiat felis diam congue, feugiat, adipiscing nonummy non massa, donec pharetra molestie mi dolore pharetra mauris. Aliquet tincidunt ac turpis ullamcorper laoreet lorem adipiscing tellus laoreet ac turpis euismod nibh ac consectetur euismod mi dolore. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc13" w:id="10342514053809973465"/>
-      <w:bookmarkEnd w:id="10342514053809973465"/>
+      <w:bookmarkStart w:name="_Toc20" w:id="13646618173765560945"/>
+      <w:bookmarkEnd w:id="13646618173765560945"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
-        <w:t>Top-level header 2</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Erat feugiat felis euismod nibh aliquam pulvinar eget proin dolore sed elit non laoreet magna pharetra, molestie praesent. Congue massa erat nonummy non ante dolore feugiat felis praesent lobortis, ac turpis ullamcorper nibh, aliquam pulvinar eget. Non, massa donec consectetur non massa erat consectetur at aliquet tincidunt ac consectetur molestie mi magna, sit elit. Ullamcorper massa, aliquam pharetra eget, ante donec amet eget praesent tincidunt lorem turpis euismod et magna sit volutpat. Mi congue feugiat at ullamcorper nibh aliquam pulvinar eget diam nisi ipsum nonummy non ante magna dolor, mauris. Aliquet tincidunt lorem adipiscing dolore, feugiat at praesent, dolore sed mauris praesent, tincidunt lorem adipiscing tellus laoreet ac. </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem massa erat dolor felis aliquet lobortis ac turpis ullamcorper et nisi at. Molestie mi congue feugiat, mauris diam lobortis tempus amet volutpat proin nunc sed. Consectetur tellus, laoreet erat turpis molestie mi magna sit id praesent magna molestie. Praesent lobortis donec pulvinar mauris aliquet tincidunt sed consectetur tellus laoreet ac turpis. Id diam ut ipsum adipiscing, ullamcorper, ut tempus nonummy non, lobortis nonummy volutpat. Nibh, donec pulvinar mauris sem et massa dolore ac ipsum pharetra elit molestie. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 2" </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="146126765391200168"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc21" w:id="4342032841011464842"/>
+      <w:bookmarkEnd w:id="4342032841011464842"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Second-level header 1</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Aliquam pulvinar eget aliquet euismod proin dolore pulvinar elit sem tincidunt erat consectetur molestie et ut ipsum adipiscing, ullamcorper nibh, donec pharetra eget ante dolore dolor. Mauris, aliquet praesent congue lorem turpis euismod nibh aliquam amet id et nisi pulvinar eget, sem nunc sed elit non ante donec sit molestie, mi congue. Lorem tempus amet volutpat ante, dolore pharetra mauris aliquet tincidunt lorem adipiscing, tellus laoreet ac turpis euismod nibh ut ipsum, elit sem lobortis erat amet, volutpat. Aliquet laoreet ac pharetra molestie mi ut ipsum felis praesent ut lorem adipiscing ullamcorper lobortis tempus, turpis volutpat proin aliquam pulvinar volutpat et nisi pulvinar pharetra. Volutpat ante donec pharetra, eget praesent nunc dolor mauris proin nunc dolor mauris sem dolore dolor elit proin nisi ipsum at aliquet nunc sed elit sem. Nibh aliquam amet, volutpat ante donec amet eget proin nisi pulvinar elit sem nunc erat consectetur tellus massa erat, consectetur tellus massa donec pharetra molestie pharetra. Mauris ullamcorper nibh aliquam dolor eget proin nisi pulvinar, elit aliquet massa erat consectetur, tellus laoreet ac pharetra, molestie, laoreet magna sit mauris diam, congue feugiat. At tellus laoreet ac consectetur molestie laoreet ac turpis, molestie laoreet erat consectetur tellus massa erat, consectetur tellus ante, erat consectetur non ante magna feugiat felis. </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, dolor, adipiscing, id proin nunc, erat consectetur molestie, diam ut tempus nonummy, euismod ante nisi amet eget proin nunc erat consectetur tellus laoreet laoreet aliquam pulvinar eget et ut. Pulvinar, elit non nunc tempus, elit sem lobortis, tempus consectetur non ante dolore dolor mauris proin, congue lorem turpis non laoreet magna sit mauris, mi magna lorem adipiscing ullamcorper nibh. Nisi dolor at aliquet massa ac, sit molestie, et ut tempus nonummy volutpat ante dolore sit id et nisi ipsum elit non massa, erat amet, non ante dolore feugiat at. Praesent tincidunt lorem at aliquet laoreet lorem adipiscing euismod ante donec dolor mauris, mi magna dolor mauris praesent tincidunt ac amet id et aliquam amet id proin ut ipsum elit. Sem nunc, tempus nonummy tellus mi mi magna feugiat, felis et ut feugiat elit ullamcorper massa aliquam amet volutpat ante aliquam, amet mauris aliquet nunc dolor mauris aliquet nunc erat. Turpis molestie, aliquet tincidunt ac turpis id nibh ac turpis id nibh aliquam turpis id sem ante donec pharetra volutpat massa erat sed consectetur tellus laoreet magna sit id diam. Lobortis tempus nonummy non ante donec pulvinar eget sem nunc lorem consectetur tellus, tincidunt ac turpis molestie et congue amet non, proin donec pharetra volutpat ante donec pulvinar eget proin. Nunc, ac turpis tellus laoreet ac sit molestie mi, magna sit id et congue, feugiat felis magna sit, mauris praesent congue lorem felis diam tincidunt tempus turpis euismod et nisi. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="15072512355568854964"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc22" w:id="14246510939808901877"/>
+      <w:bookmarkEnd w:id="14246510939808901877"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa ac sit, felis ullamcorper lobortis aliquam amet eget praesent nibh aliquam sit euismod nibh ac sit id, diam ut. Ipsum elit sem dolor mauris aliquet, laoreet nisi sit id et nisi, sit id et ac turpis euismod et nisi. Pulvinar id diam nisi feugiat elit ullamcorper, tincidunt ac turpis ullamcorper nibh aliquam sit id nibh magna pulvinar id diam. Nunc erat consectetur, volutpat mi dolore pharetra molestie praesent congue feugiat adipiscing ullamcorper nibh ut lorem felis diam ut tempus. Amet eget proin dolore pulvinar elit aliquet tincidunt erat at aliquet massa, ac pharetra molestie laoreet magna sit mauris praesent. Laoreet nisi pulvinar felis, diam ut pulvinar, elit sem lobortis tempus, amet volutpat ante aliquam amet volutpat ante donec dolor. Adipiscing, tellus laoreet lorem massa erat pharetra molestie praesent congue, sed at praesent nunc pulvinar eget proin dolore sed at. Euismod diam ut tempus elit sem lobortis tempus nonummy non ante at tellus laoreet ac turpis euismod nibh nisi pulvinar. Felis non massa congue dolor molestie ante dolore dolor, at ullamcorper nisi pulvinar eget, proin ut erat nonummy non massa. Erat consectetur tellus massa erat consectetur volutpat ante dolore pharetra molestie praesent congue lorem turpis euismod nibh, aliquam, adipiscing non. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc23" w:id="2333339056258459871"/>
+      <w:bookmarkEnd w:id="2333339056258459871"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget proin tincidunt lorem turpis, id et ut ipsum, elit turpis tellus mi magna sit id praesent magna feugiat, mauris diam lobortis. Nunc sed consectetur tellus laoreet ac, sit molestie mi magna sit id et, et nisi ipsum nonummy non massa erat consectetur molestie. Praesent donec dolor molestie mi magna dolor mauris aliquet tincidunt lorem turpis euismod laoreet lorem adipiscing nonummy non nibh aliquam amet volutpat. Ante dolore pulvinar eget sem nunc, sed at tellus, laoreet magna sit id et congue feugiat felis praesent adipiscing ullamcorper ut feugiat. Felis praesent congue, feugiat felis ullamcorper nibh aliquam amet volutpat et dolore pulvinar, eget proin, ut ipsum, nonummy sem nunc sed consectetur. Diam lobortis tempus turpis volutpat sem dolore sed at sem nunc ipsum, at tellus, laoreet ac pharetra id mi congue feugiat adipiscing. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc24" w:id="13589243152724086764"/>
+      <w:bookmarkEnd w:id="13589243152724086764"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pulvinar mauris, aliquet laoreet ac sit molestie et congue, feugiat elit ullamcorper feugiat felis diam congue lorem felis diam lobortis donec pulvinar eget. Proin dolore dolor elit sem laoreet ac feugiat felis ullamcorper lobortis tempus adipiscing ullamcorper, donec pharetra eget proin nunc dolor mauris proin nunc. Sed at aliquet laoreet magna sit id ullamcorper lobortis tempus amet volutpat proin congue dolor at aliquet nisi pulvinar nonummy non ante erat. Pharetra, mauris praesent congue dolor molestie praesent tincidunt lorem adipiscing, ullamcorper laoreet, ac sit eget diam ut sit mauris praesent tincidunt lorem adipiscing. Ullamcorper et aliquam amet volutpat proin dolore ipsum at non massa erat consectetur non laoreet donec consectetur mauris mi magna dolor ullamcorper lobortis. Aliquam amet euismod et nisi pulvinar eget proin, ut ipsum at tellus laoreet, donec, pharetra molestie ante magna dolor mauris mi congue feugiat. Mauris ullamcorper feugiat, adipiscing ullamcorper lobortis ac, amet eget, sem nunc erat consectetur tellus ante, donec sit felis diam tincidunt lorem turpis elit. Non massa erat pharetra, molestie, proin congue dolor mauris praesent dolore, dolor mauris praesent nunc dolor at tellus tincidunt, erat consectetur tellus laoreet. </w:t>
+        <w:t xml:space="preserve">Tincidunt aliquam ipsum, nonummy tellus praesent congue feugiat felis ullamcorper lobortis aliquam, amet eget sem nunc, sed at. Tellus sed consectetur tellus massa sed nonummy sem ut, tempus elit non massa erat pharetra molestie ante donec. Amet volutpat proin dolore dolor mauris praesent tincidunt, sit, eget diam nunc sed elit sem nunc tempus nonummy. Non, massa erat pharetra molestie praesent dolore dolor molestie proin dolore, sed at aliquet nunc ac turpis, pulvinar. At aliquet tincidunt ac turpis euismod mi nisi ipsum elit non massa tempus nonummy non, lobortis tempus amet. Volutpat nibh tempus nonummy lorem felis ullamcorper tincidunt tempus turpis ullamcorper tincidunt feugiat molestie proin dolore dolor mauris. Praesent tincidunt ac adipiscing tellus laoreet lorem sed nonummy sem nunc tempus elit turpis id diam ut ipsum. Elit ullamcorper lobortis tempus amet volutpat ante aliquam pharetra eget praesent nunc sed at sem nunc dolor eget. Sem nunc dolor feugiat at ullamcorper et nunc sed at non nunc erat consectetur felis, ullamcorper lobortis tempus. Amet volutpat proin dolore pulvinar lorem turpis euismod et nisi amet id nibh nisi ipsum eget diam ut. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc16" w:id="6727318103913595179"/>
-      <w:bookmarkEnd w:id="6727318103913595179"/>
+      <w:bookmarkStart w:name="_Toc25" w:id="15647432213405771436"/>
+      <w:bookmarkEnd w:id="15647432213405771436"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper nibh, aliquam amet euismod proin nisi ipsum eget non. Massa donec pharetra id sem eget euismod sem, praesent congue. Tempus pulvinar eget proin dolore sed consectetur euismod et nisi. Feugiat felis diam ut tempus amet molestie proin dolore dolor. Pharetra mauris diam, ut feugiat mauris praesent tincidunt tempus adipiscing. Ullamcorper tincidunt feugiat turpis ullamcorper lobortis feugiat mauris proin dolore. Dolor at aliquet nunc lorem, tempus adipiscing euismod nibh aliquam. Amet eget sem dolore sed at aliquet nunc sed at. Tellus laoreet donec consectetur molestie mi magna, feugiat tincidunt tempus. </w:t>
+        <w:t xml:space="preserve">Pharetra pulvinar elit sem nunc tempus, consectetur molestie ante donec dolor mauris praesent tincidunt lorem turpis. Id et nisi amet elit sem, nunc erat consectetur tellus nonummy sem ut ipsum nonummy, volutpat. Ante erat amet non massa, erat elit non lobortis tempus nonummy volutpat proin nunc sed adipiscing. Tellus laoreet magna lorem adipiscing euismod nibh, aliquam amet euismod nibh aliquam amet, elit non laoreet. Magna sit id praesent ut tempus adipiscing euismod nibh lorem adipiscing euismod nibh dolore ipsum elit. Ullamcorper lobortis aliquam amet volutpat, proin dolore lorem adipiscing, aliquet nunc sed at aliquet laoreet ac. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc17" w:id="3356534345998206998"/>
-      <w:bookmarkEnd w:id="3356534345998206998"/>
+      <w:bookmarkStart w:name="_Toc26" w:id="6825969732465145186"/>
+      <w:bookmarkEnd w:id="6825969732465145186"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Second-level header 2</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Et nunc ipsum at sem massa sed pharetra mauris. Praesent tincidunt tempus turpis ullamcorper volutpat ante dolore, feugiat. At euismod nibh aliquam pulvinar id proin nisi sit. Elit sem nunc tempus consectetur tellus massa erat consectetur. Volutpat ante dolore molestie praesent congue feugiat at aliquet. Laoreet lorem adipiscing euismod nibh aliquam turpis id sem. Nunc ipsum consectetur molestie mi dolore, dolor mauris aliquet. Tincidunt amet id sem nunc erat consectetur tellus laoreet. Donec sit molestie ante donec consectetur volutpat ante donec. Consectetur molestie massa donec pharetra volutpat ante nisi ipsum. </w:t>
+        <w:t xml:space="preserve">Second-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis euismod et nisi pulvinar nonummy non lobortis erat pharetra mauris. Praesent congue dolor mauris ullamcorper laoreet nisi pulvinar nonummy volutpat ante dolore. Sed consectetur tellus laoreet ac turpis, molestie mi, magna feugiat elit volutpat. Aliquet laoreet aliquam turpis euismod nibh nisi pulvinar id mauris, sem nunc. Sed consectetur tellus mi magna sit felis ullamcorper lobortis tempus nonummy, non. Nibh aliquam pharetra mauris ante, dolore dolor mauris sem nunc erat feugiat. Felis aliquet, tincidunt ac turpis ullamcorper nibh nisi pulvinar id proin ut. Ipsum elit non ante donec pharetra mauris, praesent tincidunt feugiat adipiscing lorem. Turpis euismod lobortis lorem adipiscing ullamcorper laoreet ac turpis id et ut. Ipsum nonummy non massa tempus nonummy non ante donec pharetra mauris mi. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="4780248633262152066"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 4" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc27" w:id="11479732290714213953"/>
+      <w:bookmarkEnd w:id="11479732290714213953"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Molestie aliquet tincidunt ac turpis, eget et nisi ipsum elit, diam nunc tempus nonummy mauris aliquet. Laoreet, ac turpis id et, congue, feugiat felis ullamcorper massa donec pharetra mauris aliquet tincidunt lorem. Sit id et nisi sit id et tellus laoreet magna sit felis ullamcorper lobortis aliquam, amet. Non ante donec amet volutpat praesent, nunc lorem at, aliquet laoreet erat consectetur sem dolore dolor. Molestie et congue ipsum felis praesent ut feugiat, felis diam ut lorem nonummy ullamcorper nibh aliquam. Dolor mauris, sem nunc erat, turpis tellus ut, tempus adipiscing ullamcorper lobortis tempus amet non nibh. </w:t>
+        <w:t xml:space="preserve">Massa dolore dolor, at euismod lobortis aliquam turpis ullamcorper et nunc sed consectetur molestie massa erat ac pulvinar, felis sem massa erat amet non. Mi tincidunt ac adipiscing, ullamcorper nibh nisi pulvinar eget proin nunc sed elit sem nunc erat, consectetur eget proin dolore dolor, elit molestie non. Aliquet proin nunc, ut tincidunt ut donec pharetra mauris, diam congue feugiat felis praesent tincidunt lorem turpis ullamcorper nibh lobortis erat amet molestie, ante. Dolore sed at aliquet tincidunt lorem at aliquet tincidunt sed at tellus laoreet erat at tellus tincidunt ac ac turpis id nibh aliquam turpis. Euismod nibh ac sit, id, et nisi pulvinar felis et nisi sit felis diam nisi feugiat felis diam congue ipsum felis at tellus massa. Donec sit felis ullamcorper tincidunt lorem nonummy euismod nibh nisi amet elit sem dolore ipsum elit aliquet massa ac sit id, praesent, ut tempus. Magna pharetra mauris praesent congue feugiat felis aliquet congue, feugiat, adipiscing ullamcorper lobortis, lorem turpis euismod, proin nunc ipsum eget eget proin nunc lorem. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc19" w:id="4428826338750960087"/>
-      <w:bookmarkEnd w:id="4428826338750960087"/>
+      <w:bookmarkStart w:name="_Toc28" w:id="4796578767969225781"/>
+      <w:bookmarkEnd w:id="4796578767969225781"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut erat pharetra tellus praesent congue feugiat adipiscing diam nisi sed consectetur tellus, mi, magna feugiat felis ullamcorper ut ipsum, nonummy non massa aliquam nonummy volutpat ante. Donec pulvinar eget proin nunc lorem mauris et nisi, feugiat elit ullamcorper ut tempus elit ullamcorper massa, aliquam nonummy, volutpat nibh aliquam pulvinar volutpat ante donec amet. Volutpat ante nisi amet volutpat sem, lobortis tempus nonummy non massa aliquam amet volutpat ante aliquam nonummy, ullamcorper lobortis tempus nonummy euismod ante nisi pulvinar elit sem. Dolore donec amet molestie ante dolore dolor mauris ullamcorper tincidunt lorem adipiscing euismod laoreet magna sit id nibh magna consectetur aliquet laoreet ac turpis tellus laoreet magna. Sit non, ante donec amet non, nibh donec pulvinar volutpat nibh, aliquam pulvinar volutpat nibh aliquam turpis euismod nibh aliquam amet volutpat nibh aliquam amet eget, nibh. Nisi dolore sed at tellus tincidunt magna sit id diam ut pulvinar nonummy, non lobortis, tempus pharetra volutpat, massa donec amet aliquet tincidunt ac adipiscing tellus laoreet. Lorem consectetur aliquet tincidunt lorem at sem dolore, dolor elit aliquet massa erat at, sem nunc sed at non laoreet consectetur molestie mi magna sit mauris mi. Congue feugiat felis aliquet lobortis, ac turpis volutpat nibh nisi pulvinar eget sem massa erat consectetur, molestie, mi magna sit, consectetur tellus laoreet erat consectetur aliquet tincidunt. Ac feugiat id, et congue ipsum adipiscing ullamcorper ut ipsum adipiscing non nibh tempus amet volutpat ante nisi amet volutpat non massa tempus elit non lobortis aliquam. Amet non massa aliquam amet volutpat, nibh donec nonummy volutpat nibh tempus amet euismod lobortis tempus turpis volutpat nibh aliquam volutpat nibh aliquam turpis euismod nibh ac. </w:t>
+        <w:t xml:space="preserve">Sed consectetur tellus praesent tincidunt tempus turpis eget proin massa tempus elit ullamcorper massa aliquam pharetra volutpat nibh donec amet eget. Proin nunc dolor mauris, sem tincidunt, erat consectetur aliquet laoreet ac turpis tellus laoreet congue dolor at aliquet tincidunt ac at. Tellus laoreet nisi pulvinar felis sem nunc tempus nonummy volutpat massa donec pharetra mauris aliquet lobortis aliquam turpis nonummy non nibh. Aliquam pulvinar eget ante donec pulvinar eget sem tincidunt erat, at aliquet laoreet magna sit id diam, congue feugiat adipiscing elit. Non nunc erat, nonummy tellus, ante donec pharetra molestie praesent congue feugiat adipiscing ullamcorper congue, lorem turpis ullamcorper laoreet ac turpis. Id et nunc sed nonummy mauris aliquet tincidunt lorem consectetur euismod mi nisi, ipsum felis non massa tempus nonummy volutpat, proin. Dolore dolor eget praesent dolore dolor at tellus laoreet ac turpis turpis volutpat nibh, nisi dolor at aliquet laoreet ac sit. Felis, ullamcorper lobortis tempus amet non nibh tempus adipiscing ullamcorper volutpat ante erat nonummy non massa donec amet volutpat ante aliquam. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc20" w:id="9034914310902661717"/>
-      <w:bookmarkEnd w:id="9034914310902661717"/>
+      <w:bookmarkStart w:name="_Toc29" w:id="15052219279723301271"/>
+      <w:bookmarkEnd w:id="15052219279723301271"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Massa congue tempus turpis tellus et nisi. Ipsum, nonummy non massa tempus nonummy volutpat. Ante dolore pharetra mauris mi dolore feugiat. Adipiscing id et aliquam sit id non. Nibh aliquam amet volutpat, ante nisi amet. Eget ante dolore pulvinar eget et nisi. Sed at non laoreet donec consectetur tellus. </w:t>
+        <w:t xml:space="preserve">Sed turpis molestie aliquet tincidunt lorem adipiscing euismod et nisi pulvinar eget. Diam nunc ipsum elit diam ut ipsum felis, diam massa erat pharetra. Volutpat proin donec ipsum elit non massa erat nonummy sem nunc erat. Pharetra molestie mi congue, feugiat adipiscing ullamcorper tincidunt ac, adipiscing ullamcorper tincidunt. Lorem at aliquet tincidunt sit eget et nisi, ipsum nonummy, non ante. Magna feugiat adipiscing ullamcorper nibh nisi, pulvinar, eget proin dolore, ipsum elit. Sem nunc sed nonummy non ante nunc sed at aliquet tincidunt sed. Elit aliquet tincidunt ac consectetur molestie mi congue feugiat, felis diam congue. Ipsum adipiscing ullamcorper lobortis tempus, nonummy tincidunt feugiat felis ullamcorper nibh tempus. Turpis, euismod nibh aliquam pulvinar eget proin, dolore ipsum elit sem nunc. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc21" w:id="2160541179360840976"/>
-      <w:bookmarkEnd w:id="2160541179360840976"/>
+      <w:bookmarkStart w:name="_Toc30" w:id="3329428306090166405"/>
+      <w:bookmarkEnd w:id="3329428306090166405"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Second-level header 3</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Elit non massa erat pharetra molestie mi congue sit felis. Ullamcorper nibh nisi pulvinar volutpat et dolore pulvinar elit aliquet. Praesent tincidunt ac adipiscing, ullamcorper, tincidunt, ac sit id diam. Ut ipsum, nonummy volutpat ante donec pharetra volutpat massa, erat. Amet, molestie praesent congue feugiat id et nisi pulvinar eget. Sem massa donec pharetra, mauris praesent tincidunt lorem, felis aliquet. Congue, lorem mauris praesent congue dolor mauris, praesent congue lorem. At pulvinar eget proin nunc lorem at tellus laoreet erat. Consectetur molestie laoreet erat, at aliquet laoreet sed at non. </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis eget et nisi erat pharetra. Felis ullamcorper ut tempus adipiscing, ullamcorper. Lobortis aliquam pulvinar eget proin dolore. Sed elit sem nunc sed non. Laoreet ac sit molestie laoreet donec. Feugiat mauris diam tincidunt tempus nonummy. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="7413478499899840962"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc31" w:id="12117253899975083931"/>
+      <w:bookmarkEnd w:id="12117253899975083931"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="MessageHeader"/>
-[...102 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="Rba507a8bfc0346c5"/>
+      <w:headerReference w:type="default" r:id="R1889fb402fba495d"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2087,69 +2451,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>10</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> SECTIONPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>9</w:t>
+      <w:t>11</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -2726,51 +3090,51 @@
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R84d08a62d949410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6c46135c352f4cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R486af2c8520f4bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rba507a8bfc0346c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R386dc6742fb64142" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2c3c2653afd24b90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reac881525def440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0f69b091001c4fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R1889fb402fba495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f32d749e3e54192" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>