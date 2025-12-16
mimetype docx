--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4dccbfe1564f4842" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R055fbc80672c47fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5b3415777e164460" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2e189e6d72824e0c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6cb4e5c260044eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9ba99d49848240fe" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Table of Contents</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o \f \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
@@ -54,2354 +54,1553 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Top-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc0 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc1 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc2 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc4 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc5">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc5">
+      <w:hyperlink w:history="true" w:anchor="_Toc6">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc7">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc8">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc6">
-[...9 lines deleted...]
-          <w:t>TC Field for Second-level header 2</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc10">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc7">
+      <w:hyperlink w:history="true" w:anchor="_Toc11">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc8">
+      <w:hyperlink w:history="true" w:anchor="_Toc12">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc9">
+      <w:hyperlink w:history="true" w:anchor="_Toc13">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc14">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Top-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc15">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc10">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 4</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc16">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc17">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc11">
-[...9 lines deleted...]
-          <w:t>TC Field for Second-level header 3</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc18">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc12">
+      <w:hyperlink w:history="true" w:anchor="_Toc19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc13">
+      <w:hyperlink w:history="true" w:anchor="_Toc20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>7</w:t>
-        </w:r>
-[...844 lines deleted...]
-          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:t>Top-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquet, laoreet ut donec, magna pulvinar nonummy molestie mi congue, massa congue mi ante ante mi massa tincidunt nisi magna tempus ac ipsum feugiat pharetra, sed feugiat. Lorem donec sit molestie, praesent tincidunt tempus, amet, lorem amet volutpat sem massa magna ipsum adipiscing ullamcorper nibh donec dolor at euismod et nisi sit id felis. Aliquet tincidunt tempus turpis ullamcorper tincidunt sed at tellus massa, erat, pharetra molestie, laoreet magna feugiat, felis ullamcorper, tincidunt lorem adipiscing ullamcorper nibh aliquam, turpis euismod lobortis. Ac adipiscing nibh nisi ipsum elit proin ut pulvinar eget et nisi pulvinar euismod nibh, nisi pulvinar felis diam ut, ipsum felis diam lobortis tempus nonummy non. Ante dolore aliquet tincidunt lorem adipiscing tellus tincidunt lorem consectetur tellus laoreet erat consectetur tellus tincidunt erat consectetur, tellus laoreet magna feugiat, id diam, lobortis tempus, nonummy. Non lobortis amet eget ante nisi amet volutpat ante nisi, pulvinar, eget proin nunc ut aliquam amet molestie proin congue sed at sem nunc, tempus consectetur, molestie. Ante magna pharetra molestie mi dolore dolor mauris mi donec pharetra volutpat, ante dolore, sed mauris, praesent tincidunt lorem at tellus laoreet ipsum nonummy sem lobortis tempus. </w:t>
+        <w:t xml:space="preserve">Dolore, congue ac erat pharetra, felis adipiscing ullamcorper nibh ut ipsum nonummy, non ante donec consectetur non nunc ipsum id sem ut sit molestie praesent dolore. Lorem at ullamcorper tincidunt dolor eget ante tempus adipiscing praesent donec nonummy, sem massa tempus elit diam magna consectetur sem dolore amet proin nisi, amet ullamcorper. Tincidunt lorem at praesent dolore amet diam congue sit tellus nunc pulvinar id, mi, erat at, proin tempus felis praesent donec amet, ullamcorper feugiat id laoreet. Sed elit, et aliquam adipiscing praesent donec nonummy ullamcorper tincidunt dolor molestie nunc sit euismod nunc pulvinar euismod tincidunt dolor ante aliquam elit et magna pharetra. Non ut pulvinar id laoreet, lorem consectetur praesent donec nonummy ullamcorper congue consectetur sem ut feugiat id laoreet dolor eget nibh at proin, donec nonummy diam. Congue sit tellus, nunc, pulvinar id nibh ac at sem nisi turpis aliquet dolore consectetur non ut turpis aliquet nunc pulvinar ullamcorper, nonummy, diam congue donec. Nonummy, ullamcorper congue pharetra sem nisi consectetur sem nisi nonummy praesent erat elit mi sed eget lorem molestie massa ipsum id mi erat elit et ac. At proin aliquam adipiscing praesent magna pharetra non ut turpis tellus nunc pulvinar euismod tincidunt dolor volutpat donec amet, non ut feugiat molestie massa ipsum, id. Tincidunt sed volutpat ut, sit tellus nunc sit tellus nunc dolor euismod tincidunt dolor non ut sit tellus ipsum id laoreet dolor volutpat ut sit tellus. Nunc, ipsum id laoreet sed eget lobortis feugiat molestie massa pulvinar euismod nunc amet euismod congue pharetra, non ut felis et ac at sem nisi turpis. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 1" </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc0" w:id="12226147154888471093"/>
-      <w:bookmarkEnd w:id="12226147154888471093"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="4027641084439790064"/>
+      <w:bookmarkEnd w:id="4027641084439790064"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pharetra, felis ullamcorper nibh nisi, dolor elit aliquet praesent tincidunt lorem turpis ullamcorper laoreet, ac sit. Eget non massa erat consectetur tellus ante magna dolor mauris aliquet tincidunt lorem adipiscing euismod lobortis. Aliquam euismod laoreet ac turpis euismod nibh aliquam turpis id et magna sit, felis et ut. Feugiat, felis diam ut tempus elit ullamcorper massa donec pharetra praesent dolore dolor mauris aliquet nunc. Sed mauris aliquet tincidunt ac consectetur euismod laoreet ac sit, molestie diam ut tempus nonummy mauris. Id at euismod non mi nibh nunc ac, ipsum pharetra felis, euismod proin laoreet lobortis congue. Dolore ut dolore ac sit id diam, nisi, sit id diam nunc dolore dolor elit aliquet. Laoreet ut ipsum nonummy non massa aliquam nonummy non nibh aliquam pharetra volutpat proin aliquam dolor. </w:t>
+        <w:t xml:space="preserve">Pulvinar tellus et lobortis dolor at euismod nibh aliquam sit tellus nibh ac consectetur, tellus. Laoreet nisi feugiat id diam nisi sit id mi ac pharetra non nunc eget nibh. Ac at praesent donec amet euismod lobortis lorem felis mi donec nonummy diam nisi sit. Molestie laoreet ac, pharetra, sem dolore amet euismod dolor volutpat, nibh lorem mauris mi erat. Elit sem ut turpis sem nisi laoreet magna pharetra, non ut pulvinar, euismod tincidunt magna. Ipsum elit, non mi congue ipsum consectetur molestie diam lobortis donec aliquam pulvinar nonummy non. Ante erat elit et ac consectetur proin aliquam adipiscing praesent donec amet diam, consectetur sem. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc1" w:id="6708600087633653284"/>
-      <w:bookmarkEnd w:id="6708600087633653284"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="9265946786276183227"/>
+      <w:bookmarkEnd w:id="9265946786276183227"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Molestie ullamcorper nibh aliquam pulvinar volutpat proin nunc erat pharetra molestie praesent congue sit id praesent congue lorem. Amet volutpat ante massa donec dolor mauris mi congue, pharetra at aliquet laoreet lorem turpis euismod et nisi. Pulvinar elit non massa erat consectetur, tellus massa donec pharetra, ipsum elit ullamcorper, lobortis erat amet molestie, ante. Dolore sed adipiscing tellus tincidunt ac, turpis id et magna pulvinar felis diam ut ipsum felis diam ut. Diam lobortis, aliquam amet eget praesent congue lorem adipiscing tellus laoreet ac turpis id diam nisi pulvinar felis. Diam, ut ipsum, nonummy non lobortis pharetra molestie proin donec dolor, mauris tellus laoreet lorem consectetur tellus nibh. </w:t>
+        <w:t xml:space="preserve">Ac tempus elit et nisi pulvinar euismod, mi ac. At aliquet nunc ipsum, elit feugiat mauris ante tempus. Felis praesent donec nonummy sem ut sit id nibh. Ac consectetur, aliquet dolore amet aliquet congue dolor volutpat. Lobortis, feugiat molestie, nunc euismod et ac at proin. Aliquam nonummy ullamcorper ut, lorem mauris ante tempus id. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc2" w:id="9009377015686686940"/>
-      <w:bookmarkEnd w:id="9009377015686686940"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="16529359019291802396"/>
+      <w:bookmarkEnd w:id="16529359019291802396"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Felis volutpat proin tincidunt elit sem tincidunt erat consectetur id et magna sit id diam lobortis tempus nonummy ullamcorper lobortis aliquam amet, eget ante nisi dolor. At tellus et mi dolore feugiat mauris praesent congue lorem at turpis tellus nibh, ac sit, id sem nunc erat, pharetra molestie praesent congue feugiat mauris. Aliquet lobortis aliquam amet id et nisi ipsum elit, proin lobortis lorem adipiscing diam tincidunt feugiat mauris praesent tincidunt aliquam turpis euismod et dolore pulvinar elit. Non laoreet ac, pharetra id praesent congue ut erat consectetur tellus mi congue feugiat turpis ullamcorper lobortis ac amet euismod nibh aliquam turpis, euismod et nisi. Ipsum elit sem massa, donec, feugiat adipiscing diam molestie mi congue lorem turpis ullamcorper tincidunt lorem adipiscing euismod nibh, nisi pulvinar elit, sem massa sed consectetur. Molestie mi magna dolor mauris aliquet tincidunt lorem adipiscing congue feugiat adipiscing ullamcorper nibh aliquam pulvinar eget proin nunc sed nonummy tellus praesent congue feugiat adipiscing. </w:t>
+        <w:t xml:space="preserve">Nisi ipsum eget, laoreet donec sit, molestie massa pulvinar euismod laoreet, sed eget, nibh feugiat mauris. Ante tempus felis mi sed, elit nibh lorem volutpat, ut pharetra tellus pulvinar, euismod laoreet sed. Eget ante tempus mauris ante ipsum euismod mi sed volutpat lobortis feugiat, non lobortis ipsum id. Mi erat elit nibh feugiat massa tempus adipiscing praesent magna consectetur diam nisi, consectetur aliquet donec. Nonummy ullamcorper congue dolor volutpat lobortis sit id nunc pulvinar ullamcorper dolore ullamcorper ut feugiat non. Ut sit tellus nunc dolor volutpat lobortis sit non nunc sit tellus, nisi turpis aliquet donec. Nonummy, et magna at et aliquam adipiscing dolore pharetra ullamcorper congue sit, non ut sit tellus. Tincidunt pulvinar ullamcorper tincidunt pharetra non ut sit aliquet nisi adipiscing praesent erat elit mi sed. Elit aliquam adipiscing praesent donec nonummy diam donec elit et lorem, mauris proin tempus adipiscing mi. Erat felis mi erat elit nibh ac at praesent donec elit et consectetur tellus massa ipsum. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc3" w:id="11422924923164476717"/>
-      <w:bookmarkEnd w:id="11422924923164476717"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="1835129602734439556"/>
+      <w:bookmarkEnd w:id="1835129602734439556"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec pharetra molestie mi dolore feugiat, adipiscing euismod nibh nisi pulvinar, eget proin ut pulvinar elit volutpat ante dolore dolor, turpis, felis sem nunc erat nonummy non, massa. Tempus amet molestie, praesent, congue feugiat, at euismod et ut ipsum eget nisi pulvinar eget diam nunc erat pharetra volutpat mi donec pharetra mauris praesent congue feugiat at. Ullamcorper et aliquam sit elit sem ut ipsum, eget diam nunc id et ut feugiat felis sem massa erat amet molestie proin dolore pharetra eget praesent tincidunt, ac. Pulvinar elit sem massa erat nonummy diam lobortis tempus turpis euismod et nisi, pulvinar elit non laoreet ac sit felis diam, ut lorem nonummy euismod ante, dolore dolor. Mauris proin dolore, pulvinar, eget nisi pulvinar volutpat nibh, nisi pulvinar id nibh, aliquam turpis euismod nibh aliquam pulvinar eget diam ut ipsum nonummy sem lobortis ipsum elit. Non ante donec pharetra euismod nibh aliquam pulvinar id nibh aliquam, sit id et nisi pulvinar felis, diam ut pulvinar felis diam ut feugiat magna feugiat felis ullamcorper. Lobortis aliquam amet mauris ante donec dolor mauris praesent tincidunt sed at tellus laoreet ac turpis molestie et nisi sit felis diam, magna, nonummy volutpat proin dolore dolor. At tellus, nibh nisi ipsum nonummy non massa donec dolor mauris, praesent congue lorem adipiscing ullamcorper nibh aliquam sit, id, et nisi eget diam, nunc tempus consectetur molestie. Praesent tincidunt lorem turpis volutpat et dolore ipsum elit non massa erat at non massa sed nonummy non massa donec nonummy turpis euismod mi nisi feugiat felis diam. Ut ipsum nonummy ullamcorper massa donec pharetra eget proin dolore pulvinar mauris ante nunc dolor at sem dolore dolor elit pulvinar eget et aliquam amet, id et nisi. </w:t>
+        <w:t xml:space="preserve">Mauris proin aliquam nonummy ut feugiat mauris, ante, tempus id mi erat eget, et. Ac at praesent tempus felis laoreet ipsum id laoreet lorem eget ante tempus felis. Laoreet eget et ac mauris ante tempus felis praesent donec elit et magna consectetur. Aliquet nunc ipsum id laoreet lorem eget lobortis feugiat molestie massa euismod tincidunt, dolor. Volutpat lobortis feugiat mauris massa sit euismod tincidunt dolor euismod congue dolor non ut. Sit molestie, massa ipsum euismod laoreet dolor non, congue consectetur ut turpis aliquet dolore. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc4" w:id="7644612073646623821"/>
-      <w:bookmarkEnd w:id="7644612073646623821"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="11885848110218056403"/>
+      <w:bookmarkEnd w:id="11885848110218056403"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+        <w:t xml:space="preserve">Second-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet laoreet sed mauris proin tempus felis. Mi erat elit magna pharetra tellus nunc. Pulvinar id laoreet, sed eget nibh lorem. Felis praesent magna nonummy sem nisi turpis. Sem dolore turpis aliquet dolore amet et. At aliquet dolore, amet, aliquet congue dolor. Non ut feugiat mauris massa pulvinar id. Tincidunt lorem at ante lorem mauris massa. Ipsum felis tincidunt dolor lobortis feugiat volutpat. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc5" w:id="4332522775401891825"/>
+      <w:bookmarkEnd w:id="4332522775401891825"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet congue pharetra volutpat lobortis ipsum felis laoreet ipsum eget, nibh ac at praesent. Nonummy ullamcorper magna, consectetur, non, massa ipsum felis, mi, ac at proin aliquam at. Aliquet congue, pharetra volutpat ut sit tellus nunc pulvinar, tellus, dolore, tincidunt dolor volutpat. Lobortis lorem molestie lobortis sit tellus, dolore turpis praesent dolore nonummy ullamcorper congue consectetur. Sem, nisi sit tellus dolore amet euismod congue non, nunc ipsum id laoreet dolor. Volutpat et aliquam adipiscing aliquet dolore, amet ullamcorper congue pharetra non ut pulvinar, euismod. Nunc pulvinar non feugiat felis mi tempus felis mi erat eget nibh feugiat volutpat. Ut, feugiat molestie, nunc pulvinar ullamcorper congue pharetra, ullamcorper congue, pharetra non nisi sit. Tellus nunc euismod tincidunt pharetra sem nisi consectetur proin nisi turpis aliquet dolore amet. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc6" w:id="8634525892561143083"/>
+      <w:bookmarkEnd w:id="8634525892561143083"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper lobortis feugiat molestie aliquam nonummy ullamcorper ut feugiat molestie massa pulvinar tellus nunc amet euismod congue dolor non nisi. Sit euismod, tincidunt sed, volutpat lobortis dolor non, ut non nunc ipsum eget laoreet sed volutpat lobortis feugiat mauris massa. Tempus, felis nibh lorem mauris nibh lorem felis mi tempus felis mi erat elit massa pulvinar euismod congue dolor volutpat. Ut sit, tellus nunc pulvinar tellus tincidunt dolor volutpat tincidunt dolor non nisi sit tellus dolore amet congue pharetra ullamcorper. Ut feugiat id laoreet sed euismod congue pharetra volutpat ut feugiat mauris, massa tempus, felis laoreet dolor volutpat lobortis dolor. Volutpat massa ipsum id ac at proin nisi turpis praesent, donec nonummy diam magna consectetur sem ut sit aliquet nisi. Nonummy ullamcorper lobortis feugiat mauris massa tempus felis laoreet sed nibh lorem mauris ante ipsum id laoreet erat elit laoreet. Lorem, mauris proin tempus, adipiscing praesent erat, nonummy diam ac consectetur sem aliquam euismod tincidunt dolor non ut sit tellus. Nunc pulvinar euismod congue pharetra non ut sit tellus nunc sit tellus dolore turpis, ullamcorper tincidunt pharetra non ut consectetur. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc7" w:id="4503664674337782439"/>
+      <w:bookmarkEnd w:id="4503664674337782439"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore dolor volutpat massa ipsum id mi sed, elit sem aliquam, adipiscing tellus. Dolor eget lobortis lorem felis ante tempus felis et ac elit ante lorem. Mauris ante tempus, felis mi sed eget nibh, sed volutpat ut pharetra diam. Magna pharetra, non nunc pulvinar tellus nunc, amet euismod, tincidunt dolor volutpat lobortis. Feugiat molestie dolore turpis ullamcorper donec nonummy diam, ac consectetur proin turpis tellus. Nunc pulvinar euismod lobortis lorem mauris, nunc pulvinar tellus nunc pulvinar euismod congue. Dolor, volutpat lobortis ipsum, molestie, massa ipsum euismod dolor volutpat nibh lorem id. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc8" w:id="4756901392260632293"/>
+      <w:bookmarkEnd w:id="4756901392260632293"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut, ipsum mauris praesent laoreet ac sit eget diam ut ipsum elit non ante erat nonummy volutpat ante donec pharetra mauris. Praesent, tincidunt ac adipiscing tellus mi magna feugiat felis ullamcorper lobortis tempus turpis volutpat ante, dolore sed consectetur molestie mi magna. Sit id et congue feugiat adipiscing diam congue sit eget sem, tincidunt magna sit euismod mi ac consectetur molestie mi magna. Sit id et congue ipsum nonummy, ullamcorper nibh donec pulvinar volutpat proin nunc dolor mauris, mauris praesent tincidunt ac, adipiscing euismod. Nibh nisi, pulvinar eget et nisi pulvinar, eget proin nunc sed consectetur molestie ante magna dolor mauris praesent molestie praesent tincidunt. Ac amet euismod et aliquam adipiscing aliquet laoreet aliquam turpis id et nisi ipsum elit sem massa, erat consectetur volutpat ante. Dolore feugiat elit sem dolore ipsum at non massa erat consectetur tellus mi congue feugiat felis diam tincidunt tempus turpis ullamcorper. </w:t>
+        <w:t xml:space="preserve">Aliquam nonummy diam, magna nonummy diam, magna turpis aliquet dolore amet, ullamcorper feugiat molestie massa ipsum felis et magna at proin. Nisi turpis aliquet dolore, amet non ut sit tellus massa ipsum id laoreet sed eget ante lorem ante erat elit diam. Nisi turpis aliquet dolore amet aliquet dolore amet non congue sit tellus, nunc pulvinar eget nibh lorem at, proin aliquam adipiscing. Tempus felis tincidunt, dolor euismod tincidunt dolor molestie lobortis tempus felis laoreet ipsum, euismod laoreet dolor eget nibh tempus felis ante. Erat eget, lorem consectetur sem nisi adipiscing praesent donec amet ullamcorper nisi consectetur sem, aliquam, turpis ullamcorper dolore, nonummy, diam ut. Pharetra non nunc pulvinar euismod tincidunt dolor, euismod pharetra sem magna at sem aliquam adipiscing praesent donec nonummy diam ac elit. Et ac mauris massa feugiat tellus massa, ipsum, id nibh lorem mauris ante mauris, massa tempus elit et ac, at et. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc5" w:id="13895758367124412226"/>
-      <w:bookmarkEnd w:id="13895758367124412226"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="16393030602591533227"/>
+      <w:bookmarkEnd w:id="16393030602591533227"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+        <w:t xml:space="preserve">Second-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi ac consectetur aliquet nisi adipiscing aliquet adipiscing, diam congue, consectetur non ut sit tellus tincidunt sed mauris nibh lorem molestie ante ipsum felis laoreet. Erat elit et nisi turpis praesent, donec diam, congue sit tellus nunc ipsum euismod nunc pulvinar ullamcorper congue pharetra sem, nisi, sit euismod nunc, pulvinar. Volutpat, nibh lorem molestie massa ipsum molestie ipsum id laoreet dolor volutpat ut sit tellus massa ipsum id tincidunt pulvinar ullamcorper tincidunt feugiat molestie massa. Tempus elit et ac elit proin at praesent donec nonummy diam donec elit et lorem eget ante tempus, felis mi erat elit mi erat eget. Lobortis, dolor molestie ut sit aliquet nisi aliquet congue dolor non ut feugiat tellus nunc pulvinar, euismod tincidunt dolor volutpat tincidunt feugiat, molestie massa, tempus. Felis mi, dolor, eget lobortis lorem mauris proin tempus mi ac elit, et ac mauris proin aliquam adipiscing praesent donec nonummy diam ac mauris proin. Tempus felis mi erat, felis mi sed elit, et ac at dolore amet diam, donec at nibh lorem mauris nibh lorem molestie massa tempus id. Mi, erat consectetur aliquet, nisi turpis donec nonummy et, erat elit et, ac adipiscing praesent donec nonummy praesent erat eget nibh sed eget lobortis feugiat. Molestie ante, erat, elit mi sed eget nibh volutpat ut turpis aliquet dolore pulvinar ullamcorper dolore pharetra non ut pharetra sem magna turpis aliquet donec. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc10" w:id="1103899663522756173"/>
+      <w:bookmarkEnd w:id="1103899663522756173"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem turpis aliquet nunc dolor eget proin aliquam adipiscing praesent donec elit mi erat eget et aliquam adipiscing ullamcorper, dolore eget lobortis lorem mauris. Mi erat elit et lorem mauris lobortis dolor volutpat lobortis ipsum molestie nunc pulvinar euismod lobortis feugiat molestie, ante tempus id erat, elit nibh. Ac at ante tempus felis mi erat elit et erat mauris ante lorem molestie massa tempus id massa sed id laoreet dolor volutpat lobortis. Felis mi sed eget nibh lorem mauris, nibh lorem mauris massa tempus id mi erat elit et ac mauris ante tempus molestie nunc euismod. Tincidunt lorem mauris proin donec nonummy praesent donec consectetur diam magna consectetur sem aliquam felis ante erat elit mi erat elit nibh feugiat volutpat. Massa ipsum diam magna consectetur proin nisi turpis praesent donec, nonummy diam, donec nonummy, et ac at ante lorem molestie lobortis sit tellus nunc. Pulvinar euismod laoreet sed massa tempus id praesent congue consectetur non nisi, consectetur aliquet nisi nonummy praesent donec consectetur diam magna turpis proin aliquam. Ante, erat elit diam magna at proin nisi turpis tellus nunc pulvinar, volutpat lobortis feugiat tellus nunc sit euismod tincidunt dolor volutpat nibh lorem. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc11" w:id="1747742385449286841"/>
+      <w:bookmarkEnd w:id="1747742385449286841"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam turpis ullamcorper tincidunt feugiat molestie proin aliquam. Nonummy ullamcorper lobortis sit, molestie massa ipsum id. Ac at proin tempus adipiscing aliquet donec nonummy. Diam, nisi turpis tellus, dolore amet, euismod tincidunt. Pharetra non congue pharetra non nisi turpis tincidunt. Sed at ante tempus felis mi tempus felis. Laoreet erat eget lobortis feugiat volutpat ut sit. Molestie laoreet, sed eget nibh ac at, ante. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc12" w:id="15188749067736643125"/>
+      <w:bookmarkEnd w:id="15188749067736643125"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus laoreet sed eget ante tempus adipiscing diam congue pharetra volutpat lobortis, ipsum id, laoreet erat eget nibh ac massa tempus. Adipiscing diam magna pharetra non ut sit tellus dolore amet ullamcorper congue pharetra non ut turpis sem dolore turpis aliquet dolore. Amet ut sit molestie nunc amet ullamcorper congue pharetra non ut feugiat molestie ante ipsum eget nibh, sed eget nibh, feugiat. Molestie massa tempus felis mi, erat eget dolor volutpat lobortis sit non nunc sit tellus dolore pharetra, non ut pharetra tellus. Ut ipsum id laoreet sed eget tincidunt feugiat, molestie sit tellus massa ipsum, id tincidunt sed, mauris ante tempus id diam. Donec elit diam magna at sem dolore turpis diam magna consectetur, diam nisi turpis sem at praesent donec amet diam magna. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc13" w:id="9877848906685795038"/>
+      <w:bookmarkEnd w:id="9877848906685795038"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Top-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et massa erat elit diam magna turpis tellus massa ipsum lobortis. Lorem volutpat massa feugiat molestie laoreet sed, id nibh sed eget. Proin aliquam felis mi erat elit et ac at sem nisi. Turpis ullamcorper pharetra volutpat ut sit, non nisi adipiscing proin dolore. Amet, ullamcorper magna consectetur diam, ac at ante tempus molestie massa. Ipsum id nunc pulvinar, euismod dolor molestie lobortis, feugiat molestie massa. Ipsum id laoreet dolor non magna consectetur non ut sit aliquet. Donec nonummy diam, donec, consectetur sem tempus felis laoreet erat elit. Et ac at proin aliquam adipiscing praesent donec nonummy et, lorem. Mauris ante aliquam felis mi erat elit et erat elit et. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 2" </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc14" w:id="14467719437676399677"/>
+      <w:bookmarkEnd w:id="14467719437676399677"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ante tempus felis et erat at proin ut pulvinar euismod nunc pulvinar ullamcorper congue consectetur. Non sit, tellus tincidunt dolor euismod tincidunt dolor volutpat nisi sit tellus massa pulvinar euismod tincidunt. Sed eget ante, tempus id laoreet erat elit et at ante tempus adipiscing aliquet magna consectetur. Diam magna turpis sem aliquam adipiscing, proin donec amet ullamcorper congue sit non nisi turpis aliquet. Nunc pulvinar euismod, tincidunt molestie massa ipsum id laoreet, sed eget, nibh lorem, mauris proin erat. Felis, et magna consectetur, non nisi turpis aliquet donec adipiscing praesent elit et lorem mauris ante. Tempus, felis, mi erat felis, et ac at et aliquam adipiscing praesent, donec nonummy praesent donec. Elit et aliquam adipiscing praesent donec diam, congue dolor volutpat lobortis ipsum, id laoreet erat elit. Et lorem, at proin aliquam adipiscing mi, ac at proin aliquam adipiscing aliquet donec, nonummy praesent. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc15" w:id="12918299006698534519"/>
+      <w:bookmarkEnd w:id="12918299006698534519"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit sem nisi turpis euismod nunc dolor volutpat tincidunt dolor, volutpat massa ipsum id laoreet consectetur non nunc amet, ullamcorper tincidunt dolor. Non ut sit tellus ut sit tellus nunc pulvinar euismod congue, dolor volutpat lobortis turpis aliquet nunc euismod tincidunt pharetra non lobortis. Feugiat molestie laoreet sed elit et ac at proin, aliquam, adipiscing praesent donec felis, laoreet erat consectetur, proin, ac, felis praesent nonummy. Diam congue consectetur non ut, sit id nibh lorem mauris proin aliquam adipiscing praesent donec nonummy diam, magna consectetur sem nisi adipiscing. Erat felis, laoreet sed eget, laoreet lorem, mauris ante ipsum felis mi sed elit et ac at proin tempus adipiscing praesent donec. Pharetra non ut sit tellus amet euismod, dolore amet ullamcorper ut, sit tellus ut, pulvinar id, tincidunt sed eget nibh lorem molestie. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc16" w:id="6948579438192585605"/>
+      <w:bookmarkEnd w:id="6948579438192585605"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent congue, pharetra tellus massa ipsum felis mi ac. Consectetur tellus nunc, amet ullamcorper tincidunt feugiat molestie ut. Tempus felis mi erat elit nibh mauris ante tempus. Felis ante erat nonummy mi erat eget lobortis feugiat. Volutpat, lobortis feugiat id laoreet sed, eget et ac. At proin donec praesent donec, nonummy diam, ac, consectetur. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc17" w:id="4283954038830479237"/>
+      <w:bookmarkEnd w:id="4283954038830479237"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
         <w:t xml:space="preserve">Second-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat adipiscing eget proin nunc sed consectetur felis ullamcorper lobortis aliquam, pharetra at aliquet. Laoreet magna, pulvinar elit sem nunc erat mauris ante donec amet molestie ante donec. Amet, volutpat proin dolore dolor at praesent congue dolor at praesent tincidunt, lorem at. Tellus mi ac turpis et nisi sit felis diam ut ipsum felis diam ut. Ipsum nonummy non proin donec pulvinar mauris proin nunc sed consectetur euismod mi magna. Feugiat nonummy non tincidunt lorem turpis aliquet tincidunt sed adipiscing euismod, nibh nisi pulvinar. Eget diam nunc tempus, nonummy volutpat ante donec pharetra molestie ante dolore pulvinar eget. Non massa erat nonummy sem nunc sed consectetur non ante tempus nonummy, non, massa. Erat consectetur volutpat ante donec dolor molestie proin congue sed at, pharetra eget praesent. Nunc lorem at sem nunc dolor mauris sem dolore sed elit proin nunc ipsum. </w:t>
+        <w:t xml:space="preserve">Sit, eget nibh ac, at ante tempus adipiscing mi erat amet diam magna sem nunc amet ullamcorper. Congue amet ullamcorper magna consectetur sem nisi turpis aliquet dolore, nonummy diam magna, nonummy sem nisi consectetur. Sem nisi turpis praesent elit et ac elit sem aliquam adipiscing aliquet donec adipiscing diam congue consectetur. Sem ut sit, aliquet nisi, amet ullamcorper congue pharetra sem magna turpis dolore amet ullamcorper dolore pharetra. Ullamcorper congue sit tellus, nunc ipsum id laoreet sed volutpat lobortis feugiat tellus nunc sit tellus nunc. Pulvinar aliquet massa sed eget nibh lorem molestie lobortis feugiat tellus nunc pulvinar euismod nunc pharetra non. Ut sit non ut turpis sem nisi, adipiscing praesent erat felis ac at sem nisi turpis aliquet. Dolore, amet non, congue, consectetur sem aliquam adipiscing praesent aliquam adipiscing mi donec nonummy diam magna at. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc6" w:id="2213685118520543193"/>
-      <w:bookmarkEnd w:id="2213685118520543193"/>
+      <w:bookmarkStart w:name="_Toc18" w:id="10830517205884684193"/>
+      <w:bookmarkEnd w:id="10830517205884684193"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Id diam ut ipsum elit volutpat ante. Congue sed, adipiscing ullamcorper nibh nisi, sit. Eget sem, nunc tempus nonummy non, ante. Magna pharetra, lobortis ipsum nonummy non lobortis. Tempus amet, volutpat proin, donec pharetra mauris. Aliquet tincidunt lorem turpis id diam nunc. </w:t>
+        <w:t xml:space="preserve">Dolor mauris mi tempus elit et magna, at sem nisi. Amet euismod tincidunt sed eget lobortis, feugiat, molestie sed eget. Nibh ac, consectetur aliquet dolore amet diam donec nonummy diam. Magna turpis, sem dolore amet aliquet, dolore, amet diam magna. Pharetra tellus turpis tellus tincidunt dolor eget lobortis feugiat molestie. Massa ipsum euismod laoreet dolor volutpat tincidunt dolor molestie massa. Tempus felis laoreet, ipsum id tincidunt dolor non congue sem. Nisi turpis, aliquet dolore pulvinar ullamcorper tincidunt dolor volutpat lobortis. Feugiat tellus, dolore sed eget nibh lorem mauris ante aliquam. Adipiscing praesent elit, et aliquam adipiscing praesent dolore pulvinar volutpat. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc7" w:id="9828462402549677491"/>
-      <w:bookmarkEnd w:id="9828462402549677491"/>
+      <w:bookmarkStart w:name="_Toc19" w:id="1679387943423497925"/>
+      <w:bookmarkEnd w:id="1679387943423497925"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Praesent tincidunt ac turpis id et, ut ipsum nonummy non massa erat amet volutpat ante dolore dolor at aliquet tincidunt lorem adipiscing euismod volutpat proin. Nunc, ac, sit felis sem ante donec pharetra, molestie praesent congue, feugiat adipiscing ullamcorper nibh aliquam, sit id diam nisi pulvinar elit, sem id et. Ut tempus nonummy, volutpat ante donec amet volutpat proin dolore pharetra eget praesent congue lorem adipiscing euismod nibh magna pulvinar felis diam ut ipsum elit. Feugiat id et, magna sit id diam lobortis, ipsum nonummy ullamcorper ut lorem nonummy ullamcorper lobortis, tempus amet euismod ante nisi pulvinar eget turpis ullamcorper. Tincidunt, lorem adipiscing ullamcorper laoreet ac turpis euismod nibh nisi ipsum nonummy non massa, donec dolor mauris praesent dolore dolor mauris aliquet tincidunt feugiat adipiscing. Adipiscing ullamcorper lobortis tempus, amet volutpat nibh tempus nonummy euismod proin nunc erat consectetur tellus laoreet ac consectetur tellus laoreet, erat consectetur sem nunc tincidunt. Aliquam sit id nibh ac sit elit sem, massa donec pharetra mauris praesent, dolore feugiat at aliquet nibh nisi pulvinar elit sem, ut erat consectetur. Molestie id diam nunc erat consectetur volutpat ante donec pharetra, volutpat ante erat amet volutpat ante donec pharetra eget praesent dolore dolor mauris aliquet, nunc. Sed at aliquet ante donec nonummy non lobortis ipsum elit ullamcorper lobortis tempus adipiscing ullamcorper lobortis tempus amet non nibh, aliquam pulvinar eget nibh, tempus. </w:t>
+        <w:t xml:space="preserve">Dolor volutpat, nibh tempus felis mi erat elit erat elit et tempus felis praesent donec nonummy diam magna consectetur et. Ac, at, praesent dolore pharetra volutpat ut sit tellus nunc sit tellus nunc volutpat nibh feugiat volutpat lobortis sit, tellus. Massa ipsum id laoreet dolor volutpat ut, sit tellus massa ipsum euismod laoreet sed mauris nibh lorem mauris ipsum felis. Mi ac at proin ac at praesent donec elit mi erat elit laoreet sed mauris ante lorem mauris massa, sed. Eget, et ac mauris ante volutpat, massa ipsum felis mi erat eget tincidunt dolor non ut feugiat tellus, ut pulvinar. Euismod, congue dolor eget lobortis feugiat mauris, massa felis mi ac at proin, nisi adipiscing aliquet donec amet diam ac. At nibh sed molestie proin donec, nonummy ullamcorper congue pharetra sem ut sit, aliquet donec ullamcorper congue pharetra sem magna. Consectetur sem nisi at proin tempus id laoreet sed elit laoreet sed mauris proin donec nonummy diam magna consectetur sem. Ac consectetur aliquam adipiscing mi erat elit sem ut sit tellus nunc amet ullamcorper congue, dolor eget nibh lorem felis. Mi erat, et ac consectetur sem nisi turpis aliquet donec nonummy diam nisi turpis, sem aliquam turpis, praesent donec, adipiscing. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc8" w:id="6263247265668066845"/>
-      <w:bookmarkEnd w:id="6263247265668066845"/>
+      <w:bookmarkStart w:name="_Toc20" w:id="15418876566586102014"/>
+      <w:bookmarkEnd w:id="15418876566586102014"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="MessageHeader"/>
-[...589 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R1889fb402fba495d"/>
+      <w:headerReference w:type="default" r:id="R663416d7f7e14e99"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2451,69 +1650,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>12</w:t>
+      <w:t>8</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> SECTIONPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>11</w:t>
+      <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -3090,51 +2289,51 @@
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2c3c2653afd24b90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reac881525def440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0f69b091001c4fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R1889fb402fba495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f32d749e3e54192" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0c6b726426334cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R83d0bfdfa3dc4074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R92b049cb529b4eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R663416d7f7e14e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R416d1f02cebe4f85" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>