--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2e189e6d72824e0c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6cb4e5c260044eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9ba99d49848240fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R708f5d28ca04485c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf2ba7bfaf13b4ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reb9933ee19f74757" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Table of Contents</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o \f \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
@@ -54,1553 +54,2500 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Top-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc0 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc1 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc2 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc4 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc5">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc5">
+      <w:hyperlink w:history="true" w:anchor="_Toc6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc6">
+      <w:hyperlink w:history="true" w:anchor="_Toc7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc7">
+      <w:hyperlink w:history="true" w:anchor="_Toc8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc8">
+      <w:hyperlink w:history="true" w:anchor="_Toc9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc10">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc9">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 4</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc11">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc12">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc13">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc14">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Top-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc10">
-[...9 lines deleted...]
-          <w:t>TC Field for Second-level header 3</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc15">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc11">
+      <w:hyperlink w:history="true" w:anchor="_Toc16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc12">
+      <w:hyperlink w:history="true" w:anchor="_Toc17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc13">
+      <w:hyperlink w:history="true" w:anchor="_Toc18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc14">
-[...9 lines deleted...]
-          <w:t>TC Field for Top-level header 2</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc19">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc15">
-[...9 lines deleted...]
-          <w:t>TC Field for Second-level header 1</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc20">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc16">
+      <w:hyperlink w:history="true" w:anchor="_Toc21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc17">
+      <w:hyperlink w:history="true" w:anchor="_Toc22">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc23">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc24">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc18">
-[...9 lines deleted...]
-          <w:t>TC Field for Second-level header 2</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc25">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc19">
+      <w:hyperlink w:history="true" w:anchor="_Toc26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc26 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc20">
+      <w:hyperlink w:history="true" w:anchor="_Toc27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc27 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc28">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc28 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc29">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc29 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc30">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc30 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc31">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc31 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc32">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc32 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc33">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc33 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:t>Top-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolore, congue ac erat pharetra, felis adipiscing ullamcorper nibh ut ipsum nonummy, non ante donec consectetur non nunc ipsum id sem ut sit molestie praesent dolore. Lorem at ullamcorper tincidunt dolor eget ante tempus adipiscing praesent donec nonummy, sem massa tempus elit diam magna consectetur sem dolore amet proin nisi, amet ullamcorper. Tincidunt lorem at praesent dolore amet diam congue sit tellus nunc pulvinar id, mi, erat at, proin tempus felis praesent donec amet, ullamcorper feugiat id laoreet. Sed elit, et aliquam adipiscing praesent donec nonummy ullamcorper tincidunt dolor molestie nunc sit euismod nunc pulvinar euismod tincidunt dolor ante aliquam elit et magna pharetra. Non ut pulvinar id laoreet, lorem consectetur praesent donec nonummy ullamcorper congue consectetur sem ut feugiat id laoreet dolor eget nibh at proin, donec nonummy diam. Congue sit tellus, nunc, pulvinar id nibh ac at sem nisi turpis aliquet dolore consectetur non ut turpis aliquet nunc pulvinar ullamcorper, nonummy, diam congue donec. Nonummy, ullamcorper congue pharetra sem nisi consectetur sem nisi nonummy praesent erat elit mi sed eget lorem molestie massa ipsum id mi erat elit et ac. At proin aliquam adipiscing praesent magna pharetra non ut turpis tellus nunc pulvinar euismod tincidunt dolor volutpat donec amet, non ut feugiat molestie massa ipsum, id. Tincidunt sed volutpat ut, sit tellus nunc sit tellus nunc dolor euismod tincidunt dolor non ut sit tellus ipsum id laoreet dolor volutpat ut sit tellus. Nunc, ipsum id laoreet sed eget lobortis feugiat molestie massa pulvinar euismod nunc amet euismod congue pharetra, non ut felis et ac at sem nisi turpis. </w:t>
+        <w:t xml:space="preserve">Felis, tempus nisi nunc sem volutpat amet aliquam lobortis non amet eget turpis aliquam. Lobortis euismod dolor nunc tellus consectetur, ac mi felis ipsum nunc tellus, sit magna. Diam felis tempus ante eget dolor tincidunt, euismod pulvinar ac mi id feugiat ut. Diam elit ipsum, massa molestie pharetra donec praesent mauris lorem nibh, eget sed nibh. Elit sed massa tellus sit lobortis id pulvinar nunc molestie dolor congue euismod pulvinar. Dolore praesent at sed tincidunt euismod pulvinar ut sem pharetra magna diam nonummy donec. Praesent praesent felis tempus, ante eget sed tincidunt, id sit ut, non consectetur donec. Diam nonummy donec proin at ac et eget sed mi id, feugiat massa non. Molestie sit tincidunt euismod amet dolore aliquet sit nisi sem at, erat laoreet id. Feugiat lobortis, non amet dolore ullamcorper amet nunc tellus turpis nisi diam nonummy pulvinar. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 1" </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc0" w:id="4027641084439790064"/>
-      <w:bookmarkEnd w:id="4027641084439790064"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="12048050987858068061"/>
+      <w:bookmarkEnd w:id="12048050987858068061"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pulvinar tellus et lobortis dolor at euismod nibh aliquam sit tellus nibh ac consectetur, tellus. Laoreet nisi feugiat id diam nisi sit id mi ac pharetra non nunc eget nibh. Ac at praesent donec amet euismod lobortis lorem felis mi donec nonummy diam nisi sit. Molestie laoreet ac, pharetra, sem dolore amet euismod dolor volutpat, nibh lorem mauris mi erat. Elit sem ut turpis sem nisi laoreet magna pharetra, non ut pulvinar, euismod tincidunt magna. Ipsum elit, non mi congue ipsum consectetur molestie diam lobortis donec aliquam pulvinar nonummy non. Ante erat elit et ac consectetur proin aliquam adipiscing praesent donec amet diam, consectetur sem. </w:t>
+        <w:t xml:space="preserve">Donec congue ullamcorper nonummy aliquam ante, mauris lorem nibh, volutpat pulvinar dolore sem consectetur at ac et nonummy erat ante mauris lorem lobortis eget sed, nibh euismod. Pulvinar dolore tellus pharetra ut ullamcorper nonummy donec aliquet, adipiscing amet nisi sem consectetur magna diam nonummy donec diam amet donec, praesent adipiscing aliquam et elit erat. Mi molestie, sit lobortis molestie feugiat nibh eget ac mi non consectetur magna diam nonummy donec aliquet sit, ut non pharetra congue ullamcorper nonummy donec mi, adipiscing. Lorem tincidunt ullamcorper turpis, nisi sem at pharetra congue diam adipiscing aliquam proin, at lorem et, eget sed massa, tellus sit ut non dolor congue aliquet adipiscing. Aliquam, proin mauris lorem mi felis non consectetur magna diam amet congue aliquet, turpis nisi sem consectetur magna et elit erat ante mauris lorem nibh volutpat dolor. Tincidunt euismod pulvinar ut tellus euismod ipsum nunc molestie feugiat ut volutpat dolor tincidunt euismod dolor dolore tellus eget, eget dolor donec ut praesent id euismod, turpis. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc1" w:id="9265946786276183227"/>
-      <w:bookmarkEnd w:id="9265946786276183227"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="16262287510095688373"/>
+      <w:bookmarkEnd w:id="16262287510095688373"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ac tempus elit et nisi pulvinar euismod, mi ac. At aliquet nunc ipsum, elit feugiat mauris ante tempus. Felis praesent donec nonummy sem ut sit id nibh. Ac consectetur, aliquet dolore amet aliquet congue dolor volutpat. Lobortis, feugiat molestie, nunc euismod et ac at proin. Aliquam nonummy ullamcorper ut, lorem mauris ante tempus id. </w:t>
+        <w:t xml:space="preserve">Sit pulvinar ut non at erat laoreet. Tellus turpis nisi sem nonummy molestie dolor. Tincidunt ullamcorper amet, dolore praesent adipiscing lorem. Nibh euismod sit ut non pharetra ut. Ullamcorper amet dolore praesent adipiscing lorem nibh. Eget dolor tincidunt euismod amet nunc aliquet. Adipiscing magna diam consectetur donec diam nonummy. Dolore praesent adipiscing ac nibh eget, erat. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc2" w:id="16529359019291802396"/>
-      <w:bookmarkEnd w:id="16529359019291802396"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="1411493271637153812"/>
+      <w:bookmarkEnd w:id="1411493271637153812"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nisi ipsum eget, laoreet donec sit, molestie massa pulvinar euismod laoreet, sed eget, nibh feugiat mauris. Ante tempus felis mi sed, elit nibh lorem volutpat, ut pharetra tellus pulvinar, euismod laoreet sed. Eget ante tempus mauris ante ipsum euismod mi sed volutpat lobortis feugiat, non lobortis ipsum id. Mi erat elit nibh feugiat massa tempus adipiscing praesent magna consectetur diam nisi, consectetur aliquet donec. Nonummy ullamcorper congue dolor volutpat lobortis sit id nunc pulvinar ullamcorper dolore ullamcorper ut feugiat non. Ut sit tellus nunc dolor volutpat lobortis sit non nunc sit tellus, nisi turpis aliquet donec. Nonummy, et magna at et aliquam adipiscing dolore pharetra ullamcorper congue sit, non ut sit tellus. Tincidunt pulvinar ullamcorper tincidunt pharetra non ut sit aliquet nisi adipiscing praesent erat elit mi sed. Elit aliquam adipiscing praesent donec nonummy diam donec elit et lorem, mauris proin tempus adipiscing mi. Erat felis mi erat elit nibh ac at praesent donec elit et consectetur tellus massa ipsum. </w:t>
+        <w:t xml:space="preserve">Tempus nisi diam nonummy donec aliquet adipiscing tempus ante eget dolor dolore aliquet turpis nisi sem consectetur donec praesent felis, tempus non, pharetra, congue ullamcorper turpis ac. Nibh volutpat dolor tincidunt euismod pulvinar massa mauris feugiat lobortis, euismod pulvinar, nunc aliquet adipiscing aliquam sem, consectetur, magna felis ipsum ante, molestie dolor tincidunt euismod turpis. Nisi, sem at nisi sem consectetur donec diam amet nunc aliquet turpis, nisi, sem consectetur donec praesent, nonummy ante mauris ac, proin at magna diam nonummy dolore. Aliquet turpis aliquam sem sit nisi, sem, consectetur magna ullamcorper nonummy dolore aliquet sit ut pharetra, congue diam felis tempus, proin, at lorem et eget, erat, et. Felis tempus ante mauris tempus nibh mauris ac et nonummy magna praesent adipiscing donec praesent, aliquam nibh eget erat mi id ipsum massa volutpat feugiat lobortis volutpat. Pulvinar dolore tellus turpis magna diam consectetur magna ullamcorper amet tincidunt ullamcorper pulvinar et elit, erat et id ipsum massa molestie, feugiat lobortis, volutpat dolor tincidunt euismod. Sit nunc non pharetra congue ullamcorper amet dolore aliquet turpis nisi sem consectetur diam amet dolore aliquet adipiscing aliquam proin at erat et, elit tempus ante molestie. Lorem lobortis euismod pulvinar nunc tellus sit nisi sem at ac et felis massa mauris lorem nibh volutpat dolor tincidunt euismod sit nunc volutpat, feugiat nibh mauris. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc3" w:id="1835129602734439556"/>
-      <w:bookmarkEnd w:id="1835129602734439556"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="996886186285050884"/>
+      <w:bookmarkEnd w:id="996886186285050884"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mauris proin aliquam nonummy ut feugiat mauris, ante, tempus id mi erat eget, et. Ac at praesent tempus felis laoreet ipsum id laoreet lorem eget ante tempus felis. Laoreet eget et ac mauris ante tempus felis praesent donec elit et magna consectetur. Aliquet nunc ipsum id laoreet lorem eget lobortis feugiat molestie massa euismod tincidunt, dolor. Volutpat lobortis feugiat mauris massa sit euismod tincidunt dolor euismod congue dolor non ut. Sit molestie, massa ipsum euismod laoreet dolor non, congue consectetur ut turpis aliquet dolore. </w:t>
+        <w:t xml:space="preserve">Magna ante mauris sit tincidunt, volutpat amet, dolore aliquet sit ut sem pharetra magna ullamcorper amet congue aliquet, amet dolore aliquet. Sit nisi nonummy, erat mi mauris tempus nibh, mauris sed nibh id ipsum nunc tellus feugiat lobortis volutpat, sed tincidunt euismod. Pulvinar, nisi proin at erat mi erat aliquet adipiscing tempus proin at ac nibh eget, erat mi felis tempus, nibh eget. Sed laoreet, eget ipsum massa molestie feugiat massa molestie lorem, et ac mi id tempus mi mauris lorem nibh mauris ac. Laoreet id ipsum laoreet id tempus ante, mauris feugiat laoreet eget, sed laoreet, id massa, volutpat, dolor lobortis euismod pulvinar aliquam. Lobortis ullamcorper nonummy donec praesent at aliquam proin consectetur magna praesent nonummy donec praesent adipiscing ac et eget dolor tincidunt sit. Nisi sem nonummy donec, mi, mauris lorem nibh eget lorem nibh ac lorem tempus magna nibh euismod sit ut non pharetra. Congue et elit aliquam at lorem lobortis euismod pulvinar tincidunt tellus pulvinar nunc non dolor donec praesent nonummy aliquam proin at. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc4" w:id="11885848110218056403"/>
-      <w:bookmarkEnd w:id="11885848110218056403"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="17171037476673771023"/>
+      <w:bookmarkEnd w:id="17171037476673771023"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent at lorem tincidunt ullamcorper amet dolore sem consectetur magna sem nonummy erat mi adipiscing nisi, consectetur ac laoreet id pulvinar nunc. Tellus pharetra congue ullamcorper nonummy donec praesent adipiscing aliquam sem, consectetur, magna et felis erat mi felis tempus euismod, pulvinar tincidunt tellus sit. Nunc tellus sit congue non amet dolore aliquet turpis nisi, sem consectetur congue ullamcorper, nonummy donec praesent adipiscing tempus proin consectetur laoreet euismod. Sit ut, non consectetur donec mi, id tempus ante mauris lorem nibh eget ipsum laoreet molestie sit ut non consectetur donec aliquet, nisi. Proin mauris ac nibh eget, sed massa, molestie feugiat ut volutpat dolor tincidunt ullamcorper turpis dolore aliquet turpis ut non dolor tincidunt euismod. Pulvinar nunc pulvinar nunc tellus sit ut euismod, pulvinar nunc tellus sit aliquam proin at erat laoreet, id tempus massa molestie lorem tincidunt. Euismod pulvinar nunc tellus pulvinar ut pharetra congue, ullamcorper amet nunc praesent adipiscing aliquam et at erat mi felis tempus massa at lorem. Nibh, elit sed felis ipsum ante mauris aliquam proin mauris lorem et elit sed laoreet id ipsum nibh mauris sed laoreet, id ipsum. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc5" w:id="7971817019171335368"/>
+      <w:bookmarkEnd w:id="7971817019171335368"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
         <w:t xml:space="preserve">Second-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquet laoreet sed mauris proin tempus felis. Mi erat elit magna pharetra tellus nunc. Pulvinar id laoreet, sed eget nibh lorem. Felis praesent magna nonummy sem nisi turpis. Sem dolore turpis aliquet dolore amet et. At aliquet dolore, amet, aliquet congue dolor. Non ut feugiat mauris massa pulvinar id. Tincidunt lorem at ante lorem mauris massa. Ipsum felis tincidunt dolor lobortis feugiat volutpat. </w:t>
+        <w:t xml:space="preserve">Tincidunt praesent adipiscing ac nibh, euismod, amet nunc aliquet mauris erat et nonummy, donec mi adipiscing aliquam proin. Eget laoreet id ipsum massa id ipsum lobortis non pharetra congue, euismod pulvinar tincidunt id ipsum, ante mauris. Lorem lobortis volutpat pulvinar nunc tellus sit non consectetur, nibh volutpat ipsum massa id tempus mi felis tempus. Proin at magna et elit donec diam amet donec aliquet turpis nisi non pharetra, congue non congue ullamcorper. Pulvinar nunc tellus turpis ut volutpat feugiat lobortis euismod dolor mi, felis tempus ante felis tempus proin adipiscing. Ac, et at praesent adipiscing, aliquam proin at lorem et elit, ac diam nonummy dolore aliquet, turpis, nunc. Tellus ipsum ante felis aliquam, proin adipiscing, magna sem nonummy, magna diam, ipsum lobortis, volutpat dolor lobortis eget. Erat mi felis erat praesent turpis dolore tellus sit ut non consectetur congue ullamcorper amet dolore praesent, turpis. Aliquam proin, consectetur lobortis volutpat amet, dolore aliquet turpis ac et elit erat mi adipiscing aliquam aliquet turpis. Aliquam proin at magna et molestie pharetra ut ullamcorper amet congue ullamcorper turpis nisi proin consectetur ac diam. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc5" w:id="4332522775401891825"/>
-      <w:bookmarkEnd w:id="4332522775401891825"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="1056976154364118449"/>
+      <w:bookmarkEnd w:id="1056976154364118449"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquet congue pharetra volutpat lobortis ipsum felis laoreet ipsum eget, nibh ac at praesent. Nonummy ullamcorper magna, consectetur, non, massa ipsum felis, mi, ac at proin aliquam at. Aliquet congue, pharetra volutpat ut sit tellus nunc pulvinar, tellus, dolore, tincidunt dolor volutpat. Lobortis lorem molestie lobortis sit tellus, dolore turpis praesent dolore nonummy ullamcorper congue consectetur. Sem, nisi sit tellus dolore amet euismod congue non, nunc ipsum id laoreet dolor. Volutpat et aliquam adipiscing aliquet dolore, amet ullamcorper congue pharetra non ut pulvinar, euismod. Nunc pulvinar non feugiat felis mi tempus felis mi erat eget nibh feugiat volutpat. Ut, feugiat molestie, nunc pulvinar ullamcorper congue pharetra, ullamcorper congue, pharetra non nisi sit. Tellus nunc euismod tincidunt pharetra sem nisi consectetur proin nisi turpis aliquet dolore amet. </w:t>
+        <w:t xml:space="preserve">Turpis ullamcorper nonummy donec mi adipiscing nisi sem at. Ac et, elit tempus, ante mauris, lorem, lobortis, eget. Sed tincidunt ullamcorper amet nunc tellus pharetra feugiat nibh. Eget pulvinar dolore aliquet turpis ut non pharetra magna. Ullamcorper nonummy donec praesent at ac proin elit donec. Praesent adipiscing aliquam volutpat amet donec proin mauris ac. Nibh id sit ut non pharetra congue diam nonummy. Donec massa mauris feugiat nibh eget erat, laoreet euismod. Pulvinar nunc tellus proin at ac lobortis ullamcorper amet. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc6" w:id="8634525892561143083"/>
-      <w:bookmarkEnd w:id="8634525892561143083"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="136803748875744926"/>
+      <w:bookmarkEnd w:id="136803748875744926"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper lobortis feugiat molestie aliquam nonummy ullamcorper ut feugiat molestie massa pulvinar tellus nunc amet euismod congue dolor non nisi. Sit euismod, tincidunt sed, volutpat lobortis dolor non, ut non nunc ipsum eget laoreet sed volutpat lobortis feugiat mauris massa. Tempus, felis nibh lorem mauris nibh lorem felis mi tempus felis mi erat elit massa pulvinar euismod congue dolor volutpat. Ut sit, tellus nunc pulvinar tellus tincidunt dolor volutpat tincidunt dolor non nisi sit tellus dolore amet congue pharetra ullamcorper. Ut feugiat id laoreet sed euismod congue pharetra volutpat ut feugiat mauris, massa tempus, felis laoreet dolor volutpat lobortis dolor. Volutpat massa ipsum id ac at proin nisi turpis praesent, donec nonummy diam magna consectetur sem ut sit aliquet nisi. Nonummy ullamcorper lobortis feugiat mauris massa tempus felis laoreet sed nibh lorem mauris ante ipsum id laoreet erat elit laoreet. Lorem, mauris proin tempus, adipiscing praesent erat, nonummy diam ac consectetur sem aliquam euismod tincidunt dolor non ut sit tellus. Nunc pulvinar euismod congue pharetra non ut sit tellus nunc sit tellus dolore turpis, ullamcorper tincidunt pharetra non ut consectetur. </w:t>
+        <w:t xml:space="preserve">Nibh euismod amet nisi aliquet consectetur magna et laoreet id ipsum ut non pharetra magna diam nonummy donec aliquet turpis nisi. Sem consectetur congue, ullamcorper amet dolore aliquet amet dolore aliquet consectetur magna congue, praesent turpis nisi sem, consectetur ac et eget. Ipsum massa molestie feugiat lobortis non pharetra congue aliquet turpis nisi sem turpis nisi, ullamcorper nibh volutpat pulvinar nunc, tellus pulvinar. Ut proin, at ac et elit aliquam proin at ac et eget erat laoreet id erat mi mauris aliquam ante mauris. Lorem tincidunt, ullamcorper adipiscing ac et elit erat, mi elit erat mi felis tempus ante at erat laoreet id ipsum massa. Tellus sit donec praesent adipiscing ac nibh elit erat et nonummy erat mi adipiscing aliquam sem turpis nisi sem consectetur, magna. Praesent adipiscing tempus proin eget sed laoreet id pharetra congue diam nonummy donec praesent adipiscing aliquam proin at ac et, nonummy. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc7" w:id="4503664674337782439"/>
-      <w:bookmarkEnd w:id="4503664674337782439"/>
+      <w:bookmarkStart w:name="_Toc8" w:id="14326862338497419123"/>
+      <w:bookmarkEnd w:id="14326862338497419123"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolore dolor volutpat massa ipsum id mi sed, elit sem aliquam, adipiscing tellus. Dolor eget lobortis lorem felis ante tempus felis et ac elit ante lorem. Mauris ante tempus, felis mi sed eget nibh, sed volutpat ut pharetra diam. Magna pharetra, non nunc pulvinar tellus nunc, amet euismod, tincidunt dolor volutpat lobortis. Feugiat molestie dolore turpis ullamcorper donec nonummy diam, ac consectetur proin turpis tellus. Nunc pulvinar euismod lobortis lorem mauris, nunc pulvinar tellus nunc pulvinar euismod congue. Dolor, volutpat lobortis ipsum, molestie, massa ipsum euismod dolor volutpat nibh lorem id. </w:t>
+        <w:t xml:space="preserve">Elit pulvinar ante, molestie feugiat congue ullamcorper, pulvinar nisi sem. At lorem nibh felis erat ante molestie sit congue non. Amet congue ullamcorper amet nunc tellus erat mi felis tempus. Nibh euismod dolor tincidunt id ipsum praesent nonummy donec proin. At ac et elit sed laoreet, id ipsum massa molestie. Feugiat lorem nibh eget sed tincidunt euismod, sit ut non. Consectetur, magna diam nonummy lorem ut non amet dolore aliquet. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc8" w:id="4756901392260632293"/>
-      <w:bookmarkEnd w:id="4756901392260632293"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="4031821497679098690"/>
+      <w:bookmarkEnd w:id="4031821497679098690"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+        <w:t xml:space="preserve">Second-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, magna ante mauris feugiat ut ullamcorper nonummy donec proin at lorem nibh eget erat mi id. Ipsum massa volutpat dolor tincidunt aliquet proin volutpat, pulvinar tincidunt tellus turpis, nisi proin at magna et. Adipiscing tempus massa molestie lorem nibh volutpat, dolor tincidunt euismod pulvinar massa molestie feugiat congue diam adipiscing. Tempus nibh volutpat dolor tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat, feugiat lobortis euismod pulvinar tincidunt. Tellus turpis, nisi sem diam elit, erat praesent nonummy dolore aliquet adipiscing aliquam proin at ac et. Nonummy donec, mi felis aliquam proin mauris lorem nibh felis, erat praesent felis lorem, laoreet, id amet. Dolore sem consectetur magna ullamcorper pharetra, congue, euismod amet dolore sem, turpis nisi sem consectetur congue euismod. Pulvinar nunc euismod sit ut non tellus pharetra magna diam, nonummy donec aliquet turpis nisi sem consectetur. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc10" w:id="8497694679717470797"/>
+      <w:bookmarkEnd w:id="8497694679717470797"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit ut tellus at ac et, elit, erat mi felis tempus nibh. Eget sed laoreet id tempus ante mauris feugiat nibh volutpat dolor tincidunt. Tellus sit nisi mi felis erat, praesent, at ac nibh eget erat. Laoreet euismod pulvinar ut non pharetra magna ullamcorper adipiscing aliquam praesent at. Ac et elit erat ante molestie, dolor lobortis eget sed laoreet felis. Tempus ante molestie feugiat tincidunt euismod nonummy dolore praesent turpis nisi sem. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc11" w:id="3933032460572473483"/>
+      <w:bookmarkEnd w:id="3933032460572473483"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, tempus lobortis volutpat dolor laoreet euismod, pulvinar nunc sem consectetur magna praesent felis tempus proin adipiscing ac et, elit sed laoreet id turpis nisi sem consectetur magna. Praesent felis lorem, nibh mauris, lorem nibh, eget pulvinar ut non consectetur magna et, elit tempus ante molestie feugiat nibh felis ipsum ante molestie lorem, nibh volutpat sed. Laoreet euismod pulvinar nunc non consectetur ac mi felis aliquam massa volutpat, dolor lobortis volutpat, sed tincidunt tellus, pulvinar tincidunt ullamcorper amet dolore aliquet sit ut non sit. Congue ullamcorper nonummy donec, praesent adipiscing aliquam proin consectetur magna diam nonummy erat ante mauris dolor tincidunt euismod ipsum massa, molestie sit lobortis volutpat sed laoreet eget sed. Massa molestie feugiat massa molestie dolor tincidunt euismod pulvinar nunc tellus sit ut sed nibh eget erat praesent felis tempus, massa volutpat dolor lobortis id sed laoreet tellus. Sit ut sem consectetur congue euismod amet nunc tellus, pulvinar aliquet turpis, aliquam proin elit ac et nonummy dolore ullamcorper turpis nisi aliquet turpis magna diam nonummy donec. Diam amet dolore aliquet turpis, nisi proin elit erat dolore aliquet turpis, dolore sem consectetur magna diam, amet dolore euismod pulvinar, nunc tellus ipsum massa, molestie sit lobortis. Eget laoreet, ullamcorper turpis nisi proin at erat et felis ipsum massa mauris lorem nibh eget sed laoreet id tempus ante mauris tempus ante mauris lorem nibh, elit. Erat massa tellus sit lobortis, volutpat dolor, tincidunt volutpat pulvinar, nunc tellus sit nunc molestie, sit, ut volutpat dolor, congue tellus sit ut non sit ut ullamcorper mauris. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc12" w:id="15803479676317724619"/>
+      <w:bookmarkEnd w:id="15803479676317724619"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor nunc tellus turpis aliquam, proin nonummy erat mi amet nisi sem at ac. Et elit tempus mi mauris lorem lobortis eget sed nibh id ipsum massa id. Tempus massa molestie feugiat nibh eget nisi diam nonummy erat mi mauris tempus ante. Eget pulvinar dolore, aliquet at ac et elit erat mi adipiscing tempus proin at. Lorem et eget turpis ut sem dolor lobortis volutpat, dolor nunc tellus sit ut. Sem consectetur donec praesent adipiscing donec praesent turpis dolore sem sit ut non dolor. Congue sem at lorem laoreet euismod, pulvinar ut tellus sit ut non amet congue. Ullamcorper amet dolore tellus, turpis congue ullamcorper amet congue aliquet turpis, lorem laoreet id. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc13" w:id="16421908281794342233"/>
+      <w:bookmarkEnd w:id="16421908281794342233"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Top-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet tellus turpis magna diam nonummy erat mi felis, tempus, lobortis volutpat sed nibh euismod pulvinar. Massa molestie ipsum lobortis volutpat dolor congue ullamcorper amet dolore tellus sit ut, non pharetra congue euismod. Dolor nunc tellus turpis erat massa tellus sit, ut non pharetra congue ullamcorper turpis, nunc aliquet turpis. Ut non amet dolore praesent adipiscing tempus ante mauris, lorem nibh, eget lorem ante eget sed laoreet. Id amet nisi aliquet consectetur magna diam nonummy, dolore ullamcorper turpis nisi proin, at ac et nonummy. Donec volutpat sed laoreet euismod ipsum, massa tellus feugiat congue non pharetra tincidunt euismod sed, tincidunt id. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 2" </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc14" w:id="15191987411846453355"/>
+      <w:bookmarkEnd w:id="15191987411846453355"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id sit tellus sit ut volutpat sed tincidunt euismod, amet nunc tellus sit congue ullamcorper nonummy donec mi adipiscing tempus ante mauris. Sed laoreet id ipsum molestie feugiat lobortis volutpat sed laoreet euismod, ipsum nunc non consectetur magna ullamcorper elit, erat, praesent, turpis nisi. Sem consectetur magna diam nonummy donec diam aliquam proin at ac et eget ipsum laoreet, tellus sit ut non pharetra dolore ullamcorper. Amet nisi sem consectetur magna et elit erat praesent adipiscing tempus ante lorem laoreet, id pulvinar massa molestie feugiat massa molestie feugiat. Laoreet, euismod pulvinar dolore aliquet elit erat mi id ipsum massa molestie dolor praesent adipiscing aliquam praesent adipiscing aliquam, proin elit, erat. Mi felis tempus ante at ac, et eget sed mi felis tempus ante mauris lorem lobortis volutpat pulvinar tellus turpis nisi sem. Elit donec praesent adipiscing, aliquam proin at, ac et elit erat, et elit erat praesent adipiscing nisi sem consectetur, magna diam nonummy. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc15" w:id="3264060499966461250"/>
+      <w:bookmarkEnd w:id="3264060499966461250"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ante eget lorem tincidunt tellus, pulvinar ut tellus sit ut ullamcorper amet congue ipsum. Massa tellus feugiat lobortis, molestie dolor congue ullamcorper amet, nunc aliquet sit nisi, sem consectetur. Donec mi felis aliquam proin adipiscing ac proin, sed laoreet id ipsum massa mauris lorem. Tincidunt aliquet turpis nisi tellus sit ut non dolor lobortis eget sed laoreet id sed. Massa tellus, sit congue, ullamcorper congue aliquet turpis nisi sem, consectetur magna sem nonummy donec. Mi, felis feugiat lobortis volutpat dolor tincidunt euismod sit ut, sem, nonummy erat adipiscing tempus. Ante molestie dolor lobortis, volutpat dolor massa tellus sit ut sem pharetra lobortis volutpat sed. Laoreet euismod pulvinar nunc tellus sit congue ullamcorper amet dolore pulvinar nunc tellus sit ut. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc16" w:id="5758908473596101238"/>
+      <w:bookmarkEnd w:id="5758908473596101238"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi proin, at ac mi elit tempus massa, molestie. Feugiat volutpat dolor nunc tellus consectetur magna diam consectetur magna. Diam nonummy dolore praesent turpis aliquam proin consectetur congue diam. Amet donec proin at lorem lobortis, ac mi id ipsum. Nunc non, pharetra magna diam amet dolore, aliquet turpis nisi. Sem, at erat, tempus magna, massa diam id sit lorem. Nibh praesent molestie elit amet lorem congue mi felis pharetra. Tempus lobortis mi euismod ipsum, massa mauris lorem proin at. Lorem dolore tellus ut tellus sit ut non pharetra congue. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc17" w:id="9883932905807647765"/>
+      <w:bookmarkEnd w:id="9883932905807647765"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie sit congue ullamcorper adipiscing aliquam ante mauris lorem eget ipsum massa tellus, turpis congue ullamcorper amet donec mi felis, tempus ante at ac, sem consectetur. Congue euismod pulvinar, tincidunt euismod pulvinar nunc id ipsum volutpat pharetra congue aliquet turpis nisi proin consectetur nisi diam consectetur magna mi felis aliquam proin consectetur magna. Et, nonummy donec praesent adipiscing aliquam aliquet ac proin at ac mi elit erat mi felis aliquam et at erat laoreet id tempus ante molestie feugiat ut. Ullamcorper adipiscing feugiat non pharetra congue euismod pulvinar massa aliquet feugiat massa molestie, dolor congue ullamcorper turpis dolore aliquet turpis nisi sem consectetur congue ullamcorper nonummy nunc. Tellus turpis nisi at magna diam nonummy, dolore aliquet turpis nisi sem turpis nisi sem nonummy magna diam turpis nisi sem sit nisi diam nonummy erat mi. Felis, tempus ante pharetra dolore praesent turpis nisi sem consectetur ac mi felis ipsum massa volutpat pharetra congue, mi, felis, lorem nibh volutpat donec aliquet, turpis aliquam. Et elit erat mi felis, tempus ante, mauris feugiat, tincidunt volutpat dolor tincidunt euismod ipsum massa molestie feugiat lobortis eget sed laoreet eget massa tellus, sit ut. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc18" w:id="15828694116644382342"/>
+      <w:bookmarkEnd w:id="15828694116644382342"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquam nonummy diam, magna nonummy diam, magna turpis aliquet dolore amet, ullamcorper feugiat molestie massa ipsum felis et magna at proin. Nisi turpis aliquet dolore, amet non ut sit tellus massa ipsum id laoreet sed eget ante lorem ante erat elit diam. Nisi turpis aliquet dolore amet aliquet dolore amet non congue sit tellus, nunc pulvinar eget nibh lorem at, proin aliquam adipiscing. Tempus felis tincidunt, dolor euismod tincidunt dolor molestie lobortis tempus felis laoreet ipsum, euismod laoreet dolor eget nibh tempus felis ante. Erat eget, lorem consectetur sem nisi adipiscing praesent donec amet ullamcorper nisi consectetur sem, aliquam, turpis ullamcorper dolore, nonummy, diam ut. Pharetra non nunc pulvinar euismod tincidunt dolor, euismod pharetra sem magna at sem aliquam adipiscing praesent donec nonummy diam ac elit. Et ac mauris massa feugiat tellus massa, ipsum, id nibh lorem mauris ante mauris, massa tempus elit et ac, at et. </w:t>
+        <w:t xml:space="preserve">Euismod sit nisi sem at, ac laoreet id ipsum volutpat dolor congue aliquet amet dolore. Proin, mauris sed laoreet euismod pulvinar ut non, sit congue diam amet dolore aliquet adipiscing. Nisi proin pharetra ut amet dolore aliquet amet dolore aliquet turpis nisi diam elit erat. Mi felis tempus proin at ac et elit erat praesent adipiscing aliquam proin mauris lobortis. Euismod pulvinar nunc molestie sit ut non pharetra congue ullamcorper amet dolore tellus turpis nisi. Non pharetra magna diam, amet donec praesent lorem tincidunt euismod amet nisi sem turpis nisi. Sem nonummy donec mi adipiscing aliquam proin at magna diam consectetur magna diam nonummy dolore. Ullamcorper turpis dolore sit congue non pharetra congue, aliquet turpis nisi tellus sit ut non. Dolor tincidunt volutpat pulvinar dolore tellus, sit nunc tellus pharetra ut ullamcorper pharetra dolore ullamcorper. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc9" w:id="16393030602591533227"/>
-      <w:bookmarkEnd w:id="16393030602591533227"/>
+      <w:bookmarkStart w:name="_Toc19" w:id="12206181457236893345"/>
+      <w:bookmarkEnd w:id="12206181457236893345"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+        <w:t xml:space="preserve">Second-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper id feugiat ut non amet dolore praesent. At feugiat lobortis euismod pulvinar dolore aliquet sem. Eget sed tincidunt tellus sit ut non sit. Congue ullamcorper, pharetra donec praesent adipiscing aliquam proin. At magna ullamcorper, amet congue ullamcorper amet donec. Aliquet at magna et elit sed laoreet felis. Tempus ante mauris lorem, nibh id ipsum massa. Molestie feugiat ut non dolor tincidunt ullamcorper amet. Dolore nibh elit sed, laoreet id tempus massa. Eget dolor congue ullamcorper amet nisi proin at. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc20" w:id="7105899112966607444"/>
+      <w:bookmarkEnd w:id="7105899112966607444"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat turpis aliquam nibh eget lorem laoreet id, ipsum nunc tellus sit ut ullamcorper nonummy donec aliquet adipiscing, nisi sem consectetur magna diam nisi sem turpis magna, et nonummy. Donec praesent adipiscing, tempus, ante eget sed laoreet eget ipsum massa tellus sit ut non pharetra, congue ullamcorper amet ac et elit erat mi, felis tempus ante at ac. Laoreet id ipsum, massa molestie feugiat massa molestie dolor tincidunt volutpat pulvinar nunc, tellus sit ut sem adipiscing tempus nibh eget sed laoreet euismod sit nunc molestie sit, congue. Non pharetra, congue aliquet turpis nisi sem consectetur magna diam consectetur, tempus nibh volutpat pulvinar nunc tellus pulvinar nunc molestie ipsum, ante at ac et at ac et, elit. Erat ante molestie dolor tincidunt, euismod dolor tincidunt euismod amet donec aliquet turpis nisi tellus sit ut non dolor congue ullamcorper amet nisi sem at magna diam consectetur magna. Aliquet turpis, nisi sem at ac molestie ipsum lobortis non, pharetra congue ullamcorper pulvinar massa tellus turpis ut sem amet donec aliquet amet dolore aliquet sit tempus ante mauris. Lorem nibh eget ipsum laoreet id ipsum ante mauris lorem nibh elit magna et elit erat mi, adipiscing, nisi sem consectetur ac nibh praesent felis ipsum massa at ac. Nibh eget, ipsum nunc tellus, turpis nisi sem, pharetra tincidunt volutpat pulvinar, nunc tellus sit ut non, consectetur magna praesent id at ac diam nonummy donec aliquet adipiscing aliquam. Sem at erat mi, felis ipsum nunc molestie feugiat lobortis mauris ac diam nonummy, donec praesent nonummy donec lobortis euismod, amet dolore tellus feugiat ut sem consectetur magna diam. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc21" w:id="4900383361362180546"/>
+      <w:bookmarkEnd w:id="4900383361362180546"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem felis tempus ante mauris feugiat lobortis volutpat pulvinar nunc tellus feugiat lobortis molestie dolor nibh. Eget, dolor nunc aliquet turpis nisi sem consectetur non, consectetur magna laoreet id feugiat lobortis molestie. Lorem lobortis euismod, pulvinar, nisi proin at ac et elit donec, praesent felis, tempus ante mauris. Lorem ipsum lobortis sem consectetur donec massa molestie feugiat lobortis volutpat dolor tincidunt euismod ipsum massa. Molestie feugiat ut ullamcorper amet dolore aliquet adipiscing erat dolore sem at ac et elit donec. Praesent mauris feugiat lobortis volutpat pulvinar nunc euismod pulvinar nunc tellus sit ut volutpat feugiat laoreet. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc22" w:id="15776159195575146679"/>
+      <w:bookmarkEnd w:id="15776159195575146679"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh volutpat sed tincidunt euismod turpis ut sem nonummy donec mi felis tempus, proin molestie lorem nibh diam consectetur donec mi mauris. Feugiat magna praesent nonummy donec aliquet adipiscing aliquam sem consectetur congue, diam nonummy aliquam proin mauris feugiat nibh volutpat volutpat dolor lobortis volutpat. Dolor nunc euismod sit nunc, tellus pharetra congue ullamcorper nonummy aliquam praesent amet dolore tellus feugiat lobortis volutpat, lorem nibh eget dolor tincidunt. Non consectetur donec mi felis, aliquam ante mauris lorem nibh, elit erat mi felis aliquam proin adipiscing nisi aliquet turpis nisi sem consectetur. Nisi sem consectetur magna diam nonummy donec praesent adipiscing, donec praesent adipiscing, ut non, pharetra congue ullamcorper amet dolore praesent adipiscing aliquam proin. Elit ac diam nonummy, tincidunt euismod sit nisi sem elit sed laoreet felis erat mi mauris aliquam proin consectetur magna sem, nonummy erat. Mi mauris tempus ante at ac diam consectetur dolore praesent at ac laoreet euismod pulvinar massa molestie, feugiat, ut non consectetur congue, euismod. Pulvinar nunc aliquet consectetur magna massa molestie feugiat, lobortis volutpat pharetra congue euismod pulvinar nunc molestie feugiat massa molestie feugiat, nibh volutpat pulvinar. Nunc tellus consectetur magna diam nonummy magna diam id ipsum massa tellus feugiat lobortis volutpat dolor lobortis eget sed massa id ipsum ante. Mauris, lorem lobortis volutpat sed, tincidunt id ipsum nunc tellus pharetra ac et elit, erat laoreet molestie ipsum lobortis volutpat dolor congue ullamcorper. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc23" w:id="11992368074392803564"/>
+      <w:bookmarkEnd w:id="11992368074392803564"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ac nibh, elit sed nunc tellus sit, ut. Non pharetra congue ullamcorper amet, nunc, tellus turpis magna. Et elit sed, laoreet id ipsum dolore aliquet turpis. Ac et, elit erat mi felis tempus massa molestie. Tempus nibh mauris lorem, et, eget erat mi felis. Tempus ante, eget lorem congue ullamcorper nonummy donec praesent. Adipiscing ac proin consectetur magna sem consectetur congue euismod. Pulvinar dolore, aliquet adipiscing ac et elit sed laoreet. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc24" w:id="5866533521424519402"/>
+      <w:bookmarkEnd w:id="5866533521424519402"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
         <w:t xml:space="preserve">Second-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mi ac consectetur aliquet nisi adipiscing aliquet adipiscing, diam congue, consectetur non ut sit tellus tincidunt sed mauris nibh lorem molestie ante ipsum felis laoreet. Erat elit et nisi turpis praesent, donec diam, congue sit tellus nunc ipsum euismod nunc pulvinar ullamcorper congue pharetra sem, nisi, sit euismod nunc, pulvinar. Volutpat, nibh lorem molestie massa ipsum molestie ipsum id laoreet dolor volutpat ut sit tellus massa ipsum id tincidunt pulvinar ullamcorper tincidunt feugiat molestie massa. Tempus elit et ac elit proin at praesent donec nonummy diam donec elit et lorem eget ante tempus, felis mi erat elit mi erat eget. Lobortis, dolor molestie ut sit aliquet nisi aliquet congue dolor non ut feugiat tellus nunc pulvinar, euismod tincidunt dolor volutpat tincidunt feugiat, molestie massa, tempus. Felis mi, dolor, eget lobortis lorem mauris proin tempus mi ac elit, et ac mauris proin aliquam adipiscing praesent donec nonummy diam ac mauris proin. Tempus felis mi erat, felis mi sed elit, et ac at dolore amet diam, donec at nibh lorem mauris nibh lorem molestie massa tempus id. Mi, erat consectetur aliquet, nisi turpis donec nonummy et, erat elit et, ac adipiscing praesent donec nonummy praesent erat eget nibh sed eget lobortis feugiat. Molestie ante, erat, elit mi sed eget nibh volutpat ut turpis aliquet dolore pulvinar ullamcorper dolore pharetra non ut pharetra sem magna turpis aliquet donec. </w:t>
+        <w:t xml:space="preserve">Tellus mauris sed tincidunt euismod turpis magna diam elit erat mi molestie ipsum lobortis volutpat feugiat et. Elit sed, laoreet laoreet euismod pulvinar ut non pharetra congue diam nonummy donec praesent adipiscing aliquam proin. Elit ipsum massa molestie pharetra ut volutpat pharetra, congue ullamcorper turpis nisi sem nonummy donec praesent adipiscing. Donec proin adipiscing ac proin nonummy donec diam amet donec aliquet turpis dolore sem consectetur ac, laoreet. Id ipsum lobortis ipsum nunc, non pharetra, congue ullamcorper amet dolore aliquet adipiscing nisi sem, pharetra magna. Diam nonummy donec aliquet adipiscing nisi aliquet, consectetur, donec proin at lorem nibh euismod pulvinar nunc tellus. Feugiat ut non pharetra tincidunt ullamcorper amet dolore aliquet sit nisi sem pharetra congue ullamcorper dolor tincidunt. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc10" w:id="1103899663522756173"/>
-      <w:bookmarkEnd w:id="1103899663522756173"/>
+      <w:bookmarkStart w:name="_Toc25" w:id="10833328867095716969"/>
+      <w:bookmarkEnd w:id="10833328867095716969"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem turpis aliquet nunc dolor eget proin aliquam adipiscing praesent donec elit mi erat eget et aliquam adipiscing ullamcorper, dolore eget lobortis lorem mauris. Mi erat elit et lorem mauris lobortis dolor volutpat lobortis ipsum molestie nunc pulvinar euismod lobortis feugiat molestie, ante tempus id erat, elit nibh. Ac at ante tempus felis mi erat elit et erat mauris ante lorem molestie massa tempus id massa sed id laoreet dolor volutpat lobortis. Felis mi sed eget nibh lorem mauris, nibh lorem mauris massa tempus id mi erat elit et ac mauris ante tempus molestie nunc euismod. Tincidunt lorem mauris proin donec nonummy praesent donec consectetur diam magna consectetur sem aliquam felis ante erat elit mi erat elit nibh feugiat volutpat. Massa ipsum diam magna consectetur proin nisi turpis praesent donec, nonummy diam, donec nonummy, et ac at ante lorem molestie lobortis sit tellus nunc. Pulvinar euismod laoreet sed massa tempus id praesent congue consectetur non nisi, consectetur aliquet nisi nonummy praesent donec consectetur diam magna turpis proin aliquam. Ante, erat elit diam magna at proin nisi turpis tellus nunc pulvinar, volutpat lobortis feugiat tellus nunc sit euismod tincidunt dolor volutpat nibh lorem. </w:t>
+        <w:t xml:space="preserve">Massa ullamcorper, nonummy donec proin mauris lorem nibh elit erat, laoreet id ipsum ante felis. Tempus aliquet, turpis nisi sem elit, sed nisi, sem, pharetra ac mi felis erat mi. Felis, tempus nibh eget sed tincidunt euismod pulvinar ut sem pharetra lorem laoreet euismod sit. Ut proin euismod pulvinar nunc, molestie, feugiat lobortis non amet, congue aliquet turpis dolore aliquet. Turpis, magna et elit tempus proin elit erat et adipiscing donec praesent, adipiscing aliquam proin. At sed mi elit donec praesent felis lorem nibh volutpat dolor, tincidunt euismod pulvinar diam. Adipiscing, feugiat ut, volutpat pharetra congue ullamcorper amet dolore aliquet turpis nisi sem, nonummy donec. Diam adipiscing aliquam ante, mauris lorem nibh eget erat mi molestie, dolor tincidunt, ullamcorper amet. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc11" w:id="1747742385449286841"/>
-      <w:bookmarkEnd w:id="1747742385449286841"/>
+      <w:bookmarkStart w:name="_Toc26" w:id="9377386600578928120"/>
+      <w:bookmarkEnd w:id="9377386600578928120"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquam turpis ullamcorper tincidunt feugiat molestie proin aliquam. Nonummy ullamcorper lobortis sit, molestie massa ipsum id. Ac at proin tempus adipiscing aliquet donec nonummy. Diam, nisi turpis tellus, dolore amet, euismod tincidunt. Pharetra non congue pharetra non nisi turpis tincidunt. Sed at ante tempus felis mi tempus felis. Laoreet erat eget lobortis feugiat volutpat ut sit. Molestie laoreet, sed eget nibh ac at, ante. </w:t>
+        <w:t xml:space="preserve">Lorem lobortis non amet dolore aliquet at ac et, eget sed turpis magna et elit erat mi felis tempus ante at ac nibh elit erat, praesent mauris. Lorem lobortis at sed laoreet id tempus massa mauris tempus ante felis aliquam proin adipiscing aliquam sem at, magna, diam adipiscing aliquam proin, adipiscing aliquam, proin consectetur. Ut sem dolor, tincidunt eget sed laoreet consectetur magna ullamcorper pharetra tincidunt tellus sit ut tellus pharetra congue non amet donec, aliquet adipiscing nisi aliquet feugiat ut. Non pharetra congue praesent, turpis magna, diam consectetur, congue non pharetra congue euismod pulvinar massa molestie ipsum ante, mauris aliquam sem consectetur nisi sem pharetra congue ullamcorper. Pulvinar tincidunt, euismod feugiat lobortis volutpat dolor, tincidunt id sed laoreet id ipsum, massa mauris ac nibh at ac et elit donec aliquet adipiscing aliquam proin at. Ac, congue diam, molestie amet dolore mi mauris lorem nibh volutpat dolor tincidunt euismod pulvinar massa molestie feugiat lobortis non pharetra, dolore, aliquet lobortis non amet dolore. Praesent adipiscing tempus ante mauris lorem laoreet, felis, tempus massa molestie feugiat lobortis eget sed nibh id ipsum laoreet molestie ipsum lobortis aliquet lorem nibh eget sed. Laoreet id ipsum massa, id ipsum ante mauris ac et eget erat et nonummy donec praesent adipiscing nisi sem turpis nisi diam aliquam proin turpis aliquam sem. Pharetra magna, et nonummy donec, praesent amet dolore aliquet turpis, nisi non pharetra congue volutpat pulvinar nunc euismod tempus mi felis lorem, et elit erat praesent adipiscing. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc12" w:id="15188749067736643125"/>
-      <w:bookmarkEnd w:id="15188749067736643125"/>
+      <w:bookmarkStart w:name="_Toc27" w:id="10729575741029984223"/>
+      <w:bookmarkEnd w:id="10729575741029984223"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tellus laoreet sed eget ante tempus adipiscing diam congue pharetra volutpat lobortis, ipsum id, laoreet erat eget nibh ac massa tempus. Adipiscing diam magna pharetra non ut sit tellus dolore amet ullamcorper congue pharetra non ut turpis sem dolore turpis aliquet dolore. Amet ut sit molestie nunc amet ullamcorper congue pharetra non ut feugiat molestie ante ipsum eget nibh, sed eget nibh, feugiat. Molestie massa tempus felis mi, erat eget dolor volutpat lobortis sit non nunc sit tellus dolore pharetra, non ut pharetra tellus. Ut ipsum id laoreet sed eget tincidunt feugiat, molestie sit tellus massa ipsum, id tincidunt sed, mauris ante tempus id diam. Donec elit diam magna at sem dolore turpis diam magna consectetur, diam nisi turpis sem at praesent donec amet diam magna. </w:t>
+        <w:t xml:space="preserve">Turpis ac et, elit tempus nonummy donec praesent nonummy aliquam proin adipiscing aliquam sem consectetur. Magna diam pharetra congue ullamcorper pulvinar dolore tellus sit, lobortis volutpat dolor lobortis euismod aliquam. Lobortis non pharetra congue euismod sit nunc molestie feugiat massa at aliquam proin at ac. Et elit erat praesent adipiscing aliquam proin at nisi felis lorem nibh mauris ac et. Elit erat diam elit donec praesent turpis dolore tellus sit lobortis volutpat feugiat nibh eget. Lorem et elit tempus nibh eget dolor laoreet eget sed mi felis aliquam ante at. Aliquam sem turpis ut non pharetra tincidunt volutpat sed, mi felis erat, mi mauris dolor. Laoreet id erat mi felis tempus, praesent adipiscing nisi proin consectetur, ac diam pharetra dolore. Aliquet turpis nisi aliquet sit nunc tellus feugiat nibh mauris ac, aliquam proin consectetur magna. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc13" w:id="9877848906685795038"/>
-      <w:bookmarkEnd w:id="9877848906685795038"/>
+      <w:bookmarkStart w:name="_Toc28" w:id="11698296596937509321"/>
+      <w:bookmarkEnd w:id="11698296596937509321"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
-        <w:t>Top-level header 2</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Et massa erat elit diam magna turpis tellus massa ipsum lobortis. Lorem volutpat massa feugiat molestie laoreet sed, id nibh sed eget. Proin aliquam felis mi erat elit et ac at sem nisi. Turpis ullamcorper pharetra volutpat ut sit, non nisi adipiscing proin dolore. Amet, ullamcorper magna consectetur diam, ac at ante tempus molestie massa. Ipsum id nunc pulvinar, euismod dolor molestie lobortis, feugiat molestie massa. Ipsum id laoreet dolor non magna consectetur non ut sit aliquet. Donec nonummy diam, donec, consectetur sem tempus felis laoreet erat elit. Et ac at proin aliquam adipiscing praesent donec nonummy et, lorem. Mauris ante aliquam felis mi erat elit et erat elit et. </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem elit erat ante mauris feugiat lobortis, volutpat dolor, tellus turpis nisi non pharetra congue non pharetra, tincidunt euismod pulvinar dolore aliquet non tellus mauris amet. Feugiat erat, nunc laoreet aliquet molestie dolor donec molestie dolor tincidunt ullamcorper pulvinar dolore tellus pulvinar nunc tellus sit lobortis volutpat dolor tincidunt id pulvinar nunc molestie. Feugiat lobortis volutpat feugiat lobortis, eget tincidunt id tempus mi felis aliquam sem consectetur magna diam consectetur donec, mi, mauris feugiat ut volutpat pharetra tincidunt euismod ipsum. Laoreet id ante at ac et elit ac et elit erat mi adipiscing aliquam proin consectetur magna diam consectetur congue non pharetra congue ullamcorper amet dolore tellus. Sit ut dolor, congue aliquet turpis, dolore aliquet turpis nunc volutpat dolor tincidunt, euismod dolor laoreet euismod ipsum massa molestie feugiat lobortis eget sed, et eget erat. Et felis ante mauris lorem et eget sed mi felis tempus ante mauris tempus ante at nisi sem pharetra donec laoreet felis massa, volutpat feugiat nibh, elit. Erat mi felis tempus, ante, mauris, tempus ante mauris magna diam consectetur congue ullamcorper pulvinar tincidunt euismod pulvinar nunc tellus feugiat lobortis feugiat laoreet id ipsum laoreet. Elit erat aliquet, amet, dolore tellus sit ut volutpat feugiat lobortis eget sed laoreet id ipsum mi, felis aliquam proin at ac elit, ac et nonummy, donec. Praesent adipiscing aliquam sem turpis nonummy erat praesent nonummy aliquam praesent adipiscing, aliquam, sem at ac et elit erat mi adipiscing dolore at magna sem pharetra, congue. Praesent adipiscing tempus proin at ac et elit erat et felis aliquam praesent adipiscing aliquam, et at, ac mi felis tempus massa dolor magna diam amet nunc. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 2" </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="14467719437676399677"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 4" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc29" w:id="10250320988324638871"/>
+      <w:bookmarkEnd w:id="10250320988324638871"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Second-level header 1</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Volutpat ante tempus felis et erat at proin ut pulvinar euismod nunc pulvinar ullamcorper congue consectetur. Non sit, tellus tincidunt dolor euismod tincidunt dolor volutpat nisi sit tellus massa pulvinar euismod tincidunt. Sed eget ante, tempus id laoreet erat elit et at ante tempus adipiscing aliquet magna consectetur. Diam magna turpis sem aliquam adipiscing, proin donec amet ullamcorper congue sit non nisi turpis aliquet. Nunc pulvinar euismod, tincidunt molestie massa ipsum id laoreet, sed eget, nibh lorem, mauris proin erat. Felis, et magna consectetur, non nisi turpis aliquet donec adipiscing praesent elit et lorem mauris ante. Tempus, felis, mi erat felis, et ac at et aliquam adipiscing praesent, donec nonummy praesent donec. Elit et aliquam adipiscing praesent donec diam, congue dolor volutpat lobortis ipsum, id laoreet erat elit. Et lorem, at proin aliquam adipiscing mi, ac at proin aliquam adipiscing aliquet donec, nonummy praesent. </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet tellus turpis nisi sem consectetur ac, et eget, id feugiat ut non pharetra congue euismod ipsum. Massa molestie ipsum massa non dolor tincidunt ullamcorper pulvinar nunc aliquet lorem tincidunt euismod sit, nisi non pharetra. Magna diam nonummy donec, praesent, at ac proin elit, erat et elit erat aliquet adipiscing nisi proin at. Dolore praesent consectetur nisi sem pharetra congue, non pharetra tincidunt id ipsum mi felis tempus massa volutpat, dolor. Tincidunt praesent adipiscing tempus ante at ac felis tempus ante mauris tempus ante mauris sed nibh eget sed. Laoreet id feugiat ut non pharetra tincidunt euismod amet nisi aliquet turpis magna sem erat ante molestie feugiat. Lobortis non sed tincidunt euismod sit nisi sem consectetur magna ullamcorper pharetra dolore aliquet amet dolore aliquet turpis. Nisi sem, pharetra congue euismod nunc aliquet turpis nisi sem nonummy donec praesent adipiscing aliquam ante mauris lorem. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="12918299006698534519"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc30" w:id="2363861542300725520"/>
+      <w:bookmarkEnd w:id="2363861542300725520"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
-        <w:t xml:space="preserve">Third-level header 1</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Elit sem nisi turpis euismod nunc dolor volutpat tincidunt dolor, volutpat massa ipsum id laoreet consectetur non nunc amet, ullamcorper tincidunt dolor. Non ut sit tellus ut sit tellus nunc pulvinar euismod congue, dolor volutpat lobortis turpis aliquet nunc euismod tincidunt pharetra non lobortis. Feugiat molestie laoreet sed elit et ac at proin, aliquam, adipiscing praesent donec felis, laoreet erat consectetur, proin, ac, felis praesent nonummy. Diam congue consectetur non ut, sit id nibh lorem mauris proin aliquam adipiscing praesent donec nonummy diam, magna consectetur sem nisi adipiscing. Erat felis, laoreet sed eget, laoreet lorem, mauris ante ipsum felis mi sed elit et ac at proin tempus adipiscing praesent donec. Pharetra non ut sit tellus amet euismod, dolore amet ullamcorper ut, sit tellus ut, pulvinar id, tincidunt sed eget nibh lorem molestie. </w:t>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed ullamcorper adipiscing, ac et elit sed. Massa molestie ipsum lobortis volutpat dolor congue euismod. Dolor tincidunt aliquet turpis magna et, elit donec. Praesent nonummy aliquet turpis dolore aliquet, sit, ut. Non amet donec, praesent turpis aliquam, ante, at. Lorem nibh felis tempus ante felis aliquam ante. Mauris lorem nibh ipsum massa molestie feugiat lobortis. Volutpat dolor tincidunt ullamcorper turpis nisi aliquet consectetur. Magna diam nonummy donec praesent adipiscing donec proin. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="6948579438192585605"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc31" w:id="8535477588941228978"/>
+      <w:bookmarkEnd w:id="8535477588941228978"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
-        <w:t xml:space="preserve">Third-level header 2</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Praesent congue, pharetra tellus massa ipsum felis mi ac. Consectetur tellus nunc, amet ullamcorper tincidunt feugiat molestie ut. Tempus felis mi erat elit nibh mauris ante tempus. Felis ante erat nonummy mi erat eget lobortis feugiat. Volutpat, lobortis feugiat id laoreet sed, eget et ac. At proin donec praesent donec, nonummy diam, ac, consectetur. </w:t>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat mi mauris feugiat ut volutpat pharetra congue ullamcorper, turpis nisi sem consectetur magna diam elit donec. Praesent mauris feugiat lobortis amet nisi sem consectetur magna sem nonummy magna diam nonummy donec praesent adipiscing, aliquam. Nibh eget ipsum massa id ipsum massa molestie feugiat lobortis volutpat tincidunt tellus sit nunc molestie feugiat lobortis. Volutpat sed laoreet euismod ipsum laoreet molestie ipsum massa volutpat dolor congue ullamcorper amet dolore tellus sit ut. Sem nonummy ante molestie lorem nibh volutpat, sed laoreet eget sed massa molestie sit ut non pharetra dolore. Praesent adipiscing ac et volutpat sed tincidunt sit nisi, non consectetur donec praesent adipiscing aliquam proin at lorem. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="4283954038830479237"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc32" w:id="17250814922542554774"/>
+      <w:bookmarkEnd w:id="17250814922542554774"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Second-level header 2</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Sit, eget nibh ac, at ante tempus adipiscing mi erat amet diam magna sem nunc amet ullamcorper. Congue amet ullamcorper magna consectetur sem nisi turpis aliquet dolore, nonummy diam magna, nonummy sem nisi consectetur. Sem nisi turpis praesent elit et ac elit sem aliquam adipiscing aliquet donec adipiscing diam congue consectetur. Sem ut sit, aliquet nisi, amet ullamcorper congue pharetra sem magna turpis dolore amet ullamcorper dolore pharetra. Ullamcorper congue sit tellus, nunc ipsum id laoreet sed volutpat lobortis feugiat tellus nunc sit tellus nunc. Pulvinar aliquet massa sed eget nibh lorem molestie lobortis feugiat tellus nunc pulvinar euismod nunc pharetra non. Ut sit non ut turpis sem nisi, adipiscing praesent erat felis ac at sem nisi turpis aliquet. Dolore, amet non, congue, consectetur sem aliquam adipiscing praesent aliquam adipiscing mi donec nonummy diam magna at. </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sem consectetur magna diam aliquam ante molestie feugiat nibh eget sed. Mi elit erat mi, felis tempus ante, mauris ac et, elit erat. Mi molestie feugiat ante mauris ac elit sed laoreet felis tempus mi. Felis aliquam sem consectetur nisi sem nonummy donec diam, amet dolore aliquet. Turpis ut sem consectetur congue ullamcorper amet aliquet turpis nisi aliquet turpis. Ut non pharetra tincidunt volutpat dolor laoreet felis erat mi adipiscing aliquam. Sem at ac diam consectetur magna ullamcorper felis tempus ante, pharetra tincidunt. Euismod amet, nunc tellus sit ut, volutpat dolor lobortis volutpat dolor laoreet. Id tellus sit, lobortis non amet dolore aliquet, turpis et at ac. Mi id, ipsum, massa tellus sit congue ullamcorper amet, dolore aliquet turpis. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="10830517205884684193"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc33" w:id="58759098925269864"/>
+      <w:bookmarkEnd w:id="58759098925269864"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="MessageHeader"/>
-[...50 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R663416d7f7e14e99"/>
+      <w:headerReference w:type="default" r:id="R296ac5d51b034712"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1650,69 +2597,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>8</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> SECTIONPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>7</w:t>
+      <w:t>11</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -2289,51 +3236,51 @@
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0c6b726426334cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R83d0bfdfa3dc4074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R92b049cb529b4eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R663416d7f7e14e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R416d1f02cebe4f85" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd0e8871aba1645e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb3b6f9ea50f74cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7afd3438edbc4a4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R296ac5d51b034712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R67e08a533e464d2d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>