--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R708f5d28ca04485c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf2ba7bfaf13b4ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reb9933ee19f74757" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb14d44e8801c4254" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0712c51399484c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb5a9afd714984f47" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Table of Contents</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o \f \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
@@ -54,2500 +54,2064 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Top-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc0 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc1 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc2 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc4 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc5">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc5">
+      <w:hyperlink w:history="true" w:anchor="_Toc6">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc7">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc8">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc10">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 5</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc6">
-[...9 lines deleted...]
-          <w:t>TC Field for Second-level header 2</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc11">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc7">
+      <w:hyperlink w:history="true" w:anchor="_Toc12">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc8">
+      <w:hyperlink w:history="true" w:anchor="_Toc13">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc9">
+      <w:hyperlink w:history="true" w:anchor="_Toc14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc15">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc16">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Top-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc10">
-[...9 lines deleted...]
-          <w:t>TC Field for Second-level header 3</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc17">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc11">
+      <w:hyperlink w:history="true" w:anchor="_Toc18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc12">
+      <w:hyperlink w:history="true" w:anchor="_Toc19">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc13">
+      <w:hyperlink w:history="true" w:anchor="_Toc20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc14">
-[...9 lines deleted...]
-          <w:t>TC Field for Top-level header 2</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc21">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc15">
-[...9 lines deleted...]
-          <w:t>TC Field for Second-level header 1</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc22">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc16">
+      <w:hyperlink w:history="true" w:anchor="_Toc23">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc17">
+      <w:hyperlink w:history="true" w:anchor="_Toc24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc18">
+      <w:hyperlink w:history="true" w:anchor="_Toc25">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc19">
+      <w:hyperlink w:history="true" w:anchor="_Toc26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc26 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
-[...46 lines deleted...]
-          <w:t>8</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc21">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 1</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc27">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc27 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
-[...92 lines deleted...]
-        <w:r>
           <w:t>9</w:t>
-        </w:r>
-[...468 lines deleted...]
-          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:t>Top-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Felis, tempus nisi nunc sem volutpat amet aliquam lobortis non amet eget turpis aliquam. Lobortis euismod dolor nunc tellus consectetur, ac mi felis ipsum nunc tellus, sit magna. Diam felis tempus ante eget dolor tincidunt, euismod pulvinar ac mi id feugiat ut. Diam elit ipsum, massa molestie pharetra donec praesent mauris lorem nibh, eget sed nibh. Elit sed massa tellus sit lobortis id pulvinar nunc molestie dolor congue euismod pulvinar. Dolore praesent at sed tincidunt euismod pulvinar ut sem pharetra magna diam nonummy donec. Praesent praesent felis tempus, ante eget sed tincidunt, id sit ut, non consectetur donec. Diam nonummy donec proin at ac et eget sed mi id, feugiat massa non. Molestie sit tincidunt euismod amet dolore aliquet sit nisi sem at, erat laoreet id. Feugiat lobortis, non amet dolore ullamcorper amet nunc tellus turpis nisi diam nonummy pulvinar. </w:t>
+        <w:t xml:space="preserve">Et sit nonummy volutpat mi tincidunt lorem praesent dolore, sed, at id diam nunc donec consectetur, non nunc tempus felis, et magna turpis tellus. Laoreet, sed eget nibh, ac adipiscing aliquet, dolore mauris proin aliquam adipiscing diam magna pharetra, non ut turpis aliquet dolore amet euismod tincidunt feugiat. Molestie mi tempus felis mi, ac consectetur sem nisi felis laoreet erat elit nibh lorem eget nibh tempus, adipiscing diam, magna consectetur sem ut. Feugiat id laoreet sed eget et ac turpis, ullamcorper aliquam turpis praesent donec adipiscing praesent donec consectetur non nunc pulvinar euismod laoreet erat at. Proin aliquam, felis praesent erat nonummy diam magna pharetra tellus nunc id laoreet lorem, at praesent donec, felis mi donec nonummy sem nisi turpis. Aliquet nunc dolor volutpat, nibh lorem mauris ante aliquam elit diam, magna at sem sit aliquet dolore pulvinar volutpat nibh feugiat tellus massa ipsum. Felis et magna, consectetur sem nisi adipiscing praesent dolore amet, ullamcorper ut sit molestie aliquet nunc pharetra non congue pharetra tellus ante congue dolor. Volutpat massa tempus felis et ac eget, nibh aliquam adipiscing praesent, dolore pharetra ullamcorper congue consectetur sem turpis euismod laoreet sed eget nibh, lorem. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 1" </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc0" w:id="12048050987858068061"/>
-      <w:bookmarkEnd w:id="12048050987858068061"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="6818427269214010652"/>
+      <w:bookmarkEnd w:id="6818427269214010652"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec congue ullamcorper nonummy aliquam ante, mauris lorem nibh, volutpat pulvinar dolore sem consectetur at ac et nonummy erat ante mauris lorem lobortis eget sed, nibh euismod. Pulvinar dolore tellus pharetra ut ullamcorper nonummy donec aliquet, adipiscing amet nisi sem consectetur magna diam nonummy donec diam amet donec, praesent adipiscing aliquam et elit erat. Mi molestie, sit lobortis molestie feugiat nibh eget ac mi non consectetur magna diam nonummy donec aliquet sit, ut non pharetra congue ullamcorper nonummy donec mi, adipiscing. Lorem tincidunt ullamcorper turpis, nisi sem at pharetra congue diam adipiscing aliquam proin, at lorem et, eget sed massa, tellus sit ut non dolor congue aliquet adipiscing. Aliquam, proin mauris lorem mi felis non consectetur magna diam amet congue aliquet, turpis nisi sem consectetur magna et elit erat ante mauris lorem nibh volutpat dolor. Tincidunt euismod pulvinar ut tellus euismod ipsum nunc molestie feugiat ut volutpat dolor tincidunt euismod dolor dolore tellus eget, eget dolor donec ut praesent id euismod, turpis. </w:t>
+        <w:t xml:space="preserve">Ante dolore turpis ullamcorper congue, pharetra non turpis aliquet dolore amet euismod tincidunt dolor. Volutpat, lobortis ipsum id, mi donec consectetur sem nisi turpis aliquet dolore amet euismod. Tincidunt feugiat molestie massa id mi, sed elit nibh lorem mauris proin donec amet. Non lobortis feugiat tellus ut sit aliquet dolore nonummy ullamcorper congue dolor sem ut. Feugiat tincidunt pulvinar euismod nibh lorem at praesent donec nonummy diam magna consectetur sem. Nisi, sit, euismod laoreet sed eget nibh tempus mauris mi elit, et ac at. Proin nisi amet aliquet, dolore nonummy ullamcorper congue pharetra tellus nunc pulvinar tellus nunc. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc1" w:id="16262287510095688373"/>
-      <w:bookmarkEnd w:id="16262287510095688373"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="16288456944226093480"/>
+      <w:bookmarkEnd w:id="16288456944226093480"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sit pulvinar ut non at erat laoreet. Tellus turpis nisi sem nonummy molestie dolor. Tincidunt ullamcorper amet, dolore praesent adipiscing lorem. Nibh euismod sit ut non pharetra ut. Ullamcorper amet dolore praesent adipiscing lorem nibh. Eget dolor tincidunt euismod amet nunc aliquet. Adipiscing magna diam consectetur donec diam nonummy. Dolore praesent adipiscing ac nibh eget, erat. </w:t>
+        <w:t xml:space="preserve">Ipsum nonummy, ullamcorper ut, sit tellus massa ipsum. Elit diam magna turpis tellus nunc amet ullamcorper. Dolore amet diam ut consectetur sem ut pulvinar. Molestie massa sed, eget nibh lorem eget ante. Tempus adipiscing praesent donec, elit diam nisi sit. Molestie laoreet, sed elit et ac at proin. Amet ullamcorper congue pharetra non ut sit, tellus. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc2" w:id="1411493271637153812"/>
-      <w:bookmarkEnd w:id="1411493271637153812"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="10522258954475133102"/>
+      <w:bookmarkEnd w:id="10522258954475133102"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus nisi diam nonummy donec aliquet adipiscing tempus ante eget dolor dolore aliquet turpis nisi sem consectetur donec praesent felis, tempus non, pharetra, congue ullamcorper turpis ac. Nibh volutpat dolor tincidunt euismod pulvinar massa mauris feugiat lobortis, euismod pulvinar, nunc aliquet adipiscing aliquam sem, consectetur, magna felis ipsum ante, molestie dolor tincidunt euismod turpis. Nisi, sem at nisi sem consectetur donec diam amet nunc aliquet turpis, nisi, sem consectetur donec praesent, nonummy ante mauris ac, proin at magna diam nonummy dolore. Aliquet turpis aliquam sem sit nisi, sem, consectetur magna ullamcorper nonummy dolore aliquet sit ut pharetra, congue diam felis tempus, proin, at lorem et eget, erat, et. Felis tempus ante mauris tempus nibh mauris ac et nonummy magna praesent adipiscing donec praesent, aliquam nibh eget erat mi id ipsum massa volutpat feugiat lobortis volutpat. Pulvinar dolore tellus turpis magna diam consectetur magna ullamcorper amet tincidunt ullamcorper pulvinar et elit, erat et id ipsum massa molestie, feugiat lobortis, volutpat dolor tincidunt euismod. Sit nunc non pharetra congue ullamcorper amet dolore aliquet turpis nisi sem consectetur diam amet dolore aliquet adipiscing aliquam proin at erat et, elit tempus ante molestie. Lorem lobortis euismod pulvinar nunc tellus sit nisi sem at ac et felis massa mauris lorem nibh volutpat dolor tincidunt euismod sit nunc volutpat, feugiat nibh mauris. </w:t>
+        <w:t xml:space="preserve">At non nunc pulvinar id nibh lorem at aliquet nunc amet magna pharetra non ut sit tellus massa ipsum id lobortis lorem, mauris massa tempus felis laoreet sed eget et. Magna, adipiscing, aliquet dolore amet euismod consectetur sem ut feugiat felis mi sed eget nibh lorem mauris massa ipsum molestie massa ipsum id laoreet sed eget ante lorem mauris ante. Donec sem, nisi turpis aliquet dolore amet ullamcorper tincidunt feugiat, molestie ante tempus felis mi sed elit proin aliquam at proin aliquam adipiscing praesent magna sem nisi, consectetur euismod nunc. Pulvinar, volutpat tincidunt feugiat mauris proin erat nonummy diam ac consectetur sem ut turpis aliquet donec amet ullamcorper congue sit tellus erat nonummy diam magna consectetur sem aliquam felis mi. Tempus felis mi ac at proin aliquam, turpis tellus congue pharetra non lobortis sit molestie massa ipsum felis sed eget nibh lorem molestie ante ipsum id laoreet erat elit et. Ac at praesent donec nonummy praesent magna sit molestie nunc pulvinar euismod laoreet, at aliquet dolore, pulvinar volutpat lobortis feugiat mauris massa feugiat, id, laoreet ipsum eget nibh sed mauris. Ante lorem mauris ante ipsum eget nibh lorem, volutpat lobortis molestie, lobortis feugiat molestie massa sed eget et lorem at proin tempus adipiscing praesent magna consectetur sem nisi turpis aliquet. Nunc dolor eget nibh lorem adipiscing, aliquet, feugiat molestie, ante tempus id laoreet erat elit et lorem mauris ante donec amet ullamcorper, ut feugiat molestie ante erat elit et ac. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc3" w:id="996886186285050884"/>
-      <w:bookmarkEnd w:id="996886186285050884"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="4468356575360625836"/>
+      <w:bookmarkEnd w:id="4468356575360625836"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna ante mauris sit tincidunt, volutpat amet, dolore aliquet sit ut sem pharetra magna ullamcorper amet congue aliquet, amet dolore aliquet. Sit nisi nonummy, erat mi mauris tempus nibh, mauris sed nibh id ipsum nunc tellus feugiat lobortis volutpat, sed tincidunt euismod. Pulvinar, nisi proin at erat mi erat aliquet adipiscing tempus proin at ac nibh eget, erat mi felis tempus, nibh eget. Sed laoreet, eget ipsum massa molestie feugiat massa molestie lorem, et ac mi id tempus mi mauris lorem nibh mauris ac. Laoreet id ipsum laoreet id tempus ante, mauris feugiat laoreet eget, sed laoreet, id massa, volutpat, dolor lobortis euismod pulvinar aliquam. Lobortis ullamcorper nonummy donec praesent at aliquam proin consectetur magna praesent nonummy donec praesent adipiscing ac et eget dolor tincidunt sit. Nisi sem nonummy donec, mi, mauris lorem nibh eget lorem nibh ac lorem tempus magna nibh euismod sit ut non pharetra. Congue et elit aliquam at lorem lobortis euismod pulvinar tincidunt tellus pulvinar nunc non dolor donec praesent nonummy aliquam proin at. </w:t>
+        <w:t xml:space="preserve">Magna sit mauris ante, donec consectetur sem nisi consectetur, aliquet nisi turpis aliquet dolore volutpat massa, tempus felis laoreet. Ac consectetur, proin nisi sit tellus tincidunt dolor euismod tincidunt dolor volutpat massa tempus felis et erat eget lobortis. Molestie ante aliquam nonummy ullamcorper congue sit molestie mi, erat elit nibh, lorem eget lobortis lorem mauris ante tempus. Felis et ac, at sem nunc amet euismod pharetra non lobortis feugiat id massa pulvinar, id tincidunt dolor volutpat. Nibh lorem mauris mi erat elit et ac at ante aliquam felis donec nonummy ullamcorper congue sit tellus nunc. Pulvinar id tincidunt dolor volutpat lobortis feugiat molestie massa, pulvinar euismod, tincidunt sed, eget ante tempus adipiscing ante tempus. Id sed eget nibh ac at proin tempus felis laoreet sed eget et, lorem at proin aliquam nonummy diam. Magna feugiat adipiscing diam massa erat pharetra molestie praesent aliquam pulvinar nonummy sem massa, ipsum pharetra tellus ante magna. Dolor felis aliquet nibh nisi erat, turpis molestie et, congue felis ullamcorper ante dolore ac sit elit diam nunc. Ipsum consectetur sem ut sit euismod laoreet erat elit nibh ac at praesent donec pharetra adipiscing eget molestie nibh. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc4" w:id="17171037476673771023"/>
-      <w:bookmarkEnd w:id="17171037476673771023"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="9356872455533127499"/>
+      <w:bookmarkEnd w:id="9356872455533127499"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+        <w:t xml:space="preserve">Second-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy sem laoreet donec consectetur diam magna sit tellus, tincidunt consectetur sem. Nisi amet euismod lobortis lorem, molestie massa ipsum id mi erat elit nibh. Ac adipiscing praesent dolore amet, euismod congue dolor volutpat lobortis ipsum laoreet sed. At, sem dolore pulvinar ullamcorper congue pharetra non ut pharetra non, ut sit. Euismod laoreet sed eget ante aliquam adipiscing diam, magna, consectetur ut turpis sem. Dolore amet euismod tincidunt lorem at aliquet congue amet ullamcorper congue pharetra, non. Nunc pulvinar id, laoreet sed eget ante felis mi donec elit diam ac. At, proin aliquam, turpis, euismod tincidunt dolor eget nibh, feugiat molestie massa ipsum. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc5" w:id="1790990473419185076"/>
+      <w:bookmarkEnd w:id="1790990473419185076"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit mauris ante tempus, felis mi erat at sem, dolore. Pulvinar eget et, ac, adipiscing, praesent donec nonummy ullamcorper congue. Pharetra tellus ipsum eget nibh lorem mauris ante aliquam turpis. Aliquet congue dolor molestie massa, feugiat, molestie laoreet erat eget. Nibh ac adipiscing praesent donec nonummy diam consectetur tellus nunc. Ipsum felis, nibh ac at, sem, nisi turpis aliquet dolore. Amet non congue turpis aliquet dolore amet euismod congue sed. Eget nibh lorem mauris ut feugiat tellus ut turpis aliquet. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc6" w:id="13141647341095318787"/>
+      <w:bookmarkEnd w:id="13141647341095318787"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat mauris ante erat elit et ac, mauris laoreet sed volutpat lobortis dolor. Molestie massa ipsum tellus nunc pulvinar ullamcorper, tincidunt dolor eget lobortis feugiat felis. Mi donec nonummy sem magna turpis sem dolor volutpat lobortis feugiat felis praesent. Dolore pharetra non lobortis sit molestie, massa sed id laoreet sed eget nibh. Lorem mauris ante erat elit et consectetur aliquet dolore amet euismod tincidunt dolor. Volutpat massa tempus adipiscing praesent ac at proin ac at, ante aliquam felis. Praesent donec consectetur ut pulvinar euismod laoreet dolor eget nibh aliquam at praesent. Donec amet non ut pharetra non ut, sit tellus nunc pulvinar euismod lobortis. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc7" w:id="18070307609259724072"/>
+      <w:bookmarkEnd w:id="18070307609259724072"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nonummy ullamcorper congue feugiat molestie nunc ipsum felis mi ac at sem nisi adipiscing praesent. Dolore nonummy diam pharetra, molestie laoreet sed eget et lorem at proin, tempus felis, mi erat. Eget et, lorem at sem nisi turpis, aliquet dolore, pharetra volutpat feugiat molestie nunc ipsum id. Tincidunt dolor volutpat lobortis feugiat molestie nunc pulvinar euismod tincidunt lorem eget nibh feugiat molestie lobortis. Feugiat tellus tincidunt dolor volutpat nibh mauris proin aliquam nonummy diam magna consectetur non ut sit. Tellus tincidunt dolor eget nibh lorem felis mi donec nonummy et, magna consectetur nunc ipsum euismod. Tincidunt feugiat volutpat ante tempus felis mi sed eget et ac mauris proin tempus felis, ante. Ipsum id, laoreet sed eget lobortis feugiat molestie, tempus felis et erat elit nibh lorem mauris. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc8" w:id="18423375694393897753"/>
+      <w:bookmarkEnd w:id="18423375694393897753"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Congue praesent at lorem tincidunt ullamcorper amet dolore sem consectetur magna sem nonummy erat mi adipiscing nisi, consectetur ac laoreet id pulvinar nunc. Tellus pharetra congue ullamcorper nonummy donec praesent adipiscing aliquam sem, consectetur, magna et felis erat mi felis tempus euismod, pulvinar tincidunt tellus sit. Nunc tellus sit congue non amet dolore aliquet turpis nisi, sem consectetur congue ullamcorper, nonummy donec praesent adipiscing tempus proin consectetur laoreet euismod. Sit ut, non consectetur donec mi, id tempus ante mauris lorem nibh eget ipsum laoreet molestie sit ut non consectetur donec aliquet, nisi. Proin mauris ac nibh eget, sed massa, molestie feugiat ut volutpat dolor tincidunt ullamcorper turpis dolore aliquet turpis ut non dolor tincidunt euismod. Pulvinar nunc pulvinar nunc tellus sit ut euismod, pulvinar nunc tellus sit aliquam proin at erat laoreet, id tempus massa molestie lorem tincidunt. Euismod pulvinar nunc tellus pulvinar ut pharetra congue, ullamcorper amet nunc praesent adipiscing aliquam et at erat mi felis tempus massa at lorem. Nibh, elit sed felis ipsum ante mauris aliquam proin mauris lorem et elit sed laoreet id ipsum nibh mauris sed laoreet, id ipsum. </w:t>
+        <w:t xml:space="preserve">Laoreet, ac, consectetur non nunc pulvinar eget nibh volutpat lobortis lorem mauris mi donec nonummy diam magna consectetur sem dolore amet euismod tincidunt feugiat, molestie. Ante erat, felis laoreet sed eget laoreet dolor lobortis, feugiat molestie laoreet erat eget et lorem eget ante aliquam adipiscing mi erat elit diam nisi. Feugiat tellus nunc amet ullamcorper tincidunt dolor, volutpat, donec amet non lobortis sit mauris ante tempus elit et ac mauris proin aliquam adipiscing praesent erat. Felis et ac consectetur sem dolore euismod tincidunt sed volutpat, nibh tempus felis, mi donec elit et lorem mauris ante lorem mauris ante erat elit. Et magna consectetur sem nisi adipiscing ullamcorper congue volutpat lobortis feugiat mauris laoreet sed, id laoreet sed eget nibh feugiat molestie massa tempus felis et. Magna turpis aliquet nunc ipsum eget tincidunt sed eget, ante amet non ut lorem felis ante erat elit et ac consectetur proin tempus adipiscing praesent. Donec nonummy diam congue pharetra non dolore pulvinar et, ac at proin donec amet volutpat lobortis lorem, felis praesent erat nonummy diam magna turpis, aliquet. Dolore amet ullamcorper tincidunt dolor molestie lobortis feugiat tellus ut aliquet tincidunt dolor eget, ante tempus felis mi erat elit mi erat elit nibh lorem. Felis mi tempus elit et magna, consectetur sem nisi sit praesent dolore diam magna pharetra non nunc ipsum, id mi erat mauris ante aliquam, adipiscing. Praesent erat elit et erat eget nibh lorem, mauris ante aliquam adipiscing mi erat nibh lorem at ante tempus adipiscing praesent donec consectetur sem ut. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc5" w:id="7971817019171335368"/>
-      <w:bookmarkEnd w:id="7971817019171335368"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="18420058601070462758"/>
+      <w:bookmarkEnd w:id="18420058601070462758"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget proin nisi turpis diam magna pharetra. Non lobortis ipsum felis et ac at. Proin, aliquam adipiscing aliquet donec nonummy diam. Congue, pharetra non turpis euismod nunc dolor. Volutpat nibh lorem felis, ante tempus id. Mi erat elit nibh lorem mauris massa. Ipsum id laoreet sed eget laoreet sed. Nibh aliquam adipiscing mi erat felis, mi. Erat, elit, nibh feugiat mauris massa tempus. Id mi sed eget nibh, lorem, at. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 5" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc10" w:id="3377923293744170781"/>
+      <w:bookmarkEnd w:id="3377923293744170781"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar eget et, aliquam, turpis euismod congue dolor volutpat lobortis feugiat tellus massa, sed eget nibh ac, consectetur sem nisi turpis aliquet amet et magna. Turpis, aliquet dolore amet euismod tincidunt, pharetra ullamcorper, congue pharetra non nisi sit euismod laoreet lorem mauris ante lorem felis mi erat laoreet dolor volutpat. Lobortis feugiat molestie, massa tempus id mi, erat elit et lorem mauris nibh lorem mauris mi tempus elit diam magna consectetur proin nisi turpis, dolore. Pharetra volutpat ante tempus felis mi sed eget laoreet sed mauris nibh lorem, mauris mi erat elit diam ac at proin, nisi ullamcorper, tincidunt, feugiat. Volutpat massa ipsum id laoreet, sed elit et aliquam adipiscing aliquet congue pharetra ullamcorper congue pharetra molestie massa ipsum id laoreet dolor volutpat lobortis adipiscing. Mi erat nonummy ullamcorper, congue consectetur non, ut amet aliquet dolore nonummy diam erat elit diam ac consectetur proin aliquam, adipiscing, praesent magna pharetra sem. Nisi felis et ac consectetur aliquet dolore amet euismod, congue dolor eget nibh feugiat mauris ante, sed eget laoreet sed eget, feugiat mauris mi erat. Nonummy non lobortis, ipsum felis laoreet erat elit et lorem at praesent donec, adipiscing praesent donec nonummy sem nisi turpis sem nisi turpis donec pharetra. Sem massa feugiat felis laoreet erat elit proin aliquam adipiscing proin aliquam adipiscing diam donec consectetur sem nisi turpis sem nisi amet, diam donec pharetra. Lobortis ipsum molestie laoreet ipsum id lobortis, lorem mauris ante tempus id laoreet, donec elit diam ac consectetur proin donec adipiscing diam magna nonummy diam. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc11" w:id="17883517080144235727"/>
+      <w:bookmarkEnd w:id="17883517080144235727"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi pulvinar id tincidunt sed eget, ante tempus adipiscing praesent dolore, at praesent donec amet ullamcorper congue consectetur tellus massa. Ipsum id laoreet sed mauris nibh lorem, molestie massa ipsum, id laoreet sed volutpat lobortis pharetra non pulvinar, id nibh. Lorem mauris ante tempus mauris mi erat nonummy mi sed volutpat lobortis feugiat molestie massa feugiat molestie, massa sed eget. Tincidunt dolor ante aliquam nonummy diam magna nonummy diam magna consectetur aliquet dolore dolor volutpat nibh lorem at proin aliquam. Id laoreet ipsum id nibh at ante lorem felis mi donec nonummy, sem nisi consectetur aliquet nisi amet ullamcorper, tincidunt. Feugiat, molestie massa ipsum id laoreet erat at et aliquam at praesent nonummy diam congue sit tellus nunc pulvinar euismod. Laoreet erat elit et tempus, mauris ante ipsum molestie laoreet erat eget et lorem mauris proin aliquam adipiscing praesent consectetur. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc12" w:id="14904276638882950634"/>
+      <w:bookmarkEnd w:id="14904276638882950634"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ut turpis euismod et magna consectetur, aliquet nunc pulvinar volutpat. Et tempus aliquet congue dolor molestie ante tempus felis praesent donec. Consectetur non nisi turpis tellus nunc pulvinar, euismod lobortis feugiat molestie. Ante tempus id laoreet erat tellus nunc, ipsum id nibh feugiat. Molestie ante tempus felis mi, donec consectetur diam, magna consectetur sem. Donec amet ullamcorper magna nonummy sem, nisi consectetur dolore ipsum euismod. Congue dolor volutpat lobortis, feugiat id massa ipsum, id, laoreet sed. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc13" w:id="8956811517153316330"/>
+      <w:bookmarkEnd w:id="8956811517153316330"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor praesent dolore nonummy diam congue pharetra tellus nunc pulvinar eget et lorem mauris ante tempus felis mi, donec nonummy et ac. At, proin ac ante, ipsum felis praesent donec nonummy et ac adipiscing aliquet donec amet euismod congue dolor volutpat massa ipsum felis. Et ac, at aliquet dolore amet tincidunt pharetra non ut, sit tellus, ut pulvinar id laoreet pulvinar volutpat lobortis feugiat molestie massa. Ipsum id mi sed volutpat tincidunt feugiat molestie ante donec amet ut sit molestie massa ipsum, eget et ac at sem dolore. Amet ullamcorper tincidunt dolor volutpat ut feugiat id laoreet sed elit et lorem proin aliquam nonummy, diam magna consectetur sem magna turpis. Tellus dolore pulvinar ullamcorper tincidunt dolor volutpat lobortis ipsum id mi ac elit, proin, aliquam adipiscing praesent dolor volutpat lobortis ipsum, felis. Laoreet erat, elit diam, ac, consectetur sem aliquam turpis euismod tincidunt, dolor molestie, ut pulvinar ullamcorper dolore, amet ullamcorper congue consectetur non. Sit aliquet, nunc pulvinar volutpat lobortis dolor volutpat lobortis feugiat aliquet dolore, turpis aliquet dolore nonummy, et ac at proin donec elit. Diam magna at proin aliquam felis mi tempus felis, laoreet sed volutpat tincidunt, dolor molestie, massa ipsum id mi sed eget nibh. Sed eget ipsum molestie laoreet pulvinar euismod tincidunt pulvinar ullamcorper magna nonummy, diam ac mauris lobortis dolor volutpat lobortis feugiat molestie nunc. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc14" w:id="18395630762200758800"/>
+      <w:bookmarkEnd w:id="18395630762200758800"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra molestie ante tempus felis mi et, ac adipiscing, praesent dolore pulvinar euismod, congue pharetra non ut sit laoreet, erat elit proin aliquam turpis. Aliquet dolore, amet ullamcorper congue sit tellus ut sit euismod laoreet sed eget nibh, lorem molestie ante tempus laoreet sed eget et, ac mauris. Proin donec, nonummy diam magna consectetur, sem nisi adipiscing praesent donec nonummy ullamcorper congue, consectetur sem ut sit aliquet dolore amet donec nonummy diam. Magna consectetur aliquet dolore amet euismod laoreet dolor eget ante aliquam nonummy praesent magna pharetra non ut pulvinar id et elit proin aliquam adipiscing. Aliquet dolore amet diam magna at proin nisi amet aliquet donec nonummy diam magna pharetra sem nisi at sem nisi nonummy praesent erat diam. Ac, consectetur sem dolore turpis ullamcorper congue pharetra non congue pharetra sem aliquam turpis praesent dolore nonummy, diam magna consectetur non, nisi pulvinar euismod. Laoreet sed sem nisi turpis praesent donec nonummy diam ac at proin nisi, adipiscing praesent, donec nonummy, diam magna nonummy nibh lorem sem nisi. Adipiscing praesent, erat nonummy sem nisi turpis sem, nisi adipiscing proin donec adipiscing ullamcorper congue sit tellus nunc pulvinar, euismod tincidunt sed mauris nibh. Tempus mi tempus, felis, et magna at sem aliquam adipiscing aliquet dolore amet, ullamcorper congue consectetur, non nunc sit aliquet donec nonummy diam magna. Consectetur sem nisi euismod tincidunt sed eget et, aliquam amet ullamcorper congue pharetra non ut sit tellus nunc pulvinar, euismod tincidunt sed eget nibh. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc15" w:id="12340195491791361250"/>
+      <w:bookmarkEnd w:id="12340195491791361250"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Top-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nisi sit euismod nibh lorem mauris ante tempus adipiscing ullamcorper congue dolor mauris ante. Tempus diam magna consectetur sem nisi adipiscing aliquet dolore amet ullamcorper congue pharetra sem nisi. Turpis aliquet, dolore nonummy diam magna consectetur sem ut sit, tincidunt sed elit et, aliquam. Adipiscing aliquet dolore amet ullamcorper congue pharetra non ut sit euismod tincidunt sed eget lobortis. Lorem felis, mi erat elit diam magna sem nisi, amet aliquet donec pharetra, non lobortis. Ipsum felis mi erat elit et ac at, proin aliquam adipiscing mi erat felis mi. Elit et ac at mi tempus, felis mi sed, elit et lorem at proin donec. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 2" </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc16" w:id="4292295223639672559"/>
+      <w:bookmarkEnd w:id="4292295223639672559"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet tincidunt dolor, massa ipsum felis praesent. Magna pharetra non ut sit aliquet, nunc. Pulvinar euismod tincidunt pharetra non lobortis ipsum. Id et congue feugiat molestie massa sed. Et ac adipiscing aliquet nunc amet non. Congue pharetra tellus nunc erat elit et. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc17" w:id="4569641260520501678"/>
+      <w:bookmarkEnd w:id="4569641260520501678"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin dolore pulvinar lobortis feugiat molestie massa. Pulvinar euismod tincidunt dolor eget nibh, lorem. At aliquet dolore pharetra volutpat massa ipsum. Molestie laoreet sed eget nibh lorem mauris. Tincidunt sed, eget lobortis lorem mauris ante. Erat elit diam, nisi turpis aliquet dolore. Turpis euismod, tincidunt dolor non lobortis feugiat. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc18" w:id="6477922922856207748"/>
+      <w:bookmarkEnd w:id="6477922922856207748"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante congue pharetra molestie lobortis feugiat, molestie, laoreet, sed eget. Nibh, lorem at proin aliquam, adipiscing praesent donec nonummy diam. Nisi aliquet nisi amet ullamcorper congue dolor molestie massa feugiat. Tellus massa ipsum, eget, et ac adipiscing praesent donec amet. Euismod congue pharetra volutpat, lobortis felis diam magna consectetur, sem. Dolore pulvinar euismod congue pharetra ullamcorper congue pharetra, non ut. Turpis aliquet dolore pulvinar euismod congue dolor tellus nunc pulvinar. Tellus, sed, eget, et ac, mauris ante ipsum felis mi. Sed, at proin nisi adipiscing praesent donec nonummy ullamcorper, congue. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc19" w:id="11234168843507008423"/>
+      <w:bookmarkEnd w:id="11234168843507008423"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam, massa, aliquam adipiscing praesent magna, consectetur, sem ut pulvinar aliquet nunc pulvinar, ullamcorper tincidunt dolor volutpat massa ipsum molestie erat eget et lorem at. Proin, aliquam adipiscing praesent donec nonummy diam ac adipiscing proin tempus adipiscing praesent donec elit et, magna at proin aliquam aliquet lobortis lorem at proin. Dolore, amet ullamcorper lobortis lorem felis mi, erat elit, et, magna turpis sem nisi turpis aliquet magna consectetur sem ut sit molestie pulvinar id laoreet. Ac adipiscing aliquet, dolore amet, ullamcorper congue consectetur sem, nisi sit euismod tincidunt lorem at, proin, aliquam adipiscing praesent dolore amet, magna, at sem nisi. Turpis ullamcorper tincidunt sed eget nibh lorem adipiscing mi, donec nonummy et ac, at proin nisi felis, mi tempus felis et ac tellus nunc, turpis. Aliquet dolore amet ullamcorper congue sit tellus ut sit aliquet dolore nonummy ullamcorper magna consectetur diam magna consectetur, sem nisi, turpis aliquet dolore amet congue. Pharetra molestie massa sed eget laoreet, sed eget, nibh tempus felis praesent donec nonummy sem nisi turpis sem nisi aliquet dolore amet non ut sit. Tellus laoreet ipsum id nibh ac, at praesent dolore pulvinar, euismod lobortis feugiat molestie massa pulvinar euismod tincidunt dolor volutpat lobortis amet volutpat lobortis feugiat. Mauris ante ipsum felis praesent, donec nonummy sem nisi turpis aliquet, dolore amet ullamcorper congue pharetra sem nisi turpis sem nisi turpis aliquet nonummy diam. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc20" w:id="4392211528255420002"/>
+      <w:bookmarkEnd w:id="4392211528255420002"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis euismod tincidunt dolor molestie massa feugiat molestie massa, elit nibh ac at, proin, tempus adipiscing diam donec consectetur tellus massa tempus id laoreet sed. Elit, ante aliquam adipiscing praesent donec elit et erat proin aliquam at proin aliquam adipiscing ullamcorper magna consectetur, non ut turpis aliquet nisi adipiscing praesent. Donec, nonummy diam ac at sem dolore amet aliquet amet non massa tempus felis mi erat eget et ac, at proin donec adipiscing praesent donec. Elit et magna consectetur sem nisi turpis congue pharetra ullamcorper congue pharetra sem ut adipiscing tellus nunc pharetra non, lobortis feugiat molestie ante tempus felis. Diam nisi consectetur aliquet, nisi amet ullamcorper congue pharetra lobortis feugiat, molestie massa ipsum eget laoreet sed volutpat nibh lorem molestie massa ipsum tellus nunc. Pulvinar volutpat tincidunt feugiat molestie massa tempus id massa ipsum id lorem mauris ante aliquam felis praesent erat nonummy et ac consectetur aliquet dolore amet. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc21" w:id="12072695047983922497"/>
+      <w:bookmarkEnd w:id="12072695047983922497"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
         <w:t xml:space="preserve">Second-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tincidunt praesent adipiscing ac nibh, euismod, amet nunc aliquet mauris erat et nonummy, donec mi adipiscing aliquam proin. Eget laoreet id ipsum massa id ipsum lobortis non pharetra congue, euismod pulvinar tincidunt id ipsum, ante mauris. Lorem lobortis volutpat pulvinar nunc tellus sit non consectetur, nibh volutpat ipsum massa id tempus mi felis tempus. Proin at magna et elit donec diam amet donec aliquet turpis nisi non pharetra, congue non congue ullamcorper. Pulvinar nunc tellus turpis ut volutpat feugiat lobortis euismod dolor mi, felis tempus ante felis tempus proin adipiscing. Ac, et at praesent adipiscing, aliquam proin at lorem et elit, ac diam nonummy dolore aliquet, turpis, nunc. Tellus ipsum ante felis aliquam, proin adipiscing, magna sem nonummy, magna diam, ipsum lobortis, volutpat dolor lobortis eget. Erat mi felis erat praesent turpis dolore tellus sit ut non consectetur congue ullamcorper amet dolore praesent, turpis. Aliquam proin, consectetur lobortis volutpat amet, dolore aliquet turpis ac et elit erat mi adipiscing aliquam aliquet turpis. Aliquam proin at magna et molestie pharetra ut ullamcorper amet congue ullamcorper turpis nisi proin consectetur ac diam. </w:t>
+        <w:t xml:space="preserve">Dolore ullamcorper congue feugiat, molestie massa tempus elit sem ut sit tellus, laoreet erat elit proin nisi amet aliquet. Donec amet ullamcorper congue consectetur non nunc euismod laoreet sed volutpat lobortis lorem molestie massa tempus felis laoreet erat. Consectetur proin nisi amet, ullamcorper tincidunt feugiat mauris ante tempus id laoreet sed et ac adipiscing praesent aliquam adipiscing. Diam congue pharetra volutpat lobortis feugiat molestie laoreet sed eget et lorem mauris ante, ipsum felis, mi donec proin. Aliquam adipiscing aliquet nunc dolor volutpat lobortis lorem mauris ante tempus elit et ac elit et aliquam adipiscing praesent. Dolore dolor volutpat massa ipsum felis donec nonummy sem ut pulvinar euismod laoreet sed eget nibh lorem felis praesent. Dolore amet ullamcorper magna consectetur sem nisi amet euismod congue, amet ullamcorper ut molestie massa sed eget et ac. Consectetur sem dolore amet aliquet dolore pharetra, non ut sit tellus massa pulvinar euismod tincidunt dolor non lobortis feugiat. Praesent magna nonummy non ut pulvinar euismod tincidunt dolor eget nibh feugiat volutpat, ante, tempus elit mi sed eget. Et ac at proin aliquam adipiscing mi donec et ac at proin aliquam, felis praesent donec nonummy diam magna. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc6" w:id="1056976154364118449"/>
-      <w:bookmarkEnd w:id="1056976154364118449"/>
+      <w:bookmarkStart w:name="_Toc22" w:id="5065572520777453430"/>
+      <w:bookmarkEnd w:id="5065572520777453430"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Turpis ullamcorper nonummy donec mi adipiscing nisi sem at. Ac et, elit tempus, ante mauris, lorem, lobortis, eget. Sed tincidunt ullamcorper amet nunc tellus pharetra feugiat nibh. Eget pulvinar dolore aliquet turpis ut non pharetra magna. Ullamcorper nonummy donec praesent at ac proin elit donec. Praesent adipiscing aliquam volutpat amet donec proin mauris ac. Nibh id sit ut non pharetra congue diam nonummy. Donec massa mauris feugiat nibh eget erat, laoreet euismod. Pulvinar nunc tellus proin at ac lobortis ullamcorper amet. </w:t>
+        <w:t xml:space="preserve">Et nisi turpis nunc sed eget lobortis lorem molestie ante ipsum, felis et ac consectetur sem nisi adipiscing praesent donec. Nonummy ullamcorper ut sit tellus nunc pulvinar nunc amet, euismod lobortis feugiat, molestie lobortis feugiat id laoreet sed elit et. Aliquam adipiscing proin tempus felis mi erat nonummy et magna at praesent amet ullamcorper congue pharetra molestie lobortis ipsum id. Mi erat elit et, aliquam, adipiscing aliquet donec amet laoreet sed, eget ante tempus felis, praesent erat elit mi at. Aliquet dolore amet euismod congue pharetra non congue consectetur proin aliquam, at, praesent aliquam felis mi tempus id tincidunt sed. Volutpat tincidunt non ut feugiat molestie nunc pulvinar, id lobortis feugiat molestie lobortis feugiat, tellus, nunc pulvinar tellus nunc nonummy. Praesent donec nonummy diam magna at proin tempus mauris feugiat molestie tincidunt dolor volutpat lobortis feugiat volutpat lobortis sit non. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc7" w:id="136803748875744926"/>
-      <w:bookmarkEnd w:id="136803748875744926"/>
+      <w:bookmarkStart w:name="_Toc23" w:id="533186756778977936"/>
+      <w:bookmarkEnd w:id="533186756778977936"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nibh euismod amet nisi aliquet consectetur magna et laoreet id ipsum ut non pharetra magna diam nonummy donec aliquet turpis nisi. Sem consectetur congue, ullamcorper amet dolore aliquet amet dolore aliquet consectetur magna congue, praesent turpis nisi sem, consectetur ac et eget. Ipsum massa molestie feugiat lobortis non pharetra congue aliquet turpis nisi sem turpis nisi, ullamcorper nibh volutpat pulvinar nunc, tellus pulvinar. Ut proin, at ac et elit aliquam proin at ac et eget erat laoreet id erat mi mauris aliquam ante mauris. Lorem tincidunt, ullamcorper adipiscing ac et elit erat, mi elit erat mi felis tempus ante at erat laoreet id ipsum massa. Tellus sit donec praesent adipiscing ac nibh elit erat et nonummy erat mi adipiscing aliquam sem turpis nisi sem consectetur, magna. Praesent adipiscing tempus proin eget sed laoreet id pharetra congue diam nonummy donec praesent adipiscing aliquam proin at ac et, nonummy. </w:t>
+        <w:t xml:space="preserve">Molestie ante tempus nonummy ut sit molestie, massa ipsum euismod tincidunt pharetra non magna consectetur diam magna at proin aliquam nonummy praesent erat elit. Diam magna at proin ac praesent erat nonummy, diam ac at nibh ac mauris nibh lorem id nunc ipsum id tincidunt pulvinar ullamcorper, congue. Dolor molestie lobortis sit aliquet dolore ullamcorper tincidunt pharetra ullamcorper congue pharetra, sem nisi adipiscing, proin tempus felis laoreet sed eget nibh, lorem eget. Ante aliquam felis ante erat elit ac elit et ac adipiscing praesent dolore nonummy et ac, consectetur sem aliquam, adipiscing proin tempus, mauris ante. Erat elit et ac mauris proin aliquam turpis congue pharetra ullamcorper magna, at, proin nisi adipiscing proin tempus felis massa sit tellus nunc pharetra. Eget lobortis, feugiat molestie ut sit aliquet dolore turpis, praesent erat diam magna elit et lorem molestie ante, tempus felis laoreet ipsum euismod tincidunt. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc8" w:id="14326862338497419123"/>
-      <w:bookmarkEnd w:id="14326862338497419123"/>
+      <w:bookmarkStart w:name="_Toc24" w:id="839249101670453143"/>
+      <w:bookmarkEnd w:id="839249101670453143"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit pulvinar ante, molestie feugiat congue ullamcorper, pulvinar nisi sem. At lorem nibh felis erat ante molestie sit congue non. Amet congue ullamcorper amet nunc tellus erat mi felis tempus. Nibh euismod dolor tincidunt id ipsum praesent nonummy donec proin. At ac et elit sed laoreet, id ipsum massa molestie. Feugiat lorem nibh eget sed tincidunt euismod, sit ut non. Consectetur, magna diam nonummy lorem ut non amet dolore aliquet. </w:t>
+        <w:t xml:space="preserve">Ullamcorper lobortis felis mi erat at et lorem mauris ante tempus felis praesent erat elit laoreet sed mauris nibh feugiat volutpat lobortis aliquam turpis aliquet donec. Amet ut nonummy molestie ante dolore feugiat, adipiscing id et dolore sed elit sem massa congue sit adipiscing diam lobortis dolore sed turpis id sem massa. Feugiat pulvinar consectetur tellus massa magna pharetra molestie mi donec pharetra id eget praesent, tincidunt sed at proin lorem mauris mi tempus felis et ac elit. Proin turpis aliquet congue pharetra non ut feugiat molestie massa, pulvinar id laoreet sed eget lobortis dolor volutpat massa ipsum felis mi erat consectetur dolore amet. Euismod tincidunt pharetra non, lobortis ipsum id praesent donec elit nibh lorem mauris lobortis feugiat mauris mi erat felis laoreet sed eget sem nunc pulvinar lobortis. Feugiat molestie ante ipsum id laoreet sed eget laoreet sed eget nibh lorem mauris ante ipsum id laoreet erat elit nibh lorem molestie massa ipsum diam. Ac consectetur proin aliquam, adipiscing, ullamcorper, tincidunt sed volutpat lobortis sit molestie nunc pulvinar euismod tincidunt dolor volutpat tincidunt volutpat lobortis sit tellus dolore amet aliquet. Congue pharetra, ullamcorper congue pharetra non ut sit, tellus nunc pulvinar volutpat nibh, sit molestie ante, tempus felis mi erat proin ac at mi erat, elit. Et ac at proin lorem at praesent, donec adipiscing diam magna, consectetur sem magna consectetur, proin dolore pulvinar volutpat nibh lorem ante erat elit et ac. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc9" w:id="4031821497679098690"/>
-      <w:bookmarkEnd w:id="4031821497679098690"/>
+      <w:bookmarkStart w:name="_Toc25" w:id="15170577535734284943"/>
+      <w:bookmarkEnd w:id="15170577535734284943"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Second-level header 3</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Dolor, magna ante mauris feugiat ut ullamcorper nonummy donec proin at lorem nibh eget erat mi id. Ipsum massa volutpat dolor tincidunt aliquet proin volutpat, pulvinar tincidunt tellus turpis, nisi proin at magna et. Adipiscing tempus massa molestie lorem nibh volutpat, dolor tincidunt euismod pulvinar massa molestie feugiat congue diam adipiscing. Tempus nibh volutpat dolor tincidunt euismod pulvinar nunc tellus feugiat lobortis volutpat, feugiat lobortis euismod pulvinar tincidunt. Tellus turpis, nisi sem diam elit, erat praesent nonummy dolore aliquet adipiscing aliquam proin at ac et. Nonummy donec, mi felis aliquam proin mauris lorem nibh felis, erat praesent felis lorem, laoreet, id amet. Dolore sem consectetur magna ullamcorper pharetra, congue, euismod amet dolore sem, turpis nisi sem consectetur congue euismod. Pulvinar nunc euismod sit ut non tellus pharetra magna diam, nonummy donec aliquet turpis nisi sem consectetur. </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod mauris mi magna dolor, non proin dolore pulvinar euismod tincidunt aliquam sed at molestie diam lobortis donec lorem. Ipsum sit felis mi donec consectetur non massa pulvinar, id mi erat sem dolore pulvinar volutpat lobortis feugiat molestie. Ante aliquam adipiscing praesent donec consectetur non ut, turpis aliquet dolore amet, diam magna consectetur diam magna turpis dolore. Pulvinar euismod lobortis, feugiat volutpat ut feugiat id laoreet sed eget et ac at proin aliquam, felis, ante tempus. Felis mi erat ante tempus adipiscing praesent donec nonummy et, magna at non dolore amet ullamcorper dolore amet ullamcorper. Ut pharetra tellus ut sit tellus nunc dolor euismod lobortis feugiat aliquet dolore pharetra non ut feugiat molestie laoreet. Ipsum, id laoreet pharetra volutpat ut feugiat tellus nunc sit euismod laoreet sed eget, nibh feugiat molestie ante tempus. Et magna, consectetur aliquet nisi amet ullamcorper tincidunt, dolor non lobortis sit tellus ut turpis tellus dolore amet ullamcorper. Tincidunt, adipiscing aliquet magna pharetra volutpat massa tempus felis diam magna pharetra, sem nisi amet ullamcorper congue dolor eget. Lobortis feugiat molestie, massa tempus felis diam magna consectetur non lobortis sit tellus nunc pulvinar euismod tincidunt pharetra non. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="8497694679717470797"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc26" w:id="13170481874190220364"/>
+      <w:bookmarkEnd w:id="13170481874190220364"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
-        <w:t xml:space="preserve">Third-level header 1</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Sit ut tellus at ac et, elit, erat mi felis tempus nibh. Eget sed laoreet id tempus ante mauris feugiat nibh volutpat dolor tincidunt. Tellus sit nisi mi felis erat, praesent, at ac nibh eget erat. Laoreet euismod pulvinar ut non pharetra magna ullamcorper adipiscing aliquam praesent at. Ac et elit erat ante molestie, dolor lobortis eget sed laoreet felis. Tempus ante molestie feugiat tincidunt euismod nonummy dolore praesent turpis nisi sem. </w:t>
+        <w:t xml:space="preserve">Third-level header 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt lorem at aliquam adipiscing diam magna nonummy, non, nunc pulvinar euismod tincidunt dolor eget lobortis. Lorem at proin, donec elit diam, magna pharetra tellus laoreet sed nibh ac at praesent donec. Nonummy ullamcorper congue pharetra non ut sit tellus nunc amet euismod congue dolor volutpat lobortis feugiat. Id laoreet, sed eget, lorem, mauris ante, lorem felis mi erat elit et ac elit ante. Lorem mauris ante tempus felis, mi erat elit nibh lorem molestie massa tempus id laoreet eget. Diam nisi consectetur tellus tincidunt dolor euismod magna, pharetra non, ut turpis aliquet dolore pulvinar ullamcorper. Tincidunt dolor, volutpat lobortis feugiat molestie donec nonummy diam ac, mauris ante tempus adipiscing mi erat. Elit et erat elit nibh ac felis mi erat elit et magna at proin aliquam adipiscing. Praesent nonummy ullamcorper ut sit tellus massa ipsum, euismod tincidunt pulvinar euismod congue pharetra non ut. Sit tellus nunc pulvinar euismod congue pharetra ullamcorper congue pharetra sem ut tellus tincidunt, sed mauris. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="3933032460572473483"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 5" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc27" w:id="10140150141559165803"/>
+      <w:bookmarkEnd w:id="10140150141559165803"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="MessageHeader"/>
-[...564 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R296ac5d51b034712"/>
+      <w:headerReference w:type="default" r:id="R095062957b1c4411"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2597,69 +2161,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>12</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> SECTIONPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>11</w:t>
+      <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -3236,51 +2800,51 @@
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd0e8871aba1645e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb3b6f9ea50f74cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7afd3438edbc4a4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R296ac5d51b034712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R67e08a533e464d2d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4f2fffec83284791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6aad8d1ecac14e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R914649a517a04b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R095062957b1c4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e7888deeeb94ef8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>