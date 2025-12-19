--- v5 (2025-12-16)
+++ v6 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb14d44e8801c4254" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0712c51399484c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb5a9afd714984f47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rea51b0f06469440b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R385074b71b0f4f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdf79b89271d94682" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Table of Contents</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o \f \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
@@ -54,145 +54,145 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Top-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc0 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc1 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc2 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
@@ -242,1876 +242,2673 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc4 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc8">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc8">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 3</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc9">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc9">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 4</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc10">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc10">
+      <w:hyperlink w:history="true" w:anchor="_Toc11">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc12">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc13">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc14">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Top-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc11">
-[...9 lines deleted...]
-          <w:t>TC Field for Second-level header 3</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc15">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc12">
+      <w:hyperlink w:history="true" w:anchor="_Toc16">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc13">
+      <w:hyperlink w:history="true" w:anchor="_Toc17">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc18">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc14">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 3</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc19">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc15">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 4</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc20">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc21">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc22">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc23">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc24">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc16">
-[...9 lines deleted...]
-          <w:t>TC Field for Top-level header 2</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc25">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Top-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc17">
+      <w:hyperlink w:history="true" w:anchor="_Toc26">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc26 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc18">
+      <w:hyperlink w:history="true" w:anchor="_Toc27">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc27 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc19">
+      <w:hyperlink w:history="true" w:anchor="_Toc28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc28 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc20">
+      <w:hyperlink w:history="true" w:anchor="_Toc29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc29 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc21">
+      <w:hyperlink w:history="true" w:anchor="_Toc30">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc30 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc22">
+      <w:hyperlink w:history="true" w:anchor="_Toc31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc31 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc23">
+      <w:hyperlink w:history="true" w:anchor="_Toc32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc32 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc24">
+      <w:hyperlink w:history="true" w:anchor="_Toc33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc33 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc25">
+      <w:hyperlink w:history="true" w:anchor="_Toc34">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc34 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>8</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc26">
+      <w:hyperlink w:history="true" w:anchor="_Toc35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc35 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>9</w:t>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc36">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc36 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc27">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 5</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc37">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc27 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc37 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>9</w:t>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc38">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc38 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:t>Top-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Et sit nonummy volutpat mi tincidunt lorem praesent dolore, sed, at id diam nunc donec consectetur, non nunc tempus felis, et magna turpis tellus. Laoreet, sed eget nibh, ac adipiscing aliquet, dolore mauris proin aliquam adipiscing diam magna pharetra, non ut turpis aliquet dolore amet euismod tincidunt feugiat. Molestie mi tempus felis mi, ac consectetur sem nisi felis laoreet erat elit nibh lorem eget nibh tempus, adipiscing diam, magna consectetur sem ut. Feugiat id laoreet sed eget et ac turpis, ullamcorper aliquam turpis praesent donec adipiscing praesent donec consectetur non nunc pulvinar euismod laoreet erat at. Proin aliquam, felis praesent erat nonummy diam magna pharetra tellus nunc id laoreet lorem, at praesent donec, felis mi donec nonummy sem nisi turpis. Aliquet nunc dolor volutpat, nibh lorem mauris ante aliquam elit diam, magna at sem sit aliquet dolore pulvinar volutpat nibh feugiat tellus massa ipsum. Felis et magna, consectetur sem nisi adipiscing praesent dolore amet, ullamcorper ut sit molestie aliquet nunc pharetra non congue pharetra tellus ante congue dolor. Volutpat massa tempus felis et ac eget, nibh aliquam adipiscing praesent, dolore pharetra ullamcorper congue consectetur sem turpis euismod laoreet sed eget nibh, lorem. </w:t>
+        <w:t xml:space="preserve">Donec ullamcorper proin congue, ac pulvinar eget, nibh nunc ipsum sem ut ipsum felis et magna turpis. Id mi erat turpis aliquet nunc ipsum id laoreet lorem mauris, ante tempus felis mi erat elit. Diam nisi aliquet, laoreet pulvinar euismod congue, consectetur non nisi turpis aliquet, dolore adipiscing praesent, dolore amet. Ullamcorper ut feugiat felis mi donec nonummy sem ut sit tellus massa tempus elit mi, sed elit. Nibh lorem mauris proin erat felis laoreet erat, elit et ac adipiscing praesent donec nonummy, ullamcorper, nonummy. Diam nisi consectetur sem nisi turpis aliquet congue, dolor volutpat lobortis feugiat id, laoreet sed eget, nibh. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 1" </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc0" w:id="6818427269214010652"/>
-      <w:bookmarkEnd w:id="6818427269214010652"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="16935925550768642876"/>
+      <w:bookmarkEnd w:id="16935925550768642876"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ante dolore turpis ullamcorper congue, pharetra non turpis aliquet dolore amet euismod tincidunt dolor. Volutpat, lobortis ipsum id, mi donec consectetur sem nisi turpis aliquet dolore amet euismod. Tincidunt feugiat molestie massa id mi, sed elit nibh lorem mauris proin donec amet. Non lobortis feugiat tellus ut sit aliquet dolore nonummy ullamcorper congue dolor sem ut. Feugiat tincidunt pulvinar euismod nibh lorem at praesent donec nonummy diam magna consectetur sem. Nisi, sit, euismod laoreet sed eget nibh tempus mauris mi elit, et ac at. Proin nisi amet aliquet, dolore nonummy ullamcorper congue pharetra tellus nunc pulvinar tellus nunc. </w:t>
+        <w:t xml:space="preserve">Proin, lorem at aliquet congue dolor eget nibh lorem mauris ante tempus elit sem magna turpis tellus nunc amet ullamcorper congue feugiat. Volutpat, lobortis, ipsum laoreet sed eget proin aliquam at proin aliquam adipiscing praesent donec elit nibh ac mauris proin nisi turpis aliquet. Donec nonummy diam magna at, sem pulvinar ullamcorper, congue, dolor non ut pharetra non ut sit, aliquet tincidunt dolor euismod tincidunt dolor. Volutpat lobortis feugiat tellus massa dolor, volutpat, lobortis feugiat molestie tempus adipiscing diam donec elit proin, nisi turpis, praesent donec nonummy praesent. Donec elit et ac elit ante lorem molestie massa feugiat molestie nunc, id laoreet sed molestie massa feugiat molestie laoreet ipsum id. Tincidunt lorem mauris nibh feugiat molestie nunc pulvinar euismod, nunc amet ullamcorper dolore nonummy diam ac consectetur dolore amet ullamcorper tincidunt sed. Volutpat nibh tempus mauris nunc sit tellus tincidunt dolor eget nibh, lorem molestie ante ipsum id laoreet dolor volutpat lobortis turpis ullamcorper. Dolore pharetra non congue sit tellus massa sed eget laoreet dolor volutpat lobortis, feugiat mauris ante tempus id laoreet erat elit et. Lorem molestie massa felis mi ac consectetur proin, aliquam sed eget et ac at proin, aliquam adipiscing praesent, magna dolor volutpat, lobortis. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc1" w:id="16288456944226093480"/>
-      <w:bookmarkEnd w:id="16288456944226093480"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="17232272661801519717"/>
+      <w:bookmarkEnd w:id="17232272661801519717"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ipsum nonummy, ullamcorper ut, sit tellus massa ipsum. Elit diam magna turpis tellus nunc amet ullamcorper. Dolore amet diam ut consectetur sem ut pulvinar. Molestie massa sed, eget nibh lorem eget ante. Tempus adipiscing praesent donec, elit diam nisi sit. Molestie laoreet, sed elit et ac at proin. Amet ullamcorper congue pharetra non ut sit, tellus. </w:t>
+        <w:t xml:space="preserve">Sem dolore, dolor eget nibh ac mauris proin donec nonummy diam ac at et lorem mauris proin donec amet ullamcorper dolor tellus nunc ipsum id laoreet dolor eget. Et lorem at proin tempus felis mi sed elit et ac at ante tempus felis mi erat diam magna consectetur tellus dolore turpis aliquet dolore amet non lobortis. Feugiat tellus, dolore amet, euismod tincidunt, dolor non ut sit tellus ut pulvinar euismod lorem at sem dolore pulvinar ullamcorper tincidunt dolor molestie ante ipsum felis mi erat. Id et, aliquam adipiscing aliquet dolore amet ullamcorper congue consectetur ante tempus, elit diam magna, consectetur aliquet nunc pulvinar volutpat tincidunt feugiat mauris ante tempus felis et erat. At, sem, nisi turpis tellus nunc amet ullamcorper ut mauris mi tempus id mi ac consectetur aliquet dolore amet ullamcorper dolore, amet ullamcorper ut sit molestie nunc, pulvinar. Id nibh, lorem mauris proin donec amet magna pharetra volutpat lobortis, erat elit diam ac turpis tellus massa pulvinar eget laoreet dolor non lobortis ipsum molestie laoreet elit. Et ac mauris ante lorem molestie, massa, ipsum felis et ac at proin aliquam adipiscing praesent aliquam elit, diam magna, consectetur sem ut sit euismod diam magna feugiat. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc2" w:id="10522258954475133102"/>
-      <w:bookmarkEnd w:id="10522258954475133102"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="8650291751837724340"/>
+      <w:bookmarkEnd w:id="8650291751837724340"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At non nunc pulvinar id nibh lorem at aliquet nunc amet magna pharetra non ut sit tellus massa ipsum id lobortis lorem, mauris massa tempus felis laoreet sed eget et. Magna, adipiscing, aliquet dolore amet euismod consectetur sem ut feugiat felis mi sed eget nibh lorem mauris massa ipsum molestie massa ipsum id laoreet sed eget ante lorem mauris ante. Donec sem, nisi turpis aliquet dolore amet ullamcorper tincidunt feugiat, molestie ante tempus felis mi sed elit proin aliquam at proin aliquam adipiscing praesent magna sem nisi, consectetur euismod nunc. Pulvinar, volutpat tincidunt feugiat mauris proin erat nonummy diam ac consectetur sem ut turpis aliquet donec amet ullamcorper congue sit tellus erat nonummy diam magna consectetur sem aliquam felis mi. Tempus felis mi ac at proin aliquam, turpis tellus congue pharetra non lobortis sit molestie massa ipsum felis sed eget nibh lorem molestie ante ipsum id laoreet erat elit et. Ac at praesent donec nonummy praesent magna sit molestie nunc pulvinar euismod laoreet, at aliquet dolore, pulvinar volutpat lobortis feugiat mauris massa feugiat, id, laoreet ipsum eget nibh sed mauris. Ante lorem mauris ante ipsum eget nibh lorem, volutpat lobortis molestie, lobortis feugiat molestie massa sed eget et lorem at proin tempus adipiscing praesent magna consectetur sem nisi turpis aliquet. Nunc dolor eget nibh lorem adipiscing, aliquet, feugiat molestie, ante tempus id laoreet erat elit et lorem mauris ante donec amet ullamcorper, ut feugiat molestie ante erat elit et ac. </w:t>
+        <w:t xml:space="preserve">Volutpat id diam nisi sit aliquet. Massa sed elit et, aliquam donec. Amet volutpat nibh lorem adipiscing praesent. Magna pharetra molestie, praesent donec nonummy. Diam ac at proin, nisi amet. Ullamcorper tincidunt, feugiat, molestie ante felis. Praesent erat at sem nisi adipiscing. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc3" w:id="4468356575360625836"/>
-      <w:bookmarkEnd w:id="4468356575360625836"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="5397287479168584942"/>
+      <w:bookmarkEnd w:id="5397287479168584942"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna sit mauris ante, donec consectetur sem nisi consectetur, aliquet nisi turpis aliquet dolore volutpat massa, tempus felis laoreet. Ac consectetur, proin nisi sit tellus tincidunt dolor euismod tincidunt dolor volutpat massa tempus felis et erat eget lobortis. Molestie ante aliquam nonummy ullamcorper congue sit molestie mi, erat elit nibh, lorem eget lobortis lorem mauris ante tempus. Felis et ac, at sem nunc amet euismod pharetra non lobortis feugiat id massa pulvinar, id tincidunt dolor volutpat. Nibh lorem mauris mi erat elit et ac at ante aliquam felis donec nonummy ullamcorper congue sit tellus nunc. Pulvinar id tincidunt dolor volutpat lobortis feugiat molestie massa, pulvinar euismod, tincidunt sed, eget ante tempus adipiscing ante tempus. Id sed eget nibh ac at proin tempus felis laoreet sed eget et, lorem at proin aliquam nonummy diam. Magna feugiat adipiscing diam massa erat pharetra molestie praesent aliquam pulvinar nonummy sem massa, ipsum pharetra tellus ante magna. Dolor felis aliquet nibh nisi erat, turpis molestie et, congue felis ullamcorper ante dolore ac sit elit diam nunc. Ipsum consectetur sem ut sit euismod laoreet erat elit nibh ac at praesent donec pharetra adipiscing eget molestie nibh. </w:t>
+        <w:t xml:space="preserve">Ut aliquam, felis diam magna nonummy diam nisi turpis aliquet dolore volutpat lobortis tempus mauris ante tempus felis mi ac, elit proin aliquam adipiscing proin aliquam, adipiscing praesent donec nonummy. Et ac consectetur sem dolore amet tincidunt pharetra non nisi turpis aliquet nisi turpis praesent dolore pharetra volutpat ut sit non nunc pulvinar tellus nunc pulvinar euismod lobortis sit tellus. Nunc id mi magna consectetur sem dolore pulvinar euismod tincidunt feugiat molestie massa tempus felis, mi donec consectetur sem ut sit tellus, nunc dolor, ante aliquam turpis aliquet donec elit. Et, ac, consectetur aliquet nisi turpis, praesent donec amet ullamcorper congue pharetra non ut turpis aliquet, dolore, amet ullamcorper donec consectetur lobortis pulvinar id mi, erat at proin aliquam at. Praesent donec amet ullamcorper ac at non nunc ipsum id tincidunt sed volutpat lobortis feugiat molestie massa ipsum et erat elit, et ac at proin erat felis, mi ac elit. Et nisi, sit euismod nunc pulvinar ullamcorper magna felis praesent erat felis mi erat eget nibh feugiat, molestie massa ipsum molestie massa pulvinar euismod laoreet sed eget nibh tempus felis. Laoreet erat elit et lorem ante aliquam adipiscing ullamcorper, congue dolor volutpat ut sit aliquet dolore pulvinar euismod congue pharetra non ut feugiat molestie massa ipsum euismod tincidunt dolor euismod. Tincidunt dolor massa ipsum id laoreet dolor euismod tincidunt pharetra volutpat massa feugiat molestie, nunc pulvinar ullamcorper dolore pharetra non ut sit tellus ut sit aliquet dolore amet ullamcorper dolor. Molestie mi tempus elit mi ac at proin aliquam, turpis aliquet dolore nonummy diam donec nonummy proin aliquam adipiscing aliquet dolore pulvinar, euismod tincidunt dolor volutpat pulvinar id mi sed. Eget, et ac at proin aliquam nonummy diam magna consectetur sem nisi turpis tellus nunc pulvinar euismod congue pharetra, sem nisi consectetur, proin sed elit et nisi adipiscing praesent donec. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc4" w:id="9356872455533127499"/>
-      <w:bookmarkEnd w:id="9356872455533127499"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="5778760538666571947"/>
+      <w:bookmarkEnd w:id="5778760538666571947"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Non nonummy sem laoreet donec consectetur diam magna sit tellus, tincidunt consectetur sem. Nisi amet euismod lobortis lorem, molestie massa ipsum id mi erat elit nibh. Ac adipiscing praesent dolore amet, euismod congue dolor volutpat lobortis ipsum laoreet sed. At, sem dolore pulvinar ullamcorper congue pharetra non ut pharetra non, ut sit. Euismod laoreet sed eget ante aliquam adipiscing diam, magna, consectetur ut turpis sem. Dolore amet euismod tincidunt lorem at aliquet congue amet ullamcorper congue pharetra, non. Nunc pulvinar id, laoreet sed eget ante felis mi donec elit diam ac. At, proin aliquam, turpis, euismod tincidunt dolor eget nibh, feugiat molestie massa ipsum. </w:t>
+        <w:t xml:space="preserve">Dolor at tincidunt lorem mauris, ante aliquam, adipiscing aliquet donec amet ullamcorper ut sit tellus dolore pulvinar euismod laoreet sed eget praesent. Donec nonummy diam congue mauris mi erat elit diam ac consectetur sem nisi turpis praesent donec amet, non lobortis tempus, felis, praesent. Magna consectetur sem ut sit tellus nunc, at proin nisi adipiscing mi donec consectetur diam nisi turpis tellus nunc ipsum ullamcorper tincidunt. Sed eget ante tempus id laoreet erat elit diam magna consectetur sem adipiscing ullamcorper congue pharetra non ut sit, tellus laoreet ipsum. Id tincidunt feugiat volutpat lobortis ipsum id laoreet sed elit nibh lorem eget lorem mauris ante ipsum id laoreet sed eget nibh. Lorem molestie massa, ipsum molestie laoreet erat eget et ac adipiscing praesent donec nonummy, ullamcorper congue sit tellus ipsum felis et ac. Consectetur sem nisi amet ullamcorper congue nonummy ullamcorper magna consectetur sem nisi, adipiscing praesent dolore, nonummy praesent donec elit et lorem eget. Ante pulvinar volutpat lobortis feugiat molestie ante ipsum elit et erat elit, et ac adipiscing praesent dolore pharetra ullamcorper congue pharetra ut. Pulvinar eget nibh lorem mauris ante lorem molestie lobortis feugiat molestie massa pulvinar ullamcorper congue, amet, ullamcorper magna consectetur sem ut turpis. Tellus dolore nonummy magna consectetur non ut sit tellus nunc turpis aliquet dolore nonummy diam nisi consectetur proin nisi turpis aliquet donec. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc5" w:id="1790990473419185076"/>
-      <w:bookmarkEnd w:id="1790990473419185076"/>
+      <w:bookmarkStart w:name="_Toc5" w:id="11736437302489119501"/>
+      <w:bookmarkEnd w:id="11736437302489119501"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sit mauris ante tempus, felis mi erat at sem, dolore. Pulvinar eget et, ac, adipiscing, praesent donec nonummy ullamcorper congue. Pharetra tellus ipsum eget nibh lorem mauris ante aliquam turpis. Aliquet congue dolor molestie massa, feugiat, molestie laoreet erat eget. Nibh ac adipiscing praesent donec nonummy diam consectetur tellus nunc. Ipsum felis, nibh ac at, sem, nisi turpis aliquet dolore. Amet non congue turpis aliquet dolore amet euismod congue sed. Eget nibh lorem mauris ut feugiat tellus ut turpis aliquet. </w:t>
+        <w:t xml:space="preserve">Ullamcorper nibh ac adipiscing aliquet congue pharetra non congue pharetra tellus nunc sit id tincidunt, dolor volutpat nibh tempus. Aliquet congue pharetra, non ut sit tellus nunc pulvinar euismod tincidunt sed eget massa feugiat tellus ut pulvinar euismod. Tincidunt magna consectetur sem turpis euismod, lobortis lorem mauris mi tempus felis mi erat elit et lorem, at praesent. Donec amet, praesent, donec nonummy diam magna consectetur praesent donec adipiscing praesent elit diam ac, consectetur aliquet nisi pulvinar. Euismod tincidunt dolor volutpat ut feugiat molestie, massa sed id tincidunt dolor ullamcorper ut sit tellus nunc euismod tincidunt. Pulvinar euismod tincidunt pharetra volutpat lobortis sit id laoreet ipsum id nibh lorem eget nibh feugiat molestie laoreet sed. Eget nibh lorem, mauris proin felis mi erat elit et, ac at et lorem mauris, ante donec nonummy et. Erat at proin ac adipiscing proin aliquam nonummy praesent erat nonummy et nisi, euismod laoreet sed eget et aliquam. Adipiscing praesent donec dolor volutpat ut pharetra molestie nunc pulvinar, tellus nunc amet non sit molestie massa ipsum id. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc6" w:id="13141647341095318787"/>
-      <w:bookmarkEnd w:id="13141647341095318787"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="10527799973016498279"/>
+      <w:bookmarkEnd w:id="10527799973016498279"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat mauris ante erat elit et ac, mauris laoreet sed volutpat lobortis dolor. Molestie massa ipsum tellus nunc pulvinar ullamcorper, tincidunt dolor eget lobortis feugiat felis. Mi donec nonummy sem magna turpis sem dolor volutpat lobortis feugiat felis praesent. Dolore pharetra non lobortis sit molestie, massa sed id laoreet sed eget nibh. Lorem mauris ante erat elit et consectetur aliquet dolore amet euismod tincidunt dolor. Volutpat massa tempus adipiscing praesent ac at proin ac at, ante aliquam felis. Praesent donec consectetur ut pulvinar euismod laoreet dolor eget nibh aliquam at praesent. Donec amet non ut pharetra non ut, sit tellus nunc pulvinar euismod lobortis. </w:t>
+        <w:t xml:space="preserve">Aliquet nibh ac consectetur aliquet nunc pulvinar ullamcorper congue, mauris. Mi donec, amet non, ut feugiat tellus massa sed id. Laoreet sed eget nibh lorem felis praesent donec nonummy et. Lorem at proin tempus ante tempus id, tincidunt sed volutpat. Nibh lorem mauris proin, aliquam adipiscing diam donec elit proin. Ac, at praesent, aliquam adipiscing mi tempus id sed at. Sem nisi amet ullamcorper tincidunt dolor volutpat massa aliquam, adipiscing. Et ac at, sem nisi sit tellus nunc amet ullamcorper. Tincidunt feugiat massa, ipsum, id mi, ac at nibh lorem. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc7" w:id="18070307609259724072"/>
-      <w:bookmarkEnd w:id="18070307609259724072"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="15700725359069794518"/>
+      <w:bookmarkEnd w:id="15700725359069794518"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+        <w:t xml:space="preserve">Second-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis feugiat molestie, ante, ipsum felis diam ac at aliquam amet ullamcorper dolore amet. Diam ut sit non ut turpis aliquet, dolore amet diam donec nonummy et, lorem. At aliquet dolore amet, ullamcorper tincidunt non lobortis feugiat, id laoreet sed elit proin. Nisi sit tellus dolore pulvinar, non lobortis sit mauris mi erat nonummy diam ac. At proin ac ante, ipsum felis laoreet erat eget nibh ac mauris proin tempus. Id mi erat eget nibh lorem mauris ante tempus felis ante erat elit et. Ac at ac turpis aliquet dolore amet ullamcorper magna, at, sem nisi, sit aliquet. Dolore amet ullamcorper congue pharetra sem nisi, turpis, aliquet dolore pulvinar dolore amet ullamcorper. Congue pharetra tellus dolore amet ullamcorper dolore nonummy ullamcorper congue consectetur non, ut pulvinar. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc8" w:id="13920507808950610594"/>
+      <w:bookmarkEnd w:id="13920507808950610594"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante donec nonummy non lobortis lorem mauris ante, erat. Elit diam ac at, proin tempus mauris ante tempus. Elit et erat elit nibh at proin tempus felis. Mi erat, eget et ac at proin tempus felis. Praesent erat elit diam ac elit et ac felis. Praesent dolore amet ut pharetra non ut, sit tellus. Nunc amet ullamcorper congue consectetur sem nisi consectetur sem. Nisi amet, ullamcorper tincidunt dolor non ut, sit molestie. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc9" w:id="7188218950466729143"/>
+      <w:bookmarkEnd w:id="7188218950466729143"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi dolore pharetra volutpat ut sit tellus dolore turpis. Aliquet, dolore pharetra non nibh lorem id laoreet erat. Elit et at sem nisi amet euismod lobortis feugiat. Molestie massa ipsum id laoreet sed eget nibh sed. Mauris ante ipsum felis mi erat eget nibh at. Sem nisi nonummy diam congue pharetra non ut sit. Tellus, nunc pulvinar, euismod laoreet feugiat molestie massa ipsum. Id, laoreet erat elit nibh lorem mauris proin amet. Euismod ante tempus felis praesent donec nonummy, ullamcorper ut. Turpis tellus, nunc sed eget et aliquam adipiscing praesent. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc10" w:id="5271909082212080196"/>
+      <w:bookmarkEnd w:id="5271909082212080196"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus nonummy ullamcorper congue feugiat molestie nunc ipsum felis mi ac at sem nisi adipiscing praesent. Dolore nonummy diam pharetra, molestie laoreet sed eget et lorem at proin, tempus felis, mi erat. Eget et, lorem at sem nisi turpis, aliquet dolore, pharetra volutpat feugiat molestie nunc ipsum id. Tincidunt dolor volutpat lobortis feugiat molestie nunc pulvinar euismod tincidunt lorem eget nibh feugiat molestie lobortis. Feugiat tellus tincidunt dolor volutpat nibh mauris proin aliquam nonummy diam magna consectetur non ut sit. Tellus tincidunt dolor eget nibh lorem felis mi donec nonummy et, magna consectetur nunc ipsum euismod. Tincidunt feugiat volutpat ante tempus felis mi sed eget et ac mauris proin tempus felis, ante. Ipsum id, laoreet sed eget lobortis feugiat molestie, tempus felis et erat elit nibh lorem mauris. </w:t>
+        <w:t xml:space="preserve">Pharetra tellus, laoreet erat at sem. Nunc sed eget laoreet dolor eget. Ante tempus mauris ante erat elit. Mi ac aliquet nunc pulvinar euismod. Lobortis feugiat molestie massa ipsum id. Mi donec consectetur non ut pulvinar. Euismod laoreet lorem, eget nibh, lorem. Felis praesent elit et ac elit. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc8" w:id="18423375694393897753"/>
-      <w:bookmarkEnd w:id="18423375694393897753"/>
+      <w:bookmarkStart w:name="_Toc11" w:id="3848430218153553056"/>
+      <w:bookmarkEnd w:id="3848430218153553056"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Laoreet, ac, consectetur non nunc pulvinar eget nibh volutpat lobortis lorem mauris mi donec nonummy diam magna consectetur sem dolore amet euismod tincidunt feugiat, molestie. Ante erat, felis laoreet sed eget laoreet dolor lobortis, feugiat molestie laoreet erat eget et lorem eget ante aliquam adipiscing mi erat elit diam nisi. Feugiat tellus nunc amet ullamcorper tincidunt dolor, volutpat, donec amet non lobortis sit mauris ante tempus elit et ac mauris proin aliquam adipiscing praesent erat. Felis et ac consectetur sem dolore euismod tincidunt sed volutpat, nibh tempus felis, mi donec elit et lorem mauris ante lorem mauris ante erat elit. Et magna consectetur sem nisi adipiscing ullamcorper congue volutpat lobortis feugiat mauris laoreet sed, id laoreet sed eget nibh feugiat molestie massa tempus felis et. Magna turpis aliquet nunc ipsum eget tincidunt sed eget, ante amet non ut lorem felis ante erat elit et ac consectetur proin tempus adipiscing praesent. Donec nonummy diam congue pharetra non dolore pulvinar et, ac at proin donec amet volutpat lobortis lorem, felis praesent erat nonummy diam magna turpis, aliquet. Dolore amet ullamcorper tincidunt dolor molestie lobortis feugiat tellus ut aliquet tincidunt dolor eget, ante tempus felis mi erat elit mi erat elit nibh lorem. Felis mi tempus elit et magna, consectetur sem nisi sit praesent dolore diam magna pharetra non nunc ipsum, id mi erat mauris ante aliquam, adipiscing. Praesent erat elit et erat eget nibh lorem, mauris ante aliquam adipiscing mi erat nibh lorem at ante tempus adipiscing praesent donec consectetur sem ut. </w:t>
+        <w:t xml:space="preserve">Nunc, erat felis mi, erat at sem dolore, pulvinar euismod tincidunt, feugiat molestie lobortis felis diam magna nonummy diam nisi turpis euismod. Laoreet sed eget nibh feugiat mauris, massa tempus id laoreet erat elit et lorem mauris massa ipsum id sed eget et aliquam. Adipiscing aliquet dolore pulvinar volutpat lobortis lorem, mauris ante, erat, elit et, magna turpis tellus nunc amet euismod laoreet dolor non sit. Tellus laoreet erat elit et ac, mauris ante tempus, felis praesent erat elit et ac elit proin, ac turpis aliquet, dolore amet. Ut feugiat molestie massa pulvinar id tincidunt dolor volutpat nibh feugiat molestie nunc, pulvinar euismod, nunc pulvinar euismod congue dolor volutpat ut. Feugiat molestie, massa pulvinar id, nisi turpis praesent donec nonummy diam magna nonummy diam magna consectetur, sem aliquam adipiscing praesent donec, pharetra. Volutpat massa tempus id mi, erat at proin aliquam mauris donec nonummy diam donec nonummy diam ac consectetur proin tempus mauris ante. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc9" w:id="18420058601070462758"/>
-      <w:bookmarkEnd w:id="18420058601070462758"/>
+      <w:bookmarkStart w:name="_Toc12" w:id="7414325929573376195"/>
+      <w:bookmarkEnd w:id="7414325929573376195"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Eget proin nisi turpis diam magna pharetra. Non lobortis ipsum felis et ac at. Proin, aliquam adipiscing aliquet donec nonummy diam. Congue, pharetra non turpis euismod nunc dolor. Volutpat nibh lorem felis, ante tempus id. Mi erat elit nibh lorem mauris massa. Ipsum id laoreet sed eget laoreet sed. Nibh aliquam adipiscing mi erat felis, mi. Erat, elit, nibh feugiat mauris massa tempus. Id mi sed eget nibh, lorem, at. </w:t>
+        <w:t xml:space="preserve">Lorem adipiscing praesent pulvinar volutpat, lobortis tempus felis praesent magna nonummy sem nisi consectetur sem nisi amet euismod, nibh. Lorem at praesent aliquam adipiscing praesent erat nonummy diam pulvinar id, laoreet pulvinar volutpat lobortis lorem mauris ante tempus. Felis mi erat elit et, aliquam adipiscing aliquet congue pharetra non ut feugiat molestie, laoreet eget nibh ac consectetur. Sem, dolore amet euismod tincidunt dolor, volutpat lobortis ipsum id laoreet, ipsum id tincidunt pharetra non ut feugiat molestie. Sed eget nibh lorem eget nibh lorem mauris mi erat elit, diam, ac at proin aliquam at proin aliquam. Amet ullamcorper ut feugiat molestie massa pulvinar id lorem mauris nibh lorem mauris ante tempus felis, mi erat elit. Nibh lorem at ante tempus felis laoreet sed elit nibh ac, mauris ante lorem, mauris, erat eget nibh lorem. Consectetur sem nisi turpis, aliquet donec amet sem magna turpis aliquet dolore turpis aliquet donec nonummy ullamcorper congue pharetra. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 5" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc10" w:id="3377923293744170781"/>
-      <w:bookmarkEnd w:id="3377923293744170781"/>
+      <w:bookmarkStart w:name="_Toc13" w:id="1570787830054571695"/>
+      <w:bookmarkEnd w:id="1570787830054571695"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
+        <w:t>Top-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue feugiat mauris proin tempus felis mi erat. Nonummy sem, magna sit euismod nunc dolor euismod. Lobortis feugiat massa ipsum id, mi erat, at. Proin, nisi turpis aliquet congue pharetra non ut. Sit tellus ut sit tellus dolore, amet euismod. Tincidunt dolor aliquet magna consectetur diam magna consectetur. Proin aliquam at praesent congue pharetra non ut. Sit tellus, nunc pulvinar tellus tincidunt, pulvinar euismod. Congue, dolor tellus nisi id mi ac at. Sem, nisi turpis aliquet congue dolor volutpat ut. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 2" </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc14" w:id="11436274110988980118"/>
+      <w:bookmarkEnd w:id="11436274110988980118"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ut, sit molestie erat at proin aliquam adipiscing aliquet, donec, pharetra non, ut sit tellus massa tempus felis. Et ac at sem dolore amet aliquet dolore, amet ullamcorper pharetra, aliquet dolore, amet ullamcorper tincidunt dolor volutpat lobortis. Feugiat mauris mi erat eget nibh, lorem eget ante tempus mauris, ante tempus felis laoreet erat et aliquam turpis. Euismod tincidunt dolor ullamcorper congue sit tellus massa sed eget nibh lorem mauris ante lorem mauris ante erat elit. Et ac elit nibh at proin tempus adipiscing praesent, magna at, proin nisi turpis aliquet dolore amet, diam congue. Consectetur non nunc sit tellus nunc, amet ullamcorper congue ullamcorper congue ipsum elit et magna consectetur sem, aliquam turpis. Aliquet nunc pulvinar euismod lobortis sit molestie massa pulvinar euismod tincidunt pulvinar euismod lobortis feugiat molestie feugiat molestie massa. Sed eget et ac turpis praesent dolore nonummy ullamcorper congue consectetur non nisi sit tellus dolore amet ullamcorper congue. Dolor molestie, tincidunt dolor volutpat, lobortis feugiat tellus nunc pulvinar euismod tincidunt pharetra ullamcorper, congue sit tellus massa pulvinar. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc15" w:id="12275373146267728153"/>
+      <w:bookmarkEnd w:id="12275373146267728153"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id et, ac mauris ante donec nonummy ullamcorper tincidunt dolor volutpat lobortis ipsum. Id mi sed elit et lorem mauris ante ipsum praesent magna consectetur sem. Nunc ipsum id laoreet sed eget ante, tempus felis praesent donec nonummy diam. Magna consectetur proin nisi, amet euismod tincidunt dolor lobortis ipsum molestie massa ipsum. Id laoreet dolor ullamcorper tincidunt consectetur sem nisi consectetur aliquet dolore, amet euismod. Tincidunt pharetra non ut sit molestie massa pulvinar, nibh, lorem at praesent donec. Amet ullamcorper magna pharetra sem nisi turpis aliquet dolore pulvinar ullamcorper tincidunt feugiat. Molestie massa ipsum molestie massa, pulvinar, tincidunt dolor eget massa ipsum id laoreet. Erat eget nibh lorem at ante aliquam felis mi erat elit mi ac. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc16" w:id="740442615708836247"/>
+      <w:bookmarkEnd w:id="740442615708836247"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat proin, aliquam, turpis aliquet, tincidunt pharetra non ut sit tellus nunc pulvinar, id laoreet sed eget nibh ipsum id. Mi consectetur non ut pulvinar tellus laoreet sed, mauris nibh tempus felis ante, tempus felis mi ac at sem aliquam. Adipiscing praesent dolore amet ullamcorper pharetra tellus massa pulvinar euismod, nunc amet ullamcorper congue pharetra non lobortis sit molestie nunc. Ipsum volutpat lobortis dolor molestie lobortis feugiat molestie laoreet erat, elit nibh at praesent donec adipiscing, diam, magna pharetra sem. Nisi feugiat tellus tincidunt dolor, volutpat, lobortis lorem at proin aliquam felis praesent erat elit et at proin donec nonummy. Diam magna pharetra, sem magna turpis, aliquet nisi adipiscing aliquet congue amet non ut sit non nisi amet, ullamcorper, congue. Amet ullamcorper consectetur sem nisi consectetur sem donec nonummy ullamcorper congue dolor volutpat ut turpis, aliquet dolore turpis ullamcorper dolore. Nonummy diam ac at et ut, pulvinar aliquet nunc non ut sit tellus massa tempus id mi erat at, aliquet. Nunc amet euismod congue pharetra non congue consectetur non sit, praesent, dolore amet, diam, congue pharetra non nunc pulvinar tellus. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc17" w:id="16221927226210186770"/>
+      <w:bookmarkEnd w:id="16221927226210186770"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nunc ipsum et ac at proin aliquam turpis aliquet dolore amet, non lobortis. Sit molestie laoreet sed eget, nibh sed eget, nibh tempus felis mi donec diam. Magna turpis aliquet nisi felis mi erat elit et ac at nibh ac at. Praesent dolore nonummy diam magna consectetur sem ut pulvinar, id dolor euismod lobortis feugiat. Molestie nunc pulvinar tellus nunc pulvinar euismod tincidunt dolor volutpat lobortis sit tellus massa. Sed eget nibh lorem mauris nibh feugiat molestie ante euismod, nibh lorem mauris nibh. Tempus felis mi donec nonummy et ac at sem, nisi adipiscing praesent dolore amet. Volutpat lobortis feugiat molestie sed eget et ac consectetur aliquet dolore, turpis, ullamcorper congue. Consectetur non, lobortis tempus elit et, ac at proin aliquam amet ullamcorper dolore nonummy. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc18" w:id="5670901917502982432"/>
+      <w:bookmarkEnd w:id="5670901917502982432"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem felis praesent congue consectetur non ut pulvinar euismod laoreet sed eget ante aliquam turpis praesent donec nonummy proin aliquam adipiscing praesent magna consectetur, sem. Ut, pulvinar eget et lorem mauris nibh lorem mauris ante tempus felis, laoreet sed eget proin, ac aliquet donec elit diam congue pharetra non ut. Turpis, aliquet dolore amet ullamcorper congue pharetra sem magna consectetur aliquet aliquam felis mi erat, elit mi erat eget nisi adipiscing aliquet donec pharetra ullamcorper. Congue pharetra non ut pulvinar euismod tincidunt sed eget, nibh tempus felis, mi donec, elit diam ac sem dolore amet, ullamcorper tincidunt dolor volutpat, ut. Sit tellus nunc sit, euismod laoreet sed eget lobortis lorem mauris ante tempus id laoreet erat elit proin aliquam euismod tincidunt dolor, non ut sit. Tellus nunc sit, aliquet dolore, pulvinar volutpat lobortis feugiat tellus nunc pulvinar euismod nunc dolor volutpat lobortis, dolor mauris mi, erat diam magna at, proin. Aliquam turpis aliquet nunc dolor non ante tempus felis mi erat felis mi erat eget nibh adipiscing praesent donec nonummy et, ac at, proin ac. Adipiscing praesent aliquam nonummy diam congue consectetur diam, ac consectetur, sem nisi nonummy diam magna consectetur sem turpis, proin nisi turpis aliquet congue pharetra non. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc19" w:id="1642257037503775557"/>
+      <w:bookmarkEnd w:id="1642257037503775557"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam sed, eget ante nisi ullamcorper congue pharetra non magna turpis aliquet nisi adipiscing aliquet donec elit mi. Ac at sem nisi pulvinar euismod tincidunt dolor euismod congue pharetra sem sit tellus nisi adipiscing praesent dolore. Pharetra non ut, turpis tellus nunc pulvinar euismod congue dolor, non lobortis feugiat molestie nunc pulvinar tellus nunc. Dolor aliquet, nisi amet ullamcorper, dolore nonummy diam, nisi turpis aliquet dolore amet ullamcorper tincidunt sed mauris praesent. Aliquam nonummy ullamcorper, congue, pharetra tellus ipsum, tellus dolore amet ullamcorper congue nonummy diam magna turpis aliquet nisi. Amet aliquet dolore, amet non ut feugiat tellus ut pulvinar euismod tincidunt dolor volutpat lobortis, molestie massa ipsum. Felis mi ac consectetur sem nisi turpis aliquet congue dolor volutpat lobortis sit tellus ut sit praesent, dolore. Amet eget nibh sit molestie ut id mi sed elit et tempus mauris ante tempus felis mi sed. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc20" w:id="9328886379031976675"/>
+      <w:bookmarkEnd w:id="9328886379031976675"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, sit molestie ipsum eget nibh lorem mauris. Ante, aliquam adipiscing ullamcorper, congue pharetra non nunc. Pulvinar euismod tincidunt dolor volutpat lobortis dolor volutpat. Lobortis feugiat molestie sed elit et aliquam adipiscing. Aliquet, dolore pharetra, non congue sit, tellus massa. Pulvinar id laoreet sed at ante lorem mauris. Ante tempus felis laoreet elit, et lorem mauris. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc21" w:id="5271415774252608638"/>
+      <w:bookmarkEnd w:id="5271415774252608638"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pulvinar eget et, aliquam, turpis euismod congue dolor volutpat lobortis feugiat tellus massa, sed eget nibh ac, consectetur sem nisi turpis aliquet amet et magna. Turpis, aliquet dolore amet euismod tincidunt, pharetra ullamcorper, congue pharetra non nisi sit euismod laoreet lorem mauris ante lorem felis mi erat laoreet dolor volutpat. Lobortis feugiat molestie, massa tempus id mi, erat elit et lorem mauris nibh lorem mauris mi tempus elit diam magna consectetur proin nisi turpis, dolore. Pharetra volutpat ante tempus felis mi sed eget laoreet sed mauris nibh lorem, mauris mi erat elit diam ac at proin, nisi ullamcorper, tincidunt, feugiat. Volutpat massa ipsum id laoreet, sed elit et aliquam adipiscing aliquet congue pharetra ullamcorper congue pharetra molestie massa ipsum id laoreet dolor volutpat lobortis adipiscing. Mi erat nonummy ullamcorper, congue consectetur non, ut amet aliquet dolore nonummy diam erat elit diam ac consectetur proin aliquam, adipiscing, praesent magna pharetra sem. Nisi felis et ac consectetur aliquet dolore amet euismod, congue dolor eget nibh feugiat mauris ante, sed eget laoreet sed eget, feugiat mauris mi erat. Nonummy non lobortis, ipsum felis laoreet erat elit et lorem at praesent donec, adipiscing praesent donec nonummy sem nisi turpis sem nisi turpis donec pharetra. Sem massa feugiat felis laoreet erat elit proin aliquam adipiscing proin aliquam adipiscing diam donec consectetur sem nisi turpis sem nisi amet, diam donec pharetra. Lobortis ipsum molestie laoreet ipsum id lobortis, lorem mauris ante tempus id laoreet, donec elit diam ac consectetur proin donec adipiscing diam magna nonummy diam. </w:t>
+        <w:t xml:space="preserve">Tempus turpis ullamcorper congue dolor molestie ante, tempus nonummy ullamcorper, massa ipsum id laoreet id, laoreet, lorem turpis aliquet dolore amet diam. Magna consectetur sem nisi turpis aliquet dolore pulvinar ullamcorper dolore amet ullamcorper magna pharetra, non, nunc id tincidunt, lorem adipiscing, praesent donec. Amet euismod lobortis sit tellus nunc pulvinar euismod nunc pulvinar euismod tincidunt dolor non ut, turpis tellus nunc amet euismod tincidunt mauris. Proin aliquam adipiscing praesent magna consectetur sem nisi pulvinar, tellus tincidunt sed elit et ac adipiscing, aliquet dolore nonummy ullamcorper congue pharetra. Ut pulvinar id nibh lorem eget ante lorem mauris massa pulvinar, euismod tincidunt pulvinar euismod magna consectetur sem magna consectetur aliquet nunc. Amet euismod tincidunt, sed mauris pharetra, tellus nunc pulvinar tellus tincidunt dolor volutpat lobortis dolor tellus nunc ipsum id laoreet sed, elit. Nibh lorem at proin, donec amet ullamcorper ut sit non ipsum elit et ac adipiscing, praesent dolore nonummy diam, congue pharetra non. Nisi turpis aliquet dolore, amet ullamcorper congue diam, congue sit molestie, massa, ipsum eget nibh sed eget ante, tempus, adipiscing praesent magna. Pharetra volutpat, massa ipsum id, tincidunt sed, eget nibh lorem molestie lobortis nonummy ullamcorper congue sit tellus ut, turpis tellus tincidunt pulvinar. Euismod tincidunt feugiat, tellus massa ipsum id laoreet sed, eget nibh ac mauris ante feugiat molestie nunc id laoreet lorem eget lobortis. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc11" w:id="17883517080144235727"/>
-      <w:bookmarkEnd w:id="17883517080144235727"/>
+      <w:bookmarkStart w:name="_Toc22" w:id="2168570364832462068"/>
+      <w:bookmarkEnd w:id="2168570364832462068"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nisi pulvinar id tincidunt sed eget, ante tempus adipiscing praesent dolore, at praesent donec amet ullamcorper congue consectetur tellus massa. Ipsum id laoreet sed mauris nibh lorem, molestie massa ipsum, id laoreet sed volutpat lobortis pharetra non pulvinar, id nibh. Lorem mauris ante tempus mauris mi erat nonummy mi sed volutpat lobortis feugiat molestie massa feugiat molestie, massa sed eget. Tincidunt dolor ante aliquam nonummy diam magna nonummy diam magna consectetur aliquet dolore dolor volutpat nibh lorem at proin aliquam. Id laoreet ipsum id nibh at ante lorem felis mi donec nonummy, sem nisi consectetur aliquet nisi amet ullamcorper, tincidunt. Feugiat, molestie massa ipsum id laoreet erat at et aliquam at praesent nonummy diam congue sit tellus nunc pulvinar euismod. Laoreet erat elit et tempus, mauris ante ipsum molestie laoreet erat eget et lorem mauris proin aliquam adipiscing praesent consectetur. </w:t>
+        <w:t xml:space="preserve">Ut ipsum id laoreet sed elit lorem adipiscing praesent donec, nonummy diam congue pharetra non nisi, turpis, aliquet nunc pulvinar volutpat lobortis feugiat molestie, massa ipsum id laoreet ipsum id. Nibh at praesent donec nonummy diam magna consectetur sem nisi, sit tellus nunc dolor volutpat lobortis feugiat molestie massa ipsum tellus massa pulvinar euismod, congue pharetra, congue consectetur non ut. Sit tellus tincidunt sed eget tincidunt dolor non ut, turpis sem dolore amet aliquet, congue dolor volutpat lobortis ipsum laoreet erat at proin aliquam adipiscing proin aliquam, nonummy diam congue. Pharetra tellus massa pulvinar euismod tincidunt sed volutpat congue, pharetra ullamcorper congue pharetra tellus nunc pulvinar congue dolor non congue pharetra non ut sit tellus nunc nonummy diam donec elit. Sem ut sit aliquet dolore turpis ullamcorper, congue, pharetra non, congue pharetra tellus adipiscing aliquet dolore nonummy diam donec nonummy et magna consectetur sem nisi adipiscing praesent dolore consectetur sem. Nisi consectetur proin adipiscing praesent donec felis mi, sed, elit proin ac at ante tempus nonummy ullamcorper magna pharetra non nunc sit euismod nunc dolor euismod, tincidunt feugiat, molestie massa. Felis diam magna consectetur sem nisi adipiscing praesent donec nonummy diam magna consectetur diam, magna consectetur sem nisi adipiscing aliquet, dolore amet non, lobortis feugiat, molestie nunc, eget et, aliquam. Turpis, aliquet nunc amet ullamcorper magna consectetur sem ut sit tellus nunc turpis aliquet dolore consectetur diam nisi sit tellus massa ipsum id nibh, eget ante tempus id nunc, pulvinar. Id laoreet lorem mauris lobortis dolor volutpat nunc pulvinar id tincidunt dolor volutpat tincidunt feugiat molestie massa ipsum molestie laoreet ipsum nibh lorem mauris ante lorem molestie nunc sit euismod. Tincidunt sed eget ante lorem mauris ante ipsum id mi erat, elit et aliquam, at praesent dolore amet lobortis feugiat mauris massa sed, id tincidunt dolor euismod lobortis feugiat volutpat. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc12" w:id="14904276638882950634"/>
-      <w:bookmarkEnd w:id="14904276638882950634"/>
+      <w:bookmarkStart w:name="_Toc23" w:id="6712423213348426812"/>
+      <w:bookmarkEnd w:id="6712423213348426812"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Et ut turpis euismod et magna consectetur, aliquet nunc pulvinar volutpat. Et tempus aliquet congue dolor molestie ante tempus felis praesent donec. Consectetur non nisi turpis tellus nunc pulvinar, euismod lobortis feugiat molestie. Ante tempus id laoreet erat tellus nunc, ipsum id nibh feugiat. Molestie ante tempus felis mi, donec consectetur diam, magna consectetur sem. Donec amet ullamcorper magna nonummy sem, nisi consectetur dolore ipsum euismod. Congue dolor volutpat lobortis, feugiat id massa ipsum, id, laoreet sed. </w:t>
+        <w:t xml:space="preserve">At aliquet dolore dolor volutpat lobortis feugiat mauris ante erat elit et ac consectetur sem nisi turpis ullamcorper tincidunt pharetra, lobortis feugiat tellus nunc ipsum id laoreet sed. Eget proin tempus, felis ante tempus felis laoreet dolor volutpat nibh lorem, mauris proin tempus felis laoreet id laoreet sed mauris nibh lorem mauris massa ipsum euismod tincidunt. Dolor, euismod nibh lorem, mauris ante tempus elit ullamcorper magna pharetra, non, nisi adipiscing proin, aliquam laoreet sed id nibh, lorem at sem, donec, adipiscing praesent donec elit. Et magna, turpis sem nunc, amet ullamcorper tincidunt pharetra non lobortis sit nunc pulvinar id nibh lorem at ante aliquam adipiscing praesent donec nonummy diam magna consectetur aliquet. Dolore turpis ullamcorper, congue pharetra volutpat lobortis feugiat molestie, massa id nibh sed eget nibh tempus felis praesent donec elit diam magna, consectetur aliquet dolore pulvinar euismod lobortis. Dolor molestie massa ipsum id mi sed elit et at ante aliquam felis mi congue pharetra non nunc pulvinar euismod laoreet erat volutpat lobortis feugiat molestie lobortis feugiat. Molestie sed elit nibh sed mauris nibh, lorem molestie massa ipsum id laoreet lorem mauris sem nisi turpis aliquet, dolore pharetra sem nisi turpis sem nisi turpis praesent. Massa sed, eget, et ac, at ante tempus mauris, mi donec consectetur, sem nisi turpis tellus nisi turpis aliquet dolore nonummy ullamcorper congue, pharetra non dolore amet tincidunt. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc13" w:id="8956811517153316330"/>
-      <w:bookmarkEnd w:id="8956811517153316330"/>
+      <w:bookmarkStart w:name="_Toc24" w:id="5864683111231415765"/>
+      <w:bookmarkEnd w:id="5864683111231415765"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
+        <w:t>Top-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi pulvinar id laoreet sed eget proin donec. Dolor eget aliquam adipiscing, praesent magna dolor volutpat. Lobortis pulvinar id mi, erat elit proin ac. At praesent donec adipiscing et ac consectetur, sem. Ut pulvinar euismod pulvinar euismod lobortis dolor tellus. Massa tempus felis, laoreet sed eget et lorem. Mauris massa ipsum id mi ipsum id laoreet. Sed mauris proin aliquam ullamcorper ut pharetra sem. Ut turpis tellus dolore amet euismod, tincidunt lorem. Molestie lobortis feugiat molestie laoreet sed eget et. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 3" </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc25" w:id="12774159654858829741"/>
+      <w:bookmarkEnd w:id="12774159654858829741"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet nunc ipsum eget, et dolore pulvinar eget nibh lorem mauris proin donec amet ullamcorper congue pharetra non ut. Sit euismod ac at et lorem, felis ante erat elit et ac at proin aliquam adipiscing praesent dolore nonummy. Diam, magna nonummy diam nisi turpis tellus amet euismod tincidunt dolor non ut turpis, aliquet nisi amet ullamcorper congue. Pharetra ullamcorper ut pharetra molestie nunc, ipsum id laoreet sed volutpat lobortis dolor tellus ut felis et ac elit. Et nisi amet euismod tincidunt pharetra molestie, lobortis feugiat tellus ut pulvinar euismod, tincidunt sed volutpat lobortis feugiat, tellus. Ipsum id mi erat elit proin aliquam adipiscing mi erat elit, et ac consectetur proin aliquam adipiscing praesent donec. Nonummy praesent erat elit et ac at proin dolor, volutpat tincidunt lorem mauris mi erat elit et ac at. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc26" w:id="8599884504184146287"/>
+      <w:bookmarkEnd w:id="8599884504184146287"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur aliquet nunc pulvinar nibh, lorem at praesent donec adipiscing diam, magna elit et, aliquam adipiscing proin. Aliquam nonummy praesent donec consectetur non ut sit tellus dolore amet ullamcorper feugiat volutpat lobortis sit molestie. Massa ipsum eget nibh lorem mauris proin, aliquam adipiscing, diam congue consectetur, sem nisi at proin aliquam. Turpis ullamcorper donec diam congue pharetra, aliquet aliquam adipiscing praesent, dolore amet ullamcorper magna pharetra sem ut. Pulvinar, id nibh sed mauris nibh lorem molestie ante felis, mi ac consectetur sem nisi turpis aliquet. Dolore amet ullamcorper congue consectetur, non nisi turpis praesent donec nonummy diam donec nonummy diam ac at. Proin aliquam euismod, congue dolor non ut tempus felis praesent erat eget et ac adipiscing proin aliquam. Adipiscing diam magna consectetur sem nisi, sit tellus tincidunt dolor volutpat nibh, volutpat lobortis feugiat tellus, dolore. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc27" w:id="17931727492932449685"/>
+      <w:bookmarkEnd w:id="17931727492932449685"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis aliquet congue dolor molestie massa tempus, felis praesent donec non nunc pulvinar tellus, nunc pulvinar euismod tincidunt dolor volutpat nunc ipsum felis mi erat. Elit et lorem mauris proin aliquam elit mi erat elit, aliquam adipiscing praesent aliquam nonummy diam magna nonummy et ac consectetur, sem aliquam turpis praesent. Donec elit diam magna consectetur proin aliquam at proin tempus mi sed, eget nibh sed eget nibh feugiat tellus nunc pulvinar euismod, tincidunt pulvinar euismod. Congue pharetra volutpat lobortis feugiat id laoreet erat sem nisi turpis, ullamcorper congue pharetra non congue pharetra sem ut sit, tellus dolore pulvinar euismod tincidunt. Dolor non ut sit tellus nunc pulvinar euismod tincidunt dolor, lobortis feugiat molestie massa pulvinar tellus nunc pulvinar volutpat lobortis sit tellus nunc pulvinar euismod. Nunc pulvinar ullamcorper congue pharetra ullamcorper ut ipsum id laoreet sed eget sed mauris ante tempus felis mi erat, elit nibh lorem mauris ante lorem. Mauris praesent donec consectetur sem, nisi turpis dolore turpis aliquet dolore amet, ullamcorper, magna at proin aliquam adipiscing praesent donec, adipiscing diam congue consectetur non. Ut sit tellus tincidunt sed volutpat lobortis, dolor molestie aliquam nonummy diam magna pharetra non nunc, pulvinar euismod tincidunt dolor volutpat lobortis feugiat, molestie massa. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc28" w:id="13680531824514595235"/>
+      <w:bookmarkEnd w:id="13680531824514595235"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor praesent dolore nonummy diam congue pharetra tellus nunc pulvinar eget et lorem mauris ante tempus felis mi, donec nonummy et ac. At, proin ac ante, ipsum felis praesent donec nonummy et ac adipiscing aliquet donec amet euismod congue dolor volutpat massa ipsum felis. Et ac, at aliquet dolore amet tincidunt pharetra non ut, sit tellus, ut pulvinar id laoreet pulvinar volutpat lobortis feugiat molestie massa. Ipsum id mi sed volutpat tincidunt feugiat molestie ante donec amet ut sit molestie massa ipsum, eget et ac at sem dolore. Amet ullamcorper tincidunt dolor volutpat ut feugiat id laoreet sed elit et lorem proin aliquam nonummy, diam magna consectetur sem magna turpis. Tellus dolore pulvinar ullamcorper tincidunt dolor volutpat lobortis ipsum id mi ac elit, proin, aliquam adipiscing praesent dolor volutpat lobortis ipsum, felis. Laoreet erat, elit diam, ac, consectetur sem aliquam turpis euismod tincidunt, dolor molestie, ut pulvinar ullamcorper dolore, amet ullamcorper congue consectetur non. Sit aliquet, nunc pulvinar volutpat lobortis dolor volutpat lobortis feugiat aliquet dolore, turpis aliquet dolore nonummy, et ac at proin donec elit. Diam magna at proin aliquam felis mi tempus felis, laoreet sed volutpat tincidunt, dolor molestie, massa ipsum id mi sed eget nibh. Sed eget ipsum molestie laoreet pulvinar euismod tincidunt pulvinar ullamcorper magna nonummy, diam ac mauris lobortis dolor volutpat lobortis feugiat molestie nunc. </w:t>
+        <w:t xml:space="preserve">Pulvinar elit diam nisi consectetur aliquet dolore dolor volutpat lobortis feugiat molestie massa ipsum felis laoreet sed id laoreet dolor volutpat tempus adipiscing, praesent congue feugiat. Molestie nunc pulvinar euismod laoreet sed eget ante, tempus mauris mi, donec, nonummy ullamcorper congue turpis tellus dolore amet aliquet pharetra non ut feugiat, felis praesent. Donec nonummy, sem nisi at proin aliquam adipiscing aliquet congue pharetra non nisi turpis aliquet nisi adipiscing aliquet dolore pharetra ullamcorper, proin nisi sit tellus nunc. Pulvinar, volutpat lobortis dolor molestie massa ipsum id laoreet erat elit et lorem, at, proin, aliquam felis laoreet eget laoreet dolor volutpat ut sit non nisi. Sit aliquet dolore pulvinar ullamcorper congue, pharetra volutpat lobortis sit tellus dolore amet ullamcorper donec nonummy diam magna consectetur ut pulvinar euismod tincidunt dolor non ut. Pharetra molestie massa pulvinar tellus, nunc pulvinar euismod, lobortis ac felis mi erat elit et congue consectetur ullamcorper ut ipsum id massa ipsum eget, laoreet sed. Eget lobortis feugiat mauris ante ipsum id laoreet dolor volutpat lobortis feugiat volutpat ut feugiat tellus nunc pulvinar tincidunt dolor, eget ante tempus felis mi tempus. Felis nibh lorem eget lobortis feugiat molestie lobortis feugiat molestie massa pulvinar euismod tincidunt dolor volutpat lobortis sit tellus ipsum eget et ac adipiscing praesent aliquam. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc14" w:id="18395630762200758800"/>
-      <w:bookmarkEnd w:id="18395630762200758800"/>
+      <w:bookmarkStart w:name="_Toc29" w:id="10218743436937010527"/>
+      <w:bookmarkEnd w:id="10218743436937010527"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pharetra molestie ante tempus felis mi et, ac adipiscing, praesent dolore pulvinar euismod, congue pharetra non ut sit laoreet, erat elit proin aliquam turpis. Aliquet dolore, amet ullamcorper congue sit tellus ut sit euismod laoreet sed eget nibh, lorem molestie ante tempus laoreet sed eget et, ac mauris. Proin donec, nonummy diam magna consectetur, sem nisi adipiscing praesent donec nonummy ullamcorper congue, consectetur sem ut sit aliquet dolore amet donec nonummy diam. Magna consectetur aliquet dolore amet euismod laoreet dolor eget ante aliquam nonummy praesent magna pharetra non ut pulvinar id et elit proin aliquam adipiscing. Aliquet dolore amet diam magna at proin nisi amet aliquet donec nonummy diam magna pharetra sem nisi at sem nisi nonummy praesent erat diam. Ac, consectetur sem dolore turpis ullamcorper congue pharetra non congue pharetra sem aliquam turpis praesent dolore nonummy, diam magna consectetur non, nisi pulvinar euismod. Laoreet sed sem nisi turpis praesent donec nonummy diam ac at proin nisi, adipiscing praesent, donec nonummy, diam magna nonummy nibh lorem sem nisi. Adipiscing praesent, erat nonummy sem nisi turpis sem, nisi adipiscing proin donec adipiscing ullamcorper congue sit tellus nunc pulvinar, euismod tincidunt sed mauris nibh. Tempus mi tempus, felis, et magna at sem aliquam adipiscing aliquet dolore amet, ullamcorper congue consectetur, non nunc sit aliquet donec nonummy diam magna. Consectetur sem nisi euismod tincidunt sed eget et, aliquam amet ullamcorper congue pharetra non ut sit tellus nunc pulvinar, euismod tincidunt sed eget nibh. </w:t>
+        <w:t xml:space="preserve">Congue sed eget lobortis lorem diam tincidunt pharetra non ut sit tellus tincidunt dolor volutpat tincidunt dolor molestie massa ipsum elit. Diam, magna, pharetra sem nisi sit tellus, nunc amet congue pharetra non ut sit tellus tincidunt pulvinar euismod lobortis feugiat molestie. Massa ipsum id laoreet sed elit nibh ac at proin aliquam nonummy praesent pharetra sem nisi, consectetur proin aliquam adipiscing aliquet. Donec consectetur non, nisi turpis aliquet nisi turpis aliquet congue amet ullamcorper congue sit tellus ipsum euismod laoreet, dolor eget lobortis. Feugiat mauris ante erat elit diam magna consectetur, sem dolore amet, euismod tincidunt dolor non ut consectetur sem aliquam adipiscing, praesent. Amet euismod ut sit tellus, nunc pulvinar euismod tincidunt sed volutpat nibh lorem mauris praesent donec, amet, ullamcorper ut feugiat tellus. Ut sit tellus tincidunt dolor mauris tempus felis praesent, magna consectetur sem nisi turpis sem dolore amet aliquet congue dolor, molestie. Massa ipsum, id, laoreet erat proin aliquam adipiscing, aliquet tincidunt sed eget lobortis feugiat molestie nunc, sit euismod tincidunt dolor euismod. Tincidunt dolor volutpat massa tempus id laoreet sed eget nibh at praesent nunc pulvinar euismod lobortis feugiat molestie nunc sit aliquet. Dolore amet ullamcorper congue dolor non lobortis feugiat aliquet dolore pulvinar euismod tincidunt sed mauris proin, amet ullamcorper ut pharetra non. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc15" w:id="12340195491791361250"/>
-      <w:bookmarkEnd w:id="12340195491791361250"/>
+      <w:bookmarkStart w:name="_Toc30" w:id="14898182724713252192"/>
+      <w:bookmarkEnd w:id="14898182724713252192"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
-        <w:t>Top-level header 2</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Proin nisi sit euismod nibh lorem mauris ante tempus adipiscing ullamcorper congue dolor mauris ante. Tempus diam magna consectetur sem nisi adipiscing aliquet dolore amet ullamcorper congue pharetra sem nisi. Turpis aliquet, dolore nonummy diam magna consectetur sem ut sit, tincidunt sed elit et, aliquam. Adipiscing aliquet dolore amet ullamcorper congue pharetra non ut sit euismod tincidunt sed eget lobortis. Lorem felis, mi erat elit diam magna sem nisi, amet aliquet donec pharetra, non lobortis. Ipsum felis mi erat elit et ac at, proin aliquam adipiscing mi erat felis mi. Elit et ac at mi tempus, felis mi sed, elit et lorem at proin donec. </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ut ipsum euismod laoreet lorem mauris aliquam, adipiscing diam congue, pharetra, non massa feugiat molestie laoreet sed. Eget nibh ac, turpis, ullamcorper congue dolor volutpat lobortis feugiat molestie massa pulvinar tellus ac mauris ante tempus. Felis aliquet dolore consectetur volutpat lobortis ipsum id mi ac at et ac at massa ipsum felis laoreet. Erat, nonummy diam sit euismod tincidunt, pulvinar volutpat, tincidunt feugiat, molestie massa ipsum molestie laoreet ipsum id tincidunt. Feugiat at praesent donec adipiscing, praesent donec nonummy massa, tempus eget et ac at proin nisi adipiscing aliquet. Donec nonummy diam magna turpis aliquet nunc, amet ullamcorper, dolore pharetra ullamcorper congue pharetra non aliquam at aliquam. Felis praesent donec consectetur sem nisi consectetur sem tempus felis ante ipsum id, laoreet erat elit et ac. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 2" </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="4292295223639672559"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc31" w:id="15379852729733847610"/>
+      <w:bookmarkEnd w:id="15379852729733847610"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Second-level header 1</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Aliquet tincidunt dolor, massa ipsum felis praesent. Magna pharetra non ut sit aliquet, nunc. Pulvinar euismod tincidunt pharetra non lobortis ipsum. Id et congue feugiat molestie massa sed. Et ac adipiscing aliquet nunc amet non. Congue pharetra tellus nunc erat elit et. </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sed eget, et, ac adipiscing praesent dolore amet ullamcorper ut feugiat tellus nunc pulvinar id. Nibh ac consectetur proin nisi ullamcorper congue consectetur sem nisi consectetur proin nisi adipiscing praesent tempus. Adipiscing praesent magna pharetra non ut sit aliquet dolore pulvinar euismod tincidunt feugiat molestie pulvinar id. Tincidunt dolor volutpat lobortis feugiat molestie massa ipsum felis mi ac, elit et lorem eget lobortis. Lorem mauris, ante tempus elit diam, nisi turpis aliquet sed eget proin aliquam turpis mi erat. Turpis tellus tincidunt pulvinar ullamcorper congue, pharetra non ut feugiat molestie, tincidunt sed eget et ac. Ullamcorper tincidunt sed eget nibh ipsum felis laoreet sed eget et ac at proin tempus, mauris. Ante, tempus felis tincidunt sed volutpat lobortis dolor molestie massa ipsum et magna consectetur non ut. Pulvinar euismod tincidunt lorem mauris proin tempus felis praesent erat elit et ac at proin, aliquam. Adipiscing ullamcorper dolore amet ullamcorper magna non nunc ipsum eget nibh sed mauris nibh lorem mauris. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="4569641260520501678"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc32" w:id="4034349256120159788"/>
+      <w:bookmarkEnd w:id="4034349256120159788"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi congue, dolor, molestie massa ipsum diam magna, consectetur et aliquam at. Praesent dolore, amet diam donec consectetur sem nisi turpis aliquet, dolore amet. Euismod congue dolor non lobortis feugiat molestie erat elit et lorem at. Proin aliquam adipiscing praesent donec nonummy sem aliquam turpis aliquet dolore amet. Ullamcorper donec consectetur sem nisi, consectetur sem, nisi ullamcorper tincidunt, feugiat mauris. Proin tempus felis laoreet ipsum, eget nibh ac mauris ante feugiat, mauris. Massa erat nonummy et magna at sem ac at proin ac adipiscing. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc33" w:id="18070161155539859553"/>
+      <w:bookmarkEnd w:id="18070161155539859553"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, ante donec consectetur volutpat massa ipsum felis laoreet erat elit. Et turpis, ullamcorper congue dolor, volutpat nibh lorem felis mi erat. Nonummy diam magna consectetur proin aliquam adipiscing praesent tempus felis mi. Sed id et ac praesent donec adipiscing mi donec nonummy sem. Magna turpis aliquet dolore amet ullamcorper congue pharetra volutpat lobortis feugiat. Id mi erat eget nibh, lorem at ipsum adipiscing praesent, donec. Nonummy sem nisi sit tellus dolore amet diam, donec nonummy et. Magna consectetur aliquet dolore pulvinar euismod congue pharetra, ut sit molestie. Massa ipsum id tincidunt pharetra, non ut feugiat molestie nunc pulvinar. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc34" w:id="12649589909339973776"/>
+      <w:bookmarkEnd w:id="12649589909339973776"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ante tempus adipiscing congue sit molestie nunc ipsum id laoreet erat at proin nisi turpis ullamcorper, congue pharetra molestie massa ipsum id laoreet erat, elit et aliquam. Aliquet tincidunt dolor volutpat lobortis feugiat, molestie ante tempus felis laoreet erat elit et aliquam adipiscing aliquet dolore nonummy, ullamcorper, congue, pharetra non ut sit dolore amet ullamcorper. Congue consectetur, non ut sit aliquet nunc pulvinar volutpat tincidunt dolor molestie massa tempus elit, et magna at proin lorem praesent tempus id mi sed id, nibh lorem. At proin tempus adipiscing praesent donec nonummy, diam ac elit et ac at ante tempus, felis laoreet erat elit, aliquam turpis tellus nunc pulvinar euismod lobortis, dolor, volutpat. Massa ipsum id laoreet sed eget nibh lorem at praesent aliquam elit et ac at sem nisi adipiscing donec nonummy diam magna consectetur diam, magna turpis sem dolore. Turpis ullamcorper congue amet ullamcorper nisi consectetur proin nisi, turpis ullamcorper tincidunt dolor, volutpat ut adipiscing praesent, donec elit et ac consectetur proin, dolore amet aliquet dolore, pharetra. Volutpat lobortis ipsum id massa ipsum id tincidunt sed volutpat massa tempus felis mi consectetur sem nisi sit tellus dolore pulvinar euismod tincidunt dolor non lobortis sit tellus. Dolore pulvinar id laoreet dolor non ut sit non nunc pulvinar euismod tincidunt at proin tempus mauris massa pulvinar euismod nunc pulvinar, volutpat, tincidunt feugiat, molestie massa, ipsum. Felis mi sed eget laoreet sed volutpat nibh tempus mauris, mi erat sem, nisi consectetur proin, aliquam adipiscing aliquet donec consectetur sem ut turpis tellus nisi turpis aliquet. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc35" w:id="12191944822783156506"/>
+      <w:bookmarkEnd w:id="12191944822783156506"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tellus, dolore pulvinar ullamcorper congue pharetra non ut sit tellus ut sit tellus dolore amet diam donec pharetra, diam at sem nisi turpis aliquet donec nonummy. Sem ut ipsum id laoreet erat pharetra non nisi adipiscing proin aliquam adipiscing mi sed elit et turpis aliquet nisi adipiscing diam magna, consectetur sem ut turpis. Tellus dolore turpis, aliquet dolore amet, ullamcorper congue pharetra, sem nisi turpis tellus nunc amet euismod tincidunt mauris massa ipsum id mi erat eget lobortis feugiat molestie. Lobortis feugiat molestie massa sed eget nibh lorem at praesent aliquam adipiscing praesent sit tellus nunc pulvinar tellus nunc pulvinar, volutpat tincidunt feugiat molestie ut sit molestie. Massa ipsum id, congue pharetra ullamcorper congue at proin, ac adipiscing praesent donec euismod tincidunt dolor, molestie ante tempus id mi erat at proin aliquam at proin. Aliquam felis, et, erat at proin nisi sit aliquet dolore amet ullamcorper sit tellus nunc pulvinar id laoreet erat elit proin aliquam at praesent dolore amet ullamcorper. Congue sit, molestie, massa ipsum et ac mauris nibh lorem mauris ante ipsum euismod tincidunt dolor euismod tincidunt dolor molestie lobortis tempus id mi, erat eget et. Ac at proin aliquam felis congue pharetra non ut pulvinar elit non mi tincidunt tempus turpis euismod et dolore sed sit id ullamcorper ante dolore dolor eget. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc36" w:id="4774013099823274328"/>
+      <w:bookmarkEnd w:id="4774013099823274328"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Proin dolore pulvinar lobortis feugiat molestie massa. Pulvinar euismod tincidunt dolor eget nibh, lorem. At aliquet dolore pharetra volutpat massa ipsum. Molestie laoreet sed eget nibh lorem mauris. Tincidunt sed, eget lobortis lorem mauris ante. Erat elit diam, nisi turpis aliquet dolore. Turpis euismod, tincidunt dolor non lobortis feugiat. </w:t>
+        <w:t xml:space="preserve">Et laoreet erat elit proin aliquam turpis ullamcorper tincidunt sed. Mauris proin aliquam adipiscing praesent tempus tellus ut pulvinar elit. Et ac turpis aliquet dolore amet ullamcorper, congue pharetra non. Congue sit, id, mi erat eget laoreet lorem mauris ante. Amet, euismod, lobortis feugiat mauris mi erat felis et, erat. Elit et ac mauris ante tempus id mi erat elit. Proin aliquam adipiscing praesent donec nonummy diam pharetra, non ut. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc18" w:id="6477922922856207748"/>
-      <w:bookmarkEnd w:id="6477922922856207748"/>
+      <w:bookmarkStart w:name="_Toc37" w:id="7784896934146060124"/>
+      <w:bookmarkEnd w:id="7784896934146060124"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ante congue pharetra molestie lobortis feugiat, molestie, laoreet, sed eget. Nibh, lorem at proin aliquam, adipiscing praesent donec nonummy diam. Nisi aliquet nisi amet ullamcorper congue dolor molestie massa feugiat. Tellus massa ipsum, eget, et ac adipiscing praesent donec amet. Euismod congue pharetra volutpat, lobortis felis diam magna consectetur, sem. Dolore pulvinar euismod congue pharetra ullamcorper congue pharetra, non ut. Turpis aliquet dolore pulvinar euismod congue dolor tellus nunc pulvinar. Tellus, sed, eget, et ac, mauris ante ipsum felis mi. Sed, at proin nisi adipiscing praesent donec nonummy ullamcorper, congue. </w:t>
+        <w:t xml:space="preserve">Sed elit et magna turpis aliquet dolore dolor eget nibh feugiat felis mi, erat ullamcorper, congue. Feugiat id laoreet erat elit proin nisi sit aliquet nunc dolor eget lobortis, feugiat molestie, massa. Ipsum felis laoreet sed eget, nibh feugiat molestie aliquam amet non lobortis ipsum id, mi erat. Elit, et, ac consectetur proin aliquam nonummy diam donec elit, et, ac at proin ac at. Praesent amet diam magna sit tellus massa sed elit, et magna at proin aliquam felis praesent. Donec nonummy diam nisi turpis, sem nisi turpis et ac at proin aliquam adipiscing praesent erat. Nonummy proin nisi turpis aliquet, donec nonummy diam, donec consectetur sem ut sit euismod nunc amet. Ullamcorper dolore amet lobortis feugiat tellus nunc pulvinar ullamcorper congue pharetra, non ut pharetra tellus nunc. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc19" w:id="11234168843507008423"/>
-      <w:bookmarkEnd w:id="11234168843507008423"/>
+      <w:bookmarkStart w:name="_Toc38" w:id="2934190720864334540"/>
+      <w:bookmarkEnd w:id="2934190720864334540"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="MessageHeader"/>
-[...205 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R095062957b1c4411"/>
+      <w:headerReference w:type="default" r:id="R44477692a3404ec6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2161,69 +2958,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>10</w:t>
+      <w:t>14</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> SECTIONPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>9</w:t>
+      <w:t>13</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -2800,51 +3597,51 @@
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4f2fffec83284791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6aad8d1ecac14e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R914649a517a04b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R095062957b1c4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e7888deeeb94ef8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7d1ec252ad964afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re93945d2074348c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R619ea3d6b37d4e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R44477692a3404ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R92bdfbc1116e49a5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>