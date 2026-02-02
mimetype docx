--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rea51b0f06469440b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R385074b71b0f4f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdf79b89271d94682" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R55f26ca03c15465b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf37ca5b63cd24b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf26ef7911d594074" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Table of Contents</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o \f \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
@@ -251,2664 +251,3028 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc4 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc5">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc5">
+      <w:hyperlink w:history="true" w:anchor="_Toc6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc6">
+      <w:hyperlink w:history="true" w:anchor="_Toc7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc7">
+      <w:hyperlink w:history="true" w:anchor="_Toc8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc8">
+      <w:hyperlink w:history="true" w:anchor="_Toc9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>5</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc9">
+      <w:hyperlink w:history="true" w:anchor="_Toc10">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>5</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc10">
+      <w:hyperlink w:history="true" w:anchor="_Toc11">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>5</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc11">
+      <w:hyperlink w:history="true" w:anchor="_Toc12">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>5</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc13">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Top-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc14">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc12">
+      <w:hyperlink w:history="true" w:anchor="_Toc15">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc16">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc17">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc18">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc19">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc20">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc21">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>6</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc22">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc13">
-[...32 lines deleted...]
-          <w:t>6</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc23">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc24">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc25">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc25 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc26">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc26 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc27">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc27 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc28">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc28 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc29">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc29 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc14">
-[...32 lines deleted...]
-          <w:t>6</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc30">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Top-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc30 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc15">
+      <w:hyperlink w:history="true" w:anchor="_Toc31">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>6</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc31 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc16">
+      <w:hyperlink w:history="true" w:anchor="_Toc32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>7</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc32 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc17">
+      <w:hyperlink w:history="true" w:anchor="_Toc33">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>7</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc33 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc34">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc34 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc18">
+      <w:hyperlink w:history="true" w:anchor="_Toc35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>7</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc35 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc19">
+      <w:hyperlink w:history="true" w:anchor="_Toc36">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>8</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc36 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc20">
+      <w:hyperlink w:history="true" w:anchor="_Toc37">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc20 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>8</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc37 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc21">
+      <w:hyperlink w:history="true" w:anchor="_Toc38">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc21 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>8</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc38 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc39">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc39 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc22">
+      <w:hyperlink w:history="true" w:anchor="_Toc40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc22 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>8</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc40 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc23">
+      <w:hyperlink w:history="true" w:anchor="_Toc41">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc23 \h </w:instrText>
-[...5 lines deleted...]
-          <w:t>9</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc41 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc24">
+      <w:hyperlink w:history="true" w:anchor="_Toc42">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc24 \h </w:instrText>
-[...99 lines deleted...]
-          <w:t>10</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc42 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc27">
-[...93 lines deleted...]
-      <w:hyperlink w:history="true" w:anchor="_Toc29">
+      <w:hyperlink w:history="true" w:anchor="_Toc43">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc29 \h </w:instrText>
-[...428 lines deleted...]
-          <w:t>13</w:t>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc43 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:t>Top-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec ullamcorper proin congue, ac pulvinar eget, nibh nunc ipsum sem ut ipsum felis et magna turpis. Id mi erat turpis aliquet nunc ipsum id laoreet lorem mauris, ante tempus felis mi erat elit. Diam nisi aliquet, laoreet pulvinar euismod congue, consectetur non nisi turpis aliquet, dolore adipiscing praesent, dolore amet. Ullamcorper ut feugiat felis mi donec nonummy sem ut sit tellus massa tempus elit mi, sed elit. Nibh lorem mauris proin erat felis laoreet erat, elit et ac adipiscing praesent donec nonummy, ullamcorper, nonummy. Diam nisi consectetur sem nisi turpis aliquet congue, dolor volutpat lobortis feugiat id, laoreet sed eget, nibh. </w:t>
+        <w:t xml:space="preserve">Id pulvinar ipsum dolor aliquam magna nunc laoreet praesent volutpat felis pharetra, sed dolore proin. Ullamcorper at pharetra donec massa non, felis pulvinar magna nibh tellus, at, laoreet, aliquet at. Dolor dolore proin molestie pharetra dolore proin volutpat amet, ipsum magna mi id turpis magna. Laoreet aliquet at sed nunc proin volutpat dolore nibh ullamcorper nonummy tempus, lobortis diam felis. Tempus lobortis sem felis sit nisi mi tellus turpis lorem tincidunt praesent mauris pulvinar dolore. Ante non tempus lobortis diam elit ipsum ut, diam id, feugiat, magna mi, tellus at. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 1" </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc0" w:id="16935925550768642876"/>
-      <w:bookmarkEnd w:id="16935925550768642876"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="16987472828260116657"/>
+      <w:bookmarkEnd w:id="16987472828260116657"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Proin, lorem at aliquet congue dolor eget nibh lorem mauris ante tempus elit sem magna turpis tellus nunc amet ullamcorper congue feugiat. Volutpat, lobortis, ipsum laoreet sed eget proin aliquam at proin aliquam adipiscing praesent donec elit nibh ac mauris proin nisi turpis aliquet. Donec nonummy diam magna at, sem pulvinar ullamcorper, congue, dolor non ut pharetra non ut sit, aliquet tincidunt dolor euismod tincidunt dolor. Volutpat lobortis feugiat tellus massa dolor, volutpat, lobortis feugiat molestie tempus adipiscing diam donec elit proin, nisi turpis, praesent donec nonummy praesent. Donec elit et ac elit ante lorem molestie massa feugiat molestie nunc, id laoreet sed molestie massa feugiat molestie laoreet ipsum id. Tincidunt lorem mauris nibh feugiat molestie nunc pulvinar euismod, nunc amet ullamcorper dolore nonummy diam ac consectetur dolore amet ullamcorper tincidunt sed. Volutpat nibh tempus mauris nunc sit tellus tincidunt dolor eget nibh, lorem molestie ante ipsum id laoreet dolor volutpat lobortis turpis ullamcorper. Dolore pharetra non congue sit tellus massa sed eget laoreet dolor volutpat lobortis, feugiat mauris ante tempus id laoreet erat elit et. Lorem molestie massa felis mi ac consectetur proin, aliquam sed eget et ac at proin, aliquam adipiscing praesent, magna dolor volutpat, lobortis. </w:t>
+        <w:t xml:space="preserve">Volutpat felis pulvinar ac eget sit lorem tincidunt aliquet at pharetra, donec. Massa ullamcorper felis sit congue mi molestie consectetur sed nisi nibh euismod. Turpis lorem tincidunt ullamcorper tempus, nibh diam, felis ipsum ut, diam id. Sit congue et id turpis ac tincidunt molestie turpis erat tincidunt aliquet. At dolor nunc proin eget aliquam lobortis diam id sit ac massa. Sem eget pulvinar dolore et volutpat pulvinar aliquam, nibh diam adipiscing sit. Congue mi molestie, pharetra magna laoreet molestie ac laoreet, molestie sit, magna. Laoreet sem at sed nunc proin mauris dolor nisi ante volutpat amet. Aliquam lobortis ullamcorper adipiscing feugiat congue praesent ipsum congue et molestie at. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc1" w:id="17232272661801519717"/>
-      <w:bookmarkEnd w:id="17232272661801519717"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="1182206845924213117"/>
+      <w:bookmarkEnd w:id="1182206845924213117"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem dolore, dolor eget nibh ac mauris proin donec nonummy diam ac at et lorem mauris proin donec amet ullamcorper dolor tellus nunc ipsum id laoreet dolor eget. Et lorem at proin tempus felis mi sed elit et ac at ante tempus felis mi erat diam magna consectetur tellus dolore turpis aliquet dolore amet non lobortis. Feugiat tellus, dolore amet, euismod tincidunt, dolor non ut sit tellus ut pulvinar euismod lorem at sem dolore pulvinar ullamcorper tincidunt dolor molestie ante ipsum felis mi erat. Id et, aliquam adipiscing aliquet dolore amet ullamcorper congue consectetur ante tempus, elit diam magna, consectetur aliquet nunc pulvinar volutpat tincidunt feugiat mauris ante tempus felis et erat. At, sem, nisi turpis tellus nunc amet ullamcorper ut mauris mi tempus id mi ac consectetur aliquet dolore amet ullamcorper dolore, amet ullamcorper ut sit molestie nunc, pulvinar. Id nibh, lorem mauris proin donec amet magna pharetra volutpat lobortis, erat elit diam ac turpis tellus massa pulvinar eget laoreet dolor non lobortis ipsum molestie laoreet elit. Et ac mauris ante lorem molestie, massa, ipsum felis et ac at proin aliquam adipiscing praesent aliquam elit, diam magna, consectetur sem ut sit euismod diam magna feugiat. </w:t>
+        <w:t xml:space="preserve">Et ullamcorper at pharetra donec, massa sem elit tempus nunc, sem magna mi molestie pharetra magna laoreet tellus consectetur erat massa. Non elit pulvinar aliquam et euismod amet nisi ante volutpat pulvinar aliquam nibh ullamcorper adipiscing ut diam id sit, congue mi. Molestie consectetur erat nunc proin eget pulvinar nisi proin eget pulvinar nisi ante ullamcorper, adipiscing feugiat ut praesent mauris congue praesent. Molestie at ipsum dolore proin id amet aliquam et volutpat dolor dolore sem mauris dolor nunc, sem eget dolor dolore praesent. Sed, dolore praesent mauris dolor, congue, aliquet mauris feugiat dolore aliquet felis feugiat tincidunt ullamcorper adipiscing tempus nibh euismod nonummy tempus. Nibh non amet aliquam lobortis ullamcorper dolore proin molestie dolor dolore praesent molestie pharetra dolore praesent mauris feugiat congue praesent felis. Feugiat magna ante molestie sit donec mi molestie consectetur erat massa sem sed dolore proin, elit pulvinar nisi ante volutpat amet. Aliquam proin eget mauris sit donec laoreet, non at sed, massa pharetra ac laoreet tellus turpis ac laoreet aliquet, consectetur, sed. Nunc sem mauris dolor donec ante, eget pharetra aliquam nibh non amet, aliquam, lobortis volutpat nonummy erat molestie amet ipsum, ut. Et felis pulvinar ut sem, nonummy, sed ut sem elit ipsum nisi, nibh, euismod turpis ac et, id amet nisi proin. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc2" w:id="8650291751837724340"/>
-      <w:bookmarkEnd w:id="8650291751837724340"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="8889361961911832465"/>
+      <w:bookmarkEnd w:id="8889361961911832465"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Volutpat id diam nisi sit aliquet. Massa sed elit et, aliquam donec. Amet volutpat nibh lorem adipiscing praesent. Magna pharetra molestie, praesent donec nonummy. Diam ac at proin, nisi amet. Ullamcorper tincidunt, feugiat, molestie ante felis. Praesent erat at sem nisi adipiscing. </w:t>
+        <w:t xml:space="preserve">Pulvinar lorem tincidunt mi molestie nonummy tempus, massa non nonummy tempus ut diam sed massa, non, nonummy ipsum ut. Proin id, amet ac nibh ullamcorper turpis ac nibh ullamcorper adipiscing feugiat magna praesent mauris feugiat, congue diam adipiscing. Lorem diam felis feugiat congue ullamcorper adipiscing, ipsum congue diam felis ipsum lobortis non elit ipsum ut, et euismod. Turpis magna et euismod sit aliquam nibh pulvinar ut, et euismod adipiscing lorem lobortis euismod pulvinar aliquam et volutpat. Amet tempus, nibh euismod nonummy, tempus lobortis diam felis, lorem ut adipiscing ipsum ut diam elit ipsum ut et. Felis sit magna diam felis pulvinar nisi et tellus sit ac laoreet, tellus turpis lorem tincidunt aliquet at sed. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc3" w:id="5397287479168584942"/>
-      <w:bookmarkEnd w:id="5397287479168584942"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="3730899171737162434"/>
+      <w:bookmarkEnd w:id="3730899171737162434"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut aliquam, felis diam magna nonummy diam nisi turpis aliquet dolore volutpat lobortis tempus mauris ante tempus felis mi ac, elit proin aliquam adipiscing proin aliquam, adipiscing praesent donec nonummy. Et ac consectetur sem dolore amet tincidunt pharetra non nisi turpis aliquet nisi turpis praesent dolore pharetra volutpat ut sit non nunc pulvinar tellus nunc pulvinar euismod lobortis sit tellus. Nunc id mi magna consectetur sem dolore pulvinar euismod tincidunt feugiat molestie massa tempus felis, mi donec consectetur sem ut sit tellus, nunc dolor, ante aliquam turpis aliquet donec elit. Et, ac, consectetur aliquet nisi turpis, praesent donec amet ullamcorper congue pharetra non ut turpis aliquet, dolore, amet ullamcorper donec consectetur lobortis pulvinar id mi, erat at proin aliquam at. Praesent donec amet ullamcorper ac at non nunc ipsum id tincidunt sed volutpat lobortis feugiat molestie massa ipsum et erat elit, et ac at proin erat felis, mi ac elit. Et nisi, sit euismod nunc pulvinar ullamcorper magna felis praesent erat felis mi erat eget nibh feugiat, molestie massa ipsum molestie massa pulvinar euismod laoreet sed eget nibh tempus felis. Laoreet erat elit et lorem ante aliquam adipiscing ullamcorper, congue dolor volutpat ut sit aliquet dolore pulvinar euismod congue pharetra non ut feugiat molestie massa ipsum euismod tincidunt dolor euismod. Tincidunt dolor massa ipsum id laoreet dolor euismod tincidunt pharetra volutpat massa feugiat molestie, nunc pulvinar ullamcorper dolore pharetra non ut sit tellus ut sit aliquet dolore amet ullamcorper dolor. Molestie mi tempus elit mi ac at proin aliquam, turpis aliquet dolore nonummy diam donec nonummy proin aliquam adipiscing aliquet dolore pulvinar, euismod tincidunt dolor volutpat pulvinar id mi sed. Eget, et ac at proin aliquam nonummy diam magna consectetur sem nisi turpis tellus nunc pulvinar euismod congue pharetra, sem nisi consectetur, proin sed elit et nisi adipiscing praesent donec. </w:t>
+        <w:t xml:space="preserve">Nunc proin volutpat amet aliquam, massa diam felis ipsum ut diam felis, feugiat magna mi sit. Magna, nibh euismod consectetur ac laoreet aliquet at dolor dolore ante non, amet aliquam massa volutpat. Nonummy tempus lobortis diam elit pulvinar, ut mi euismod lorem nunc aliquet adipiscing dolor dolore proin. Eget amet aliquam massa volutpat amet, erat, massa, non, nonummy tempus lobortis sem nonummy tempus nunc. Sem eget ut sem id pulvinar nisi et id amet aliquam lobortis euismod turpis ac nibh. Ullamcorper adipiscing feugiat congue diam, mauris, feugiat congue praesent sit magna laoreet, tellus consectetur ac laoreet. Tellus consectetur, erat nunc proin eget pulvinar nisi ante euismod, amet tempus tincidunt diam felis feugiat. Magna laoreet tellus consectetur mi molestie consectetur ac massa tellus consectetur erat tincidunt aliquet at sed. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc4" w:id="5778760538666571947"/>
-      <w:bookmarkEnd w:id="5778760538666571947"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="13839754381679909201"/>
+      <w:bookmarkEnd w:id="13839754381679909201"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie nonummy ipsum ut elit ipsum nisi et id pulvinar, nisi et id, sit aliquam nibh euismod turpis, ac, laoreet euismod amet aliquam nibh euismod. Turpis lorem congue adipiscing lorem, magna mi molestie pharetra erat massa tellus consectetur erat massa non eget pulvinar, dolore proin eget pulvinar nunc aliquet, at. Sed nunc proin pulvinar donec proin volutpat amet aliquam ante, eget pharetra aliquam massa ullamcorper elit feugiat congue et id ipsum, ut sem elit pulvinar. Ut diam elit pulvinar nisi elit sit, ac tincidunt ullamcorper adipiscing lorem laoreet ullamcorper turpis ac, lobortis ullamcorper adipiscing tempus lobortis ullamcorper adipiscing lorem tincidunt. Diam felis lorem ut nonummy tempus lobortis ullamcorper adipiscing tempus lobortis diam felis feugiat, ut non, amet, erat ante molestie pharetra, donec massa non nonummy. Ipsum ut sem nonummy ipsum tellus pharetra ac, laoreet molestie sit ac laoreet aliquet turpis ac mi euismod sit ac laoreet euismod sit nisi et. Id turpis lorem tincidunt ullamcorper sed tincidunt ullamcorper at ac tincidunt aliquet mauris feugiat tincidunt ullamcorper turpis tempus lobortis ullamcorper felis lorem ut ullamcorper nonummy. Tempus nibh non nonummy ipsum congue diam consectetur erat laoreet tellus consectetur erat laoreet id pulvinar nisi et, id turpis ac laoreet tellus adipiscing lorem. Tincidunt aliquet at dolor congue praesent mauris dolor donec mauris, pharetra erat massa molestie consectetur magna praesent mauris feugiat ut ullamcorper adipiscing tempus congue diam. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc5" w:id="15487013500092247479"/>
+      <w:bookmarkEnd w:id="15487013500092247479"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor at tincidunt lorem mauris, ante aliquam, adipiscing aliquet donec amet ullamcorper ut sit tellus dolore pulvinar euismod laoreet sed eget praesent. Donec nonummy diam congue mauris mi erat elit diam ac consectetur sem nisi turpis praesent donec amet, non lobortis tempus, felis, praesent. Magna consectetur sem ut sit tellus nunc, at proin nisi adipiscing mi donec consectetur diam nisi turpis tellus nunc ipsum ullamcorper tincidunt. Sed eget ante tempus id laoreet erat elit diam magna consectetur sem adipiscing ullamcorper congue pharetra non ut sit, tellus laoreet ipsum. Id tincidunt feugiat volutpat lobortis ipsum id laoreet sed elit nibh lorem eget lorem mauris ante ipsum id laoreet sed eget nibh. Lorem molestie massa, ipsum molestie laoreet erat eget et ac adipiscing praesent donec nonummy, ullamcorper congue sit tellus ipsum felis et ac. Consectetur sem nisi amet ullamcorper congue nonummy ullamcorper magna consectetur sem nisi, adipiscing praesent dolore, nonummy praesent donec elit et lorem eget. Ante pulvinar volutpat lobortis feugiat molestie ante ipsum elit et erat elit, et ac adipiscing praesent dolore pharetra ullamcorper congue pharetra ut. Pulvinar eget nibh lorem mauris ante lorem molestie lobortis feugiat molestie massa pulvinar ullamcorper congue, amet, ullamcorper magna consectetur sem ut turpis. Tellus dolore nonummy magna consectetur non ut sit tellus nunc turpis aliquet dolore nonummy diam nisi consectetur proin nisi turpis aliquet donec. </w:t>
+        <w:t xml:space="preserve">Aliquam, lobortis praesent felis, ipsum ut ullamcorper, elit, sit magna et id sit magna mi euismod turpis ac tincidunt sem mauris dolore proin mauris sed congue praesent eget. Amet tempus lobortis non elit tempus massa non nonummy ipsum, lobortis sem felis pulvinar magna laoreet, tellus aliquam nibh tellus at sed congue praesent, molestie amet dolore ante. Molestie pharetra donec mi molestie pharetra donec ante molestie pharetra donec mi tellus consectetur erat laoreet consectetur erat, massa, sem elit ipsum nisi et volutpat amet tempus congue. Mi molestie dolor congue praesent felis feugiat congue ullamcorper nonummy, tempus diam adipiscing ipsum lobortis non nonummy erat massa, volutpat consectetur donec massa, volutpat pharetra erat ante non. Consectetur sed nunc sem eget pulvinar ut proin eget, pulvinar aliquet elit dolor nisi proin volutpat amet tempus nibh diam adipiscing lorem ut ullamcorper, adipiscing tempus ut diam. Felis sit magna et molestie consectetur erat laoreet tellus erat tincidunt aliquet at amet aliquam ante eget pulvinar donec, nibh non nonummy tempus ut praesent felis feugiat magna. Mi sit magna mi id ipsum lobortis sem, nonummy pulvinar ut et eget sit aliquam, et id sit aliquam, et euismod pulvinar nisi et eget pulvinar nisi et. Sed nunc sem mauris sed nunc aliquet at sed nunc praesent at, sed tincidunt ullamcorper at, lorem lobortis ullamcorper turpis, nisi nibh ullamcorper adipiscing, tempus lobortis ullamcorper aliquam. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc5" w:id="11736437302489119501"/>
-      <w:bookmarkEnd w:id="11736437302489119501"/>
+      <w:bookmarkStart w:name="_Toc6" w:id="14416105042666831823"/>
+      <w:bookmarkEnd w:id="14416105042666831823"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper nibh ac adipiscing aliquet congue pharetra non congue pharetra tellus nunc sit id tincidunt, dolor volutpat nibh tempus. Aliquet congue pharetra, non ut sit tellus nunc pulvinar euismod tincidunt sed eget massa feugiat tellus ut pulvinar euismod. Tincidunt magna consectetur sem turpis euismod, lobortis lorem mauris mi tempus felis mi erat elit et lorem, at praesent. Donec amet, praesent, donec nonummy diam magna consectetur praesent donec adipiscing praesent elit diam ac, consectetur aliquet nisi pulvinar. Euismod tincidunt dolor volutpat ut feugiat molestie, massa sed id tincidunt dolor ullamcorper ut sit tellus nunc euismod tincidunt. Pulvinar euismod tincidunt pharetra volutpat lobortis sit id laoreet ipsum id nibh lorem eget nibh feugiat molestie laoreet sed. Eget nibh lorem, mauris proin felis mi erat elit et, ac at et lorem mauris, ante donec nonummy et. Erat at proin ac adipiscing proin aliquam nonummy praesent erat nonummy et nisi, euismod laoreet sed eget et aliquam. Adipiscing praesent donec dolor volutpat ut pharetra molestie nunc pulvinar, tellus nunc amet non sit molestie massa ipsum id. </w:t>
+        <w:t xml:space="preserve">Pharetra, ipsum ut mi euismod turpis lorem tincidunt, praesent, mauris nunc ante volutpat amet aliquam ante volutpat amet erat lobortis ullamcorper, elit ipsum nisi et. Euismod at lorem, dolore ante volutpat, nonummy, tempus lobortis, ullamcorper tempus massa, non nonummy tempus lobortis ullamcorper felis feugiat nisi mi euismod turpis ac tincidunt. Tellus at dolor dolore ante, volutpat nonummy aliquam nibh non, congue proin, molestie pharetra donec mi molestie pharetra, donec mi molestie consectetur donec ante non. Elit pulvinar nisi et id sit aliquam nibh, amet ac nibh euismod adipiscing feugiat congue praesent molestie dolor donec mi molestie pharetra erat nunc diam. Elit ipsum ut et eget pulvinar nisi et eget pulvinar, et volutpat pulvinar dolore proin, mauris dolor dolore sem, eget, dolor dolore praesent mauris dolor. Dolore proin volutpat sed congue, praesent mauris dolor dolore mi mauris pharetra mi mauris dolor congue ante tellus consectetur erat mi molestie pharetra erat massa. Tellus pharetra ac laoreet sem eget pulvinar sem, at, sed dolore proin, eget pulvinar donec proin, eget pulvinar donec, proin, volutpat nonummy tempus lobortis ullamcorper. Adipiscing ipsum ut diam felis feugiat magna mi tellus ac, laoreet tellus turpis lorem tincidunt praesent adipiscing ac tincidunt praesent eget pharetra dolore praesent mauris. Feugiat, congue mi molestie pharetra, donec ante volutpat consectetur donec mi, sit congue praesent felis feugiat ut diam felis feugiat magna, et id turpis ac. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc6" w:id="10527799973016498279"/>
-      <w:bookmarkEnd w:id="10527799973016498279"/>
+      <w:bookmarkStart w:name="_Toc7" w:id="11117007576801858080"/>
+      <w:bookmarkEnd w:id="11117007576801858080"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquet nibh ac consectetur aliquet nunc pulvinar ullamcorper congue, mauris. Mi donec, amet non, ut feugiat tellus massa sed id. Laoreet sed eget nibh lorem felis praesent donec nonummy et. Lorem at proin tempus ante tempus id, tincidunt sed volutpat. Nibh lorem mauris proin, aliquam adipiscing diam donec elit proin. Ac, at praesent, aliquam adipiscing mi tempus id sed at. Sem nisi amet ullamcorper tincidunt dolor volutpat massa aliquam, adipiscing. Et ac at, sem nisi sit tellus nunc amet ullamcorper. Tincidunt feugiat massa, ipsum, id mi, ac at nibh lorem. </w:t>
+        <w:t xml:space="preserve">Dolor aliquam, ut mi molestie turpis ac tincidunt proin eget amet aliquam ante, euismod nonummy, lorem, ut mi molestie consectetur. Sed ut elit sed dolore sem elit ipsum dolore et volutpat amet aliquam, nibh congue ut massa lobortis ante diam. Tellus, ullamcorper volutpat id volutpat mauris elit pharetra feugiat ipsum, lorem aliquam magna, nunc sem elit, pulvinar aliquam proin id. Pulvinar feugiat ut et molestie sit magna, et felis sit dolor feugiat erat magna lobortis praesent tellus eget adipiscing pharetra. Elit adipiscing amet sit, sed lorem pulvinar, lorem aliquam congue mi molestie pharetra donec nunc, sem eget massa tellus pharetra. Ac nunc proin eget pulvinar, aliquam ante volutpat turpis lorem tincidunt diam adipiscing lorem lobortis ullamcorper adipiscing lorem lobortis non. Nonummy ipsum ut ullamcorper tempus massa non elit erat ut, sem nonummy, erat massa non consectetur erat massa non, elit. Ipsum ut proin euismod amet aliquam et id pulvinar nisi proin pulvinar nisi ante eget amet aliquam nibh, euismod sem. Nonummy, erat nunc tellus sit ac mi molestie consectetur, erat massa elit dolor dolore ante eget sed, dolore proin eget. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc7" w:id="15700725359069794518"/>
-      <w:bookmarkEnd w:id="15700725359069794518"/>
+      <w:bookmarkStart w:name="_Toc8" w:id="1824270114983512351"/>
+      <w:bookmarkEnd w:id="1824270114983512351"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lobortis feugiat molestie, ante, ipsum felis diam ac at aliquam amet ullamcorper dolore amet. Diam ut sit non ut turpis aliquet, dolore amet diam donec nonummy et, lorem. At aliquet dolore amet, ullamcorper tincidunt non lobortis feugiat, id laoreet sed elit proin. Nisi sit tellus dolore pulvinar, non lobortis sit mauris mi erat nonummy diam ac. At proin ac ante, ipsum felis laoreet erat eget nibh ac mauris proin tempus. Id mi erat eget nibh lorem mauris ante tempus felis ante erat elit et. Ac at ac turpis aliquet dolore amet ullamcorper magna, at, sem nisi, sit aliquet. Dolore amet ullamcorper congue pharetra sem nisi, turpis, aliquet dolore pulvinar dolore amet ullamcorper. Congue pharetra tellus dolore amet ullamcorper dolore nonummy ullamcorper congue consectetur non, ut pulvinar. </w:t>
+        <w:t xml:space="preserve">Dolore nibh diam adipiscing ut et molestie consectetur ac mi aliquet at dolor dolore sem mauris dolor donec proin volutpat pulvinar, aliquam ante, volutpat. Nonummy ipsum congue diam elit lobortis diam nonummy tempus nisi mi tellus turpis magna nibh, tellus, at sed dolore praesent eget, amet, aliquam, massa. Non nonummy tempus ut diam felis ac mi id sit magna, et id, sit, ac laoreet aliquet at sed tincidunt tellus, adipiscing lorem tincidunt. Aliquet mauris feugiat congue mi molestie, pharetra donec, mi, feugiat congue praesent felis sit magna praesent molestie pharetra erat massa sem elit ipsum dolore. Proin, id amet aliquam lobortis ullamcorper turpis tempus praesent, molestie pharetra donec ante tellus consectetur sed nunc proin eget pulvinar, aliquam, nibh euismod adipiscing. Dolor dolore praesent mauris pharetra magna mi non, nonummy tempus nunc, id sit ac tincidunt aliquet adipiscing sed dolore, praesent molestie amet donec ante. Non elit tempus lobortis diam, nonummy tempus massa non elit ipsum magna laoreet diam felis feugiat congue et id feugiat ut diam id feugiat. Nisi mi tellus consectetur ac tincidunt aliquet consectetur lorem dolore, ante non adipiscing, ipsum ut diam feugiat ut diam elit ipsum ut diam elit. Tempus nisi et felis sit magna nibh euismod turpis aliquam nibh tellus at sed tincidunt aliquet adipiscing lorem tincidunt felis feugiat congue, praesent, mauris. Pharetra erat ante tellus consectetur erat mi molestie pharetra magna mi molestie sit ac mi molestie turpis, ac, massa tellus consectetur erat tellus pulvinar. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc8" w:id="13920507808950610594"/>
-      <w:bookmarkEnd w:id="13920507808950610594"/>
+      <w:bookmarkStart w:name="_Toc9" w:id="13542749111118165917"/>
+      <w:bookmarkEnd w:id="13542749111118165917"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ante donec nonummy non lobortis lorem mauris ante, erat. Elit diam ac at, proin tempus mauris ante tempus. Elit et erat elit nibh at proin tempus felis. Mi erat, eget et ac at proin tempus felis. Praesent erat elit diam ac elit et ac felis. Praesent dolore amet ut pharetra non ut, sit tellus. Nunc amet ullamcorper congue consectetur sem nisi consectetur sem. Nisi amet, ullamcorper tincidunt dolor non ut, sit molestie. </w:t>
+        <w:t xml:space="preserve">Tempus tincidunt praesent volutpat nonummy, erat nunc diam eget ac tincidunt, tellus adipiscing lorem laoreet euismod at feugiat tincidunt aliquet at, feugiat tincidunt praesent, mauris dolor. Magna ante, tellus consectetur erat ante molestie pharetra mi id, feugiat ut diam, felis ipsum, ut ullamcorper elit, ipsum lobortis sem elit ipsum nisi mi euismod. Consectetur sed dolore proin mauris sed tincidunt at lorem congue aliquet at feugiat tincidunt ullamcorper felis feugiat congue aliquet felis lorem tincidunt diam felis feugiat ut. Ullamcorper nonummy aliquam nibh nonummy aliquam massa volutpat amet erat massa volutpat amet donec mi volutpat pharetra, erat ante molestie consectetur erat mi mauris consectetur erat. Nunc sem eget ipsum nisi ullamcorper at dolor dolore ante volutpat consectetur erat massa non nonummy tempus nunc non nonummy sed nunc non at sed ut. Proin, id turpis ac lobortis euismod tempus lobortis euismod turpis aliquam nibh, euismod, amet aliquam, nibh eget amet, aliquam nibh ullamcorper nonummy feugiat magna et id. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc9" w:id="7188218950466729143"/>
-      <w:bookmarkEnd w:id="7188218950466729143"/>
+      <w:bookmarkStart w:name="_Toc10" w:id="4521961375739621639"/>
+      <w:bookmarkEnd w:id="4521961375739621639"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mi dolore pharetra volutpat ut sit tellus dolore turpis. Aliquet, dolore pharetra non nibh lorem id laoreet erat. Elit et at sem nisi amet euismod lobortis feugiat. Molestie massa ipsum id laoreet sed eget nibh sed. Mauris ante ipsum felis mi erat eget nibh at. Sem nisi nonummy diam congue pharetra non ut sit. Tellus, nunc pulvinar, euismod laoreet feugiat molestie massa ipsum. Id, laoreet erat elit nibh lorem mauris proin amet. Euismod ante tempus felis praesent donec nonummy, ullamcorper ut. Turpis tellus, nunc sed eget et aliquam adipiscing praesent. </w:t>
+        <w:t xml:space="preserve">Erat massa proin eget amet, ac nibh ullamcorper adipiscing feugiat. Congue praesent mauris tincidunt diam felis lorem ut diam mauris. Sit donec mi molestie pharetra ac laoreet tellus consectetur ac. Mi, molestie turpis ac mi id pulvinar magna et turpis. Lorem tincidunt praesent adipiscing ac laoreet ullamcorper adipiscing aliquam nibh. Euismod turpis aliquam proin eget pulvinar dolore proin, mauris dolor. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc10" w:id="5271909082212080196"/>
-      <w:bookmarkEnd w:id="5271909082212080196"/>
+      <w:bookmarkStart w:name="_Toc11" w:id="5436381831804741957"/>
+      <w:bookmarkEnd w:id="5436381831804741957"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pharetra tellus, laoreet erat at sem. Nunc sed eget laoreet dolor eget. Ante tempus mauris ante erat elit. Mi ac aliquet nunc pulvinar euismod. Lobortis feugiat molestie massa ipsum id. Mi donec consectetur non ut pulvinar. Euismod laoreet lorem, eget nibh, lorem. Felis praesent elit et ac elit. </w:t>
+        <w:t xml:space="preserve">Nunc et volutpat pulvinar aliquam nibh, euismod adipiscing lorem magna praesent mauris sit magna praesent molestie pharetra ac laoreet. Tellus ac laoreet tellus consectetur, erat tincidunt aliquet at pulvinar nisi ante volutpat amet donec nibh, non nonummy tempus. Lobortis, ullamcorper adipiscing ipsum ut et felis lobortis sem elit feugiat nisi et id sit ac laoreet euismod turpis. Ac tincidunt praesent eget dolor, dolore ante molestie dolor donec ante molestie pharetra dolore praesent tempus tincidunt ullamcorper felis. Tempus ut diam felis feugiat congue praesent tellus at erat massa tellus consectetur erat dolore et euismod amet aliquam. Euismod nonummy lorem tincidunt diam felis tempus ut ullamcorper adipiscing tempus lobortis diam id pharetra ac mi tellus consectetur. Erat laoreet tellus consectetur, erat tincidunt aliquet consectetur nibh euismod turpis aliquam et eget pulvinar ut non at sed. Massa sem at sed, massa aliquet elit dolor tincidunt sem at sed tincidunt aliquet mauris dolor praesent mauris dolor. Aliquam ante molestie amet donec ante volutpat amet erat ante volutpat consectetur donec ante non, nonummy erat sem eget. Pulvinar aliquam et id amet aliquam, nibh ullamcorper at dolor dolore praesent, felis feugiat congue praesent mauris dolor tincidunt. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc11" w:id="3848430218153553056"/>
-      <w:bookmarkEnd w:id="3848430218153553056"/>
+      <w:bookmarkStart w:name="_Toc12" w:id="7771934338836008498"/>
+      <w:bookmarkEnd w:id="7771934338836008498"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Top-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ipsum nisi diam id sit magna nibh tellus adipiscing sed tincidunt praesent mauris pharetra aliquam massa volutpat pharetra donec massa volutpat nonummy tempus lobortis. Consectetur ipsum nisi et id adipiscing lorem laoreet, aliquet, mauris sed, congue aliquet at feugiat tincidunt ullamcorper adipiscing feugiat congue praesent mauris feugiat magna mi. Lorem donec ante molestie, pharetra donec mi, tellus at ipsum dolore proin eget pulvinar, nisi nibh euismod, turpis lorem tincidunt, praesent mauris pharetra massa non. Elit pulvinar ut proin elit sed nunc proin elit erat massa aliquet, at pulvinar nisi proin eget dolor dolore sem mauris dolor dolore proin eget. Aliquam ante non nonummy tempus, lobortis ullamcorper felis, feugiat magna, et id feugiat nisi mi euismod sit, nisi et id sit nisi et id sit. Nisi proin ipsum dolore proin id pulvinar nisi proin eget pulvinar aliquam ante volutpat nonummy aliquam nibh euismod adipiscing lorem ut mi tellus pharetra ac. Laoreet non at sed, proin elit sed dolore, proin eget turpis tempus nibh volutpat amet, tempus, congue praesent molestie consectetur sed nunc proin elit nunc. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 2" </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc13" w:id="9722845008335569074"/>
+      <w:bookmarkEnd w:id="9722845008335569074"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed donec ante volutpat adipiscing feugiat ut diam felis ipsum nisi et felis nisi, et felis sit ac nunc aliquet adipiscing lorem congue proin, eget. Amet, tempus massa non amet tempus ut diam id sit erat tincidunt, sem mauris laoreet euismod turpis aliquam nibh euismod, turpis ac laoreet ullamcorper adipiscing. Lorem congue praesent mauris dolor, donec massa non nonummy tempus ut, sem id turpis diam id sit ac nibh ullamcorper at lorem tincidunt aliquet adipiscing. Feugiat congue, mi molestie dolor tincidunt praesent felis feugiat magna praesent felis lobortis, ullamcorper adipiscing tempus ut diam felis ipsum, congue diam felis sit magna. Mi, id sit ac mi id turpis ac laoreet tellus at ac tincidunt aliquet aliquam nibh euismod turpis ac lobortis euismod adipiscing lorem tincidunt praesent. Molestie dolor magna praesent molestie pharetra donec mi tellus consectetur sed nunc, proin eget pulvinar tellus sit ac mi tellus turpis nisi diam, nonummy ipsum. Ut diam felis ipsum ut, diam elit sed nunc sem elit sed nisi proin pulvinar nisi lobortis ullamcorper felis feugiat congue mi molestie dolor donec. Nunc sem eget sit aliquam, et, id pulvinar aliquam tincidunt aliquet adipiscing feugiat congue aliquet molestie nibh eget amet nisi ante volutpat amet tempus nibh. Euismod nonummy aliquam lobortis ullamcorper nonummy ipsum ut diam felis sit magna laoreet tellus turpis erat tincidunt sem magna et felis pulvinar nisi sem eget. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc14" w:id="4197427466844759598"/>
+      <w:bookmarkEnd w:id="4197427466844759598"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis praesent molestie sit donec non nonummy. Sed, nisi et euismod adipiscing ac laoreet. Ullamcorper adipiscing feugiat congue ante non consectetur. Erat massa non nonummy tempus ut diam. Eget nunc sem id adipiscing lorem congue. Proin volutpat amet erat lobortis, diam, felis. Feugiat magna mi euismod consectetur sed tincidunt. Praesent mauris sed dolore praesent, nisi nibh. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc15" w:id="6592189220468087457"/>
+      <w:bookmarkEnd w:id="6592189220468087457"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar tempus nibh non nonummy aliquam ut, diam, id sit congue et. Felis sit magna laoreet, ipsum ut et tellus consectetur ac laoreet, aliquet. Mauris dolor donec ante volutpat, nonummy ipsum lobortis, ullamcorper elit, feugiat magna. Mi molestie consectetur erat euismod turpis ac tincidunt aliquet at dolor, dolore. Proin volutpat pharetra donec ante molestie, amet aliquam massa diam felis feugiat. Magna mi aliquet at dolor nisi at dolor, dolore ante volutpat pharetra. Aliquam ut diam id sit magna laoreet molestie consectetur sed tincidunt sem. Eget amet aliquam nibh volutpat aliquam nibh volutpat nonummy aliquam lobortis ullamcorper. Felis feugiat magna diam, felis feugiat magna laoreet tellus consectetur sed nunc. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc16" w:id="517341218763361759"/>
+      <w:bookmarkEnd w:id="517341218763361759"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus elit dolor aliquam nibh volutpat pulvinar nisi ante volutpat amet aliquam lobortis non nonummy lorem lobortis, ullamcorper nonummy ipsum congue et id massa sem elit feugiat. Ac tincidunt aliquet at sed nunc praesent, at sed nunc proin eget amet tempus, ut et id sit magna mi molestie massa sem, felis, sit nisi nibh. Id sit magna laoreet tellus at, dolor dolore proin molestie pharetra aliquam ante volutpat pharetra donec, ante, non nonummy tempus lobortis consectetur tempus nisi nibh euismod, turpis. Lorem dolore, proin eget amet donec massa, volutpat amet erat lobortis diam elit, ipsum nisi et felis ac tincidunt praesent mauris dolor, dolore nibh non nonummy aliquam. Ante volutpat nonummy tempus lobortis diam elit ipsum magna mi tellus, consectetur, lorem nunc aliquet at sed id sit aliquam nibh euismod amet nisi et id turpis. Lorem tincidunt aliquet mauris feugiat congue, mi molestie dolor magna mi tellus consectetur donec laoreet tellus consectetur praesent id pharetra ac mi molestie turpis erat tincidunt sem. Eget turpis lorem tincidunt, praesent molestie pharetra magna mi molestie magna mi molestie pharetra ac mi molestie turpis magna, laoreet tellus at sed dolore sem mauris pulvinar. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc17" w:id="8553812228281582797"/>
+      <w:bookmarkEnd w:id="8553812228281582797"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra erat ante, sem elit, tempus ut, diam eget ipsum, nisi laoreet ante ullamcorper, tellus, at amet feugiat erat congue nunc ullamcorper molestie consectetur tempus. Magna nunc proin euismod tellus id eget adipiscing pharetra erat dolore proin elit sed dolore proin eget pulvinar dolore proin volutpat dolore proin mauris dolor. Dolore lobortis non adipiscing, feugiat congue mi id sit magna et id turpis magna, et id feugiat magna et id pulvinar magna, laoreet, turpis ac. Laoreet tellus adipiscing lorem tincidunt proin volutpat amet erat ante molestie amet erat massa volutpat consectetur donec ante mauris pharetra donec felis sit magna mi. Molestie consectetur ac mi id sit congue diam felis turpis ac mi, euismod at lorem dolore sem at lorem tincidunt, aliquet adipiscing ac euismod turpis. Ac laoreet aliquet adipiscing feugiat congue mi mauris dolor donec mi molestie dolor magna mi felis lorem, nibh volutpat, amet aliquam nibh volutpat amet, tempus. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc18" w:id="12465274687656098725"/>
+      <w:bookmarkEnd w:id="12465274687656098725"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna massa aliquet, eget amet tempus tincidunt mi, mauris dolor. Donec ante tellus pharetra diam felis tempus lobortis non adipiscing. Feugiat congue mi id feugiat nisi diam id sit magna. Laoreet tellus consectetur lorem laoreet tellus sit magna nibh ipsum. Ut proin, id amet nisi proin id pulvinar dolore, et. Eget pulvinar nisi proin eget pulvinar nisi proin eget pulvinar. Donec ante eget nonummy ante volutpat nonummy feugiat ut diam. Felis sit magna mi euismod consectetur ac tincidunt aliquet at. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc19" w:id="6661553344039126264"/>
+      <w:bookmarkEnd w:id="6661553344039126264"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non consectetur nunc sem elit ipsum ut diam, eget pulvinar aliquam nibh ullamcorper adipiscing lorem tincidunt ullamcorper adipiscing lorem tincidunt mi molestie consectetur, erat massa non tempus ut sem. Eget sit lorem tincidunt praesent consectetur amet, dolor erat magna dolore nibh praesent non id non molestie elit at, elit consectetur adipiscing volutpat felis dolor donec, ante tellus pharetra erat. Ante, nunc praesent, mauris sed congue praesent eget dolor donec ante molestie dolor dolore mi volutpat erat ante volutpat consectetur erat ante tellus pharetra donec mi molestie pharetra erat laoreet. Tellus consectetur erat nunc sem elit sed, massa aliquet consectetur erat, tincidunt sit ac et eget ipsum ut diam eget pulvinar nunc sem at sed nunc aliquet consectetur erat massa. Aliquet at erat nunc sem eget, pulvinar nisi proin sed dolore proin eget dolor donec massa non nonummy ipsum lobortis, diam elit tempus, lobortis sem felis ipsum ut diam id. Turpis ac nibh euismod pulvinar nisi elit sed massa non consectetur pulvinar dolore aliquet elit erat laoreet, tellus consectetur ac laoreet euismod turpis magna, nibh euismod nisi diam id sit. Aliquam nibh id amet nisi nibh euismod, amet aliquam nibh eget amet dolore proin eget pulvinar dolore sem eget pulvinar dolore praesent at tincidunt ullamcorper mauris dolor congue aliquet at. Feugiat dolore, praesent molestie dolor donec, ante, sem, elit ipsum ut et id pulvinar nisi, et eget pulvinar nisi proin sed nunc sem at sed tincidunt tellus turpis magna et. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc20" w:id="11938405787674672721"/>
+      <w:bookmarkEnd w:id="11938405787674672721"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nunc, erat felis mi, erat at sem dolore, pulvinar euismod tincidunt, feugiat molestie lobortis felis diam magna nonummy diam nisi turpis euismod. Laoreet sed eget nibh feugiat mauris, massa tempus id laoreet erat elit et lorem mauris massa ipsum id sed eget et aliquam. Adipiscing aliquet dolore pulvinar volutpat lobortis lorem, mauris ante, erat, elit et, magna turpis tellus nunc amet euismod laoreet dolor non sit. Tellus laoreet erat elit et ac, mauris ante tempus, felis praesent erat elit et ac elit proin, ac turpis aliquet, dolore amet. Ut feugiat molestie massa pulvinar id tincidunt dolor volutpat nibh feugiat molestie nunc, pulvinar euismod, nunc pulvinar euismod congue dolor volutpat ut. Feugiat molestie, massa pulvinar id, nisi turpis praesent donec nonummy diam magna nonummy diam magna consectetur, sem aliquam adipiscing praesent donec, pharetra. Volutpat massa tempus id mi, erat at proin aliquam mauris donec nonummy diam donec nonummy diam ac consectetur proin tempus mauris ante. </w:t>
+        <w:t xml:space="preserve">Nibh adipiscing feugiat magna mi molestie at sed nunc sem eget amet aliquam lobortis diam felis, feugiat magna mi mauris sit magna mi tellus consectetur erat tellus at. Sed nunc aliquet, at sed nunc sem at lorem tincidunt aliquet mauris sed nunc praesent mauris dolor congue proin mauris amet aliquam ante id sit magna et, id. Sit magna et euismod turpis lorem tincidunt aliquet at sed, donec, ante non nonummy tempus lobortis ullamcorper felis sit erat laoreet molestie, amet tempus lobortis, ullamcorper felis feugiat. Congue praesent felis sit magna mi, molestie at ipsum dolore sem volutpat amet nisi proin volutpat amet proin mauris sed nunc sem mauris amet tempus, lobortis ullamcorper adipiscing. Ipsum ut diam felis feugiat magna et, id sit magna et felis pulvinar nisi et id nisi, et id sit aliquam, et euismod adipiscing ac tincidunt aliquet mauris. Dolor donec ante volutpat, consectetur erat, lobortis, diam felis, pulvinar, magna, tincidunt praesent mauris dolor proin, eget amet aliquam lobortis ullamcorper elit sit, magna mi tellus consectetur erat. Tincidunt sem mauris pulvinar aliquam lobortis ullamcorper feugiat ut diam felis pharetra ac laoreet, molestie consectetur, erat massa, aliquet at sed, dolore proin eget dolor, nisi nibh euismod. Adipiscing tempus, nibh ullamcorper adipiscing nibh diam adipiscing ipsum lobortis ullamcorper elit tempus lobortis, sem nonummy erat massa volutpat consectetur, erat ante tellus nonummy erat nunc sem eget. Pulvinar nisi et, euismod, ac lobortis ullamcorper, adipiscing lorem congue aliquet mauris dolor donec ante tellus pharetra magna ante molestie consectetur erat massa tellus consectetur, erat nunc sem. Elit pulvinar nisi volutpat pulvinar tempus nibh volutpat amet aliquam lobortis euismod nonummy aliquam ante volutpat, nonummy aliquam massa ullamcorper adipiscing ipsum, congue et molestie, consectetur sed tincidunt. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc12" w:id="7414325929573376195"/>
-[...50 lines deleted...]
-      <w:bookmarkEnd w:id="11436274110988980118"/>
+      <w:bookmarkStart w:name="_Toc21" w:id="5860990411670066040"/>
+      <w:bookmarkEnd w:id="5860990411670066040"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit erat tincidunt, proin volutpat nonummy tempus lobortis ullamcorper nonummy erat nunc non, at ipsum ut proin id amet nisi nibh euismod amet, tempus nibh volutpat. Amet, lorem congue diam felis tempus lobortis ullamcorper adipiscing ut diam adipiscing feugiat ut, diam id sit ac mi molestie turpis ac tincidunt aliquet at sed, dolore. Ante volutpat nonummy tempus nibh ullamcorper felis ut, diam id sit, ac laoreet molestie consectetur sed nunc sem, mauris sed nunc aliquet consectetur lorem tincidunt euismod turpis. Aliquam laoreet euismod ac nibh aliquet adipiscing ac tincidunt ullamcorper adipiscing lorem congue, aliquet felis dolor congue, diam felis feugiat, congue diam, id lorem congue diam felis. Ipsum, ut, et ipsum ut ullamcorper nonummy ipsum ut sem felis ipsum nunc sem elit ipsum nisi et eget, pulvinar aliquam nibh ullamcorper turpis nisi et id. Adipiscing lorem tincidunt molestie dolor magna praesent mauris dolor magna ante mauris sit magna mi molestie sit congue praesent, felis feugiat, congue ullamcorper turpis erat laoreet tellus. Turpis ac laoreet aliquet consectetur sed tincidunt, tellus at lorem tincidunt aliquet at dolor, dolore ante molestie pharetra donec, massa volutpat amet erat molestie pharetra magna, mi. Molestie consectetur erat mi mauris sit magna massa tellus at sed massa aliquet at sed dolore proin volutpat pulvinar nisi ante volutpat, nonummy, ante volutpat nonummy tempus. Nibh non nonummy ipsum ut ullamcorper nonummy, tempus lobortis non amet erat massa non, nonummy tempus, ut et id ipsum nunc diam eget nunc, sem nonummy ipsum. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc22" w:id="7453264300408264478"/>
+      <w:bookmarkEnd w:id="7453264300408264478"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante sem eget pulvinar nisi et euismod ac laoreet, aliquet at dolor, donec, ante volutpat. Nonummy tempus lobortis sem elit pulvinar ac, laoreet tellus adipiscing sed congue, aliquet mauris, dolor. Donec volutpat amet donec ante volutpat amet erat lobortis non elit ipsum nunc diam, id. Turpis, ac laoreet euismod adipiscing lorem tincidunt aliquet at feugiat tincidunt, turpis lorem lobortis, ullamcorper. Mauris dolor donec ante tellus, consectetur erat massa non nonummy sed ut proin eget ipsum. Nunc sem elit ipsum nisi elit, sed nunc tellus consectetur ac tincidunt tellus turpis ac. Tincidunt tellus adipiscing, ac nibh, aliquet adipiscing sed tincidunt aliquet at ac tincidunt aliquet mauris. Dolor, nisi mi, tellus turpis lorem, tincidunt aliquet adipiscing sed tincidunt praesent eget dolor, dolore. Ante molestie pharetra dolore ante, non nonummy ipsum ut diam felis sit magna elit, tempus. Massa sem nonummy sed massa non elit pulvinar aliquam laoreet ullamcorper adipiscing lorem tincidunt ullamcorper. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc23" w:id="9660616750935787304"/>
+      <w:bookmarkEnd w:id="9660616750935787304"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis lorem congue praesent molestie amet, tempus nisi et id sit, magna laoreet tellus, at dolor dolore proin volutpat amet tempus, lobortis diam aliquam massa non. Elit feugiat ac laoreet sem mauris sed nunc sem mauris pulvinar dolore proin mauris, dolor congue praesent mauris pharetra donec massa, non dolore mi volutpat consectetur. Erat lobortis sem nonummy, tempus ut, diam elit pulvinar ut sem elit sed nunc et id turpis lorem lobortis aliquet at lorem, tincidunt adipiscing, lorem tincidunt. Praesent molestie pharetra magna mi tellus pharetra erat massa non at ipsum nisi, et, id amet nisi et, volutpat turpis ante volutpat turpis lorem tincidunt mi. Tellus elit pulvinar nisi et eget pulvinar ut proin eget pulvinar nisi, proin, volutpat, pulvinar proin diam felis pharetra ipsum aliquam ante ullamcorper id eget pulvinar. Lorem feugiat, sed, aliquam tempus magna nunc nibh ullamcorper felis sit magna praesent molestie sit magna et molestie pharetra ac et id ut et id pulvinar. Nisi mi euismod turpis ac laoreet euismod at, dolor dolore proin eget pharetra donec ante dolor dolore aliquet felis feugiat tincidunt ullamcorper, mauris dolor congue mi. Molestie pharetra donec massa sem elit ipsum, ut proin eget pulvinar nisi proin elit pulvinar nisi, eget amet aliquam, nibh volutpat nonummy lorem congue praesent mauris. Sit magna, laoreet, tellus, consectetur sed massa non at sed massa aliquet at sed nunc sem mauris tincidunt sem mauris dolor nunc praesent eget amet aliquam. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc24" w:id="11613394189190165706"/>
+      <w:bookmarkEnd w:id="11613394189190165706"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent volutpat felis lobortis sem felis sit magna. Mi euismod turpis sed nunc praesent mauris dolor. Dolore ante non, nonummy ipsum, congue et id. Sit ac laoreet consectetur erat laoreet tellus at. Sed, dolore ante volutpat amet aliquam nibh volutpat. Amet donec, ante molestie pharetra donec, mi volutpat. Amet ipsum lobortis, non ipsum, nunc non nonummy. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc25" w:id="13944605555925922962"/>
+      <w:bookmarkEnd w:id="13944605555925922962"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat lobortis diam euismod sit nisi nibh. Id sit aliquam, nibh euismod at sed. Id amet aliquam nibh euismod adipiscing lorem. Congue praesent felis lorem tincidunt diam felis. Sit magna praesent molestie sit donec, mi. Molestie at ipsum dolore, sem erat, massa. Sem elit dolor nunc sem eget pulvinar. Nisi nibh ullamcorper adipiscing tempus nibh volutpat. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 4" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc26" w:id="7800058134604459864"/>
+      <w:bookmarkEnd w:id="7800058134604459864"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper tempus congue mi molestie consectetur. Erat, nunc sem eget pulvinar nisi. Et, euismod amet aliquam, et eget. Amet tempus lobortis ullamcorper nonummy tempus. Nibh nonummy lorem ut diam, id. Feugiat ut praesent id, feugiat, congue. Et id feugiat ut, et id. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc27" w:id="4904804811132259817"/>
+      <w:bookmarkEnd w:id="4904804811132259817"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis erat massa sem eget, pulvinar tempus nibh euismod amet aliquam lobortis. Ullamcorper nonummy tempus, nibh, non nonummy tempus massa non nonummy, donec massa. Non erat massa volutpat nonummy erat massa, non consectetur tempus ut et. Euismod turpis ac tincidunt praesent at sed dolore, praesent mauris dolor, dolore. Ante molestie tincidunt praesent mauris, pharetra erat ante tellus consectetur donec massa. Non nonummy erat massa tellus pharetra congue et felis ipsum ut diam. Felis feugiat nisi mi euismod ac laoreet euismod turpis magna nibh euismod. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc28" w:id="8578040136927625346"/>
+      <w:bookmarkEnd w:id="8578040136927625346"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus tincidunt diam, felis sit, congue, praesent pharetra magna massa molestie consectetur ipsum dolore proin eget pulvinar, nisi et volutpat pulvinar dolore proin eget dolor nunc sem at. Dolor dolore, praesent eget dolore praesent mauris dolor, dolore proin molestie, pharetra, dolore ante non nonummy tempus ut et, elit sit ac laoreet, tellus sit ac laoreet, euismod. Turpis et id turpis lorem lobortis euismod turpis tempus nibh euismod turpis aliquam, ante volutpat nonummy aliquam nibh non nonummy aliquam ante eget pharetra euismod turpis ac tincidunt. Praesent mauris dolor donec massa volutpat, consectetur tempus nunc non consectetur, erat ante tellus consectetur donec, mi molestie pharetra, ac, mi molestie at feugiat donec nisi nunc nibh. Mi, sem id turpis lorem nunc ante ullamcorper id pharetra sed nisi, laoreet praesent, volutpat elit feugiat, erat dolore tincidunt massa mi euismod adipiscing lorem lobortis non nonummy. Tempus, ut praesent id feugiat congue diam felis tempus lobortis volutpat amet tempus sed aliquet consectetur ac laoreet aliquet at lorem tincidunt proin, mauris dolor dolore praesent molestie. Dolor donec ante molestie pharetra dolore mi molestie pharetra donec ante molestie, tincidunt praesent molestie sit donec laoreet molestie pharetra donec massa sem eget pulvinar dolore sem volutpat. Pulvinar nisi et eget amet aliquam nibh, eget pulvinar donec ante dolor dolore aliquet adipiscing lorem tincidunt euismod turpis ac lobortis aliquet adipiscing ac lobortis ullamcorper turpis tempus. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc29" w:id="15412963211531348652"/>
+      <w:bookmarkEnd w:id="15412963211531348652"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Top-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus at pharetra lorem lobortis ullamcorper felis sit magna laoreet aliquet at, sed. Dolore sem elit pulvinar dolore proin volutpat dolore proin euismod pulvinar donec proin. Volutpat nonummy aliquam, massa ullamcorper, elit ipsum lobortis ullamcorper nonummy ipsum nisi diam. Elit pulvinar magna et, euismod consectetur laoreet aliquet mauris sed dolore proin volutpat. Amet ipsum ut diam felis feugiat nisi, laoreet, aliquet at sed dolore proin. Euismod nonummy tempus lobortis non adipiscing lobortis diam adipiscing feugiat magna mi tellus. At pulvinar aliquam nibh volutpat, pulvinar, aliquam nibh ullamcorper felis, lorem, ut ullamcorper. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 3" </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc30" w:id="18247863754106687373"/>
+      <w:bookmarkEnd w:id="18247863754106687373"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Et ut, sit molestie erat at proin aliquam adipiscing aliquet, donec, pharetra non, ut sit tellus massa tempus felis. Et ac at sem dolore amet aliquet dolore, amet ullamcorper pharetra, aliquet dolore, amet ullamcorper tincidunt dolor volutpat lobortis. Feugiat mauris mi erat eget nibh, lorem eget ante tempus mauris, ante tempus felis laoreet erat et aliquam turpis. Euismod tincidunt dolor ullamcorper congue sit tellus massa sed eget nibh lorem mauris ante lorem mauris ante erat elit. Et ac elit nibh at proin tempus adipiscing praesent, magna at, proin nisi turpis aliquet dolore amet, diam congue. Consectetur non nunc sit tellus nunc, amet ullamcorper congue ullamcorper congue ipsum elit et magna consectetur sem, aliquam turpis. Aliquet nunc pulvinar euismod lobortis sit molestie massa pulvinar euismod tincidunt pulvinar euismod lobortis feugiat molestie feugiat molestie massa. Sed eget et ac turpis praesent dolore nonummy ullamcorper congue consectetur non nisi sit tellus dolore amet ullamcorper congue. Dolor molestie, tincidunt dolor volutpat, lobortis feugiat tellus nunc pulvinar euismod tincidunt pharetra ullamcorper, congue sit tellus massa pulvinar. </w:t>
+        <w:t xml:space="preserve">Nunc proin eget pulvinar aliquam lobortis diam id, sit magna, laoreet molestie pharetra erat massa aliquet at sed nunc aliquet elit dolore. Ante ullamcorper adipiscing, feugiat congue mi molestie pharetra donec laoreet tellus pharetra ac massa aliquet at, ac massa tellus, turpis, ac laoreet. Euismod magna mi id sit magna laoreet tellus adipiscing sed, dolore proin volutpat amet aliquam massa volutpat amet erat massa volutpat consectetur. Donec ante non elit tempus tellus consectetur erat massa non, nonummy ipsum, ut et euismod turpis ac lobortis ullamcorper felis lorem tincidunt. Ullamcorper adipiscing lorem tincidunt ullamcorper nonummy tempus eget amet aliquam nibh non nonummy aliquam, ante volutpat nonummy tempus lobortis non nonummy tempus. Ut et, id turpis magna et id sit nisi nibh tellus adipiscing laoreet ullamcorper turpis lorem tincidunt ullamcorper turpis ac lobortis euismod. Turpis tempus ante eget amet, nisi nibh, euismod adipiscing tempus lobortis ullamcorper id, sit donec massa feugiat congue mi id turpis ac. Massa, sem elit pulvinar dolore proin eget, amet, aliquam lobortis ullamcorper adipiscing lorem ut adipiscing tempus, ut et id sit magna, mi. Tellus, consectetur sed tincidunt euismod turpis magna nibh euismod sit ac laoreet aliquet at lorem tincidunt aliquet at dolor aliquet, at dolor. Tincidunt praesent felis lorem lobortis donec ac tempus ac nunc lobortis ante mi proin, ullamcorper molestie felis consectetur pulvinar feugiat pulvinar sed. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc15" w:id="12275373146267728153"/>
-      <w:bookmarkEnd w:id="12275373146267728153"/>
+      <w:bookmarkStart w:name="_Toc31" w:id="10055789653834888283"/>
+      <w:bookmarkEnd w:id="10055789653834888283"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Id et, ac mauris ante donec nonummy ullamcorper tincidunt dolor volutpat lobortis ipsum. Id mi sed elit et lorem mauris ante ipsum praesent magna consectetur sem. Nunc ipsum id laoreet sed eget ante, tempus felis praesent donec nonummy diam. Magna consectetur proin nisi, amet euismod tincidunt dolor lobortis ipsum molestie massa ipsum. Id laoreet dolor ullamcorper tincidunt consectetur sem nisi consectetur aliquet dolore, amet euismod. Tincidunt pharetra non ut sit molestie massa pulvinar, nibh, lorem at praesent donec. Amet ullamcorper magna pharetra sem nisi turpis aliquet dolore pulvinar ullamcorper tincidunt feugiat. Molestie massa ipsum molestie massa, pulvinar, tincidunt dolor eget massa ipsum id laoreet. Erat eget nibh lorem at ante aliquam felis mi erat elit mi ac. </w:t>
+        <w:t xml:space="preserve">Nunc tincidunt, praesent molestie consectetur tempus nunc sem elit pulvinar, nisi nibh euismod aliquam et ullamcorper at feugiat congue proin volutpat amet, donec mi. Molestie, pharetra erat nunc sem elit ipsum nunc sem eget ipsum nisi sem elit aliquam et euismod adipiscing dolor congue praesent molestie pharetra donec. Ante non consectetur tempus ut, sem eget, sit ac tincidunt praesent mauris pharetra dolore ante dolor donec, ante non nonummy ipsum ut laoreet tellus. Turpis lorem laoreet euismod adipiscing lorem tincidunt aliquet at sed congue praesent, mauris dolor donec mauris pharetra donec ante, non nonummy ipsum ut diam. Eget sit nisi, nibh euismod adipiscing ac laoreet ullamcorper at lorem congue praesent mauris dolor donec ante dolor, magna mi volutpat, pharetra erat massa. Sem elit sed ut, proin id turpis aliquam nibh euismod adipiscing lorem dolore mi, molestie pharetra, dolore massa sem, elit massa diam id turpis. Lorem nunc proin eget pharetra tempus lobortis diam id feugiat congue mi tellus consectetur dolor nisi volutpat adipiscing lorem congue mi, molestie, consectetur, sed. Ut nibh id pulvinar nisi et id, turpis ac, tincidunt aliquet felis feugiat tincidunt praesent molestie consectetur donec ante pharetra donec laoreet tellus pharetra. Donec, massa tellus at sed massa aliquet at sed dolore proin elit amet aliquam lobortis euismod nonummy lorem ut diam felis, sit praesent felis. Pharetra erat laoreet tellus consectetur sed nunc sem at, dolor, nisi nibh volutpat amet aliquam nibh euismod nonummy aliquam nibh non nonummy tempus, lobortis. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc16" w:id="740442615708836247"/>
-      <w:bookmarkEnd w:id="740442615708836247"/>
+      <w:bookmarkStart w:name="_Toc32" w:id="11165951689619003293"/>
+      <w:bookmarkEnd w:id="11165951689619003293"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Volutpat proin, aliquam, turpis aliquet, tincidunt pharetra non ut sit tellus nunc pulvinar, id laoreet sed eget nibh ipsum id. Mi consectetur non ut pulvinar tellus laoreet sed, mauris nibh tempus felis ante, tempus felis mi ac at sem aliquam. Adipiscing praesent dolore amet ullamcorper pharetra tellus massa pulvinar euismod, nunc amet ullamcorper congue pharetra non lobortis sit molestie nunc. Ipsum volutpat lobortis dolor molestie lobortis feugiat molestie laoreet erat, elit nibh at praesent donec adipiscing, diam, magna pharetra sem. Nisi feugiat tellus tincidunt dolor, volutpat, lobortis lorem at proin aliquam felis praesent erat elit et at proin donec nonummy. Diam magna pharetra, sem magna turpis, aliquet nisi adipiscing aliquet congue amet non ut sit non nisi amet, ullamcorper, congue. Amet ullamcorper consectetur sem nisi consectetur sem donec nonummy ullamcorper congue dolor volutpat ut turpis, aliquet dolore turpis ullamcorper dolore. Nonummy diam ac at et ut, pulvinar aliquet nunc non ut sit tellus massa tempus id mi erat at, aliquet. Nunc amet euismod congue pharetra non congue consectetur non sit, praesent, dolore amet, diam, congue pharetra non nunc pulvinar tellus. </w:t>
+        <w:t xml:space="preserve">Donec nibh non nonummy ipsum ut et felis sit, ac laoreet tellus erat nunc sem mauris pulvinar donec ante volutpat nonummy aliquam lobortis. Ullamcorper felis ipsum ut diam felis ipsum ut diam elit ipsum ut et, felis nisi et, felis pulvinar nisi, diam elit ipsum nisi. Et id turpis nisi et id pulvinar dolore, proin volutpat turpis tempus tincidunt praesent mauris consectetur ante molestie consectetur ipsum massa non nonummy. Sed ut sem eget ipsum dolore, proin elit dolor dolore sem elit dolor nunc sem, at, sed proin mauris dolor nunc, aliquet at. Sed congue aliquet adipiscing ac tincidunt praesent at feugiat congue, ullamcorper, adipiscing feugiat, congue diam adipiscing lorem, lobortis ullamcorper adipiscing nibh ullamcorper adipiscing. Tempus ut diam nonummy aliquam massa non nonummy ipsum ut et id consectetur sed nunc, sem eget pulvinar donec proin eget pharetra dolore. Proin dolor tincidunt aliquet at lorem lobortis aliquet adipiscing aliquam nibh, ullamcorper adipiscing lorem, lobortis euismod amet donec proin volutpat, tempus ut diam. Id feugiat magna et molestie pharetra ac mi tellus consectetur sed, dolore proin mauris dolor nunc sem mauris lorem tincidunt praesent at, lorem. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc17" w:id="16221927226210186770"/>
-      <w:bookmarkEnd w:id="16221927226210186770"/>
+      <w:bookmarkStart w:name="_Toc33" w:id="8117710833870738678"/>
+      <w:bookmarkEnd w:id="8117710833870738678"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, diam mauris pharetra erat massa non at, erat dolore proin elit, pulvinar dolore. Elit dolor nunc sem mauris dolor dolore ante euismod adipiscing lorem magna, mi tellus. Consectetur ac laoreet tellus at ipsum dolore et eget pulvinar nisi ante sed nunc. Proin, volutpat nonummy lorem ut praesent id feugiat congue praesent id sit erat laoreet. Sem eget pulvinar nisi, et, volutpat amet aliquam, volutpat nonummy lorem ut mi tellus. Consectetur sed nunc sem, eget ipsum dolore sem elit, ipsum nisi, proin volutpat turpis. Tempus nibh volutpat amet ante volutpat amet aliquam nibh non amet, tempus lobortis ullamcorper. Adipiscing tempus massa non amet erat massa sem elit pulvinar nisi et tellus at. Dolor donec non nonummy feugiat ut praesent felis feugiat congue mi tellus turpis sed. Nunc proin eget amet aliquam ante ullamcorper adipiscing feugiat congue praesent mauris sit donec. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc34" w:id="10794438324884717734"/>
+      <w:bookmarkEnd w:id="10794438324884717734"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem nunc ipsum et ac at proin aliquam turpis aliquet dolore amet, non lobortis. Sit molestie laoreet sed eget, nibh sed eget, nibh tempus felis mi donec diam. Magna turpis aliquet nisi felis mi erat elit et ac at nibh ac at. Praesent dolore nonummy diam magna consectetur sem ut pulvinar, id dolor euismod lobortis feugiat. Molestie nunc pulvinar tellus nunc pulvinar euismod tincidunt dolor volutpat lobortis sit tellus massa. Sed eget nibh lorem mauris nibh feugiat molestie ante euismod, nibh lorem mauris nibh. Tempus felis mi donec nonummy et ac at sem, nisi adipiscing praesent dolore amet. Volutpat lobortis feugiat molestie sed eget et ac consectetur aliquet dolore, turpis, ullamcorper congue. Consectetur non, lobortis tempus elit et, ac at proin aliquam amet ullamcorper dolore nonummy. </w:t>
+        <w:t xml:space="preserve">Nisi et id turpis lorem, laoreet tellus mauris pharetra donec ante volutpat amet erat. Massa diam tempus lobortis non nonummy tempus, ut et euismod turpis magna laoreet tellus. Adipiscing lorem congue praesent adipiscing ac, nibh euismod turpis ac lobortis ullamcorper dolor magna. Ante tellus consectetur donec mi tellus, consectetur sed massa non consectetur ac laoreet, molestie. Pharetra magna laoreet tellus turpis magna mi id turpis, magna euismod turpis ac nibh. Id sit ac nibh euismod sit aliquam et euismod turpis ac lobortis aliquet felis. Dolor dolore praesent mauris dolor praesent felis feugiat magna praesent, felis feugiat ut ullamcorper. Adipiscing tempus massa, ullamcorper nonummy ipsum ut diam felis ipsum ut diam nonummy tempus. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc18" w:id="5670901917502982432"/>
-      <w:bookmarkEnd w:id="5670901917502982432"/>
+      <w:bookmarkStart w:name="_Toc35" w:id="5513303298907486618"/>
+      <w:bookmarkEnd w:id="5513303298907486618"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem felis praesent congue consectetur non ut pulvinar euismod laoreet sed eget ante aliquam turpis praesent donec nonummy proin aliquam adipiscing praesent magna consectetur, sem. Ut, pulvinar eget et lorem mauris nibh lorem mauris ante tempus felis, laoreet sed eget proin, ac aliquet donec elit diam congue pharetra non ut. Turpis, aliquet dolore amet ullamcorper congue pharetra sem magna consectetur aliquet aliquam felis mi erat, elit mi erat eget nisi adipiscing aliquet donec pharetra ullamcorper. Congue pharetra non ut pulvinar euismod tincidunt sed eget, nibh tempus felis, mi donec, elit diam ac sem dolore amet, ullamcorper tincidunt dolor volutpat, ut. Sit tellus nunc sit, euismod laoreet sed eget lobortis lorem mauris ante tempus id laoreet erat elit proin aliquam euismod tincidunt dolor, non ut sit. Tellus nunc sit, aliquet dolore, pulvinar volutpat lobortis feugiat tellus nunc pulvinar euismod nunc dolor volutpat lobortis, dolor mauris mi, erat diam magna at, proin. Aliquam turpis aliquet nunc dolor non ante tempus felis mi erat felis mi erat eget nibh adipiscing praesent donec nonummy et, ac at, proin ac. Adipiscing praesent aliquam nonummy diam congue consectetur diam, ac consectetur, sem nisi nonummy diam magna consectetur sem turpis, proin nisi turpis aliquet congue pharetra non. </w:t>
+        <w:t xml:space="preserve">Massa diam felis feugiat magna laoreet sem, at dolor dolore praesent eget dolor dolore praesent mauris dolor, dolore. Proin non erat massa, non elit tempus lobortis diam id sit ac laoreet aliquet at sed nunc proin. Volutpat amet tempus, ut ullamcorper adipiscing, tempus non nonummy tempus ante volutpat pharetra, donec ante volutpat pharetra, donec. Ante tellus nonummy ipsum ut sem eget sit aliquam nibh euismod turpis ac nibh euismod turpis lobortis ullamcorper. Turpis lorem tincidunt praesent felis lorem congue praesent felis feugiat congue praesent molestie pharetra magna laoreet tellus consectetur. Erat dolore aliquet sed nunc proin eget pulvinar donec ante eget pulvinar aliquam nibh, volutpat nonummy tempus, lobortis. Diam id sit ac mi id sit magna et id, pulvinar nisi id sit magna, laoreet tellus adipiscing. Lorem laoreet ullamcorper turpis lorem tincidunt ullamcorper at, dolor dolore ante volutpat pharetra donec massa sem felis sit. Magna laoreet, tellus aliquam nibh euismod adipiscing sed tincidunt praesent volutpat nonummy ipsum nisi et felis feugiat nisi. Et tellus at pulvinar aliquam euismod adipiscing lorem ut diam adipiscing, feugiat, ut diam felis feugiat magna, et. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc19" w:id="1642257037503775557"/>
-      <w:bookmarkEnd w:id="1642257037503775557"/>
+      <w:bookmarkStart w:name="_Toc36" w:id="17077073117708360515"/>
+      <w:bookmarkEnd w:id="17077073117708360515"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquam sed, eget ante nisi ullamcorper congue pharetra non magna turpis aliquet nisi adipiscing aliquet donec elit mi. Ac at sem nisi pulvinar euismod tincidunt dolor euismod congue pharetra sem sit tellus nisi adipiscing praesent dolore. Pharetra non ut, turpis tellus nunc pulvinar euismod congue dolor, non lobortis feugiat molestie nunc pulvinar tellus nunc. Dolor aliquet, nisi amet ullamcorper, dolore nonummy diam, nisi turpis aliquet dolore amet ullamcorper tincidunt sed mauris praesent. Aliquam nonummy ullamcorper, congue, pharetra tellus ipsum, tellus dolore amet ullamcorper congue nonummy diam magna turpis aliquet nisi. Amet aliquet dolore, amet non ut feugiat tellus ut pulvinar euismod tincidunt dolor volutpat lobortis, molestie massa ipsum. Felis mi ac consectetur sem nisi turpis aliquet congue dolor volutpat lobortis sit tellus ut sit praesent, dolore. Amet eget nibh sit molestie ut id mi sed elit et tempus mauris ante tempus felis mi sed. </w:t>
+        <w:t xml:space="preserve">Ullamcorper, tempus ut diam felis sit ac mi id, turpis magna mi tellus consectetur sed tincidunt aliquet at. Sed, nunc praesent mauris sed dolore proin, ac tincidunt aliquet at dolor donec, ante, volutpat pharetra donec mi. Molestie consectetur erat massa tellus nonummy sed nunc non consectetur sed ut sem eget, nunc, sem eget pulvinar. Nisi ante volutpat turpis lorem lobortis euismod nonummy tempus, lobortis diam adipiscing, lorem, ut diam felis ipsum ut. Ullamcorper felis ipsum ut diam dolore praesent molestie consectetur, erat massa non nonummy erat ante tellus nonummy ipsum. Nisi proin id amet aliquam adipiscing feugiat congue mi molestie congue praesent mauris feugiat congue praesent molestie pharetra. Erat laoreet tellus consectetur, erat massa molestie pharetra ac laoreet, tellus turpis ac laoreet id, turpis ac tincidunt. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc20" w:id="9328886379031976675"/>
-      <w:bookmarkEnd w:id="9328886379031976675"/>
+      <w:bookmarkStart w:name="_Toc37" w:id="16691478358686865419"/>
+      <w:bookmarkEnd w:id="16691478358686865419"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna, sit molestie ipsum eget nibh lorem mauris. Ante, aliquam adipiscing ullamcorper, congue pharetra non nunc. Pulvinar euismod tincidunt dolor volutpat lobortis dolor volutpat. Lobortis feugiat molestie sed elit et aliquam adipiscing. Aliquet, dolore pharetra, non congue sit, tellus massa. Pulvinar id laoreet sed at ante lorem mauris. Ante tempus felis laoreet elit, et lorem mauris. </w:t>
+        <w:t xml:space="preserve">Magna nunc sem mauris, pulvinar, dolore nibh volutpat. Amet aliquam, nibh non, adipiscing feugiat ut mi. Sit ac laoreet aliquet consectetur sed, nunc proin. Elit pulvinar nisi proin eget pulvinar, dolore proin. Mauris, dolor congue praesent at, dolor dolore massa. Nonummy tempus, massa non felis ipsum ut diam. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc21" w:id="5271415774252608638"/>
-      <w:bookmarkEnd w:id="5271415774252608638"/>
+      <w:bookmarkStart w:name="_Toc38" w:id="5739321180714644760"/>
+      <w:bookmarkEnd w:id="5739321180714644760"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore proin euismod adipiscing feugiat magna mi molestie pharetra praesent mauris pharetra magna mi tellus, consectetur sed ut et id adipiscing lorem congue praesent molestie. Amet ipsum ut mi tellus at lorem tincidunt aliquet at tincidunt tellus adipiscing sed congue praesent volutpat amet erat lobortis ullamcorper elit feugiat nisi, mi euismod. Turpis ac laoreet euismod consectetur lorem nunc praesent mauris laoreet aliquet at dolor aliquam lobortis et felis sit ac laoreet tellus at sed tincidunt aliquet, mauris. Dolor donec nibh non adipiscing ipsum eget amet aliquam lobortis non nonummy tempus ut diam id sit magna mi id sit, ac tincidunt aliquet mauris sed. Dolore, proin eget dolor dolore ante molestie tincidunt proin molestie amet tempus, lobortis diam felis ipsum, nisi nibh euismod turpis lorem tincidunt praesent at sed dolore. Ante molestie, amet aliquam ut ullamcorper elit ipsum, diam felis sit ac laoreet tellus turpis lorem tincidunt, tellus adipiscing lorem, tincidunt praesent mauris sed tincidunt proin. Molestie feugiat nisi diam felis ipsum, nisi et id sit magna nibh euismod turpis magna, nibh euismod turpis nisi et euismod adipiscing feugiat congue praesent mauris. Feugiat congue adipiscing aliquam lobortis euismod adipiscing feugiat lobortis ullamcorper nonummy tempus lobortis ullamcorper adipiscing sit magna mi molestie sit magna et molestie turpis ac laoreet. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc39" w:id="11578089370651443132"/>
+      <w:bookmarkEnd w:id="11578089370651443132"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus turpis ullamcorper congue dolor molestie ante, tempus nonummy ullamcorper, massa ipsum id laoreet id, laoreet, lorem turpis aliquet dolore amet diam. Magna consectetur sem nisi turpis aliquet dolore pulvinar ullamcorper dolore amet ullamcorper magna pharetra, non, nunc id tincidunt, lorem adipiscing, praesent donec. Amet euismod lobortis sit tellus nunc pulvinar euismod nunc pulvinar euismod tincidunt dolor non ut, turpis tellus nunc amet euismod tincidunt mauris. Proin aliquam adipiscing praesent magna consectetur sem nisi pulvinar, tellus tincidunt sed elit et ac adipiscing, aliquet dolore nonummy ullamcorper congue pharetra. Ut pulvinar id nibh lorem eget ante lorem mauris massa pulvinar, euismod tincidunt pulvinar euismod magna consectetur sem magna consectetur aliquet nunc. Amet euismod tincidunt, sed mauris pharetra, tellus nunc pulvinar tellus tincidunt dolor volutpat lobortis dolor tellus nunc ipsum id laoreet sed, elit. Nibh lorem at proin, donec amet ullamcorper ut sit non ipsum elit et ac adipiscing, praesent dolore nonummy diam, congue pharetra non. Nisi turpis aliquet dolore, amet ullamcorper congue diam, congue sit molestie, massa, ipsum eget nibh sed eget ante, tempus, adipiscing praesent magna. Pharetra volutpat, massa ipsum id, tincidunt sed, eget nibh lorem molestie lobortis nonummy ullamcorper congue sit tellus ut, turpis tellus tincidunt pulvinar. Euismod tincidunt feugiat, tellus massa ipsum id laoreet sed, eget nibh ac mauris ante feugiat molestie nunc id laoreet lorem eget lobortis. </w:t>
+        <w:t xml:space="preserve">Aliquam tincidunt praesent molestie dolor dolore mi molestie dolor magna, ante non elit, ipsum non nonummy ipsum aliquam et id turpis feugiat congue aliquet at lorem tincidunt aliquet mauris. Dolor magna mi volutpat elit tempus massa tellus pharetra donec laoreet, sit magna mi molestie pharetra ac mi molestie consectetur erat laoreet, aliquet elit sed nunc sem mauris sed. Tincidunt praesent mauris dolor donec ante eget dolore praesent at dolor dolore mi molestie pharetra donec ante volutpat pharetra donec massa non elit pulvinar nisi, nibh, tellus turpis ac. Laoreet amet nisi proin elit, ipsum nunc sem at sed tincidunt, aliquet consectetur sed nunc aliquet, mauris pulvinar donec nibh volutpat, nonummy tempus lobortis ullamcorper, adipiscing, tempus ut amet. Erat lobortis non elit tempus, massa non consectetur donec massa non pharetra magna laoreet molestie pharetra donec laoreet molestie pharetra magna diam felis ipsum ut ullamcorper tempus massa volutpat. Consectetur tempus ut diam, id turpis lorem tincidunt aliquet eget amet donec ante non nonummy ipsum lobortis amet erat, massa sem elit pulvinar magna mi id, sit nisi et. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc22" w:id="2168570364832462068"/>
-      <w:bookmarkEnd w:id="2168570364832462068"/>
+      <w:bookmarkStart w:name="_Toc40" w:id="2476311450061423086"/>
+      <w:bookmarkEnd w:id="2476311450061423086"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut ipsum id laoreet sed elit lorem adipiscing praesent donec, nonummy diam congue pharetra non nisi, turpis, aliquet nunc pulvinar volutpat lobortis feugiat molestie, massa ipsum id laoreet ipsum id. Nibh at praesent donec nonummy diam magna consectetur sem nisi, sit tellus nunc dolor volutpat lobortis feugiat molestie massa ipsum tellus massa pulvinar euismod, congue pharetra, congue consectetur non ut. Sit tellus tincidunt sed eget tincidunt dolor non ut, turpis sem dolore amet aliquet, congue dolor volutpat lobortis ipsum laoreet erat at proin aliquam adipiscing proin aliquam, nonummy diam congue. Pharetra tellus massa pulvinar euismod tincidunt sed volutpat congue, pharetra ullamcorper congue pharetra tellus nunc pulvinar congue dolor non congue pharetra non ut sit tellus nunc nonummy diam donec elit. Sem ut sit aliquet dolore turpis ullamcorper, congue, pharetra non, congue pharetra tellus adipiscing aliquet dolore nonummy diam donec nonummy et magna consectetur sem nisi adipiscing praesent dolore consectetur sem. Nisi consectetur proin adipiscing praesent donec felis mi, sed, elit proin ac at ante tempus nonummy ullamcorper magna pharetra non nunc sit euismod nunc dolor euismod, tincidunt feugiat, molestie massa. Felis diam magna consectetur sem nisi adipiscing praesent donec nonummy diam magna consectetur diam, magna consectetur sem nisi adipiscing aliquet, dolore amet non, lobortis feugiat, molestie nunc, eget et, aliquam. Turpis, aliquet nunc amet ullamcorper magna consectetur sem ut sit tellus nunc turpis aliquet dolore consectetur diam nisi sit tellus massa ipsum id nibh, eget ante tempus id nunc, pulvinar. Id laoreet lorem mauris lobortis dolor volutpat nunc pulvinar id tincidunt dolor volutpat tincidunt feugiat molestie massa ipsum molestie laoreet ipsum nibh lorem mauris ante lorem molestie nunc sit euismod. Tincidunt sed eget ante lorem mauris ante ipsum id mi erat, elit et aliquam, at praesent dolore amet lobortis feugiat mauris massa sed, id tincidunt dolor euismod lobortis feugiat volutpat. </w:t>
+        <w:t xml:space="preserve">Diam tellus magna, nunc praesent at, dolor aliquam lobortis ullamcorper id sit ac laoreet, molestie pharetra ac nunc sem eget pulvinar aliquam nibh euismod. Adipiscing lorem lobortis nonummy lorem lobortis diam felis feugiat congue praesent id, feugiat ut, diam felis feugiat, ut, et euismod consectetur, ac mi id. Sit ac nibh euismod nisi et, eget ipsum, nisi et euismod turpis lorem, nibh euismod turpis ac tincidunt aliquet felis feugiat tincidunt ullamcorper adipiscing. Feugiat congue praesent mauris sit magna id feugiat congue, et, molestie pharetra ac mi id feugiat nisi diam elit ipsum ut diam felis pulvinar. Ut nibh id sit ac nibh pulvinar nisi proin elit ipsum dolore proin eget, dolor nisi proin elit pulvinar aliquam ante volutpat pulvinar dolore. Proin eget pharetra donec ante volutpat amet aliquam ut pharetra erat massa ullamcorper elit ipsum lobortis sem, felis sit ac laoreet euismod turpis ac. Tincidunt aliquet adipiscing lorem tincidunt, ullamcorper adipiscing lorem tincidunt aliquet at nibh euismod turpis, lorem tincidunt diam mauris dolor congue mi tellus pharetra donec. Laoreet tellus pharetra ac laoreet molestie sit ullamcorper nonummy donec ante non nonummy tempus lobortis sem elit ipsum nisi diam elit pulvinar aliquam nibh. Euismod adipiscing lorem laoreet ullamcorper adipiscing lorem tincidunt aliquet felis tincidunt praesent felis, dolor magna praesent molestie sit magna mi mauris feugiat magna praesent. Felis feugiat ut ullamcorper felis ipsum congue et id turpis magna mi euismod ac tincidunt tellus at, lorem dolore ante non nonummy aliquam massa. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc23" w:id="6712423213348426812"/>
-      <w:bookmarkEnd w:id="6712423213348426812"/>
+      <w:bookmarkStart w:name="_Toc41" w:id="6748962885021946827"/>
+      <w:bookmarkEnd w:id="6748962885021946827"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At aliquet dolore dolor volutpat lobortis feugiat mauris ante erat elit et ac consectetur sem nisi turpis ullamcorper tincidunt pharetra, lobortis feugiat tellus nunc ipsum id laoreet sed. Eget proin tempus, felis ante tempus felis laoreet dolor volutpat nibh lorem, mauris proin tempus felis laoreet id laoreet sed mauris nibh lorem mauris massa ipsum euismod tincidunt. Dolor, euismod nibh lorem, mauris ante tempus elit ullamcorper magna pharetra, non, nisi adipiscing proin, aliquam laoreet sed id nibh, lorem at sem, donec, adipiscing praesent donec elit. Et magna, turpis sem nunc, amet ullamcorper tincidunt pharetra non lobortis sit nunc pulvinar id nibh lorem at ante aliquam adipiscing praesent donec nonummy diam magna consectetur aliquet. Dolore turpis ullamcorper, congue pharetra volutpat lobortis feugiat molestie, massa id nibh sed eget nibh tempus felis praesent donec elit diam magna, consectetur aliquet dolore pulvinar euismod lobortis. Dolor molestie massa ipsum id mi sed elit et at ante aliquam felis mi congue pharetra non nunc pulvinar euismod laoreet erat volutpat lobortis feugiat molestie lobortis feugiat. Molestie sed elit nibh sed mauris nibh, lorem molestie massa ipsum id laoreet lorem mauris sem nisi turpis aliquet, dolore pharetra sem nisi turpis sem nisi turpis praesent. Massa sed, eget, et ac, at ante tempus mauris, mi donec consectetur, sem nisi turpis tellus nisi turpis aliquet dolore nonummy ullamcorper congue, pharetra non dolore amet tincidunt. </w:t>
+        <w:t xml:space="preserve">Ante nonummy lorem ut diam, felis feugiat congue mi felis turpis ac massa aliquet consectetur sed nunc aliquet at. Sed donec ante ullamcorper adipiscing, tempus diam id sit, ac laoreet, tellus, consectetur sed dolore et volutpat pulvinar dolore. Proin eget pulvinar lorem donec nunc nibh praesent non, id elit turpis ipsum magna nunc et ullamcorper mauris nonummy. Feugiat erat, nisi lobortis diam molestie elit turpis sed donec congue nunc, congue lobortis diam id at amet aliquam. Nibh amet tempus, lobortis ullamcorper, adipiscing tempus lobortis ullamcorper adipiscing tempus, ante eget pharetra donec ante volutpat dolor dolore. Proin molestie amet erat ante lorem lobortis ullamcorper adipiscing tempus nibh ullamcorper, nonummy tempus nibh non nonummy tempus lobortis. Volutpat nonummy ipsum, ut ullamcorper felis sit magna mi molestie turpis magna et ipsum ut et, eget, pulvinar magna. Et id sit ac tincidunt ullamcorper adipiscing lorem lobortis ullamcorper turpis ac nibh euismod turpis tempus nibh ullamcorper adipiscing. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc24" w:id="5864683111231415765"/>
-[...101 lines deleted...]
-      <w:bookmarkEnd w:id="13680531824514595235"/>
+      <w:bookmarkStart w:name="_Toc42" w:id="2640720694775362537"/>
+      <w:bookmarkEnd w:id="2640720694775362537"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pulvinar elit diam nisi consectetur aliquet dolore dolor volutpat lobortis feugiat molestie massa ipsum felis laoreet sed id laoreet dolor volutpat tempus adipiscing, praesent congue feugiat. Molestie nunc pulvinar euismod laoreet sed eget ante, tempus mauris mi, donec, nonummy ullamcorper congue turpis tellus dolore amet aliquet pharetra non ut feugiat, felis praesent. Donec nonummy, sem nisi at proin aliquam adipiscing aliquet congue pharetra non nisi turpis aliquet nisi adipiscing aliquet dolore pharetra ullamcorper, proin nisi sit tellus nunc. Pulvinar, volutpat lobortis dolor molestie massa ipsum id laoreet erat elit et lorem, at, proin, aliquam felis laoreet eget laoreet dolor volutpat ut sit non nisi. Sit aliquet dolore pulvinar ullamcorper congue, pharetra volutpat lobortis sit tellus dolore amet ullamcorper donec nonummy diam magna consectetur ut pulvinar euismod tincidunt dolor non ut. Pharetra molestie massa pulvinar tellus, nunc pulvinar euismod, lobortis ac felis mi erat elit et congue consectetur ullamcorper ut ipsum id massa ipsum eget, laoreet sed. Eget lobortis feugiat mauris ante ipsum id laoreet dolor volutpat lobortis feugiat volutpat ut feugiat tellus nunc pulvinar tincidunt dolor, eget ante tempus felis mi tempus. Felis nibh lorem eget lobortis feugiat molestie lobortis feugiat molestie massa pulvinar euismod tincidunt dolor volutpat lobortis sit tellus ipsum eget et ac adipiscing praesent aliquam. </w:t>
+        <w:t xml:space="preserve">Congue laoreet non nonummy ipsum nisi et euismod turpis ac nibh. Euismod amet nisi consectetur erat, laoreet, tellus consectetur magna nibh id. Sit ac et eget sit ac tincidunt lobortis ante et aliquet. Eget adipiscing pharetra sed, ac donec lobortis proin ullamcorper, volutpat id. Volutpat molestie felis volutpat felis consectetur erat ante non elit ipsum. Nunc, diam elit pulvinar ut et, id turpis aliquam elit sed. Nunc et ullamcorper, turpis aliquam nibh volutpat nonummy aliquam ante ullamcorper. Adipiscing feugiat donec mi molestie pharetra magna laoreet non consectetur, erat. Aliquet elit, sed nunc, sem eget pulvinar nisi proin, eget pulvinar. Donec ante non nonummy, tempus lobortis diam nonummy ipsum ut diam. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc29" w:id="10218743436937010527"/>
-[...232 lines deleted...]
-      <w:bookmarkEnd w:id="2934190720864334540"/>
+      <w:bookmarkStart w:name="_Toc43" w:id="5625750652439644060"/>
+      <w:bookmarkEnd w:id="5625750652439644060"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R44477692a3404ec6"/>
+      <w:headerReference w:type="default" r:id="R4380e36e0c364ce5"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2958,69 +3322,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>14</w:t>
+      <w:t>16</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> SECTIONPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>13</w:t>
+      <w:t>15</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -3597,51 +3961,51 @@
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7d1ec252ad964afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re93945d2074348c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R619ea3d6b37d4e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R44477692a3404ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R92bdfbc1116e49a5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R399ac9be87b241c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfdfebabd52af4dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd8dd8a664f51488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R4380e36e0c364ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2f77427e967f4cf9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>