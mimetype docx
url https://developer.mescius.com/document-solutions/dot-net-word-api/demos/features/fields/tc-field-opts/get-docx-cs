--- v7 (2026-02-02)
+++ v8 (2026-03-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R55f26ca03c15465b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf37ca5b63cd24b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf26ef7911d594074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R626eceec21d0450c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0b180d458f3d4a53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf17d69da8960498a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Table of Contents</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o \f \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
@@ -54,3225 +54,1480 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Top-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc0 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc1 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc2 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc3 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>3</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
       <w:hyperlink w:history="true" w:anchor="_Toc4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc4 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc5">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc5">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 4</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc6">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc5 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc7">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc8">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc6">
-[...9 lines deleted...]
-          <w:t>TC Field for Second-level header 2</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc9">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc6 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc7">
+      <w:hyperlink w:history="true" w:anchor="_Toc10">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc7 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc8">
+      <w:hyperlink w:history="true" w:anchor="_Toc11">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc8 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc12">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Top-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc9">
-[...9 lines deleted...]
-          <w:t>TC Field for Second-level header 3</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc13">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc9 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc13 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc10">
+      <w:hyperlink w:history="true" w:anchor="_Toc14">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc10 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc14 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc11">
+      <w:hyperlink w:history="true" w:anchor="_Toc15">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc11 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+      </w:pPr>
+      <w:hyperlink w:history="true" w:anchor="_Toc16">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Second-level header 2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc12">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 3</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc17">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc12 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc17 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>6</w:t>
-        </w:r>
-[...92 lines deleted...]
-          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc15">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 1</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc18">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc15 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc18 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
       </w:pPr>
-      <w:hyperlink w:history="true" w:anchor="_Toc16">
-[...9 lines deleted...]
-          <w:t>TC Field for Third-level header 2</w:t>
+      <w:hyperlink w:history="true" w:anchor="_Toc19">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>TC Field for Third-level header 3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc16 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc19 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:t>7</w:t>
-[...1268 lines deleted...]
-          <w:t>15</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="TOCHeading"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:t>Top-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Id pulvinar ipsum dolor aliquam magna nunc laoreet praesent volutpat felis pharetra, sed dolore proin. Ullamcorper at pharetra donec massa non, felis pulvinar magna nibh tellus, at, laoreet, aliquet at. Dolor dolore proin molestie pharetra dolore proin volutpat amet, ipsum magna mi id turpis magna. Laoreet aliquet at sed nunc proin volutpat dolore nibh ullamcorper nonummy tempus, lobortis diam felis. Tempus lobortis sem felis sit nisi mi tellus turpis lorem tincidunt praesent mauris pulvinar dolore. Ante non tempus lobortis diam elit ipsum ut, diam id, feugiat, magna mi, tellus at. </w:t>
+        <w:t xml:space="preserve">Lorem lobortis dolore feugiat amet pharetra pulvinar dolor sit. Pulvinar pulvinar sit sed lorem tempus sed, ac, donec. Magna, dolore erat ipsum sed lorem erat lorem tempus. Magna nisi dolore, massa praesent et proin laoreet nibh. Massa laoreet lobortis lobortis dolore magna ac donec ut. Amet at turpis dolor tempus ac donec congue, ut. Laoreet, lobortis nunc dolore, congue aliquam tincidunt ut massa. Lobortis ut nunc lobortis ut tincidunt congue nunc et. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 1" </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc0" w:id="16987472828260116657"/>
-      <w:bookmarkEnd w:id="16987472828260116657"/>
+      <w:bookmarkStart w:name="_Toc0" w:id="4007623723436485248"/>
+      <w:bookmarkEnd w:id="4007623723436485248"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Second-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Volutpat felis pulvinar ac eget sit lorem tincidunt aliquet at pharetra, donec. Massa ullamcorper felis sit congue mi molestie consectetur sed nisi nibh euismod. Turpis lorem tincidunt ullamcorper tempus, nibh diam, felis ipsum ut, diam id. Sit congue et id turpis ac tincidunt molestie turpis erat tincidunt aliquet. At dolor nunc proin eget aliquam lobortis diam id sit ac massa. Sem eget pulvinar dolore et volutpat pulvinar aliquam, nibh diam adipiscing sit. Congue mi molestie, pharetra magna laoreet molestie ac laoreet, molestie sit, magna. Laoreet sem at sed nunc proin mauris dolor nisi ante volutpat amet. Aliquam lobortis ullamcorper adipiscing feugiat congue praesent ipsum congue et molestie at. </w:t>
+        <w:t xml:space="preserve">Nonummy erat sed consectetur mauris tellus ullamcorper, non sem aliquet, et nibh, massa et, ante. Praesent et, praesent feugiat feugiat pulvinar dolor ipsum erat dolore lobortis praesent non euismod, euismod. Tellus aliquet volutpat id eget mauris nonummy consectetur, turpis elit at felis nunc lobortis massa. Nibh ante mi nibh, ante diam non euismod, mauris amet turpis amet nonummy consectetur felis. Elit eget, felis elit at adipiscing consectetur turpis lobortis nisi aliquam erat lorem tempus ipsum. Sed feugiat pulvinar amet sit ipsum dolor feugiat amet dolor erat ac nisi tincidunt ante. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc1" w:id="1182206845924213117"/>
-      <w:bookmarkEnd w:id="1182206845924213117"/>
+      <w:bookmarkStart w:name="_Toc1" w:id="181622920659726290"/>
+      <w:bookmarkEnd w:id="181622920659726290"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Et ullamcorper at pharetra donec, massa sem elit tempus nunc, sem magna mi molestie pharetra magna laoreet tellus consectetur erat massa. Non elit pulvinar aliquam et euismod amet nisi ante volutpat pulvinar aliquam nibh ullamcorper adipiscing ut diam id sit, congue mi. Molestie consectetur erat nunc proin eget pulvinar nisi proin eget pulvinar nisi ante ullamcorper, adipiscing feugiat ut praesent mauris congue praesent. Molestie at ipsum dolore proin id amet aliquam et volutpat dolor dolore sem mauris dolor nunc, sem eget dolor dolore praesent. Sed, dolore praesent mauris dolor, congue, aliquet mauris feugiat dolore aliquet felis feugiat tincidunt ullamcorper adipiscing tempus nibh euismod nonummy tempus. Nibh non amet aliquam lobortis ullamcorper dolore proin molestie dolor dolore praesent molestie pharetra dolore praesent mauris feugiat congue praesent felis. Feugiat magna ante molestie sit donec mi molestie consectetur erat massa sem sed dolore proin, elit pulvinar nisi ante volutpat amet. Aliquam proin eget mauris sit donec laoreet, non at sed, massa pharetra ac laoreet tellus turpis ac laoreet aliquet, consectetur, sed. Nunc sem mauris dolor donec ante, eget pharetra aliquam nibh non amet, aliquam, lobortis volutpat nonummy erat molestie amet ipsum, ut. Et felis pulvinar ut sem, nonummy, sed ut sem elit ipsum nisi, nibh, euismod turpis ac et, id amet nisi proin. </w:t>
+        <w:t xml:space="preserve">Sed ut ut, congue ac lorem ipsum pulvinar. Felis elit, adipiscing consectetur feugiat, sed dolor ipsum. Sed tincidunt ut, dolore dolore ac dolor sit. Turpis elit mauris mauris eget mauris mauris id. Ullamcorper proin aliquet ullamcorper aliquet ullamcorper ullamcorper sem. Mi, volutpat sem sem, diam sem ante, massa. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc2" w:id="8889361961911832465"/>
-      <w:bookmarkEnd w:id="8889361961911832465"/>
+      <w:bookmarkStart w:name="_Toc2" w:id="1736829025068326481"/>
+      <w:bookmarkEnd w:id="1736829025068326481"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pulvinar lorem tincidunt mi molestie nonummy tempus, massa non nonummy tempus ut diam sed massa, non, nonummy ipsum ut. Proin id, amet ac nibh ullamcorper turpis ac nibh ullamcorper adipiscing feugiat magna praesent mauris feugiat, congue diam adipiscing. Lorem diam felis feugiat congue ullamcorper adipiscing, ipsum congue diam felis ipsum lobortis non elit ipsum ut, et euismod. Turpis magna et euismod sit aliquam nibh pulvinar ut, et euismod adipiscing lorem lobortis euismod pulvinar aliquam et volutpat. Amet tempus, nibh euismod nonummy, tempus lobortis diam felis, lorem ut adipiscing ipsum ut diam elit ipsum ut et. Felis sit magna diam felis pulvinar nisi et tellus sit ac laoreet, tellus turpis lorem tincidunt aliquet at sed. </w:t>
+        <w:t xml:space="preserve">Proin magna ac ipsum, pulvinar, pharetra turpis amet consectetur turpis nonummy dolore nibh, laoreet nibh proin diam non aliquet non aliquet ullamcorper diam, proin mi et ante ante laoreet. Ut aliquam donec magna aliquam tempus ac dolor ipsum magna nunc tincidunt ut laoreet ante, praesent sem id eget id, at turpis feugiat tempus nibh praesent non sem euismod. Tellus sem ullamcorper praesent non felis at amet dolor tempus magna dolore lobortis ante sem aliquet euismod felis elit adipiscing, nonummy consectetur adipiscing nonummy, pharetra, ipsum lorem ac tempus. Magna aliquam, erat ac donec, congue nunc, tincidunt lobortis nunc tincidunt ante diam aliquet eget at amet sit, sed, aliquam congue nunc nibh proin nonummy elit felis consectetur pulvinar. Ac lorem donec ut nibh proin non id elit turpis dolor tempus congue massa proin aliquet volutpat felis at amet feugiat tempus nunc ut, mi proin aliquet volutpat id. Elit mauris nonummy turpis dolor feugiat pulvinar dolor lorem erat nisi laoreet ante praesent proin praesent, dolor sit pulvinar, pharetra pulvinar dolor tempus donec magna dolore ut massa et. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc3" w:id="3730899171737162434"/>
-      <w:bookmarkEnd w:id="3730899171737162434"/>
+      <w:bookmarkStart w:name="_Toc3" w:id="14411376333984358555"/>
+      <w:bookmarkEnd w:id="14411376333984358555"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nunc proin volutpat amet aliquam, massa diam felis ipsum ut diam felis, feugiat magna mi sit. Magna, nibh euismod consectetur ac laoreet aliquet at dolor dolore ante non, amet aliquam massa volutpat. Nonummy tempus lobortis diam elit pulvinar, ut mi euismod lorem nunc aliquet adipiscing dolor dolore proin. Eget amet aliquam massa volutpat amet, erat, massa, non, nonummy tempus lobortis sem nonummy tempus nunc. Sem eget ut sem id pulvinar nisi et id amet aliquam lobortis euismod turpis ac nibh. Ullamcorper adipiscing feugiat congue diam, mauris, feugiat congue praesent sit magna laoreet, tellus consectetur ac laoreet. Tellus consectetur, erat nunc proin eget pulvinar nisi ante euismod, amet tempus tincidunt diam felis feugiat. Magna laoreet tellus consectetur mi molestie consectetur ac massa tellus consectetur erat tincidunt aliquet at sed. </w:t>
+        <w:t xml:space="preserve">Tincidunt adipiscing euismod ullamcorper non euismod volutpat tellus id eget adipiscing, at at felis elit at felis at. Felis felis eget volutpat et proin diam tellus volutpat turpis, dolor feugiat sed lorem ipsum lorem tempus erat. Lorem sit turpis amet pharetra at, felis eget mauris id felis nonummy at nonummy consectetur, at amet sit. Sed ac congue lobortis laoreet et praesent diam aliquet volutpat adipiscing consectetur turpis pulvinar lorem, erat diam, ante. Praesent diam, sem praesent mi ante praesent non proin praesent diam praesent diam sem ullamcorper volutpat id id. Non, aliquet aliquet diam sem, aliquet molestie id mauris adipiscing consectetur turpis pharetra pharetra turpis amet turpis amet. Nonummy volutpat, molestie, elit, turpis sed lorem erat nisi tincidunt ante ullamcorper molestie eget adipiscing nonummy sit dolor. Feugiat ipsum sed, aliquam tempus lorem tempus ipsum sed ipsum ac ut tincidunt ante mi aliquet eget mauris. Elit at adipiscing nonummy sit amet consectetur turpis nonummy at adipiscing tellus volutpat mauris nonummy turpis amet sem. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc4" w:id="13839754381679909201"/>
-      <w:bookmarkEnd w:id="13839754381679909201"/>
+      <w:bookmarkStart w:name="_Toc4" w:id="3920719952073460777"/>
+      <w:bookmarkEnd w:id="3920719952073460777"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:tab/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Molestie nonummy ipsum ut elit ipsum nisi et id pulvinar, nisi et id, sit aliquam nibh euismod turpis, ac, laoreet euismod amet aliquam nibh euismod. Turpis lorem congue adipiscing lorem, magna mi molestie pharetra erat massa tellus consectetur erat massa non eget pulvinar, dolore proin eget pulvinar nunc aliquet, at. Sed nunc proin pulvinar donec proin volutpat amet aliquam ante, eget pharetra aliquam massa ullamcorper elit feugiat congue et id ipsum, ut sem elit pulvinar. Ut diam elit pulvinar nisi elit sit, ac tincidunt ullamcorper adipiscing lorem laoreet ullamcorper turpis ac, lobortis ullamcorper adipiscing tempus lobortis ullamcorper adipiscing lorem tincidunt. Diam felis lorem ut nonummy tempus lobortis ullamcorper adipiscing tempus lobortis diam felis feugiat, ut non, amet, erat ante molestie pharetra, donec massa non nonummy. Ipsum ut sem nonummy ipsum tellus pharetra ac, laoreet molestie sit ac laoreet aliquet turpis ac mi euismod sit ac laoreet euismod sit nisi et. Id turpis lorem tincidunt ullamcorper sed tincidunt ullamcorper at ac tincidunt aliquet mauris feugiat tincidunt ullamcorper turpis tempus lobortis ullamcorper felis lorem ut ullamcorper nonummy. Tempus nibh non nonummy ipsum congue diam consectetur erat laoreet tellus consectetur erat laoreet id pulvinar nisi et, id turpis ac laoreet tellus adipiscing lorem. Tincidunt aliquet at dolor congue praesent mauris dolor donec mauris, pharetra erat massa molestie consectetur magna praesent mauris feugiat ut ullamcorper adipiscing tempus congue diam. </w:t>
+        <w:t xml:space="preserve">Second-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur praesent tincidunt lobortis massa laoreet, ante mi et. Ante, mi proin aliquet diam, sem aliquet, et nibh. Massa tincidunt pulvinar lorem aliquam ac ac tempus erat. Lorem feugiat dolor lorem ipsum ac aliquam congue nunc. Et praesent ullamcorper, tellus tellus ullamcorper non ullamcorper nunc. Dolore erat tempus erat lorem tempus sed dolor feugiat. Pulvinar sed ipsum ipsum lorem ipsum ipsum dolor ipsum. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 4" \l 3 </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="15487013500092247479"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc5" w:id="15869306769777436037"/>
+      <w:bookmarkEnd w:id="15869306769777436037"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue non, ullamcorper mi proin aliquet ullamcorper tellus euismod volutpat, euismod euismod tellus euismod volutpat. Tellus euismod ullamcorper tellus ullamcorper volutpat id id tincidunt ut laoreet nibh mi et praesent. Ullamcorper sem proin praesent proin, ante et proin praesent et et ante mi ante, mi. Laoreet nibh laoreet feugiat pulvinar dolor sit pulvinar lorem tempus ac, aliquam magna nisi nunc. Tincidunt nisi donec magna nunc tincidunt lobortis massa laoreet massa laoreet lobortis massa laoreet proin. Nunc nunc lobortis massa tincidunt nibh mi proin praesent non aliquet euismod volutpat molestie euismod. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc6" w:id="17704622237743638297"/>
+      <w:bookmarkEnd w:id="17704622237743638297"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet adipiscing molestie euismod ullamcorper sem mi mi proin ante tincidunt tincidunt massa nibh lobortis laoreet et aliquet non molestie at adipiscing amet. Massa dolore magna ut nunc donec ac dolore magna, aliquam aliquam magna dolore laoreet massa laoreet congue ut dolore magna ac tempus erat. Sed sit sit amet at mauris felis at, turpis pharetra sit, dolor feugiat ipsum dolor, sit turpis dolor lorem donec aliquam dolore ut. Nunc lobortis mi et magna magna ut tincidunt nibh praesent et proin, diam, aliquet, praesent diam aliquet euismod molestie id, ullamcorper non tellus. Ullamcorper diam praesent diam non euismod nunc lobortis, lobortis tincidunt nibh ante mi nibh ante nibh ante diam non tellus volutpat adipiscing sit. Ipsum feugiat tempus magna dolore lobortis, ante et sem sed nonummy adipiscing dolor aliquam lobortis mi aliquet id at, nonummy turpis turpis, dolor. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc7" w:id="2764240612167425250"/>
+      <w:bookmarkEnd w:id="2764240612167425250"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod nunc ipsum pulvinar amet consectetur turpis pharetra pulvinar dolor tempus donec magna dolore congue ut dolore ut nunc, dolore magna dolore lobortis ante erat. Ac magna nunc nibh praesent, ullamcorper tellus euismod molestie felis, consectetur adipiscing amet sit erat nisi tincidunt mi diam aliquet volutpat molestie eget at adipiscing. At volutpat id eget felis nonummy turpis amet consectetur pulvinar dolor, feugiat ipsum dolor ipsum ipsum sed, sit ipsum, feugiat feugiat sed feugiat pulvinar dolor. Feugiat ipsum pharetra, pharetra turpis pharetra feugiat ipsum ac, ipsum dolor feugiat feugiat erat aliquam erat magna aliquam donec nisi nunc ut praesent proin praesent. Volutpat, non molestie eget felis consectetur consectetur amet sit pulvinar dolor lorem erat aliquam donec magna dolore donec magna aliquam dolore nisi nunc congue lobortis. Dolore donec nisi donec ut laoreet et mi sem aliquet ullamcorper molestie elit turpis amet consectetur pulvinar pharetra, pharetra turpis, pharetra feugiat, ipsum feugiat non. Proin massa tincidunt lobortis nunc tincidunt, massa massa nibh ante mi proin ullamcorper sem aliquet diam diam sem euismod molestie euismod volutpat non aliquet, praesent. Nibh aliquet diam et ante mi nibh mi diam praesent praesent et proin mi nibh lobortis nunc lobortis massa nunc, nibh ante tincidunt, nibh diam. Diam aliquet, ullamcorper id, id volutpat molestie eget, volutpat tellus eget mauris, euismod ullamcorper sem aliquet euismod tellus eget at nonummy sit, sed ac donec. Magna nisi congue lobortis tincidunt tellus ullamcorper sem proin mi nibh ante laoreet nibh proin ullamcorper tellus, euismod, non aliquet, ullamcorper non aliquet ullamcorper molestie. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc8" w:id="18186992462783278122"/>
+      <w:bookmarkEnd w:id="18186992462783278122"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor praesent non sem aliquet, volutpat euismod volutpat felis eget mauris adipiscing consectetur, et lobortis ut dolore congue ante, diam euismod eget adipiscing pharetra sit pulvinar. Sit sit amet consectetur amet sed aliquam ut mi sem aliquet mauris, nonummy turpis pulvinar, feugiat, erat nisi tincidunt nibh praesent, proin proin diam tellus euismod. Felis id, euismod volutpat aliquet volutpat mauris eget at amet sit ipsum dolore aliquam congue dolore dolore nisi dolore lobortis mi diam sem praesent diam, praesent. Diam et massa mi sem ullamcorper, volutpat molestie euismod sem sem praesent, et aliquet non id eget non tellus, aliquet diam sem ullamcorper molestie, id eget. Mauris, aliquet diam non eget turpis dolor tempus erat aliquam nibh proin diam proin praesent diam tellus diam diam sem praesent sem praesent non id elit. Molestie non euismod mauris molestie ullamcorper sem aliquet praesent mi nibh non tellus id non, id euismod volutpat molestie euismod molestie felis consectetur adipiscing consectetur sit. Mauris aliquet ullamcorper tellus adipiscing elit eget molestie felis consectetur nonummy pharetra, sit amet pharetra adipiscing nonummy sit sed lorem donec congue dolore dolore magna aliquam. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc9" w:id="4483567211647929134"/>
+      <w:bookmarkEnd w:id="4483567211647929134"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit massa congue magna tempus erat. Pulvinar nonummy mauris molestie tellus volutpat. Tellus ullamcorper diam sem proin, ante. Ante tincidunt, lobortis, nunc laoreet nibh. Laoreet, laoreet proin ullamcorper sem ullamcorper. Ullamcorper sem praesent et et massa. Dolore magna ac, tempus lorem pulvinar. Nonummy consectetur at id volutpat, mauris. Tellus euismod, molestie id, eget mauris. Euismod mauris molestie tellus non id. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc10" w:id="1682708912985552474"/>
+      <w:bookmarkEnd w:id="1682708912985552474"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue aliquam erat ac lorem erat ac, aliquam donec ac tempus erat sed sit pulvinar pharetra feugiat pulvinar dolor feugiat, amet nonummy. Mauris non proin massa nunc congue ut aliquam sed dolor, sit amet pharetra turpis turpis, consectetur consectetur turpis, elit mauris mauris eget. Eget tellus euismod lorem feugiat amet consectetur at mauris id euismod non aliquet diam diam proin praesent sem praesent et proin mi. Mi lobortis, ante mi lobortis nunc nunc magna id volutpat non ullamcorper ullamcorper aliquet proin et nibh lobortis nisi magna magna, aliquam. Ipsum pulvinar sit turpis amet pharetra sit pharetra sit dolor dolor sit pulvinar pharetra sit amet nonummy, adipiscing felis id volutpat, tellus. Ullamcorper mi nibh massa laoreet nibh ante laoreet praesent eget mauris nonummy sit id at turpis amet feugiat, pulvinar feugiat, pulvinar sed. Tempus pulvinar nonummy nonummy at id elit at felis eget molestie, felis at adipiscing pharetra feugiat erat, tempus ut massa nibh proin. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc11" w:id="15516640409630150175"/>
+      <w:bookmarkEnd w:id="15516640409630150175"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Top-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper aliquam ipsum erat nisi congue, nisi dolore congue, ut. Praesent nibh ante diam, sem praesent diam, tellus volutpat molestie. Id volutpat mauris nonummy, adipiscing amet pharetra pulvinar, sed tempus. Ac nisi, congue, lobortis massa ut ut tincidunt congue massa. Laoreet congue dolore tincidunt ut nunc tincidunt massa laoreet nibh. Nunc nunc lobortis praesent proin praesent praesent et praesent et. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Top-level header 2" </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc12" w:id="5897904190162928616"/>
+      <w:bookmarkEnd w:id="5897904190162928616"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Second-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non ac ac donec ac dolor pulvinar amet dolor pulvinar sed, lorem, ipsum dolor. Sit turpis amet, consectetur at aliquet aliquet non aliquet, euismod sem aliquet praesent et. Ante massa laoreet ut nunc tincidunt, lobortis nunc tincidunt ut dolore tincidunt ut tincidunt. Congue congue, nisi, dolore congue nunc tincidunt lobortis nunc tincidunt massa laoreet lobortis massa. Laoreet lobortis ante et praesent diam proin, proin praesent et ante mi aliquet, adipiscing. Adipiscing id ullamcorper non, aliquet non tellus aliquet laoreet lobortis lobortis nunc congue nisi. Dolore congue ut nunc nibh mi et praesent molestie volutpat volutpat felis, eget mauris. Felis euismod tellus euismod eget tellus aliquet volutpat molestie ullamcorper diam sem ullamcorper non. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 1" \l 2 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc13" w:id="5022440902983031131"/>
+      <w:bookmarkEnd w:id="5022440902983031131"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis donec lorem consectetur adipiscing adipiscing at adipiscing nonummy elit. Mauris molestie eget molestie id euismod mauris elit, eget molestie. Euismod lobortis nunc congue ut nunc congue ut nisi dolore. Magna, aliquam erat ac, aliquam erat ac lorem, ipsum nonummy. Pharetra adipiscing nonummy consectetur sit nonummy consectetur sit dolor sit. Pulvinar, pharetra sit amet amet turpis amet pharetra feugiat dolor. Lorem tempus lorem aliquam magna ut laoreet nibh laoreet proin. Euismod erat ac nisi lobortis massa laoreet ante praesent diam. Praesent diam sem aliquet ullamcorper aliquet ullamcorper non sem praesent. Sem, proin diam diam sed dolor pharetra pulvinar dolor ipsum. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc14" w:id="13834899604142098389"/>
+      <w:bookmarkEnd w:id="13834899604142098389"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et tempus, sed aliquam tempus ac tempus ipsum sed feugiat pulvinar non, non euismod non aliquet ullamcorper, diam proin mi et. Nibh ut nunc lobortis nunc dolore magna nunc, et proin et sem aliquet diam nunc congue ut congue ut dolore dolore. Ut dolore tincidunt lobortis tincidunt lobortis mi et ante mi, non euismod non molestie elit, turpis dolor tempus diam ante massa. Nunc, donec lorem ipsum pulvinar amet pharetra turpis amet turpis amet pharetra turpis sed tempus donec, magna donec erat ac aliquam. Ipsum sed tincidunt magna dolore tincidunt, massa laoreet nibh mi et sem praesent non tellus non id euismod, non non ullamcorper. Non sem aliquet non euismod diam tellus volutpat id elit, at adipiscing consectetur, amet, dolor sit dolor feugiat tempus ac lorem. Tempus sed tempus donec nisi donec magna ut congue lobortis laoreet dolore tincidunt nisi nunc lobortis ante diam praesent diam non. Ullamcorper diam non ullamcorper non tellus euismod volutpat tellus euismod volutpat id volutpat mauris, eget at adipiscing magna aliquam donec, nisi. </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc15" w:id="1953951650999146537"/>
+      <w:bookmarkEnd w:id="1953951650999146537"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="MessageHeader"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
         <w:t xml:space="preserve">Second-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquam, lobortis praesent felis, ipsum ut ullamcorper, elit, sit magna et id sit magna mi euismod turpis ac tincidunt sem mauris dolore proin mauris sed congue praesent eget. Amet tempus lobortis non elit tempus massa non nonummy ipsum, lobortis sem felis pulvinar magna laoreet, tellus aliquam nibh tellus at sed congue praesent, molestie amet dolore ante. Molestie pharetra donec mi molestie pharetra donec ante molestie pharetra donec mi tellus consectetur erat laoreet consectetur erat, massa, sem elit ipsum nisi et volutpat amet tempus congue. Mi molestie dolor congue praesent felis feugiat congue ullamcorper nonummy, tempus diam adipiscing ipsum lobortis non nonummy erat massa, volutpat consectetur donec massa, volutpat pharetra erat ante non. Consectetur sed nunc sem eget pulvinar ut proin eget, pulvinar aliquet elit dolor nisi proin volutpat amet tempus nibh diam adipiscing lorem ut ullamcorper, adipiscing tempus ut diam. Felis sit magna et molestie consectetur erat laoreet tellus erat tincidunt aliquet at amet aliquam ante eget pulvinar donec, nibh non nonummy tempus ut praesent felis feugiat magna. Mi sit magna mi id ipsum lobortis sem, nonummy pulvinar ut et eget sit aliquam, et id sit aliquam, et euismod pulvinar nisi et eget pulvinar nisi et. Sed nunc sem mauris sed nunc aliquet at sed nunc praesent at, sed tincidunt ullamcorper at, lorem lobortis ullamcorper turpis, nisi nibh ullamcorper adipiscing, tempus lobortis ullamcorper aliquam. </w:t>
+        <w:t xml:space="preserve">Laoreet pharetra sit erat tempus donec erat lorem ipsum lorem lorem pulvinar pharetra feugiat sed aliquam congue lobortis, nunc dolore magna aliquam erat erat tempus. Pulvinar felis mi tincidunt, magna, aliquam tempus erat feugiat ipsum dolor feugiat ipsum pulvinar nonummy turpis, adipiscing elit eget id eget eget id id volutpat. Tellus aliquet, adipiscing elit mauris felis, eget mauris adipiscing consectetur, sit nonummy at at elit consectetur amet dolor, feugiat pulvinar lorem tempus lorem aliquam donec. Lorem pharetra amet dolor, consectetur adipiscing nonummy, consectetur adipiscing elit at adipiscing, elit mauris, nonummy pharetra sit dolor, sit sit dolor ipsum sed feugiat feugiat. Pulvinar pharetra consectetur adipiscing nonummy adipiscing amet pharetra pulvinar pharetra sit pulvinar feugiat ipsum sed feugiat erat, ac tempus tempus lorem lorem ipsum, sed lorem. Donec lorem tempus erat adipiscing nonummy turpis dolor tempus donec nisi nunc lobortis, ante nibh nibh massa et proin mi nibh lobortis mi proin praesent. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 2" \l 2 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc6" w:id="14416105042666831823"/>
-      <w:bookmarkEnd w:id="14416105042666831823"/>
+      <w:bookmarkStart w:name="_Toc16" w:id="7849211719230537608"/>
+      <w:bookmarkEnd w:id="7849211719230537608"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pharetra, ipsum ut mi euismod turpis lorem tincidunt, praesent, mauris nunc ante volutpat amet aliquam ante volutpat amet erat lobortis ullamcorper, elit ipsum nisi et. Euismod at lorem, dolore ante volutpat, nonummy, tempus lobortis, ullamcorper tempus massa, non nonummy tempus lobortis ullamcorper felis feugiat nisi mi euismod turpis ac tincidunt. Tellus at dolor dolore ante, volutpat nonummy aliquam nibh non, congue proin, molestie pharetra donec mi molestie pharetra, donec mi molestie consectetur donec ante non. Elit pulvinar nisi et id sit aliquam nibh, amet ac nibh euismod adipiscing feugiat congue praesent molestie dolor donec mi molestie pharetra erat nunc diam. Elit ipsum ut et eget pulvinar nisi et eget pulvinar, et volutpat pulvinar dolore proin, mauris dolor dolore sem, eget, dolor dolore praesent mauris dolor. Dolore proin volutpat sed congue, praesent mauris dolor dolore mi mauris pharetra mi mauris dolor congue ante tellus consectetur erat mi molestie pharetra erat massa. Tellus pharetra ac laoreet sem eget pulvinar sem, at, sed dolore proin, eget pulvinar donec proin, eget pulvinar donec, proin, volutpat nonummy tempus lobortis ullamcorper. Adipiscing ipsum ut diam felis feugiat magna mi tellus ac, laoreet tellus turpis lorem tincidunt praesent adipiscing ac tincidunt praesent eget pharetra dolore praesent mauris. Feugiat, congue mi molestie pharetra, donec ante volutpat consectetur donec mi, sit congue praesent felis feugiat ut diam felis feugiat magna, et id turpis ac. </w:t>
+        <w:t xml:space="preserve">Eget tincidunt ut ut dolore lobortis, nunc, tincidunt ut mi, ante massa laoreet. Nibh adipiscing nonummy adipiscing nonummy consectetur mauris elit consectetur amet nonummy turpis turpis. Consectetur turpis amet sit sed magna, tincidunt nibh laoreet nibh praesent diam et. Ante tincidunt magna nisi dolore congue magna aliquam magna nisi dolore congue aliquam. Aliquam ac aliquam donec ac aliquam donec nisi dolore, congue ut dolore et. Ante laoreet nibh ante mi nibh ante, laoreet lobortis massa tincidunt lobortis massa. Nibh lobortis ut nunc, magna nisi donec lorem, dolor turpis nonummy nonummy turpis. Nonummy eget mauris adipiscing pharetra ipsum feugiat sit pulvinar feugiat tempus erat lorem. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 1" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc7" w:id="11117007576801858080"/>
-      <w:bookmarkEnd w:id="11117007576801858080"/>
+      <w:bookmarkStart w:name="_Toc17" w:id="8161730535445060192"/>
+      <w:bookmarkEnd w:id="8161730535445060192"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Third-level header 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor aliquam, ut mi molestie turpis ac tincidunt proin eget amet aliquam ante, euismod nonummy, lorem, ut mi molestie consectetur. Sed ut elit sed dolore sem elit ipsum dolore et volutpat amet aliquam, nibh congue ut massa lobortis ante diam. Tellus, ullamcorper volutpat id volutpat mauris elit pharetra feugiat ipsum, lorem aliquam magna, nunc sem elit, pulvinar aliquam proin id. Pulvinar feugiat ut et molestie sit magna, et felis sit dolor feugiat erat magna lobortis praesent tellus eget adipiscing pharetra. Elit adipiscing amet sit, sed lorem pulvinar, lorem aliquam congue mi molestie pharetra donec nunc, sem eget massa tellus pharetra. Ac nunc proin eget pulvinar, aliquam ante volutpat turpis lorem tincidunt diam adipiscing lorem lobortis ullamcorper adipiscing lorem lobortis non. Nonummy ipsum ut ullamcorper tempus massa non elit erat ut, sem nonummy, erat massa non consectetur erat massa non, elit. Ipsum ut proin euismod amet aliquam et id pulvinar nisi proin pulvinar nisi ante eget amet aliquam nibh, euismod sem. Nonummy, erat nunc tellus sit ac mi molestie consectetur, erat massa elit dolor dolore ante eget sed, dolore proin eget. </w:t>
+        <w:t xml:space="preserve">Nisi pharetra sit felis elit mauris id, id non aliquet euismod molestie. Euismod euismod mauris felis mauris adipiscing nonummy turpis adipiscing consectetur dolore dolore. Magna tempus tempus sed lorem ipsum sed, tempus erat lorem lorem ipsum. Sed ipsum erat, aliquam donec lobortis massa et praesent sem aliquet proin. Praesent nibh ante mi proin proin et sem ullamcorper volutpat id at. Mauris felis at pulvinar, dolor pulvinar, dolor lorem sed dolor feugiat ipsum. Dolor tellus id, adipiscing adipiscing, pharetra, adipiscing amet, sit amet nonummy sit. Sed dolor sit pulvinar consectetur turpis amet feugiat ipsum ac dolore nibh. Erat dolor feugiat pulvinar dolor ipsum lorem tempus tempus lorem lorem pulvinar. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 2" \l 3 </w:instrText>
       </w:r>
-      <w:bookmarkStart w:name="_Toc8" w:id="1824270114983512351"/>
-      <w:bookmarkEnd w:id="1824270114983512351"/>
+      <w:bookmarkStart w:name="_Toc18" w:id="15040894705614756885"/>
+      <w:bookmarkEnd w:id="15040894705614756885"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Second-level header 3</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Dolore nibh diam adipiscing ut et molestie consectetur ac mi aliquet at dolor dolore sem mauris dolor donec proin volutpat pulvinar, aliquam ante, volutpat. Nonummy ipsum congue diam elit lobortis diam nonummy tempus nisi mi tellus turpis magna nibh, tellus, at sed dolore praesent eget, amet, aliquam, massa. Non nonummy tempus ut diam felis ac mi id sit magna, et id, sit, ac laoreet aliquet at sed tincidunt tellus, adipiscing lorem tincidunt. Aliquet mauris feugiat congue mi molestie, pharetra donec, mi, feugiat congue praesent felis sit magna praesent molestie pharetra erat massa sem elit ipsum dolore. Proin, id amet aliquam lobortis ullamcorper turpis tempus praesent, molestie pharetra donec ante tellus consectetur sed nunc proin eget pulvinar, aliquam, nibh euismod adipiscing. Dolor dolore praesent mauris pharetra magna mi non, nonummy tempus nunc, id sit ac tincidunt aliquet adipiscing sed dolore, praesent molestie amet donec ante. Non elit tempus lobortis diam, nonummy tempus massa non elit ipsum magna laoreet diam felis feugiat congue et id feugiat ut diam id feugiat. Nisi mi tellus consectetur ac tincidunt aliquet consectetur lorem dolore, ante non adipiscing, ipsum ut diam feugiat ut diam elit ipsum ut diam elit. Tempus nisi et felis sit magna nibh euismod turpis aliquam nibh tellus at sed tincidunt aliquet adipiscing lorem tincidunt felis feugiat congue, praesent, mauris. Pharetra erat ante tellus consectetur erat mi molestie pharetra magna mi molestie sit ac mi molestie turpis, ac, massa tellus consectetur erat tellus pulvinar. </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">Third-level header 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec mauris, mauris tellus diam, pharetra adipiscing felis volutpat non tellus ullamcorper diam ante mi et ante. Mi tincidunt lobortis massa tincidunt lobortis nunc lobortis, ante laoreet nibh mi ante et, proin praesent tellus. Euismod non tellus euismod non proin, mi et et, mi mi nibh ante laoreet lobortis, nunc tincidunt. Congue aliquam consectetur felis nonummy at felis eget mauris id id volutpat tellus ullamcorper diam aliquet praesent. Mi nibh, massa tincidunt lobortis nunc nunc ut nunc congue ut nunc mi tincidunt ut, dolore congue. Ut nunc nibh ante nibh proin praesent tellus id at ullamcorper volutpat felis elit, turpis consectetur pulvinar. Sed lorem feugiat sed ac aliquam magna nisi tincidunt lobortis mi, proin praesent non tellus, euismod tellus. Euismod, eget felis consectetur turpis nonummy pharetra adipiscing elit consectetur turpis mauris nibh praesent non tellus id. Eget, dolore lobortis laoreet sem euismod mauris amet sit erat, nisi tincidunt massa, et euismod mauris adipiscing. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> TC "TC Field for Second-level header 3" \l 2 </w:instrText>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="13542749111118165917"/>
+        <w:instrText xml:space="preserve"> TC "TC Field for Third-level header 3" \l 3 </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:name="_Toc19" w:id="2962776850959387681"/>
+      <w:bookmarkEnd w:id="2962776850959387681"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="MessageHeader"/>
-[...871 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
       </w:pPr>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R4380e36e0c364ce5"/>
+      <w:headerReference w:type="default" r:id="Rf3820fdfceb34686"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3322,69 +1577,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>16</w:t>
+      <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> SECTIONPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>15</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -3961,51 +2216,51 @@
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R399ac9be87b241c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfdfebabd52af4dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd8dd8a664f51488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R4380e36e0c364ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2f77427e967f4cf9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9ee7c73ba90b4f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R91aa191638634053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R736332efbed04ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rf3820fdfceb34686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R96c3e0e454904dd9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>