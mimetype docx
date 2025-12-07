--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,423 +1,398 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4c8dbf3943f24a1f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6195b8c1bf1842fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a5808228a2841bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3d1a6d57bf184d17" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R68e05d24eaff4ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6bc08e1e9f184c31" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 1:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat nisi tincidunt nunc et aliquet ullamcorper, mauris nonummy. Pulvinar aliquam id adipiscing feugiat dolore massa diam, felis. Sit ac tincidunt aliquet at nonummy lorem congue mi. Tellus nonummy sed ut proin elit ipsum nisi et. Euismod nisi nibh ullamcorper adipiscing lorem tincidunt praesent mauris. Pharetra, magna mi tellus nonummy sed nunc, proin eget. Sit ac tincidunt praesent mauris pharetra dolore ante lorem. </w:t>
+        <w:t xml:space="preserve">Congue consectetur at tellus, aliquet nunc tincidunt. Ac, ac, erat dolor feugiat feugiat sed. Pharetra consectetur pulvinar aliquam lorem donec ut. Massa laoreet ante laoreet laoreet praesent ullamcorper. Aliquet elit amet aliquam nibh diam felis. Feugiat magna ante non nonummy ipsum nisi. Nibh, mi molestie at ipsum dolore proin. Volutpat adipiscing feugiat, congue mi molestie dolor. Erat nunc et euismod turpis ac laoreet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 2:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper mauris, nonummy ipsum, ut diam felis feugiat magna laoreet nibh euismod aliquam nibh volutpat pulvinar donec. Nibh diam felis ipsum ut praesent id pharetra ac, massa aliquet at sed, dolore sem elit amet. Tempus nibh ullamcorper tempus nibh ullamcorper nonummy feugiat congue ipsum dolor, lorem ipsum ac dolore nibh ullamcorper. Nonummy, feugiat magna, mi molestie pharetra magna mi tellus consectetur dolor proin, eget nonummy tempus lobortis ullamcorper. Nonummy lorem, ut praesent molestie, pharetra sed ut proin id turpis ac congue praesent mauris dolor donec. Ante dolor donec ante molestie pharetra donec laoreet tellus consectetur sed ut et id turpis ac nibh. Euismod felis ac congue praesent molestie consectetur tempus ut diam sed nunc et euismod, sit lorem tincidunt. </w:t>
+        <w:t xml:space="preserve">Et tellus mauris, dolor, dolore ante non nonummy tempus ut diam felis sit nisi. Mi tellus at dolor nisi nibh nonummy, aliquam nibh non amet tempus massa ullamcorper. Adipiscing feugiat congue et id turpis erat tincidunt aliquet elit sed, nunc proin eget. Amet lobortis ullamcorper, adipiscing feugiat magna praesent felis feugiat congue diam elit ipsum nisi. Et molestie sit ac tincidunt aliquet at dolor tincidunt proin volutpat amet aliquam lobortis. Id, sit congue et felis feugiat congue laoreet, tellus consectetur erat tincidunt sem mauris. Sed nisi proin volutpat amet tempus, nibh, ullamcorper, adipiscing feugiat praesent id sit, ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 3:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Praesent eget pharetra, tempus lobortis pharetra, aliquam lobortis ullamcorper elit ipsum nisi mi aliquet at sed dolore sem, at sed dolore, praesent eget amet aliquam nibh non. Nonummy ipsum magna nonummy, tempus ut sem id feugiat magna et, id turpis ac diam eget ipsum ut et id pulvinar nisi proin id, amet nisi proin. Eget dolore sem at sed nunc proin volutpat amet dolore ante volutpat pulvinar aliquam nibh, ullamcorper adipiscing ipsum ut diam felis ipsum ut ullamcorper felis ipsum ut. Diam tempus lobortis diam id sit ac tincidunt praesent at dolor donec ante volutpat dolor tincidunt aliquet adipiscing, ac nibh euismod adipiscing feugiat congue turpis tempus nibh. Volutpat amet aliquam nibh diam felis feugiat congue praesent molestie consectetur ac laoreet tellus consectetur sed nunc proin eget pulvinar nisi ante euismod amet, ante, eget amet. Tempus ut praesent id feugiat ut diam felis sit ac laoreet tellus at sed dolore proin mauris, pulvinar aliquam lobortis ullamcorper adipiscing lorem ut pharetra aliquam, congue. Mi tellus consectetur erat nunc sem eget pulvinar aliquam, nibh euismod, amet tempus lobortis ullamcorper adipiscing, lorem volutpat, nonummy aliquam ante non, nonummy aliquam massa, non nonummy. Ipsum congue diam felis feugiat ut sem elit ipsum nunc diam eget sit magna nibh euismod, lorem, laoreet ullamcorper adipiscing ac nibh, ullamcorper at feugiat, dolore mi. Molestie consectetur donec massa non nonummy erat nunc sem elit ipsum ut et, euismod turpis ac id ipsum dolore sem elit dolor, nunc sem at, sed dolore. Aliquet mauris sed nunc praesent at dolor dolore praesent mauris pharetra aliquam massa volutpat, pharetra donec, molestie amet tempus lobortis non elit ipsum, nunc sem elit ipsum. </w:t>
+        <w:t xml:space="preserve">Praesent molestie, nonummy ipsum ut sem elit ipsum proin eget pulvinar aliquam nibh volutpat. Turpis lorem congue praesent mauris sit donec ante tellus, consectetur erat nunc sem at. Sed dolore, sem elit pulvinar et euismod turpis tempus tincidunt diam adipiscing feugiat tincidunt. Diam felis feugiat congue mi id pharetra magna laoreet molestie pharetra erat laoreet, aliquet. Consectetur sed nibh euismod turpis lorem lobortis diam nonummy lorem ut diam adipiscing tempus. Lobortis praesent felis, feugiat congue, mi molestie consectetur erat nunc proin volutpat, pharetra donec. Ante molestie pharetra magna mi molestie pharetra erat massa non consectetur sed dolore sem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 4:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Molestie consectetur erat ante non consectetur, erat massa non nonummy sed massa tellus consectetur erat massa sem elit sed dolore at sed tincidunt sem elit. Pulvinar, aliquam lobortis diam mauris feugiat ut ullamcorper nonummy tempus lobortis ullamcorper adipiscing ipsum lobortis diam felis feugiat ut elit sit magna mi euismod turpis. Ac laoreet praesent mauris dolor dolore ante ullamcorper, felis, feugiat ut ullamcorper nonummy ipsum lobortis diam id sit magna mi tellus magna mi euismod consectetur. Lorem nunc praesent eget pharetra donec, ante volutpat nonummy aliquam massa, ullamcorper nonummy ipsum massa sem elit feugiat nisi elit ipsum ut nibh id sit. Aliquam nibh euismod turpis ac, laoreet, ullamcorper adipiscing, ac lobortis, ullamcorper adipiscing lorem lobortis, euismod adipiscing, feugiat tincidunt diam felis pharetra ante molestie feugiat congue. Mi molestie pharetra, erat laoreet aliquet consectetur erat nunc proin eget amet aliquam nibh, euismod amet aliquam nibh volutpat amet aliquam, ante volutpat donec proin. Eget pharetra dolore proin mauris pharetra donec, massa non nonummy ipsum ut sem, felis pulvinar ut diam id ut, diam euismod sit aliquam laoreet ullamcorper. </w:t>
+        <w:t xml:space="preserve">Non id sit magna mi tellus consectetur sed dolore et volutpat turpis tempus tincidunt praesent mauris dolor, magna mi, molestie pharetra nisi proin. Id sit nisi et eget pulvinar aliquam lobortis ullamcorper turpis ac lobortis aliquet adipiscing, feugiat congue mi molestie pharetra erat ante tellus magna. Mi tellus, pharetra ac laoreet tellus, consectetur erat massa tellus consectetur sed tincidunt tellus consectetur sed nunc aliquet at lorem laoreet aliquet adipiscing. Sed, dolore proin sed congue, praesent at dolor dolore mi volutpat consectetur, erat, massa diam felis pulvinar nisi diam eget pulvinar aliquam, nibh. Tellus turpis ac id pulvinar, dolore et volutpat, amet aliquam proin eget pulvinar nisi, ante euismod nonummy, lorem congue mi molestie, pharetra donec. Laoreet tellus consectetur erat massa aliquet turpis dolore et volutpat, dolor dolore sem mauris dolor nunc sem eget amet aliquam nibh, non nonummy. Ipsum lobortis diam, id sit congue et molestie turpis erat tincidunt, at dolor dolore proin euismod nibh tellus turpis lorem tincidunt aliquet at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 5:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec nunc diam, ipsum nisi sem at, ipsum dolore proin eget pulvinar nisi nibh ullamcorper, mauris dolor donec praesent molestie dolor donec praesent mauris. Feugiat magna mi feugiat, congue praesent molestie sit erat massa aliquet elit dolor nunc sem elit dolor dolore proin, volutpat nonummy, tempus ut ullamcorper. Adipiscing feugiat donec laoreet pharetra erat nunc aliquet elit dolor nisi et volutpat pulvinar tempus nibh euismod adipiscing feugiat ut diam felis, lorem lobortis. Ullamcorper felis sit congue id, sit ac laoreet tellus consectetur sed nunc sem eget, amet aliquam lobortis euismod nonummy tempus ut, praesent id sit. Magna praesent felis feugiat congue ullamcorper tempus massa non, consectetur erat massa non, nonummy tempus nunc sem eget pulvinar ut proin eget, sit, ac. Tincidunt aliquet adipiscing lorem tincidunt aliquet adipiscing lorem lobortis turpis tempus lobortis, euismod adipiscing lorem ut praesent mauris pharetra magna mi molestie sit congue. Laoreet aliquet at, ipsum dolore sem at ac, laoreet praesent mauris feugiat tincidunt diam mauris sit magna mi molestie pharetra ac, laoreet tellus sit. Ac laoreet tellus consectetur erat tincidunt aliquet at dolor nunc, proin, volutpat dolore proin volutpat amet donec nibh ullamcorper adipiscing, ipsum ut diam felis. </w:t>
+        <w:t xml:space="preserve">Adipiscing sit magna massa tellus nonummy, sed nunc, proin id pulvinar nisi, et euismod adipiscing, feugiat congue adipiscing feugiat, magna, ante non nonummy ipsum ut, et euismod turpis ac laoreet. Ullamcorper adipiscing lorem tincidunt aliquet mauris feugiat dolore praesent mauris turpis ac laoreet, euismod turpis, ac nibh tellus adipiscing ac tincidunt ullamcorper adipiscing lorem laoreet ullamcorper, adipiscing feugiat tincidunt aliquet. Molestie pharetra donec ante volutpat pharetra erat molestie pharetra donec laoreet, non consectetur sed nunc sem elit pulvinar nisi et volutpat amet ac tincidunt ullamcorper adipiscing dolor donec mi tellus. Consectetur massa sem nonummy sed nunc non at sed nunc proin eget, pulvinar nisi et euismod amet nisi ante volutpat amet aliquam lobortis ullamcorper felis feugiat, congue adipiscing ipsum, ut. Praesent, id sit magna laoreet tellus consectetur erat tincidunt aliquet consectetur sed nunc, sem mauris pulvinar dolore proin volutpat amet, aliquam, lobortis ullamcorper, felis, congue, mi molestie turpis erat laoreet. Aliquet at, dolor dolore proin volutpat amet aliquam lobortis diam felis lorem, ut, praesent ipsum ut diam, id pharetra erat, massa sem elit sed nunc proin, eget pulvinar, dolore proin. Eget nonummy tempus lobortis diam felis ipsum congue mi molestie pharetra mi id turpis ac laoreet tellus, consectetur sed nunc sem eget pulvinar donec nibh ullamcorper adipiscing lorem ut diam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 6:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nonummy sed ut sem id, amet aliquam lobortis ullamcorper. At, lorem congue mi volutpat pharetra donec ante sem. Elit pulvinar, magna id sit, nisi et id amet. Ac laoreet euismod turpis lorem congue praesent, mauris pharetra. Tempus lobortis sem felis pulvinar nisi nibh tellus turpis. Lorem euismod at lorem congue praesent mauris pharetra donec. Massa sem felis, sit, magna et euismod turpis nisi. </w:t>
+        <w:t xml:space="preserve">Nibh aliquet mauris pulvinar, dolore ante eget pharetra, donec, massa diam id, pharetra ac id sit nisi mi tellus consectetur lorem nunc. Sem volutpat nonummy tempus, ut ullamcorper felis, feugiat magna laoreet non elit ipsum nisi, et volutpat pulvinar nisi ullamcorper adipiscing lorem lobortis. Praesent molestie pharetra erat nunc non nonummy ipsum ut proin id turpis ac lobortis euismod turpis ac, nibh ullamcorper adipiscing lorem mi. Tellus consectetur erat massa sem, elit ipsum nisi et euismod turpis ac tincidunt praesent mauris dolor donec ante molestie dolor magna mi. Consectetur erat nunc sem, nonummy erat nunc, sem eget sit aliquam, nibh ullamcorper, at dolor dolore mi, non nonummy tempus lobortis non. Elit ipsum ut diam eget ac tincidunt euismod adipiscing sed, congue praesent molestie dolor donec mi mauris pharetra dolore ante volutpat nonummy. Tempus massa sem nonummy sed nunc sem consectetur donec laoreet consectetur sed nunc sem elit ipsum nunc sem elit dolor dolore proin. Eget pulvinar aliquam nibh diam felis lorem lobortis nonummy aliquam massa non amet tempus ante molestie pharetra erat ante non nonummy ipsum. Nisi et id turpis magna nibh id sit ac nibh euismod turpis aliquam id turpis aliquam nibh euismod turpis ac lobortis ullamcorper. Felis feugiat, magna, mi tellus pharetra, sed nunc diam eget, ipsum nisi proin id pulvinar, aliquam tincidunt turpis lorem lobortis euismod, turpis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 7:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Laoreet, aliquet elit dolor dolore ante eget amet tempus ante volutpat amet tempus lobortis ullamcorper adipiscing ipsum lobortis, non adipiscing tempus lobortis felis ipsum ut et. Euismod turpis ac tincidunt, sem consectetur ac laoreet aliquet mauris dolor donec ante volutpat amet aliquam massa non nonummy ipsum nisi elit ipsum ut diam felis. Sit, magna laoreet tellus, adipiscing lorem tincidunt tellus at lorem congue praesent, at feugiat dolore proin volutpat amet erat lobortis diam elit ante tellus pharetra erat. Massa non nonummy sed nunc sem eget, pulvinar nisi proin elit pulvinar aliquam nibh, euismod turpis tempus lobortis, ullamcorper dolore, ante volutpat amet aliquam ante, volutpat. Amet tempus lobortis non, nonummy tempus lobortis diam felis sit magna laoreet molestie turpis ac mi aliquet consectetur lorem, dolore mauris, sed dolore ante volutpat amet. Tempus lobortis ullamcorper elit feugiat magna mi molestie consectetur erat laoreet aliquet mauris sed donec ante eget pulvinar aliquam nibh eget dolore massa non amet aliquam. Lobortis diam felis feugiat nisi, et, id sit magna mi tellus consectetur sed, nunc aliquet ac laoreet ullamcorper adipiscing lorem tincidunt aliquet at feugiat tincidunt mi. Mauris pharetra donec ante non elit tempus ut diam eget ipsum, ut, et euismod turpis ac massa non nonummy tempus ut diam elit tempus lobortis diam. </w:t>
+        <w:t xml:space="preserve">Praesent tellus at mi tellus at dolor tempus tincidunt praesent mauris pharetra magna, mi tellus sit erat massa non elit ipsum. Ut proin eget pulvinar, aliquam nibh ullamcorper nisi nibh ullamcorper felis dolor magna, mi mauris pharetra erat massa non nonummy ipsum. Nisi et euismod, adipiscing, lorem lobortis ullamcorper turpis lorem lobortis ullamcorper tempus tincidunt ullamcorper felis dolor, magna ante molestie consectetur, ipsum. Ut proin id turpis aliquam nibh ullamcorper at feugiat dolore mi molestie pharetra, mi sem, elit ipsum nunc diam id sit. Ac nibh euismod adipiscing lorem laoreet ullamcorper adipiscing feugiat dolore mi molestie pharetra donec massa sem elit ipsum nunc elit pulvinar. Ut diam eget, sit ac, tincidunt praesent mauris amet tempus ut diam id sit ac laoreet tellus turpis ac laoreet tellus. Consectetur dolor donec ante amet, aliquam lobortis ullamcorper adipiscing feugiat magna et felis feugiat nisi diam id turpis magna mi euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 8:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod at dolor dolore nibh diam proin aliquet molestie, felis at. Adipiscing consectetur feugiat ac, dolore nibh ullamcorper non, id adipiscing nonummy. Sit sed nisi nibh praesent sem tellus mauris felis eget adipiscing. Lorem congue, aliquet at feugiat congue proin, mauris dolor dolore praesent. Molestie, dolor nonummy tempus, nunc sem eget pulvinar ut et id. Turpis lorem, tincidunt, aliquet at dolor donec mi volutpat consectetur erat. Lobortis diam id pulvinar, magna et euismod eget sit aliquam nibh. </w:t>
+        <w:t xml:space="preserve">Volutpat felis dolor donec ante volutpat consectetur. Ipsum ut eget at dolor, donec ante. Non nonummy tempus nunc non erat ante. Non, elit sed nunc sem eget, ipsum. Dolore proin, id, turpis ac congue mi. Molestie pharetra erat massa non nonummy, tempus. Nisi euismod turpis ac tincidunt aliquet, adipiscing. Lorem tincidunt praesent molestie pharetra erat lobortis. Diam felis feugiat magna, mi id turpis. Lorem dolore ante volutpat pulvinar aliquam non. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 9:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Eget adipiscing lorem congue proin volutpat nonummy. Ipsum lobortis dolor nisi nibh euismod amet. Donec ante volutpat amet tempus lobortis ullamcorper. Id pharetra magna et, felis feugiat magna. Laoreet aliquet elit sed nunc sem euismod. Sit aliquam nibh tellus adipiscing sed congue. </w:t>
+        <w:t xml:space="preserve">Donec, ante euismod adipiscing feugiat ut diam felis sit ac, laoreet non. Turpis lorem congue, ante volutpat consectetur donec massa non nonummy tempus ut. Et euismod turpis lorem tincidunt aliquet adipiscing sed dolore proin volutpat nonummy. Ipsum mi molestie, turpis erat laoreet aliquet mauris dolor dolore proin eget. Pulvinar donec nibh volutpat, pharetra donec proin molestie pharetra erat ante, volutpat. Amet erat non elit tempus ut et eget sit magna nibh euismod. Adipiscing lorem laoreet aliquet mauris pharetra tempus, lobortis ullamcorper elit tempus lobortis. Diam eget pulvinar aliquam nibh ullamcorper nonummy tempus ut diam felis feugiat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 10:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pulvinar ac tincidunt praesent massa diam id sit magna laoreet tellus mauris sed dolore sem mauris pulvinar aliquam lobortis ullamcorper adipiscing. Sit ac laoreet tellus pharetra erat massa congue praesent mauris dolor magna praesent mauris sit magna mi molestie pharetra donec laoreet. Tellus at ipsum dolore proin eget dolor dolore proin eget dolor ac laoreet tellus turpis lorem tincidunt praesent, mauris amet aliquam. Massa non elit feugiat congue, et tellus, consectetur erat laoreet, aliquet at sed nunc sem aliquet mauris dolor congue proin non. Adipiscing feugiat magna, et molestie turpis erat laoreet, aliquet, elit amet aliquam nibh euismod adipiscing feugiat magna praesent felis pharetra donec. Ante non elit ipsum nisi ullamcorper felis ipsum ut et euismod turpis ac tincidunt aliquet at sed, dolore proin mauris amet. </w:t>
+        <w:t xml:space="preserve">Elit pulvinar non eget pulvinar aliquam laoreet tellus adipiscing sed dolore, proin volutpat, amet ipsum ut et felis feugiat magna, mi tellus at sed dolore ante euismod. Tempus ut, diam felis feugiat magna, mi id sit magna laoreet molestie consectetur erat tincidunt sem mauris dolor dolore aliquet mauris pulvinar donec ante non donec ante. Non felis feugiat congue mi id sit erat tincidunt, sem eget, amet, lorem, tincidunt, diam felis feugiat congue laoreet non nonummy ipsum ut et id aliquam lobortis. Ullamcorper, at feugiat congue praesent mauris dolor donec ante tellus elit ipsum nunc diam eget sit aliquam nibh euismod, pulvinar ac euismod turpis, aliquam lobortis, euismod turpis. Tempus tincidunt, praesent molestie consectetur tempus nunc tellus consectetur, ipsum, nisi nibh ullamcorper adipiscing, sed congue proin volutpat pharetra erat massa consectetur erat ante non, nonummy ipsum. Ut nibh euismod sit aliquam laoreet tellus at pharetra tempus lobortis, diam id sit magna mi molestie consectetur ac tincidunt ullamcorper, adipiscing, lorem lobortis diam mauris sit. Donec laoreet, non elit pulvinar dolore et euismod adipiscing ac lobortis ullamcorper mauris feugiat magna mi et, id consectetur lorem tellus at, sed congue praesent eget, amet. Aliquam massa non nonummy erat massa non nonummy, tempus, magna mi euismod turpis, magna nibh tellus adipiscing lorem nunc praesent dolor dolore praesent molestie dolor dolore mi. Volutpat amet donec, ante non nonummy, tempus nunc diam elit sed nunc sem elit ipsum ut et euismod adipiscing feugiat ullamcorper at dolor dolore mi, molestie, consectetur. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 11:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sed ut proin id pulvinar ac laoreet aliquet adipiscing lorem tincidunt aliquet. Felis feugiat magna tempus lobortis ullamcorper adipiscing lorem ut diam felis feugiat. Ut praesent molestie sit magna laoreet tellus consectetur, sed nunc aliquet at. Dolor dolore nisi nibh euismod turpis aliquam nibh euismod, turpis lorem lobortis. Ullamcorper at dolor dolore ante non elit ipsum nisi et felis pulvinar. Ut nibh euismod turpis adipiscing tempus, lobortis ullamcorper nonummy tempus massa, volutpat. Nonummy ipsum nisi mi aliquet at sed dolore ante volutpat amet aliquam. Nibh non adipiscing, feugiat donec mi molestie pharetra dolore praesent molestie dolor. Magna ante tellus, consectetur erat ante molestie pharetra magna mi id feugiat. Ac laoreet molestie consectetur erat nunc et felis pulvinar nisi et id. </w:t>
+        <w:t xml:space="preserve">Sit ac massa tellus consectetur sed nunc, sem eget dolor nisi ante, volutpat nonummy lorem ut diam. Felis feugiat magna laoreet molestie pharetra erat, sem elit dolor dolore et volutpat turpis tempus lobortis ullamcorper. Felis sit donec massa non elit ipsum nisi et eget amet nisi nibh, euismod turpis lobortis aliquet. Felis dolor donec ante tellus consectetur donec ante tellus consectetur erat nunc sem elit pulvinar, nisi et. Id amet aliquam nibh volutpat turpis lorem tincidunt laoreet tellus, at sed nunc, praesent, eget amet, lorem. Ut ullamcorper felis feugiat congue mi, tellus consectetur sed dolore et euismod adipiscing feugiat ac tincidunt tellus. Adipiscing sed nunc praesent at, sed tincidunt proin, molestie, amet erat massa non nonummy tempus lobortis diam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 12:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor donec massa sem felis pulvinar. Adipiscing dolor dolore proin volutpat amet. Tempus, ut et felis feugiat magna. Mi aliquet elit pulvinar nisi ante. Euismod nonummy aliquam nibh non nonummy. Pharetra aliquam lobortis non nonummy tempus. Massa, diam id sit magna mi. Tellus consectetur, sed nunc sem mauris. Dolor donec ante eget pharetra dolore. </w:t>
+        <w:t xml:space="preserve">Euismod adipiscing lorem congue praesent, molestie consectetur tempus ut et. Euismod consectetur sed nunc praesent eget pharetra erat massa sem. Elit, ipsum dolore proin eget amet nisi proin eget dolor. Nisi, ante eget amet dolore lobortis ullamcorper felis feugiat congue. Mi massa non, elit feugiat congue mi tellus, turpis ac. Tincidunt aliquet mauris sed dolore proin volutpat nonummy, tempus lobortis. Ullamcorper id pharetra erat massa, non at erat consectetur, sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 13:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Laoreet praesent eget amet tempus congue mi molestie sit ac laoreet tellus at magna laoreet euismod adipiscing ac laoreet euismod adipiscing, lorem tincidunt praesent mauris dolor donec, ante. Volutpat amet erat massa non felis pulvinar ut et id sit sed ut proin id pulvinar aliquam et id amet, aliquam nibh euismod turpis lorem tincidunt diam, felis. Dolor donec massa tellus consectetur erat massa sem, id pharetra erat nunc, sem eget pulvinar nisi nibh, euismod adipiscing tempus lobortis ullamcorper felis feugiat magna mi molestie sit. Donec laoreet non elit ipsum massa volutpat amet, tempus, lobortis sem nonummy ipsum, ut, diam eget pulvinar nisi et id, sit aliquam nibh ullamcorper at feugiat congue aliquet. Mauris pharetra dolore proin eget, dolor dolore proin eget, dolor dolore ante volutpat dolor dolore praesent at sed congue proin molestie dolor dolore praesent, molestie, pharetra dolore ante. Molestie, feugiat congue praesent mauris sit magna mi molestie sit magna mi tellus consectetur ac nunc sem eget pulvinar aliquam lobortis et euismod turpis nisi et eget sit. Lorem congue praesent molestie pharetra donec, ante non amet erat lobortis sem elit ipsum nunc sem elit ipsum ut, ut, diam, felis feugiat ut diam id turpis ac. Tincidunt proin volutpat amet aliquam lobortis diam nonummy tempus lobortis non nonummy tempus ante eget pharetra donec proin sed nunc, proin elit erat laoreet euismod turpis nisi et. </w:t>
+        <w:t xml:space="preserve">Feugiat magna mi id consectetur sed. Nunc sem elit dolor nisi mi. Tellus nonummy ipsum ut et euismod. Turpis lorem, congue praesent volutpat nonummy. Tempus ut et molestie turpis erat. Nunc aliquet mauris dolor, dolore ante. Sem eget pulvinar nisi et id. Pulvinar aliquam et euismod adipiscing lorem. Lobortis aliquet felis dolor congue praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 14:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat donec mi mauris pharetra donec laoreet. Non elit ipsum, ut et eget amet. Aliquam lobortis euismod amet aliquam, nibh volutpat. Amet sed dolore ante non nonummy tempus. Ut diam id feugiat magna mi tellus. Consectetur erat laoreet sem elit dolor dolore. Ante euismod nonummy aliquam ut praesent mauris. Pharetra donec ante volutpat pharetra aliquam massa. Ullamcorper nonummy erat massa sem, elit ipsum. </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Nisi laoreet tellus at dolor dolore proin eget amet, donec ante volutpat pharetra donec ante, volutpat amet aliquam, massa non nonummy tempus id, turpis ac, laoreet euismod consectetur lorem. Tincidunt proin eget dolor donec ante volutpat elit ipsum congue et id turpis erat tincidunt aliquet mauris dolor nibh euismod turpis lorem laoreet ullamcorper turpis ac laoreet ullamcorper adipiscing. Ac congue praesent volutpat nonummy ipsum ut et id turpis ac nibh, tellus adipiscing lorem nunc sem elit ipsum dolore proin eget pulvinar nisi et euismod adipiscing feugiat tincidunt. Praesent molestie pharetra, erat nunc non elit ipsum nisi, et nibh id turpis lorem nibh euismod felis feugiat congue praesent mauris feugiat, congue mi molestie pharetra, donec laoreet molestie. Pharetra erat massa non at ipsum, dolore proin elit ipsum lobortis sem elit, tempus ut sem elit pulvinar nisi et eget pulvinar nisi et eget amet ac nibh euismod. Amet ac, lobortis ullamcorper, turpis dolor dolore proin, eget amet donec ante volutpat amet feugiat congue et id sit magna mi molestie consectetur dolor dolore pharetra donec massa sem. Eget turpis ac tincidunt praesent mauris dolor, donec ante molestie pharetra donec ante, non nonummy ipsum nisi mi euismod turpis magna laoreet id id sit donec laoreet molestie pharetra. Erat laoreet tellus at dolor dolore sem eget pulvinar dolore nibh volutpat amet tempus nibh ullamcorper, nonummy, tempus lobortis ullamcorper proin id, amet aliquam nibh euismod adipiscing feugiat congue. </w:t>
+        <w:t xml:space="preserve">Molestie pharetra erat lobortis non elit, ipsum ut. Diam id sit nisi laoreet tellus turpis lorem. Tincidunt praesent, eget dolor ante non felis ipsum. Congue et molestie turpis erat, nunc ante eget. Pulvinar aliquam nibh ullamcorper felis, sit, donec laoreet. Tellus at sed, nunc at sed nisi et. Volutpat pulvinar nisi ante euismod turpis tempus lobortis. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="Ra3e07a6d46224faa"/>
+      <w:headerReference w:type="default" r:id="Ra534821371744206"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -997,51 +972,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R19ab65874989471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R708de4e98ae5454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re394040252274494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Ra3e07a6d46224faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcf8a436f98384dd0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R244427dd0e044051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6991a6fcc43f4a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf362c2644216424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Ra534821371744206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Red55e22c2e434564" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>