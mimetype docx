--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -1,398 +1,398 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3d1a6d57bf184d17" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R68e05d24eaff4ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6bc08e1e9f184c31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R93a9a3d267ce4867" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5ad8d3e72d7a4812" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6f2334c3e22040d8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 1:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Congue consectetur at tellus, aliquet nunc tincidunt. Ac, ac, erat dolor feugiat feugiat sed. Pharetra consectetur pulvinar aliquam lorem donec ut. Massa laoreet ante laoreet laoreet praesent ullamcorper. Aliquet elit amet aliquam nibh diam felis. Feugiat magna ante non nonummy ipsum nisi. Nibh, mi molestie at ipsum dolore proin. Volutpat adipiscing feugiat, congue mi molestie dolor. Erat nunc et euismod turpis ac laoreet. </w:t>
+        <w:t xml:space="preserve">Volutpat, praesent diam tellus eget turpis tempus nisi laoreet proin euismod, felis pharetra, erat ut laoreet euismod, adipiscing dolor erat lobortis diam id turpis ac tincidunt, sem eget pulvinar. Lorem, magna, sit erat massa, non eget amet aliquam nibh id turpis ac tincidunt aliquet adipiscing feugiat congue praesent mauris dolor donec ante non elit ipsum nisi turpis lorem. Tincidunt praesent at amet tempus lobortis sem elit feugiat nisi et euismod turpis ac tincidunt aliquet at dolor dolore, proin, volutpat eget pulvinar dolore proin id turpis ac tincidunt. Aliquet mauris dolor magna mi tellus consectetur erat nunc sem, nonummy sed ut nibh euismod adipiscing sed congue proin molestie, turpis ac laoreet aliquet at sed nunc sem consectetur. Sed dolore proin eget pharetra dolore praesent mauris dolor dolore praesent mauris dolor dolore praesent mauris dolor praesent molestie pharetra, donec ante tellus consectetur sed, nunc sem id sit. Aliquam nibh euismod adipiscing lorem congue, praesent molestie pharetra erat aliquam lobortis ullamcorper nonummy tempus, nibh ullamcorper nonummy tempus lobortis non adipiscing ipsum lobortis, ullamcorper adipiscing ipsum congue et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 2:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Et tellus mauris, dolor, dolore ante non nonummy tempus ut diam felis sit nisi. Mi tellus at dolor nisi nibh nonummy, aliquam nibh non amet tempus massa ullamcorper. Adipiscing feugiat congue et id turpis erat tincidunt aliquet elit sed, nunc proin eget. Amet lobortis ullamcorper, adipiscing feugiat magna praesent felis feugiat congue diam elit ipsum nisi. Et molestie sit ac tincidunt aliquet at dolor tincidunt proin volutpat amet aliquam lobortis. Id, sit congue et felis feugiat congue laoreet, tellus consectetur erat tincidunt sem mauris. Sed nisi proin volutpat amet tempus, nibh, ullamcorper, adipiscing feugiat praesent id sit, ac. </w:t>
+        <w:t xml:space="preserve">Diam molestie consectetur ipsum nisi et euismod turpis ac lobortis aliquet. Molestie pharetra erat nunc sem adipiscing lorem tincidunt, aliquet mauris pharetra. Aliquam massa, ullamcorper felis ipsum congue et id sit magna mi. Euismod turpis ac tincidunt, aliquet eget dolor turpis aliquam nibh euismod. Turpis lorem, laoreet aliquet, mauris feugiat dolore mi mauris dolor congue. Diam felis feugiat tincidunt praesent felis lorem, congue, mi tellus consectetur. Erat id pharetra magna laoreet tellus turpis ac laoreet, aliquet at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 3:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Praesent molestie, nonummy ipsum ut sem elit ipsum proin eget pulvinar aliquam nibh volutpat. Turpis lorem congue praesent mauris sit donec ante tellus, consectetur erat nunc sem at. Sed dolore, sem elit pulvinar et euismod turpis tempus tincidunt diam adipiscing feugiat tincidunt. Diam felis feugiat congue mi id pharetra magna laoreet molestie pharetra erat laoreet, aliquet. Consectetur sed nibh euismod turpis lorem lobortis diam nonummy lorem ut diam adipiscing tempus. Lobortis praesent felis, feugiat congue, mi molestie consectetur erat nunc proin volutpat, pharetra donec. Ante molestie pharetra magna mi molestie pharetra erat massa non consectetur sed dolore sem. </w:t>
+        <w:t xml:space="preserve">Nisi lobortis euismod at feugiat dolore praesent. Felis feugiat magna praesent mauris pharetra magna. Massa non elit ipsum nunc sem elit. Pulvinar nisi et amet aliquam nibh ullamcorper. Adipiscing feugiat tincidunt diam, felis lorem lobortis. Praesent felis pharetra magna laoreet tellus consectetur. Erat massa non elit sed nunc sem. Erat nunc sem eget amet aliquam nibh. Euismod adipiscing feugiat magna laoreet non elit. Pulvinar aliquam nibh euismod turpis feugiat congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 4:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Non id sit magna mi tellus consectetur sed dolore et volutpat turpis tempus tincidunt praesent mauris dolor, magna mi, molestie pharetra nisi proin. Id sit nisi et eget pulvinar aliquam lobortis ullamcorper turpis ac lobortis aliquet adipiscing, feugiat congue mi molestie pharetra erat ante tellus magna. Mi tellus, pharetra ac laoreet tellus, consectetur erat massa tellus consectetur sed tincidunt tellus consectetur sed nunc aliquet at lorem laoreet aliquet adipiscing. Sed, dolore proin sed congue, praesent at dolor dolore mi volutpat consectetur, erat, massa diam felis pulvinar nisi diam eget pulvinar aliquam, nibh. Tellus turpis ac id pulvinar, dolore et volutpat, amet aliquam proin eget pulvinar nisi, ante euismod nonummy, lorem congue mi molestie, pharetra donec. Laoreet tellus consectetur erat massa aliquet turpis dolore et volutpat, dolor dolore sem mauris dolor nunc sem eget amet aliquam nibh, non nonummy. Ipsum lobortis diam, id sit congue et molestie turpis erat tincidunt, at dolor dolore proin euismod nibh tellus turpis lorem tincidunt aliquet at. </w:t>
+        <w:t xml:space="preserve">Erat, ut proin id amet nisi nibh euismod adipiscing feugiat congue ante volutpat consectetur donec ante molestie consectetur magna tincidunt praesent, mauris dolor dolore proin volutpat nonummy ipsum ut. Et molestie turpis ac laoreet aliquet elit dolor dolore ante eget amet donec eget pharetra aliquam nibh non nonummy aliquam massa ullamcorper elit erat lobortis non nonummy tempus lobortis. Sem nonummy tempus ut non elit tempus nunc sem nonummy pulvinar dolore ante volutpat dolor dolore ante volutpat amet erat ante volutpat consectetur, erat massa volutpat nonummy tempus, massa. Tellus consectetur donec laoreet non adipiscing lorem, tincidunt, aliquet mauris amet erat massa non nonummy tempus ut et id pulvinar nisi et eget pulvinar ut diam eget pulvinar ut. Proin eget amet tempus lobortis diam felis turpis ac laoreet, euismod turpis ac nibh euismod sit, magna, et euismod turpis ac nibh ullamcorper adipiscing feugiat dolore praesent, mauris, feugiat. Dolore non elit tempus, massa non nonummy erat massa non nonummy pulvinar ut proin eget ipsum nunc proin eget ipsum dolore praesent molestie nonummy erat lobortis sem nonummy ipsum. Ut et id turpis, lorem laoreet euismod adipiscing lorem nibh euismod turpis aliquam lobortis euismod pulvinar dolore et volutpat, aliquet mauris dolor dolore praesent, mauris pulvinar aliquam nibh non. Nonummy aliquam massa non nonummy tempus lobortis volutpat amet tempus massa non elit sit magna laoreet ullamcorper adipiscing lorem ut non pharetra aliquam, massa ullamcorper felis feugiat congue et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 5:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing sit magna massa tellus nonummy, sed nunc, proin id pulvinar nisi, et euismod adipiscing, feugiat congue adipiscing feugiat, magna, ante non nonummy ipsum ut, et euismod turpis ac laoreet. Ullamcorper adipiscing lorem tincidunt aliquet mauris feugiat dolore praesent mauris turpis ac laoreet, euismod turpis, ac nibh tellus adipiscing ac tincidunt ullamcorper adipiscing lorem laoreet ullamcorper, adipiscing feugiat tincidunt aliquet. Molestie pharetra donec ante volutpat pharetra erat molestie pharetra donec laoreet, non consectetur sed nunc sem elit pulvinar nisi et volutpat amet ac tincidunt ullamcorper adipiscing dolor donec mi tellus. Consectetur massa sem nonummy sed nunc non at sed nunc proin eget, pulvinar nisi et euismod amet nisi ante volutpat amet aliquam lobortis ullamcorper felis feugiat, congue adipiscing ipsum, ut. Praesent, id sit magna laoreet tellus consectetur erat tincidunt aliquet consectetur sed nunc, sem mauris pulvinar dolore proin volutpat amet, aliquam, lobortis ullamcorper, felis, congue, mi molestie turpis erat laoreet. Aliquet at, dolor dolore proin volutpat amet aliquam lobortis diam felis lorem, ut, praesent ipsum ut diam, id pharetra erat, massa sem elit sed nunc proin, eget pulvinar, dolore proin. Eget nonummy tempus lobortis diam felis ipsum congue mi molestie pharetra mi id turpis ac laoreet tellus, consectetur sed nunc sem eget pulvinar donec nibh ullamcorper adipiscing lorem ut diam. </w:t>
+        <w:t xml:space="preserve">Sem, elit, pulvinar ac, tincidunt praesent at feugiat tincidunt aliquet felis dolor dolore, mi volutpat consectetur, tempus. Ut, diam at dolor dolore proin eget dolor congue aliquet at feugiat congue aliquet at, dolor dolore. Praesent molestie pharetra donec nunc sem felis ipsum, ut diam sit, nisi et euismod adipiscing lorem tincidunt. Aliquet at, feugiat dolore mi molestie dolor magna mi mauris pharetra magna mi molestie consectetur sed massa. Sem elit ipsum non at sed nunc sem volutpat amet aliquam lobortis mi, molestie consectetur tempus, ut. Et id turpis ac laoreet tellus adipiscing lorem congue ullamcorper elit feugiat ac mi molestie turpis ac. Laoreet euismod turpis magna nibh id pulvinar magna et eget pulvinar nisi proin id turpis lorem congue. Praesent mauris tincidunt aliquet felis, tempus lobortis ullamcorper adipiscing lorem lobortis ullamcorper adipiscing tempus lobortis ullamcorper nonummy. Tempus lobortis non, amet aliquam massa ullamcorper elit feugiat ut diam felis erat tincidunt tellus at sed. Dolore proin eget pulvinar donec ante volutpat pharetra, dolore, ante volutpat elit feugiat congue id sit magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 6:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nibh aliquet mauris pulvinar, dolore ante eget pharetra, donec, massa diam id, pharetra ac id sit nisi mi tellus consectetur lorem nunc. Sem volutpat nonummy tempus, ut ullamcorper felis, feugiat magna laoreet non elit ipsum nisi, et volutpat pulvinar nisi ullamcorper adipiscing lorem lobortis. Praesent molestie pharetra erat nunc non nonummy ipsum ut proin id turpis ac lobortis euismod turpis ac, nibh ullamcorper adipiscing lorem mi. Tellus consectetur erat massa sem, elit ipsum nisi et euismod turpis ac tincidunt praesent mauris dolor donec ante molestie dolor magna mi. Consectetur erat nunc sem, nonummy erat nunc, sem eget sit aliquam, nibh ullamcorper, at dolor dolore mi, non nonummy tempus lobortis non. Elit ipsum ut diam eget ac tincidunt euismod adipiscing sed, congue praesent molestie dolor donec mi mauris pharetra dolore ante volutpat nonummy. Tempus massa sem nonummy sed nunc sem consectetur donec laoreet consectetur sed nunc sem elit ipsum nunc sem elit dolor dolore proin. Eget pulvinar aliquam nibh diam felis lorem lobortis nonummy aliquam massa non amet tempus ante molestie pharetra erat ante non nonummy ipsum. Nisi et id turpis magna nibh id sit ac nibh euismod turpis aliquam id turpis aliquam nibh euismod turpis ac lobortis ullamcorper. Felis feugiat, magna, mi tellus pharetra, sed nunc diam eget, ipsum nisi proin id pulvinar, aliquam tincidunt turpis lorem lobortis euismod, turpis. </w:t>
+        <w:t xml:space="preserve">Diam id sit ac laoreet sem volutpat feugiat congue praesent molestie consectetur. Erat nunc non nonummy ipsum nisi nibh tellus at dolor dolore praesent. Mauris pharetra donec ante volutpat pharetra erat nonummy tempus ut diam elit. Ipsum nisi, et id sit aliquam tincidunt praesent mauris dolor donec proin. Volutpat pharetra erat massa non nonummy tempus ut erat nunc, non elit. Pulvinar nisi et euismod turpis ac tincidunt praesent adipiscing lorem congue praesent. Molestie consectetur donec massa non consectetur ipsum elit, pulvinar nisi et id. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 7:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Praesent tellus at mi tellus at dolor tempus tincidunt praesent mauris pharetra magna, mi tellus sit erat massa non elit ipsum. Ut proin eget pulvinar, aliquam nibh ullamcorper nisi nibh ullamcorper felis dolor magna, mi mauris pharetra erat massa non nonummy ipsum. Nisi et euismod, adipiscing, lorem lobortis ullamcorper turpis lorem lobortis ullamcorper tempus tincidunt ullamcorper felis dolor, magna ante molestie consectetur, ipsum. Ut proin id turpis aliquam nibh ullamcorper at feugiat dolore mi molestie pharetra, mi sem, elit ipsum nunc diam id sit. Ac nibh euismod adipiscing lorem laoreet ullamcorper adipiscing feugiat dolore mi molestie pharetra donec massa sem elit ipsum nunc elit pulvinar. Ut diam eget, sit ac, tincidunt praesent mauris amet tempus ut diam id sit ac laoreet tellus turpis ac laoreet tellus. Consectetur dolor donec ante amet, aliquam lobortis ullamcorper adipiscing feugiat magna et felis feugiat nisi diam id turpis magna mi euismod. </w:t>
+        <w:t xml:space="preserve">Adipiscing sed nunc proin volutpat adipiscing ipsum congue at sed nisi et euismod turpis lorem congue praesent mauris sit magna mi molestie pharetra donec laoreet non at ipsum dolore. Et id amet, aliquam magna, mi euismod turpis ac, laoreet tellus turpis, magna, nibh euismod turpis ac laoreet euismod adipiscing, lorem congue aliquet mauris dolor, congue praesent mauris feugiat. Mi molestie pharetra congue mi molestie, consectetur sed ut et id adipiscing lorem tincidunt praesent at, lorem tincidunt ullamcorper at feugiat congue praesent adipiscing donec proin mauris sed congue. Aliquet, mauris dolor dolore ante, molestie pharetra donec mi volutpat nonummy tempus, nunc diam elit sed nunc tellus consectetur sed nunc sem volutpat amet ipsum ut et felis feugiat. Nisi diam felis, pulvinar nisi et euismod turpis lorem tincidunt tellus turpis lorem, laoreet ullamcorper at feugiat congue praesent felis sit ac tincidunt sem mauris dolor nunc aliquet turpis. Lorem tincidunt aliquet mauris sed dolore praesent mauris dolor aliquam laoreet tellus at sed dolore tincidunt mi et tellus at pulvinar lorem donec ut laoreet proin non felis at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 8:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Volutpat felis dolor donec ante volutpat consectetur. Ipsum ut eget at dolor, donec ante. Non nonummy tempus nunc non erat ante. Non, elit sed nunc sem eget, ipsum. Dolore proin, id, turpis ac congue mi. Molestie pharetra erat massa non nonummy, tempus. Nisi euismod turpis ac tincidunt aliquet, adipiscing. Lorem tincidunt praesent molestie pharetra erat lobortis. Diam felis feugiat magna, mi id turpis. Lorem dolore ante volutpat pulvinar aliquam non. </w:t>
+        <w:t xml:space="preserve">Feugiat ipsum, ut mi id turpis lorem tincidunt. Aliquet at lorem, tincidunt aliquet at sed congue. Praesent amet tempus lobortis diam felis feugiat ut. Et id turpis magna mi euismod sit magna. Nibh euismod adipiscing lorem laoreet ullamcorper at sed. Dolore volutpat nonummy ipsum lobortis sem felis feugiat. Magna et euismod sit magna nibh, euismod at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 9:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec, ante euismod adipiscing feugiat ut diam felis sit ac, laoreet non. Turpis lorem congue, ante volutpat consectetur donec massa non nonummy tempus ut. Et euismod turpis lorem tincidunt aliquet adipiscing sed dolore proin volutpat nonummy. Ipsum mi molestie, turpis erat laoreet aliquet mauris dolor dolore proin eget. Pulvinar donec nibh volutpat, pharetra donec proin molestie pharetra erat ante, volutpat. Amet erat non elit tempus ut et eget sit magna nibh euismod. Adipiscing lorem laoreet aliquet mauris pharetra tempus, lobortis ullamcorper elit tempus lobortis. Diam eget pulvinar aliquam nibh ullamcorper nonummy tempus ut diam felis feugiat. </w:t>
+        <w:t xml:space="preserve">Euismod, consectetur sed nunc praesent mauris dolor dolore praesent mauris dolor dolore ante, volutpat nonummy tempus lobortis diam molestie turpis, erat. Tincidunt tellus, molestie consectetur tempus ut, et, euismod turpis lorem laoreet ullamcorper at dolor dolore proin mauris feugiat congue praesent adipiscing. Dolor dolore mi molestie pharetra donec dolore ante non amet donec ante volutpat, pharetra donec ante volutpat amet erat massa non. Elit ipsum ut et felis pulvinar nisi, nibh id, sit, magna nibh turpis aliquam, nibh euismod turpis, lorem congue praesent mauris. Dolor donec ante non nonummy tempus massa non nonummy, tempus nunc sem eget ipsum sit ac massa non at erat nunc. Sem volutpat amet tempus lobortis ullamcorper adipiscing lorem tincidunt diam mauris sit congue praesent id consectetur erat massa sem elit molestie. Turpis ac massa tellus at dolor nisi ante euismod nonummy tempus nibh ullamcorper nonummy lorem ut ullamcorper adipiscing ipsum ut diam. Felis, feugiat congue diam felis diam felis pulvinar ac mi, euismod, consectetur lorem laoreet euismod, adipiscing sed congue proin, volutpat amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 10:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit pulvinar non eget pulvinar aliquam laoreet tellus adipiscing sed dolore, proin volutpat, amet ipsum ut et felis feugiat magna, mi tellus at sed dolore ante euismod. Tempus ut, diam felis feugiat magna, mi id sit magna laoreet molestie consectetur erat tincidunt sem mauris dolor dolore aliquet mauris pulvinar donec ante non donec ante. Non felis feugiat congue mi id sit erat tincidunt, sem eget, amet, lorem, tincidunt, diam felis feugiat congue laoreet non nonummy ipsum ut et id aliquam lobortis. Ullamcorper, at feugiat congue praesent mauris dolor donec ante tellus elit ipsum nunc diam eget sit aliquam nibh euismod, pulvinar ac euismod turpis, aliquam lobortis, euismod turpis. Tempus tincidunt, praesent molestie consectetur tempus nunc tellus consectetur, ipsum, nisi nibh ullamcorper adipiscing, sed congue proin volutpat pharetra erat massa consectetur erat ante non, nonummy ipsum. Ut nibh euismod sit aliquam laoreet tellus at pharetra tempus lobortis, diam id sit magna mi molestie consectetur ac tincidunt ullamcorper, adipiscing, lorem lobortis diam mauris sit. Donec laoreet, non elit pulvinar dolore et euismod adipiscing ac lobortis ullamcorper mauris feugiat magna mi et, id consectetur lorem tellus at, sed congue praesent eget, amet. Aliquam massa non nonummy erat massa non nonummy, tempus, magna mi euismod turpis, magna nibh tellus adipiscing lorem nunc praesent dolor dolore praesent molestie dolor dolore mi. Volutpat amet donec, ante non nonummy, tempus nunc diam elit sed nunc sem elit ipsum ut et euismod adipiscing feugiat ullamcorper at dolor dolore mi, molestie, consectetur. </w:t>
+        <w:t xml:space="preserve">Lobortis mi, tellus nonummy ipsum nisi, et euismod pulvinar nisi et eget id, turpis, magna tincidunt aliquet consectetur sed nunc praesent mauris. Pulvinar aliquam lobortis diam id, pharetra magna laoreet molestie pharetra ac mi molestie sit magna mi massa, sem, nonummy ipsum nisi et. Id, sit aliquam nibh euismod turpis ac laoreet ullamcorper adipiscing ac tincidunt aliquet felis dolor magna mi mauris feugiat sed tincidunt tellus. Adipiscing lorem congue proin eget pharetra dolore proin at lorem lobortis ullamcorper felis feugiat tincidunt praesent molestie pharetra donec ante tellus turpis. Ac, nunc praesent at dolor tincidunt aliquet mauris feugiat tincidunt aliquet mauris feugiat tincidunt mi, molestie pharetra donec mi tellus consectetur, tempus. Ut et euismod sed congue proin molestie pharetra dolore proin molestie pharetra erat lobortis et id sit magna et id turpis, ac. Tincidunt aliquet mauris pharetra donec ante volutpat nonummy volutpat nonummy erat massa volutpat amet erat lobortis non nonummy tempus nunc, sem eget. Pulvinar ac laoreet tellus turpis lorem ac laoreet molestie consectetur ac laoreet tellus, at sed nunc aliquet mauris dolor nunc sem eget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 11:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sit ac massa tellus consectetur sed nunc, sem eget dolor nisi ante, volutpat nonummy lorem ut diam. Felis feugiat magna laoreet molestie pharetra erat, sem elit dolor dolore et volutpat turpis tempus lobortis ullamcorper. Felis sit donec massa non elit ipsum nisi et eget amet nisi nibh, euismod turpis lobortis aliquet. Felis dolor donec ante tellus consectetur donec ante tellus consectetur erat nunc sem elit pulvinar, nisi et. Id amet aliquam nibh volutpat turpis lorem tincidunt laoreet tellus, at sed nunc, praesent, eget amet, lorem. Ut ullamcorper felis feugiat congue mi, tellus consectetur sed dolore et euismod adipiscing feugiat ac tincidunt tellus. Adipiscing sed nunc praesent at, sed tincidunt proin, molestie, amet erat massa non nonummy tempus lobortis diam. </w:t>
+        <w:t xml:space="preserve">Felis sit ac nunc sem eget dolor dolore ante non nonummy aliquam nibh non nonummy tempus ut mi tellus sem elit feugiat ut et felis sit. Magna, nibh euismod sit ac laoreet, euismod turpis lorem laoreet ullamcorper at feugiat congue praesent mauris feugiat congue diam elit, pulvinar nisi nibh id pulvinar nisi. Et id turpis lorem congue proin, mauris dolor congue praesent mauris dolor dolore praesent mauris dolor magna ante congue ullamcorper adipiscing lorem lobortis, non adipiscing ipsum. Congue diam molestie consectetur sed nunc sem eget amet nisi nibh euismod adipiscing feugiat congue diam, eget sit ac laoreet praesent mauris dolor congue aliquet mauris. Dolor congue aliquet mauris dolor dolore mi molestie dolor magna mi mauris, pharetra magna mi tellus volutpat pharetra tempus massa non nonummy, tempus ut mi felis. At turpis nonummy pulvinar ac nunc nibh mi et praesent, non id consectetur, ipsum aliquam tincidunt proin aliquet eget, adipiscing pharetra ipsum ac nunc ante diam. Tellus, eget, adipiscing pulvinar sit erat nisi laoreet proin diam aliquet et, sem mi volutpat id eget, amet tempus lobortis ullamcorper adipiscing lorem ut praesent id. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 12:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod adipiscing lorem congue praesent, molestie consectetur tempus ut et. Euismod consectetur sed nunc praesent eget pharetra erat massa sem. Elit, ipsum dolore proin eget amet nisi proin eget dolor. Nisi, ante eget amet dolore lobortis ullamcorper felis feugiat congue. Mi massa non, elit feugiat congue mi tellus, turpis ac. Tincidunt aliquet mauris sed dolore proin volutpat nonummy, tempus lobortis. Ullamcorper id pharetra erat massa, non at erat consectetur, sed. </w:t>
+        <w:t xml:space="preserve">Amet ipsum lobortis diam felis pharetra. Ac laoreet, aliquet at sed nunc. Proin eget dolor dolore ante volutpat. Amet tempus diam felis feugiat magna. Laoreet non consectetur erat massa aliquet. Proin praesent tellus ullamcorper mauris, adipiscing. Sit pulvinar amet, feugiat erat dolore. Ante, tincidunt sem mauris pulvinar dolore. Proin volutpat amet aliquam massa ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 13:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat magna mi id consectetur sed. Nunc sem elit dolor nisi mi. Tellus nonummy ipsum ut et euismod. Turpis lorem, congue praesent volutpat nonummy. Tempus ut et molestie turpis erat. Nunc aliquet mauris dolor, dolore ante. Sem eget pulvinar nisi et id. Pulvinar aliquam et euismod adipiscing lorem. Lobortis aliquet felis dolor congue praesent. </w:t>
+        <w:t xml:space="preserve">Nonummy eget, sit dolore proin molestie pharetra, erat massa non nonummy ipsum lobortis diam felis ipsum ut, sem elit pulvinar magna laoreet aliquet adipiscing sed. Congue, proin volutpat elit ipsum, nunc proin volutpat pulvinar nisi nibh volutpat amet tempus tincidunt diam felis sit, magna praesent id id turpis aliquam, laoreet. Aliquet mauris pharetra volutpat pharetra donec massa non, nonummy tempus massa sem elit sed nunc sem, elit ipsum ut, et, euismod amet nisi proin eget. Pulvinar nisi et euismod, amet ipsum ut et eget turpis lorem tincidunt proin eget amet tempus lobortis non amet tempus lobortis diam id feugiat nisi. Mi tellus consectetur feugiat tincidunt diam mauris sit, congue praesent felis feugiat congue praesent molestie pharetra ac et molestie turpis erat, tincidunt aliquet elit dolor. Dolore ante mauris dolor nunc volutpat nonummy tempus nibh non amet tempus lobortis non amet erat lobortis diam, elit ipsum, ut diam elit ipsum nunc. Sem eget pulvinar magna et id turpis congue aliquet mauris dolor aliquam massa, non elit ipsum lobortis, non elit ipsum ut diam felis sit, magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 14:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Molestie pharetra erat lobortis non elit, ipsum ut. Diam id sit nisi laoreet tellus turpis lorem. Tincidunt praesent, eget dolor ante non felis ipsum. Congue et molestie turpis erat, nunc ante eget. Pulvinar aliquam nibh ullamcorper felis, sit, donec laoreet. Tellus at sed, nunc at sed nisi et. Volutpat pulvinar nisi ante euismod turpis tempus lobortis. </w:t>
+        <w:t xml:space="preserve">Proin euismod turpis, tempus lobortis ullamcorper. Felis sit magna laoreet sit magna. Mi tellus consectetur ac laoreet aliquet. Eget amet aliquam nibh, euismod, amet. Tempus, lobortis praesent mauris feugiat magna. Ante non pharetra donec massa tellus. Ac massa sem at ipsum dolore. Proin eget amet aliquam nibh ullamcorper. Adipiscing, feugiat congue praesent mauris sit. Congue diam id, sit magna massa. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="Ra534821371744206"/>
+      <w:headerReference w:type="default" r:id="R24f82dff3e934a50"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -972,51 +972,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R244427dd0e044051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6991a6fcc43f4a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf362c2644216424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Ra534821371744206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Red55e22c2e434564" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9b1000e6a0b24f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re691c26b4b9b45b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra45f0513032c452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R24f82dff3e934a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2f1d4ad097ae4fa1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>