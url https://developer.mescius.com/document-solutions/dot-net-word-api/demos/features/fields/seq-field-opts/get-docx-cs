--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -1,398 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R93a9a3d267ce4867" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5ad8d3e72d7a4812" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6f2334c3e22040d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb72839540f384807" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb46b495168784654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77e36cfaf96b4ac8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 1:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Volutpat, praesent diam tellus eget turpis tempus nisi laoreet proin euismod, felis pharetra, erat ut laoreet euismod, adipiscing dolor erat lobortis diam id turpis ac tincidunt, sem eget pulvinar. Lorem, magna, sit erat massa, non eget amet aliquam nibh id turpis ac tincidunt aliquet adipiscing feugiat congue praesent mauris dolor donec ante non elit ipsum nisi turpis lorem. Tincidunt praesent at amet tempus lobortis sem elit feugiat nisi et euismod turpis ac tincidunt aliquet at dolor dolore, proin, volutpat eget pulvinar dolore proin id turpis ac tincidunt. Aliquet mauris dolor magna mi tellus consectetur erat nunc sem, nonummy sed ut nibh euismod adipiscing sed congue proin molestie, turpis ac laoreet aliquet at sed nunc sem consectetur. Sed dolore proin eget pharetra dolore praesent mauris dolor dolore praesent mauris dolor dolore praesent mauris dolor praesent molestie pharetra, donec ante tellus consectetur sed, nunc sem id sit. Aliquam nibh euismod adipiscing lorem congue, praesent molestie pharetra erat aliquam lobortis ullamcorper nonummy tempus, nibh ullamcorper nonummy tempus lobortis non adipiscing ipsum lobortis, ullamcorper adipiscing ipsum congue et. </w:t>
+        <w:t xml:space="preserve">Lorem erat lorem pulvinar turpis felis non praesent et, ut erat at adipiscing non ante donec, ac sit felis diam ut tempus. Aliquam sit id et congue sit id et magna pharetra molestie praesent magna sit mauris diam ut, tempus amet eget ante aliquam. Amet volutpat proin ut ipsum nonummy ullamcorper lobortis ipsum amet non proin dolore pharetra mauris praesent dolore dolor at aliquet tincidunt erat. Turpis, id et ut tempus nonummy volutpat tincidunt lorem adipiscing euismod nibh ac turpis euismod laoreet ac turpis id diam nisi pulvinar. Id et nisi sit felis et ut ipsum elit ante donec amet eget ante donec pulvinar eget ante, donec dolor at tellus. Laoreet ac, turpis molestie mi nisi feugiat id et congue feugiat felis diam, ut dolor mauris, proin dolore, pulvinar mauris proin, dolore. Dolor eget proin nunc sed at aliquet massa erat consectetur tellus, mi ac sit id mi donec sit eget proin dolore, dolor. Mauris proin nunc dolor elit aliquet massa sed at sem, nunc, sed consectetur tellus, massa erat elit, sem, nunc ipsum ante donec. Pharetra mauris aliquet congue feugiat mauris praesent, dolore dolor at praesent congue sed, at aliquet tincidunt lorem adipiscing tellus tincidunt, sed at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 2:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Diam molestie consectetur ipsum nisi et euismod turpis ac lobortis aliquet. Molestie pharetra erat nunc sem adipiscing lorem tincidunt, aliquet mauris pharetra. Aliquam massa, ullamcorper felis ipsum congue et id sit magna mi. Euismod turpis ac tincidunt, aliquet eget dolor turpis aliquam nibh euismod. Turpis lorem, laoreet aliquet, mauris feugiat dolore mi mauris dolor congue. Diam felis feugiat tincidunt praesent felis lorem, congue, mi tellus consectetur. Erat id pharetra magna laoreet tellus turpis ac laoreet, aliquet at. </w:t>
+        <w:t xml:space="preserve">Sed pharetra mauris praesent magna lorem adipiscing ullamcorper lobortis, tempus turpis dolor at praesent, congue, lorem adipiscing ullamcorper laoreet ac adipiscing. Tellus laoreet ac turpis euismod nibh magna sit euismod mi nisi, ipsum elit non ut ipsum erat, pharetra molestie praesent congue. Feugiat, felis diam ut tempus adipiscing euismod lobortis, lorem turpis, euismod nibh, nisi dolor volutpat proin dolore pulvinar eget proin donec. Pharetra id praesent magna sit molestie mi donec pharetra volutpat mi, magna dolor felis praesent congue lorem adipiscing euismod nibh aliquam. Turpis molestie praesent ut lorem nonummy, ullamcorper nibh aliquam nonummy euismod ante dolore sed elit aliquet massa ac, consectetur aliquet laoreet. Magna consectetur molestie praesent congue feugiat felis euismod et nisi pulvinar felis sem lobortis, ipsum elit non massa tempus nonummy non. Ante dolore dolor eget proin congue, sed, adipiscing euismod nibh magna turpis euismod magna turpis euismod mi ac sit id mi. Magna ipsum adipiscing non ante, dolore pharetra mauris aliquet nunc lorem sem dolore dolor mauris, proin, dolore dolor elit sem dolore. Sed turpis molestie et congue sit id praesent congue sit mauris, diam ut tempus adipiscing diam tincidunt felis ullamcorper lobortis, lorem. Turpis euismod nibh aliquam turpis ullamcorper nibh nisi sit id et ut ipsum, eget sem massa erat consectetur molestie mi magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 3:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nisi lobortis euismod at feugiat dolore praesent. Felis feugiat magna praesent mauris pharetra magna. Massa non elit ipsum nunc sem elit. Pulvinar nisi et amet aliquam nibh ullamcorper. Adipiscing feugiat tincidunt diam, felis lorem lobortis. Praesent felis pharetra magna laoreet tellus consectetur. Erat massa non elit sed nunc sem. Erat nunc sem eget amet aliquam nibh. Euismod adipiscing feugiat magna laoreet non elit. Pulvinar aliquam nibh euismod turpis feugiat congue. </w:t>
+        <w:t xml:space="preserve">Sem, ante magna, sit felis diam tincidunt lorem felis lobortis aliquam pulvinar volutpat et. Dolore sed consectetur, tellus mi congue feugiat mauris diam ante tincidunt ut erat dolor. Adipiscing eget id volutpat, ullamcorper aliquet proin laoreet aliquam sed feugiat pharetra ipsum pharetra. Adipiscing sit felis et nisi pulvinar id diam nisi ipsum felis diam ut tempus. Nonummy volutpat ante, adipiscing non nibh tempus nonummy euismod lobortis tempus nonummy ullamcorper lobortis. Tempus turpis euismod nibh aliquam pulvinar elit aliquet massa erat consectetur molestie donec consectetur. Non, ante erat consectetur tellus ante donec pharetra volutpat ante erat amet volutpat ante. Erat pharetra molestie proin dolore pharetra mauris, praesent dolore dolor at dolore dolor eget. Sem tincidunt sed mauris tellus laoreet erat consectetur tellus massa ac consectetur tellus massa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 4:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Erat, ut proin id amet nisi nibh euismod adipiscing feugiat congue ante volutpat consectetur donec ante molestie consectetur magna tincidunt praesent, mauris dolor dolore proin volutpat nonummy ipsum ut. Et molestie turpis ac laoreet aliquet elit dolor dolore ante eget amet donec eget pharetra aliquam nibh non nonummy aliquam massa ullamcorper elit erat lobortis non nonummy tempus lobortis. Sem nonummy tempus ut non elit tempus nunc sem nonummy pulvinar dolore ante volutpat dolor dolore ante volutpat amet erat ante volutpat consectetur, erat massa volutpat nonummy tempus, massa. Tellus consectetur donec laoreet non adipiscing lorem, tincidunt, aliquet mauris amet erat massa non nonummy tempus ut et id pulvinar nisi et eget pulvinar ut diam eget pulvinar ut. Proin eget amet tempus lobortis diam felis turpis ac laoreet, euismod turpis ac nibh euismod sit, magna, et euismod turpis ac nibh ullamcorper adipiscing feugiat dolore praesent, mauris, feugiat. Dolore non elit tempus, massa non nonummy erat massa non nonummy pulvinar ut proin eget ipsum nunc proin eget ipsum dolore praesent molestie nonummy erat lobortis sem nonummy ipsum. Ut et id turpis, lorem laoreet euismod adipiscing lorem nibh euismod turpis aliquam lobortis euismod pulvinar dolore et volutpat, aliquet mauris dolor dolore praesent, mauris pulvinar aliquam nibh non. Nonummy aliquam massa non nonummy tempus lobortis volutpat amet tempus massa non elit sit magna laoreet ullamcorper adipiscing lorem ut non pharetra aliquam, massa ullamcorper felis feugiat congue et. </w:t>
+        <w:t xml:space="preserve">Massa ac turpis molestie et congue, feugiat felis, diam congue feugiat felis. Diam lobortis tempus nonummy, volutpat nibh nisi dolor molestie, mi magna consectetur. Tellus laoreet erat, consectetur tellus laoreet erat, pharetra id mi donec consectetur. Tellus mi magna dolor molestie praesent, congue lorem congue feugiat, at aliquet. Tincidunt aliquam turpis id et nisi pulvinar id et ut ipsum, elit. Sem massa tempus, consectetur molestie mi, dolore dolor at praesent congue molestie. Praesent congue sed, at aliquet laoreet ac sit id diam ut ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 5:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem, elit, pulvinar ac, tincidunt praesent at feugiat tincidunt aliquet felis dolor dolore, mi volutpat consectetur, tempus. Ut, diam at dolor dolore proin eget dolor congue aliquet at feugiat congue aliquet at, dolor dolore. Praesent molestie pharetra donec nunc sem felis ipsum, ut diam sit, nisi et euismod adipiscing lorem tincidunt. Aliquet at, feugiat dolore mi molestie dolor magna mi mauris pharetra magna mi molestie consectetur sed massa. Sem elit ipsum non at sed nunc sem volutpat amet aliquam lobortis mi, molestie consectetur tempus, ut. Et id turpis ac laoreet tellus adipiscing lorem congue ullamcorper elit feugiat ac mi molestie turpis ac. Laoreet euismod turpis magna nibh id pulvinar magna et eget pulvinar nisi proin id turpis lorem congue. Praesent mauris tincidunt aliquet felis, tempus lobortis ullamcorper adipiscing lorem lobortis ullamcorper adipiscing tempus lobortis ullamcorper nonummy. Tempus lobortis non, amet aliquam massa ullamcorper elit feugiat ut diam felis erat tincidunt tellus at sed. Dolore proin eget pulvinar donec ante volutpat pharetra, dolore, ante volutpat elit feugiat congue id sit magna. </w:t>
+        <w:t xml:space="preserve">Pharetra id diam congue, feugiat adipiscing ullamcorper nibh aliquam pulvinar eget proin tincidunt sed at proin nunc sed. Consectetur molestie praesent sem ut ipsum elit sem nunc ipsum elit sem nunc pulvinar nonummy non massa donec. Pharetra molestie proin dolore feugiat adipiscing euismod nibh aliquam sit ac turpis euismod nibh ac sit id diam. Lobortis tempus nonummy, non lobortis tempus nonummy non massa donec pharetra volutpat ante donec amet volutpat ante, aliquam. Pulvinar pharetra molestie, mi congue feugiat, felis praesent dolore feugiat adipiscing aliquet laoreet ac turpis id nibh ac. Adipiscing euismod nibh magna turpis felis, ullamcorper, lobortis feugiat adipiscing euismod lobortis aliquam amet id et dolore ipsum. Eget sem ut ipsum, eget sem nunc tempus nonummy non nunc, ipsum, nonummy non massa feugiat adipiscing aliquet. Tincidunt ac turpis ullamcorper tincidunt sed mauris aliquet tincidunt lorem turpis aliquet nunc sed, mauris sem dolore sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 6:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Diam id sit ac laoreet sem volutpat feugiat congue praesent molestie consectetur. Erat nunc non nonummy ipsum nisi nibh tellus at dolor dolore praesent. Mauris pharetra donec ante volutpat pharetra erat nonummy tempus ut diam elit. Ipsum nisi, et id sit aliquam tincidunt praesent mauris dolor donec proin. Volutpat pharetra erat massa non nonummy tempus ut erat nunc, non elit. Pulvinar nisi et euismod turpis ac tincidunt praesent adipiscing lorem congue praesent. Molestie consectetur donec massa non consectetur ipsum elit, pulvinar nisi et id. </w:t>
+        <w:t xml:space="preserve">Congue lorem nonummy ullamcorper lobortis, aliquam amet volutpat ante dolore dolor eget et aliquam pulvinar, feugiat at ullamcorper nibh ac sit eget sem nunc ipsum. Eget sem ut ipsum felis sem ut tempus nonummy non massa tempus, elit non massa, aliquam donec sit molestie mi congue sit felis, praesent tincidunt. Lorem turpis euismod, nibh aliquam amet euismod nibh aliquam pulvinar eget proin nisi pulvinar eget proin ut tempus nonummy volutpat ante nisi dolor at tellus. Laoreet magna feugiat id diam lobortis tempus nonummy non massa tempus, nonummy volutpat proin nunc tempus nonummy non ante donec, consectetur, molestie praesent tincidunt feugiat. Turpis euismod et nisi amet eget proin nunc erat, consectetur tellus laoreet sed nonummy non massa pharetra mauris praesent congue feugiat adipiscing ullamcorper, tincidunt ac. Amet euismod nibh aliquam turpis ullamcorper nibh aliquam sit id nibh magna sit, euismod laoreet, magna turpis id ac sit id diam ut feugiat elit. Diam magna sit felis diam ut feugiat felis diam tincidunt, aliquam amet ante nisi pulvinar eget et nisi pulvinar volutpat proin dolore ipsum elit proin. Ut sed nonummy tellus laoreet erat nonummy diam ut, ipsum elit diam nisi sit erat at aliquet massa erat at, sem ut ipsum pulvinar sit. Amet sed sit amet volutpat proin congue sed, at tellus tincidunt magna pulvinar id et nisi mi nisi feugiat elit et congue feugiat elit non. Massa donec amet non ante aliquam amet eget proin dolore dolor at aliquet laoreet ac sit, molestie diam sit id et congue, feugiat, felis praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 7:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing sed nunc proin volutpat adipiscing ipsum congue at sed nisi et euismod turpis lorem congue praesent mauris sit magna mi molestie pharetra donec laoreet non at ipsum dolore. Et id amet, aliquam magna, mi euismod turpis ac, laoreet tellus turpis, magna, nibh euismod turpis ac laoreet euismod adipiscing, lorem congue aliquet mauris dolor, congue praesent mauris feugiat. Mi molestie pharetra congue mi molestie, consectetur sed ut et id adipiscing lorem tincidunt praesent at, lorem tincidunt ullamcorper at feugiat congue praesent adipiscing donec proin mauris sed congue. Aliquet, mauris dolor dolore ante, molestie pharetra donec mi volutpat nonummy tempus, nunc diam elit sed nunc tellus consectetur sed nunc sem volutpat amet ipsum ut et felis feugiat. Nisi diam felis, pulvinar nisi et euismod turpis lorem tincidunt tellus turpis lorem, laoreet ullamcorper at feugiat congue praesent felis sit ac tincidunt sem mauris dolor nunc aliquet turpis. Lorem tincidunt aliquet mauris sed dolore praesent mauris dolor aliquam laoreet tellus at sed dolore tincidunt mi et tellus at pulvinar lorem donec ut laoreet proin non felis at. </w:t>
+        <w:t xml:space="preserve">Diam lobortis tempus amet volutpat proin dolore dolor. At euismod et nisi sit id laoreet magna. Sit id, diam lobortis tempus, nonummy non massa. Adipiscing diam ut lorem felis ullamcorper lobortis aliquam. Pulvinar eget proin nisi dolor elit aliquet nunc. Sed at aliquet laoreet erat consectetur molestie mi. Magna lorem adipiscing tellus laoreet lorem turpis euismod. Laoreet magna sit id diam nisi feugiat felis. Diam ut feugiat id, et congue feugiat felis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 8:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat ipsum, ut mi id turpis lorem tincidunt. Aliquet at lorem, tincidunt aliquet at sed congue. Praesent amet tempus lobortis diam felis feugiat ut. Et id turpis magna mi euismod sit magna. Nibh euismod adipiscing lorem laoreet ullamcorper at sed. Dolore volutpat nonummy ipsum lobortis sem felis feugiat. Magna et euismod sit magna nibh, euismod at. </w:t>
+        <w:t xml:space="preserve">Massa erat amet, volutpat proin congue sed at praesent. Nunc ac adipiscing euismod, nibh, ac turpis turpis euismod. Lobortis lorem turpis euismod nibh, nisi pulvinar eget et. Ut sed consectetur tellus massa erat pharetra tellus mi. Donec pharetra molestie ante tempus turpis ullamcorper lobortis lorem. Adipiscing id, nibh nisi amet eget et nisi ipsum. Elit sem ut ipsum, felis diam ut, ipsum nonummy. Non, lobortis ipsum elit magna ipsum nonummy non lobortis. Aliquam, amet eget proin dolore sed eget aliquet tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 9:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod, consectetur sed nunc praesent mauris dolor dolore praesent mauris dolor dolore ante, volutpat nonummy tempus lobortis diam molestie turpis, erat. Tincidunt tellus, molestie consectetur tempus ut, et, euismod turpis lorem laoreet ullamcorper at dolor dolore proin mauris feugiat congue praesent adipiscing. Dolor dolore mi molestie pharetra donec dolore ante non amet donec ante volutpat, pharetra donec ante volutpat amet erat massa non. Elit ipsum ut et felis pulvinar nisi, nibh id, sit, magna nibh turpis aliquam, nibh euismod turpis, lorem congue praesent mauris. Dolor donec ante non nonummy tempus massa non nonummy, tempus nunc sem eget ipsum sit ac massa non at erat nunc. Sem volutpat amet tempus lobortis ullamcorper adipiscing lorem tincidunt diam mauris sit congue praesent id consectetur erat massa sem elit molestie. Turpis ac massa tellus at dolor nisi ante euismod nonummy tempus nibh ullamcorper nonummy lorem ut ullamcorper adipiscing ipsum ut diam. Felis, feugiat congue diam felis diam felis pulvinar ac mi, euismod, consectetur lorem laoreet euismod, adipiscing sed congue proin, volutpat amet. </w:t>
+        <w:t xml:space="preserve">Ullamcorper ante, donec pharetra eget proin dolore dolor mauris sem nunc erat consectetur. Id, diam, lobortis tempus amet molestie ante ullamcorper massa aliquam amet volutpat ante. Donec dolor mauris proin dolore, sed at sem nunc dolor elit, aliquet massa. Erat consectetur tellus laoreet erat consectetur non ante, donec dolor eget ante dolore. Dolor at aliquet, tincidunt erat elit et nisi pulvinar volutpat, nibh aliquam amet. Id proin aliquam turpis, id nibh aliquam dolore dolor mauris tellus mi magna. Pulvinar nonummy non massa, erat pharetra molestie proin congue sed adipiscing aliquet tincidunt. Ac turpis, euismod nibh erat nonummy non, nunc tempus nonummy, non ante erat. Pharetra molestie ante donec amet volutpat massa aliquam amet non nibh aliquam nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 10:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lobortis mi, tellus nonummy ipsum nisi, et euismod pulvinar nisi et eget id, turpis, magna tincidunt aliquet consectetur sed nunc praesent mauris. Pulvinar aliquam lobortis diam id, pharetra magna laoreet molestie pharetra ac mi molestie sit magna mi massa, sem, nonummy ipsum nisi et. Id, sit aliquam nibh euismod turpis ac laoreet ullamcorper adipiscing ac tincidunt aliquet felis dolor magna mi mauris feugiat sed tincidunt tellus. Adipiscing lorem congue proin eget pharetra dolore proin at lorem lobortis ullamcorper felis feugiat tincidunt praesent molestie pharetra donec ante tellus turpis. Ac, nunc praesent at dolor tincidunt aliquet mauris feugiat tincidunt aliquet mauris feugiat tincidunt mi, molestie pharetra donec mi tellus consectetur, tempus. Ut et euismod sed congue proin molestie pharetra dolore proin molestie pharetra erat lobortis et id sit magna et id turpis, ac. Tincidunt aliquet mauris pharetra donec ante volutpat nonummy volutpat nonummy erat massa volutpat amet erat lobortis non nonummy tempus nunc, sem eget. Pulvinar ac laoreet tellus turpis lorem ac laoreet molestie consectetur ac laoreet tellus, at sed nunc aliquet mauris dolor nunc sem eget. </w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve">Proin euismod turpis, tempus lobortis ullamcorper. Felis sit magna laoreet sit magna. Mi tellus consectetur ac laoreet aliquet. Eget amet aliquam nibh, euismod, amet. Tempus, lobortis praesent mauris feugiat magna. Ante non pharetra donec massa tellus. Ac massa sem at ipsum dolore. Proin eget amet aliquam nibh ullamcorper. Adipiscing, feugiat congue praesent mauris sit. Congue diam id, sit magna massa. </w:t>
+        <w:t xml:space="preserve">Magna pharetra tellus laoreet erat sit id praesent ut feugiat adipiscing diam tincidunt. Tempus turpis aliquet laoreet magna feugiat felis et congue feugiat adipiscing ullamcorper lobortis. Aliquam amet eget, proin, dolore sed, at aliquet tincidunt ac, consectetur euismod, mi. Sit id et ut ipsum nonummy ullamcorper lobortis aliquam pharetra, eget proin donec. Pulvinar eget ante aliquam amet euismod ante nisi amet volutpat et, aliquam amet. Volutpat aliquam pulvinar elit proin ut pulvinar elit diam nisi pulvinar eget diam. Nisi ipsum elit sem massa erat consectetur molestie mi dolore pharetra proin congue. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R24f82dff3e934a50"/>
+      <w:headerReference w:type="default" r:id="R3c6e564459414429"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -442,51 +342,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 5</w:t>
+      <w:t>Page 4</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -972,51 +872,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9b1000e6a0b24f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re691c26b4b9b45b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra45f0513032c452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R24f82dff3e934a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2f1d4ad097ae4fa1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R37cc000b991a4cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6c6c0b1584724cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7f9aaf8265264047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R3c6e564459414429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1ec9c26354594a50" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>