--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,298 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb72839540f384807" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb46b495168784654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77e36cfaf96b4ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb2c47e5f02ed4497" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R57ed328770534c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf0e0364136e846bd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 1:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem erat lorem pulvinar turpis felis non praesent et, ut erat at adipiscing non ante donec, ac sit felis diam ut tempus. Aliquam sit id et congue sit id et magna pharetra molestie praesent magna sit mauris diam ut, tempus amet eget ante aliquam. Amet volutpat proin ut ipsum nonummy ullamcorper lobortis ipsum amet non proin dolore pharetra mauris praesent dolore dolor at aliquet tincidunt erat. Turpis, id et ut tempus nonummy volutpat tincidunt lorem adipiscing euismod nibh ac turpis euismod laoreet ac turpis id diam nisi pulvinar. Id et nisi sit felis et ut ipsum elit ante donec amet eget ante donec pulvinar eget ante, donec dolor at tellus. Laoreet ac, turpis molestie mi nisi feugiat id et congue feugiat felis diam, ut dolor mauris, proin dolore, pulvinar mauris proin, dolore. Dolor eget proin nunc sed at aliquet massa erat consectetur tellus, mi ac sit id mi donec sit eget proin dolore, dolor. Mauris proin nunc dolor elit aliquet massa sed at sem, nunc, sed consectetur tellus, massa erat elit, sem, nunc ipsum ante donec. Pharetra mauris aliquet congue feugiat mauris praesent, dolore dolor at praesent congue sed, at aliquet tincidunt lorem adipiscing tellus tincidunt, sed at. </w:t>
+        <w:t xml:space="preserve">Congue, sem aliquet ullamcorper id, pharetra sed ut nibh praesent molestie amet ipsum magna laoreet, sem eget amet lorem tincidunt mi mauris ipsum ut sem elit ipsum ut proin. Aliquet mauris pharetra erat massa non nonummy tempus ut et euismod turpis, ac nunc proin eget dolor nunc felis sit ac massa non at amet aliquam nibh euismod adipiscing. Lorem tincidunt praesent molestie pharetra, magna mi molestie pharetra donec laoreet non elit ipsum nunc sem diam, id sit magna mi molestie turpis erat tincidunt aliquet, mauris dolor tincidunt. Aliquet mauris dolor dolore proin eget dolor, dolore proin mauris consectetur sed nunc tellus, consectetur sed, tincidunt sem at sed nunc sem eget pulvinar aliquam nibh non nonummy tempus. Lobortis ullamcorper adipiscing, ipsum congue diam felis ipsum felis pulvinar nisi diam id consectetur sed, nunc proin eget pharetra dolore ante volutpat amet aliquam massa ullamcorper, felis sit, ac. Laoreet tellus at, sed nunc nunc sem elit pulvinar nisi, et id turpis aliquam nibh, ullamcorper et id feugiat, magna massa aliquet at sed tincidunt mauris dolor dolore proin. Volutpat nonummy lorem ut praesent id sit magna, laoreet non pharetra erat massa tellus at sed nunc proin eget, amet tempus tincidunt diam lorem congue, laoreet tellus pharetra erat. Nunc proin id, turpis aliquam et volutpat pulvinar nisi et volutpat amet lorem tincidunt, ullamcorper nonummy aliquam lobortis ullamcorper adipiscing feugiat, sed congue praesent molestie pharetra erat, lobortis diam. Molestie turpis ac laoreet euismod consectetur sed dolore proin eget pulvinar donec nibh volutpat nonummy ipsum ut diam felis molestie pharetra tempus massa non nonummy, tempus ut et id. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 2:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sed pharetra mauris praesent magna lorem adipiscing ullamcorper lobortis, tempus turpis dolor at praesent, congue, lorem adipiscing ullamcorper laoreet ac adipiscing. Tellus laoreet ac turpis euismod nibh magna sit euismod mi nisi, ipsum elit non ut ipsum erat, pharetra molestie praesent congue. Feugiat, felis diam ut tempus adipiscing euismod lobortis, lorem turpis, euismod nibh, nisi dolor volutpat proin dolore pulvinar eget proin donec. Pharetra id praesent magna sit molestie mi donec pharetra volutpat mi, magna dolor felis praesent congue lorem adipiscing euismod nibh aliquam. Turpis molestie praesent ut lorem nonummy, ullamcorper nibh aliquam nonummy euismod ante dolore sed elit aliquet massa ac, consectetur aliquet laoreet. Magna consectetur molestie praesent congue feugiat felis euismod et nisi pulvinar felis sem lobortis, ipsum elit non massa tempus nonummy non. Ante dolore dolor eget proin congue, sed, adipiscing euismod nibh magna turpis euismod magna turpis euismod mi ac sit id mi. Magna ipsum adipiscing non ante, dolore pharetra mauris aliquet nunc lorem sem dolore dolor mauris, proin, dolore dolor elit sem dolore. Sed turpis molestie et congue sit id praesent congue sit mauris, diam ut tempus adipiscing diam tincidunt felis ullamcorper lobortis, lorem. Turpis euismod nibh aliquam turpis ullamcorper nibh nisi sit id et ut ipsum, eget sem massa erat consectetur molestie mi magna. </w:t>
+        <w:t xml:space="preserve">Tempus ut, diam elit ipsum ut diam id turpis lorem nunc proin volutpat nonummy, tempus lobortis ullamcorper elit ipsum nisi. Mi molestie molestie consectetur erat nunc non elit tempus nunc diam eget sit aliquam et id turpis aliquam nibh ullamcorper. Turpis lorem congue mi molestie dolor ut et id sit ac laoreet tellus adipiscing lorem tincidunt praesent, eget pharetra dolore. Proin molestie pharetra, donec, ante molestie, consectetur erat, lobortis, sem elit tempus non nonummy erat massa non consectetur erat massa. Proin id, turpis ac tincidunt aliquet at feugiat, tincidunt, praesent mauris pharetra magna praesent mauris sit lorem nunc praesent mauris. Dolor congue proin molestie pharetra donec ante non nonummy tempus lobortis non elit ipsum nisi et euismod sit magna nibh. Euismod adipiscing laoreet ullamcorper adipiscing, ac tincidunt aliquet at feugiat dolore praesent mauris dolor magna mi molestie pharetra erat massa. Non elit, ipsum ut proin id turpis ac tincidunt volutpat amet erat mi, molestie amet, tempus magna laoreet tellus at. Dolor dolore ante volutpat nonummy tempus lobortis ullamcorper, nonummy congue et id sit, magna mi tellus, at dolor nisi nibh. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 3:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem, ante magna, sit felis diam tincidunt lorem felis lobortis aliquam pulvinar volutpat et. Dolore sed consectetur, tellus mi congue feugiat mauris diam ante tincidunt ut erat dolor. Adipiscing eget id volutpat, ullamcorper aliquet proin laoreet aliquam sed feugiat pharetra ipsum pharetra. Adipiscing sit felis et nisi pulvinar id diam nisi ipsum felis diam ut tempus. Nonummy volutpat ante, adipiscing non nibh tempus nonummy euismod lobortis tempus nonummy ullamcorper lobortis. Tempus turpis euismod nibh aliquam pulvinar elit aliquet massa erat consectetur molestie donec consectetur. Non, ante erat consectetur tellus ante donec pharetra volutpat ante erat amet volutpat ante. Erat pharetra molestie proin dolore pharetra mauris, praesent dolore dolor at dolore dolor eget. Sem tincidunt sed mauris tellus laoreet erat consectetur tellus massa ac consectetur tellus massa. </w:t>
+        <w:t xml:space="preserve">Amet lorem tincidunt mi molestie pharetra donec massa non felis pulvinar nisi et id sit ac laoreet aliquet adipiscing sed tincidunt proin molestie dolore mi molestie. Dolor congue praesent mauris dolor magna praesent, mauris sit donec mi tellus pharetra donec massa, tellus, at ipsum nunc sem elit, sed et eget dolor dolore. Proin eget pulvinar nisi lobortis ullamcorper adipiscing lorem ut praesent molestie consectetur erat massa non at, sed, dolore et, volutpat amet nisi ante pulvinar aliquam nibh. Euismod adipiscing lorem, magna mi tellus, pharetra erat massa proin eget amet ac tincidunt aliquet felis feugiat dolore mi molestie donec ante non nonummy sed ut. Nibh, tellus at dolor dolore ante volutpat, amet tempus lobortis ullamcorper elit feugiat nisi mi euismod turpis magna laoreet tellus sit et, id sit nisi et. Id turpis ac tincidunt, aliquet at lorem, tincidunt aliquet felis lorem tincidunt praesent mauris pharetra donec massa, non, eget pulvinar nisi proin, sed ut et id. Turpis ac tincidunt praesent mauris pharetra donec ante volutpat consectetur donec ante molestie pharetra donec massa elit pulvinar nisi nibh id turpis ac lobortis euismod turpis. Lorem tincidunt, praesent mauris feugiat congue diam mauris dolor magna, praesent mauris sit magna praesent id pharetra diam felis, feugiat congue et molestie feugiat, nisi mi. Id consectetur ac, laoreet aliquet at lorem laoreet euismod sit, nisi nibh euismod pulvinar nisi et, id amet et euismod amet aliquam et volutpat pulvinar dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 4:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Massa ac turpis molestie et congue, feugiat felis, diam congue feugiat felis. Diam lobortis tempus nonummy, volutpat nibh nisi dolor molestie, mi magna consectetur. Tellus laoreet erat, consectetur tellus laoreet erat, pharetra id mi donec consectetur. Tellus mi magna dolor molestie praesent, congue lorem congue feugiat, at aliquet. Tincidunt aliquam turpis id et nisi pulvinar id et ut ipsum, elit. Sem massa tempus, consectetur molestie mi, dolore dolor at praesent congue molestie. Praesent congue sed, at aliquet laoreet ac sit id diam ut ipsum. </w:t>
+        <w:t xml:space="preserve">Sem elit pulvinar, ac lobortis aliquet mauris dolor magna mi tellus nonummy ipsum massa et felis sit magna mi euismod consectetur. Sed dolore volutpat pulvinar aliquam ante non amet aliquam lobortis, diam felis, ipsum ut et, id turpis erat nunc proin elit. Amet aliquam lobortis ullamcorper adipiscing, lorem massa non elit sed nunc non at erat massa tellus at sed nunc proin eget. Pulvinar, nisi nibh volutpat amet donec ante eget pulvinar aliquam lobortis ullamcorper pharetra ac laoreet molestie, pharetra ac, laoreet aliquet elit. Dolor nisi ante eget pulvinar nisi ante eget dolor dolore ante volutpat adipiscing tempus nunc sem elit amet nisi nibh euismod. Adipiscing feugiat dolore praesent molestie pharetra donec ante molestie consectetur erat, laoreet non nonummy ipsum nunc non at ipsum dolore magna. Mi tellus consectetur erat tincidunt tellus consectetur ac tincidunt, aliquet eget dolor dolore proin mauris dolor donec ante volutpat nonummy tempus. Ante non amet erat molestie consectetur donec, nunc diam, felis, turpis lorem laoreet aliquet at sed dolore proin, non adipiscing ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 5:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pharetra id diam congue, feugiat adipiscing ullamcorper nibh aliquam pulvinar eget proin tincidunt sed at proin nunc sed. Consectetur molestie praesent sem ut ipsum elit sem nunc ipsum elit sem nunc pulvinar nonummy non massa donec. Pharetra molestie proin dolore feugiat adipiscing euismod nibh aliquam sit ac turpis euismod nibh ac sit id diam. Lobortis tempus nonummy, non lobortis tempus nonummy non massa donec pharetra volutpat ante donec amet volutpat ante, aliquam. Pulvinar pharetra molestie, mi congue feugiat, felis praesent dolore feugiat adipiscing aliquet laoreet ac turpis id nibh ac. Adipiscing euismod nibh magna turpis felis, ullamcorper, lobortis feugiat adipiscing euismod lobortis aliquam amet id et dolore ipsum. Eget sem ut ipsum, eget sem nunc tempus nonummy non nunc, ipsum, nonummy non massa feugiat adipiscing aliquet. Tincidunt ac turpis ullamcorper tincidunt sed mauris aliquet tincidunt lorem turpis aliquet nunc sed, mauris sem dolore sed. </w:t>
+        <w:t xml:space="preserve">Et euismod adipiscing sed congue proin, mauris dolor congue praesent mauris feugiat ante molestie pharetra donec mi tellus pharetra erat ante molestie consectetur erat laoreet non consectetur. Sed nunc sem id amet dolore proin euismod turpis tempus, lobortis volutpat nonummy erat massa non elit pulvinar nisi et id pulvinar ut et id amet aliquam. Lobortis aliquet felis feugiat congue praesent mauris pharetra, donec mauris pharetra donec mi tellus consectetur erat massa non, at, sed nunc aliquet at, sed dolore proin volutpat. Pulvinar dolore proin volutpat pulvinar congue, diam felis feugiat congue laoreet molestie pharetra ac, laoreet aliquet elit pulvinar nisi, et euismod turpis tempus tincidunt diam felis lorem. Tincidunt praesent mauris feugiat congue nibh euismod turpis, ac laoreet aliquet mauris pharetra dolore mi molestie pharetra donec massa, volutpat nonummy erat nunc sem nonummy erat massa. Non nonummy erat laoreet, non ac laoreet, aliquet elit sed nunc proin elit dolor nunc proin eget dolor dolore praesent euismod amet tempus lobortis diam feugiat magna. Laoreet aliquet at ipsum dolore proin elit, dolor dolore, sem at sed nunc sem, mauris pulvinar donec proin mauris pharetra dolore proin eget pharetra aliquam molestie pharetra. Donec lobortis diam elit ipsum nisi et euismod sit nisi et id adipiscing sed dolore, ante, volutpat amet donec massa, ullamcorper nonummy tempus massa amet erat massa. Non, elit erat massa, non consectetur erat massa tellus nonummy sed ut sem eget pulvinar nisi et euismod adipiscing feugiat congue praesent felis feugiat ac laoreet tellus. At amet donec nibh volutpat amet donec, ante non felis feugiat, magna laoreet tellus turpis ac laoreet tellus consectetur erat tincidunt aliquet at dolor donec, massa non. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 6:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Congue lorem nonummy ullamcorper lobortis, aliquam amet volutpat ante dolore dolor eget et aliquam pulvinar, feugiat at ullamcorper nibh ac sit eget sem nunc ipsum. Eget sem ut ipsum felis sem ut tempus nonummy non massa tempus, elit non massa, aliquam donec sit molestie mi congue sit felis, praesent tincidunt. Lorem turpis euismod, nibh aliquam amet euismod nibh aliquam pulvinar eget proin nisi pulvinar eget proin ut tempus nonummy volutpat ante nisi dolor at tellus. Laoreet magna feugiat id diam lobortis tempus nonummy non massa tempus, nonummy volutpat proin nunc tempus nonummy non ante donec, consectetur, molestie praesent tincidunt feugiat. Turpis euismod et nisi amet eget proin nunc erat, consectetur tellus laoreet sed nonummy non massa pharetra mauris praesent congue feugiat adipiscing ullamcorper, tincidunt ac. Amet euismod nibh aliquam turpis ullamcorper nibh aliquam sit id nibh magna sit, euismod laoreet, magna turpis id ac sit id diam ut feugiat elit. Diam magna sit felis diam ut feugiat felis diam tincidunt, aliquam amet ante nisi pulvinar eget et nisi pulvinar volutpat proin dolore ipsum elit proin. Ut sed nonummy tellus laoreet erat nonummy diam ut, ipsum elit diam nisi sit erat at aliquet massa erat at, sem ut ipsum pulvinar sit. Amet sed sit amet volutpat proin congue sed, at tellus tincidunt magna pulvinar id et nisi mi nisi feugiat elit et congue feugiat elit non. Massa donec amet non ante aliquam amet eget proin dolore dolor at aliquet laoreet ac sit, molestie diam sit id et congue, feugiat, felis praesent. </w:t>
+        <w:t xml:space="preserve">Nunc ante volutpat sit donec massa sem id sit ac laoreet ullamcorper, adipiscing feugiat congue aliquet adipiscing lorem tincidunt, praesent molestie consectetur erat. Massa non nonummy pulvinar laoreet aliquet at dolor congue proin molestie, pharetra donec, ante volutpat amet erat massa, non nonummy ipsum ut et. Euismod turpis lorem nunc praesent eget consectetur erat, massa proin eget pulvinar nisi nibh euismod amet ac lobortis ullamcorper, felis feugiat congue mi. Tellus consectetur erat, ante tellus consectetur pharetra, donec massa non amet, erat ante non nonummy erat ante volutpat consectetur erat massa non nonummy. Tempus ut diam, eget, pulvinar, nisi proin eget pulvinar aliquam erat nunc sem elit dolor nisi ante volutpat turpis aliquam nibh volutpat amet. Aliquam ante volutpat amet tempus, nibh non amet aliquam massa non nonummy tempus lobortis amet tempus massa non nonummy pulvinar ut diam eget. Turpis ac laoreet tellus at sed congue aliquet, at amet erat massa non felis ipsum ut, sem elit ac tincidunt sem mauris pulvinar. Donec nibh ullamcorper adipiscing ipsum congue et id feugiat congue, mi molestie consectetur erat nunc praesent mauris feugiat, magna, ante non, consectetur sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 7:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Diam lobortis tempus amet volutpat proin dolore dolor. At euismod et nisi sit id laoreet magna. Sit id, diam lobortis tempus, nonummy non massa. Adipiscing diam ut lorem felis ullamcorper lobortis aliquam. Pulvinar eget proin nisi dolor elit aliquet nunc. Sed at aliquet laoreet erat consectetur molestie mi. Magna lorem adipiscing tellus laoreet lorem turpis euismod. Laoreet magna sit id diam nisi feugiat felis. Diam ut feugiat id, et congue feugiat felis. </w:t>
+        <w:t xml:space="preserve">Euismod elit pulvinar ac laoreet aliquet. Eget amet donec nibh non adipiscing. Feugiat ac laoreet tellus turpis, ac. Laoreet tellus at sed tincidunt sem. Mauris donec ante volutpat pulvinar donec. Proin mauris dolor dolore proin molestie. Amet tempus lobortis diam, felis, sit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 8:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Massa erat amet, volutpat proin congue sed at praesent. Nunc ac adipiscing euismod, nibh, ac turpis turpis euismod. Lobortis lorem turpis euismod nibh, nisi pulvinar eget et. Ut sed consectetur tellus massa erat pharetra tellus mi. Donec pharetra molestie ante tempus turpis ullamcorper lobortis lorem. Adipiscing id, nibh nisi amet eget et nisi ipsum. Elit sem ut ipsum, felis diam ut, ipsum nonummy. Non, lobortis ipsum elit magna ipsum nonummy non lobortis. Aliquam, amet eget proin dolore sed eget aliquet tincidunt. </w:t>
+        <w:t xml:space="preserve">Amet, ipsum congue mi tellus consectetur sed dolore aliquet, eget amet, tempus nibh ullamcorper nonummy, lorem congue diam felis feugiat magna ipsum congue et molestie. Sit ac laoreet tellus consectetur ac tincidunt aliquet consectetur, sed dolore proin mauris pulvinar dolore proin, volutpat adipiscing tempus lobortis diam massa non, elit feugiat. Magna mi euismod turpis ac laoreet tellus consectetur lorem, tincidunt aliquet at dolor donec nibh, ullamcorper felis, feugiat magna mi, molestie consectetur ac lobortis aliquet. Felis dolor magna ante tellus nonummy sed nunc sem nonummy ipsum nisi et eget, amet aliquam nibh ullamcorper adipiscing, lorem tincidunt nunc sem eget amet. Aliquam lobortis euismod nonummy lorem ut, ullamcorper adipiscing ipsum lobortis ullamcorper adipiscing tempus massa volutpat amet erat ante volutpat consectetur erat, ut et ullamcorper, adipiscing. Lorem ut ullamcorper adipiscing, tempus lobortis diam, adipiscing feugiat magna mi tellus consectetur erat nunc sem elit dolor dolore proin eget lorem ut, ullamcorper nonummy. Tempus lobortis volutpat amet aliquam ante non pharetra erat massa volutpat pharetra donec ante volutpat pharetra erat massa non consectetur erat, ante non diam adipiscing. Sit ac mi molestie pharetra ac laoreet tellus, consectetur erat, nunc sem eget amet nisi proin eget pulvinar donec proin, eget nonummy, aliquam ante eget. Ipsum ut et felis feugiat nisi et id sit magna diam felis pulvinar, nisi diam eget pulvinar ut, diam eget pulvinar nisi nibh euismod at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 9:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper ante, donec pharetra eget proin dolore dolor mauris sem nunc erat consectetur. Id, diam, lobortis tempus amet molestie ante ullamcorper massa aliquam amet volutpat ante. Donec dolor mauris proin dolore, sed at sem nunc dolor elit, aliquet massa. Erat consectetur tellus laoreet erat consectetur non ante, donec dolor eget ante dolore. Dolor at aliquet, tincidunt erat elit et nisi pulvinar volutpat, nibh aliquam amet. Id proin aliquam turpis, id nibh aliquam dolore dolor mauris tellus mi magna. Pulvinar nonummy non massa, erat pharetra molestie proin congue sed adipiscing aliquet tincidunt. Ac turpis, euismod nibh erat nonummy non, nunc tempus nonummy, non ante erat. Pharetra molestie ante donec amet volutpat massa aliquam amet non nibh aliquam nonummy. </w:t>
+        <w:t xml:space="preserve">Tempus ut diam adipiscing feugiat magna laoreet tellus mi molestie consectetur erat tincidunt aliquet, at dolor dolore proin volutpat nonummy tempus. Lobortis diam adipiscing ipsum congue mi molestie pharetra erat nunc aliquet elit sed dolore mi molestie consectetur tempus ut, diam id. Sit, ac nibh tellus turpis ac, tincidunt aliquet adipiscing dolor congue, praesent mauris dolor donec ante nibh euismod nonummy tempus lobortis. Diam mauris feugiat ut diam id consectetur erat laoreet tellus at, sed nunc sem elit pulvinar nisi nibh euismod sem mauris. Dolor donec, ante non nonummy tempus ut diam felis, feugiat magna, mi, tellus turpis erat nunc aliquet elit dolor dolore proin. Mauris pulvinar aliquam nibh adipiscing sit magna mi tellus consectetur sed massa, aliquet consectetur, ac mi tellus elit dolor nisi ante. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 10:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna pharetra tellus laoreet erat sit id praesent ut feugiat adipiscing diam tincidunt. Tempus turpis aliquet laoreet magna feugiat felis et congue feugiat adipiscing ullamcorper lobortis. Aliquam amet eget, proin, dolore sed, at aliquet tincidunt ac, consectetur euismod, mi. Sit id et ut ipsum nonummy ullamcorper lobortis aliquam pharetra, eget proin donec. Pulvinar eget ante aliquam amet euismod ante nisi amet volutpat et, aliquam amet. Volutpat aliquam pulvinar elit proin ut pulvinar elit diam nisi pulvinar eget diam. Nisi ipsum elit sem massa erat consectetur molestie mi dolore pharetra proin congue. </w:t>
+        <w:t xml:space="preserve">Ut et molestie turpis erat tincidunt sem at sed dolore ante eget, pulvinar tempus ut diam felis feugiat congue praesent eget amet ac tincidunt praesent. Mauris pharetra magna, praesent, molestie nonummy, tempus nunc tellus nonummy erat, massa non nonummy sed ut proin eget ipsum nibh, ullamcorper adipiscing lorem tincidunt ullamcorper. Adipiscing dolor magna mi mauris pharetra donec ante molestie sit congue praesent felis feugiat congue et molestie pharetra magna mi tellus erat, tincidunt sem mauris. Dolor nisi nibh ullamcorper felis lorem ut diam felis feugiat congue mi molestie sit magna mi molestie turpis magna magna mi volutpat consectetur tempus massa. Non nonummy erat massa non nonummy donec laoreet tellus consectetur ac massa aliquet, consectetur erat nunc aliquet, at dolor, nisi nibh laoreet tellus adipiscing lorem. Tincidunt proin mauris pharetra donec ante molestie amet erat lobortis ullamcorper elit feugiat ut diam felis pulvinar ut sem elit ipsum nunc non ullamcorper nonummy. Ipsum congue, praesent id pharetra erat massa aliquet at sed nunc aliquet at, erat nunc sem eget pulvinar donec laoreet molestie consectetur sed nunc sem. Eget pulvinar nisi et, volutpat amet ac lobortis ullamcorper adipiscing lorem congue mi tellus pharetra donec ante, non nonummy dolor donec, ante molestie amet erat. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R3c6e564459414429"/>
+      <w:headerReference w:type="default" r:id="Rd71ec39306ba4720"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -342,51 +342,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 4</w:t>
+      <w:t>Page 5</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -872,51 +872,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R37cc000b991a4cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6c6c0b1584724cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7f9aaf8265264047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R3c6e564459414429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1ec9c26354594a50" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd0a83c05a3714f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raf9b4f5347b34da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd61ec9c123f4432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rd71ec39306ba4720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd6364f538f8449ec" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>