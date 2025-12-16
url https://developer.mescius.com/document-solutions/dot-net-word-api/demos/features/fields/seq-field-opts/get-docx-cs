--- v4 (2025-12-14)
+++ v5 (2025-12-16)
@@ -1,298 +1,423 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb2c47e5f02ed4497" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R57ed328770534c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf0e0364136e846bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re12391edb37d4727" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0579723204de4c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc9532870cf4948f9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 1:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Congue, sem aliquet ullamcorper id, pharetra sed ut nibh praesent molestie amet ipsum magna laoreet, sem eget amet lorem tincidunt mi mauris ipsum ut sem elit ipsum ut proin. Aliquet mauris pharetra erat massa non nonummy tempus ut et euismod turpis, ac nunc proin eget dolor nunc felis sit ac massa non at amet aliquam nibh euismod adipiscing. Lorem tincidunt praesent molestie pharetra, magna mi molestie pharetra donec laoreet non elit ipsum nunc sem diam, id sit magna mi molestie turpis erat tincidunt aliquet, mauris dolor tincidunt. Aliquet mauris dolor dolore proin eget dolor, dolore proin mauris consectetur sed nunc tellus, consectetur sed, tincidunt sem at sed nunc sem eget pulvinar aliquam nibh non nonummy tempus. Lobortis ullamcorper adipiscing, ipsum congue diam felis ipsum felis pulvinar nisi diam id consectetur sed, nunc proin eget pharetra dolore ante volutpat amet aliquam massa ullamcorper, felis sit, ac. Laoreet tellus at, sed nunc nunc sem elit pulvinar nisi, et id turpis aliquam nibh, ullamcorper et id feugiat, magna massa aliquet at sed tincidunt mauris dolor dolore proin. Volutpat nonummy lorem ut praesent id sit magna, laoreet non pharetra erat massa tellus at sed nunc proin eget, amet tempus tincidunt diam lorem congue, laoreet tellus pharetra erat. Nunc proin id, turpis aliquam et volutpat pulvinar nisi et volutpat amet lorem tincidunt, ullamcorper nonummy aliquam lobortis ullamcorper adipiscing feugiat, sed congue praesent molestie pharetra erat, lobortis diam. Molestie turpis ac laoreet euismod consectetur sed dolore proin eget pulvinar donec nibh volutpat nonummy ipsum ut diam felis molestie pharetra tempus massa non nonummy, tempus ut et id. </w:t>
+        <w:t xml:space="preserve">Aliquam sed nisi nibh euismod, adipiscing dolor dolore ante, non consectetur magna praesent molestie pharetra donec. Dolore proin eget dolor, congue, aliquet turpis nisi proin elit ipsum nunc aliquet at sed tincidunt. Aliquet at ac nibh id, turpis magna et id aliquam, et id pulvinar ut sem at. Sed massa, tellus sit nisi diam elit donec mi felis, lorem lobortis euismod pulvinar, nunc aliquet. Turpis aliquam et sit nunc non consectetur magna, diam elit donec mi mauris feugiat lobortis euismod. Pulvinar, nunc tellus turpis nisi, sem elit erat, massa molestie donec mi felis tempus ante molestie. Dolor congue ullamcorper pulvinar nunc molestie sit ut volutpat dolor, tincidunt euismod nonummy, donec sem consectetur. Lorem laoreet id ipsum nunc pharetra magna diam nonummy donec praesent adipiscing ac lobortis euismod dolor. Nunc aliquet turpis magna diam nonummy donec praesent felis donec praesent adipiscing aliquam, proin nonummy donec. Adipiscing tempus proin mauris feugiat lobortis, euismod pulvinar dolore aliquet at, ac mi elit donec praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 2:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus ut, diam elit ipsum ut diam id turpis lorem nunc proin volutpat nonummy, tempus lobortis ullamcorper elit ipsum nisi. Mi molestie molestie consectetur erat nunc non elit tempus nunc diam eget sit aliquam et id turpis aliquam nibh ullamcorper. Turpis lorem congue mi molestie dolor ut et id sit ac laoreet tellus adipiscing lorem tincidunt praesent, eget pharetra dolore. Proin molestie pharetra, donec, ante molestie, consectetur erat, lobortis, sem elit tempus non nonummy erat massa non consectetur erat massa. Proin id, turpis ac tincidunt aliquet at feugiat, tincidunt, praesent mauris pharetra magna praesent mauris sit lorem nunc praesent mauris. Dolor congue proin molestie pharetra donec ante non nonummy tempus lobortis non elit ipsum nisi et euismod sit magna nibh. Euismod adipiscing laoreet ullamcorper adipiscing, ac tincidunt aliquet at feugiat dolore praesent mauris dolor magna mi molestie pharetra erat massa. Non elit, ipsum ut proin id turpis ac tincidunt volutpat amet erat mi, molestie amet, tempus magna laoreet tellus at. Dolor dolore ante volutpat nonummy tempus lobortis ullamcorper, nonummy congue et id sit, magna mi tellus, at dolor nisi nibh. </w:t>
+        <w:t xml:space="preserve">Tincidunt, aliquet at lorem et eget sed massa, molestie sit ut ullamcorper nonummy proin at ac nibh. Volutpat pulvinar tincidunt tellus turpis ut sem, pharetra magna diam nonummy aliquam ante at, lorem laoreet id. Sit ut sem consectetur nunc aliquet consectetur congue diam nonummy dolore aliquet turpis nisi proin at ac. Nibh id ipsum massa tellus sit ut non dolor tincidunt id ipsum molestie sit congue non, pharetra. Congue, praesent felis aliquam ante eget sed laoreet felis tempus, massa, tellus, pharetra magna praesent id ipsum. Nibh sed laoreet euismod pulvinar massa molestie feugiat lobortis volutpat pharetra congue euismod pulvinar tincidunt id ipsum. Nunc tellus sit non pharetra magna diam nonummy dolore ullamcorper amet sem turpis nisi diam consectetur congue. Ullamcorper nonummy donec, sem turpis nisi sem nonummy magna ullamcorper amet dolore aliquet amet, dolore non consectetur. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 3:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Amet lorem tincidunt mi molestie pharetra donec massa non felis pulvinar nisi et id sit ac laoreet aliquet adipiscing sed tincidunt proin molestie dolore mi molestie. Dolor congue praesent mauris dolor magna praesent, mauris sit donec mi tellus pharetra donec massa, tellus, at ipsum nunc sem elit, sed et eget dolor dolore. Proin eget pulvinar nisi lobortis ullamcorper adipiscing lorem ut praesent molestie consectetur erat massa non at, sed, dolore et, volutpat amet nisi ante pulvinar aliquam nibh. Euismod adipiscing lorem, magna mi tellus, pharetra erat massa proin eget amet ac tincidunt aliquet felis feugiat dolore mi molestie donec ante non nonummy sed ut. Nibh, tellus at dolor dolore ante volutpat, amet tempus lobortis ullamcorper elit feugiat nisi mi euismod turpis magna laoreet tellus sit et, id sit nisi et. Id turpis ac tincidunt, aliquet at lorem, tincidunt aliquet felis lorem tincidunt praesent mauris pharetra donec massa, non, eget pulvinar nisi proin, sed ut et id. Turpis ac tincidunt praesent mauris pharetra donec ante volutpat consectetur donec ante molestie pharetra donec massa elit pulvinar nisi nibh id turpis ac lobortis euismod turpis. Lorem tincidunt, praesent mauris feugiat congue diam mauris dolor magna, praesent mauris sit magna praesent id pharetra diam felis, feugiat congue et molestie feugiat, nisi mi. Id consectetur ac, laoreet aliquet at lorem laoreet euismod sit, nisi nibh euismod pulvinar nisi et, id amet et euismod amet aliquam et volutpat pulvinar dolore. </w:t>
+        <w:t xml:space="preserve">Nonummy aliquam proin at ac et elit erat laoreet elit donec aliquet adipiscing nisi consectetur, ac et elit donec diam amet nunc euismod. Pulvinar nunc molestie sit, nibh mauris lorem et at ac diam, amet, dolore, ullamcorper pulvinar nunc tellus magna sem consectetur magna ullamcorper pulvinar. Nunc tellus pulvinar ante felis aliquam, proin at ac et at ac diam elit donec praesent at nisi sem erat, mi, felis tempus. Ante felis tempus, proin at ac et nonummy donec diam amet congue ullamcorper pulvinar nunc molestie, feugiat ut non tincidunt euismod pulvinar laoreet. Id feugiat lobortis molestie, feugiat nibh mauris lorem laoreet elit donec praesent nonummy aliquam praesent turpis ut non sit lobortis molestie feugiat et. Sed nunc molestie feugiat massa mauris tempus ante at ac diam nonummy magna ullamcorper pulvinar dolore tellus sit nunc molestie, feugiat lobortis, volutpat. Dolor, laoreet id pulvinar tellus sit ut volutpat dolor lobortis volutpat dolor laoreet, id tempus ante molestie feugiat nibh mauris ac proin elit. Erat felis tempus ante at aliquam sem consectetur magna diam nonummy donec aliquet turpis nisi sem sit ut sem pharetra lobortis mauris, ac. Et, nonummy erat, praesent aliquam praesent turpis nisi aliquet turpis ut volutpat feugiat lobortis eget sed mi elit donec, diam nonummy dolore tellus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 4:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem elit pulvinar, ac lobortis aliquet mauris dolor magna mi tellus nonummy ipsum massa et felis sit magna mi euismod consectetur. Sed dolore volutpat pulvinar aliquam ante non amet aliquam lobortis, diam felis, ipsum ut et, id turpis erat nunc proin elit. Amet aliquam lobortis ullamcorper adipiscing, lorem massa non elit sed nunc non at erat massa tellus at sed nunc proin eget. Pulvinar, nisi nibh volutpat amet donec ante eget pulvinar aliquam lobortis ullamcorper pharetra ac laoreet molestie, pharetra ac, laoreet aliquet elit. Dolor nisi ante eget pulvinar nisi ante eget dolor dolore ante volutpat adipiscing tempus nunc sem elit amet nisi nibh euismod. Adipiscing feugiat dolore praesent molestie pharetra donec ante molestie consectetur erat, laoreet non nonummy ipsum nunc non at ipsum dolore magna. Mi tellus consectetur erat tincidunt tellus consectetur ac tincidunt, aliquet eget dolor dolore proin mauris dolor donec ante volutpat nonummy tempus. Ante non amet erat molestie consectetur donec, nunc diam, felis, turpis lorem laoreet aliquet at sed dolore proin, non adipiscing ipsum. </w:t>
+        <w:t xml:space="preserve">Amet nisi sem consectetur ac mi id ipsum ante felis, tempus proin at ac et at mi id, ipsum. Massa, mauris feugiat, nibh, volutpat dolor mi id tempus mi felis nisi sem turpis nisi non pharetra congue ullamcorper. Pharetra nunc tellus massa id tempus massa mauris ac proin consectetur magna diam nonummy dolore praesent adipiscing nisi proin. At ac et elit donec diam adipiscing donec praesent ac proin at ac et nonummy dolore, aliquet pulvinar nunc. Tellus sit ut non pharetra congue diam nonummy nisi aliquet sit nunc non nibh mauris sed tincidunt euismod pulvinar. Nunc molestie, feugiat massa, molestie feugiat nibh elit, ac et nonummy, magna aliquet turpis nisi aliquet turpis ut tellus. Pharetra, congue felis tempus, nibh mauris ac nibh elit erat et elit erat mi felis ac, proin at, ac. Et elit erat praesent nonummy dolore aliquet, turpis ut tellus lobortis eget sed nibh, eget sed laoreet felis tempus. Proin at nisi aliquet turpis ut volutpat feugiat nibh eget sed mi elit tempus mi felis aliquam praesent, ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 5:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Et euismod adipiscing sed congue proin, mauris dolor congue praesent mauris feugiat ante molestie pharetra donec mi tellus pharetra erat ante molestie consectetur erat laoreet non consectetur. Sed nunc sem id amet dolore proin euismod turpis tempus, lobortis volutpat nonummy erat massa non elit pulvinar nisi et id pulvinar ut et id amet aliquam. Lobortis aliquet felis feugiat congue praesent mauris pharetra, donec mauris pharetra donec mi tellus consectetur erat massa non, at, sed nunc aliquet at, sed dolore proin volutpat. Pulvinar dolore proin volutpat pulvinar congue, diam felis feugiat congue laoreet molestie pharetra ac, laoreet aliquet elit pulvinar nisi, et euismod turpis tempus tincidunt diam felis lorem. Tincidunt praesent mauris feugiat congue nibh euismod turpis, ac laoreet aliquet mauris pharetra dolore mi molestie pharetra donec massa, volutpat nonummy erat nunc sem nonummy erat massa. Non nonummy erat laoreet, non ac laoreet, aliquet elit sed nunc proin elit dolor nunc proin eget dolor dolore praesent euismod amet tempus lobortis diam feugiat magna. Laoreet aliquet at ipsum dolore proin elit, dolor dolore, sem at sed nunc sem, mauris pulvinar donec proin mauris pharetra dolore proin eget pharetra aliquam molestie pharetra. Donec lobortis diam elit ipsum nisi et euismod sit nisi et id adipiscing sed dolore, ante, volutpat amet donec massa, ullamcorper nonummy tempus massa amet erat massa. Non, elit erat massa, non consectetur erat massa tellus nonummy sed ut sem eget pulvinar nisi et euismod adipiscing feugiat congue praesent felis feugiat ac laoreet tellus. At amet donec nibh volutpat amet donec, ante non felis feugiat, magna laoreet tellus turpis ac laoreet tellus consectetur erat tincidunt aliquet at dolor donec, massa non. </w:t>
+        <w:t xml:space="preserve">Adipiscing lorem ante mauris lorem laoreet eget erat, mi tempus proin eget sed laoreet, id sed laoreet felis erat. Mi mauris lorem nibh eget erat mi elit donec mi adipiscing dolore, euismod sit nunc sit ut non pharetra. Tincidunt euismod pulvinar nunc, molestie feugiat massa molestie lorem, nibh eget erat et nonummy donec praesent adipiscing nisi sem. Consectetur magna nonummy magna, diam adipiscing tempus ante, at ac laoreet eget erat mi felis tempus mi felis aliquam. Proin, at ac diam nonummy magna diam nonummy aliquet sit ut non sit ut volutpat sed laoreet eget erat. Mi felis erat praesent felis nisi proin consectetur, nisi non pharetra congue ullamcorper, amet, aliquet sit nisi non consectetur. Congue non dolor tincidunt id ipsum massa molestie feugiat lobortis molestie lorem et elit erat, et felis erat, ante. Mauris lorem ante sed laoreet, elit erat diam amet, dolore, ullamcorper pulvinar massa id ipsum ante mauris aliquam sem. At, ac et, elit erat praesent adipiscing nisi, aliquet turpis sem, nonummy donec praesent nonummy aliquam proin at ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 6:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nunc ante volutpat sit donec massa sem id sit ac laoreet ullamcorper, adipiscing feugiat congue aliquet adipiscing lorem tincidunt, praesent molestie consectetur erat. Massa non nonummy pulvinar laoreet aliquet at dolor congue proin molestie, pharetra donec, ante volutpat amet erat massa, non nonummy ipsum ut et. Euismod turpis lorem nunc praesent eget consectetur erat, massa proin eget pulvinar nisi nibh euismod amet ac lobortis ullamcorper, felis feugiat congue mi. Tellus consectetur erat, ante tellus consectetur pharetra, donec massa non amet, erat ante non nonummy erat ante volutpat consectetur erat massa non nonummy. Tempus ut diam, eget, pulvinar, nisi proin eget pulvinar aliquam erat nunc sem elit dolor nisi ante volutpat turpis aliquam nibh volutpat amet. Aliquam ante volutpat amet tempus, nibh non amet aliquam massa non nonummy tempus lobortis amet tempus massa non nonummy pulvinar ut diam eget. Turpis ac laoreet tellus at sed congue aliquet, at amet erat massa non felis ipsum ut, sem elit ac tincidunt sem mauris pulvinar. Donec nibh ullamcorper adipiscing ipsum congue et id feugiat congue, mi molestie consectetur erat nunc praesent mauris feugiat, magna, ante non, consectetur sed. </w:t>
+        <w:t xml:space="preserve">Nibh non pulvinar nunc tellus pulvinar, massa, id ipsum ante at ac et elit. Ac mi elit donec, aliquet turpis proin at ac diam consectetur donec diam nonummy. Donec praesent turpis nisi tellus feugiat massa molestie sed nibh eget sed laoreet felis. Tempus mi tempus ante mauris ac mi elit donec diam nonummy dolore tellus pulvinar. Massa id ipsum ante eget sed laoreet, id ipsum massa id ipsum ante mauris. Tempus, volutpat dolor tincidunt id tempus mi felis aliquam, praesent adipiscing nisi, non consectetur. Magna diam amet dolore ullamcorper turpis dolore tellus feugiat lobortis dolor lobortis volutpat dolor. Laoreet id tempus ante felis tempus sem consectetur magna sem nonummy donec diam nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 7:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod elit pulvinar ac laoreet aliquet. Eget amet donec nibh non adipiscing. Feugiat ac laoreet tellus turpis, ac. Laoreet tellus at sed tincidunt sem. Mauris donec ante volutpat pulvinar donec. Proin mauris dolor dolore proin molestie. Amet tempus lobortis diam, felis, sit. </w:t>
+        <w:t xml:space="preserve">Eget dolor tincidunt tellus sit nunc molestie ipsum nibh eget sed laoreet id sed mi elit donec praesent adipiscing tempus elit erat laoreet euismod, ipsum massa, mauris. Feugiat ut non pulvinar nunc tellus sit ut molestie feugiat lobortis volutpat, feugiat lobortis euismod pulvinar nunc consectetur magna sem pharetra tincidunt euismod, amet nunc tellus pulvinar. Nunc tellus pharetra congue non dolor tincidunt euismod ipsum laoreet id tempus ante at aliquam, et eget nunc tellus, sit nunc volutpat feugiat lobortis volutpat dolor, tincidunt. Tellus sit ut non, feugiat lobortis volutpat dolor tincidunt id erat et nonummy mi adipiscing aliquam aliquet turpis lobortis molestie feugiat nibh at ac diam nonummy donec. Diam nonummy dolore aliquet turpis nisi id pulvinar nunc, tellus feugiat nibh eget dolore tellus pulvinar nunc molestie ipsum, massa molestie dolor laoreet eget sed mi felis. Erat ante felis aliquam proin consectetur magna sem pharetra congue volutpat dolor nibh ipsum massa molestie, ipsum ante eget sed nibh eget ipsum laoreet felis tempus ante. Mauris feugiat lobortis eget sed, laoreet pulvinar nisi sem pharetra congue non dolor tincidunt eget erat mi adipiscing aliquam praesent turpis dolore, tellus sit ut non pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 8:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Amet, ipsum congue mi tellus consectetur sed dolore aliquet, eget amet, tempus nibh ullamcorper nonummy, lorem congue diam felis feugiat magna ipsum congue et molestie. Sit ac laoreet tellus consectetur ac tincidunt aliquet consectetur, sed dolore proin mauris pulvinar dolore proin, volutpat adipiscing tempus lobortis diam massa non, elit feugiat. Magna mi euismod turpis ac laoreet tellus consectetur lorem, tincidunt aliquet at dolor donec nibh, ullamcorper felis, feugiat magna mi, molestie consectetur ac lobortis aliquet. Felis dolor magna ante tellus nonummy sed nunc sem nonummy ipsum nisi et eget, amet aliquam nibh ullamcorper adipiscing, lorem tincidunt nunc sem eget amet. Aliquam lobortis euismod nonummy lorem ut, ullamcorper adipiscing ipsum lobortis ullamcorper adipiscing tempus massa volutpat amet erat ante volutpat consectetur erat, ut et ullamcorper, adipiscing. Lorem ut ullamcorper adipiscing, tempus lobortis diam, adipiscing feugiat magna mi tellus consectetur erat nunc sem elit dolor dolore proin eget lorem ut, ullamcorper nonummy. Tempus lobortis volutpat amet aliquam ante non pharetra erat massa volutpat pharetra donec ante volutpat pharetra erat massa non consectetur erat, ante non diam adipiscing. Sit ac mi molestie pharetra ac laoreet tellus, consectetur erat, nunc sem eget amet nisi proin eget pulvinar donec proin, eget nonummy, aliquam ante eget. Ipsum ut et felis feugiat nisi et id sit magna diam felis pulvinar, nisi diam eget pulvinar ut, diam eget pulvinar nisi nibh euismod at. </w:t>
+        <w:t xml:space="preserve">At ac diam pharetra tincidunt volutpat sed mi elit donec mi mauris tempus non sed nibh at magna diam amet, congue euismod. Sed laoreet elit dolore ullamcorper pulvinar laoreet felis, tempus praesent turpis dolore aliquet, turpis nunc tellus lorem mauris ac sem pharetra, ut. Volutpat dolor laoreet elit ac ullamcorper, pharetra tincidunt eget erat ullamcorper dolor tincidunt eget erat, et nonummy, magna volutpat, sed euismod ipsum. Massa mauris, feugiat nibh mauris aliquam sem pharetra lobortis molestie ac et consectetur congue ullamcorper pharetra tincidunt, volutpat erat et consectetur diam. Pulvinar nunc id, tempus mi nonummy dolore tellus pulvinar massa id, aliquam proin adipiscing nisi non sit, massa, mauris ac et consectetur. Nisi, sem pharetra, tincidunt pulvinar laoreet felis donec ullamcorper, pulvinar, nunc id ipsum mi adipiscing donec aliquet turpis nunc tellus feugiat massa. Mauris aliquam sem turpis nisi volutpat feugiat nibh at, sem consectetur tincidunt eget lorem et nonummy congue volutpat sed et elit erat. Diam adipiscing donec aliquet amet, massa felis massa mauris aliquam sem consectetur nisi volutpat, feugiat nibh at, magna sem consectetur tincidunt volutpat. Sed, laoreet elit, donec diam amet congue euismod ipsum, mi felis donec turpis nisi aliquet sit ut volutpat feugiat nibh eget ac. Diam nonummy magna volutpat sed, nibh eget erat praesent nonummy nunc euismod ipsum mi adipiscing dolore, ullamcorper dolore tellus feugiat massa felis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 9:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus ut diam adipiscing feugiat magna laoreet tellus mi molestie consectetur erat tincidunt aliquet, at dolor dolore proin volutpat nonummy tempus. Lobortis diam adipiscing ipsum congue mi molestie pharetra erat nunc aliquet elit sed dolore mi molestie consectetur tempus ut, diam id. Sit, ac nibh tellus turpis ac, tincidunt aliquet adipiscing dolor congue, praesent mauris dolor donec ante nibh euismod nonummy tempus lobortis. Diam mauris feugiat ut diam id consectetur erat laoreet tellus at, sed nunc sem elit pulvinar nisi nibh euismod sem mauris. Dolor donec, ante non nonummy tempus ut diam felis, feugiat magna, mi, tellus turpis erat nunc aliquet elit dolor dolore proin. Mauris pulvinar aliquam nibh adipiscing sit magna mi tellus consectetur sed massa, aliquet consectetur, ac mi tellus elit dolor nisi ante. </w:t>
+        <w:t xml:space="preserve">Nisi sem magna diam amet congue ullamcorper. Pulvinar massa id tempus, mi turpis, dolore. Tellus pulvinar massa mauris tempus sem turpis. Ut tellus feugiat ante at laoreet eget. Erat mi adipiscing dolore aliquet amet nunc. Molestie felis, lorem nibh mauris, ac proin. Elit donec praesent adipiscing aliquam proin adipiscing. Ac et erat laoreet id tempus ante. Felis aliquam sem turpis ut non feugiat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 10:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut et molestie turpis erat tincidunt sem at sed dolore ante eget, pulvinar tempus ut diam felis feugiat congue praesent eget amet ac tincidunt praesent. Mauris pharetra magna, praesent, molestie nonummy, tempus nunc tellus nonummy erat, massa non nonummy sed ut proin eget ipsum nibh, ullamcorper adipiscing lorem tincidunt ullamcorper. Adipiscing dolor magna mi mauris pharetra donec ante molestie sit congue praesent felis feugiat congue et molestie pharetra magna mi tellus erat, tincidunt sem mauris. Dolor nisi nibh ullamcorper felis lorem ut diam felis feugiat congue mi molestie sit magna mi molestie turpis magna magna mi volutpat consectetur tempus massa. Non nonummy erat massa non nonummy donec laoreet tellus consectetur ac massa aliquet, consectetur erat nunc aliquet, at dolor, nisi nibh laoreet tellus adipiscing lorem. Tincidunt proin mauris pharetra donec ante molestie amet erat lobortis ullamcorper elit feugiat ut diam felis pulvinar ut sem elit ipsum nunc non ullamcorper nonummy. Ipsum congue, praesent id pharetra erat massa aliquet at sed nunc aliquet at, erat nunc sem eget pulvinar donec laoreet molestie consectetur sed nunc sem. Eget pulvinar nisi et, volutpat amet ac lobortis ullamcorper adipiscing lorem congue mi tellus pharetra donec ante, non nonummy dolor donec, ante molestie amet erat. </w:t>
+        <w:t xml:space="preserve">Pharetra congue adipiscing aliquam ante at ac et elit. Erat ante mauris lorem proin, at ac proin, at. Ac diam nonummy donec praesent adipiscing nisi sem turpis. Sem nonummy magna ullamcorper amet nunc aliquet turpis ut. Non pharetra congue ullamcorper pharetra tincidunt euismod ipsum massa. Id, tempus ante mauris ac et erat laoreet id. Tempus ante felis tempus proin turpis, ut tellus pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>Paragraph 11:</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy erat aliquet dolore aliquet consectetur magna sem. Consectetur donec ullamcorper nonummy dolore aliquet turpis ut. Sem sit congue non dolor congue euismod, amet. Dolore aliquet turpis et elit erat praesent turpis. Dolore aliquet sit nisi non pharetra congue, ullamcorper. Amet, donec praesent adipiscing aliquam sem sit ut. Ullamcorper pharetra congue euismod laoreet molestie ipsum massa. Molestie dolor lobortis volutpat dolor laoreet, euismod pulvinar. Nunc molestie feugiat lobortis eget lorem, nibh at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>Paragraph 12:</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ac, nibh, elit sed mi id. Ipsum lobortis volutpat sed congue ullamcorper pulvinar. Massa at erat et elit donec aliquet. Turpis, nunc tellus sit nunc tellus sit. Ut non dolor tincidunt euismod ipsum massa. Id feugiat, massa, molestie feugiat lobortis dolor. Tincidunt molestie feugiat ante mauris tempus proin. At ac nibh elit erat praesent nonummy. Dolore aliquet sit ut, tellus ipsum, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>Paragraph 13:</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pulvinar nunc tellus turpis ut non sit ut, volutpat sed laoreet eget sed massa id ante felis. Tempus lobortis volutpat, sed laoreet id ipsum ante mauris lorem ante mauris ac et elit magna diam nonummy. Dolore aliquet amet nunc, tellus massa molestie feugiat et elit sed et elit donec praesent nonummy dolore aliquet. Sit nunc molestie lorem nibh mauris lorem et elit ac, mi id ante mauris lorem nibh eget ac. Diam elit erat mi adipiscing donec aliquet sit ut tellus feugiat lobortis volutpat sed nibh elit ac diam. Donec praesent turpis dolore aliquet, sit lobortis non dolor lobortis volutpat sed mi felis tempus mi felis tempus. Proin at aliquam proin elit erat mi, felis praesent adipiscing nisi sem turpis ut volutpat, dolor tincidunt volutpat. Erat mi elit erat praesent nonummy donec aliquet sit ut tellus sit lobortis eget lorem nibh eget laoreet. Molestie ipsum ante mauris lorem nibh elit, ac et elit donec, ullamcorper pulvinar tincidunt tellus pulvinar nunc molestie. Lorem ante mauris ac, proin at magna ullamcorper congue aliquet turpis nisi aliquet turpis ut, non pharetra lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>Paragraph 14:</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum nunc tellus sit lobortis non, pharetra congue ullamcorper. Amet dolore aliquet turpis nisi, tellus, feugiat lobortis sed laoreet. Euismod ipsum laoreet id ipsum massa mauris aliquam proin consectetur. Magna diam nonummy donec praesent turpis nisi aliquet sit nisi. Sem consectetur, ullamcorper nonummy donec tellus sit nunc tellus sit. Ut non amet dolore ullamcorper, amet nunc, tellus feugiat, ante. Mauris tempus, proin at ac, mi felis erat ante lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>Paragraph 15:</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, nunc aliquet, at ac, diam consectetur magna diam nonummy, aliquam, proin aliquam non pharetra magna, ullamcorper. Amet congue ullamcorper pulvinar nunc molestie feugiat lobortis molestie feugiat nibh eget sed laoreet, eget donec praesent. Adipiscing ante eget lorem nibh, elit ac diam, amet dolore ullamcorper amet, dolore tellus, turpis lobortis molestie. Lorem ante at magna diam nonummy donec praesent nonummy donec tellus ut tellus pharetra congue non pharetra. Tincidunt, euismod pulvinar, laoreet felis, erat ante, felis tempus ante at ante eget lorem nibh elit tincidunt. Volutpat massa id ipsum ante felis aliquam aliquet sit massa proin adipiscing ac proin at erat et. Elit erat mi felis tempus, ante mauris lorem et nonummy mi felis tempus ante at ac proin. At magna diam amet congue ullamcorper amet nunc id tempus ante mauris tempus proin consectetur nisi, diam. Id at sed proin, eget amet lorem congue praesent felis sit ac massa tellus consectetur ac laoreet. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="Rd71ec39306ba4720"/>
+      <w:headerReference w:type="default" r:id="R1f17bd838c114881"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -872,51 +997,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd0a83c05a3714f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raf9b4f5347b34da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd61ec9c123f4432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rd71ec39306ba4720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd6364f538f8449ec" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R36829d491c894056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7fd215f74d184447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd488fd7189e2403b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R1f17bd838c114881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0d3294aa89b14678" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>