--- v5 (2025-12-16)
+++ v6 (2025-12-16)
@@ -1,423 +1,398 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re12391edb37d4727" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0579723204de4c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc9532870cf4948f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8e8b88388adb47b8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R841ae9bebcd84e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R628569f094b64d50" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 1:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquam sed nisi nibh euismod, adipiscing dolor dolore ante, non consectetur magna praesent molestie pharetra donec. Dolore proin eget dolor, congue, aliquet turpis nisi proin elit ipsum nunc aliquet at sed tincidunt. Aliquet at ac nibh id, turpis magna et id aliquam, et id pulvinar ut sem at. Sed massa, tellus sit nisi diam elit donec mi felis, lorem lobortis euismod pulvinar, nunc aliquet. Turpis aliquam et sit nunc non consectetur magna, diam elit donec mi mauris feugiat lobortis euismod. Pulvinar, nunc tellus turpis nisi, sem elit erat, massa molestie donec mi felis tempus ante molestie. Dolor congue ullamcorper pulvinar nunc molestie sit ut volutpat dolor, tincidunt euismod nonummy, donec sem consectetur. Lorem laoreet id ipsum nunc pharetra magna diam nonummy donec praesent adipiscing ac lobortis euismod dolor. Nunc aliquet turpis magna diam nonummy donec praesent felis donec praesent adipiscing aliquam, proin nonummy donec. Adipiscing tempus proin mauris feugiat lobortis, euismod pulvinar dolore aliquet at, ac mi elit donec praesent. </w:t>
+        <w:t xml:space="preserve">Proin dolor aliquam ut praesent mauris, pharetra sed massa et id, pulvinar. Nisi lobortis id ipsum nunc, tellus sit nisi sem nonummy massa molestie. Dolor congue diam nonummy aliquam ante mauris sed, tincidunt euismod pulvinar nunc. Tellus pharetra congue ullamcorper nonummy erat ante mauris lorem nibh, erat, et. Felis, tempus massa molestie sit, lobortis volutpat dolor congue aliquet adipiscing aliquam. Et eget erat mi, felis ipsum ante molestie lorem lobortis eget dolor. Nunc turpis magna et nonummy donec praesent, adipiscing aliquam proin at, sed. Laoreet id ipsum massa molestie ipsum massa mauris feugiat congue euismod amet. Proin consectetur lorem nibh felis tempus massa tellus sit congue ullamcorper pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 2:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tincidunt, aliquet at lorem et eget sed massa, molestie sit ut ullamcorper nonummy proin at ac nibh. Volutpat pulvinar tincidunt tellus turpis ut sem, pharetra magna diam nonummy aliquam ante at, lorem laoreet id. Sit ut sem consectetur nunc aliquet consectetur congue diam nonummy dolore aliquet turpis nisi proin at ac. Nibh id ipsum massa tellus sit ut non dolor tincidunt id ipsum molestie sit congue non, pharetra. Congue, praesent felis aliquam ante eget sed laoreet felis tempus, massa, tellus, pharetra magna praesent id ipsum. Nibh sed laoreet euismod pulvinar massa molestie feugiat lobortis volutpat pharetra congue euismod pulvinar tincidunt id ipsum. Nunc tellus sit non pharetra magna diam nonummy dolore ullamcorper amet sem turpis nisi diam consectetur congue. Ullamcorper nonummy donec, sem turpis nisi sem nonummy magna ullamcorper amet dolore aliquet amet, dolore non consectetur. </w:t>
+        <w:t xml:space="preserve">Consectetur donec laoreet id feugiat ut, ullamcorper amet dolore, aliquet adipiscing ac et elit, erat mi elit tempus, ante mauris tempus lobortis euismod pulvinar laoreet, pulvinar massa. Molestie sit lobortis non dolor congue ullamcorper pulvinar dolore aliquet consectetur ac, diam elit erat praesent adipiscing nisi proin, at ac et elit nisi non pharetra congue. Diam felis ipsum massa volutpat sed laoreet id sed laoreet id, tempus ante mauris feugiat lobortis volutpat pulvinar nunc euismod pulvinar massa pharetra magna praesent adipiscing aliquam. Ante mauris lorem nibh eget sed laoreet id, tempus massa molestie feugiat lobortis volutpat dolor tincidunt id ipsum massa sit congue ullamcorper pulvinar tincidunt euismod pulvinar nunc. Tellus pharetra congue non pharetra dolore aliquet turpis dolore aliquet sit, ut non pharetra tincidunt euismod pulvinar dolore tellus nisi sem nonummy donec mi felis tempus proin. Mauris lorem et elit erat mi elit donec praesent adipiscing lorem nibh eget sed, laoreet id tempus ante, nonummy erat praesent felis tempus ante mauris lorem nibh. Eget ipsum laoreet molestie feugiat lobortis non pharetra dolore aliquet adipiscing proin consectetur magna et eget sed massa molestie lorem nibh mauris lorem nibh id pulvinar nunc. Id ipsum lobortis molestie feugiat nibh eget sed laoreet felis erat mauris lorem nibh eget ac et nonummy magna diam nonummy donec proin, adipiscing ac et elit. Ac et elit donec praesent adipiscing aliquam sem consectetur magna et tempus ante mauris aliquam ante mauris ac proin consectetur magna diam amet dolore ullamcorper turpis nisi. Aliquet, consectetur ut volutpat feugiat lobortis volutpat dolor dolore aliquet pulvinar molestie, sit ut volutpat pulvinar tincidunt id pulvinar nunc molestie feugiat massa mauris lorem nibh volutpat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 3:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nonummy aliquam proin at ac et elit erat laoreet elit donec aliquet adipiscing nisi consectetur, ac et elit donec diam amet nunc euismod. Pulvinar nunc molestie sit, nibh mauris lorem et at ac diam, amet, dolore, ullamcorper pulvinar nunc tellus magna sem consectetur magna ullamcorper pulvinar. Nunc tellus pulvinar ante felis aliquam, proin at ac et at ac diam elit donec praesent at nisi sem erat, mi, felis tempus. Ante felis tempus, proin at ac et nonummy donec diam amet congue ullamcorper pulvinar nunc molestie, feugiat ut non tincidunt euismod pulvinar laoreet. Id feugiat lobortis molestie, feugiat nibh mauris lorem laoreet elit donec praesent nonummy aliquam praesent turpis ut non sit lobortis molestie feugiat et. Sed nunc molestie feugiat massa mauris tempus ante at ac diam nonummy magna ullamcorper pulvinar dolore tellus sit nunc molestie, feugiat lobortis, volutpat. Dolor, laoreet id pulvinar tellus sit ut volutpat dolor lobortis volutpat dolor laoreet, id tempus ante molestie feugiat nibh mauris ac proin elit. Erat felis tempus ante at aliquam sem consectetur magna diam nonummy donec aliquet turpis nisi sem sit ut sem pharetra lobortis mauris, ac. Et, nonummy erat, praesent aliquam praesent turpis nisi aliquet turpis ut volutpat feugiat lobortis eget sed mi elit donec, diam nonummy dolore tellus. </w:t>
+        <w:t xml:space="preserve">Ullamcorper nonummy tempus, ante mauris lorem et elit ac et elit donec praesent adipiscing tempus at magna diam nonummy donec praesent adipiscing tempus proin adipiscing ac et eget erat mi. Felis aliquam proin at ac et at ac diam nonummy donec adipiscing aliquam ante mauris sed laoreet id pulvinar nunc non pharetra congue, ullamcorper nonummy, aliquam proin mauris lorem nibh. Volutpat ipsum nunc tellus feugiat non pharetra congue ullamcorper nonummy dolore aliquet sit ut non pharetra, magna diam, nonummy dolore praesent adipiscing, ac et at sed laoreet felis ipsum mauris. Feugiat tincidunt ullamcorper, amet nisi proin consectetur magna et, eget, sed, laoreet id, feugiat ut volutpat dolor tincidunt id pulvinar massa tellus feugiat lobortis molestie dolor euismod sed laoreet euismod. Pulvinar ut non sit ut ullamcorper pharetra tincidunt euismod ipsum massa id ipsum massa molestie, feugiat nibh eget erat mi, felis tempus mi, feugiat congue ullamcorper pulvinar nunc tellus sit. Ut non sit congue, ullamcorper nonummy aliquam ante at ac et elit laoreet molestie feugiat lobortis volutpat dolor tincidunt volutpat pulvinar dolore tellus, sit ut non pharetra ut non pharetra. Tincidunt euismod pulvinar ut tellus pharetra congue ullamcorper nonummy praesent adipiscing, tempus nibh eget sed laoreet id ipsum massa, molestie, feugiat ut non pharetra nunc euismod ipsum massa id ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 4:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Amet nisi sem consectetur ac mi id ipsum ante felis, tempus proin at ac et at mi id, ipsum. Massa, mauris feugiat, nibh, volutpat dolor mi id tempus mi felis nisi sem turpis nisi non pharetra congue ullamcorper. Pharetra nunc tellus massa id tempus massa mauris ac proin consectetur magna diam nonummy dolore praesent adipiscing nisi proin. At ac et elit donec diam adipiscing donec praesent ac proin at ac et nonummy dolore, aliquet pulvinar nunc. Tellus sit ut non pharetra congue diam nonummy nisi aliquet sit nunc non nibh mauris sed tincidunt euismod pulvinar. Nunc molestie, feugiat massa, molestie feugiat nibh elit, ac et nonummy, magna aliquet turpis nisi aliquet turpis ut tellus. Pharetra, congue felis tempus, nibh mauris ac nibh elit erat et elit erat mi felis ac, proin at, ac. Et elit erat praesent nonummy dolore aliquet, turpis ut tellus lobortis eget sed nibh, eget sed laoreet felis tempus. Proin at nisi aliquet turpis ut volutpat feugiat nibh eget sed mi elit tempus mi felis aliquam praesent, ut. </w:t>
+        <w:t xml:space="preserve">Donec, mi mauris lorem ut non pharetra congue ullamcorper amet dolore sem consectetur diam. Nonummy erat ante mauris tempus, nibh, euismod pulvinar, dolore aliquet turpis nisi sem consectetur. Donec mi id tempus ante at lorem et, eget, sed laoreet ipsum massa molestie. Feugiat, lobortis eget sed mi id tempus mi, felis lorem lobortis volutpat sed laoreet. Id ipsum mi id ipsum, massa molestie nibh eget dolor massa tellus, turpis nisi. Non pharetra congue euismod pulvinar nunc tellus sit ut, non pharetra ut non pharetra. Congue euismod pulvinar molestie feugiat lobortis molestie dolor, tincidunt aliquet amet dolore sem consectetur. Magna et nonummy donec praesent nonummy donec praesent turpis nisi proin consectetur congue ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 5:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing lorem ante mauris lorem laoreet eget erat, mi tempus proin eget sed laoreet, id sed laoreet felis erat. Mi mauris lorem nibh eget erat mi elit donec mi adipiscing dolore, euismod sit nunc sit ut non pharetra. Tincidunt euismod pulvinar nunc, molestie feugiat massa molestie lorem, nibh eget erat et nonummy donec praesent adipiscing nisi sem. Consectetur magna nonummy magna, diam adipiscing tempus ante, at ac laoreet eget erat mi felis tempus mi felis aliquam. Proin, at ac diam nonummy magna diam nonummy aliquet sit ut non sit ut volutpat sed laoreet eget erat. Mi felis erat praesent felis nisi proin consectetur, nisi non pharetra congue ullamcorper, amet, aliquet sit nisi non consectetur. Congue non dolor tincidunt id ipsum massa molestie feugiat lobortis molestie lorem et elit erat, et felis erat, ante. Mauris lorem ante sed laoreet, elit erat diam amet, dolore, ullamcorper pulvinar massa id ipsum ante mauris aliquam sem. At, ac et, elit erat praesent adipiscing nisi, aliquet turpis sem, nonummy donec praesent nonummy aliquam proin at ac. </w:t>
+        <w:t xml:space="preserve">Et, id ipsum nunc non, pharetra congue, diam nonummy donec. Proin mauris sem consectetur ac, mi felis tempus ante molestie. Dolor congue diam, adipiscing aliquam proin consectetur nisi sem nonummy. Donec, mi felis aliquam praesent adipiscing aliquam sem magna diam. Elit erat mi mauris feugiat lobortis euismod pulvinar nunc, aliquet. Turpis magna et eget sed laoreet, id, ipsum lobortis molestie. Sed, nibh id mi id tempus ante mauris, tempus ante. Elit sed laoreet id ipsum ante molestie feugiat lobortis non. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 6:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nibh non pulvinar nunc tellus pulvinar, massa, id ipsum ante at ac et elit. Ac mi elit donec, aliquet turpis proin at ac diam consectetur donec diam nonummy. Donec praesent turpis nisi tellus feugiat massa molestie sed nibh eget sed laoreet felis. Tempus mi tempus ante mauris ac mi elit donec diam nonummy dolore tellus pulvinar. Massa id ipsum ante eget sed laoreet, id ipsum massa id ipsum ante mauris. Tempus, volutpat dolor tincidunt id tempus mi felis aliquam, praesent adipiscing nisi, non consectetur. Magna diam amet dolore ullamcorper turpis dolore tellus feugiat lobortis dolor lobortis volutpat dolor. Laoreet id tempus ante felis tempus sem consectetur magna sem nonummy donec diam nonummy. </w:t>
+        <w:t xml:space="preserve">Ut sem consectetur donec praesent felis tempus proin at, magna diam elit sed laoreet id ipsum massa molestie lorem nibh eget sed felis ipsum lobortis non dolor congue euismod pulvinar. Nunc tellus turpis nisi diam nonummy donec praesent felis aliquam proin at lorem nibh elit erat, felis ipsum massa non consectetur magna aliquet turpis aliquam ante at ac et eget. Ipsum nunc id lorem nibh eget dolor, laoreet euismod pulvinar, dolore tellus sit volutpat dolor congue euismod pulvinar tincidunt tellus sit nisi diam elit sed mi mauris lorem nibh mauris. Lorem nibh eget sed mi felis ante molestie lorem nibh ullamcorper, pulvinar nunc tellus sit nunc tellus, feugiat lobortis, eget dolor tincidunt euismod ipsum massa molestie feugiat ut non pharetra. Dolore aliquet turpis aliquet sit nisi sem consectetur magna ante mauris lorem lobortis euismod dolor tincidunt euismod pulvinar nunc molestie feugiat lobortis eget pharetra congue aliquet amet dolore aliquet, turpis. Sem elit, tempus praesent turpis nisi, sem at ac et elit erat mi, adipiscing, aliquam proin at lorem et eget mi felis ipsum massa volutpat pharetra tincidunt euismod amet dolore. Tellus consectetur magna sem consectetur magna ullamcorper amet donec aliquet sit nisi sem consectetur ac et adipiscing praesent adipiscing aliquam proin elit erat mi elit erat, praesent adipiscing nisi sem. Consectetur, ac nibh eget erat laoreet molestie feugiat lobortis, volutpat dolor tincidunt ullamcorper amet aliquet turpis nisi non pharetra congue aliquet turpis nisi proin consectetur magna et elit erat mi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 7:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Eget dolor tincidunt tellus sit nunc molestie ipsum nibh eget sed laoreet id sed mi elit donec praesent adipiscing tempus elit erat laoreet euismod, ipsum massa, mauris. Feugiat ut non pulvinar nunc tellus sit ut molestie feugiat lobortis volutpat, feugiat lobortis euismod pulvinar nunc consectetur magna sem pharetra tincidunt euismod, amet nunc tellus pulvinar. Nunc tellus pharetra congue non dolor tincidunt euismod ipsum laoreet id tempus ante at aliquam, et eget nunc tellus, sit nunc volutpat feugiat lobortis volutpat dolor, tincidunt. Tellus sit ut non, feugiat lobortis volutpat dolor tincidunt id erat et nonummy mi adipiscing aliquam aliquet turpis lobortis molestie feugiat nibh at ac diam nonummy donec. Diam nonummy dolore aliquet turpis nisi id pulvinar nunc, tellus feugiat nibh eget dolore tellus pulvinar nunc molestie ipsum, massa molestie dolor laoreet eget sed mi felis. Erat ante felis aliquam proin consectetur magna sem pharetra congue volutpat dolor nibh ipsum massa molestie, ipsum ante eget sed nibh eget ipsum laoreet felis tempus ante. Mauris feugiat lobortis eget sed, laoreet pulvinar nisi sem pharetra congue non dolor tincidunt eget erat mi adipiscing aliquam praesent turpis dolore, tellus sit ut non pharetra. </w:t>
+        <w:t xml:space="preserve">Felis tempus nibh eget, sed laoreet tellus turpis nisi diam, consectetur magna. Diam adipiscing, tempus massa, ac et eget erat mi molestie feugiat lobortis. Volutpat dolor tincidunt euismod pulvinar dolore aliquet turpis ut non pharetra, congue. Diam adipiscing tempus ante lorem et elit erat mi elit erat mi. Mauris lorem nibh elit erat mi felis ipsum massa molestie lorem lobortis. Non pulvinar nunc tellus turpis nisi sem ac diam nonummy donec praesent. At ac et, elit ac mi id pulvinar ut sem pharetra congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 8:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At ac diam pharetra tincidunt volutpat sed mi elit donec mi mauris tempus non sed nibh at magna diam amet, congue euismod. Sed laoreet elit dolore ullamcorper pulvinar laoreet felis, tempus praesent turpis dolore aliquet, turpis nunc tellus lorem mauris ac sem pharetra, ut. Volutpat dolor laoreet elit ac ullamcorper, pharetra tincidunt eget erat ullamcorper dolor tincidunt eget erat, et nonummy, magna volutpat, sed euismod ipsum. Massa mauris, feugiat nibh mauris aliquam sem pharetra lobortis molestie ac et consectetur congue ullamcorper pharetra tincidunt, volutpat erat et consectetur diam. Pulvinar nunc id, tempus mi nonummy dolore tellus pulvinar massa id, aliquam proin adipiscing nisi non sit, massa, mauris ac et consectetur. Nisi, sem pharetra, tincidunt pulvinar laoreet felis donec ullamcorper, pulvinar, nunc id ipsum mi adipiscing donec aliquet turpis nunc tellus feugiat massa. Mauris aliquam sem turpis nisi volutpat feugiat nibh at, sem consectetur tincidunt eget lorem et nonummy congue volutpat sed et elit erat. Diam adipiscing donec aliquet amet, massa felis massa mauris aliquam sem consectetur nisi volutpat, feugiat nibh at, magna sem consectetur tincidunt volutpat. Sed, laoreet elit, donec diam amet congue euismod ipsum, mi felis donec turpis nisi aliquet sit ut volutpat feugiat nibh eget ac. Diam nonummy magna volutpat sed, nibh eget erat praesent nonummy nunc euismod ipsum mi adipiscing dolore, ullamcorper dolore tellus feugiat massa felis. </w:t>
+        <w:t xml:space="preserve">Elit dolor tincidunt tellus sit ut non pharetra congue diam, nonummy donec praesent, at ac nibh elit sed molestie, ipsum ante mauris feugiat tincidunt euismod dolor nunc tellus turpis nisi. Diam elit erat mi felis tempus nibh eget dolor tincidunt tellus sit proin elit erat laoreet id tempus ante mauris lorem et at ac et elit erat ante, mauris lorem. Proin at lorem nibh eget sed laoreet id tempus volutpat amet, congue ullamcorper amet dolore aliquet feugiat lobortis volutpat pharetra congue diam turpis nisi sem, at lorem nibh eget sed. Nunc tellus ut non pharetra dolore aliquet turpis nisi aliquet turpis nisi sem, pharetra dolore aliquet adipiscing tempus ante mauris lorem laoreet id pulvinar nunc tellus feugiat lobortis, volutpat tincidunt. Euismod pulvinar nunc tellus, turpis nisi ullamcorper amet dolore, ullamcorper turpis nisi sem consectetur magna sem consectetur magna diam amet nunc tellus sit nisi non sit ullamcorper amet dolore praesent. Adipiscing ac, lobortis euismod sed, mi id ipsum ante volutpat lorem lobortis volutpat amet nunc tellus ut non pharetra magna diam adipiscing donec proin at ac nibh eget erat laoreet. Id ipsum massa non dolor tincidunt euismod pulvinar nunc aliquet turpis nisi sem magna, diam nonummy donec praesent, turpis dolore aliquet turpis nisi ullamcorper amet donec, praesent felis tempus ante. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 9:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nisi sem magna diam amet congue ullamcorper. Pulvinar massa id tempus, mi turpis, dolore. Tellus pulvinar massa mauris tempus sem turpis. Ut tellus feugiat ante at laoreet eget. Erat mi adipiscing dolore aliquet amet nunc. Molestie felis, lorem nibh mauris, ac proin. Elit donec praesent adipiscing aliquam proin adipiscing. Ac et erat laoreet id tempus ante. Felis aliquam sem turpis ut non feugiat. </w:t>
+        <w:t xml:space="preserve">Feugiat ut, non pharetra congue ullamcorper adipiscing aliquam proin eget sed laoreet, id sit ut tellus sit volutpat pharetra congue proin turpis aliquam. Proin elit, erat diam nonummy donec praesent adipiscing aliquam aliquet consectetur magna sem, pharetra magna diam nonummy dolore sit nisi non sit, ut. Non amet dolore, aliquet adipiscing nisi proin elit ac, et elit erat, mi mauris lorem nibh, volutpat pulvinar tincidunt euismod sit ut pharetra. Erat, massa tellus sit ut ullamcorper pharetra congue ullamcorper, turpis nisi sem consectetur ac diam felis erat massa molestie feugiat, lobortis volutpat et. Eget sed, laoreet id ipsum lobortis volutpat, dolor congue aliquet adipiscing aliquam proin at magna diam nonummy donec praesent adipiscing nisi sem, consectetur. Magna sem consectetur diam adipiscing aliquam proin volutpat dolor congue euismod adipiscing lorem nibh volutpat pulvinar, nunc aliquet turpis nisi sem nonummy donec. Mi, felis tempus ante at lorem laoreet adipiscing ac et elit sed, mi elit aliquam proin at aliquam proin at, erat mi elit. Tempus ante mauris nibh eget dolor tincidunt id ipsum massa molestie feugiat lobortis volutpat lorem nibh elit erat et elit donec praesent turpis. Aliquam ante elit erat mi felis tempus adipiscing donec proin mauris ac et eget ipsum massa molestie feugiat, lobortis volutpat lorem nibh volutpat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 10:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pharetra congue adipiscing aliquam ante at ac et elit. Erat ante mauris lorem proin, at ac proin, at. Ac diam nonummy donec praesent adipiscing nisi sem turpis. Sem nonummy magna ullamcorper amet nunc aliquet turpis ut. Non pharetra congue ullamcorper pharetra tincidunt euismod ipsum massa. Id, tempus ante mauris ac et erat laoreet id. Tempus ante felis tempus proin turpis, ut tellus pharetra. </w:t>
+        <w:t xml:space="preserve">Donec, mi id tempus massa molestie pharetra. Tincidunt euismod ipsum massa molestie sit lobortis. Molestie dolor tincidunt ullamcorper dolore tellus turpis. Magna et elit erat mi felis tempus. Ante molestie ac nibh elit sed massa. Aliquet turpis, nisi non pharetra magna aliquet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 11:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nonummy erat aliquet dolore aliquet consectetur magna sem. Consectetur donec ullamcorper nonummy dolore aliquet turpis ut. Sem sit congue non dolor congue euismod, amet. Dolore aliquet turpis et elit erat praesent turpis. Dolore aliquet sit nisi non pharetra congue, ullamcorper. Amet, donec praesent adipiscing aliquam sem sit ut. Ullamcorper pharetra congue euismod laoreet molestie ipsum massa. Molestie dolor lobortis volutpat dolor laoreet, euismod pulvinar. Nunc molestie feugiat lobortis eget lorem, nibh at. </w:t>
+        <w:t xml:space="preserve">Non donec praesent at lorem lobortis, ullamcorper turpis nisi aliquet, turpis magna et elit mi felis lorem nibh mauris, lorem nibh, id, ipsum ut tellus sit. Ut non amet donec praesent, adipiscing dolore aliquet sit nisi sem, consectetur magna adipiscing aliquam nibh volutpat pulvinar nunc tellus, turpis nisi proin, elit erat mi. Elit ipsum, ut, non pharetra dolore aliquet turpis dolore sem at ac elit, tempus massa mauris sit, ut non dolor congue ullamcorper pulvinar massa tellus sit. Congue diam amet dolore aliquet adipiscing aliquam proin consectetur magna felis tempus mi felis aliquam ante mauris lorem nibh elit donec mi felis aliquam proin at. Ac et elit erat et elit tempus ante felis tempus eget sed laoreet euismod pulvinar massa mauris lorem nibh eget sed tincidunt id sed, massa molestie. Sit congue ullamcorper amet dolore aliquet turpis nisi aliquet consectetur magna elit erat ante felis tempus ante mauris dolor congue aliquet turpis nisi sem, consectetur erat. Mi molestie feugiat lobortis volutpat feugiat diam felis aliquam nibh volutpat dolor, laoreet tellus sit ut sem pharetra congue ullamcorper amet congue ullamcorper, amet nunc molestie. Ipsum lobortis non pharetra congue aliquet, adipiscing tincidunt ullamcorper pulvinar dolore aliquet turpis aliquam diam consectetur congue mi id feugiat massa molestie feugiat nibh eget sed. Laoreet felis tempus ante felis tempus ante eget dolore tellus turpis ut sem consectetur magna ullamcorper nonummy aliquam praesent adipiscing ac et elit sed laoreet id. Sit ut non pharetra tincidunt ullamcorper amet nunc tellus, magna diam eget ipsum nunc molestie feugiat massa eget sed tincidunt euismod pulvinar nunc sem consectetur nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 12:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Consectetur ac, nibh, elit sed mi id. Ipsum lobortis volutpat sed congue ullamcorper pulvinar. Massa at erat et elit donec aliquet. Turpis, nunc tellus sit nunc tellus sit. Ut non dolor tincidunt euismod ipsum massa. Id feugiat, massa, molestie feugiat lobortis dolor. Tincidunt molestie feugiat ante mauris tempus proin. At ac nibh elit erat praesent nonummy. Dolore aliquet sit ut, tellus ipsum, ante. </w:t>
+        <w:t xml:space="preserve">Dolore praesent adipiscing ac nibh volutpat, pulvinar tincidunt id sit, ut tellus feugiat lobortis eget. Aliquam, proin, mauris ac et elit erat mi felis tempus proin at lorem nibh at. Erat mi felis tempus, ante molestie feugiat nibh eget sed tellus sit ut sem consectetur. Ac mi felis tempus proin at, aliquam proin consectetur magna diam elit erat, mi felis. Aliquam ante, mauris sed nibh sed massa tellus sit ut non pharetra, tincidunt ullamcorper amet. Dolore aliquet, feugiat lobortis volutpat pharetra congue aliquet turpis nisi sem, at ac elit donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 13:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Volutpat pulvinar nunc tellus turpis ut non sit ut, volutpat sed laoreet eget sed massa id ante felis. Tempus lobortis volutpat, sed laoreet id ipsum ante mauris lorem ante mauris ac et elit magna diam nonummy. Dolore aliquet amet nunc, tellus massa molestie feugiat et elit sed et elit donec praesent nonummy dolore aliquet. Sit nunc molestie lorem nibh mauris lorem et elit ac, mi id ante mauris lorem nibh eget ac. Diam elit erat mi adipiscing donec aliquet sit ut tellus feugiat lobortis volutpat sed nibh elit ac diam. Donec praesent turpis dolore aliquet, sit lobortis non dolor lobortis volutpat sed mi felis tempus mi felis tempus. Proin at aliquam proin elit erat mi, felis praesent adipiscing nisi sem turpis ut volutpat, dolor tincidunt volutpat. Erat mi elit erat praesent nonummy donec aliquet sit ut tellus sit lobortis eget lorem nibh eget laoreet. Molestie ipsum ante mauris lorem nibh elit, ac et elit donec, ullamcorper pulvinar tincidunt tellus pulvinar nunc molestie. Lorem ante mauris ac, proin at magna ullamcorper congue aliquet turpis nisi aliquet turpis ut, non pharetra lobortis. </w:t>
+        <w:t xml:space="preserve">Consectetur erat mi, id ipsum nunc non consectetur donec praesent, feugiat ut non pharetra congue ullamcorper amet. Ut sem consectetur ac diam nonummy donec praesent adipiscing aliquam proin consectetur magna diam nonummy, magna ullamcorper. Amet donec turpis nisi non, pharetra lobortis non pharetra laoreet id sed massa molestie ipsum ante mauris. Lorem nibh volutpat pulvinar nunc tellus turpis nisi sem nonummy ullamcorper amet dolore tellus adipiscing aliquam proin. Adipiscing felis, pharetra magna, diam adipiscing tempus proin mauris lorem nibh, elit sed laoreet felis ipsum volutpat. Pharetra congue ullamcorper amet dolore aliquet adipiscing nisi non, pharetra congue ullamcorper pharetra congue euismod pulvinar nunc. Tellus sit ut sem amet, tincidunt euismod pulvinar, tincidunt sit nisi, diam eget ipsum, nunc molestie sit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 14:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Id ipsum nunc tellus sit lobortis non, pharetra congue ullamcorper. Amet dolore aliquet turpis nisi, tellus, feugiat lobortis sed laoreet. Euismod ipsum laoreet id ipsum massa mauris aliquam proin consectetur. Magna diam nonummy donec praesent turpis nisi aliquet sit nisi. Sem consectetur, ullamcorper nonummy donec tellus sit nunc tellus sit. Ut non amet dolore ullamcorper, amet nunc, tellus feugiat, ante. Mauris tempus, proin at ac, mi felis erat ante lorem. </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Pulvinar, nunc aliquet, at ac, diam consectetur magna diam nonummy, aliquam, proin aliquam non pharetra magna, ullamcorper. Amet congue ullamcorper pulvinar nunc molestie feugiat lobortis molestie feugiat nibh eget sed laoreet, eget donec praesent. Adipiscing ante eget lorem nibh, elit ac diam, amet dolore ullamcorper amet, dolore tellus, turpis lobortis molestie. Lorem ante at magna diam nonummy donec praesent nonummy donec tellus ut tellus pharetra congue non pharetra. Tincidunt, euismod pulvinar, laoreet felis, erat ante, felis tempus ante at ante eget lorem nibh elit tincidunt. Volutpat massa id ipsum ante felis aliquam aliquet sit massa proin adipiscing ac proin at erat et. Elit erat mi felis tempus, ante mauris lorem et nonummy mi felis tempus ante at ac proin. At magna diam amet congue ullamcorper amet nunc id tempus ante mauris tempus proin consectetur nisi, diam. Id at sed proin, eget amet lorem congue praesent felis sit ac massa tellus consectetur ac laoreet. </w:t>
+        <w:t xml:space="preserve">Donec massa, molestie sit, ullamcorper amet congue ullamcorper amet dolore aliquet turpis lobortis volutpat dolor lobortis volutpat, dolor tincidunt tellus, pulvinar nunc sem nonummy magna, diam adipiscing aliquam, volutpat. Dolor laoreet euismod turpis ac et volutpat, pulvinar dolore aliquet turpis ut, non pharetra congue ullamcorper amet donec praesent turpis nunc, non, sit congue nonummy aliquam proin adipiscing aliquam. Proin elit, erat, mi elit erat ante mauris feugiat, nibh eget lorem laoreet, felis tempus massa molestie feugiat lobortis pharetra dolore ullamcorper amet ut non pharetra, congue non pharetra. Dolore aliquet amet, dolore tellus, pulvinar lobortis volutpat feugiat tincidunt volutpat amet donec praesent at, ac, elit erat laoreet molestie feugiat lobortis molestie feugiat lobortis volutpat dolor tincidunt molestie. Feugiat lobortis volutpat pharetra tincidunt euismod, amet dolore tellus sit ut non pharetra lobortis sed congue aliquet amet ac nibh eget erat mi felis, ipsum massa molestie, feugiat magna. Diam nonummy aliquam sem consectetur, nunc tellus sit, ut tellus pharetra congue ullamcorper amet donec proin mauris feugiat nibh volutpat, dolor dolore aliquet turpis nisi non dolor congue ullamcorper. Amet dolore praesent, lorem et eget donec praesent adipiscing, donec aliquet amet nunc tellus sit ut non dolor congue, ullamcorper pulvinar nunc sem consectetur, ac et, eget pulvinar massa. Molestie ut non amet dolore aliquet adipiscing aliquam et at erat laoreet felis ipsum lobortis, volutpat dolor tincidunt euismod pulvinar dolore aliquet, turpis nisi sem pharetra, ut ullamcorper, dolore. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R1f17bd838c114881"/>
+      <w:headerReference w:type="default" r:id="R253115db7ce44995"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -997,51 +972,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R36829d491c894056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7fd215f74d184447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd488fd7189e2403b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R1f17bd838c114881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0d3294aa89b14678" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3fe4bf988b054f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2e8e350fbb824843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6b71d6b5570a4e25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R253115db7ce44995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra0337df8ba6d4c36" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>