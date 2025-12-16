--- v6 (2025-12-16)
+++ v7 (2025-12-16)
@@ -1,398 +1,323 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8e8b88388adb47b8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R841ae9bebcd84e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R628569f094b64d50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4f85c36937924e14" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R306b29b5b3fa4d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd545d11eec6645a5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 1:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Proin dolor aliquam ut praesent mauris, pharetra sed massa et id, pulvinar. Nisi lobortis id ipsum nunc, tellus sit nisi sem nonummy massa molestie. Dolor congue diam nonummy aliquam ante mauris sed, tincidunt euismod pulvinar nunc. Tellus pharetra congue ullamcorper nonummy erat ante mauris lorem nibh, erat, et. Felis, tempus massa molestie sit, lobortis volutpat dolor congue aliquet adipiscing aliquam. Et eget erat mi, felis ipsum ante molestie lorem lobortis eget dolor. Nunc turpis magna et nonummy donec praesent, adipiscing aliquam proin at, sed. Laoreet id ipsum massa molestie ipsum massa mauris feugiat congue euismod amet. Proin consectetur lorem nibh felis tempus massa tellus sit congue ullamcorper pharetra. </w:t>
+        <w:t xml:space="preserve">Ante id consectetur dolor ante volutpat nonummy lorem ut nunc, non at ipsum massa, aliquet consectetur magna mi felis tempus lobortis volutpat pharetra magna, praesent. Molestie sit tincidunt volutpat donec aliquet turpis aliquam et eget sed massa molestie feugiat congue ullamcorper nonummy erat, ante molestie feugiat tincidunt ullamcorper amet nisi. Sem consectetur ac et ipsum nisi non consectetur magna diam nonummy donec praesent adipiscing aliquam proin at erat mi molestie sit ut non consectetur magna. Praesent mauris magna diam adipiscing aliquam proin at ac et, elit sed massa molestie ipsum massa mauris feugiat, lobortis volutpat dolor nunc tellus turpis, nisi. Diam felis tempus ante, sit ut non amet dolore aliquet turpis nisi proin elit erat mi felis ipsum massa mauris lorem nibh, eget dolor laoreet. Euismod sit ut non consectetur congue amet dolore aliquet adipiscing aliquam proin at magna et elit tempus ante felis lorem nibh eget ac et felis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 2:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Consectetur donec laoreet id feugiat ut, ullamcorper amet dolore, aliquet adipiscing ac et elit, erat mi elit tempus, ante mauris tempus lobortis euismod pulvinar laoreet, pulvinar massa. Molestie sit lobortis non dolor congue ullamcorper pulvinar dolore aliquet consectetur ac, diam elit erat praesent adipiscing nisi proin, at ac et elit nisi non pharetra congue. Diam felis ipsum massa volutpat sed laoreet id sed laoreet id, tempus ante mauris feugiat lobortis volutpat pulvinar nunc euismod pulvinar massa pharetra magna praesent adipiscing aliquam. Ante mauris lorem nibh eget sed laoreet id, tempus massa molestie feugiat lobortis volutpat dolor tincidunt id ipsum massa sit congue ullamcorper pulvinar tincidunt euismod pulvinar nunc. Tellus pharetra congue non pharetra dolore aliquet turpis dolore aliquet sit, ut non pharetra tincidunt euismod pulvinar dolore tellus nisi sem nonummy donec mi felis tempus proin. Mauris lorem et elit erat mi elit donec praesent adipiscing lorem nibh eget sed, laoreet id tempus ante, nonummy erat praesent felis tempus ante mauris lorem nibh. Eget ipsum laoreet molestie feugiat lobortis non pharetra dolore aliquet adipiscing proin consectetur magna et eget sed massa molestie lorem nibh mauris lorem nibh id pulvinar nunc. Id ipsum lobortis molestie feugiat nibh eget sed laoreet felis erat mauris lorem nibh eget ac et nonummy magna diam nonummy donec proin, adipiscing ac et elit. Ac et elit donec praesent adipiscing aliquam sem consectetur magna et tempus ante mauris aliquam ante mauris ac proin consectetur magna diam amet dolore ullamcorper turpis nisi. Aliquet, consectetur ut volutpat feugiat lobortis volutpat dolor dolore aliquet pulvinar molestie, sit ut volutpat pulvinar tincidunt id pulvinar nunc molestie feugiat massa mauris lorem nibh volutpat. </w:t>
+        <w:t xml:space="preserve">Felis feugiat, lobortis non nonummy erat mi mauris lorem nibh eget sed laoreet id ipsum massa molestie lobortis non nonummy dolore praesent adipiscing ac nibh elit sed. Laoreet, euismod, sit ut non, pharetra congue ullamcorper amet, nunc tellus turpis ut non donec praesent nonummy donec praesent turpis nisi aliquet turpis nisi, sem, pharetra dolore. Ullamcorper adipiscing, aliquam proin at magna et elit erat massa molestie, feugiat lobortis eget congue ullamcorper turpis aliquam, et elit sed laoreet id tempus ante mauris lorem. Ante mauris sed laoreet eget tempus ante felis lorem nibh nonummy tempus ante mauris, lorem, et elit, erat mi id ipsum, lobortis non, dolor, congue ullamcorper turpis. Dolore aliquet turpis nisi non pharetra congue ullamcorper amet, dolore mauris, ac laoreet eget sed massa sem turpis nisi non, consectetur donec praesent mauris lorem nibh eget. Dolor dolore praesent adipiscing aliquam, et elit erat praesent felis proin at ac, et, eget erat, mi felis tempus ante molestie feugiat nibh euismod nonummy aliquam proin. At lorem nibh mauris lorem nibh eget, sed massa, molestie feugiat, lobortis molestie feugiat lobortis euismod dolor tincidunt id tempus ante felis lorem nibh mauris ac nibh. Euismod, pulvinar et elit sed laoreet felis tempus ante, mauris lorem nibh, volutpat dolor, tincidunt euismod feugiat lobortis volutpat consectetur magna diam nonummy aliquam praesent adipiscing aliquam. Diam nonummy laoreet id ipsum massa molestie feugiat nibh volutpat sed massa id ipsum massa non, pharetra congue ullamcorper amet dolore tellus pulvinar ut non pharetra, congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 3:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper nonummy tempus, ante mauris lorem et elit ac et elit donec praesent adipiscing tempus at magna diam nonummy donec praesent adipiscing tempus proin adipiscing ac et eget erat mi. Felis aliquam proin at ac et at ac diam nonummy donec adipiscing aliquam ante mauris sed laoreet id pulvinar nunc non pharetra congue, ullamcorper nonummy, aliquam proin mauris lorem nibh. Volutpat ipsum nunc tellus feugiat non pharetra congue ullamcorper nonummy dolore aliquet sit ut non pharetra, magna diam, nonummy dolore praesent adipiscing, ac et at sed laoreet felis ipsum mauris. Feugiat tincidunt ullamcorper, amet nisi proin consectetur magna et, eget, sed, laoreet id, feugiat ut volutpat dolor tincidunt id pulvinar massa tellus feugiat lobortis molestie dolor euismod sed laoreet euismod. Pulvinar ut non sit ut ullamcorper pharetra tincidunt euismod ipsum massa id ipsum massa molestie, feugiat nibh eget erat mi, felis tempus mi, feugiat congue ullamcorper pulvinar nunc tellus sit. Ut non sit congue, ullamcorper nonummy aliquam ante at ac et elit laoreet molestie feugiat lobortis volutpat dolor tincidunt volutpat pulvinar dolore tellus, sit ut non pharetra ut non pharetra. Tincidunt euismod pulvinar ut tellus pharetra congue ullamcorper nonummy praesent adipiscing, tempus nibh eget sed laoreet id ipsum massa, molestie, feugiat ut non pharetra nunc euismod ipsum massa id ipsum. </w:t>
+        <w:t xml:space="preserve">Lorem laoreet euismod sit nunc molestie feugiat ut dolor congue ullamcorper sit ut non sit congue non pharetra tincidunt, ullamcorper adipiscing tempus ante elit dolor nunc tellus sit nunc tellus. Sit ut non dolore praesent adipiscing nisi non sit ut ullamcorper nonummy, dolore aliquet amet dolore, aliquet consectetur magna sem consectetur magna praesent, adipiscing donec proin, mauris dolor euismod pulvinar. Ut proin, at erat, mi id, aliquam ante mauris ac nibh elit erat diam, elit tempus mi adipiscing tempus ante mauris sed euismod, pulvinar nunc non consectetur, sed massa molestie. Feugiat ut non amet dolore, aliquet amet nunc tellus, turpis ut sem pharetra congue euismod, pulvinar tincidunt euismod ipsum sem consectetur donec praesent adipiscing aliquam proin adipiscing aliquam proin consectetur. Ac et, felis ipsum ante molestie feugiat lobortis volutpat dolor tincidunt euismod sit ut non sed nunc sem pharetra, magna, et elit tempus massa mauris lorem et eget sed mi. Id ipsum massa molestie lorem nibh mauris tincidunt tellus, sit nunc id feugiat lobortis volutpat amet congue ullamcorper adipiscing aliquam et at ac et elit erat mi mauris tempus nibh. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 4:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec, mi mauris lorem ut non pharetra congue ullamcorper amet dolore sem consectetur diam. Nonummy erat ante mauris tempus, nibh, euismod pulvinar, dolore aliquet turpis nisi sem consectetur. Donec mi id tempus ante at lorem et, eget, sed laoreet ipsum massa molestie. Feugiat, lobortis eget sed mi id tempus mi, felis lorem lobortis volutpat sed laoreet. Id ipsum mi id ipsum, massa molestie nibh eget dolor massa tellus, turpis nisi. Non pharetra congue euismod pulvinar nunc tellus sit ut, non pharetra ut non pharetra. Congue euismod pulvinar molestie feugiat lobortis molestie dolor, tincidunt aliquet amet dolore sem consectetur. Magna et nonummy donec praesent nonummy donec praesent turpis nisi proin consectetur congue ullamcorper. </w:t>
+        <w:t xml:space="preserve">Mi molestie dolor congue ullamcorper turpis, nisi. Proin mauris lorem laoreet id massa molestie. Sit, ut ullamcorper, nonummy donec proin mauris. Lorem et at erat mauris lorem nibh. Elit tempus massa mauris lorem nibh mauris. Ac et at laoreet felis tempus proin. At lorem et elit ac et nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 5:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Et, id ipsum nunc non, pharetra congue, diam nonummy donec. Proin mauris sem consectetur ac, mi felis tempus ante molestie. Dolor congue diam, adipiscing aliquam proin consectetur nisi sem nonummy. Donec, mi felis aliquam praesent adipiscing aliquam sem magna diam. Elit erat mi mauris feugiat lobortis euismod pulvinar nunc, aliquet. Turpis magna et eget sed laoreet, id, ipsum lobortis molestie. Sed, nibh id mi id tempus ante mauris, tempus ante. Elit sed laoreet id ipsum ante molestie feugiat lobortis non. </w:t>
+        <w:t xml:space="preserve">Nunc non massa, molestie dolor lobortis volutpat sed massa, id feugiat massa molestie feugiat lobortis eget lorem nibh eget sed ante mauris lorem ante, mauris sed. Laoreet ipsum massa molestie ipsum massa mauris lorem nibh elit erat et, elit erat ante felis lorem ante eget sed nibh eget sed laoreet felis, tempus. At ac nibh eget sed laoreet felis ipsum mi mauris tempus sem consectetur magna sem consectetur congue ullamcorper, pulvinar nunc id ipsum massa id ipsum nibh. Mauris laoreet id, sed massa id ipsum massa molestie lorem nibh eget sed mi felis erat praesent, adipiscing aliquam aliquet sit nisi sem pharetra ullamcorper amet. Dolore ullamcorper amet, dolore aliquet turpis magna non, pharetra congue euismod amet nunc euismod, ipsum massa felis tempus ante consectetur nisi, non pharetra ut volutpat tincidunt. Euismod ipsum nunc molestie ipsum ante mauris ac et consectetur, magna diam nonummy magna diam amet, dolore sem, consectetur magna diam consectetur congue diam amet congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 6:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut sem consectetur donec praesent felis tempus proin at, magna diam elit sed laoreet id ipsum massa molestie lorem nibh eget sed felis ipsum lobortis non dolor congue euismod pulvinar. Nunc tellus turpis nisi diam nonummy donec praesent felis aliquam proin at lorem nibh elit erat, felis ipsum massa non consectetur magna aliquet turpis aliquam ante at ac et eget. Ipsum nunc id lorem nibh eget dolor, laoreet euismod pulvinar, dolore tellus sit volutpat dolor congue euismod pulvinar tincidunt tellus sit nisi diam elit sed mi mauris lorem nibh mauris. Lorem nibh eget sed mi felis ante molestie lorem nibh ullamcorper, pulvinar nunc tellus sit nunc tellus, feugiat lobortis, eget dolor tincidunt euismod ipsum massa molestie feugiat ut non pharetra. Dolore aliquet turpis aliquet sit nisi sem consectetur magna ante mauris lorem lobortis euismod dolor tincidunt euismod pulvinar nunc molestie feugiat lobortis eget pharetra congue aliquet amet dolore aliquet, turpis. Sem elit, tempus praesent turpis nisi, sem at ac et elit erat mi, adipiscing, aliquam proin at lorem et eget mi felis ipsum massa volutpat pharetra tincidunt euismod amet dolore. Tellus consectetur magna sem consectetur magna ullamcorper amet donec aliquet sit nisi sem consectetur ac et adipiscing praesent adipiscing aliquam proin elit erat mi elit erat, praesent adipiscing nisi sem. Consectetur, ac nibh eget erat laoreet molestie feugiat lobortis, volutpat dolor tincidunt ullamcorper amet aliquet turpis nisi non pharetra congue aliquet turpis nisi proin consectetur magna et elit erat mi. </w:t>
+        <w:t xml:space="preserve">Aliquam ante mauris sed nibh elit sed mi mauris proin adipiscing nisi, sem consectetur magna diam nonummy donec aliquet amet dolore. Aliquet sit ut volutpat feugiat nibh volutpat dolor laoreet id pulvinar ut tellus sit, volutpat dolor tincidunt euismod pulvinar nunc molestie. Ipsum massa molestie, feugiat, nibh volutpat dolor laoreet felis tempus mi, mauris lorem ante at lorem et, elit mi felis aliquam. Proin adipiscing ut non pharetra congue mi elit donec ullamcorper pulvinar tincidunt molestie feugiat massa molestie nonummy magna praesent nonummy aliquet. Turpis, nisi sem consectetur, congue non pharetra tincidunt id ipsum, massa molestie ipsum massa molestie feugiat nibh eget erat diam consectetur. Magna diam amet tincidunt tellus, nisi sem elit donec diam nonummy donec aliquet turpis nisi sem consectetur magna ullamcorper amet tincidunt. Ullamcorper amet nisi sem at ac, et elit donec praesent aliquam proin adipiscing aliquam proin consectetur magna ullamcorper pharetra, congue ullamcorper. Amet, nunc tellus, turpis nisi sem dolor tincidunt volutpat nunc, aliquet pulvinar nunc tellus feugiat nibh volutpat sed nibh eget sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 7:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Felis tempus nibh eget, sed laoreet tellus turpis nisi diam, consectetur magna. Diam adipiscing, tempus massa, ac et eget erat mi molestie feugiat lobortis. Volutpat dolor tincidunt euismod pulvinar dolore aliquet turpis ut non pharetra, congue. Diam adipiscing tempus ante lorem et elit erat mi elit erat mi. Mauris lorem nibh elit erat mi felis ipsum massa molestie lorem lobortis. Non pulvinar nunc tellus turpis nisi sem ac diam nonummy donec praesent. At ac et, elit ac mi id pulvinar ut sem pharetra congue. </w:t>
+        <w:t xml:space="preserve">At magna, diam consectetur, erat mi, felis tempus, nibh eget lorem laoreet id pulvinar laoreet felis ipsum massa. Molestie feugiat tincidunt, volutpat, laoreet id ipsum ante molestie feugiat nibh mauris lorem et elit sed mi felis. Aliquam proin, adipiscing aliquam et at erat diam amet dolore aliquet aliquam sem turpis nisi non pharetra, congue. Volutpat, sed nibh id ipsum massa molestie sit lobortis volutpat sed nibh eget erat et felis erat praesent. Amet dolore, sit ut non pharetra congue volutpat dolor tincidunt id tempus ante mauris tempus ante at ac. Et elit sed mi id, feugiat congue dolor congue ullamcorper amet dolore aliquet sit nunc molestie feugiat nibh. Mauris lorem nibh elit donec mi felis tempus ante at ac proin, at magna et elit aliquet, turpis. Nisi sem consectetur ac et nonummy donec praesent nonummy, dolore laoreet id feugiat massa volutpat, dolor tincidunt euismod. Pulvinar nisi, aliquet consectetur nisi sem pharetra ullamcorper pulvinar nunc aliquet sit ut non, pharetra congue diam nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 8:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit dolor tincidunt tellus sit ut non pharetra congue diam, nonummy donec praesent, at ac nibh elit sed molestie, ipsum ante mauris feugiat tincidunt euismod dolor nunc tellus turpis nisi. Diam elit erat mi felis tempus nibh eget dolor tincidunt tellus sit proin elit erat laoreet id tempus ante mauris lorem et at ac et elit erat ante, mauris lorem. Proin at lorem nibh eget sed laoreet id tempus volutpat amet, congue ullamcorper amet dolore aliquet feugiat lobortis volutpat pharetra congue diam turpis nisi sem, at lorem nibh eget sed. Nunc tellus ut non pharetra dolore aliquet turpis nisi aliquet turpis nisi sem, pharetra dolore aliquet adipiscing tempus ante mauris lorem laoreet id pulvinar nunc tellus feugiat lobortis, volutpat tincidunt. Euismod pulvinar nunc tellus, turpis nisi ullamcorper amet dolore, ullamcorper turpis nisi sem consectetur magna sem consectetur magna diam amet nunc tellus sit nisi non sit ullamcorper amet dolore praesent. Adipiscing ac, lobortis euismod sed, mi id ipsum ante volutpat lorem lobortis volutpat amet nunc tellus ut non pharetra magna diam adipiscing donec proin at ac nibh eget erat laoreet. Id ipsum massa non dolor tincidunt euismod pulvinar nunc aliquet turpis nisi sem magna, diam nonummy donec praesent, turpis dolore aliquet turpis nisi ullamcorper amet donec, praesent felis tempus ante. </w:t>
+        <w:t xml:space="preserve">Diam, elit erat praesent tellus pharetra congue non pharetra dolore aliquet adipiscing lorem nibh, eget sed laoreet id feugiat, massa volutpat. Dolor congue ullamcorper nunc tellus sit nisi sem ac et elit erat mi felis erat praesent turpis, nisi aliquet consectetur magna. Diam nonummy congue euismod dolor, laoreet euismod massa molestie feugiat massa molestie ac proin elit erat et nonummy dolore ullamcorper, amet. Dolore aliquet, sit ut non pharetra congue diam nisi sem nonummy donec laoreet sit congue diam nonummy donec praesent adipiscing aliquam. Et elit ac et nonummy donec diam, nonummy donec, praesent turpis nisi non pharetra congue amet aliquam proin, at ac, et. At ac mi molestie sit ut non pharetra congue diam pulvinar nunc tellus, pulvinar, ut tellus sit, ut ullamcorper amet dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 9:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat ut, non pharetra congue ullamcorper adipiscing aliquam proin eget sed laoreet, id sit ut tellus sit volutpat pharetra congue proin turpis aliquam. Proin elit, erat diam nonummy donec praesent adipiscing aliquam aliquet consectetur magna sem, pharetra magna diam nonummy dolore sit nisi non sit, ut. Non amet dolore, aliquet adipiscing nisi proin elit ac, et elit erat, mi mauris lorem nibh, volutpat pulvinar tincidunt euismod sit ut pharetra. Erat, massa tellus sit ut ullamcorper pharetra congue ullamcorper, turpis nisi sem consectetur ac diam felis erat massa molestie feugiat, lobortis volutpat et. Eget sed, laoreet id ipsum lobortis volutpat, dolor congue aliquet adipiscing aliquam proin at magna diam nonummy donec praesent adipiscing nisi sem, consectetur. Magna sem consectetur diam adipiscing aliquam proin volutpat dolor congue euismod adipiscing lorem nibh volutpat pulvinar, nunc aliquet turpis nisi sem nonummy donec. Mi, felis tempus ante at lorem laoreet adipiscing ac et elit sed, mi elit aliquam proin at aliquam proin at, erat mi elit. Tempus ante mauris nibh eget dolor tincidunt id ipsum massa molestie feugiat lobortis volutpat lorem nibh elit erat et elit donec praesent turpis. Aliquam ante elit erat mi felis tempus adipiscing donec proin mauris ac et eget ipsum massa molestie feugiat, lobortis volutpat lorem nibh volutpat. </w:t>
+        <w:t xml:space="preserve">Nonummy tempus ante, eget, lorem nibh eget sed laoreet id ipsum non amet dolore aliquet amet dolore aliquet sit, ut sem consectetur erat mi felis tempus. Ante volutpat dolor nunc tellus adipiscing aliquam et elit ac nonummy erat ante at ac nibh eget dolor tincidunt euismod ipsum ante mauris lorem nibh mauris. Lorem laoreet id sed laoreet id ipsum, massa, volutpat tincidunt, euismod amet dolore sem turpis ut volutpat feugiat tincidunt euismod amet dolore aliquet turpis nisi sem. Consectetur magna diam amet, dolore praesent aliquam, et elit sed massa molestie, feugiat, lobortis molestie lorem nibh volutpat dolor tincidunt euismod pulvinar nunc tellus consectetur magna. Diam, amet donec praesent turpis nisi et erat laoreet molestie, feugiat, lobortis molestie, feugiat lobortis volutpat dolor tincidunt, euismod sit ut non pharetra tincidunt euismod pulvinar. Tincidunt euismod pulvinar ut non pharetra congue ullamcorper congue ullamcorper amet dolore sem at ac et nonummy donec aliquet turpis nisi sem consectetur nisi et eget. Sed laoreet ipsum, nibh volutpat dolor tincidunt, euismod pulvinar massa molestie feugiat lobortis volutpat feugiat nibh eget sed laoreet euismod pulvinar nunc tellus sit lobortis eget. Dolor nunc tellus lorem laoreet euismod pulvinar laoreet molestie feugiat lobortis volutpat dolor, tincidunt euismod pulvinar nunc tellus sit nisi non pharetra congue diam, amet donec. Praesent adipiscing lorem et erat mi felis tempus ante mauris feugiat, lobortis eget erat tincidunt euismod pulvinar massa molestie dolor lobortis volutpat dolor laoreet euismod pulvinar. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 10:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec, mi id tempus massa molestie pharetra. Tincidunt euismod ipsum massa molestie sit lobortis. Molestie dolor tincidunt ullamcorper dolore tellus turpis. Magna et elit erat mi felis tempus. Ante molestie ac nibh elit sed massa. Aliquet turpis, nisi non pharetra magna aliquet. </w:t>
+        <w:t xml:space="preserve">Massa volutpat pharetra magna diam adipiscing aliquam proin mauris sed id sed massa tellus feugiat, lobortis, non pharetra congue praesent at aliquam et, eget dolor, nunc tellus sit nisi non. Pharetra tincidunt ullamcorper adipiscing donec proin ac et elit sed laoreet non pharetra congue, non amet dolore aliquet, turpis nisi proin consectetur ac sem nonummy erat mi felis tempus proin. At et eget sed mi id tempus ante at ac nibh eget sed mi felis tempus ante, molestie feugiat nibh volutpat pulvinar tincidunt aliquet ac et elit erat mi felis. Aliquam ante molestie feugiat tincidunt ullamcorper pulvinar nunc tellus sit nisi sem consectetur congue diam amet dolore aliquet turpis magna diam erat praesent felis tempus proin mauris ac nibh eget. Sed laoreet molestie feugiat, lobortis volutpat feugiat nibh eget sed laoreet felis pulvinar nunc tellus sit ut non dolore aliquet adipiscing nisi sem pharetra magna ullamcorper pharetra dolore, aliquet turpis. Nisi sem consectetur magna et elit tempus ante mauris tempus nibh nonummy aliquam proin adipiscing aliquam, proin eget sed mi id ipsum, ante mauris lorem et eget erat laoreet euismod. Ipsum nunc molestie sit, congue ullamcorper pulvinar nunc, turpis nisi proin consectetur congue diam nonummy donec proin at lorem et elit erat mi felis erat ante mauris feugiat nibh eget. Sed tincidunt tellus turpis ut, consectetur magna praesent adipiscing tempus ante mauris lorem et eget sed tincidunt tellus turpis nisi sem consectetur magna, diam nonummy donec aliquet turpis nisi diam. Consectetur magna id feugiat lobortis non dolor tincidunt volutpat sed massa id ipsum massa mauris tempus ante mauris sed laoreet euismod pulvinar nunc non sit ut, ullamcorper amet donec, adipiscing. Ac et elit sed, laoreet, id feugiat lobortis volutpat dolor congue ullamcorper amet dolore tellus sit, nisi et eget sed laoreet id, feugiat lobortis non pharetra ullamcorper amet, nisi proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 11:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Non donec praesent at lorem lobortis, ullamcorper turpis nisi aliquet, turpis magna et elit mi felis lorem nibh mauris, lorem nibh, id, ipsum ut tellus sit. Ut non amet donec praesent, adipiscing dolore aliquet sit nisi sem, consectetur magna adipiscing aliquam nibh volutpat pulvinar nunc tellus, turpis nisi proin, elit erat mi. Elit ipsum, ut, non pharetra dolore aliquet turpis dolore sem at ac elit, tempus massa mauris sit, ut non dolor congue ullamcorper pulvinar massa tellus sit. Congue diam amet dolore aliquet adipiscing aliquam proin consectetur magna felis tempus mi felis aliquam ante mauris lorem nibh elit donec mi felis aliquam proin at. Ac et elit erat et elit tempus ante felis tempus eget sed laoreet euismod pulvinar massa mauris lorem nibh eget sed tincidunt id sed, massa molestie. Sit congue ullamcorper amet dolore aliquet turpis nisi aliquet consectetur magna elit erat ante felis tempus ante mauris dolor congue aliquet turpis nisi sem, consectetur erat. Mi molestie feugiat lobortis volutpat feugiat diam felis aliquam nibh volutpat dolor, laoreet tellus sit ut sem pharetra congue ullamcorper amet congue ullamcorper, amet nunc molestie. Ipsum lobortis non pharetra congue aliquet, adipiscing tincidunt ullamcorper pulvinar dolore aliquet turpis aliquam diam consectetur congue mi id feugiat massa molestie feugiat nibh eget sed. Laoreet felis tempus ante felis tempus ante eget dolore tellus turpis ut sem consectetur magna ullamcorper nonummy aliquam praesent adipiscing ac et elit sed laoreet id. Sit ut non pharetra tincidunt ullamcorper amet nunc tellus, magna diam eget ipsum nunc molestie feugiat massa eget sed tincidunt euismod pulvinar nunc sem consectetur nisi. </w:t>
-[...74 lines deleted...]
-        <w:t xml:space="preserve">Donec massa, molestie sit, ullamcorper amet congue ullamcorper amet dolore aliquet turpis lobortis volutpat dolor lobortis volutpat, dolor tincidunt tellus, pulvinar nunc sem nonummy magna, diam adipiscing aliquam, volutpat. Dolor laoreet euismod turpis ac et volutpat, pulvinar dolore aliquet turpis ut, non pharetra congue ullamcorper amet donec praesent turpis nunc, non, sit congue nonummy aliquam proin adipiscing aliquam. Proin elit, erat, mi elit erat ante mauris feugiat, nibh eget lorem laoreet, felis tempus massa molestie feugiat lobortis pharetra dolore ullamcorper amet ut non pharetra, congue non pharetra. Dolore aliquet amet, dolore tellus, pulvinar lobortis volutpat feugiat tincidunt volutpat amet donec praesent at, ac, elit erat laoreet molestie feugiat lobortis molestie feugiat lobortis volutpat dolor tincidunt molestie. Feugiat lobortis volutpat pharetra tincidunt euismod, amet dolore tellus sit ut non pharetra lobortis sed congue aliquet amet ac nibh eget erat mi felis, ipsum massa molestie, feugiat magna. Diam nonummy aliquam sem consectetur, nunc tellus sit, ut tellus pharetra congue ullamcorper amet donec proin mauris feugiat nibh volutpat, dolor dolore aliquet turpis nisi non dolor congue ullamcorper. Amet dolore praesent, lorem et eget donec praesent adipiscing, donec aliquet amet nunc tellus sit ut non dolor congue, ullamcorper pulvinar nunc sem consectetur, ac et, eget pulvinar massa. Molestie ut non amet dolore aliquet adipiscing aliquam et at erat laoreet felis ipsum lobortis, volutpat dolor tincidunt euismod pulvinar dolore aliquet, turpis nisi sem pharetra, ut ullamcorper, dolore. </w:t>
+        <w:t xml:space="preserve">Sem ut volutpat dolor congue aliquet adipiscing nisi proin at erat laoreet id ipsum massa. Volutpat pharetra congue ullamcorper nonummy aliquam ante mauris sed tincidunt erat laoreet id ipsum ut. Non amet dolore, aliquet turpis nisi sem, consectetur magna diam elit erat ante felis, tempus. Ante eget sed, nibh id laoreet molestie sit congue ullamcorper amet donec praesent adipiscing aliquam. Proin, elit erat tincidunt felis ipsum ante, mauris lorem nibh volutpat sed, laoreet id ipsum. Massa lorem lobortis volutpat amet congue ullamcorper turpis dolore sem consectetur ac mi, id feugiat. Ut sem consectetur donec praesent felis tempus ante mauris, sed, id ipsum massa, molestie feugiat. Lobortis non pharetra congue ullamcorper amet dolore tellus sit lobortis non dolor lobortis volutpat dolor. Nunc tellus pulvinar massa, molestie lorem volutpat pharetra, congue ullamcorper turpis ut, non sit lobortis. Non pharetra congue euismod pulvinar nunc tellus feugiat lobortis molestie feugiat congue ullamcorper amet nunc. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R253115db7ce44995"/>
+      <w:headerReference w:type="default" r:id="R99e3d5a845f14247"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -972,51 +897,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3fe4bf988b054f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2e8e350fbb824843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6b71d6b5570a4e25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R253115db7ce44995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra0337df8ba6d4c36" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf5448633af6b4f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7245117e15cd4779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R024e5cffb1a04c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R99e3d5a845f14247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Reff5bb9b2d5f499c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>