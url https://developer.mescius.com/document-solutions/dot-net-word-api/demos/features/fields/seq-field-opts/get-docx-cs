--- v7 (2025-12-16)
+++ v8 (2025-12-19)
@@ -1,323 +1,348 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4f85c36937924e14" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R306b29b5b3fa4d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd545d11eec6645a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc08a7988f3254fd3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Refafd349dffe472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd077e20472d3474b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 1:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ante id consectetur dolor ante volutpat nonummy lorem ut nunc, non at ipsum massa, aliquet consectetur magna mi felis tempus lobortis volutpat pharetra magna, praesent. Molestie sit tincidunt volutpat donec aliquet turpis aliquam et eget sed massa molestie feugiat congue ullamcorper nonummy erat, ante molestie feugiat tincidunt ullamcorper amet nisi. Sem consectetur ac et ipsum nisi non consectetur magna diam nonummy donec praesent adipiscing aliquam proin at erat mi molestie sit ut non consectetur magna. Praesent mauris magna diam adipiscing aliquam proin at ac et, elit sed massa molestie ipsum massa mauris feugiat, lobortis volutpat dolor nunc tellus turpis, nisi. Diam felis tempus ante, sit ut non amet dolore aliquet turpis nisi proin elit erat mi felis ipsum massa mauris lorem nibh, eget dolor laoreet. Euismod sit ut non consectetur congue amet dolore aliquet adipiscing aliquam proin at magna et elit tempus ante felis lorem nibh eget ac et felis. </w:t>
+        <w:t xml:space="preserve">Eget, et massa donec feugiat euismod aliquet nunc dolor elit, sem nunc sed elit, et ac turpis. Ullamcorper tincidunt dolor eget, lobortis, tempus, adipiscing diam congue pharetra tellus nunc pulvinar mi erat at tellus. Tincidunt dolor, volutpat tincidunt dolor molestie massa tempus felis mi ac, elit proin nisi adipiscing praesent, dolore. Pulvinar volutpat lobortis feugiat ante erat elit et erat, eget lobortis feugiat molestie ante tempus felis mi. Ac at, proin nisi turpis praesent donec amet ullamcorper congue mauris ante tempus, felis et, ac at. Sem nisi turpis aliquet congue pharetra non lobortis feugiat molestie massa, ipsum id nibh ac, at praesent. Donec nonummy diam, pharetra molestie ante tempus elit et magna consectetur sem dolore amet euismod dolore pharetra. Non lobortis ipsum id laoreet, sed elit et ac at aliquet nunc dolor ante aliquam adipiscing aliquet. Dolore amet diam magna consectetur sem nisi, amet euismod tincidunt pharetra non ut sit tellus nunc pulvinar. Id nibh ac consectetur sem pulvinar at sem dolore, amet aliquet donec, amet diam magna at proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 2:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Felis feugiat, lobortis non nonummy erat mi mauris lorem nibh eget sed laoreet id ipsum massa molestie lobortis non nonummy dolore praesent adipiscing ac nibh elit sed. Laoreet, euismod, sit ut non, pharetra congue ullamcorper amet, nunc tellus turpis ut non donec praesent nonummy donec praesent turpis nisi aliquet turpis nisi, sem, pharetra dolore. Ullamcorper adipiscing, aliquam proin at magna et elit erat massa molestie, feugiat lobortis eget congue ullamcorper turpis aliquam, et elit sed laoreet id tempus ante mauris lorem. Ante mauris sed laoreet eget tempus ante felis lorem nibh nonummy tempus ante mauris, lorem, et elit, erat mi id ipsum, lobortis non, dolor, congue ullamcorper turpis. Dolore aliquet turpis nisi non pharetra congue ullamcorper amet, dolore mauris, ac laoreet eget sed massa sem turpis nisi non, consectetur donec praesent mauris lorem nibh eget. Dolor dolore praesent adipiscing aliquam, et elit erat praesent felis proin at ac, et, eget erat, mi felis tempus ante molestie feugiat nibh euismod nonummy aliquam proin. At lorem nibh mauris lorem nibh eget, sed massa, molestie feugiat, lobortis molestie feugiat lobortis euismod dolor tincidunt id tempus ante felis lorem nibh mauris ac nibh. Euismod, pulvinar et elit sed laoreet felis tempus ante, mauris lorem nibh, volutpat dolor, tincidunt euismod feugiat lobortis volutpat consectetur magna diam nonummy aliquam praesent adipiscing aliquam. Diam nonummy laoreet id ipsum massa molestie feugiat nibh volutpat sed massa id ipsum massa non, pharetra congue ullamcorper amet dolore tellus pulvinar ut non pharetra, congue. </w:t>
+        <w:t xml:space="preserve">Volutpat et nisi turpis ullamcorper, congue dolor eget ante. Aliquam, nonummy ullamcorper ut pharetra non nunc, pulvinar diam. Nisi sit tellus nunc, amet, ullamcorper dolore amet ullamcorper. Congue sit tellus dolore amet euismod congue, dolor eget. Proin donec amet volutpat nibh adipiscing praesent erat elit. Diam nisi sit, molestie laoreet ipsum volutpat tincidunt lorem. Mauris proin aliquam amet ullamcorper magna consectetur, diam aliquam. Adipiscing praesent aliquam felis magna, consectetur sem magna consectetur. Sem dolore amet ullamcorper congue amet diam congue pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 3:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem laoreet euismod sit nunc molestie feugiat ut dolor congue ullamcorper sit ut non sit congue non pharetra tincidunt, ullamcorper adipiscing tempus ante elit dolor nunc tellus sit nunc tellus. Sit ut non dolore praesent adipiscing nisi non sit ut ullamcorper nonummy, dolore aliquet amet dolore, aliquet consectetur magna sem consectetur magna praesent, adipiscing donec proin, mauris dolor euismod pulvinar. Ut proin, at erat, mi id, aliquam ante mauris ac nibh elit erat diam, elit tempus mi adipiscing tempus ante mauris sed euismod, pulvinar nunc non consectetur, sed massa molestie. Feugiat ut non amet dolore, aliquet amet nunc tellus, turpis ut sem pharetra congue euismod, pulvinar tincidunt euismod ipsum sem consectetur donec praesent adipiscing aliquam proin adipiscing aliquam proin consectetur. Ac et, felis ipsum ante molestie feugiat lobortis volutpat dolor tincidunt euismod sit ut non sed nunc sem pharetra, magna, et elit tempus massa mauris lorem et eget sed mi. Id ipsum massa molestie lorem nibh mauris tincidunt tellus, sit nunc id feugiat lobortis volutpat amet congue ullamcorper adipiscing aliquam et at ac et elit erat mi mauris tempus nibh. </w:t>
+        <w:t xml:space="preserve">Elit diam nisi consectetur aliquet dolore ipsum eget nibh, lorem mauris ante tempus adipiscing praesent donec nonummy diam ac at proin pulvinar. Ullamcorper tincidunt dolor volutpat massa tempus felis, mi erat elit, nibh lorem molestie massa ipsum adipiscing praesent magna consectetur sem nisi, sit. Aliquet, lorem at proin tempus felis praesent donec elit et erat eget et aliquam at praesent aliquam felis, mi donec elit, et. Aliquam turpis praesent nunc pulvinar volutpat tempus felis mi tempus elit diam magna sit tellus massa sed elit et ac mauris ante. Tempus, adipiscing praesent donec nonummy diam nisi aliquet nunc pulvinar euismod tincidunt dolor non nisi, sit tellus massa pulvinar euismod lobortis ac. At proin aliquam adipiscing, mi donec nonummy diam ac at ante tempus praesent donec elit et ac, elit proin aliquam turpis praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 4:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mi molestie dolor congue ullamcorper turpis, nisi. Proin mauris lorem laoreet id massa molestie. Sit, ut ullamcorper, nonummy donec proin mauris. Lorem et at erat mauris lorem nibh. Elit tempus massa mauris lorem nibh mauris. Ac et at laoreet felis tempus proin. At lorem et elit ac et nonummy. </w:t>
+        <w:t xml:space="preserve">Praesent magna sem ut sit aliquet nunc pulvinar, ullamcorper tincidunt dolor non ut. Pharetra non nunc ipsum, ullamcorper congue dolor volutpat ut sit tellus nunc sit. Nibh ac at proin, nisi amet aliquet dolore nonummy et ac, at sem. Nisi turpis, aliquet dolore amet diam congue, pharetra non ut sit aliquet ac. Consectetur sem aliquam, turpis aliquet congue pharetra sem ut turpis sem dolore amet. Ullamcorper, dolore dolor, volutpat ut, pharetra, tellus nunc ipsum id, nunc dolor volutpat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 5:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nunc non massa, molestie dolor lobortis volutpat sed massa, id feugiat massa molestie feugiat lobortis eget lorem nibh eget sed ante mauris lorem ante, mauris sed. Laoreet ipsum massa molestie ipsum massa mauris lorem nibh elit erat et, elit erat ante felis lorem ante eget sed nibh eget sed laoreet felis, tempus. At ac nibh eget sed laoreet felis ipsum mi mauris tempus sem consectetur magna sem consectetur congue ullamcorper, pulvinar nunc id ipsum massa id ipsum nibh. Mauris laoreet id, sed massa id ipsum massa molestie lorem nibh eget sed mi felis erat praesent, adipiscing aliquam aliquet sit nisi sem pharetra ullamcorper amet. Dolore ullamcorper amet, dolore aliquet turpis magna non, pharetra congue euismod amet nunc euismod, ipsum massa felis tempus ante consectetur nisi, non pharetra ut volutpat tincidunt. Euismod ipsum nunc molestie ipsum ante mauris ac et consectetur, magna diam nonummy magna diam amet, dolore sem, consectetur magna diam consectetur congue diam amet congue. </w:t>
+        <w:t xml:space="preserve">Ante donec nonummy diam magna sit tellus nunc pulvinar euismod tincidunt sed euismod tincidunt sed eget et aliquam, adipiscing praesent donec, amet. Ullamcorper, ut feugiat molestie massa ipsum id laoreet lorem mauris ante tempus mauris ante ipsum id nisi sit aliquet dolore pulvinar euismod. Congue dolor molestie, ante tempus felis mi, sed eget nibh lorem mauris, nibh lorem molestie massa ipsum id laoreet elit ante tempus. Felis, mi donec nonummy et magna consectetur proin aliquam adipiscing praesent donec nonummy diam magna pharetra tellus nunc sit tellus sed eget. Ante tempus mauris ante erat felis, mi ac at sem dolore amet ullamcorper congue pharetra non lobortis, feugiat molestie nunc pulvinar, euismod. Laoreet, lorem at nisi amet euismod tincidunt dolor molestie ante tempus felis mi erat, eget nibh sed volutpat lobortis lorem id laoreet. Ipsum eget, tincidunt sed eget ante, feugiat molestie tempus id, tincidunt dolor euismod congue pharetra non ut, sit molestie, massa ipsum eget. Et ac adipiscing praesent dolore amet lobortis lorem felis ante donec elit diam magna consectetur sem aliquam adipiscing praesent donec felis et. Ac, elit proin nisi sit, aliquet dolore amet ullamcorper congue pharetra ut sit, id laoreet dolor volutpat tincidunt feugiat mauris ante erat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 6:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquam ante mauris sed nibh elit sed mi mauris proin adipiscing nisi, sem consectetur magna diam nonummy donec aliquet amet dolore. Aliquet sit ut volutpat feugiat nibh volutpat dolor laoreet id pulvinar ut tellus sit, volutpat dolor tincidunt euismod pulvinar nunc molestie. Ipsum massa molestie, feugiat, nibh volutpat dolor laoreet felis tempus mi, mauris lorem ante at lorem et, elit mi felis aliquam. Proin adipiscing ut non pharetra congue mi elit donec ullamcorper pulvinar tincidunt molestie feugiat massa molestie nonummy magna praesent nonummy aliquet. Turpis, nisi sem consectetur, congue non pharetra tincidunt id ipsum, massa molestie ipsum massa molestie feugiat nibh eget erat diam consectetur. Magna diam amet tincidunt tellus, nisi sem elit donec diam nonummy donec aliquet turpis nisi sem consectetur magna ullamcorper amet tincidunt. Ullamcorper amet nisi sem at ac, et elit donec praesent aliquam proin adipiscing aliquam proin consectetur magna ullamcorper pharetra, congue ullamcorper. Amet, nunc tellus, turpis nisi sem dolor tincidunt volutpat nunc, aliquet pulvinar nunc tellus feugiat nibh volutpat sed nibh eget sed. </w:t>
+        <w:t xml:space="preserve">Felis et, nisi sit tellus nunc amet ullamcorper dolore amet ullamcorper congue, pharetra sem ut sit euismod dolore, nonummy diam donec, nonummy nunc pulvinar tellus tincidunt dolor volutpat congue pharetra. Volutpat ante ipsum, felis et ac at proin aliquam adipiscing, praesent, donec adipiscing diam magna consectetur non ipsum id tincidunt dolor volutpat lobortis feugiat, mauris massa ipsum molestie laoreet erat. Eget et aliquam at proin tempus felis mi sed elit et ac, at proin nonummy praesent donec nonummy et ac consectetur sem, aliquam felis mi erat nonummy diam ac consectetur. Proin nisi adipiscing aliquet dolore, nonummy diam feugiat molestie massa ipsum id laoreet, sed eget lobortis, pharetra non ut turpis sem dolore turpis praesent donec nonummy diam magna at proin. Aliquam, adipiscing aliquet aliquam diam magna consectetur sem magna consectetur sem nisi amet ullamcorper dolore amet non lobortis feugiat tellus dolore turpis aliquet dolore, pharetra volutpat ut sit tellus massa. Ipsum nibh sed at proin aliquam adipiscing mi erat elit mi ac consectetur proin nisi turpis praesent donec, adipiscing praesent donec sem, nisi turpis aliquet dolore pulvinar euismod tincidunt dolor. Non ut, ipsum euismod tincidunt pulvinar, ullamcorper congue nonummy et magna pharetra non dolore turpis ullamcorper congue pharetra lobortis lorem mauris massa tempus eget nibh sed, volutpat lobortis feugiat molestie. Lobortis ipsum molestie, massa ipsum volutpat lobortis lorem mauris ante tempus felis laoreet sed nibh lorem mauris ante lorem, felis ante tempus, euismod laoreet sed volutpat tincidunt, dolor volutpat ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 7:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At magna, diam consectetur, erat mi, felis tempus, nibh eget lorem laoreet id pulvinar laoreet felis ipsum massa. Molestie feugiat tincidunt, volutpat, laoreet id ipsum ante molestie feugiat nibh mauris lorem et elit sed mi felis. Aliquam proin, adipiscing aliquam et at erat diam amet dolore aliquet aliquam sem turpis nisi non pharetra, congue. Volutpat, sed nibh id ipsum massa molestie sit lobortis volutpat sed nibh eget erat et felis erat praesent. Amet dolore, sit ut non pharetra congue volutpat dolor tincidunt id tempus ante mauris tempus ante at ac. Et elit sed mi id, feugiat congue dolor congue ullamcorper amet dolore aliquet sit nunc molestie feugiat nibh. Mauris lorem nibh elit donec mi felis tempus ante at ac proin, at magna et elit aliquet, turpis. Nisi sem consectetur ac et nonummy donec praesent nonummy, dolore laoreet id feugiat massa volutpat, dolor tincidunt euismod. Pulvinar nisi, aliquet consectetur nisi sem pharetra ullamcorper pulvinar nunc aliquet sit ut non, pharetra congue diam nonummy. </w:t>
+        <w:t xml:space="preserve">Turpis euismod laoreet ac, consectetur aliquet dolore amet ullamcorper congue pharetra volutpat massa ipsum felis, et, ac molestie. Mi, erat elit et ac, at proin, aliquam felis mi erat felis mi erat at nibh lorem mauris. Ante tempus felis mi sed id lorem mauris ante donec nonummy praesent erat elit et magna consectetur sem. Dolore amet ullamcorper tincidunt dolor molestie massa ipsum felis, mi erat eget laoreet eget nibh tempus id praesent. Magna elit et ac mauris ante tempus adipiscing mi erat elit diam ac consectetur sem dolore, turpis aliquet. Dolore mauris praesent, aliquam adipiscing praesent, erat elit et magna at sem dolore amet ullamcorper donec elit mi. Erat at proin nisi amet aliquet donec nonummy diam consectetur sem ut pulvinar id, tincidunt pulvinar non ut. Feugiat molestie ante tempus elit mi ac at proin nisi turpis aliquet, dolore amet non ut feugiat molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 8:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Diam, elit erat praesent tellus pharetra congue non pharetra dolore aliquet adipiscing lorem nibh, eget sed laoreet id feugiat, massa volutpat. Dolor congue ullamcorper nunc tellus sit nisi sem ac et elit erat mi felis erat praesent turpis, nisi aliquet consectetur magna. Diam nonummy congue euismod dolor, laoreet euismod massa molestie feugiat massa molestie ac proin elit erat et nonummy dolore ullamcorper, amet. Dolore aliquet, sit ut non pharetra congue diam nisi sem nonummy donec laoreet sit congue diam nonummy donec praesent adipiscing aliquam. Et elit ac et nonummy donec diam, nonummy donec, praesent turpis nisi non pharetra congue amet aliquam proin, at ac, et. At ac mi molestie sit ut non pharetra congue diam pulvinar nunc tellus, pulvinar, ut tellus sit, ut ullamcorper amet dolore. </w:t>
+        <w:t xml:space="preserve">Lorem mauris mi erat nonummy, diam congue pharetra non dolore pulvinar congue dolor non lobortis sit, non nunc, pulvinar tellus tincidunt sed eget lobortis, feugiat, mauris mi erat felis et. Erat elit et lorem molestie ante adipiscing, diam magna pharetra tellus, nunc ipsum euismod tincidunt, dolor volutpat, tincidunt, pharetra sem nisi turpis, aliquet dolore amet, ullamcorper congue pharetra, non lobortis. Feugiat nunc pulvinar id laoreet lorem eget lobortis lorem mauris massa tempus id laoreet dolor volutpat ante tempus felis mi donec elit, et, magna sem nisi pulvinar ullamcorper tincidunt dolor. Volutpat congue, pharetra tellus massa, ipsum felis laoreet sed volutpat nibh feugiat volutpat, lobortis, feugiat id laoreet sed eget lobortis feugiat massa ipsum id laoreet sed eget nibh sed mauris. Nibh tempus adipiscing praesent donec nonummy, et, erat at proin aliquam turpis praesent donec amet diam magna consectetur aliquam adipiscing, aliquet congue pharetra volutpat, lobortis feugiat mauris massa tempus felis. Et ac consectetur proin nisi adipiscing praesent donec non lobortis consectetur non ut amet ullamcorper congue amet non, ut sit tellus massa tempus id laoreet sed eget nibh lorem molestie. Massa ipsum molestie laoreet erat aliquet nisi amet ullamcorper congue amet non ut sit tellus nunc, sit euismod dolore pulvinar ullamcorper congue, consectetur, sem magna consectetur sem dolore amet aliquet. Congue amet, lobortis ipsum felis mi erat nonummy proin nisi turpis, aliquet aliquam adipiscing diam magna consectetur sem magna consectetur, aliquet nunc pulvinar volutpat nibh lorem mauris massa tempus massa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 9:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nonummy tempus ante, eget, lorem nibh eget sed laoreet id ipsum non amet dolore aliquet amet dolore aliquet sit, ut sem consectetur erat mi felis tempus. Ante volutpat dolor nunc tellus adipiscing aliquam et elit ac nonummy erat ante at ac nibh eget dolor tincidunt euismod ipsum ante mauris lorem nibh mauris. Lorem laoreet id sed laoreet id ipsum, massa, volutpat tincidunt, euismod amet dolore sem turpis ut volutpat feugiat tincidunt euismod amet dolore aliquet turpis nisi sem. Consectetur magna diam amet, dolore praesent aliquam, et elit sed massa molestie, feugiat, lobortis molestie lorem nibh volutpat dolor tincidunt euismod pulvinar nunc tellus consectetur magna. Diam, amet donec praesent turpis nisi et erat laoreet molestie, feugiat, lobortis molestie, feugiat lobortis volutpat dolor tincidunt, euismod sit ut non pharetra tincidunt euismod pulvinar. Tincidunt euismod pulvinar ut non pharetra congue ullamcorper congue ullamcorper amet dolore sem at ac et nonummy donec aliquet turpis nisi sem consectetur nisi et eget. Sed laoreet ipsum, nibh volutpat dolor tincidunt, euismod pulvinar massa molestie feugiat lobortis volutpat feugiat nibh eget sed laoreet euismod pulvinar nunc tellus sit lobortis eget. Dolor nunc tellus lorem laoreet euismod pulvinar laoreet molestie feugiat lobortis volutpat dolor, tincidunt euismod pulvinar nunc tellus sit nisi non pharetra congue diam, amet donec. Praesent adipiscing lorem et erat mi felis tempus ante mauris feugiat, lobortis eget erat tincidunt euismod pulvinar massa molestie dolor lobortis volutpat dolor laoreet euismod pulvinar. </w:t>
+        <w:t xml:space="preserve">Tincidunt sed elit et aliquam aliquet, dolore amet non ut pharetra tellus nisi turpis, aliquet tincidunt pulvinar, euismod ut sit molestie ante, tempus id tincidunt dolor volutpat. Lobortis lorem mi erat elit et erat elit et ac eget nibh lorem tellus nunc sit aliquet dolore amet ullamcorper congue pharetra sem nisi sit tellus tincidunt. Eget et nisi adipiscing aliquet congue pharetra non lobortis ipsum molestie laoreet sed id tincidunt, dolor eget lobortis lorem felis praesent donec nonummy diam magna, turpis nunc. Pulvinar euismod tincidunt feugiat molestie ante ipsum molestie laoreet sed eget nibh ac consectetur aliquet dolore nonummy, diam magna nonummy diam magna, at et felis mi donec. Nonummy diam congue, pharetra non massa sed eget, et ac at proin aliquam adipiscing praesent donec felis et ac elit, ante aliquam adipiscing donec nonummy ullamcorper, congue. Sit tellus massa pulvinar euismod laoreet pharetra volutpat ut feugiat tellus nunc ipsum id laoreet lorem mauris ante aliquam turpis ullamcorper dolore, at proin, tempus felis, mi. Erat elit, nibh lorem mauris proin aliquam adipiscing diam donec consectetur sem nisi turpis aliquet dolore turpis euismod lobortis dolor non lobortis amet ullamcorper ut sit tellus. Massa sed, elit nibh lorem eget ante aliquam mauris massa, ipsum, felis laoreet dolor volutpat lobortis lorem, mauris massa ipsum, felis, mi feugiat adipiscing mauris proin aliquam. Adipiscing aliquet dolore pharetra ullamcorper congue pharetra sem, nisi turpis aliquet donec nonummy, ullamcorper, lobortis lorem felis praesent donec nonummy diam nisi nonummy diam ac at proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 10:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Massa volutpat pharetra magna diam adipiscing aliquam proin mauris sed id sed massa tellus feugiat, lobortis, non pharetra congue praesent at aliquam et, eget dolor, nunc tellus sit nisi non. Pharetra tincidunt ullamcorper adipiscing donec proin ac et elit sed laoreet non pharetra congue, non amet dolore aliquet, turpis nisi proin consectetur ac sem nonummy erat mi felis tempus proin. At et eget sed mi id tempus ante at ac nibh eget sed mi felis tempus ante, molestie feugiat nibh volutpat pulvinar tincidunt aliquet ac et elit erat mi felis. Aliquam ante molestie feugiat tincidunt ullamcorper pulvinar nunc tellus sit nisi sem consectetur congue diam amet dolore aliquet turpis magna diam erat praesent felis tempus proin mauris ac nibh eget. Sed laoreet molestie feugiat, lobortis volutpat feugiat nibh eget sed laoreet felis pulvinar nunc tellus sit ut non dolore aliquet adipiscing nisi sem pharetra magna ullamcorper pharetra dolore, aliquet turpis. Nisi sem consectetur magna et elit tempus ante mauris tempus nibh nonummy aliquam proin adipiscing aliquam, proin eget sed mi id ipsum, ante mauris lorem et eget erat laoreet euismod. Ipsum nunc molestie sit, congue ullamcorper pulvinar nunc, turpis nisi proin consectetur congue diam nonummy donec proin at lorem et elit erat mi felis erat ante mauris feugiat nibh eget. Sed tincidunt tellus turpis ut, consectetur magna praesent adipiscing tempus ante mauris lorem et eget sed tincidunt tellus turpis nisi sem consectetur magna, diam nonummy donec aliquet turpis nisi diam. Consectetur magna id feugiat lobortis non dolor tincidunt volutpat sed massa id ipsum massa mauris tempus ante mauris sed laoreet euismod pulvinar nunc non sit ut, ullamcorper amet donec, adipiscing. Ac et elit sed, laoreet, id feugiat lobortis volutpat dolor congue ullamcorper amet dolore tellus sit, nisi et eget sed laoreet id, feugiat lobortis non pharetra ullamcorper amet, nisi proin. </w:t>
+        <w:t xml:space="preserve">Mauris, praesent dolor, volutpat lobortis ipsum id tincidunt sed eget et aliquam adipiscing aliquet donec nonummy diam magna consectetur sem nisi adipiscing, proin aliquam adipiscing praesent consectetur, sem ut. Sit tellus, nunc amet ullamcorper congue pharetra volutpat ut sit non nunc ipsum euismod tincidunt, dolor eget ante tempus felis mi tempus nonummy diam magna nonummy et ac, consectetur. Sem dolore turpis aliquet dolore pharetra, non lobortis sit tellus nunc ipsum id, tincidunt sed, eget ante, lorem mauris erat elit diam ac consectetur aliquet nunc pulvinar ullamcorper dolore. Amet ullamcorper congue, pharetra non nunc pulvinar euismod tincidunt dolor non ut sit tellus erat elit et ac consectetur sem, dolore pulvinar, euismod lobortis feugiat volutpat lobortis ipsum felis. Mi, ac elit et aliquam at ante tempus, felis mi erat elit nisi sit aliquet dolore turpis ullamcorper, tincidunt pharetra ullamcorper congue sit, aliquet dolore amet ullamcorper congue amet. Ullamcorper ut pharetra sem ut turpis, aliquet lorem at sem nisi amet aliquet, dolore pharetra, sem nisi turpis aliquet dolore amet ullamcorper dolore amet ullamcorper congue consectetur non ut. Sit euismod tincidunt dolor volutpat nunc amet ullamcorper congue, dolor volutpat, ut feugiat molestie nunc pulvinar euismod tincidunt dolor non ut sit tellus massa pulvinar euismod dolore pulvinar euismod. Tincidunt sit tellus tincidunt dolor molestie massa ipsum felis mi ac consectetur sem nisi amet aliquet donec adipiscing praesent donec consectetur diam aliquam adipiscing, praesent donec nonummy diam, donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 11:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem ut volutpat dolor congue aliquet adipiscing nisi proin at erat laoreet id ipsum massa. Volutpat pharetra congue ullamcorper nonummy aliquam ante mauris sed tincidunt erat laoreet id ipsum ut. Non amet dolore, aliquet turpis nisi sem, consectetur magna diam elit erat ante felis, tempus. Ante eget sed, nibh id laoreet molestie sit congue ullamcorper amet donec praesent adipiscing aliquam. Proin, elit erat tincidunt felis ipsum ante, mauris lorem nibh volutpat sed, laoreet id ipsum. Massa lorem lobortis volutpat amet congue ullamcorper turpis dolore sem consectetur ac mi, id feugiat. Ut sem consectetur donec praesent felis tempus ante mauris, sed, id ipsum massa, molestie feugiat. Lobortis non pharetra congue ullamcorper amet dolore tellus sit lobortis non dolor lobortis volutpat dolor. Nunc tellus pulvinar massa, molestie lorem volutpat pharetra, congue ullamcorper turpis ut, non sit lobortis. Non pharetra congue euismod pulvinar nunc tellus feugiat lobortis molestie feugiat congue ullamcorper amet nunc. </w:t>
+        <w:t xml:space="preserve">At non ut, sit euismod laoreet sed ante lorem. Mauris mi donec nonummy sem nisi consectetur aliquet dolore. Amet ullamcorper dolore amet diam, congue sit tellus nunc. Ipsum id laoreet sed mauris tincidunt dolor eget nibh. Tempus, felis praesent donec nonummy et magna turpis sem. Nisi turpis ullamcorper tincidunt pharetra non ut feugiat molestie. Laoreet sed eget ac consectetur sem nisi adipiscing praesent. Donec amet sem magna consectetur sem nisi amet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>Paragraph 12:</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum felis mi erat at sem aliquam amet euismod laoreet, sed molestie ante ipsum id nunc, pulvinar. Euismod, tincidunt, lorem consectetur sem aliquam ullamcorper tincidunt pharetra non ut feugiat id laoreet ipsum id tincidunt. Dolor volutpat massa ipsum molestie massa ipsum euismod tincidunt dolor volutpat lobortis feugiat molestie tempus felis mi. Ac consectetur sem nisi turpis, aliquet erat elit et ac at, proin, aliquam sit euismod congue pharetra. Ullamcorper, congue pharetra non nunc pulvinar id sed eget ante, tempus felis ante ipsum id mi sed. Elit proin aliquam adipiscing praesent donec adipiscing praesent donec elit et lorem at donec nonummy praesent magna. Nonummy sem nisi turpis tellus dolore amet ullamcorper congue dolor non ut sit tellus ut sit tellus. Dolore pulvinar non, congue, pharetra sem, ipsum id laoreet sed eget lobortis feugiat volutpat massa ipsum felis. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R99e3d5a845f14247"/>
+      <w:headerReference w:type="default" r:id="R9f677e68df514c04"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -897,51 +922,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf5448633af6b4f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7245117e15cd4779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R024e5cffb1a04c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R99e3d5a845f14247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Reff5bb9b2d5f499c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdf95ffd83db4465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4f4c525b64164e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ref7dfdfc9ba14802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R9f677e68df514c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5347bb788d894f7d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>