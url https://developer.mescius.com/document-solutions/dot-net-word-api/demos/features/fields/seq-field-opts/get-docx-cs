--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,348 +1,373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc08a7988f3254fd3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Refafd349dffe472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd077e20472d3474b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra4e6668a45cc4684" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc4fcd953321a45ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R170f3c9803664ba5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 1:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Eget, et massa donec feugiat euismod aliquet nunc dolor elit, sem nunc sed elit, et ac turpis. Ullamcorper tincidunt dolor eget, lobortis, tempus, adipiscing diam congue pharetra tellus nunc pulvinar mi erat at tellus. Tincidunt dolor, volutpat tincidunt dolor molestie massa tempus felis mi ac, elit proin nisi adipiscing praesent, dolore. Pulvinar volutpat lobortis feugiat ante erat elit et erat, eget lobortis feugiat molestie ante tempus felis mi. Ac at, proin nisi turpis praesent donec amet ullamcorper congue mauris ante tempus, felis et, ac at. Sem nisi turpis aliquet congue pharetra non lobortis feugiat molestie massa, ipsum id nibh ac, at praesent. Donec nonummy diam, pharetra molestie ante tempus elit et magna consectetur sem dolore amet euismod dolore pharetra. Non lobortis ipsum id laoreet, sed elit et ac at aliquet nunc dolor ante aliquam adipiscing aliquet. Dolore amet diam magna consectetur sem nisi, amet euismod tincidunt pharetra non ut sit tellus nunc pulvinar. Id nibh ac consectetur sem pulvinar at sem dolore, amet aliquet donec, amet diam magna at proin. </w:t>
+        <w:t xml:space="preserve">Sit et tellus eget id pharetra ipsum nisi laoreet aliquet felis. Sit magna massa, aliquet at pulvinar tempus tincidunt diam, molestie pharetra. Donec massa sem, elit pulvinar nisi nibh, euismod turpis aliquam lobortis. Aliquet mauris tincidunt praesent mauris, dolor magna mi tellus nonummy ipsum. Nisi et id sit aliquam laoreet euismod adipiscing lorem tincidunt aliquet. Mauris pharetra dolore massa pharetra erat ante molestie consectetur erat massa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 2:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Volutpat et nisi turpis ullamcorper, congue dolor eget ante. Aliquam, nonummy ullamcorper ut pharetra non nunc, pulvinar diam. Nisi sit tellus nunc, amet, ullamcorper dolore amet ullamcorper. Congue sit tellus dolore amet euismod congue, dolor eget. Proin donec amet volutpat nibh adipiscing praesent erat elit. Diam nisi sit, molestie laoreet ipsum volutpat tincidunt lorem. Mauris proin aliquam amet ullamcorper magna consectetur, diam aliquam. Adipiscing praesent aliquam felis magna, consectetur sem magna consectetur. Sem dolore amet ullamcorper congue amet diam congue pharetra. </w:t>
+        <w:t xml:space="preserve">Pharetra, ipsum lobortis, mi tellus consectetur sed, euismod sit, ac laoreet, aliquet at dolor dolore proin, mauris feugiat dolore ante molestie. Pharetra erat lobortis non nonummy ipsum nunc sem elit ipsum nisi id turpis ac tincidunt ullamcorper adipiscing sed congue proin volutpat. Nonummy tempus ut diam id, sit ac tincidunt sem eget, amet tempus lobortis, non nonummy ante non, adipiscing feugiat ut diam. Felis sit ac mi molestie turpis erat laoreet aliquet turpis ac nibh euismod turpis ac laoreet id turpis laoreet aliquet, mauris. Dolor congue praesent at lorem, tincidunt aliquet felis feugiat tincidunt praesent mauris dolor magna mi molestie pharetra magna laoreet non at. Ipsum nisi elit ipsum nisi et eget pulvinar aliquam, nibh ullamcorper turpis tempus lobortis euismod nonummy tempus nibh volutpat nonummy tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 3:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit diam nisi consectetur aliquet dolore ipsum eget nibh, lorem mauris ante tempus adipiscing praesent donec nonummy diam ac at proin pulvinar. Ullamcorper tincidunt dolor volutpat massa tempus felis, mi erat elit, nibh lorem molestie massa ipsum adipiscing praesent magna consectetur sem nisi, sit. Aliquet, lorem at proin tempus felis praesent donec elit et erat eget et aliquam at praesent aliquam felis, mi donec elit, et. Aliquam turpis praesent nunc pulvinar volutpat tempus felis mi tempus elit diam magna sit tellus massa sed elit et ac mauris ante. Tempus, adipiscing praesent donec nonummy diam nisi aliquet nunc pulvinar euismod tincidunt dolor non nisi, sit tellus massa pulvinar euismod lobortis ac. At proin aliquam adipiscing, mi donec nonummy diam ac at ante tempus praesent donec elit et ac, elit proin aliquam turpis praesent. </w:t>
+        <w:t xml:space="preserve">Ullamcorper, mauris pharetra donec ante tellus consectetur erat massa tellus pharetra ac, massa aliquet at sed nunc sem nisi et euismod. Sit magna nibh id sit nisi et eget, pulvinar aliquam et id amet nisi et euismod turpis aliquam et euismod turpis. Aliquam euismod turpis tempus nibh volutpat amet donec nibh non, nonummy tempus lobortis ullamcorper nonummy aliquam massa volutpat pharetra dolore ante. Molestie pharetra donec ante, volutpat consectetur ante molestie pharetra erat ante tellus consectetur erat laoreet, non consectetur ac laoreet molestie turpis. Erat massa tellus consectetur sed nunc sem mauris nunc proin eget pulvinar donec ante volutpat pharetra, donec praesent mauris pharetra donec. Ante volutpat pharetra donec mi molestie pharetra donec ante volutpat consectetur, erat, massa sem sed ut et, id pulvinar nisi nibh. Euismod amet aliquam et euismod amet aliquam nibh volutpat pulvinar, dolore sem at, sed dolore, proin eget, amet aliquam ante dolor. Congue praesent at feugiat donec ante mauris dolor sit, magna mi, id turpis magna et id sit ac tincidunt sit, aliquam. Nibh aliquet at sed congue aliquet mauris, dolor dolore mi molestie pharetra erat massa non consectetur donec praesent molestie, sit magna. Praesent molestie consectetur mi id, pharetra magna diam felis ipsum nisi mi tellus turpis ac tincidunt aliquet at dolor dolore proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 4:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Praesent magna sem ut sit aliquet nunc pulvinar, ullamcorper tincidunt dolor non ut. Pharetra non nunc ipsum, ullamcorper congue dolor volutpat ut sit tellus nunc sit. Nibh ac at proin, nisi amet aliquet dolore nonummy et ac, at sem. Nisi turpis, aliquet dolore amet diam congue, pharetra non ut sit aliquet ac. Consectetur sem aliquam, turpis aliquet congue pharetra sem ut turpis sem dolore amet. Ullamcorper, dolore dolor, volutpat ut, pharetra, tellus nunc ipsum id, nunc dolor volutpat. </w:t>
+        <w:t xml:space="preserve">Ut et id pulvinar magna laoreet tellus. Consectetur ac tincidunt praesent mauris pharetra donec. Ante volutpat congue praesent at feugiat congue. Mi molestie pharetra erat ante molestie, consectetur. Erat massa, non nonummy sed laoreet tellus. Consectetur sed nunc sem elit massa aliquet. Elit, dolor aliquam, lobortis, euismod, adipiscing feugiat. Magna, praesent mauris pharetra magna mi tellus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 5:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ante donec nonummy diam magna sit tellus nunc pulvinar euismod tincidunt sed euismod tincidunt sed eget et aliquam, adipiscing praesent donec, amet. Ullamcorper, ut feugiat molestie massa ipsum id laoreet lorem mauris ante tempus mauris ante ipsum id nisi sit aliquet dolore pulvinar euismod. Congue dolor molestie, ante tempus felis mi, sed eget nibh lorem mauris, nibh lorem molestie massa ipsum id laoreet elit ante tempus. Felis, mi donec nonummy et magna consectetur proin aliquam adipiscing praesent donec nonummy diam magna pharetra tellus nunc sit tellus sed eget. Ante tempus mauris ante erat felis, mi ac at sem dolore amet ullamcorper congue pharetra non lobortis, feugiat molestie nunc pulvinar, euismod. Laoreet, lorem at nisi amet euismod tincidunt dolor molestie ante tempus felis mi erat, eget nibh sed volutpat lobortis lorem id laoreet. Ipsum eget, tincidunt sed eget ante, feugiat molestie tempus id, tincidunt dolor euismod congue pharetra non ut, sit molestie, massa ipsum eget. Et ac adipiscing praesent dolore amet lobortis lorem felis ante donec elit diam magna consectetur sem aliquam adipiscing praesent donec felis et. Ac, elit proin nisi sit, aliquet dolore amet ullamcorper congue pharetra ut sit, id laoreet dolor volutpat tincidunt feugiat mauris ante erat. </w:t>
+        <w:t xml:space="preserve">Euismod at sed donec proin eget amet tempus nibh eget amet aliquam ut diam felis sit ac laoreet molestie consectetur erat nunc aliquet nisi et id pulvinar nisi. Nibh euismod sit aliquam nibh euismod pulvinar nisi et eget pulvinar dolore, sem elit dolor, dolore et volutpat amet aliquam volutpat pulvinar donec ante non nonummy, lorem lobortis. Ullamcorper nonummy tempus lobortis non amet erat massa volutpat amet tempus lobortis diam felis ipsum ut non nonummy praesent mauris sit donec laoreet tellus consectetur, erat massa non. At, pulvinar dolore, proin volutpat amet aliquam lobortis euismod, turpis tempus lobortis euismod amet proin volutpat nonummy tempus lobortis diam adipiscing ipsum massa non nonummy erat ante mauris. Dolor dolore, praesent mauris dolor magna ante tellus consectetur donec, laoreet tellus pharetra praesent felis feugiat congue diam felis, feugiat magna mi tellus consectetur sed nunc proin eget. Sed dolore praesent eget dolor donec proin volutpat, pharetra aliquam, lobortis amet aliquam massa diam elit ipsum ut, et id sit ac laoreet tellus turpis magna nibh, euismod. Turpis aliquam nibh sit nisi, et, euismod amet nisi nibh ullamcorper adipiscing lorem tincidunt praesent mauris dolor, magna massa tellus consectetur donec laoreet non nonummy ipsum ut et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 6:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Felis et, nisi sit tellus nunc amet ullamcorper dolore amet ullamcorper congue, pharetra sem ut sit euismod dolore, nonummy diam donec, nonummy nunc pulvinar tellus tincidunt dolor volutpat congue pharetra. Volutpat ante ipsum, felis et ac at proin aliquam adipiscing, praesent, donec adipiscing diam magna consectetur non ipsum id tincidunt dolor volutpat lobortis feugiat, mauris massa ipsum molestie laoreet erat. Eget et aliquam at proin tempus felis mi sed elit et ac, at proin nonummy praesent donec nonummy et ac consectetur sem, aliquam felis mi erat nonummy diam ac consectetur. Proin nisi adipiscing aliquet dolore, nonummy diam feugiat molestie massa ipsum id laoreet, sed eget lobortis, pharetra non ut turpis sem dolore turpis praesent donec nonummy diam magna at proin. Aliquam, adipiscing aliquet aliquam diam magna consectetur sem magna consectetur sem nisi amet ullamcorper dolore amet non lobortis feugiat tellus dolore turpis aliquet dolore, pharetra volutpat ut sit tellus massa. Ipsum nibh sed at proin aliquam adipiscing mi erat elit mi ac consectetur proin nisi turpis praesent donec, adipiscing praesent donec sem, nisi turpis aliquet dolore pulvinar euismod tincidunt dolor. Non ut, ipsum euismod tincidunt pulvinar, ullamcorper congue nonummy et magna pharetra non dolore turpis ullamcorper congue pharetra lobortis lorem mauris massa tempus eget nibh sed, volutpat lobortis feugiat molestie. Lobortis ipsum molestie, massa ipsum volutpat lobortis lorem mauris ante tempus felis laoreet sed nibh lorem mauris ante lorem, felis ante tempus, euismod laoreet sed volutpat tincidunt, dolor volutpat ut. </w:t>
+        <w:t xml:space="preserve">Magna massa non nonummy ipsum nunc, proin eget amet ac eget turpis lorem tincidunt aliquet felis, feugiat magna ante tellus consectetur ipsum massa non. Nonummy, sed nunc proin elit ipsum nisi et euismod, turpis ac elit dolor nisi proin eget amet aliquam, lobortis ullamcorper nonummy lorem lobortis diam. Felis feugiat, congue mi id pharetra ac laoreet molestie turpis ac massa at erat nunc sem eget pulvinar aliquam ante volutpat amet aliquam lobortis. Ullamcorper adipiscing ipsum ut diam felis feugiat magna massa sem elit dolor sem mauris dolor dolore, ante eget pulvinar donec ante eget pharetra donec. Ante volutpat amet aliquam, lobortis non, nonummy tempus lobortis sem, nonummy ipsum ut, mi pulvinar nisi et euismod adipiscing sed dolore, proin non adipiscing. Sit ac nunc, aliquet at, dolor dolore sem at dolor dolore ante volutpat amet aliquam, lobortis diam sit congue praesent id consectetur erat, massa. Sem elit, pulvinar, nisi proin eget pulvinar, dolore proin volutpat, nonummy tempus lobortis euismod adipiscing congue praesent id sit ut ullamcorper adipiscing tempus, lobortis. Non elit ipsum, lobortis volutpat consectetur donec mi, mauris dolor, magna mi molestie feugiat, congue praesent id sit nonummy, tempus massa volutpat, nonummy tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 7:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Turpis euismod laoreet ac, consectetur aliquet dolore amet ullamcorper congue pharetra volutpat massa ipsum felis, et, ac molestie. Mi, erat elit et ac, at proin, aliquam felis mi erat felis mi erat at nibh lorem mauris. Ante tempus felis mi sed id lorem mauris ante donec nonummy praesent erat elit et magna consectetur sem. Dolore amet ullamcorper tincidunt dolor molestie massa ipsum felis, mi erat eget laoreet eget nibh tempus id praesent. Magna elit et ac mauris ante tempus adipiscing mi erat elit diam ac consectetur sem dolore, turpis aliquet. Dolore mauris praesent, aliquam adipiscing praesent, erat elit et magna at sem dolore amet ullamcorper donec elit mi. Erat at proin nisi amet aliquet donec nonummy diam consectetur sem ut pulvinar id, tincidunt pulvinar non ut. Feugiat molestie ante tempus elit mi ac at proin nisi turpis aliquet, dolore amet non ut feugiat molestie. </w:t>
+        <w:t xml:space="preserve">Praesent mauris sed, proin volutpat pharetra dolore proin volutpat pharetra donec massa diam id, pulvinar magna nibh euismod sit nisi nibh tellus sit nisi. Proin eget, pulvinar proin, elit ipsum dolore proin eget dolor nunc sem eget dolor nisi proin, eget pulvinar, tempus, ante id ullamcorper non euismod. Eget diam aliquet, non pharetra erat mi molestie pharetra magna et id sit ac mi molestie turpis magna mi id, sit ac laoreet euismod. Consectetur lorem tincidunt tellus turpis nisi et amet nisi nibh euismod turpis ac nibh euismod pulvinar nisi ante volutpat turpis aliquam ante eget, amet. Aliquam, nibh volutpat amet donec, ante pharetra donec ante volutpat nonummy erat lobortis sem elit tempus, massa non nonummy, tempus nunc non elit sed. Massa sem nonummy sed, nunc, proin eget, pulvinar nisi, volutpat pulvinar nisi et volutpat turpis tempus lobortis ullamcorper felis feugiat congue mi molestie consectetur. Sed massa sem elit pulvinar dolore et id amet aliquam nibh euismod aliquam lobortis, diam, adipiscing lorem, erat ante molestie pharetra magna laoreet non. At ipsum ut proin id pulvinar aliquam lobortis molestie dolor donec, ante volutpat consectetur donec massa tellus, sit donec laoreet molestie sit congue mi. Tellus consectetur sed massa sem eget, pulvinar nisi proin eget amet ante euismod nonummy lorem lobortis ullamcorper adipiscing, tempus ut ullamcorper nonummy aliquam massa. Ullamcorper adipiscing ipsum lobortis non nonummy erat massa sem, elit pulvinar nisi et, pulvinar ut sem, eget pulvinar aliquam et eget pulvinar aliquam nibh. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 8:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem mauris mi erat nonummy, diam congue pharetra non dolore pulvinar congue dolor non lobortis sit, non nunc, pulvinar tellus tincidunt sed eget lobortis, feugiat, mauris mi erat felis et. Erat elit et lorem molestie ante adipiscing, diam magna pharetra tellus, nunc ipsum euismod tincidunt, dolor volutpat, tincidunt, pharetra sem nisi turpis, aliquet dolore amet, ullamcorper congue pharetra, non lobortis. Feugiat nunc pulvinar id laoreet lorem eget lobortis lorem mauris massa tempus id laoreet dolor volutpat ante tempus felis mi donec elit, et, magna sem nisi pulvinar ullamcorper tincidunt dolor. Volutpat congue, pharetra tellus massa, ipsum felis laoreet sed volutpat nibh feugiat volutpat, lobortis, feugiat id laoreet sed eget lobortis feugiat massa ipsum id laoreet sed eget nibh sed mauris. Nibh tempus adipiscing praesent donec nonummy, et, erat at proin aliquam turpis praesent donec amet diam magna consectetur aliquam adipiscing, aliquet congue pharetra volutpat, lobortis feugiat mauris massa tempus felis. Et ac consectetur proin nisi adipiscing praesent donec non lobortis consectetur non ut amet ullamcorper congue amet non, ut sit tellus massa tempus id laoreet sed eget nibh lorem molestie. Massa ipsum molestie laoreet erat aliquet nisi amet ullamcorper congue amet non ut sit tellus nunc, sit euismod dolore pulvinar ullamcorper congue, consectetur, sem magna consectetur sem dolore amet aliquet. Congue amet, lobortis ipsum felis mi erat nonummy proin nisi turpis, aliquet aliquam adipiscing diam magna consectetur sem magna consectetur, aliquet nunc pulvinar volutpat nibh lorem mauris massa tempus massa. </w:t>
+        <w:t xml:space="preserve">Non, felis feugiat ac mi id turpis erat massa, tellus consectetur sed nunc aliquet at sed dolore proin eget, amet aliquam nibh nonummy tempus. Lobortis ullamcorper adipiscing feugiat ut diam elit ipsum ut diam elit ipsum ut diam felis pulvinar ut sem consectetur sed massa tellus erat massa. Non elit erat mi tellus turpis ac laoreet euismod turpis ac tincidunt tellus turpis ac nibh euismod adipiscing lorem tincidunt aliquet at dolor, congue. Praesent elit ipsum ut diam felis, ipsum lobortis sem nonummy tempus nunc sem nonummy erat massa sem, elit pulvinar ut proin eget, sed dolore. Eget amet aliquam et volutpat amet tempus lobortis euismod adipiscing tempus lobortis diam adipiscing feugiat congue praesent felis feugiat ut praesent molestie pharetra, ac. Laoreet tellus sit mi tellus consectetur ac laoreet euismod consectetur magna nibh euismod turpis ac laoreet tellus turpis ac laoreet ullamcorper at feugiat, congue. Praesent molestie amet erat ante consectetur, erat massa non pharetra erat, massa non consectetur erat, laoreet tellus consectetur erat nunc tellus pharetra ac laoreet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 9:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tincidunt sed elit et aliquam aliquet, dolore amet non ut pharetra tellus nisi turpis, aliquet tincidunt pulvinar, euismod ut sit molestie ante, tempus id tincidunt dolor volutpat. Lobortis lorem mi erat elit et erat elit et ac eget nibh lorem tellus nunc sit aliquet dolore amet ullamcorper congue pharetra sem nisi sit tellus tincidunt. Eget et nisi adipiscing aliquet congue pharetra non lobortis ipsum molestie laoreet sed id tincidunt, dolor eget lobortis lorem felis praesent donec nonummy diam magna, turpis nunc. Pulvinar euismod tincidunt feugiat molestie ante ipsum molestie laoreet sed eget nibh ac consectetur aliquet dolore nonummy, diam magna nonummy diam magna, at et felis mi donec. Nonummy diam congue, pharetra non massa sed eget, et ac at proin aliquam adipiscing praesent donec felis et ac elit, ante aliquam adipiscing donec nonummy ullamcorper, congue. Sit tellus massa pulvinar euismod laoreet pharetra volutpat ut feugiat tellus nunc ipsum id laoreet lorem mauris ante aliquam turpis ullamcorper dolore, at proin, tempus felis, mi. Erat elit, nibh lorem mauris proin aliquam adipiscing diam donec consectetur sem nisi turpis aliquet dolore turpis euismod lobortis dolor non lobortis amet ullamcorper ut sit tellus. Massa sed, elit nibh lorem eget ante aliquam mauris massa, ipsum, felis laoreet dolor volutpat lobortis lorem, mauris massa ipsum, felis, mi feugiat adipiscing mauris proin aliquam. Adipiscing aliquet dolore pharetra ullamcorper congue pharetra sem, nisi turpis aliquet donec nonummy, ullamcorper, lobortis lorem felis praesent donec nonummy diam nisi nonummy diam ac at proin. </w:t>
+        <w:t xml:space="preserve">Donec ante non nonummy ipsum, lobortis ullamcorper nonummy. Tempus nisi felis ipsum nisi et id sit. Ac nunc, proin non nonummy aliquam ut diam. Adipiscing feugiat congue diam felis sit nisi, et. Id sit magna mi sit ac, tincidunt tellus. Consectetur ac tincidunt, aliquet at sed laoreet praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 10:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mauris, praesent dolor, volutpat lobortis ipsum id tincidunt sed eget et aliquam adipiscing aliquet donec nonummy diam magna consectetur sem nisi adipiscing, proin aliquam adipiscing praesent consectetur, sem ut. Sit tellus, nunc amet ullamcorper congue pharetra volutpat ut sit non nunc ipsum euismod tincidunt, dolor eget ante tempus felis mi tempus nonummy diam magna nonummy et ac, consectetur. Sem dolore turpis aliquet dolore pharetra, non lobortis sit tellus nunc ipsum id, tincidunt sed, eget ante, lorem mauris erat elit diam ac consectetur aliquet nunc pulvinar ullamcorper dolore. Amet ullamcorper congue, pharetra non nunc pulvinar euismod tincidunt dolor non ut sit tellus erat elit et ac consectetur sem, dolore pulvinar, euismod lobortis feugiat volutpat lobortis ipsum felis. Mi, ac elit et aliquam at ante tempus, felis mi erat elit nisi sit aliquet dolore turpis ullamcorper, tincidunt pharetra ullamcorper congue sit, aliquet dolore amet ullamcorper congue amet. Ullamcorper ut pharetra sem ut turpis, aliquet lorem at sem nisi amet aliquet, dolore pharetra, sem nisi turpis aliquet dolore amet ullamcorper dolore amet ullamcorper congue consectetur non ut. Sit euismod tincidunt dolor volutpat nunc amet ullamcorper congue, dolor volutpat, ut feugiat molestie nunc pulvinar euismod tincidunt dolor non ut sit tellus massa pulvinar euismod dolore pulvinar euismod. Tincidunt sit tellus tincidunt dolor molestie massa ipsum felis mi ac consectetur sem nisi amet aliquet donec adipiscing praesent donec consectetur diam aliquam adipiscing, praesent donec nonummy diam, donec. </w:t>
+        <w:t xml:space="preserve">Sem lorem tincidunt praesent mauris dolor dolore proin mauris sed congue proin, molestie amet, tempus lobortis non. Nonummy tempus lobortis diam id pulvinar nisi nibh pulvinar nisi laoreet aliquet eget dolor donec proin mauris. Pharetra donec, ante volutpat, amet erat lobortis non, pharetra donec praesent mauris sit magna, mi tellus erat. Massa sem eget pulvinar dolore proin id pulvinar nisi et volutpat turpis tempus nibh euismod, nonummy tempus. Lobortis, euismod nonummy tempus ut, ullamcorper felis tempus lobortis nonummy, aliquam massa non elit ipsum nisi et. Euismod turpis magna mi id sit magna nibh id sit, nisi et euismod turpis ac euismod turpis. Aliquam nibh euismod, turpis, aliquam et euismod adipiscing lorem, lobortis ullamcorper adipiscing lorem ut ullamcorper felis sit. Magna laoreet, non at sed nunc sem at laoreet tellus turpis ac et felis pulvinar magna nibh. Euismod sit magna et id sit nisi nibh euismod, turpis ac laoreet euismod turpis ac lobortis, euismod. Turpis lobortis ullamcorper mauris feugiat congue praesent mauris sit magna laoreet tellus pharetra donec laoreet non at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 11:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At non ut, sit euismod laoreet sed ante lorem. Mauris mi donec nonummy sem nisi consectetur aliquet dolore. Amet ullamcorper dolore amet diam, congue sit tellus nunc. Ipsum id laoreet sed mauris tincidunt dolor eget nibh. Tempus, felis praesent donec nonummy et magna turpis sem. Nisi turpis ullamcorper tincidunt pharetra non ut feugiat molestie. Laoreet sed eget ac consectetur sem nisi adipiscing praesent. Donec amet sem magna consectetur sem nisi amet ullamcorper. </w:t>
+        <w:t xml:space="preserve">Adipiscing lorem tincidunt praesent at sed congue praesent molestie amet erat massa dolor donec massa non felis. Sit magna nibh tellus consectetur ac tincidunt aliquet mauris pharetra aliquam lobortis non nonummy, tempus ut diam. Elit feugiat nisi et tempus ut diam id pulvinar nisi laoreet tellus turpis ac nibh, euismod adipiscing. Sed dolore ante non nonummy erat, massa non elit ipsum ut, diam tempus nunc sem eget pulvinar. Ut nibh euismod adipiscing lorem, tincidunt praesent mauris dolor dolore ante volutpat, nonummy tempus lobortis diam felis. Turpis et id sit magna nibh euismod, turpis ac laoreet aliquet, adipiscing sed dolore ante volutpat elit. Ipsum nisi et id turpis ac, laoreet tellus turpis lorem nunc at lorem tincidunt aliquet, mauris pharetra. Donec ante volutpat amet erat massa non nonummy erat lobortis non, nonummy ipsum ut, sem elit ipsum. Ut et euismod sit nibh euismod adipiscing feugiat dolore proin molestie pharetra congue, praesent mauris feugiat, tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 12:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ipsum felis mi erat at sem aliquam amet euismod laoreet, sed molestie ante ipsum id nunc, pulvinar. Euismod, tincidunt, lorem consectetur sem aliquam ullamcorper tincidunt pharetra non ut feugiat id laoreet ipsum id tincidunt. Dolor volutpat massa ipsum molestie massa ipsum euismod tincidunt dolor volutpat lobortis feugiat molestie tempus felis mi. Ac consectetur sem nisi turpis, aliquet erat elit et ac at, proin, aliquam sit euismod congue pharetra. Ullamcorper, congue pharetra non nunc pulvinar id sed eget ante, tempus felis ante ipsum id mi sed. Elit proin aliquam adipiscing praesent donec adipiscing praesent donec elit et lorem at donec nonummy praesent magna. Nonummy sem nisi turpis tellus dolore amet ullamcorper congue dolor non ut sit tellus ut sit tellus. Dolore pulvinar non, congue, pharetra sem, ipsum id laoreet sed eget lobortis feugiat volutpat massa ipsum felis. </w:t>
+        <w:t xml:space="preserve">Congue laoreet aliquet eget pulvinar aliquam lobortis ullamcorper, adipiscing, tempus congue ullamcorper adipiscing feugiat magna mi tellus pharetra erat. Massa sem at, et id ipsum ut diam felis sit ac mi euismod consectetur lorem, laoreet aliquet at dolor. Donec ante eget, dolor, aliquam massa non nonummy tempus ullamcorper elit, ipsum nisi et id pulvinar ut diam elit. Pulvinar magna et eget sit nisi et eget, pulvinar dolore sem elit erat nunc, aliquet at nunc proin, ullamcorper. Adipiscing lorem tincidunt diam mauris sit magna mi id pharetra erat massa tellus, consectetur erat nunc aliquet consectetur, erat. Nunc sem dolor dolore proin eget pulvinar nunc praesent at, sed donec, nibh volutpat amet donec proin molestie amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>Paragraph 13:</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra sed ut proin id pulvinar aliquam nibh, id amet nisi proin volutpat amet nisi. Sem eget, pulvinar, nisi lobortis pulvinar tempus nibh non amet tempus nibh non nonummy tempus. Lobortis ullamcorper nonummy, tempus lobortis non elit ipsum ut diam felis turpis ac laoreet adipiscing. Lorem tincidunt aliquet at lorem laoreet id turpis lorem lobortis aliquet at lorem tincidunt aliquet. Turpis tempus, tincidunt, diam mauris feugiat tincidunt diam adipiscing lorem ut, adipiscing ipsum lobortis ullamcorper. Elit feugiat ut et id feugiat magna et id sit magna mi euismod consectetur ac. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R9f677e68df514c04"/>
+      <w:headerReference w:type="default" r:id="R88512db8eb2f4c24"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -922,51 +947,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdf95ffd83db4465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4f4c525b64164e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ref7dfdfc9ba14802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R9f677e68df514c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5347bb788d894f7d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra0836c6cf10f4614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd7dafa04370844e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re73784806d0c48e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R88512db8eb2f4c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5dca52173b1a4ae4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>