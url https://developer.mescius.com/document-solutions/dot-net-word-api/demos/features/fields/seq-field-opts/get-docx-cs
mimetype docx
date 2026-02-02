--- v9 (2026-02-02)
+++ v10 (2026-02-02)
@@ -1,373 +1,373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra4e6668a45cc4684" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc4fcd953321a45ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R170f3c9803664ba5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raa471d45d3d34a3b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8907f60c29c542e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R28c6bcdd70504c6b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 1:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sit et tellus eget id pharetra ipsum nisi laoreet aliquet felis. Sit magna massa, aliquet at pulvinar tempus tincidunt diam, molestie pharetra. Donec massa sem, elit pulvinar nisi nibh, euismod turpis aliquam lobortis. Aliquet mauris tincidunt praesent mauris, dolor magna mi tellus nonummy ipsum. Nisi et id sit aliquam laoreet euismod adipiscing lorem tincidunt aliquet. Mauris pharetra dolore massa pharetra erat ante molestie consectetur erat massa. </w:t>
+        <w:t xml:space="preserve">Nonummy, nibh nunc tincidunt praesent ullamcorper tellus pulvinar lorem dolore ante non id turpis lorem, tincidunt aliquet, mauris nonummy lorem, congue. Mi id sit ac nunc proin eget amet, aliquam nibh euismod, tempus lobortis ante non nonummy tempus nunc diam id turpis. Ac laoreet ullamcorper adipiscing sed donec congue mi tellus at, dolor dolore sem at erat tellus turpis ac tincidunt aliquet mauris. Sed dolore ante volutpat nonummy tempus lobortis volutpat nonummy erat, massa sem felis ipsum ut, mi euismod consectetur nunc praesent mauris. Dolor donec ante volutpat amet, aliquam massa non amet tempus lobortis non, elit ipsum ut sem elit erat nunc sem elit. Pulvinar magna id sit ac tincidunt praesent at feugiat tincidunt aliquet at feugiat, tincidunt ullamcorper mauris feugiat tincidunt, diam adipiscing feugiat. Congue praesent mauris sit donec laoreet tellus consectetur mi tellus at sed nunc aliquet consectetur ac laoreet aliquet consectetur erat, laoreet. Aliquet consectetur dolor donec, nibh non nonummy lorem non nonummy ipsum lobortis ullamcorper nonummy, lobortis ullamcorper, elit ipsum ut diam id. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 2:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pharetra, ipsum lobortis, mi tellus consectetur sed, euismod sit, ac laoreet, aliquet at dolor dolore proin, mauris feugiat dolore ante molestie. Pharetra erat lobortis non nonummy ipsum nunc sem elit ipsum nisi id turpis ac tincidunt ullamcorper adipiscing sed congue proin volutpat. Nonummy tempus ut diam id, sit ac tincidunt sem eget, amet tempus lobortis, non nonummy ante non, adipiscing feugiat ut diam. Felis sit ac mi molestie turpis erat laoreet aliquet turpis ac nibh euismod turpis ac laoreet id turpis laoreet aliquet, mauris. Dolor congue praesent at lorem, tincidunt aliquet felis feugiat tincidunt praesent mauris dolor magna mi molestie pharetra magna laoreet non at. Ipsum nisi elit ipsum nisi et eget pulvinar aliquam, nibh ullamcorper turpis tempus lobortis euismod nonummy tempus nibh volutpat nonummy tempus. </w:t>
+        <w:t xml:space="preserve">Tempus nisi mi, sit sed dolore, sem eget amet tempus lobortis volutpat, nonummy aliquam ante non nonummy feugiat magna et. Molestie consectetur sed nunc, sem adipiscing amet, donec aliquam, dolore ut, laoreet proin euismod at pharetra feugiat sed aliquam tincidunt. Ut donec congue nunc laoreet praesent non felis pharetra pulvinar lorem dolore et tellus elit felis nonummy at pulvinar feugiat. Tempus magna nibh tellus adipiscing ac nibh euismod adipiscing ac tincidunt praesent mauris dolor dolore ante molestie tempus massa non. Elit pulvinar nisi et tellus adipiscing dolor dolore proin volutpat amet aliquam, ante non nonummy, erat massa ullamcorper nonummy, tempus. Ut diam pulvinar ut sem elit ipsum nunc diam elit ipsum, ut, proin elit ipsum dolore proin eget amet aliquam. Lobortis aliquet mauris dolor tincidunt mi molestie consectetur erat, tellus, pharetra magna, mi tellus pharetra ac laoreet tellus consectetur erat. Laoreet tellus at sed dolore proin volutpat pulvinar aliquam nibh euismod amet donec nibh non felis magna praesent id pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 3:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper, mauris pharetra donec ante tellus consectetur erat massa tellus pharetra ac, massa aliquet at sed nunc sem nisi et euismod. Sit magna nibh id sit nisi et eget, pulvinar aliquam et id amet nisi et euismod turpis aliquam et euismod turpis. Aliquam euismod turpis tempus nibh volutpat amet donec nibh non, nonummy tempus lobortis ullamcorper nonummy aliquam massa volutpat pharetra dolore ante. Molestie pharetra donec ante, volutpat consectetur ante molestie pharetra erat ante tellus consectetur erat laoreet, non consectetur ac laoreet molestie turpis. Erat massa tellus consectetur sed nunc sem mauris nunc proin eget pulvinar donec ante volutpat pharetra, donec praesent mauris pharetra donec. Ante volutpat pharetra donec mi molestie pharetra donec ante volutpat consectetur, erat, massa sem sed ut et, id pulvinar nisi nibh. Euismod amet aliquam et euismod amet aliquam nibh volutpat pulvinar, dolore sem at, sed dolore, proin eget, amet aliquam ante dolor. Congue praesent at feugiat donec ante mauris dolor sit, magna mi, id turpis magna et id sit ac tincidunt sit, aliquam. Nibh aliquet at sed congue aliquet mauris, dolor dolore mi molestie pharetra erat massa non consectetur donec praesent molestie, sit magna. Praesent molestie consectetur mi id, pharetra magna diam felis ipsum nisi mi tellus turpis ac tincidunt aliquet at dolor dolore proin. </w:t>
+        <w:t xml:space="preserve">Ante ullamcorper felis sit magna laoreet aliquet elit. Pulvinar nisi ante euismod nonummy lorem congue diam. Mauris pharetra erat nunc proin id pulvinar proin. Id, turpis nisi et, volutpat, turpis feugiat tincidunt. Praesent molestie pharetra, erat massa non, elit pulvinar. Aliquam laoreet aliquet adipiscing lorem, tincidunt aliquet, feugiat. Dolore mi mauris pharetra donec ante volutpat consectetur. Tempus massa, non nonummy sed nunc non nonummy. Sed ut proin eget amet aliquam nibh, ullamcorper. Adipiscing lorem aliquet felis lorem tincidunt diam felis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 4:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut et id pulvinar magna laoreet tellus. Consectetur ac tincidunt praesent mauris pharetra donec. Ante volutpat congue praesent at feugiat congue. Mi molestie pharetra erat ante molestie, consectetur. Erat massa, non nonummy sed laoreet tellus. Consectetur sed nunc sem elit massa aliquet. Elit, dolor aliquam, lobortis, euismod, adipiscing feugiat. Magna, praesent mauris pharetra magna mi tellus. </w:t>
+        <w:t xml:space="preserve">Aliquam tincidunt mi, mauris magna massa non consectetur erat massa sem nonummy sed ut sem elit pulvinar. Aliquam nibh euismod at dolor dolore ante, molestie pharetra erat lobortis aliquet at sed tincidunt tellus consectetur. Lorem tincidunt praesent mauris dolor dolore, ante volutpat amet erat massa volutpat, amet donec massa non elit. Ipsum nisi felis pulvinar, nisi et id sit aliquam et euismod turpis lorem laoreet, euismod turpis ac. Lobortis euismod mauris nonummy turpis pulvinar lorem tempus sed lorem donec et id, turpis lorem congue aliquet. Mauris amet feugiat sed lorem erat magna nunc nibh diam sem aliquet ullamcorper non elit, ipsum nunc. Proin adipiscing, lorem tincidunt ullamcorper adipiscing aliquam nibh euismod turpis lorem tincidunt diam, adipiscing feugiat lobortis euismod. Amet tempus nibh, non, nonummy ipsum ut diam id sit congue id sit magna mi euismod, pulvinar. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 5:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod at sed donec proin eget amet tempus nibh eget amet aliquam ut diam felis sit ac laoreet molestie consectetur erat nunc aliquet nisi et id pulvinar nisi. Nibh euismod sit aliquam nibh euismod pulvinar nisi et eget pulvinar dolore, sem elit dolor, dolore et volutpat amet aliquam volutpat pulvinar donec ante non nonummy, lorem lobortis. Ullamcorper nonummy tempus lobortis non amet erat massa volutpat amet tempus lobortis diam felis ipsum ut non nonummy praesent mauris sit donec laoreet tellus consectetur, erat massa non. At, pulvinar dolore, proin volutpat amet aliquam lobortis euismod, turpis tempus lobortis euismod amet proin volutpat nonummy tempus lobortis diam adipiscing ipsum massa non nonummy erat ante mauris. Dolor dolore, praesent mauris dolor magna ante tellus consectetur donec, laoreet tellus pharetra praesent felis feugiat congue diam felis, feugiat magna mi tellus consectetur sed nunc proin eget. Sed dolore praesent eget dolor donec proin volutpat, pharetra aliquam, lobortis amet aliquam massa diam elit ipsum ut, et id sit ac laoreet tellus turpis magna nibh, euismod. Turpis aliquam nibh sit nisi, et, euismod amet nisi nibh ullamcorper adipiscing lorem tincidunt praesent mauris dolor, magna massa tellus consectetur donec laoreet non nonummy ipsum ut et. </w:t>
+        <w:t xml:space="preserve">Nibh euismod adipiscing feugiat dolore volutpat consectetur donec massa tellus pharetra erat massa tellus nonummy sed massa tellus sit ac laoreet, tellus consectetur, erat laoreet tellus. Consectetur sed nunc, ante pulvinar donec ante volutpat nonummy tempus ut diam, felis ipsum ut diam adipiscing ipsum lobortis ullamcorper elit tempus ut et tellus consectetur. Erat tincidunt sem dolor nunc aliquet, at sed congue aliquet adipiscing lorem tincidunt aliquet molestie, dolor donec ante volutpat amet erat lobortis diam elit ipsum nisi. Lobortis ullamcorper adipiscing lorem lobortis diam, felis feugiat ut, et molestie sit magna mi molestie consectetur ac laoreet tellus consectetur sed nunc aliquet consectetur lorem laoreet. Tellus lorem laoreet euismod turpis aliquam nibh id turpis aliquam nibh euismod turpis aliquam, nibh euismod amet tempus, nibh euismod adipiscing lorem lobortis non nonummy, tempus. Lobortis nonummy tempus lobortis ullamcorper nonummy ipsum lobortis non, nonummy erat lobortis non consectetur tempus nisi, et id sit magna et, turpis, ac, nibh ullamcorper turpis. Ac tincidunt aliquet mauris feugiat tincidunt mi mauris dolor magna praesent molestie consectetur, donec massa tellus nonummy, ipsum ut sem elit sed non at sed nunc. Proin eget amet nisi nibh volutpat amet aliquam lobortis ullamcorper adipiscing lorem congue diam adipiscing ipsum ut ullamcorper felis feugiat congue diam elit massa non nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 6:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna massa non nonummy ipsum nunc, proin eget amet ac eget turpis lorem tincidunt aliquet felis, feugiat magna ante tellus consectetur ipsum massa non. Nonummy, sed nunc proin elit ipsum nisi et euismod, turpis ac elit dolor nisi proin eget amet aliquam, lobortis ullamcorper nonummy lorem lobortis diam. Felis feugiat, congue mi id pharetra ac laoreet molestie turpis ac massa at erat nunc sem eget pulvinar aliquam ante volutpat amet aliquam lobortis. Ullamcorper adipiscing ipsum ut diam felis feugiat magna massa sem elit dolor sem mauris dolor dolore, ante eget pulvinar donec ante eget pharetra donec. Ante volutpat amet aliquam, lobortis non, nonummy tempus lobortis sem, nonummy ipsum ut, mi pulvinar nisi et euismod adipiscing sed dolore, proin non adipiscing. Sit ac nunc, aliquet at, dolor dolore sem at dolor dolore ante volutpat amet aliquam, lobortis diam sit congue praesent id consectetur erat, massa. Sem elit, pulvinar, nisi proin eget pulvinar, dolore proin volutpat, nonummy tempus lobortis euismod adipiscing congue praesent id sit ut ullamcorper adipiscing tempus, lobortis. Non elit ipsum, lobortis volutpat consectetur donec mi, mauris dolor, magna mi molestie feugiat, congue praesent id sit nonummy, tempus massa volutpat, nonummy tempus. </w:t>
+        <w:t xml:space="preserve">Aliquam lobortis, ullamcorper at feugiat lobortis sem, felis, pulvinar magna nibh euismod turpis magna nibh, id sit aliquam et, euismod adipiscing lorem congue praesent molestie pharetra erat. Massa non erat ante volutpat consectetur donec ante tellus consectetur sed nunc sem elit ipsum, nunc proin id turpis ac tincidunt ullamcorper felis dolor dolore, mi molestie. Donec massa, tellus nonummy sed nunc sem mauris pharetra donec ante non amet tempus, lobortis sem elit ipsum magna diam id turpis nisi et euismod sed congue. Proin volutpat nonummy aliquam massa non, nonummy tempus ut sem elit tempus, massa non nonummy donec ante non nonummy erat ut proin elit nisi proin eget ipsum. Nisi et eget pulvinar, dolore et volutpat amet tempus ante ullamcorper nonummy tempus ut diam adipiscing sit magna laoreet tellus pharetra ac, laoreet turpis ac mi, id. Sit magna laoreet tellus consectetur lorem laoreet aliquet at pulvinar, dolore proin volutpat amet tempus massa volutpat amet aliquam ante volutpat nonummy erat volutpat elit pulvinar magna. Mi euismod consectetur lorem nunc aliquet at dolor dolore proin eget amet tempus lobortis ullamcorper nonummy lobortis sem felis ipsum ut diam id turpis, lorem tincidunt tellus. Adipiscing dolor dolore nibh non nonummy tempus massa non amet tempus lobortis non elit feugiat ut felis ipsum ut et id sit magna nibh, euismod turpis ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 7:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Praesent mauris sed, proin volutpat pharetra dolore proin volutpat pharetra donec massa diam id, pulvinar magna nibh euismod sit nisi nibh tellus sit nisi. Proin eget, pulvinar proin, elit ipsum dolore proin eget dolor nunc sem eget dolor nisi proin, eget pulvinar, tempus, ante id ullamcorper non euismod. Eget diam aliquet, non pharetra erat mi molestie pharetra magna et id sit ac mi molestie turpis magna mi id, sit ac laoreet euismod. Consectetur lorem tincidunt tellus turpis nisi et amet nisi nibh euismod turpis ac nibh euismod pulvinar nisi ante volutpat turpis aliquam ante eget, amet. Aliquam, nibh volutpat amet donec, ante pharetra donec ante volutpat nonummy erat lobortis sem elit tempus, massa non nonummy, tempus nunc non elit sed. Massa sem nonummy sed, nunc, proin eget, pulvinar nisi, volutpat pulvinar nisi et volutpat turpis tempus lobortis ullamcorper felis feugiat congue mi molestie consectetur. Sed massa sem elit pulvinar dolore et id amet aliquam nibh euismod aliquam lobortis, diam, adipiscing lorem, erat ante molestie pharetra magna laoreet non. At ipsum ut proin id pulvinar aliquam lobortis molestie dolor donec, ante volutpat consectetur donec massa tellus, sit donec laoreet molestie sit congue mi. Tellus consectetur sed massa sem eget, pulvinar nisi proin eget amet ante euismod nonummy lorem lobortis ullamcorper adipiscing, tempus ut ullamcorper nonummy aliquam massa. Ullamcorper adipiscing ipsum lobortis non nonummy erat massa sem, elit pulvinar nisi et, pulvinar ut sem, eget pulvinar aliquam et eget pulvinar aliquam nibh. </w:t>
+        <w:t xml:space="preserve">Tincidunt, mi mauris consectetur erat massa non consectetur erat. Massa sem elit, sed dolore sem eget dolor nunc. Sem eget pulvinar ante volutpat nonummy aliquam lobortis mi. Tellus consectetur sed ut, proin id amet aliquam et. Euismod turpis, ac nibh, euismod turpis lorem lobortis diam. Adipiscing nibh euismod adipiscing lorem ut praesent id feugiat. Congue sem, felis sit magna, mi euismod sit magna. Laoreet euismod turpis lorem tincidunt aliquet adipiscing dolor, donec. Ante pharetra donec ante, molestie consectetur donec massa sem. Elit ipsum ut et eget, sit aliquam et euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 8:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Non, felis feugiat ac mi id turpis erat massa, tellus consectetur sed nunc aliquet at sed dolore proin eget, amet aliquam nibh nonummy tempus. Lobortis ullamcorper adipiscing feugiat ut diam elit ipsum ut diam elit ipsum ut diam felis pulvinar ut sem consectetur sed massa tellus erat massa. Non elit erat mi tellus turpis ac laoreet euismod turpis ac tincidunt tellus turpis ac nibh euismod adipiscing lorem tincidunt aliquet at dolor, congue. Praesent elit ipsum ut diam felis, ipsum lobortis sem nonummy tempus nunc sem nonummy erat massa sem, elit pulvinar ut proin eget, sed dolore. Eget amet aliquam et volutpat amet tempus lobortis euismod adipiscing tempus lobortis diam adipiscing feugiat congue praesent felis feugiat ut praesent molestie pharetra, ac. Laoreet tellus sit mi tellus consectetur ac laoreet euismod consectetur magna nibh euismod turpis ac laoreet tellus turpis ac laoreet ullamcorper at feugiat, congue. Praesent molestie amet erat ante consectetur, erat massa non pharetra erat, massa non consectetur erat, laoreet tellus consectetur erat nunc tellus pharetra ac laoreet. </w:t>
+        <w:t xml:space="preserve">Amet lorem, ut mi non elit pulvinar aliquam proin id amet aliquam lobortis aliquet at dolor dolore praesent pharetra erat nunc, non felis ipsum ut, diam, id sit aliquam. Laoreet aliquet mauris dolor donec massa non elit ipsum massa non consectetur erat, massa consectetur donec mi tellus pharetra donec laoreet tellus nonummy, sed, ut proin eget ipsum dolore. Sem at sed, nunc sem elit dolor dolore proin mauris dolor praesent at sed nunc aliquet at lorem laoreet euismod turpis aliquam, lobortis ullamcorper turpis lorem lobortis ullamcorper adipiscing. Feugiat congue praesent mauris lorem ullamcorper mauris lorem lobortis ullamcorper, felis sit magna praesent id sit magna laoreet aliquet consectetur erat laoreet tellus, at sed nunc proin mauris amet. Donec proin volutpat aliquam ante, non nonummy tempus massa ullamcorper nonummy ipsum ut diam elit ipsum lobortis sem elit tempus nunc sem elit pulvinar magna nibh id sit nisi. Et at, dolor dolore proin molestie amet erat lobortis diam felis ipsum nisi nibh, euismod turpis lorem tincidunt euismod, turpis ac ullamcorper adipiscing ac nibh ullamcorper adipiscing lorem tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 9:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec ante non nonummy ipsum, lobortis ullamcorper nonummy. Tempus nisi felis ipsum nisi et id sit. Ac nunc, proin non nonummy aliquam ut diam. Adipiscing feugiat congue diam felis sit nisi, et. Id sit magna mi sit ac, tincidunt tellus. Consectetur ac tincidunt, aliquet at sed laoreet praesent. </w:t>
+        <w:t xml:space="preserve">Sit mi, tellus at ipsum dolore proin eget pulvinar, nisi et euismod adipiscing feugiat magna ante non nonummy sed massa tellus consectetur. Ipsum ut, proin, eget aliquam lobortis praesent adipiscing, dolor dolore ante non consectetur tempus nunc sem elit, pulvinar nisi et euismod, sit. Ac laoreet euismod adipiscing lorem, tincidunt praesent lorem tincidunt aliquet felis dolor magna mi felis, dolor magna mi molestie pharetra donec mi. Id sit congue praesent tellus, at ipsum dolore et volutpat adipiscing lorem praesent molestie consectetur erat nunc diam eget pulvinar magna nibh. Id adipiscing ac tincidunt aliquet molestie dolor dolore proin non amet ipsum lobortis nonummy, ipsum nisi diam felis ipsum, nisi diam id. Turpis ac tincidunt aliquet mauris dolor donec ante non elit feugiat ut et id sit ac tincidunt aliquet ac laoreet tellus mauris. Pharetra, donec nibh ullamcorper adipiscing tempus lobortis ullamcorper elit ipsum nisi mi id turpis erat dolore sem mauris dolor dolore ante volutpat. Amet ante eget amet aliquam congue mi id sit ac massa sem eget pulvinar dolore ante, euismod adipiscing feugiat tincidunt, diam sit. Magna massa non elit ipsum dolore, sem elit ipsum nisi nibh euismod adipiscing feugiat congue praesent mauris feugiat magna ante tellus nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 10:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem lorem tincidunt praesent mauris dolor dolore proin mauris sed congue proin, molestie amet, tempus lobortis non. Nonummy tempus lobortis diam id pulvinar nisi nibh pulvinar nisi laoreet aliquet eget dolor donec proin mauris. Pharetra donec, ante volutpat, amet erat lobortis non, pharetra donec praesent mauris sit magna, mi tellus erat. Massa sem eget pulvinar dolore proin id pulvinar nisi et volutpat turpis tempus nibh euismod, nonummy tempus. Lobortis, euismod nonummy tempus ut, ullamcorper felis tempus lobortis nonummy, aliquam massa non elit ipsum nisi et. Euismod turpis magna mi id sit magna nibh id sit, nisi et euismod turpis ac euismod turpis. Aliquam nibh euismod, turpis, aliquam et euismod adipiscing lorem, lobortis ullamcorper adipiscing lorem ut ullamcorper felis sit. Magna laoreet, non at sed nunc sem at laoreet tellus turpis ac et felis pulvinar magna nibh. Euismod sit magna et id sit nisi nibh euismod, turpis ac laoreet euismod turpis ac lobortis, euismod. Turpis lobortis ullamcorper mauris feugiat congue praesent mauris sit magna laoreet tellus pharetra donec laoreet non at. </w:t>
+        <w:t xml:space="preserve">Euismod, felis dolor donec ante tellus consectetur donec laoreet tellus consectetur massa sem at pulvinar nisi sem eget pulvinar nisi nibh volutpat turpis tempus lobortis ullamcorper. Nonummy tempus nibh euismod adipiscing lorem ut praesent felis, sit ac non elit ipsum dolore aliquet at sed nunc aliquet consectetur lorem tincidunt aliquet at sed. Nunc proin non nonummy, tempus ut praesent id, feugiat magna, elit, tempus lobortis non consectetur tempus lobortis diam, elit pulvinar magna nibh, aliquet, at sed dolore. Ante volutpat nonummy tempus massa volutpat nonummy ante, volutpat, nonummy ipsum ut, diam id turpis magna, laoreet, euismod consectetur lorem tincidunt tellus at, sed dolore proin. Volutpat, nonummy tempus ut diam id sit nisi felis pulvinar nisi, et euismod turpis, ac nibh euismod turpis ac laoreet euismod turpis ac laoreet ullamcorper adipiscing. Feugiat congue praesent mauris feugiat dolore mi molestie, consectetur nunc non elit ipsum nisi diam eget ipsum ut et id turpis ac tincidunt ullamcorper adipiscing pharetra. Dolore ante, consectetur erat massa non nonummy tempus nunc diam elit ipsum aliquam nibh euismod turpis feugiat congue, praesent, mauris, dolor dolore, ante, volutpat consectetur erat. Massa non nonummy ut sem eget sit aliquam nibh, ullamcorper, at dolor donec ante ullamcorper felis feugiat nisi et euismod consectetur sed nisi nibh euismod nonummy. Feugiat congue mi molestie magna laoreet tellus, pharetra sed nunc sem elit dolor dolore proin eget pulvinar nisi proin mauris sed dolore proin volutpat nonummy aliquam. Nibh ullamcorper adipiscing feugiat magna tellus elit, sed dolore, proin, euismod turpis, tempus tincidunt praesent felis dolor donec mi, molestie, pharetra, donec laoreet non at, ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 11:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing lorem tincidunt praesent at sed congue praesent molestie amet erat massa dolor donec massa non felis. Sit magna nibh tellus consectetur ac tincidunt aliquet mauris pharetra aliquam lobortis non nonummy, tempus ut diam. Elit feugiat nisi et tempus ut diam id pulvinar nisi laoreet tellus turpis ac nibh, euismod adipiscing. Sed dolore ante non nonummy erat, massa non elit ipsum ut, diam tempus nunc sem eget pulvinar. Ut nibh euismod adipiscing lorem, tincidunt praesent mauris dolor dolore ante volutpat, nonummy tempus lobortis diam felis. Turpis et id sit magna nibh euismod, turpis ac laoreet aliquet, adipiscing sed dolore ante volutpat elit. Ipsum nisi et id turpis ac, laoreet tellus turpis lorem nunc at lorem tincidunt aliquet, mauris pharetra. Donec ante volutpat amet erat massa non nonummy erat lobortis non, nonummy ipsum ut, sem elit ipsum. Ut et euismod sit nibh euismod adipiscing feugiat dolore proin molestie pharetra congue, praesent mauris feugiat, tincidunt. </w:t>
+        <w:t xml:space="preserve">Adipiscing lorem magna mi molestie pharetra magna mi id pharetra ac tellus. Elit, sed nunc sem elit sed tincidunt aliquet consectetur sed tincidunt praesent. At sed nunc aliquet adipiscing lorem laoreet ullamcorper at feugiat congue praesent. Lorem tincidunt praesent mauris, dolor congue, praesent molestie consectetur tempus nunc diam. Eget pulvinar aliquam nibh euismod adipiscing lorem tincidunt praesent at dolor, congue. Mi nonummy tempus lobortis non nonummy erat massa non nonummy sed massa. Non elit ipsum nisi proin id pulvinar, dolore proin eget dolor dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 12:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Congue laoreet aliquet eget pulvinar aliquam lobortis ullamcorper, adipiscing, tempus congue ullamcorper adipiscing feugiat magna mi tellus pharetra erat. Massa sem at, et id ipsum ut diam felis sit ac mi euismod consectetur lorem, laoreet aliquet at dolor. Donec ante eget, dolor, aliquam massa non nonummy tempus ullamcorper elit, ipsum nisi et id pulvinar ut diam elit. Pulvinar magna et eget sit nisi et eget, pulvinar dolore sem elit erat nunc, aliquet at nunc proin, ullamcorper. Adipiscing lorem tincidunt diam mauris sit magna mi id pharetra erat massa tellus, consectetur erat nunc aliquet consectetur, erat. Nunc sem dolor dolore proin eget pulvinar nunc praesent at, sed donec, nibh volutpat amet donec proin molestie amet. </w:t>
+        <w:t xml:space="preserve">Dolore massa ullamcorper, elit feugiat congue et molestie at sed. Nunc aliquet lorem tincidunt aliquet mauris pulvinar donec proin eget. Pharetra aliquam massa volutpat nonummy aliquam lobortis ullamcorper elit tempus. Lobortis diam felis pulvinar, ut diam felis magna nibh euismod. Adipiscing sed congue proin mauris sed dolore proin mauris pharetra. Donec mi, volutpat amet, tempus lobortis diam felis ipsum nisi. Et id magna nibh euismod adipiscing sed congue, proin molestie. Dolor dolore praesent mauris dolor congue praesent mauris pharetra donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 13:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pharetra sed ut proin id pulvinar aliquam nibh, id amet nisi proin volutpat amet nisi. Sem eget, pulvinar, nisi lobortis pulvinar tempus nibh non amet tempus nibh non nonummy tempus. Lobortis ullamcorper nonummy, tempus lobortis non elit ipsum ut diam felis turpis ac laoreet adipiscing. Lorem tincidunt aliquet at lorem laoreet id turpis lorem lobortis aliquet at lorem tincidunt aliquet. Turpis tempus, tincidunt, diam mauris feugiat tincidunt diam adipiscing lorem ut, adipiscing ipsum lobortis ullamcorper. Elit feugiat ut et id feugiat magna et id sit magna mi euismod consectetur ac. </w:t>
+        <w:t xml:space="preserve">Ut diam felis feugiat magna mi id turpis magna laoreet tellus consectetur lorem tincidunt aliquet at sed tincidunt mauris lorem congue proin molestie pharetra dolore praesent, mauris pharetra. Donec ante volutpat pharetra donec massa non nonummy erat massa non nonummy sed nunc eget ipsum nisi et eget amet aliquam nibh volutpat amet aliquam ante, volutpat nonummy. Tempus, lobortis diam adipiscing lorem lobortis ullamcorper adipiscing ipsum ut et id sit ullamcorper elit tempus lobortis sem nonummy tempus massa sem elit tempus nunc, sem eget ipsum. Ut et eget ipsum nunc sem elit sed sem volutpat adipiscing dolor donec ante volutpat nonummy tempus nunc sem, elit erat massa non elit sed nunc sem id. Turpis aliquam et, euismod adipiscing, lorem tincidunt turpis lorem tincidunt diam adipiscing tempus tincidunt, euismod nonummy tempus ut praesent id sit ac mi molestie, pharetra ac, laoreet aliquet. Elit pulvinar nisi ante volutpat turpis nibh ullamcorper adipiscing lorem ut praesent, molestie pharetra erat massa non at ipsum dolore sem elit dolor nunc sem elit nunc aliquet. At, dolor dolore proin mauris, dolor, donec ante volutpat pharetra donec massa non elit tempus ut et molestie consectetur erat tincidunt sem at sed sem at sed nunc. Praesent mauris dolor dolore, proin mauris dolor congue praesent mauris feugiat congue praesent, adipiscing feugiat magna ante volutpat dolor magna mi mauris sit nunc proin eget pulvinar ut. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R88512db8eb2f4c24"/>
+      <w:headerReference w:type="default" r:id="R699ac01e800d4cab"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -947,51 +947,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra0836c6cf10f4614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd7dafa04370844e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re73784806d0c48e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R88512db8eb2f4c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5dca52173b1a4ae4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6280f0ca2c564fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R51010c6f7fc14094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R41749276c0b7402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R699ac01e800d4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc0cd7b23dcf04aa6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>