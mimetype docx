--- v10 (2026-02-02)
+++ v11 (2026-03-19)
@@ -1,373 +1,448 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raa471d45d3d34a3b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8907f60c29c542e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R28c6bcdd70504c6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R21736b04e3f74eba" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb6088d8c7f75408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R350fc9c571c44a44" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 1:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nonummy, nibh nunc tincidunt praesent ullamcorper tellus pulvinar lorem dolore ante non id turpis lorem, tincidunt aliquet, mauris nonummy lorem, congue. Mi id sit ac nunc proin eget amet, aliquam nibh euismod, tempus lobortis ante non nonummy tempus nunc diam id turpis. Ac laoreet ullamcorper adipiscing sed donec congue mi tellus at, dolor dolore sem at erat tellus turpis ac tincidunt aliquet mauris. Sed dolore ante volutpat nonummy tempus lobortis volutpat nonummy erat, massa sem felis ipsum ut, mi euismod consectetur nunc praesent mauris. Dolor donec ante volutpat amet, aliquam massa non amet tempus lobortis non, elit ipsum ut sem elit erat nunc sem elit. Pulvinar magna id sit ac tincidunt praesent at feugiat tincidunt aliquet at feugiat, tincidunt ullamcorper mauris feugiat tincidunt, diam adipiscing feugiat. Congue praesent mauris sit donec laoreet tellus consectetur mi tellus at sed nunc aliquet consectetur ac laoreet aliquet consectetur erat, laoreet. Aliquet consectetur dolor donec, nibh non nonummy lorem non nonummy ipsum lobortis ullamcorper nonummy, lobortis ullamcorper, elit ipsum ut diam id. </w:t>
+        <w:t xml:space="preserve">Ut nibh, praesent proin, aliquet volutpat felis consectetur pulvinar feugiat dolore. Nisi nunc, ante volutpat nonummy ipsum magna tincidunt proin non adipiscing. Pharetra sed aliquam tincidunt, proin ullamcorper id at turpis feugiat congue. Ante non felis turpis laoreet aliquet eget amet tempus, congue, praesent. Id pharetra erat massa sem elit pulvinar aliquam lobortis ullamcorper felis. Dolor erat ante non nonummy tempus nunc diam elit laoreet non. Elit pulvinar aliquam laoreet ullamcorper turpis aliquam lobortis aliquet felis, dolor. Magna ante non elit tempus nunc diam euismod turpis lorem euismod. Turpis ac laoreet praesent molestie pharetra donec lobortis diam felis feugiat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 2:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus nisi mi, sit sed dolore, sem eget amet tempus lobortis volutpat, nonummy aliquam ante non nonummy feugiat magna et. Molestie consectetur sed nunc, sem adipiscing amet, donec aliquam, dolore ut, laoreet proin euismod at pharetra feugiat sed aliquam tincidunt. Ut donec congue nunc laoreet praesent non felis pharetra pulvinar lorem dolore et tellus elit felis nonummy at pulvinar feugiat. Tempus magna nibh tellus adipiscing ac nibh euismod adipiscing ac tincidunt praesent mauris dolor dolore ante molestie tempus massa non. Elit pulvinar nisi et tellus adipiscing dolor dolore proin volutpat amet aliquam, ante non nonummy, erat massa ullamcorper nonummy, tempus. Ut diam pulvinar ut sem elit ipsum nunc diam elit ipsum, ut, proin elit ipsum dolore proin eget amet aliquam. Lobortis aliquet mauris dolor tincidunt mi molestie consectetur erat, tellus, pharetra magna, mi tellus pharetra ac laoreet tellus consectetur erat. Laoreet tellus at sed dolore proin volutpat pulvinar aliquam nibh euismod amet donec nibh non felis magna praesent id pharetra. </w:t>
+        <w:t xml:space="preserve">Aliquet lorem congue ante non nonummy erat nunc, sem eget pulvinar nisi et id turpis ac, congue proin molestie amet, erat lobortis diam. Felis feugiat sem felis, ipsum ut diam id pulvinar nisi nibh, tellus turpis ac laoreet proin volutpat elit feugiat magna laoreet aliquet, consectetur. Dolor dolore sem mauris nibh euismod sit ac laoreet id turpis ac laoreet euismod turpis aliquam nibh eget pulvinar nisi nibh euismod, turpis. Tempus lobortis diam felis feugiat tincidunt diam molestie erat nunc proin, eget pulvinar ac, nibh, ullamcorper turpis lorem dolore mi, volutpat nonummy ipsum. Nisi mi id turpis ac nibh euismod turpis, nibh, id sit aliquam nibh id pulvinar aliquam nibh euismod amet aliquam, nibh volutpat amet. Nisi ante eget pulvinar donec nibh, euismod nonummy lorem congue mi tellus magna et molestie consectetur, erat massa aliquet at erat, tincidunt sem. Eget turpis aliquam lobortis ullamcorper adipiscing feugiat donec laoreet non consectetur sed, nunc sem eget amet sem volutpat pulvinar, aliquam tincidunt, lobortis diam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 3:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ante ullamcorper felis sit magna laoreet aliquet elit. Pulvinar nisi ante euismod nonummy lorem congue diam. Mauris pharetra erat nunc proin id pulvinar proin. Id, turpis nisi et, volutpat, turpis feugiat tincidunt. Praesent molestie pharetra, erat massa non, elit pulvinar. Aliquam laoreet aliquet adipiscing lorem, tincidunt aliquet, feugiat. Dolore mi mauris pharetra donec ante volutpat consectetur. Tempus massa, non nonummy sed nunc non nonummy. Sed ut proin eget amet aliquam nibh, ullamcorper. Adipiscing lorem aliquet felis lorem tincidunt diam felis. </w:t>
+        <w:t xml:space="preserve">Massa et molestie consectetur sed nisi ante eget pulvinar aliquam, lobortis ullamcorper, nonummy tempus nibh non. Adipiscing feugiat ut ullamcorper felis ante volutpat pharetra donec, mi molestie pharetra donec ante molestie consectetur. Erat nunc, sem eget pulvinar nisi et id sit aliquam, nibh, id pulvinar nisi elit pulvinar. Nisi proin eget amet aliquam nibh euismod, nonummy tempus nibh ullamcorper adipiscing lorem ut diam id. Pharetra erat, laoreet tellus consectetur sed dolore et euismod, nisi ante volutpat amet aliquam lobortis euismod. Nonummy tempus ut praesent adipiscing sit congue et id sit ut diam elit tempus ut sem. Erat nunc, sem id turpis ac, laoreet tellus at sed donec massa non nonummy aliquam lobortis. Ullamcorper, felis sit, nisi et id turpis ac laoreet tellus at tincidunt praesent mauris pharetra donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 4:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquam tincidunt mi, mauris magna massa non consectetur erat massa sem nonummy sed ut sem elit pulvinar. Aliquam nibh euismod at dolor dolore ante, molestie pharetra erat lobortis aliquet at sed tincidunt tellus consectetur. Lorem tincidunt praesent mauris dolor dolore, ante volutpat amet erat massa volutpat, amet donec massa non elit. Ipsum nisi felis pulvinar, nisi et id sit aliquam et euismod turpis lorem laoreet, euismod turpis ac. Lobortis euismod mauris nonummy turpis pulvinar lorem tempus sed lorem donec et id, turpis lorem congue aliquet. Mauris amet feugiat sed lorem erat magna nunc nibh diam sem aliquet ullamcorper non elit, ipsum nunc. Proin adipiscing, lorem tincidunt ullamcorper adipiscing aliquam nibh euismod turpis lorem tincidunt diam, adipiscing feugiat lobortis euismod. Amet tempus nibh, non, nonummy ipsum ut diam id sit congue id sit magna mi euismod, pulvinar. </w:t>
+        <w:t xml:space="preserve">Magna mi non, nonummy ipsum ut nonummy sed nunc proin id amet aliquam proin id adipiscing. Lorem congue praesent felis feugiat, tincidunt mi mauris dolor magna mi, molestie consectetur sed nunc pharetra. Magna laoreet molestie pharetra ac laoreet aliquet consectetur dolor dolore proin, elit pulvinar nisi ante volutpat. Pulvinar donec ante volutpat nonummy aliquam nibh ullamcorper dolore praesent mauris dolor dolore ante non, nonummy. Ipsum nisi mi tellus consectetur sed donec ante volutpat, nonummy, tempus ut praesent id pharetra diam. Felis, feugiat ut, diam id turpis erat tincidunt sem mauris pulvinar aliquam lobortis ullamcorper adipiscing, lorem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 5:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nibh euismod adipiscing feugiat dolore volutpat consectetur donec massa tellus pharetra erat massa tellus nonummy sed massa tellus sit ac laoreet, tellus consectetur, erat laoreet tellus. Consectetur sed nunc, ante pulvinar donec ante volutpat nonummy tempus ut diam, felis ipsum ut diam adipiscing ipsum lobortis ullamcorper elit tempus ut et tellus consectetur. Erat tincidunt sem dolor nunc aliquet, at sed congue aliquet adipiscing lorem tincidunt aliquet molestie, dolor donec ante volutpat amet erat lobortis diam elit ipsum nisi. Lobortis ullamcorper adipiscing lorem lobortis diam, felis feugiat ut, et molestie sit magna mi molestie consectetur ac laoreet tellus consectetur sed nunc aliquet consectetur lorem laoreet. Tellus lorem laoreet euismod turpis aliquam nibh id turpis aliquam nibh euismod turpis aliquam, nibh euismod amet tempus, nibh euismod adipiscing lorem lobortis non nonummy, tempus. Lobortis nonummy tempus lobortis ullamcorper nonummy ipsum lobortis non, nonummy erat lobortis non consectetur tempus nisi, et id sit magna et, turpis, ac, nibh ullamcorper turpis. Ac tincidunt aliquet mauris feugiat tincidunt mi mauris dolor magna praesent molestie consectetur, donec massa tellus nonummy, ipsum ut sem elit sed non at sed nunc. Proin eget amet nisi nibh volutpat amet aliquam lobortis ullamcorper adipiscing lorem congue diam adipiscing ipsum ut ullamcorper felis feugiat congue diam elit massa non nonummy. </w:t>
+        <w:t xml:space="preserve">Consectetur erat, nunc, ante volutpat adipiscing feugiat magna mi tellus. Pharetra sed massa non elit sed nunc, sem eget pulvinar. Proin volutpat amet tempus lobortis diam felis feugiat, congue praesent. Molestie, pharetra donec laoreet molestie pharetra ac massa aliquet elit. Ipsum dolore et, euismod turpis aliquet consectetur lorem nunc proin. Eget pulvinar nunc, proin eget pharetra donec, massa non nonummy. Ipsum congue mi id feugiat nisi et id sit nisi. Diam erat ante tellus nonummy, sed ut sem nonummy sed. Ut et euismod amet, nisi nibh, ullamcorper adipiscing lorem congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 6:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquam lobortis, ullamcorper at feugiat lobortis sem, felis, pulvinar magna nibh euismod turpis magna nibh, id sit aliquam et, euismod adipiscing lorem congue praesent molestie pharetra erat. Massa non erat ante volutpat consectetur donec ante tellus consectetur sed nunc sem elit ipsum, nunc proin id turpis ac tincidunt ullamcorper felis dolor dolore, mi molestie. Donec massa, tellus nonummy sed nunc sem mauris pharetra donec ante non amet tempus, lobortis sem elit ipsum magna diam id turpis nisi et euismod sed congue. Proin volutpat nonummy aliquam massa non, nonummy tempus ut sem elit tempus, massa non nonummy donec ante non nonummy erat ut proin elit nisi proin eget ipsum. Nisi et eget pulvinar, dolore et volutpat amet tempus ante ullamcorper nonummy tempus ut diam adipiscing sit magna laoreet tellus pharetra ac, laoreet turpis ac mi, id. Sit magna laoreet tellus consectetur lorem laoreet aliquet at pulvinar, dolore proin volutpat amet tempus massa volutpat amet aliquam ante volutpat nonummy erat volutpat elit pulvinar magna. Mi euismod consectetur lorem nunc aliquet at dolor dolore proin eget amet tempus lobortis ullamcorper nonummy lobortis sem felis ipsum ut diam id turpis, lorem tincidunt tellus. Adipiscing dolor dolore nibh non nonummy tempus massa non amet tempus lobortis non elit feugiat ut felis ipsum ut et id sit magna nibh, euismod turpis ac. </w:t>
+        <w:t xml:space="preserve">Aliquet molestie pharetra donec ante volutpat amet erat ante molestie. Consectetur erat massa tellus consectetur erat, felis, feugiat magna mi. Tellus pharetra ac laoreet sem elit, pulvinar aliquam nibh euismod. Turpis lorem, nibh euismod adipiscing feugiat congue diam felis lorem. Non, amet, tempus ut diam id sit magna laoreet tellus. Consectetur erat, nunc aliquet consectetur erat nunc sem mauris dolor. Dolore proin volutpat pulvinar donec ante volutpat congue proin molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 7:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tincidunt, mi mauris consectetur erat massa non consectetur erat. Massa sem elit, sed dolore sem eget dolor nunc. Sem eget pulvinar ante volutpat nonummy aliquam lobortis mi. Tellus consectetur sed ut, proin id amet aliquam et. Euismod turpis, ac nibh, euismod turpis lorem lobortis diam. Adipiscing nibh euismod adipiscing lorem ut praesent id feugiat. Congue sem, felis sit magna, mi euismod sit magna. Laoreet euismod turpis lorem tincidunt aliquet adipiscing dolor, donec. Ante pharetra donec ante, molestie consectetur donec massa sem. Elit ipsum ut et eget, sit aliquam et euismod. </w:t>
+        <w:t xml:space="preserve">Ullamcorper, felis, sit congue, praesent tellus consectetur, erat nunc pharetra magna mi tellus consectetur erat nunc, sem eget sed dolore proin volutpat amet donec ante. Volutpat amet aliquam lobortis diam adipiscing feugiat congue et molestie massa volutpat elit tempus massa non nonummy tempus ut et id sit, nisi et id. Turpis, aliquam laoreet ullamcorper adipiscing lorem tincidunt ullamcorper turpis ac elit sed dolore sem mauris dolor dolore sem, eget pulvinar donec proin eget, amet, aliquam. Lobortis non felis feugiat ut et felis feugiat et euismod turpis ac tincidunt tellus consectetur lorem nunc aliquet mauris dolor dolore praesent eget dolor dolore. Ante non elit feugiat nisi et id sit, ac laoreet pulvinar nisi, et euismod sit aliquam nibh, tellus adipiscing sed congue praesent, at, dolor congue. Mi molestie pharetra dolore praesent, molestie pharetra donec mi, tellus, pharetra donec felis feugiat magna mi tellus consectetur erat massa non at sed massa aliquet. At sed nunc aliquet mauris, dolor dolore proin amet tempus ut praesent id pharetra erat massa non, at sed, dolore et, volutpat amet aliquam lobortis. Euismod adipiscing lorem lobortis diam adipiscing tempus ante volutpat amet, aliquet at sed congue praesent at feugiat tincidunt aliquet adipiscing lorem tincidunt praesent mauris feugiat. Donec ante tellus consectetur erat massa tellus consectetur erat massa tellus consectetur ullamcorper nonummy aliquam, massa non nonummy tempus ut, diam, felis pulvinar magna, mi. Aliquet at sed tincidunt praesent mauris dolor donec proin, eget pharetra donec proin volutpat congue aliquet felis lorem, lobortis ullamcorper adipiscing feugiat congue praesent, molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 8:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Amet lorem, ut mi non elit pulvinar aliquam proin id amet aliquam lobortis aliquet at dolor dolore praesent pharetra erat nunc, non felis ipsum ut, diam, id sit aliquam. Laoreet aliquet mauris dolor donec massa non elit ipsum massa non consectetur erat, massa consectetur donec mi tellus pharetra donec laoreet tellus nonummy, sed, ut proin eget ipsum dolore. Sem at sed, nunc sem elit dolor dolore proin mauris dolor praesent at sed nunc aliquet at lorem laoreet euismod turpis aliquam, lobortis ullamcorper turpis lorem lobortis ullamcorper adipiscing. Feugiat congue praesent mauris lorem ullamcorper mauris lorem lobortis ullamcorper, felis sit magna praesent id sit magna laoreet aliquet consectetur erat laoreet tellus, at sed nunc proin mauris amet. Donec proin volutpat aliquam ante, non nonummy tempus massa ullamcorper nonummy ipsum ut diam elit ipsum lobortis sem elit tempus nunc sem elit pulvinar magna nibh id sit nisi. Et at, dolor dolore proin molestie amet erat lobortis diam felis ipsum nisi nibh, euismod turpis lorem tincidunt euismod, turpis ac ullamcorper adipiscing ac nibh ullamcorper adipiscing lorem tincidunt. </w:t>
+        <w:t xml:space="preserve">Id turpis sed dolore ante euismod adipiscing lorem ut praesent mauris pharetra magna mi molestie pharetra ac massa aliquet consectetur mi molestie consectetur, erat nunc sem mauris sed nunc. Proin mauris dolor nunc proin eget pharetra donec ante non amet donec ante volutpat pharetra tempus mauris dolor dolore euismod molestie elit, turpis, pulvinar lorem erat ac nisi donec. Nisi dolore lobortis praesent, mauris pharetra erat laoreet non elit, ipsum nunc aliquet erat massa aliquet consectetur dolor nunc sem mauris pulvinar nisi ante euismod, pulvinar donec, proin non. Amet aliquam lobortis ullamcorper adipiscing aliquam, massa non donec massa non consectetur, erat lobortis non nonummy ipsum nisi diam elit ipsum nisi nibh, euismod adipiscing ac laoreet ullamcorper mauris. Dolor donec ante, molestie pharetra donec molestie pharetra erat massa tellus nonummy sed ut diam eget pulvinar aliquam nibh id amet ac lobortis ullamcorper at, feugiat dolore ante volutpat. Pharetra erat massa feugiat magna mi mauris feugiat congue mi, tellus pharetra erat laoreet tellus pharetra, magna laoreet tellus turpis magna, mi euismod lobortis et euismod turpis sed nunc. Proin mauris dolor dolore aliquet at sed congue, praesent mauris dolor congue praesent felis lorem tincidunt praesent molestie pharetra erat massa, pharetra erat massa sem elit sed nunc sem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 9:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sit mi, tellus at ipsum dolore proin eget pulvinar, nisi et euismod adipiscing feugiat magna ante non nonummy sed massa tellus consectetur. Ipsum ut, proin, eget aliquam lobortis praesent adipiscing, dolor dolore ante non consectetur tempus nunc sem elit, pulvinar nisi et euismod, sit. Ac laoreet euismod adipiscing lorem, tincidunt praesent lorem tincidunt aliquet felis dolor magna mi felis, dolor magna mi molestie pharetra donec mi. Id sit congue praesent tellus, at ipsum dolore et volutpat adipiscing lorem praesent molestie consectetur erat nunc diam eget pulvinar magna nibh. Id adipiscing ac tincidunt aliquet molestie dolor dolore proin non amet ipsum lobortis nonummy, ipsum nisi diam felis ipsum, nisi diam id. Turpis ac tincidunt aliquet mauris dolor donec ante non elit feugiat ut et id sit ac tincidunt aliquet ac laoreet tellus mauris. Pharetra, donec nibh ullamcorper adipiscing tempus lobortis ullamcorper elit ipsum nisi mi id turpis erat dolore sem mauris dolor dolore ante volutpat. Amet ante eget amet aliquam congue mi id sit ac massa sem eget pulvinar dolore ante, euismod adipiscing feugiat tincidunt, diam sit. Magna massa non elit ipsum dolore, sem elit ipsum nisi nibh euismod adipiscing feugiat congue praesent mauris feugiat magna ante tellus nonummy. </w:t>
+        <w:t xml:space="preserve">Tellus ac laoreet praesent molestie amet aliquam ut diam id sit magna. Mi euismod sit ac laoreet tellus at dolor dolore proin, eget amet. Aliquam eget pharetra aliquam ante, non elit feugiat ut, diam id feugiat. Ac laoreet, tellus mauris sed nunc praesent mauris sed dolore praesent eget. Amet tempus non nonummy tempus, lobortis diam felis ipsum ut et euismod. Sit ac tincidunt, aliquet at dolor donec, ante volutpat, amet tempus ut. Et felis ipsum ut diam erat, massa sem nonummy pulvinar lobortis sem. Elit pulvinar magna, nibh euismod turpis aliquam, nibh aliquet mauris sed congue. Praesent molestie pharetra, donec mauris dolor erat, ante volutpat consectetur donec, ante. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 10:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod, felis dolor donec ante tellus consectetur donec laoreet tellus consectetur massa sem at pulvinar nisi sem eget pulvinar nisi nibh volutpat turpis tempus lobortis ullamcorper. Nonummy tempus nibh euismod adipiscing lorem ut praesent felis, sit ac non elit ipsum dolore aliquet at sed nunc aliquet consectetur lorem tincidunt aliquet at sed. Nunc proin non nonummy, tempus ut praesent id, feugiat magna, elit, tempus lobortis non consectetur tempus lobortis diam, elit pulvinar magna nibh, aliquet, at sed dolore. Ante volutpat nonummy tempus massa volutpat nonummy ante, volutpat, nonummy ipsum ut, diam id turpis magna, laoreet, euismod consectetur lorem tincidunt tellus at, sed dolore proin. Volutpat, nonummy tempus ut diam id sit nisi felis pulvinar nisi, et euismod turpis, ac nibh euismod turpis ac laoreet euismod turpis ac laoreet ullamcorper adipiscing. Feugiat congue praesent mauris feugiat dolore mi molestie, consectetur nunc non elit ipsum nisi diam eget ipsum ut et id turpis ac tincidunt ullamcorper adipiscing pharetra. Dolore ante, consectetur erat massa non nonummy tempus nunc diam elit ipsum aliquam nibh euismod turpis feugiat congue, praesent, mauris, dolor dolore, ante, volutpat consectetur erat. Massa non nonummy ut sem eget sit aliquam nibh, ullamcorper, at dolor donec ante ullamcorper felis feugiat nisi et euismod consectetur sed nisi nibh euismod nonummy. Feugiat congue mi molestie magna laoreet tellus, pharetra sed nunc sem elit dolor dolore proin eget pulvinar nisi proin mauris sed dolore proin volutpat nonummy aliquam. Nibh ullamcorper adipiscing feugiat magna tellus elit, sed dolore, proin, euismod turpis, tempus tincidunt praesent felis dolor donec mi, molestie, pharetra, donec laoreet non at, ipsum. </w:t>
+        <w:t xml:space="preserve">Molestie nonummy tempus lobortis consectetur erat ante tellus pharetra donec ante tellus nonummy erat massa. Sem id amet ac nibh eget amet nisi et, volutpat, amet aliquam nibh volutpat dolore. Sem mauris sed tincidunt aliquet at sed congue, praesent at sed dolore proin molestie pharetra. Donec massa sem nonummy erat massa non nonummy tempus sem elit sit ac, laoreet tellus. Adipiscing lorem congue aliquet mauris pharetra dolore praesent at feugiat congue praesent felis feugiat congue. Mi molestie consectetur tempus tellus consectetur sed massa sem elit pulvinar aliquam nibh euismod turpis. Ac lobortis aliquet felis lorem congue praesent mauris pharetra donec massa non nonummy erat tellus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 11:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing lorem magna mi molestie pharetra magna mi id pharetra ac tellus. Elit, sed nunc sem elit sed tincidunt aliquet consectetur sed tincidunt praesent. At sed nunc aliquet adipiscing lorem laoreet ullamcorper at feugiat congue praesent. Lorem tincidunt praesent mauris, dolor congue, praesent molestie consectetur tempus nunc diam. Eget pulvinar aliquam nibh euismod adipiscing lorem tincidunt praesent at dolor, congue. Mi nonummy tempus lobortis non nonummy erat massa non nonummy sed massa. Non elit ipsum nisi proin id pulvinar, dolore proin eget dolor dolore. </w:t>
+        <w:t xml:space="preserve">Dolore tincidunt ullamcorper, felis, sit donec massa molestie, sit, donec id pharetra erat. Massa sem elit sed nunc, aliquet eget pulvinar nisi ante eget pulvinar dolore. Sem mauris dolor dolore proin, eget pharetra dolore, massa, ullamcorper tempus ut diam. Molestie at dolor dolore nibh volutpat turpis aliquam nibh ullamcorper adipiscing tempus lobortis. Diam felis feugiat congue mi molestie consectetur, erat id consectetur ac, laoreet aliquet. Eget pulvinar, nisi nibh, ullamcorper nonummy lorem ut praesent mauris sit magna diam. Felis pharetra ac massa tellus at mi id, consectetur sed nunc, sem mauris. Pulvinar donec proin, mauris pulvinar dolore proin, eget amet aliquam massa ullamcorper felis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 12:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolore massa ullamcorper, elit feugiat congue et molestie at sed. Nunc aliquet lorem tincidunt aliquet mauris pulvinar donec proin eget. Pharetra aliquam massa volutpat nonummy aliquam lobortis ullamcorper elit tempus. Lobortis diam felis pulvinar, ut diam felis magna nibh euismod. Adipiscing sed congue proin mauris sed dolore proin mauris pharetra. Donec mi, volutpat amet, tempus lobortis diam felis ipsum nisi. Et id magna nibh euismod adipiscing sed congue, proin molestie. Dolor dolore praesent mauris dolor congue praesent mauris pharetra donec. </w:t>
+        <w:t xml:space="preserve">Elit sit aliquam laoreet ullamcorper at pharetra donec massa non amet tempus. Massa volutpat nonummy tempus ut diam, ipsum ut diam, id sit nisi. Nibh id turpis ac laoreet, aliquet at feugiat tincidunt aliquet mauris dolor. Dolore praesent mauris dolor congue nonummy lorem tincidunt diam, adipiscing, feugiat magna. Laoreet tellus consectetur erat nunc sem elit ipsum nisi proin eget, pulvinar. Nisi ante euismod turpis tempus lobortis ullamcorper adipiscing, ante non adipiscing feugiat. Congue praesent molestie pharetra erat laoreet, aliquet at sed nunc sem at. Dolor, dolore proin volutpat, amet donec praesent lorem tincidunt tellus adipiscing lorem. Tincidunt ullamcorper adipiscing dolor congue praesent mauris dolor dolore, praesent molestie consectetur. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 13:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut diam felis feugiat magna mi id turpis magna laoreet tellus consectetur lorem tincidunt aliquet at sed tincidunt mauris lorem congue proin molestie pharetra dolore praesent, mauris pharetra. Donec ante volutpat pharetra donec massa non nonummy erat massa non nonummy sed nunc eget ipsum nisi et eget amet aliquam nibh volutpat amet aliquam ante, volutpat nonummy. Tempus, lobortis diam adipiscing lorem lobortis ullamcorper adipiscing ipsum ut et id sit ullamcorper elit tempus lobortis sem nonummy tempus massa sem elit tempus nunc, sem eget ipsum. Ut et eget ipsum nunc sem elit sed sem volutpat adipiscing dolor donec ante volutpat nonummy tempus nunc sem, elit erat massa non elit sed nunc sem id. Turpis aliquam et, euismod adipiscing, lorem tincidunt turpis lorem tincidunt diam adipiscing tempus tincidunt, euismod nonummy tempus ut praesent id sit ac mi molestie, pharetra ac, laoreet aliquet. Elit pulvinar nisi ante volutpat turpis nibh ullamcorper adipiscing lorem ut praesent, molestie pharetra erat massa non at ipsum dolore sem elit dolor nunc sem elit nunc aliquet. At, dolor dolore proin mauris, dolor, donec ante volutpat pharetra donec massa non elit tempus ut et molestie consectetur erat tincidunt sem at sed sem at sed nunc. Praesent mauris dolor dolore, proin mauris dolor congue praesent mauris feugiat congue praesent, adipiscing feugiat magna ante volutpat dolor magna mi mauris sit nunc proin eget pulvinar ut. </w:t>
+        <w:t xml:space="preserve">Tempus congue laoreet molestie consectetur erat laoreet, aliquet at dolor nisi ante volutpat amet donec nibh volutpat nonummy ipsum magna, adipiscing ipsum congue mi tellus at dolor. Dolore proin, elit dolor nunc proin eget dolor dolore proin eget dolor donec, ante volutpat amet, dolore praesent ac nibh ullamcorper at feugiat tincidunt aliquet felis dolor. Magna mi, molestie sit magna mi tellus pharetra donec massa non elit ipsum nunc sem elit sed nunc consectetur erat nunc aliquet eget amet aliquam nibh volutpat. Nonummy tempus ut diam adipiscing feugiat ut ullamcorper adipiscing aliquam lobortis non elit feugiat volutpat nonummy ipsum ut diam id pulvinar, magna tincidunt praesent mauris sed nunc. Proin mauris, dolor dolore praesent molestie pharetra dolore ante, molestie amet donec mi molestie tincidunt, ullamcorper adipiscing feugiat ut, diam adipiscing, lorem ut diam, felis sit magna. Laoreet sem id amet ac tincidunt aliquet felis feugiat congue praesent molestie pharetra donec felis, feugiat, congue praesent id pharetra magna mi tellus elit ipsum nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>Paragraph 14:</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum, nisi nibh id amet ac lobortis aliquet mauris, dolor dolore ante molestie pharetra, congue nonummy aliquam nibh ullamcorper adipiscing lorem ut diam felis ipsum lobortis ullamcorper nonummy tempus. Ante volutpat nonummy tempus ut diam id turpis ac tincidunt sit ac nibh, euismod turpis aliquam nibh ullamcorper turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt aliquet felis feugiat tincidunt. Aliquet felis feugiat congue praesent felis feugiat congue, nonummy tempus lobortis diam felis, ipsum congue diam, felis sit ac mi molestie sit magna mi euismod turpis nisi diam elit. Ipsum nisi nonummy ipsum ut proin eget pulvinar nisi et euismod amet ac nibh euismod turpis tempus tincidunt ullamcorper nonummy lorem magna praesent mauris sit magna mi tellus consectetur. Praesent tellus elit sed massa sem at sed nunc, aliquet elit dolor dolore sem eget dolor nunc aliquet at lorem tincidunt aliquet at sed congue, praesent mauris proin eget. Amet aliquam, et eget pulvinar nisi proin eget pulvinar donec ante non, felis sit magna mi molestie pharetra ullamcorper nonummy ipsum lobortis diam felis feugiat magna mi euismod sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>Paragraph 15:</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet ac tincidunt mi molestie dolor donec massa sem felis sit nisi, et id turpis aliquam nibh tellus, at sed, congue praesent molestie dolore mi. Molestie nonummy tempus ut diam id sit magna nibh euismod sit magna laoreet aliquet at dolor congue praesent, mauris dolor congue, praesent molestie congue praesent. Molestie, consectetur ipsum nunc sem elit, pulvinar nisi nibh id pulvinar, nisi proin, eget, amet aliquam laoreet euismod turpis ac lobortis, ullamcorper, turpis lorem magna. Felis dolor magna mi tellus nonummy, erat laoreet tellus consectetur erat nunc tellus at ipsum dolore proin volutpat pulvinar nisi nibh euismod turpis ante volutpat. Nonummy tempus nibh non nonummy tempus ut mi, id pharetra erat massa aliquet at ipsum aliquam lobortis euismod adipiscing lorem tincidunt diam mauris pharetra magna. Felis feugiat donec, massa tellus consectetur sed laoreet, non, consectetur sed massa aliquet at sed nunc sem eget amet, nisi ante volutpat pulvinar, donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>Paragraph 16:</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet molestie dolor donec ante tellus consectetur. Donec laoreet tellus consectetur mi tellus, consectetur. Sed massa sem elit, ipsum nisi, et. Ullamcorper mauris dolor magna praesent molestie, sit. Magna ante tellus consectetur erat nunc sem. Elit, ipsum non at ipsum, nunc sem. Eget pulvinar nisi ante euismod, pulvinar, aliquam. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R699ac01e800d4cab"/>
+      <w:headerReference w:type="default" r:id="R5ef26109ef4940d8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -947,51 +1022,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6280f0ca2c564fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R51010c6f7fc14094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R41749276c0b7402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R699ac01e800d4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc0cd7b23dcf04aa6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3d555fb7adf44a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8e452cd397564ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2d45e8ac615f4410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R5ef26109ef4940d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R465e05004adb4b3c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>