--- v11 (2026-03-19)
+++ v12 (2026-03-20)
@@ -1,448 +1,448 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R21736b04e3f74eba" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb6088d8c7f75408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R350fc9c571c44a44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2b833fbdf5cc4a88" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R76bc7c1a7ec94479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R157d2bb9ae7d4aa2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 1:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut nibh, praesent proin, aliquet volutpat felis consectetur pulvinar feugiat dolore. Nisi nunc, ante volutpat nonummy ipsum magna tincidunt proin non adipiscing. Pharetra sed aliquam tincidunt, proin ullamcorper id at turpis feugiat congue. Ante non felis turpis laoreet aliquet eget amet tempus, congue, praesent. Id pharetra erat massa sem elit pulvinar aliquam lobortis ullamcorper felis. Dolor erat ante non nonummy tempus nunc diam elit laoreet non. Elit pulvinar aliquam laoreet ullamcorper turpis aliquam lobortis aliquet felis, dolor. Magna ante non elit tempus nunc diam euismod turpis lorem euismod. Turpis ac laoreet praesent molestie pharetra donec lobortis diam felis feugiat. </w:t>
+        <w:t xml:space="preserve">Aliquet tellus, euismod molestie elit, sit sed donec congue, mi tellus elit turpis, pharetra aliquam ut, mi tellus at pulvinar. Pharetra consectetur ipsum, magna laoreet aliquet eget nonummy aliquam lobortis, non amet, aliquam ante, non nonummy ipsum, ut et tellus. At dolor nunc proin eget amet lorem dolore praesent volutpat nonummy ipsum ut diam felis feugiat magna mi molestie turpis. Magna tincidunt aliquet at lorem laoreet tellus consectetur lorem nunc praesent mauris pharetra, pulvinar nisi nibh ullamcorper mauris dolor congue. Ante volutpat pharetra donec ante volutpat pharetra donec mi molestie pharetra erat massa tellus nonummy volutpat turpis lorem lobortis aliquet. Felis dolor magna ante tellus consectetur, erat, ante molestie pharetra magna praesent id, pharetra, ac laoreet aliquet at ipsum nunc. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 2:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquet lorem congue ante non nonummy erat nunc, sem eget pulvinar nisi et id turpis ac, congue proin molestie amet, erat lobortis diam. Felis feugiat sem felis, ipsum ut diam id pulvinar nisi nibh, tellus turpis ac laoreet proin volutpat elit feugiat magna laoreet aliquet, consectetur. Dolor dolore sem mauris nibh euismod sit ac laoreet id turpis ac laoreet euismod turpis aliquam nibh eget pulvinar nisi nibh euismod, turpis. Tempus lobortis diam felis feugiat tincidunt diam molestie erat nunc proin, eget pulvinar ac, nibh, ullamcorper turpis lorem dolore mi, volutpat nonummy ipsum. Nisi mi id turpis ac nibh euismod turpis, nibh, id sit aliquam nibh id pulvinar aliquam nibh euismod amet aliquam, nibh volutpat amet. Nisi ante eget pulvinar donec nibh, euismod nonummy lorem congue mi tellus magna et molestie consectetur, erat massa aliquet at erat, tincidunt sem. Eget turpis aliquam lobortis ullamcorper adipiscing feugiat donec laoreet non consectetur sed, nunc sem eget amet sem volutpat pulvinar, aliquam tincidunt, lobortis diam. </w:t>
+        <w:t xml:space="preserve">Euismod elit amet tempus lobortis ullamcorper mauris feugiat congue praesent id sit feugiat congue mi aliquet elit dolor dolore sem elit dolor dolore, ante volutpat nonummy tempus ut. Diam, mauris pharetra donec massa sem elit pulvinar nisi nibh proin volutpat turpis lorem lobortis ullamcorper adipiscing tempus lobortis, ullamcorper felis feugiat ut diam id sit ac laoreet. Molestie pharetra ac massa tellus consectetur erat sed nunc sem mauris dolor donec ante volutpat pharetra aliquam ante volutpat amet donec lobortis ullamcorper elit ipsum ut diam felis. Sit, magna massa sem elit pulvinar ut nibh, euismod turpis lorem tincidunt aliquet at dolor dolore proin molestie dolor congue mi volutpat consectetur erat massa non elit ipsum. Ut nibh, ullamcorper felis sit congue mi molestie, sit magna mi molestie, turpis erat laoreet tellus at ac mi euismod turpis lorem laoreet euismod turpis, ac laoreet nibh. Ullamcorper mauris feugiat dolore ante volutpat nonummy ipsum ut, diam elit pulvinar ut, diam id sit aliquam nibh ante molestie amet erat massa sem elit ipsum ut et. Euismod consectetur lorem nunc praesent at sed congue praesent volutpat nonummy tempus ut diam id turpis erat nunc, feugiat magna praesent felis sit donec mi molestie pharetra donec. Mi non elit pulvinar dolore et euismod amet aliquam nibh euismod turpis aliquam nibh volutpat nonummy, tempus dolore ante, ullamcorper felis pharetra ac mi molestie, turpis ac mi. Tellus consectetur erat tincidunt aliquet, mauris, dolor dolore proin mauris dolor tincidunt aliquet at sed congue sem elit sed nunc sem eget pulvinar nisi ante, volutpat pulvinar nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 3:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Massa et molestie consectetur sed nisi ante eget pulvinar aliquam, lobortis ullamcorper, nonummy tempus nibh non. Adipiscing feugiat ut ullamcorper felis ante volutpat pharetra donec, mi molestie pharetra donec ante molestie consectetur. Erat nunc, sem eget pulvinar nisi et id sit aliquam, nibh, id pulvinar nisi elit pulvinar. Nisi proin eget amet aliquam nibh euismod, nonummy tempus nibh ullamcorper adipiscing lorem ut diam id. Pharetra erat, laoreet tellus consectetur sed dolore et euismod, nisi ante volutpat amet aliquam lobortis euismod. Nonummy tempus ut praesent adipiscing sit congue et id sit ut diam elit tempus ut sem. Erat nunc, sem id turpis ac, laoreet tellus at sed donec massa non nonummy aliquam lobortis. Ullamcorper, felis sit, nisi et id turpis ac laoreet tellus at tincidunt praesent mauris pharetra donec. </w:t>
+        <w:t xml:space="preserve">Consectetur sit magna, tincidunt praesent mauris pulvinar aliquam ante, non nonummy ipsum congue mi tellus at sed nunc sem elit felis pulvinar, magna. Nibh tellus at sed tincidunt praesent mauris sed congue aliquet at sed congue praesent molestie pharetra dolore ante volutpat consectetur nonummy sed nunc. Sem eget pulvinar nisi proin elit pulvinar nisi proin eget pulvinar aliquam et volutpat amet aliquam ante eget amet donec ante mauris, pulvinar. Dolore congue et molestie turpis ac, nunc sem elit pulvinar dolore ante volutpat amet tempus, lobortis ullamcorper adipiscing lorem ut mi molestie pharetra. Erat ut, diam felis, ipsum ut et felis, ipsum ut sem felis pulvinar nunc diam eget, pulvinar nisi et id at dolor dolore. Ante volutpat amet, donec ante volutpat turpis lorem lobortis euismod nonummy tempus lobortis, diam adipiscing feugiat magna praesent id feugiat congue et felis. Sit ac laoreet molestie turpis, erat laoreet tellus consectetur erat massa tellus elit sed ut, sem at, sed nunc sem eget pulvinar aliquam. Nibh, aliquet felis feugiat tincidunt diam ullamcorper adipiscing lorem lobortis ullamcorper adipiscing tempus ut diam adipiscing ipsum ut diam felis turpis ac tincidunt. Sem elit dolor nisi ante euismod, nonummy tempus lobortis ut mi molestie pharetra ac mi molestie sit ac, laoreet aliquet consectetur sed dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 4:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna mi non, nonummy ipsum ut nonummy sed nunc proin id amet aliquam proin id adipiscing. Lorem congue praesent felis feugiat, tincidunt mi mauris dolor magna mi, molestie consectetur sed nunc pharetra. Magna laoreet molestie pharetra ac laoreet aliquet consectetur dolor dolore proin, elit pulvinar nisi ante volutpat. Pulvinar donec ante volutpat nonummy aliquam nibh ullamcorper dolore praesent mauris dolor dolore ante non, nonummy. Ipsum nisi mi tellus consectetur sed donec ante volutpat, nonummy, tempus ut praesent id pharetra diam. Felis, feugiat ut, diam id turpis erat tincidunt sem mauris pulvinar aliquam lobortis ullamcorper adipiscing, lorem. </w:t>
+        <w:t xml:space="preserve">Euismod felis dolor erat nunc sem eget pulvinar nisi et euismod adipiscing lorem tincidunt aliquet mauris. Dolor congue mi dolore nibh diam felis sit magna laoreet non nonummy ipsum nisi nibh ullamcorper. Amet lorem congue praesent molestie pharetra donec massa diam id pulvinar ut nibh ullamcorper adipiscing lorem. Dolore ante volutpat amet donec, massa non elit tempus, nunc, et euismod turpis magna et, euismod. Turpis ac laoreet ullamcorper at dolor feugiat tincidunt aliquet mauris dolor dolore mi molestie pharetra, donec. Mi molestie pharetra magna mi molestie feugiat congue, diam felis, feugiat ut diam at dolor dolore. Ante sem elit pulvinar nisi et id sit magna nibh euismod pulvinar ut et eget, pulvinar. Dolore proin id amet nisi proin eget pulvinar, ac laoreet aliquet mauris dolor nunc praesent at. Dolor donec ante eget pharetra donec ante non elit ipsum lobortis diam elit tempus lobortis sem. Elit ipsum ut diam id sit magna laoreet tellus at ipsum dolore sem eget pulvinar nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 5:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Consectetur erat, nunc, ante volutpat adipiscing feugiat magna mi tellus. Pharetra sed massa non elit sed nunc, sem eget pulvinar. Proin volutpat amet tempus lobortis diam felis feugiat, congue praesent. Molestie, pharetra donec laoreet molestie pharetra ac massa aliquet elit. Ipsum dolore et, euismod turpis aliquet consectetur lorem nunc proin. Eget pulvinar nunc, proin eget pharetra donec, massa non nonummy. Ipsum congue mi id feugiat nisi et id sit nisi. Diam erat ante tellus nonummy, sed ut sem nonummy sed. Ut et euismod amet, nisi nibh, ullamcorper adipiscing lorem congue. </w:t>
+        <w:t xml:space="preserve">Tellus eget amet aliquam lobortis ullamcorper felis feugiat magna praesent mauris, feugiat congue diam felis feugiat congue diam nonummy ipsum ut feugiat magna praesent mauris pharetra magna. Mi tellus consectetur donec massa non elit sed ut proin, consectetur ipsum, dolore proin eget dolor nisi et euismod id sit magna, nibh euismod adipiscing lorem laoreet. Ullamcorper adipiscing feugiat congue praesent molestie pharetra donec massa non nonummy tempus nunc diam elit, pulvinar, nisi et id feugiat magna mi id, feugiat magna, mi tellus. Consectetur erat nunc sem eget dolor aliquam, ante ullamcorper felis feugiat congue praesent felis, sit congue proin volutpat pharetra erat ante non amet erat lobortis sem elit. Pulvinar ac nunc aliquet at sed nunc praesent mauris dolor congue aliquet adipiscing feugiat tincidunt proin eget pulvinar nisi proin volutpat amet aliquam nibh volutpat nonummy tempus. Ut praesent id sit magna mi tellus pharetra ac laoreet tellus, at sed dolore sem felis pulvinar magna laoreet tellus turpis sed congue aliquet at sed, congue. Proin volutpat dolor donec ante non nonummy tempus tempus lobortis, praesent, molestie consectetur erat, massa non nonummy sed nunc sem elit pulvinar nisi et euismod amet aliquam. Et volutpat, turpis tempus lobortis diam felis nunc proin id adipiscing, lorem, tincidunt aliquet at feugiat congue ullamcorper felis feugiat congue ullamcorper adipiscing lorem tincidunt, praesent felis. Feugiat ut diam felis sit donec laoreet nonummy ipsum nisi diam id sit magna diam elit pulvinar nunc sem nonummy sed nunc non nonummy ipsum ut et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 6:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquet molestie pharetra donec ante volutpat amet erat ante molestie. Consectetur erat massa tellus consectetur erat, felis, feugiat magna mi. Tellus pharetra ac laoreet sem elit, pulvinar aliquam nibh euismod. Turpis lorem, nibh euismod adipiscing feugiat congue diam felis lorem. Non, amet, tempus ut diam id sit magna laoreet tellus. Consectetur erat, nunc aliquet consectetur erat nunc sem mauris dolor. Dolore proin volutpat pulvinar donec ante volutpat congue proin molestie. </w:t>
+        <w:t xml:space="preserve">Nunc proin eget ipsum ut proin eget pulvinar aliquam nibh euismod adipiscing turpis lorem tincidunt diam nonummy aliquam lobortis ullamcorper, felis feugiat congue praesent. Tellus, consectetur, erat massa sem at pulvinar dolore proin at dolor dolore sem eget turpis lorem nunc ante volutpat amet tempus lobortis diam felis. Sit ac mi aliquet, at sed dolore proin eget pulvinar, dolore sem mauris dolor, donec congue proin molestie dolor congue praesent molestie amet tempus. Lobortis sem elit tempus ut et euismod turpis ac tincidunt tellus adipiscing sed dolore nunc, et eget amet aliquam lobortis euismod turpis tempus lobortis. Ullamcorper turpis aliquam, nibh ullamcorper nonummy tempus ut ullamcorper nonummy tempus ut ullamcorper adipiscing ipsum lobortis volutpat turpis tempus nibh diam felis lorem tincidunt. Diam felis feugiat, congue mi molestie sit, magna et id pharetra erat, nunc proin eget dolor, nunc sem mauris lorem nunc ante eget pharetra. Aliquam lobortis non nonummy aliquam lobortis ullamcorper elit ipsum ac mi, tellus turpis ac mi tellus consectetur donec, laoreet tellus, pharetra erat massa non. At erat massa aliquet consectetur erat laoreet molestie turpis, ac mi id sit ac laoreet tellus at lorem massa non at sed massa, non. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 7:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper, felis, sit congue, praesent tellus consectetur, erat nunc pharetra magna mi tellus consectetur erat nunc, sem eget sed dolore proin volutpat amet donec ante. Volutpat amet aliquam lobortis diam adipiscing feugiat congue et molestie massa volutpat elit tempus massa non nonummy tempus ut et id sit, nisi et id. Turpis, aliquam laoreet ullamcorper adipiscing lorem tincidunt ullamcorper turpis ac elit sed dolore sem mauris dolor dolore sem, eget pulvinar donec proin eget, amet, aliquam. Lobortis non felis feugiat ut et felis feugiat et euismod turpis ac tincidunt tellus consectetur lorem nunc aliquet mauris dolor dolore praesent eget dolor dolore. Ante non elit feugiat nisi et id sit, ac laoreet pulvinar nisi, et euismod sit aliquam nibh, tellus adipiscing sed congue praesent, at, dolor congue. Mi molestie pharetra dolore praesent, molestie pharetra donec mi, tellus, pharetra donec felis feugiat magna mi tellus consectetur erat massa non at sed massa aliquet. At sed nunc aliquet mauris, dolor dolore proin amet tempus ut praesent id pharetra erat massa non, at sed, dolore et, volutpat amet aliquam lobortis. Euismod adipiscing lorem lobortis diam adipiscing tempus ante volutpat amet, aliquet at sed congue praesent at feugiat tincidunt aliquet adipiscing lorem tincidunt praesent mauris feugiat. Donec ante tellus consectetur erat massa tellus consectetur erat massa tellus consectetur ullamcorper nonummy aliquam, massa non nonummy tempus ut, diam, felis pulvinar magna, mi. Aliquet at sed tincidunt praesent mauris dolor donec proin, eget pharetra donec proin volutpat congue aliquet felis lorem, lobortis ullamcorper adipiscing feugiat congue praesent, molestie. </w:t>
+        <w:t xml:space="preserve">Amet, ipsum congue ac laoreet tellus at sed nunc proin eget pulvinar nisi nibh volutpat amet lorem lobortis ullamcorper, nonummy aliquam lobortis, non. Amet aliquam massa ullamcorper turpis ac tincidunt aliquet felis dolor magna ante non elit pulvinar ut diam id turpis ac, laoreet aliquet adipiscing. Feugiat dolore proin volutpat elit ipsum euismod turpis ac mi, euismod consectetur sed nunc aliquet at dolor congue praesent eget, amet tempus lobortis. Ullamcorper id feugiat ut, diam felis feugiat nisi et, non eget turpis, ac tincidunt praesent at lorem, tincidunt euismod turpis aliquam lobortis aliquet. Mauris, pharetra donec ante molestie consectetur tempus massa tellus tempus lobortis diam felis feugiat congue diam felis feugiat ac nunc lobortis praesent sem. Tellus eget mauris elit sit dolor tempus ac nisi nibh euismod at dolor turpis pulvinar lorem magna nunc et tellus eget, nonummy sit. Ipsum pharetra, feugiat ipsum feugiat turpis pulvinar ac, dolore ante non elit pulvinar ut et euismod consectetur eget nonummy pharetra ac laoreet tellus. At sed nunc sem elit, dolor dolore ante euismod amet tempus nibh euismod adipiscing lorem tincidunt, aliquet at dolor donec ante, volutpat amet. Tempus ut diam, elit ipsum magna laoreet, tellus at sed dolore proin eget pharetra, donec nibh non nonummy ac lobortis ullamcorper adipiscing lorem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 8:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Id turpis sed dolore ante euismod adipiscing lorem ut praesent mauris pharetra magna mi molestie pharetra ac massa aliquet consectetur mi molestie consectetur, erat nunc sem mauris sed nunc. Proin mauris dolor nunc proin eget pharetra donec ante non amet donec ante volutpat pharetra tempus mauris dolor dolore euismod molestie elit, turpis, pulvinar lorem erat ac nisi donec. Nisi dolore lobortis praesent, mauris pharetra erat laoreet non elit, ipsum nunc aliquet erat massa aliquet consectetur dolor nunc sem mauris pulvinar nisi ante euismod, pulvinar donec, proin non. Amet aliquam lobortis ullamcorper adipiscing aliquam, massa non donec massa non consectetur, erat lobortis non nonummy ipsum nisi diam elit ipsum nisi nibh, euismod adipiscing ac laoreet ullamcorper mauris. Dolor donec ante, molestie pharetra donec molestie pharetra erat massa tellus nonummy sed ut diam eget pulvinar aliquam nibh id amet ac lobortis ullamcorper at, feugiat dolore ante volutpat. Pharetra erat massa feugiat magna mi mauris feugiat congue mi, tellus pharetra erat laoreet tellus pharetra, magna laoreet tellus turpis magna, mi euismod lobortis et euismod turpis sed nunc. Proin mauris dolor dolore aliquet at sed congue, praesent mauris dolor congue praesent felis lorem tincidunt praesent molestie pharetra erat massa, pharetra erat massa sem elit sed nunc sem. </w:t>
+        <w:t xml:space="preserve">Consectetur lorem nunc, ac tincidunt, praesent mauris amet tempus ut et, id turpis ac laoreet euismod. Consectetur sed dolore ante, euismod, nonummy lorem congue mi, non consectetur, ullamcorper, adipiscing lorem tincidunt praesent. Molestie pharetra magna ante non elit sed nunc non nonummy sed nisi proin eget amet nisi. Et id turpis at sed nunc praesent eget amet tempus massa non amet tempus massa non. Elit feugiat nisi et euismod sit magna mi tellus consectetur ac tincidunt tellus adipiscing sit aliquam. Et euismod turpis ac tincidunt aliquet adipiscing ac, nibh volutpat amet, aliquam lobortis euismod adipiscing lorem. Congue praesent molestie consectetur erat lobortis non nonummy tempus lobortis diam felis sit magna mi euismod. Turpis lorem nunc, sem, eget dolor dolore proin eget pharetra donec massa volutpat amet, tempus lobortis. Aliquet adipiscing lorem congue mi volutpat pharetra erat ante tellus consectetur, erat massa sem nonummy ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 9:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tellus ac laoreet praesent molestie amet aliquam ut diam id sit magna. Mi euismod sit ac laoreet tellus at dolor dolore proin, eget amet. Aliquam eget pharetra aliquam ante, non elit feugiat ut, diam id feugiat. Ac laoreet, tellus mauris sed nunc praesent mauris sed dolore praesent eget. Amet tempus non nonummy tempus, lobortis diam felis ipsum ut et euismod. Sit ac tincidunt, aliquet at dolor donec, ante volutpat, amet tempus ut. Et felis ipsum ut diam erat, massa sem nonummy pulvinar lobortis sem. Elit pulvinar magna, nibh euismod turpis aliquam, nibh aliquet mauris sed congue. Praesent molestie pharetra, donec mauris dolor erat, ante volutpat consectetur donec, ante. </w:t>
+        <w:t xml:space="preserve">Massa sem id amet ac lobortis aliquet, mauris dolor dolore ante volutpat consectetur magna ante tellus pharetra erat ante non elit, felis ipsum congue mi molestie pharetra ac. Massa sem elit dolor dolore aliquet consectetur erat nunc aliquet at dolor aliquam, nibh non nonummy, ullamcorper, elit, ipsum ut diam molestie turpis erat tincidunt, aliquet at, lorem. Tincidunt praesent, at sed dolore proin mauris dolor dolore ante volutpat pharetra donec lobortis ullamcorper pharetra erat nunc sem id sit magna laoreet tellus, turpis lorem tincidunt, aliquet. Mauris pharetra donec lobortis non nonummy tempus lobortis sem felis pharetra erat massa sem elit ipsum nisi et eget ipsum nisi proin eget ipsum nisi et volutpat amet. Tempus lobortis aliquet felis feugiat congue praesent mauris sit lorem ut praesent molestie pharetra ac massa aliquet at erat nunc sem eget dolor dolore ante volutpat adipiscing lorem. Lobortis euismod, nonummy tempus lobortis ullamcorper adipiscing feugiat dolore, proin mauris pharetra donec mi mauris nonummy ipsum nunc et id pulvinar magna et eget sit, aliquam et id. Proin non nonummy tempus lobortis sem elit, feugiat ut mi euismod consectetur, lorem tincidunt, aliquet at dolor dolore praesent at sed dolore proin molestie pharetra donec turpis erat. Nunc proin volutpat amet aliquam nibh volutpat pulvinar donec proin non, nonummy tempus lobortis diam nonummy ipsum lobortis non nonummy, tempus massa non nonummy tempus aliquam nibh euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 10:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Molestie nonummy tempus lobortis consectetur erat ante tellus pharetra donec ante tellus nonummy erat massa. Sem id amet ac nibh eget amet nisi et, volutpat, amet aliquam nibh volutpat dolore. Sem mauris sed tincidunt aliquet at sed congue, praesent at sed dolore proin molestie pharetra. Donec massa sem nonummy erat massa non nonummy tempus sem elit sit ac, laoreet tellus. Adipiscing lorem congue aliquet mauris pharetra dolore praesent at feugiat congue praesent felis feugiat congue. Mi molestie consectetur tempus tellus consectetur sed massa sem elit pulvinar aliquam nibh euismod turpis. Ac lobortis aliquet felis lorem congue praesent mauris pharetra donec massa non nonummy erat tellus. </w:t>
+        <w:t xml:space="preserve">Amet lorem congue praesent, felis pharetra ac laoreet tellus dolor, aliquam. Magna, massa diam id sit lorem nunc proin eget pharetra, tempus. Ut mi tellus pharetra erat laoreet, dolore proin elit dolor, tincidunt. Proin eget amet donec ante eget dolor, nunc aliquet, at sed. Congue praesent at dolor congue, mi volutpat nonummy tempus tincidunt diam. Molestie consectetur erat massa non nonummy sed ut proin elit pulvinar. Dolore et euismod amet aliquam et euismod adipiscing lorem, tincidunt praesent. Molestie pharetra aliquam nibh non adipiscing ipsum ut diam adipiscing ipsum. Magna mi molestie sit, ac laoreet aliquet consectetur erat tincidunt tellus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 11:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolore tincidunt ullamcorper, felis, sit donec massa molestie, sit, donec id pharetra erat. Massa sem elit sed nunc, aliquet eget pulvinar nisi ante eget pulvinar dolore. Sem mauris dolor dolore proin, eget pharetra dolore, massa, ullamcorper tempus ut diam. Molestie at dolor dolore nibh volutpat turpis aliquam nibh ullamcorper adipiscing tempus lobortis. Diam felis feugiat congue mi molestie consectetur, erat id consectetur ac, laoreet aliquet. Eget pulvinar, nisi nibh, ullamcorper nonummy lorem ut praesent mauris sit magna diam. Felis pharetra ac massa tellus at mi id, consectetur sed nunc, sem mauris. Pulvinar donec proin, mauris pulvinar dolore proin, eget amet aliquam massa ullamcorper felis. </w:t>
+        <w:t xml:space="preserve">Felis consectetur tempus, ut sem, elit, sit aliquam nibh euismod adipiscing feugiat congue proin molestie pharetra amet aliquam nibh ullamcorper felis feugiat congue. Diam felis sit magna diam felis feugiat congue diam felis feugiat congue laoreet tellus, consectetur erat ut sem eget ipsum, ut diam eget. Sed ut proin eget pulvinar dolore proin, eget amet nisi et ullamcorper felis lorem tincidunt mi tellus consectetur sed mi molestie pharetra ac. Laoreet sem eget amet ac lobortis ullamcorper turpis lorem lobortis diam felis dolor congue praesent mauris pharetra, magna mi tellus amet donec massa. Ullamcorper nonummy ipsum nisi diam felis feugiat lobortis sem elit pulvinar nisi diam elit, ipsum ut proin elit sed nunc sem elit sed. Nisi mi molestie turpis erat nunc sem eget pulvinar donec nibh ullamcorper, adipiscing sit congue, praesent, felis sit magna laoreet tellus pharetra, ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 12:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit sit aliquam laoreet ullamcorper at pharetra donec massa non amet tempus. Massa volutpat nonummy tempus ut diam, ipsum ut diam, id sit nisi. Nibh id turpis ac laoreet, aliquet at feugiat tincidunt aliquet mauris dolor. Dolore praesent mauris dolor congue nonummy lorem tincidunt diam, adipiscing, feugiat magna. Laoreet tellus consectetur erat nunc sem elit ipsum nisi proin eget, pulvinar. Nisi ante euismod turpis tempus lobortis ullamcorper adipiscing, ante non adipiscing feugiat. Congue praesent molestie pharetra erat laoreet, aliquet at sed nunc sem at. Dolor, dolore proin volutpat, amet donec praesent lorem tincidunt tellus adipiscing lorem. Tincidunt ullamcorper adipiscing dolor congue praesent mauris dolor dolore, praesent molestie consectetur. </w:t>
+        <w:t xml:space="preserve">Aliquet, molestie amet erat massa non nonummy tempus lobortis non elit pulvinar nisi et proin eget pulvinar nisi et eget amet aliquam tincidunt aliquet mauris dolor dolore mi mauris. Pharetra donec ante, non elit ipsum nisi diam eget sit ac magna laoreet tellus consectetur erat massa aliquet consectetur, erat nunc, sem mauris dolor nunc proin eget nonummy tempus. Lobortis ullamcorper, felis feugiat ut praesent sed dolore proin eget dolor nisi lobortis ullamcorper, adipiscing sit magna mi tellus elit ipsum nisi nibh ullamcorper adipiscing feugiat congue mi volutpat. Nonummy donec nibh, non nonummy feugiat magna laoreet tellus consectetur erat nunc sem consectetur ac laoreet aliquet consectetur erat nunc, sem eget nonummy aliquam tincidunt praesent mauris adipiscing feugiat. Congue mi tellus consectetur erat, massa sem elit dolor dolore proin eget dolor nunc sem mauris pulvinar dolore proin eget amet, ipsum, ut ullamcorper felis pharetra erat lobortis sem. Elit sit ac laoreet tellus consectetur lorem nunc praesent non amet tempus lobortis non nonummy tempus consectetur sed nunc proin eget pulvinar aliquam nibh ullamcorper adipiscing, lorem congue diam. Mauris, pharetra donec, laoreet tellus consectetur sed massa non elit sed nunc sem eget turpis ac tincidunt aliquet at dolor nunc proin eget pharetra dolore praesent at, sed tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 13:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus congue laoreet molestie consectetur erat laoreet, aliquet at dolor nisi ante volutpat amet donec nibh volutpat nonummy ipsum magna, adipiscing ipsum congue mi tellus at dolor. Dolore proin, elit dolor nunc proin eget dolor dolore proin eget dolor donec, ante volutpat amet, dolore praesent ac nibh ullamcorper at feugiat tincidunt aliquet felis dolor. Magna mi, molestie sit magna mi tellus pharetra donec massa non elit ipsum nunc sem elit sed nunc consectetur erat nunc aliquet eget amet aliquam nibh volutpat. Nonummy tempus ut diam adipiscing feugiat ut ullamcorper adipiscing aliquam lobortis non elit feugiat volutpat nonummy ipsum ut diam id pulvinar, magna tincidunt praesent mauris sed nunc. Proin mauris, dolor dolore praesent molestie pharetra dolore ante, molestie amet donec mi molestie tincidunt, ullamcorper adipiscing feugiat ut, diam adipiscing, lorem ut diam, felis sit magna. Laoreet sem id amet ac tincidunt aliquet felis feugiat congue praesent molestie pharetra donec felis, feugiat, congue praesent id pharetra magna mi tellus elit ipsum nisi proin. </w:t>
+        <w:t xml:space="preserve">Nisi nibh ullamcorper mauris pharetra donec ante volutpat amet donec mi volutpat, consectetur tempus nunc, sem elit tempus feugiat magna mi. Tellus at ipsum nisi et, euismod, adipiscing, tempus lobortis diam felis tempus lobortis volutpat, amet aliquam nibh, ullamcorper, adipiscing feugiat magna. Laoreet aliquet elit sed dolore sem elit dolor nunc sem consectetur ac nibh tellus adipiscing, lorem tincidunt aliquet mauris sed congue. Praesent molestie amet erat massa non volutpat elit ipsum ut et eget sit magna tincidunt tellus adipiscing lorem congue praesent mauris. Pharetra donec massa non elit ipsum lobortis non laoreet tellus consectetur lorem tincidunt aliquet at dolor congue proin eget pharetra donec. Lobortis diam felis sit ac laoreet aliquet consectetur erat laoreet aliquet, at, sed nunc diam id, turpis lorem tincidunt aliquet mauris. Feugiat congue praesent at lorem congue mi mauris dolor magna praesent molestie, sit congue ante, non nonummy ipsum ut et tellus. At ipsum dolore nibh euismod turpis tempus lobortis ullamcorper adipiscing tempus nibh volutpat nonummy aliquam nibh non, nonummy feugiat at ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 14:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ipsum, nisi nibh id amet ac lobortis aliquet mauris, dolor dolore ante molestie pharetra, congue nonummy aliquam nibh ullamcorper adipiscing lorem ut diam felis ipsum lobortis ullamcorper nonummy tempus. Ante volutpat nonummy tempus ut diam id turpis ac tincidunt sit ac nibh, euismod turpis aliquam nibh ullamcorper turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt aliquet felis feugiat tincidunt. Aliquet felis feugiat congue praesent felis feugiat congue, nonummy tempus lobortis diam felis, ipsum congue diam, felis sit ac mi molestie sit magna mi euismod turpis nisi diam elit. Ipsum nisi nonummy ipsum ut proin eget pulvinar nisi et euismod amet ac nibh euismod turpis tempus tincidunt ullamcorper nonummy lorem magna praesent mauris sit magna mi tellus consectetur. Praesent tellus elit sed massa sem at sed nunc, aliquet elit dolor dolore sem eget dolor nunc aliquet at lorem tincidunt aliquet at sed congue, praesent mauris proin eget. Amet aliquam, et eget pulvinar nisi proin eget pulvinar donec ante non, felis sit magna mi molestie pharetra ullamcorper nonummy ipsum lobortis diam felis feugiat magna mi euismod sit. </w:t>
+        <w:t xml:space="preserve">Sit erat massa non, elit, ipsum turpis, erat nunc sem eget pulvinar aliquam. Nibh diam mauris feugiat ut praesent id sit magna mi tellus elit ipsum. Dolore et volutpat pulvinar aliquam, euismod turpis, ac, nibh id turpis ac laoreet. Aliquet at dolor donec massa ullamcorper elit ipsum magna mi id turpis nisi. Mi tellus consectetur lorem nisi et euismod turpis aliquam et, id amet aliquam. Et ullamcorper at dolor congue mi mauris dolor, congue praesent mauris pharetra magna. Mi molestie, pharetra erat adipiscing dolor dolore proin mauris feugiat dolore mi volutpat. Consectetur tempus ut et, id turpis ac, laoreet, aliquet adipiscing lorem tincidunt praesent. Mauris dolor nisi et volutpat turpis lorem tincidunt praesent felis pharetra donec, ante. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 15:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Amet ac tincidunt mi molestie dolor donec massa sem felis sit nisi, et id turpis aliquam nibh tellus, at sed, congue praesent molestie dolore mi. Molestie nonummy tempus ut diam id sit magna nibh euismod sit magna laoreet aliquet at dolor congue praesent, mauris dolor congue, praesent molestie congue praesent. Molestie, consectetur ipsum nunc sem elit, pulvinar nisi nibh id pulvinar, nisi proin, eget, amet aliquam laoreet euismod turpis ac lobortis, ullamcorper, turpis lorem magna. Felis dolor magna mi tellus nonummy, erat laoreet tellus consectetur erat nunc tellus at ipsum dolore proin volutpat pulvinar nisi nibh euismod turpis ante volutpat. Nonummy tempus nibh non nonummy tempus ut mi, id pharetra erat massa aliquet at ipsum aliquam lobortis euismod adipiscing lorem tincidunt diam mauris pharetra magna. Felis feugiat donec, massa tellus consectetur sed laoreet, non, consectetur sed massa aliquet at sed nunc sem eget amet, nisi ante volutpat pulvinar, donec ante. </w:t>
+        <w:t xml:space="preserve">Aliquet diam felis lorem lobortis praesent molestie pharetra donec laoreet, tellus consectetur erat laoreet tellus at ipsum dolore proin eget. Pulvinar nisi nibh, euismod nonummy pulvinar nisi nibh euismod sit ac laoreet ullamcorper at dolor congue praesent volutpat amet erat. Ut et euismod turpis ac tincidunt aliquet at lorem laoreet non at sed nisi et volutpat dolor, nisi et volutpat. Amet lorem nibh volutpat pulvinar tempus, ut praesent molestie pharetra magna laoreet tellus, pharetra erat massa felis feugiat ac laoreet. Tellus consectetur, sed nunc aliquet at sed tincidunt aliquet at lorem tincidunt praesent mauris, sed congue praesent mauris lorem id. Turpis ac laoreet tellus consectetur lorem nunc aliquet, mauris amet donec, proin non amet aliquam massa non elit tempus lobortis. Diam id, sit ac laoreet tellus nonummy sed nisi et id turpis aliquam laoreet ullamcorper turpis, aliquam nibh euismod adipiscing. Lorem dolore, ante sem elit tempus nunc, diam felis sit, magna et, eget feugiat congue praesent id pharetra, sed dolore. Proin volutpat turpis aliquam ante, volutpat amet aliquam nibh ullamcorper adipiscing lorem lobortis euismod adipiscing sed dolore ante volutpat amet. Erat ante volutpat nonummy tempus lobortis sem elit ipsum ut et euismod sit magna, nibh tellus at dolor donec proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SEQ paragraphs \# "'Paragraph '0':'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>Paragraph 16:</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquet molestie dolor donec ante tellus consectetur. Donec laoreet tellus consectetur mi tellus, consectetur. Sed massa sem elit, ipsum nisi, et. Ullamcorper mauris dolor magna praesent molestie, sit. Magna ante tellus consectetur erat nunc sem. Elit, ipsum non at ipsum, nunc sem. Eget pulvinar nisi ante euismod, pulvinar, aliquam. </w:t>
+        <w:t xml:space="preserve">Aliquam tincidunt praesent molestie amet donec massa ipsum magna mi euismod, consectetur, sed donec, ante non adipiscing feugiat. Magna laoreet tellus consectetur erat massa, sem, at erat tincidunt tellus turpis magna diam nunc praesent eget dolor. Dolore massa ullamcorper felis, feugiat magna mi tellus sit ac laoreet euismod consectetur lorem laoreet aliquet consectetur lorem. Tincidunt aliquet, at laoreet sem elit ipsum nisi et, eget pulvinar nisi nibh volutpat amet aliquam lobortis euismod. Adipiscing feugiat congue praesent, felis feugiat congue praesent non, felis sit erat tincidunt sem elit pulvinar aliquam nibh. Ullamcorper adipiscing lorem ut praesent mauris sit magna laoreet tellus at erat massa aliquet consectetur, erat nunc mi. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R5ef26109ef4940d8"/>
+      <w:headerReference w:type="default" r:id="R37b999fab2cb4810"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -492,51 +492,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 5</w:t>
+      <w:t>Page 6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -1022,51 +1022,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3d555fb7adf44a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8e452cd397564ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2d45e8ac615f4410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R5ef26109ef4940d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R465e05004adb4b3c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7f054bc586894be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3e7a7f9307b24791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdd53b35dcd6b45be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R37b999fab2cb4810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb8c3cde3859d4541" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>