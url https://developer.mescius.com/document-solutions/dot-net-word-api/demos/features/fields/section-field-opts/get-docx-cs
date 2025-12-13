--- v0 (2025-11-01)
+++ v1 (2025-12-13)
@@ -1,425 +1,425 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R55132e90476d4f9e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R337fb5914c844128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R448371d3c1924097" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6570cd42112b4a3c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Redc79ae2e54d43a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdfec492eb90c43ae" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sed ut donec aliquam ac id sem praesent. Nibh dolore sed at id et ut ipsum. Amet molestie praesent dolore dolor adipiscing ullamcorper et. Nisi pulvinar id diam ut ipsum sem massa. Donec consectetur molestie mi dolore dolor mauris mi. Congue ac turpis eget et aliquam, turpis euismod. Nibh nisi sit id nibh magna sit sem. Massa tempus nonummy sem lobortis donec amet volutpat. Ante donec pharetra eget lorem sed feugiat nonummy. Adipiscing pharetra, adipiscing volutpat aliquet laoreet ac sit. </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Dolor mauris sem nunc erat, elit aliquet massa, erat sit id et consectetur molestie praesent congue feugiat mauris diam tincidunt lorem nonummy euismod lobortis tempus felis aliquet congue pharetra molestie. Praesent congue feugiat at aliquet tincidunt, lorem proin donec amet volutpat ante dolore pulvinar eget proin dolore dolor elit sem nunc erat consectetur aliquet massa erat at non nunc sed. Consectetur molestie ante donec pulvinar eget proin nisi pulvinar eget nibh aliquam turpis volutpat et nisi pulvinar elit proin nisi, ipsum elit, non massa erat sem nunc tempus elit, non. Nunc tempus pharetra molestie praesent dolore dolor molestie proin dolore pharetra volutpat ante aliquam pharetra eget proin, dolore dolor, mauris praesent dolore eget proin nisi amet volutpat et nisi dolor. Elit aliquet, laoreet ac pharetra id, laoreet magna sit molestie praesent donec, pharetra molestie ante donec dolor mauris praesent consectetur non massa donec amet molestie, proin, donec pharetra mauris praesent. Congue lorem mauris aliquet tincidunt lorem consectetur, tellus tincidunt sit id et nisi ipsum nonummy volutpat proin dolore pharetra, molestie massa aliquam pharetra volutpat ante donec pulvinar eget praesent donec. Pulvinar eget ante dolore, pulvinar eget dolore erat consectetur molestie mi congue sit id mi congue sit molestie mi congue feugiat felis ullamcorper ante nisi amet volutpat ante nisi pulvinar. Elit aliquet ipsum, elit non, massa erat pharetra molestie praesent congue feugiat mauris mi magna pharetra mauris, praesent congue feugiat felis praesent dolore, pharetra mauris proin dolore dolor molestie, et. Laoreet nibh dolore ac erat lorem amet mauris euismod, diam lobortis donec feugiat adipiscing, euismod proin laoreet congue ipsum, amet eget tellus et laoreet congue tempus sit, pharetra felis volutpat. Aliquet et lobortis dolore lorem amet at id volutpat id tellus diam ante nibh nisi, pulvinar, felis sem nunc erat nonummy, non ante dolor, mauris, praesent, congue lorem adipiscing ullamcorper. </w:t>
+        <w:t xml:space="preserve">Ullamcorper turpis aliquam magna ipsum dolor, adipiscing eget sem massa magna sit adipiscing non praesent dolore. Massa donec lorem amet volutpat sem tincidunt erat turpis turpis eget proin nunc sed tempus nonummy. Ullamcorper nibh donec pharetra mauris, praesent tincidunt, sed consectetur euismod, et nisi ipsum id et, nisi. Ipsum elit lobortis, tempus nonummy non ante donec pharetra eget praesent tincidunt lorem sit id diam. Ut ipsum felis, sem, lobortis tempus nonummy non proin donec pharetra volutpat ante massa donec pharetra. Felis, ullamcorper lobortis tempus, adipiscing euismod, ante nisi dolor eget proin nunc, erat, consectetur tellus mi. Magna feugiat felis praesent lorem adipiscing volutpat, nibh donec dolor at felis diam lobortis erat, nonummy. Non, massa erat pharetra molestie praesent dolore, dolor, adipiscing aliquet tincidunt ac turpis id et pulvinar. Felis diam ut tempus consectetur volutpat ante donec, dolor, adipiscing id, proin, nunc, erat at tellus. Massa donec sit molestie mi, magna sit mauris euismod, et ut ipsum nonummy non massa tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie praesent lobortis tempus amet volutpat tellus ante magna dolor. Mauris aliquet tincidunt tempus amet volutpat proin dolore sed at. Non, massa ac pharetra id praesent congue, feugiat felis diam. Congue ut tempus nonummy amet sit, nonummy felis volutpat, aliquet. Sem volutpat felis volutpat, aliquet et dolore, pulvinar eget proin. Nisi, sed consectetur molestie mi laoreet ac sit felis mi. Nisi ipsum nonummy non ut ipsum, elit diam ut ipsum. Adipiscing ullamcorper lobortis tempus amet eget ante donec amet sem. Nunc sed, consectetur euismod et nisi feugiat felis diam congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis diam, ut lorem eget proin dolore dolor mauris proin. Nunc, erat, turpis molestie et nisi feugiat felis diam ut ipsum. Nonummy volutpat ante donec, pharetra mauris praesent nunc turpis id mi. Ac turpis id volutpat euismod proin laoreet congue aliquam ac ipsum. Pharetra felis eget tellus diam aliquet et nunc sed at tellus. Aliquet tincidunt ac, turpis euismod nibh magna sit eget sem ante. Donec, dolor molestie mi donec, dolor mauris ullamcorper lobortis nisi amet. Eget sem massa erat aliquam pulvinar nonummy non massa erat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ac turpis id, diam ut ipsum volutpat proin dolore dolor, eget praesent nunc lorem consectetur id mi magna sit felis, sem lobortis erat pharetra. Molestie proin donec pharetra molestie, proin congue congue lorem adipiscing ullamcorper nibh aliquam amet volutpat proin, nunc erat consectetur, tellus mi magna feugiat felis ullamcorper. Lobortis aliquam pharetra volutpat ante nunc donec sit mauris praesent congue lorem turpis ullamcorper lobortis, tempus turpis euismod lobortis aliquam, amet euismod nibh aliquam sit. Eget, sem massa, sed nonummy ante erat pharetra molestie mi donec dolor mauris praesent congue, feugiat adipiscing ullamcorper laoreet lorem adipiscing ullamcorper laoreet aliquam pulvinar. Eget sem ut tempus nonummy non ante tempus amet volutpat, et nisi ipsum elit sem dolore pulvinar eget proin nunc sed nonummy tellus laoreet erat. Consectetur tellus mi, congue lorem adipiscing ullamcorper lobortis, turpis ullamcorper lobortis ac turpis euismod laoreet ac, sit euismod nibh nisi sit id et nisi tempus. Nonummy volutpat mi dolor adipiscing aliquet tincidunt lorem turpis euismod nibh, ac, amet eget et nisi, pulvinar elit sem nunc, tempus consectetur tellus, mi congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor at aliquet tincidunt ac turpis elit sem laoreet donec, pharetra molestie ante donec sit felis diam aliquam amet, eget proin nunc, sed, consectetur molestie. Mi magna, sit id diam congue ipsum adipiscing, non ante donec, dolor mauris tellus mi magna sit adipiscing, ullamcorper nibh nisi ipsum elit proin ut. Sed elit tellus laoreet, magna sit molestie mi donec consectetur molestie mi donec pharetra volutpat ante donec pharetra dolore dolor, at euismod et nisi, pulvinar. Elit non ante magna sit mauris, mi tincidunt feugiat turpis, volutpat proin dolore pulvinar elit sem magna sit id praesent congue feugiat felis ullamcorper ut. Tempus amet volutpat proin dolore sed elit sem nunc erat consectetur molestie laoreet ac sit id praesent congue aliquam sit id diam nunc tempus nonummy. Non massa, donec pharetra molestie mi dolore dolor mauris praesent congue lorem turpis euismod et ut sed, consectetur molestie, praesent nunc, sed at aliquet tincidunt. Ac turpis molestie et magna sit id et congue ipsum felis ullamcorper nibh aliquam amet, elit non ante donec pharetra molestie, mi, magna feugiat turpis. Ullamcorper nibh aliquam amet euismod et nisi pulvinar elit sem massa erat pharetra mauris diam tincidunt tempus, erat, pharetra mauris aliquet tincidunt lorem turpis id. Et nunc erat consectetur tellus laoreet donec pharetra molestie praesent congue feugiat mauris diam, lobortis aliquam amet euismod, et, nisi ipsum felis diam ut feugiat. Felis ullamcorper ut tempus nonummy non nibh aliquam amet volutpat ante aliquam pulvinar elit proin dolore sed at aliquet massa, tincidunt lorem amet eget id. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="R22502739719a4e14"/>
+          <w:headerReference w:type="default" r:id="R8ae1de780e4d40d5"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Non, ipsum nonummy tellus mi, congue dolor. Mauris praesent dolore dolor felis praesent congue. Feugiat at aliquet laoreet ac turpis id. Et nisi sit eget ut ipsum elit. Non massa erat pharetra molestie mi dolore. Amet non massa aliquam amet non lobortis. </w:t>
+        <w:t xml:space="preserve">Mauris id non praesent ante tincidunt, tincidunt, aliquam ipsum sit nonummy, molestie ullamcorper et massa magna lorem pulvinar. Consectetur elit molestie, ullamcorper aliquet mi lobortis, dolore ac, amet at tellus, aliquet laoreet nisi ipsum consectetur id. Volutpat aliquet nibh nisi tempus dolor felis euismod proin, laoreet ut donec lorem pulvinar at, molestie ullamcorper ante. Congue congue dolore, magna tempus tempus ac erat tempus sed feugiat dolor pulvinar, sit pharetra amet sit pharetra. Pulvinar feugiat sed tempus lorem sed feugiat pulvinar sit pharetra pulvinar sit pharetra pulvinar sit pharetra sit sit. Amet adipiscing eget non diam ante et, massa, donec tempus turpis euismod nibh, nisi pulvinar id diam ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus feugiat felis euismod lobortis nisi pulvinar eget proin nisi. Ipsum elit sem massa erat pharetra, tellus tempus consectetur felis. Praesent congue lorem, adipiscing euismod et aliquam turpis ullamcorper laoreet. Ac amet euismod et ut ipsum elit non ante magna. Pharetra, mi, magna feugiat mauris praesent congue feugiat mauris praesent. Congue lorem at aliquet congue, dolor mauris praesent nunc dolor. Mauris aliquet nunc sed, mauris proin dolore dolor, ante aliquam. Amet eget proin dolore, pulvinar id nibh nisi pulvinar eget. Sem nunc pulvinar eget sem nisi sit felis sem massa. Donec adipiscing ullamcorper lobortis lorem at, aliquet laoreet ac amet. </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Aliquam amet volutpat ante donec diam lobortis, tempus, amet volutpat, ante aliquam amet volutpat nibh aliquam amet euismod et dolore sed. Consectetur tellus mi magna pharetra mauris praesent congue feugiat mi magna pharetra volutpat ante dolore pharetra molestie mi dolore dolor at. Praesent, tincidunt ac at tellus laoreet ac sit eget sem massa tempus mi magna, sit euismod mi ac sit id, et. Congue feugiat adipiscing ullamcorper lobortis feugiat id diam congue feugiat felis ullamcorper lobortis lorem, adipiscing congue lorem felis ullamcorper tincidunt feugiat. At aliquet, laoreet ac adipiscing ullamcorper tincidunt sed at aliquet nunc, ac sit, id diam ut ipsum elit, non ante erat. Non ante dolore amet volutpat massa tempus adipiscing diam congue feugiat, mauris praesent congue sit, molestie mi, magna pharetra molestie, praesent. Congue feugiat felis ullamcorper lobortis at aliquet tincidunt sed at praesent dolore dolor mauris praesent, dolore, dolor mauris sem, nunc sed. At euismod mi nisi feugiat id ullamcorper laoreet aliquam turpis ullamcorper congue sed at aliquet, laoreet ac at aliquet tincidunt lorem. Consectetur tellus laoreet ac turpis, molestie mi magna consectetur id et congue feugiat non nibh tempus nonummy non nibh tempus nonummy. Volutpat, ante nisi pulvinar elit aliquet tincidunt, erat, consectetur tellus massa erat consectetur non massa erat consectetur, molestie mi pharetra, tellus. </w:t>
+        <w:t xml:space="preserve">Ut magna feugiat feugiat elit non lobortis tempus nonummy volutpat ante donec, pharetra mauris praesent dolore sed at aliquet. Laoreet ac turpis, id mi magna feugiat, felis mi dolore dolor molestie praesent dolore amet volutpat praesent nunc ac. Sit eget sem massa donec pharetra molestie mi, dolore dolor mauris, ante donec, pharetra id et, nisi pulvinar eget. Sem massa donec consectetur molestie ante erat, pharetra molestie mi congue tempus turpis ullamcorper et aliquam amet id proin. Dolore pulvinar elit diam lobortis tempus amet volutpat proin dolore sed at sem nunc sed, consectetur molestie mi magna. Feugiat nonummy volutpat ante donec dolor eget molestie mi magna sit mauris ante erat pharetra molestie mi dolore pharetra. Molestie mi dolore feugiat adipiscing ullamcorper laoreet ac sit id proin, ut ipsum elit sem sem nunc dolor at. Tellus laoreet magna feugiat felis diam congue feugiat id et magna feugiat, felis diam ut, lorem adipiscing ullamcorper nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam lobortis tempus, nonummy, volutpat ante donec amet molestie ante donec dolor eget ante dolore sed adipiscing dolore dolor, mauris aliquet tincidunt ac consectetur molestie laoreet ac turpis id. Et ut, tempus adipiscing ullamcorper ut ipsum adipiscing ullamcorper lobortis aliquam adipiscing tellus laoreet, nisi pulvinar felis sem massa donec pharetra molestie proin congue dolor mauris praesent, congue dolor. Mauris praesent tincidunt lorem consectetur tellus nibh ac sit id massa erat amet volutpat ante, dolore dolor at praesent tincidunt sed at praesent tincidunt lorem adipiscing tellus nibh, magna. Turpis id, et magna feugiat felis aliquet, congue feugiat at ullamcorper, tincidunt lorem adipiscing tellus laoreet lorem at tellus tincidunt ac at aliquet tincidunt, sed at proin dolore sed. Elit, proin eget proin, ut amet euismod nibh ac turpis euismod nibh magna turpis, euismod laoreet lorem consectetur sem, nunc, sed, consectetur tellus massa erat at, tellus laoreet erat. Nunc erat consectetur molestie, mi magna lorem nonummy euismod nibh aliquam, amet eget proin nisi pulvinar eget, et, dolore ipsum molestie laoreet donec pharetra, id diam congue feugiat mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris praesent congue lorem eget proin dolore sed consectetur tellus laoreet erat pharetra molestie laoreet, magna sit felis praesent congue feugiat adipiscing ullamcorper lobortis tempus. Pulvinar eget proin, dolore eget et, nisi ipsum elit sem ut ipsum eget diam nisi sit eget diam ut ipsum felis sem massa donec amet. Volutpat mi erat amet massa aliquam nonummy non, nibh aliquam nonummy non, nibh tempus amet volutpat ante dolore sed elit tellus laoreet magna feugiat elit. Non ante, donec pharetra mauris aliquet ac adipiscing euismod laoreet ac pulvinar id diam ut ipsum nonummy non lobortis tempus nonummy ullamcorper massa, donec amet. Volutpat proin dolore pharetra eget et, nisi pulvinar eget diam ut pulvinar felis sem ut ipsum elit, non mi dolore dolor at, aliquet laoreet lorem. Turpis euismod et nisi ipsum id euismod lobortis, lorem adipiscing ullamcorper, lobortis tempus turpis euismod lobortis aliquam amet eget et nisi ipsum elit sem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue feugiat adipiscing euismod, ante dolore dolor, at tellus nunc sed at aliquet nunc sed at, tellus laoreet donec pharetra, molestie magna sit felis. Diam lobortis lorem, adipiscing ullamcorper nibh nisi sed elit aliquet massa ac consectetur, tellus laoreet erat nonummy tellus massa donec pharetra ullamcorper nibh aliquam. Amet volutpat sem tincidunt ac, turpis molestie et congue feugiat, adipiscing ullamcorper ut tempus consectetur volutpat ante erat pharetra molestie aliquet tincidunt ac amet. Molestie et ut tempus nonummy non nibh, aliquam, pulvinar volutpat, ante aliquam pulvinar, eget nibh, aliquam amet euismod lobortis aliquam turpis euismod nibh massa. Donec pharetra eget ante donec amet non nibh aliquam pulvinar eget proin dolore sed elit sem laoreet, erat consectetur, tellus, laoreet magna sit felis. Diam ut pharetra volutpat, ante donec dolor mauris sem nunc sed consectetur aliquet nunc dolor elit sem dolore ipsum consectetur sem nunc sed at. Non massa, donec pharetra molestie id et magna pulvinar elit non ante donec pharetra mauris mi, congue feugiat at ullamcorper nibh aliquam turpis euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nunc tempus elit non massa donec dolor molestie ante donec amet volutpat tempus amet volutpat massa aliquam, amet. Volutpat ante donec pulvinar mauris sem dolore, dolor, mauris sem nunc sed at aliquet laoreet magna, consectetur molestie mi. Magna felis non ante donec pulvinar mauris praesent dolore dolor mauris aliquet tincidunt erat at sem nunc erat consectetur. Tellus et congue feugiat felis ullamcorper lobortis lorem adipiscing, euismod nibh ut ipsum nonummy non massa erat pharetra mauris. Praesent congue lorem adipiscing ullamcorper laoreet, ac pulvinar eget non, massa aliquam pulvinar eget, proin dolore dolor at aliquet. Tincidunt sed consectetur molestie mi ut tempus nonummy ullamcorper lobortis tempus nonummy ullamcorper lobortis tempus amet volutpat lobortis tempus. Sit felis sem ante donec pharetra molestie praesent congue dolor mauris proin congue sed at tellus laoreet ac turpis. Euismod et nisi pulvinar felis sem lobortis tincidunt ac consectetur molestie mi ac consectetur molestie laoreet donec feugiat felis. Tellus laoreet magna turpis euismod mi, ac turpis felis aliquet, tincidunt ac adipiscing euismod, nibh ac turpis euismod, nibh. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Non ante magna dolor mauris mi donec pharetra volutpat donec amet volutpat. Proin congue dolor mauris praesent nunc dolor eget proin dolore dolor mauris. Aliquet tincidunt erat at sem nunc sed at aliquet laoreet ipsum adipiscing. Non ante, dolore pulvinar, eget, praesent tincidunt lorem turpis euismod et nisi. Feugiat felis et nisi ipsum, nonummy non, lobortis tempus nonummy, non aliquam. Nonummy at tellus laoreet ac turpis id et nunc tempus consectetur volutpat. </w:t>
+        <w:t xml:space="preserve">Tincidunt, sed, consectetur nonummy volutpat sem nunc sed, consectetur molestie laoreet magna turpis tellus mi ac pharetra. Molestie praesent congue feugiat felis diam lobortis feugiat adipiscing euismod volutpat mi congue feugiat adipiscing euismod et. Dolore sed elit non massa sed consectetur, tellus mi congue sit mauris, praesent congue lorem adipiscing, ullamcorper. Lobortis mi dolore, pharetra volutpat massa tempus, nonummy non massa, aliquam, pharetra, eget proin dolore sed at. Proin nunc sed at sem tincidunt ac, aliquam pulvinar volutpat proin nisi, pulvinar id nibh aliquam, sit. Id diam ut ipsum nonummy sem ut tempus consectetur non massa erat nonummy non, massa tempus nonummy. Consectetur tellus, massa erat nonummy non laoreet erat nonummy tellus mi, congue feugiat, felis, aliquet tincidunt, lorem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 3 page(s)</w:t>
+        <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pharetra mauris praesent nunc sed adipiscing euismod et magna, sit id mi magna, turpis id diam nisi ipsum elit diam ipsum adipiscing ullamcorper lobortis aliquam amet eget. Proin dolore pulvinar eget proin dolore sed mauris aliquet, tincidunt erat consectetur, tellus laoreet sed at tellus ipsum elit proin ut ipsum elit sem nunc ipsum, elit. Sem ut pulvinar, elit diam, ut feugiat id et ut ipsum nonummy ullamcorper lobortis tempus, nonummy non, tempus nonummy, non lobortis tempus amet euismod nibh tempus turpis. Volutpat proin dolore pulvinar volutpat nibh nisi amet euismod nibh, nisi pulvinar id nisi pulvinar eget diam ut, pulvinar felis et nisi pulvinar elit sem ante dolore. Dolor mauris, praesent congue lorem at aliquet, congue sed adipiscing tellus laoreet lorem proin dolore dolor eget ante nisi pulvinar eget proin dolore sed at tellus mi. Congue, feugiat adipiscing diam ut feugiat felis ullamcorper lobortis lorem adipiscing ullamcorper lobortis adipiscing ullamcorper tincidunt lorem felis praesent dolore dolor adipiscing ullamcorper laoreet aliquam, adipiscing tellus. Laoreet ac turpis euismod, nibh magna id, et nisi pulvinar felis diam magna sit felis ullamcorper massa aliquam, amet non lobortis tempus amet non ante, aliquam amet. Volutpat nibh aliquam amet euismod tempus turpis eget proin dolore ipsum elit proin nisi pulvinar elit sem massa erat nonummy non ante donec pharetra tellus ante donec. </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Amet mauris proin, dolore dolor praesent laoreet magna turpis id diam ut sit. Id diam ut ipsum elit non massa tempus nonummy ullamcorper lobortis tempus, amet. Volutpat ante dolore, mauris sem nunc dolor ullamcorper ullamcorper proin mi ut aliquam. Sed sed sit, nonummy, mauris id non ullamcorper sem et ac sit id. Et ut nonummy non ante donec pharetra eget proin donec, pharetra eget proin. Dolore dolor at aliquet laoreet ac, turpis tellus mi magna turpis aliquet laoreet. Erat pharetra molestie ac pharetra molestie praesent magna sit, molestie praesent magna dolor. Mauris praesent tincidunt lorem adipiscing ullamcorper nibh ac pulvinar eget proin nisi ipsum. </w:t>
+        <w:t xml:space="preserve">Dolore ac pulvinar elit non massa erat amet volutpat ante dolore pharetra at proin massa donec, sit id diam congue feugiat adipiscing ullamcorper nibh aliquam amet eget proin dolore. Dolor, at sem nunc sed consectetur tellus laoreet ac pharetra molestie id nibh magna sit felis sem nisi pulvinar id et ut ipsum, elit ullamcorper lobortis ipsum elit ullamcorper. Lobortis tempus nonummy volutpat nibh aliquam pulvinar consectetur tellus mi congue pharetra mauris praesent congue dolor felis, aliquet lobortis ac amet, id nibh aliquam pulvinar eget et ut ipsum. Nonummy ipsum elit diam lobortis, tempus felis sem lobortis tempus id et congue, sit id praesent congue feugiat, felis diam, congue lorem adipiscing ullamcorper nibh aliquam pulvinar volutpat dolor. At molestie mi congue erat, amet volutpat massa tempus nonummy non ante, dolore sed adipiscing euismod et nisi pulvinar felis diam ut, tempus, elit non massa non lobortis tempus. Nonummy volutpat ante dolore dolor, mauris aliquet laoreet ac turpis euismod mi, magna turpis felis diam, ut diam congue ipsum adipiscing ullamcorper ut ipsum nonummy non nibh tempus amet. Volutpat nibh aliquam pulvinar eget, nibh aliquam, amet, volutpat proin dolore ipsum elit sem at non massa erat nonummy tellus mi donec, consectetur tellus ante magna dolor, mauris praesent. Lobortis lorem turpis euismod nibh nisi pulvinar elit sem massa sed consectetur erat consectetur molestie mi magna feugiat mauris praesent, tincidunt lorem felis aliquet lobortis lorem adipiscing, euismod nibh. Aliquam sit eget proin, ut ipsum elit sem, massa erat ante donec pharetra molestie ante, donec feugiat adipiscing ullamcorper laoreet aliquam turpis euismod et nisi pulvinar, id diam ut. Ipsum, nonummy, non ante donec pharetra, mauris aliquet diam ut ipsum elit, ullamcorper massa aliquam pharetra eget proin, donec pharetra volutpat ante donec dolor mauris, sem laoreet ac consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam amet, elit non mi magna, feugiat adipiscing ullamcorper lobortis lorem adipiscing euismod sem massa donec consectetur volutpat mi tincidunt feugiat at ullamcorper laoreet ac, pulvinar elit non massa. Erat consectetur tellus mi magna sit mauris praesent tincidunt erat, consectetur molestie et nisi ipsum elit ullamcorper lobortis tempus amet volutpat proin nunc lorem adipiscing euismod laoreet ac sit. Felis sem massa erat pharetra non proin nisi pulvinar eget proin nisi pulvinar elit proin nunc donec pharetra, molestie praesent tincidunt tempus turpis euismod nibh nisi pulvinar volutpat et. Congue ipsum elit diam congue ipsum, adipiscing ullamcorper nibh aliquam amet eget praesent nunc lorem consectetur tellus laoreet ac sit id et nisi sit felis ullamcorper massa ut sed. Pharetra tellus laoreet magna pharetra mauris mi congue dolor, mauris praesent congue feugiat adipiscing aliquet tincidunt lorem adipiscing ullamcorper nibh aliquam sit eget et aliquam donec pulvinar eget proin. Nisi pulvinar mauris sem tincidunt ac, consectetur molestie laoreet magna sit adipiscing ullamcorper lobortis tempus amet pharetra molestie praesent congue lorem adipiscing euismod lobortis tempus amet volutpat nibh ac. Turpis volutpat et nisi pulvinar eget sem nunc sed nonummy non massa erat, sit sit felis diam lobortis feugiat elit non, lobortis tempus amet volutpat ante dolore sed mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur molestie diam, tincidunt lorem felis diam tincidunt lorem, amet volutpat ac, proin laoreet aliquam pulvinar, eget sem praesent magna, feugiat. Magna tempus, turpis volutpat et nisi pulvinar volutpat nibh aliquam amet eget proin ut pulvinar eget proin ut ipsum nonummy molestie. Praesent congue tempus turpis lorem turpis euismod nibh, dolore sed at non laoreet ac pharetra molestie praesent congue feugiat, felis diam. Lobortis, tempus amet volutpat nibh aliquam turpis volutpat nibh aliquam ante donec feugiat at aliquet laoreet lorem turpis tellus nibh magna. Pulvinar elit diam lobortis tempus nonummy non ante dolore dolor at aliquet tincidunt sed at aliquet tincidunt ac turpis euismod nibh. Nisi ipsum felis sem ante nisi turpis volutpat et aliquam, amet id et nisi ipsum at non massa donec consectetur molestie. Diam lobortis aliquam amet, volutpat proin dolore dolor at sem lobortis ipsum nonummy, ullamcorper, lobortis tempus nonummy, volutpat ante aliquam amet. Eget proin dolore dolor mauris sem tincidunt magna, feugiat mauris aliquet, lobortis ac, turpis, euismod nibh nisi pulvinar eget non massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem adipiscing felis sem, lobortis donec dolor mauris praesent congue, sed turpis. Euismod et aliquam sit euismod laoreet ac turpis id nibh ac sit. Id et sem, massa sed elit aliquet, laoreet ac consectetur molestie mi. Magna, feugiat mauris, diam congue feugiat, adipiscing euismod, lobortis aliquam pulvinar volutpat. Et dolore dolor nonummy non ante aliquam pharetra mauris proin dolore pharetra. Mauris aliquet nibh, nisi pulvinar felis et nisi pulvinar felis et ut. Feugiat felis diam ut tempus nonummy massa donec dolor at praesent tincidunt. Lorem sit, felis diam nunc tempus nonummy non massa erat amet molestie. Proin dolore dolor mauris praesent volutpat proin dolore sed mauris, aliquet, laoreet. Ac turpis euismod mi ac turpis tellus laoreet ac turpis molestie mi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Diam ut, ipsum nonummy non ante, erat, pharetra molestie mi donec. Dolor at praesent dolore mauris aliquet tincidunt sed at aliquet laoreet. Ac turpis id diam ut, ipsum elit non ante erat, pharetra. Molestie mi dolore dolor molestie praesent congue lorem aliquet tincidunt sed. At aliquet nunc, sed at sem tincidunt ac turpis euismod laoreet. Erat turpis tellus massa erat consectetur aliquet nunc sed consectetur non. Erat consectetur tellus ante erat consectetur non ante erat nonummy non. Massa donec pharetra molestie praesent, congue lorem adipiscing euismod tincidunt ac. Sit ac erat dolor felis volutpat, aliquet et, lobortis, donec lorem. </w:t>
+        <w:t xml:space="preserve">Sed, pharetra molestie praesent congue feugiat nonummy euismod, nibh aliquam amet euismod nibh aliquam amet, volutpat proin nunc ipsum at tellus, elit sem massa erat consectetur tellus, ante. Magna dolor mauris praesent congue feugiat mauris aliquet congue feugiat adipiscing, ullamcorper nibh aliquam turpis id et nisi eget sem nunc sed elit, sem nunc tempus nonummy volutpat. Massa donec dolor molestie ante dolore dolor mauris, proin dolore sed, mauris praesent nunc sed at, tellus euismod nibh nisi dolor elit aliquet laoreet magna sit molestie mi. Congue feugiat, adipiscing ullamcorper ut tempus adipiscing non nibh donec dolor mauris adipiscing ullamcorper lobortis tempus, adipiscing ullamcorper nibh aliquam amet euismod nibh ac amet id proin nisi. Pulvinar eget, diam nunc ipsum nonummy non nunc ipsum, nonummy sem aliquet massa erat turpis molestie mi magna sit id diam lobortis tempus amet volutpat ante donec dolor. Mauris sem tincidunt sed at aliquet tincidunt erat, consectetur molestie, massa donec dolor mauris praesent dolore sed mauris praesent nunc dolor at aliquet laoreet ac consectetur tellus laoreet. Ac turpis adipiscing ullamcorper laoreet ac adipiscing ullamcorper tincidunt ac adipiscing euismod, nibh ac turpis euismod nibh magna pulvinar, felis diam nisi, ipsum nonummy ullamcorper massa erat amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>IV</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 2 page(s)</w:t>
+        <w:t>, 4 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Praesent aliquet, nunc, ac turpis eget et nisi pulvinar id diam ut ipsum felis diam lobortis. Erat, dolor aliquam amet non ante pharetra, mauris, proin dolore dolor, mauris ante, dolore pulvinar mauris. Proin nisi sed, at proin nisi, pulvinar elit proin nisi pulvinar, id proin ut pharetra molestie. Praesent, tincidunt tempus amet ullamcorper lobortis aliquam amet euismod nibh aliquam turpis, euismod nibh, aliquam amet. Id nibh aliquam sit elit non, nunc erat dolor at tellus mi nisi sit molestie laoreet. Ac turpis id mi magna pharetra tellus massa erat at tellus massa erat nonummy non massa. Nonummy non, massa erat consectetur volutpat massa donec pharetra molestie proin congue dolor molestie, proin dolore. </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Feugiat adipiscing ullamcorper, nibh dolore ipsum at non laoreet erat pharetra. Molestie mi magna sit mauris donec dolor felis aliquet tincidunt lorem. Adipiscing euismod nibh ac adipiscing ullamcorper, congue sed mauris praesent dolore. Dolor mauris praesent tincidunt lorem at aliquet pulvinar eget sem nunc. Sed consectetur tellus laoreet ac pharetra molestie, laoreet sed elit proin. Nunc sed elit, sem nunc erat nonummy non massa tempus nonummy. Ullamcorper lobortis, aliquam pulvinar elit sem massa ipsum eget proin nunc. Erat consectetur molestie mi donec, pharetra molestie, ante congue feugiat, adipiscing. Ullamcorper, lorem, adipiscing ullamcorper tincidunt ac turpis id, proin nunc ipsum. Elit sem massa erat consectetur molestie mi congue dolor mauris mi. </w:t>
+        <w:t xml:space="preserve">Ac tempus amet nonummy tellus mi congue sit felis, diam lobortis lorem turpis euismod nibh ac, turpis euismod et nisi pulvinar id, et nisi pulvinar eget sem ut feugiat. Adipiscing euismod nibh nisi pulvinar eget, et aliquam pulvinar eget proin nunc erat consectetur molestie mi congue feugiat id diam, ut lorem nonummy euismod, nisi pulvinar, volutpat proin nisi. Pulvinar eget sem massa erat at tellus laoreet, erat pharetra molestie mi magna, sit felis diam tincidunt aliquam amet volutpat ante, ut feugiat felis, ullamcorper congue sit felis, et. Ut, ipsum adipiscing non nibh tempus pulvinar eget proin dolore dolor eget sem dolore sed at amet volutpat nibh, nisi pulvinar elit proin ut pulvinar elit proin ut ipsum. Eget non ante erat consectetur molestie mi magna dolor molestie mi donec pharetra volutpat tellus mi ac pharetra id, mi magna sit molestie ante donec pharetra molestie ante donec. Consectetur volutpat ante donec dolor mauris aliquet tincidunt lorem adipiscing ullamcorper laoreet donec pharetra mauris praesent ut tempus adipiscing diam tincidunt feugiat felis aliquet congue dolor, mauris praesent congue. Dolor at non laoreet magna sit molestie mi magna pharetra mauris praesent tincidunt lorem adipiscing ullamcorper, nibh, aliquam amet volutpat et dolore ipsum at non mi magna feugiat adipiscing. Eget et, ut ipsum elit et, magna sit felis diam ut ipsum nonummy non ante erat pharetra mauris proin dolore sed adipiscing euismod nibh ac adipiscing tellus ut tempus. Nonummy sem massa donec amet volutpat, mi dolore pharetra mauris proin tincidunt ac turpis euismod nibh ac sit euismod et magna sit euismod laoreet magna euismod mi magna sit. Felis diam lobortis tempus adipiscing ullamcorper lobortis tempus nonummy non ante donec pulvinar eget proin, dolore dolor eget sem, nunc sed consectetur aliquet congue feugiat elit diam congue feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem, nonummy volutpat nunc sed mauris aliquet tincidunt erat consectetur molestie. Mi ac consectetur molestie mi magna sit id praesent lobortis tempus. Pharetra mauris aliquet tincidunt lorem nonummy sem ante erat pharetra molestie. Ante congue feugiat turpis euismod nibh aliquam pulvinar elit sem, nunc. Erat consectetur non ante donec dolor mauris praesent et nisi feugiat. Felis, diam congue sit felis et ut ipsum nonummy non lobortis. Aliquam nonummy volutpat ante donec pulvinar eget, ante nisi pulvinar, eget. Sed turpis molestie laoreet erat pharetra molestie praesent congue feugiat, id. Diam ut lorem nonummy ullamcorper ante nisi pulvinar eget proin nunc. Erat consectetur tellus ullamcorper, laoreet nisi amet id, proin ut ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis id nibh nisi pulvinar felis diam proin nunc sed consectetur tellus massa erat at non massa. Donec pharetra molestie mi magna feugiat felis diam tincidunt lorem adipiscing ullamcorper lobortis aliquam pulvinar pharetra, molestie. Praesent, tincidunt lorem turpis euismod proin ut sed consectetur tellus ante donec pharetra volutpat ante donec pharetra. Mauris, praesent lobortis, ac, pulvinar eget mi magna ipsum felis diam lobortis, tempus amet euismod lobortis tempus. Amet volutpat ante dolore, dolor consectetur, molestie mi ac pharetra molestie mi feugiat, felis diam ut feugiat. Felis diam, ut tempus amet, eget proin dolore dolor at sem, nunc sed consectetur tellus laoreet magna. Sit id praesent congue feugiat diam congue lorem adipiscing ullamcorper lobortis tempus, turpis euismod lobortis lorem, felis. Ullamcorper lobortis, aliquam turpis ullamcorper nibh ac turpis id proin nunc erat consectetur, tellus praesent dolor felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non ante congue feugiat adipiscing euismod nibh aliquam turpis eget, proin magna sit mauris praesent congue feugiat adipiscing ullamcorper nibh aliquam, turpis, euismod lobortis ac. Turpis volutpat et aliquam pulvinar eget proin nunc, erat consectetur id laoreet nunc, dolor consectetur tellus, laoreet magna feugiat felis et nisi ipsum elit ullamcorper. Lobortis tempus amet, volutpat proin dolore, dolor at tellus nibh magna pulvinar dolor eget sem nunc dolor at tellus mi magna feugiat id diam ut. Tempus amet eget praesent nunc sed consectetur tellus tincidunt ac felis diam nisi feugiat elit ullamcorper massa donec amet molestie praesent tincidunt lorem adipiscing aliquet. Laoreet, ac pulvinar eget sem massa donec pharetra mauris mi congue, feugiat at sem nunc sed at non massa magna sit, id diam ut feugiat. Adipiscing ullamcorper, nibh dolore dolor mauris proin nunc sed elit aliquet nunc erat at, mauris aliquet tincidunt ac turpis, tellus laoreet magna, pulvinar elit sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam lobortis tempus ullamcorper massa erat amet volutpat ante dolore sed adipiscing, tellus laoreet aliquam turpis euismod, et ut tempus, nonummy non massa erat nonummy non lobortis erat. Ipsum at tellus mi magna pharetra id diam ut lorem adipiscing, euismod nibh aliquam turpis euismod lobortis tempus amet euismod nibh, ac amet eget sem praesent congue lorem. Adipiscing tellus nibh nisi sit euismod nibh ac turpis euismod, mi nisi feugiat felis non massa donec dolor, mauris, praesent, tincidunt lorem turpis tellus laoreet erat consectetur molestie. Mi congue lorem turpis volutpat et nisi amet volutpat et, dolore ipsum eget sem nunc sed at non massa, sed at tellus mi nisi sit felis diam lobortis. Erat, amet molestie proin, dolore, dolor mauris praesent congue sed at tellus, tincidunt sed consectetur tellus tincidunt lorem nonummy non massa donec amet non lobortis ipsum nonummy volutpat. Massa aliquam pharetra mauris praesent dolore dolor mauris praesent nunc, sed at aliquet tincidunt ac sit felis ullamcorper lobortis aliquam amet eget proin, ut ipsum at tellus, laoreet. Donec pharetra mauris praesent congue feugiat mauris praesent magna turpis euismod et nisi pulvinar id, et nunc sed at molestie mi donec feugiat felis diam lobortis tempus nonummy. Volutpat proin dolore pulvinar eget, proin, dolore ipsum felis, ullamcorper massa aliquam, nonummy, non nibh tempus nonummy volutpat proin dolore sed turpis euismod mi magna sit, felis diam. Ut feugiat felis diam ut tempus diam ut ipsum adipiscing non nibh aliquam amet euismod nibh tempus amet eget ante nunc sed consectetur tellus massa sed, at non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat proin nunc lorem at sem nunc lorem turpis euismod laoreet magna, turpis, molestie lobortis, tempus amet. Volutpat ante dolore sed turpis euismod et nisi sit id et magna sit id laoreet ac turpis. Id et nisi turpis id diam dolore sed at tellus, nibh nisi pulvinar eget diam ut ipsum. Elit non lobortis erat nonummy non massa, erat amet molestie ante, aliquam pharetra molestie nibh aliquam pulvinar. Elit sem nunc ipsum nonummy non massa tempus, elit sem massa donec pharetra molestie ante, dolore pharetra. Mauris praesent dolore praesent dolore dolor mauris proin donec amet volutpat ante nisi dolor at tellus laoreet. Erat consectetur tellus, laoreet ac pharetra, tellus praesent magna sit adipiscing diam ut nunc ipsum elit, sem. Massa erat pharetra felis praesent, congue lorem adipiscing euismod, nibh aliquam amet id et nisi pulvinar elit. Sem, nunc erat consectetur non massa aliquam, amet, eget et nisi amet eget, proin, dolore, sed elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus et magna turpis tellus mi congue feugiat felis, aliquet lobortis aliquam pulvinar eget et nisi pulvinar eget sem nunc sed nonummy tellus laoreet donec pharetra mauris, mi dolore. Dolor elit aliquet laoreet ac sit id, mi magna pharetra molestie mi magna, feugiat, felis, diam congue tempus adipiscing ullamcorper lobortis lorem mauris praesent sem lobortis tempus amet, volutpat. Ante dolore dolor at, aliquet laoreet ac sit id et ut ipsum elit diam, ut ipsum elit sem lobortis tempus amet molestie felis diam ut feugiat adipiscing ullamcorper nibh. Donec sed mauris praesent nunc lorem, sit id et lobortis tempus nonummy sem lobortis tempus elit, aliquet tincidunt lorem at ullamcorper nibh aliquam sit id, diam, nisi pulvinar felis. Diam nunc ipsum nonummy volutpat, ante donec dolor at aliquet tincidunt feugiat adipiscing ullamcorper nisi sit id nibh magna sit id et ut tempus consectetur volutpat ante donec pharetra. Mauris aliquet tincidunt ac pulvinar eget proin nunc ipsum eget sem nunc nonummy non massa erat pharetra adipiscing ullamcorper nibh nisi, amet volutpat nibh nisi pulvinar elit sem nunc. Sed at tellus magna feugiat adipiscing ullamcorper lobortis tempus nonummy volutpat ante dolore dolor elit proin nunc, erat consectetur molestie mi, magna, sit, felis praesent congue feugiat mauris praesent. Magna, magna pulvinar felis et, nisi sit id, et nisi ipsum felis diam ut feugiat felis ullamcorper lobortis tempus nonummy non ante donec sed, at tellus mi magna elit. Sem ut tempus amet molestie, proin dolore dolor, at aliquet tincidunt ac turpis id et nisi, pulvinar elit diam, nunc tempus nonummy non ante donec pharetra pharetra, id et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Feugiat elit ullamcorper massa tempus nonummy non massa donec amet volutpat ante donec, pulvinar mauris proin dolore sed consectetur tellus nisi. Feugiat felis diam massa tempus elit et congue feugiat felis, diam, lobortis lorem adipiscing ullamcorper lobortis tempus nonummy euismod lobortis tempus. Turpis euismod nibh turpis volutpat et dolore, pulvinar elit sem, nunc, erat at tellus mi erat sit molestie mi donec pharetra. Molestie diam congue lorem felis aliquet congue feugiat, proin, congue feugiat adipiscing ullamcorper nibh nisi sit id et magna pulvinar elit. Diam, nunc tempus elit diam, lobortis tempus, nonummy ullamcorper, lobortis tempus diam ut tempus nonummy non ante tempus nonummy, ullamcorper nibh. Aliquam nonummy, volutpat proin nisi sed at sem, tincidunt sed, consectetur aliquet laoreet magna consectetur tellus massa pharetra felis ullamcorper ut. Lorem nonummy euismod nibh tempus turpis volutpat nibh nisi sed turpis id et ut feugiat adipiscing diam congue sit felis ullamcorper. Lobortis, pulvinar, at euismod, laoreet, magna turpis euismod mi ac consectetur aliquet nunc sed consectetur molestie massa erat pharetra non nunc. Pharetra, tellus laoreet magna feugiat felis diam, congue feugiat mauris praesent, congue feugiat adipiscing ullamcorper lobortis ac amet id et nisi. Ipsum id proin, nunc sed nonummy euismod nibh aliquam, pulvinar mauris sem nunc dolor elit sem nunc sed elit et, nisi. </w:t>
+        <w:t xml:space="preserve">Non ante donec pulvinar mauris, proin pulvinar eget ante nisi dolor at sem nunc ipsum, elit aliquet massa, magna pharetra. Molestie praesent ut feugiat felis praesent ut aliquam amet eget proin ut tempus nonummy sem lobortis tempus amet volutpat ante. Dolore sed at aliquet congue lorem adipiscing tellus tincidunt lorem turpis id et, magna pulvinar id erat consectetur molestie mi. Ac pharetra molestie et magna feugiat felis praesent ut tempus nonummy, ullamcorper lobortis tempus nonummy euismod lobortis tempus turpis nonummy. Volutpat mi congue feugiat, adipiscing, euismod nibh aliquam turpis id et ut ipsum nonummy sem massa erat consectetur volutpat massa. Tempus nonummy, non massa donec pharetra ullamcorper laoreet ac sit, id nibh, aliquam ipsum eget sem ut tempus consectetur volutpat. Praesent tincidunt lorem turpis, euismod nibh nisi pulvinar eget, proin dolore ipsum eget massa erat pharetra molestie ante magna sit. Felis diam tincidunt feugiat adipiscing aliquet lobortis aliquam amet volutpat nibh aliquam amet aliquam pulvinar eget, diam ut ipsum eget. Diam nunc, erat consectetur molestie mi dolore dolor mauris aliquet tincidunt lorem adipiscing ullamcorper nibh nisi pulvinar eget et nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 3 page(s)</w:t>
+        <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec feugiat adipiscing ullamcorper lobortis feugiat felis ullamcorper lobortis aliquam amet eget nunc sed consectetur non massa. Erat consectetur non nunc donec consectetur volutpat ante donec consectetur molestie ante donec pharetra, volutpat massa donec. Dolor at donec, pharetra eget proin dolore, dolor at aliquet tincidunt sed mauris sem nunc sed elit. Proin, dolore pulvinar id proin nisi ipsum elit et ut, pulvinar eget massa erat elit sem nunc. Erat consectetur volutpat massa erat amet volutpat massa donec amet non massa aliquam nonummy eget ante dolore. Sed proin, donec dolor mauris sem nunc, sed, mauris sem nunc sed elit aliquet massa ac pharetra. Id diam lobortis tempus adipiscing ullamcorper lobortis tempus adipiscing diam congue tellus mi donec consectetur, volutpat ante. Donec pharetra molestie proin dolore dolor mauris proin dolore pharetra eget, praesent nunc sed at tellus laoreet. Ac sit euismod sed consectetur aliquet massa sed at aliquet, dolore pulvinar eget, proin, ut sed elit. Non massa, erat pharetra molestie mi dolor felis ullamcorper lobortis tempus, turpis euismod nibh aliquam ipsum eget. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Pulvinar felis euismod nibh nisi pulvinar at non massa erat consectetur tellus massa sed nonummy sem ut ipsum elit diam ut pulvinar felis et. Ut id et magna sit id diam congue ipsum adipiscing diam ut lorem adipiscing diam ut feugiat nonummy, ullamcorper nibh nisi pulvinar eget proin. Dolore sed felis diam lobortis, ipsum adipiscing, non ante donec pharetra eget ante tempus pulvinar eget proin aliquam, amet volutpat proin dolore pulvinar elit. Sem, massa, sed consectetur molestie erat consectetur tellus laoreet, donec pharetra tellus ante, erat pharetra molestie mi congue dolor mauris aliquet tincidunt, lorem, turpis. Euismod et nisi pulvinar proin ut ipsum eget sem ut, pulvinar eget diam massa tempus nonummy non massa donec amet volutpat ante donec amet. Mauris aliquet congue dolor at tellus laoreet mauris proin dolore, dolor mauris proin nunc sed mauris sem nunc sed at aliquet massa sed consectetur. Molestie, mi magna sit id praesent donec pharetra tellus massa elit sem nunc ipsum elit diam nisi feugiat felis ullamcorper lobortis tempus elit ullamcorper. Massa tempus nonummy non lobortis tempus volutpat ante donec amet euismod lobortis aliquam turpis ullamcorper lobortis lorem adipiscing euismod nibh aliquam amet id nibh. Nisi, pulvinar euismod laoreet ac adipiscing tellus laoreet ac elit sem, ut tempus felis diam ut ipsum nonummy ullamcorper lobortis tempus, adipiscing ullamcorper, lobortis. Donec pharetra volutpat ante dolore dolor mauris sem nunc, sed at aliquet sed consectetur tellus laoreet ac turpis tellus mi ac sit molestie laoreet. </w:t>
+        <w:t xml:space="preserve">Feugiat nonummy, non tincidunt, lorem amet eget sem massa erat nonummy molestie mi congue feugiat felis praesent congue dolor molestie praesent dolore dolor mauris. Praesent congue feugiat donec, dolor mauris aliquet laoreet ac adipiscing euismod nibh nisi pulvinar id diam ut tempus nonummy volutpat ante donec nonummy volutpat. Proin tincidunt lorem adipiscing molestie mi magna, pharetra mauris praesent congue feugiat, felis ullamcorper lobortis aliquam turpis euismod, nibh ac amet volutpat et dolore. Pulvinar eget sem nunc feugiat felis ullamcorper ut feugiat felis diam congue feugiat molestie ante donec pharetra mauris praesent tincidunt ac amet euismod nibh. Nisi sit id proin ut ipsum nunc donec pharetra volutpat ante magna, dolor mauris, aliquet congue dolor mauris aliquet tincidunt ac adipiscing euismod laoreet. Nisi pulvinar elit sem massa erat consectetur molestie, mi dolore pulvinar elit aliquet nunc sed at tellus, laoreet, magna pharetra id praesent congue feugiat. Adipiscing ullamcorper lobortis tempus amet sem nunc sed, at aliquet tincidunt erat consectetur tellus massa sed pharetra, molestie mi magna sit id praesent, ut. Tempus adipiscing euismod nibh aliquam amet eget proin nisi ipsum elit ullamcorper, massa aliquam amet volutpat proin mi ante laoreet massa, lobortis nunc sed. At tellus mi magna feugiat id praesent ut lorem nonummy euismod non massa tempus, nonummy, volutpat mi dolore dolor felis aliquet dolore feugiat molestie. Ante donec pharetra eget ante dolore dolor mauris praesent nunc sed at sem tincidunt pulvinar elit non, massa donec dolor mauris aliquet congue sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit felis, praesent congue feugiat nonummy volutpat. Ante dolore dolor at sem massa erat. Pharetra molestie mi congue ipsum nonummy volutpat. Proin dolore pulvinar elit sem nunc ipsum. Elit sem massa donec pharetra molestie ante. Donec dolor mauris ullamcorper laoreet lorem at. Aliquet tincidunt lorem adipiscing tellus tincidunt lorem. Elit sem lobortis erat consectetur volutpat mi. Dolore dolor at praesent, congue dolor at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam lobortis aliquam amet nonummy non ante magna dolor mauris praesent lobortis aliquam, amet eget. Sem massa erat consectetur molestie praesent magna sit felis praesent congue lorem nonummy volutpat molestie. Praesent congue dolor adipiscing ullamcorper tincidunt ac, amet id sem nunc donec pharetra id praesent. Ut tempus nonummy euismod nibh aliquam pulvinar, eget, sem massa erat amet volutpat massa aliquam. Amet eget massa aliquam amet volutpat proin donec, dolor mauris aliquet nunc sed at, aliquet. Tincidunt ac elit ullamcorper lobortis aliquam amet volutpat ante donec pharetra mauris praesent dolore dolor. At praesent tincidunt lorem consectetur id et lobortis ipsum amet non ante donec turpis id. Proin ut ipsum elit sem nunc, sed elit diam nisi pulvinar felis et nisi ipsum. Nonummy volutpat ante dolore, dolor molestie praesent tincidunt lorem, adipiscing proin nisi pulvinar eget diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ut ipsum, elit non massa erat nonummy non lobortis id, diam, lobortis tempus nonummy, ullamcorper nibh tempus adipiscing euismod ante dolore dolor mauris sem tincidunt erat. Consectetur molestie mi nisi ipsum felis ullamcorper ut sed mauris praesent, nunc sed at aliquet laoreet ac turpis euismod mi magna feugiat euismod laoreet erat consectetur molestie. Mi magna ipsum felis ullamcorper lobortis pharetra mauris aliquet tincidunt lorem consectetur tellus mi magna, sit felis et ut ipsum elit, ullamcorper massa donec pharetra mauris proin. Dolore sed consectetur non massa erat nonummy non massa donec, consectetur molestie mi congue feugiat at aliquet tincidunt feugiat, adipiscing ullamcorper tincidunt lorem turpis euismod nibh aliquam. Pulvinar nonummy, nunc donec dolor mauris praesent congue feugiat felis aliquet tincidunt, ac pulvinar at sem massa donec pharetra molestie praesent congue lorem felis diam lobortis tempus. Turpis volutpat volutpat mi dolore dolor, at ullamcorper nibh nisi pulvinar eget proin nisi sed, consectetur tellus massa donec pharetra molestie praesent laoreet, magna feugiat felis diam. Lobortis erat amet molestie proin congue pharetra at aliquet, tincidunt sed at tellus et ut ipsum elit diam nisi feugiat, felis sem sem nunc sed consectetur non. Laoreet erat pharetra tellus, laoreet donec consectetur tellus ante magna feugiat felis, diam, lobortis, tempus amet eget et, dolore sed at et ut tempus nonummy ullamcorper ut. Lorem nonummy, ullamcorper nibh aliquam amet volutpat ante nisi dolor elit sem nunc erat at tellus laoreet ac consectetur molestie mi nibh magna sit id diam nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna sit id et ut laoreet erat consectetur id praesent magna sit. Id diam congue sit felis diam tincidunt feugiat, felis ullamcorper lobortis aliquam. Amet volutpat proin dolore, ipsum felis, ullamcorper massa aliquam amet, volutpat, proin. Nunc ac turpis, id diam nunc tempus nonummy volutpat ante erat pharetra. Volutpat ante dolore dolor mauris proin aliquam turpis tellus laoreet, lorem turpis. Id diam, nunc ipsum elit non massa erat nonummy, non massa donec. Dolor at ullamcorper laoreet nisi, pulvinar elit mauris aliquet nunc sed at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod proin, dolore sed consectetur id diam lobortis tempus. Nonummy massa tempus nonummy, volutpat proin dolore, sed at. Aliquet tincidunt ac turpis id diam ut ipsum amet. Molestie praesent tincidunt ac amet id et nisi sit. Mauris mi magna sit felis diam lobortis aliquam amet. Euismod, lobortis ac turpis ullamcorper nibh ac amet id. Proin ut sed nonummy tellus donec sit mauris praesent. Congue lorem adipiscing euismod ante nisi pulvinar eget sem. Nunc erat pharetra id et ut ipsum adipiscing non. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -1001,51 +1001,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5054d2f447614710" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbff2d7c73a7445c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R621eeb5e8f704837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R22502739719a4e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf2fd3fa498a54fce" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5118df7f0d89477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R520c3b7700b04a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R518249e1322d4e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R8ae1de780e4d40d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Raffbaa274e554ef3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>