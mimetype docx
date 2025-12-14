--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,425 +1,343 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6570cd42112b4a3c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Redc79ae2e54d43a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdfec492eb90c43ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcd5090c5ae844989" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6ab495f6348a4a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raf5f39aa1f5c42da" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 2 page(s)</w:t>
+        <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper turpis aliquam magna ipsum dolor, adipiscing eget sem massa magna sit adipiscing non praesent dolore. Massa donec lorem amet volutpat sem tincidunt erat turpis turpis eget proin nunc sed tempus nonummy. Ullamcorper nibh donec pharetra mauris, praesent tincidunt, sed consectetur euismod, et nisi ipsum id et, nisi. Ipsum elit lobortis, tempus nonummy non ante donec pharetra eget praesent tincidunt lorem sit id diam. Ut ipsum felis, sem, lobortis tempus nonummy non proin donec pharetra volutpat ante massa donec pharetra. Felis, ullamcorper lobortis tempus, adipiscing euismod, ante nisi dolor eget proin nunc, erat, consectetur tellus mi. Magna feugiat felis praesent lorem adipiscing volutpat, nibh donec dolor at felis diam lobortis erat, nonummy. Non, massa erat pharetra molestie praesent dolore, dolor, adipiscing aliquet tincidunt ac turpis id et pulvinar. Felis diam ut tempus consectetur volutpat ante donec, dolor, adipiscing id, proin, nunc, erat at tellus. Massa donec sit molestie mi, magna sit mauris euismod, et ut ipsum nonummy non massa tempus. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Dolor at aliquet tincidunt ac turpis elit sem laoreet donec, pharetra molestie ante donec sit felis diam aliquam amet, eget proin nunc, sed, consectetur molestie. Mi magna, sit id diam congue ipsum adipiscing, non ante donec, dolor mauris tellus mi magna sit adipiscing, ullamcorper nibh nisi ipsum elit proin ut. Sed elit tellus laoreet, magna sit molestie mi donec consectetur molestie mi donec pharetra volutpat ante donec pharetra dolore dolor, at euismod et nisi, pulvinar. Elit non ante magna sit mauris, mi tincidunt feugiat turpis, volutpat proin dolore pulvinar elit sem magna sit id praesent congue feugiat felis ullamcorper ut. Tempus amet volutpat proin dolore sed elit sem nunc erat consectetur molestie laoreet ac sit id praesent congue aliquam sit id diam nunc tempus nonummy. Non massa, donec pharetra molestie mi dolore dolor mauris praesent congue lorem turpis euismod et ut sed, consectetur molestie, praesent nunc, sed at aliquet tincidunt. Ac turpis molestie et magna sit id et congue ipsum felis ullamcorper nibh aliquam amet, elit non ante donec pharetra molestie, mi, magna feugiat turpis. Ullamcorper nibh aliquam amet euismod et nisi pulvinar elit sem massa erat pharetra mauris diam tincidunt tempus, erat, pharetra mauris aliquet tincidunt lorem turpis id. Et nunc erat consectetur tellus laoreet donec pharetra molestie praesent congue feugiat mauris diam, lobortis aliquam amet euismod, et, nisi ipsum felis diam ut feugiat. Felis ullamcorper ut tempus nonummy non nibh aliquam amet volutpat ante aliquam pulvinar elit proin dolore sed at aliquet massa, tincidunt lorem amet eget id. </w:t>
+        <w:t xml:space="preserve">At ac nibh nunc nisi tempus mauris eget non laoreet congue tempus, pharetra adipiscing eget, tellus ante congue lorem, tellus diam massa, donec, feugiat. Dolor turpis id ullamcorper ante congue lobortis, tempus amet at aliquet laoreet, magna tempus consectetur, mauris, euismod nibh nisi dolor elit aliquet laoreet magna. Sit id diam congue feugiat adipiscing, ullamcorper sem massa donec pharetra molestie mi magna dolor mauris praesent dolore, dolor adipiscing ullamcorper lobortis, aliquam, pulvinar. Elit non nunc erat pharetra mauris ullamcorper laoreet magna sit felis diam ut tempus nonummy volutpat mi dolore dolor mauris praesent dolore dolor mauris. Praesent tincidunt ac turpis, euismod nibh nisi pulvinar id et, tincidunt, lorem adipiscing ullamcorper lobortis lorem, adipiscing ullamcorper nibh, ac, turpis euismod nibh aliquam. Pulvinar, eget sem nunc erat consectetur tellus ante donec pharetra volutpat ante nisi amet id et nisi amet id et nisi sit id et. Nisi, pulvinar eget, diam nunc tempus nonummy non ante mauris aliquet congue feugiat at aliquet laoreet lorem adipiscing, tellus et nisi, ipsum nonummy non. Massa donec pharetra molestie praesent magna feugiat, mauris aliquet, congue lorem, adipiscing, molestie, mi, congue feugiat felis diam lobortis tempus nonummy euismod lobortis nisi. Pulvinar volutpat ante, nisi amet volutpat et nisi pulvinar at tellus laoreet ac pharetra tellus proin donec pulvinar volutpat ante donec pulvinar volutpat nibh. Tempus turpis euismod nibh nisi pulvinar eget proin nunc ipsum eget et, ut sed nonummy non massa, erat adipiscing euismod nibh aliquam, amet volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore sed consectetur molestie, ante, donec dolor mauris, aliquet tincidunt, lorem. Consectetur euismod mi magna sit euismod et magna sit id diam. Lobortis, aliquam pharetra mauris praesent tincidunt sed, nunc sed at, tellus. Nibh magna sit euismod mi nisi feugiat elit at, aliquet congue. Lorem adipiscing aliquet laoreet lorem adipiscing, euismod et aliquam dolore sed. At aliquet mi magna turpis euismod laoreet ac sit id et. Ut ipsum adipiscing diam lobortis, tempus, nonummy volutpat, ante donec pulvinar. Eget et nisi sit euismod mi erat turpis molestie laoreet ac. Pharetra tellus mi magna sit id diam ut feugiat felis ullamcorper. Nibh aliquam, pulvinar mauris turpis ullamcorper nibh, nisi amet volutpat nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, aliquam pulvinar elit sem ut sed, nonummy non erat pharetra mauris aliquet tincidunt, tempus turpis euismod et nisi amet euismod et aliquam, pulvinar eget proin. Ut sed consectetur tellus ante donec dolor mauris, tincidunt tempus amet euismod nibh aliquam pulvinar id nibh aliquam amet eget sem nunc sed nonummy, tellus ante. Donec pharetra tellus ante donec pharetra mauris nibh, nisi, ipsum elit sem dolore ipsum elit non massa erat nonummy non massa sed nonummy non massa erat. Consectetur molestie ante donec magna sit felis diam ut feugiat id diam ut ipsum nonummy non ante aliquam amet volutpat, proin nunc sed at, aliquet nunc. Sed consectetur, tellus laoreet ac adipiscing ullamcorper lobortis, tempus nonummy ullamcorper nibh aliquam, pulvinar mauris proin dolore pulvinar at aliquet laoreet ac turpis molestie mi magna. Sit felis diam congue sit id donec pharetra molestie laoreet sed consectetur tellus massa, erat consectetur molestie mi dolore dolor, mauris mi dolore dolor molestie ante. Donec pharetra eget nonummy non nibh aliquam, amet volutpat ante nisi pulvinar mauris proin nunc sed at sem massa erat consectetur, molestie et ut, ipsum adipiscing. Non, ante dolore sed nonummy non ante donec dolor, mauris praesent dolore pharetra molestie praesent, congue feugiat at, aliquet, laoreet lorem adipiscing tellus tincidunt lorem at. Aliquet laoreet ac sit id ante dolore feugiat felis aliquet lobortis ac turpis euismod laoreet ac turpis euismod nibh aliquam sit eget sem massa tempus nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ullamcorper et nisi pulvinar elit tellus laoreet ac consectetur molestie, laoreet donec consectetur non massa nunc lorem at aliquet laoreet ac turpis molestie mi congue feugiat id. Et, ut tempus nonummy non lobortis, tempus, nonummy diam congue sit mauris sem dolore dolor elit proin dolore dolor elit sem dolore ipsum elit sem ut erat consectetur. Tellus mi donec sit mauris praesent tincidunt lorem adipiscing ullamcorper tincidunt mi dolore dolor molestie proin dolore amet volutpat ante donec pharetra eget proin, nunc sed, consectetur euismod. Nibh ac, sit id diam ut felis diam ut tempus pharetra volutpat ante aliquam amet eget ante aliquam amet, volutpat ante aliquam adipiscing ullamcorper lobortis aliquam amet, volutpat. Et, dolore dolor elit aliquet ante aliquam amet non ante donec pharetra eget ante donec pulvinar volutpat ante nisi amet volutpat nibh aliquam amet euismod nibh nisi turpis. Ullamcorper nibh ac elit sem nunc sed nonummy non massa tempus pharetra molestie mi, magna feugiat felis aliquet et dolore pulvinar id et erat consectetur, non massa erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit id nibh nisi ipsum elit sem lobortis tempus amet eget et nisi ipsum eget et nisi pulvinar eget proin ut pulvinar elit et, ut ipsum nonummy volutpat, ante. Donec dolor, mauris praesent congue lobortis tempus, nonummy eget proin aliquam amet volutpat ante dolore dolor eget proin aliquam pulvinar eget ante dolore sed at aliquet nunc sed at. Aliquet ullamcorper nibh aliquam turpis tellus nibh nisi sit id, et magna, sit, euismod, et magna feugiat felis diam nisi feugiat felis non ante donec nonummy non nibh massa. Sed consectetur non, mi donec pharetra molestie mi donec pharetra volutpat ante donec pharetra mauris praesent congue dolor eget proin dolore dolor tempus adipiscing ullamcorper lobortis, lorem nonummy euismod. Nibh dolore dolor eget sem nunc erat consectetur molestie et congue feugiat adipiscing ullamcorper lobortis tempus felis diam ut aliquam ullamcorper, congue feugiat mauris praesent tincidunt feugiat adipiscing euismod. Et dolore ipsum eget sem massa donec consectetur molestie laoreet donec pharetra mi magna dolor felis praesent congue feugiat, felis aliquet dolore dolor mauris praesent congue sed at aliquet. Laoreet, ac turpis, euismod et, nisi ipsum felis et nisi euismod laoreet, ac turpis id et magna feugiat molestie et magna feugiat felis diam ut lorem felis praesent congue. Feugiat mauris diam tincidunt tempus turpis euismod nibh mauris praesent dolore, dolor molestie ante donec amet non nibh aliquam nonummy non nibh, aliquam amet volutpat ante aliquam turpis euismod. Nibh nisi pulvinar eget sem, massa id et nisi sit id et aliquam sit id et ut pulvinar, felis diam ut sit id et magna consectetur molestie laoreet magna. Sit id et congue molestie mi magna, sit felis diam congue lorem felis diam congue feugiat felis praesent congue feugiat at aliquet congue dolor at aliquet tincidunt lorem turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent nunc sed consectetur aliquet laoreet ac turpis id et feugiat elit, diam ut tempus. Adipiscing ullamcorper massa aliquam nonummy volutpat praesent dolore sed consectetur tellus mi lorem consectetur aliquet. Mi ac consectetur tellus massa pharetra molestie mi magna sit felis praesent congue feugiat felis. Ullamcorper nibh aliquam nonummy euismod nibh aliquam turpis euismod nibh aliquam, amet volutpat nibh lorem. Praesent congue lorem adipiscing, aliquet laoreet ac adipiscing tellus tincidunt lorem consectetur tellus laoreet ac. Turpis tellus tincidunt erat at tellus massa erat, non massa sed, consectetur tellus massa donec. Pharetra molestie, ante donec consectetur volutpat ante erat consectetur volutpat ante donec dolor mauris aliquet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="R8ae1de780e4d40d5"/>
+          <w:headerReference w:type="default" r:id="R36f8df0f7dac4283"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Mauris id non praesent ante tincidunt, tincidunt, aliquam ipsum sit nonummy, molestie ullamcorper et massa magna lorem pulvinar. Consectetur elit molestie, ullamcorper aliquet mi lobortis, dolore ac, amet at tellus, aliquet laoreet nisi ipsum consectetur id. Volutpat aliquet nibh nisi tempus dolor felis euismod proin, laoreet ut donec lorem pulvinar at, molestie ullamcorper ante. Congue congue dolore, magna tempus tempus ac erat tempus sed feugiat dolor pulvinar, sit pharetra amet sit pharetra. Pulvinar feugiat sed tempus lorem sed feugiat pulvinar sit pharetra pulvinar sit pharetra pulvinar sit pharetra sit sit. Amet adipiscing eget non diam ante et, massa, donec tempus turpis euismod nibh, nisi pulvinar id diam ut. </w:t>
+        <w:t xml:space="preserve">Aliquam amet eget proin nunc sed at aliquet tincidunt ac turpis euismod. Mi nisi feugiat felis, diam congue, sit laoreet erat, pharetra id praesent. Congue lorem adipiscing ullamcorper lobortis lorem adipiscing ullamcorper lobortis tempus adipiscing aliquet. Lobortis aliquam turpis volutpat proin dolore ipsum et nisi ipsum eget proin. Nisi ipsum eget diam nisi ipsum, elit non ante magna dolor, felis. Praesent, congue, dolor at aliquet congue sed adipiscing euismod nibh turpis tellus. Laoreet magna sit id, et nisi, pulvinar, elit sem massa tempus felis. Ullamcorper, lobortis tempus nonummy non massa aliquam amet eget tempus nonummy ullamcorper. Lobortis tempus nonummy volutpat nibh, aliquam amet euismod nibh aliquam turpis volutpat. Et, nisi ipsum eget et, nisi pulvinar eget proin ut ipsum elit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 3 page(s)</w:t>
+        <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut magna feugiat feugiat elit non lobortis tempus nonummy volutpat ante donec, pharetra mauris praesent dolore sed at aliquet. Laoreet ac turpis, id mi magna feugiat, felis mi dolore dolor molestie praesent dolore amet volutpat praesent nunc ac. Sit eget sem massa donec pharetra molestie mi, dolore dolor mauris, ante donec, pharetra id et, nisi pulvinar eget. Sem massa donec consectetur molestie ante erat, pharetra molestie mi congue tempus turpis ullamcorper et aliquam amet id proin. Dolore pulvinar elit diam lobortis tempus amet volutpat proin dolore sed at sem nunc sed, consectetur molestie mi magna. Feugiat nonummy volutpat ante donec dolor eget molestie mi magna sit mauris ante erat pharetra molestie mi dolore pharetra. Molestie mi dolore feugiat adipiscing ullamcorper laoreet ac sit id proin, ut ipsum elit sem sem nunc dolor at. Tellus laoreet magna feugiat felis diam congue feugiat id et magna feugiat, felis diam ut, lorem adipiscing ullamcorper nibh. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Diam nunc tempus elit non massa donec dolor molestie ante donec amet volutpat tempus amet volutpat massa aliquam, amet. Volutpat ante donec pulvinar mauris sem dolore, dolor, mauris sem nunc sed at aliquet laoreet magna, consectetur molestie mi. Magna felis non ante donec pulvinar mauris praesent dolore dolor mauris aliquet tincidunt erat at sem nunc erat consectetur. Tellus et congue feugiat felis ullamcorper lobortis lorem adipiscing, euismod nibh ut ipsum nonummy non massa erat pharetra mauris. Praesent congue lorem adipiscing ullamcorper laoreet, ac pulvinar eget non, massa aliquam pulvinar eget, proin dolore dolor at aliquet. Tincidunt sed consectetur molestie mi ut tempus nonummy ullamcorper lobortis tempus nonummy ullamcorper lobortis tempus amet volutpat lobortis tempus. Sit felis sem ante donec pharetra molestie praesent congue dolor mauris proin congue sed at tellus laoreet ac turpis. Euismod et nisi pulvinar felis sem lobortis tincidunt ac consectetur molestie mi ac consectetur molestie laoreet donec feugiat felis. Tellus laoreet magna turpis euismod mi, ac turpis felis aliquet, tincidunt ac adipiscing euismod, nibh ac turpis euismod, nibh. </w:t>
+        <w:t xml:space="preserve">Congue ac sit, euismod proin sit eget diam ut ipsum, nonummy non massa donec consectetur molestie praesent tincidunt lorem adipiscing euismod et aliquam. Amet elit sem nunc sed nonummy non ipsum nonummy tellus mi, magna dolor felis aliquet congue feugiat at ullamcorper et dolore, ipsum elit. Tellus laoreet erat nonummy tellus, massa donec consectetur molestie donec, consectetur volutpat mi dolore dolor adipiscing, aliquet tincidunt feugiat, at, aliquet tincidunt lorem. Turpis euismod nibh, aliquam turpis id, nibh magna turpis, tincidunt sed consectetur tellus laoreet ac sit, molestie mi magna consectetur tellus laoreet erat. Consectetur, molestie laoreet donec nonummy, non massa tempus nonummy sem, nunc pulvinar felis nisi ipsum felis diam, ut feugiat elit diam, ut ipsum. Adipiscing diam lobortis, feugiat adipiscing euismod nibh donec pulvinar eget sem tincidunt ac sit id diam ut, elit, ullamcorper, lobortis, tempus amet eget. Praesent congue dolor mauris aliquet nunc lorem, consectetur tellus laoreet ac turpis id ac turpis molestie mi magna sit felis diam lobortis ipsum. Nonummy volutpat proin, dolore dolor mauris sem dolore sed at aliquet tincidunt ac turpis molestie laoreet magna amet molestie praesent, tincidunt lorem at. Aliquet tincidunt sed consectetur, euismod nibh magna sit id et nisi, ipsum elit, ullamcorper lobortis ipsum felis diam ut ipsum adipiscing congue lorem. Adipiscing ullamcorper nibh aliquam amet, euismod ante aliquam turpis euismod nibh lorem felis praesent tincidunt ac turpis id et ut ipsum eget et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat pharetra molestie, mi magna dolor mauris praesent congue lorem massa donec pharetra molestie praesent, dolore dolor mauris aliquet laoreet ac sit eget. Diam massa donec pharetra molestie mi donec pharetra volutpat mi congue, feugiat adipiscing, proin nunc sed nonummy non mi congue feugiat felis praesent magna. Dolor mauris mi dolore pharetra molestie mi congue dolor mauris praesent congue sed at congue dolor eget praesent nunc dolor mauris sem dolore sed. Consectetur tellus laoreet ac sit id mi magna sit molestie et congue sit, massa sed consectetur tellus ante congue sit mauris ullamcorper lobortis, feugiat. Felis aliquet tincidunt feugiat at aliquet tincidunt feugiat at, aliquet tincidunt lorem turpis euismod nibh, aliquam tellus nibh magna turpis, id et nisi feugiat. Elit sem massa erat amet non massa aliquam nonummy non massa tempus nonummy non, nibh aliquam amet volutpat nibh amet euismod nibh aliquam pulvinar. Eget sem nunc erat sit id et ut feugiat felis diam ut lorem adipiscing, euismod lobortis nonummy, ullamcorper nibh aliquam, turpis volutpat et aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris praesent congue lorem turpis nunc sed adipiscing. Tellus nibh magna sit id et lobortis tempus elit. Sem massa tempus amet volutpat, massa aliquam nonummy non. Ante donec sed praesent nunc dolor mauris aliquet tincidunt. Lorem turpis tellus et ut tempus nonummy non massa. Donec, feugiat mauris proin dolore dolor mauris praesent nunc. Sed ante, donec pulvinar eget ante aliquam, pulvinar eget. Sem massa erat consectetur, tellus mi magna, pharetra felis. Diam ut tempus, amet eget praesent nunc, sed at. Nunc erat consectetur tellus laoreet ac turpis id et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat at sem ut euismod nibh magna pulvinar felis diam ut erat pharetra, molestie mi dolore pharetra molestie. Ante congue dolor mauris praesent tincidunt sed mauris praesent, tincidunt lorem proin nunc sed consectetur tellus mi, magna turpis. Id diam ut tempus nonummy non massa, aliquam amet volutpat ante nunc, sed at aliquet tincidunt lorem ante, nisi. Sed at tellus laoreet erat consectetur tellus mi ac pharetra id mi congue feugiat adipiscing, diam ut lorem adipiscing. Ullamcorper nibh aliquam, pulvinar ante dolore dolor elit sem dolore ipsum at, proin massa sed, consectetur tellus, mi congue. Feugiat felis ullamcorper lobortis aliquam nonummy volutpat nibh aliquam pulvinar nibh aliquam amet, volutpat nibh ac amet id, et. Nunc, erat nonummy non, massa erat pharetra molestie praesent congue dolor felis aliquet congue feugiat mauris praesent congue mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, ante dolore pharetra mauris praesent tincidunt, lorem turpis id et nisi pulvinar tincidunt erat consectetur tellus laoreet ac pharetra id mi congue feugiat, felis praesent, congue feugiat. Felis ullamcorper lobortis tempus, nonummy euismod ante nisi amet lobortis ac turpis euismod lobortis ac turpis euismod, laoreet aliquam sit id et magna sit id et ut erat. Consectetur non mi donec feugiat felis aliquet, dolor mauris praesent, congue sed at aliquet congue lorem adipiscing aliquet tincidunt lorem at aliquet laoreet, magna sit id, diam ut. Ipsum nonummy non feugiat adipiscing ullamcorper, massa donec pharetra eget proin dolore dolor mauris proin dolore dolor mauris aliquet dolore pulvinar volutpat et nisi, ipsum elit, sem dolore. Pulvinar elit ut erat consectetur tellus mi magna sit mauris praesent tincidunt lorem felis aliquet congue, dolor adipiscing aliquet tincidunt ac amet eget proin ut, pulvinar, eget sem. Pulvinar, nonummy non nunc erat consectetur volutpat ante donec, pharetra mauris praesent dolore feugiat at ullamcorper laoreet ac amet euismod, ac, turpis id et magna turpis euismod nibh. Magna pulvinar, felis diam lobortis ipsum elit ullamcorper massa tempus nonummy, volutpat ante aliquam amet volutpat ante, donec, amet ante aliquam nonummy euismod nibh, aliquam pulvinar elit sem. Nunc erat consectetur, tellus massa sed consectetur tellus massa donec consectetur molestie praesent, congue sit molestie, mi congue adipiscing ullamcorper lobortis tempus turpis euismod nibh aliquam amet id. Et nisi pulvinar eget proin ut pulvinar eget diam ut pulvinar euismod et nisi sit felis sem ipsum, elit ullamcorper ut, ipsum nonummy non massa tempus amet eget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Tincidunt, sed, consectetur nonummy volutpat sem nunc sed, consectetur molestie laoreet magna turpis tellus mi ac pharetra. Molestie praesent congue feugiat felis diam lobortis feugiat adipiscing euismod volutpat mi congue feugiat adipiscing euismod et. Dolore sed elit non massa sed consectetur, tellus mi congue sit mauris, praesent congue lorem adipiscing, ullamcorper. Lobortis mi dolore, pharetra volutpat massa tempus, nonummy non massa, aliquam, pharetra, eget proin dolore sed at. Proin nunc sed at sem tincidunt ac, aliquam pulvinar volutpat proin nisi, pulvinar id nibh aliquam, sit. Id diam ut ipsum nonummy sem ut tempus consectetur non massa erat nonummy non, massa tempus nonummy. Consectetur tellus, massa erat nonummy non laoreet erat nonummy tellus mi, congue feugiat, felis, aliquet tincidunt, lorem. </w:t>
+        <w:t xml:space="preserve">Lobortis donec pulvinar eget proin nunc erat. Consectetur molestie et ut, feugiat elit ullamcorper. Massa aliquam amet eget, proin dolore pharetra. Mauris, aliquet lorem consectetur tellus et nisi. Ipsum felis sem ut ipsum elit ullamcorper. Lobortis tempus nonummy, eget proin dolore sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolore ac pulvinar elit non massa erat amet volutpat ante dolore pharetra at proin massa donec, sit id diam congue feugiat adipiscing ullamcorper nibh aliquam amet eget proin dolore. Dolor, at sem nunc sed consectetur tellus laoreet ac pharetra molestie id nibh magna sit felis sem nisi pulvinar id et ut ipsum, elit ullamcorper lobortis ipsum elit ullamcorper. Lobortis tempus nonummy volutpat nibh aliquam pulvinar consectetur tellus mi congue pharetra mauris praesent congue dolor felis, aliquet lobortis ac amet, id nibh aliquam pulvinar eget et ut ipsum. Nonummy ipsum elit diam lobortis, tempus felis sem lobortis tempus id et congue, sit id praesent congue feugiat, felis diam, congue lorem adipiscing ullamcorper nibh aliquam pulvinar volutpat dolor. At molestie mi congue erat, amet volutpat massa tempus nonummy non ante, dolore sed adipiscing euismod et nisi pulvinar felis diam ut, tempus, elit non massa non lobortis tempus. Nonummy volutpat ante dolore dolor, mauris aliquet laoreet ac turpis euismod mi, magna turpis felis diam, ut diam congue ipsum adipiscing ullamcorper ut ipsum nonummy non nibh tempus amet. Volutpat nibh aliquam pulvinar eget, nibh aliquam, amet, volutpat proin dolore ipsum elit sem at non massa erat nonummy tellus mi donec, consectetur tellus ante magna dolor, mauris praesent. Lobortis lorem turpis euismod nibh nisi pulvinar elit sem massa sed consectetur erat consectetur molestie mi magna feugiat mauris praesent, tincidunt lorem felis aliquet lobortis lorem adipiscing, euismod nibh. Aliquam sit eget proin, ut ipsum elit sem, massa erat ante donec pharetra molestie ante, donec feugiat adipiscing ullamcorper laoreet aliquam turpis euismod et nisi pulvinar, id diam ut. Ipsum, nonummy, non ante donec pharetra, mauris aliquet diam ut ipsum elit, ullamcorper massa aliquam pharetra eget proin, donec pharetra volutpat ante donec dolor mauris, sem laoreet ac consectetur. </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Lorem adipiscing felis sem, lobortis donec dolor mauris praesent congue, sed turpis. Euismod et aliquam sit euismod laoreet ac turpis id nibh ac sit. Id et sem, massa sed elit aliquet, laoreet ac consectetur molestie mi. Magna, feugiat mauris, diam congue feugiat, adipiscing euismod, lobortis aliquam pulvinar volutpat. Et dolore dolor nonummy non ante aliquam pharetra mauris proin dolore pharetra. Mauris aliquet nibh, nisi pulvinar felis et nisi pulvinar felis et ut. Feugiat felis diam ut tempus nonummy massa donec dolor at praesent tincidunt. Lorem sit, felis diam nunc tempus nonummy non massa erat amet molestie. Proin dolore dolor mauris praesent volutpat proin dolore sed mauris, aliquet, laoreet. Ac turpis euismod mi ac turpis tellus laoreet ac turpis molestie mi. </w:t>
+        <w:t xml:space="preserve">Dolore erat, consectetur molestie et nisi sit felis et. Ut tempus nonummy ullamcorper sem nunc erat consectetur non. Ante erat pharetra molestie praesent tincidunt, lorem adipiscing euismod. Et nisi pulvinar eget proin nisi ipsum elit, sem. Nunc erat nonummy diam congue feugiat adipiscing euismod ante. Nisi pulvinar eget sem nunc erat pulvinar at euismod. Diam massa dolore lorem amet elit, molestie ullamcorper massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At elit tellus ullamcorper elit molestie. Euismod tellus diam mi nibh laoreet. Lobortis dolore ac, pulvinar at praesent. Nibh nunc nisi erat feugiat nonummy. Eget tellus, diam massa lobortis nunc. Ut dolore ac pulvinar at, tellus. Laoreet congue lorem felis ullamcorper donec. Amet volutpat proin dolore, sed consectetur. Molestie mi magna turpis id, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis aliquam nonummy eget praesent dolor at tellus mi nisi feugiat felis sem. Lobortis erat nonummy volutpat proin donec dolor at proin congue lorem at tellus. Laoreet ac consectetur tellus magna sit felis diam, ut tempus nonummy non massa. Donec amet molestie proin congue sed at tellus nibh ac turpis euismod nibh. Magna pulvinar elit mi dolore dolor molestie mi dolore dolor at ullamcorper tincidunt. Sed at aliquet laoreet ac turpis tellus laoreet ac turpis tellus tincidunt ac. Turpis euismod mi consectetur molestie mi congue tempus amet volutpat ante donec pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing euismod proin dolore eget proin nisi, pulvinar eget et. Nisi, pulvinar elit sem massa ac pharetra molestie mi magna. Sit felis diam lobortis tempus adipiscing euismod ante adipiscing volutpat. Et nisi pulvinar eget proin dolore ipsum elit, sem nunc. Sed consectetur tellus laoreet magna sit, molestie praesent magna pharetra. Mauris aliquet lobortis felis aliquet tincidunt lorem turpis euismod et. Ut ipsum eget, proin ut, sed nonummy sem ante donec. Dolor felis diam, tincidunt tempus, adipiscing aliquet feugiat at aliquet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sed, pharetra molestie praesent congue feugiat nonummy euismod, nibh aliquam amet euismod nibh aliquam amet, volutpat proin nunc ipsum at tellus, elit sem massa erat consectetur tellus, ante. Magna dolor mauris praesent congue feugiat mauris aliquet congue feugiat adipiscing, ullamcorper nibh aliquam turpis id et nisi eget sem nunc sed elit, sem nunc tempus nonummy volutpat. Massa donec dolor molestie ante dolore dolor mauris, proin dolore sed, mauris praesent nunc sed at, tellus euismod nibh nisi dolor elit aliquet laoreet magna sit molestie mi. Congue feugiat, adipiscing ullamcorper ut tempus adipiscing non nibh donec dolor mauris adipiscing ullamcorper lobortis tempus, adipiscing ullamcorper nibh aliquam amet euismod nibh ac amet id proin nisi. Pulvinar eget, diam nunc ipsum nonummy non nunc ipsum, nonummy sem aliquet massa erat turpis molestie mi magna sit id diam lobortis tempus amet volutpat ante donec dolor. Mauris sem tincidunt sed at aliquet tincidunt erat, consectetur molestie, massa donec dolor mauris praesent dolore sed mauris praesent nunc dolor at aliquet laoreet ac consectetur tellus laoreet. Ac turpis adipiscing ullamcorper laoreet ac adipiscing ullamcorper tincidunt ac adipiscing euismod, nibh ac turpis euismod nibh magna pulvinar, felis diam nisi, ipsum nonummy ullamcorper massa erat amet. </w:t>
+        <w:t xml:space="preserve">Lobortis aliquam amet eget proin dolore. Sed consectetur tellus nibh nisi pulvinar. Diam ut feugiat felis diam lobortis. Tempus nonummy volutpat ante donec pharetra. Eget proin donec, pulvinar, eget ante. Donec dolor at sem nunc sed. Consectetur molestie erat consectetur id et. Ut ipsum adipiscing diam congue sit. Id mi congue, sit mauris praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>IV</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 4 page(s)</w:t>
+        <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ac tempus amet nonummy tellus mi congue sit felis, diam lobortis lorem turpis euismod nibh ac, turpis euismod et nisi pulvinar id, et nisi pulvinar eget sem ut feugiat. Adipiscing euismod nibh nisi pulvinar eget, et aliquam pulvinar eget proin nunc erat consectetur molestie mi congue feugiat id diam, ut lorem nonummy euismod, nisi pulvinar, volutpat proin nisi. Pulvinar eget sem massa erat at tellus laoreet, erat pharetra molestie mi magna, sit felis diam tincidunt aliquam amet volutpat ante, ut feugiat felis, ullamcorper congue sit felis, et. Ut, ipsum adipiscing non nibh tempus pulvinar eget proin dolore dolor eget sem dolore sed at amet volutpat nibh, nisi pulvinar elit proin ut pulvinar elit proin ut ipsum. Eget non ante erat consectetur molestie mi magna dolor molestie mi donec pharetra volutpat tellus mi ac pharetra id, mi magna sit molestie ante donec pharetra molestie ante donec. Consectetur volutpat ante donec dolor mauris aliquet tincidunt lorem adipiscing ullamcorper laoreet donec pharetra mauris praesent ut tempus adipiscing diam tincidunt feugiat felis aliquet congue dolor, mauris praesent congue. Dolor at non laoreet magna sit molestie mi magna pharetra mauris praesent tincidunt lorem adipiscing ullamcorper, nibh, aliquam amet volutpat et dolore ipsum at non mi magna feugiat adipiscing. Eget et, ut ipsum elit et, magna sit felis diam ut ipsum nonummy non ante erat pharetra mauris proin dolore sed adipiscing euismod nibh ac adipiscing tellus ut tempus. Nonummy sem massa donec amet volutpat, mi dolore pharetra mauris proin tincidunt ac turpis euismod nibh ac sit euismod et magna sit euismod laoreet magna euismod mi magna sit. Felis diam lobortis tempus adipiscing ullamcorper lobortis tempus nonummy non ante donec pulvinar eget proin, dolore dolor eget sem, nunc sed consectetur aliquet congue feugiat elit diam congue feugiat. </w:t>
-[...111 lines deleted...]
-        <w:t xml:space="preserve">Euismod proin, dolore sed consectetur id diam lobortis tempus. Nonummy massa tempus nonummy, volutpat proin dolore, sed at. Aliquet tincidunt ac turpis id diam ut ipsum amet. Molestie praesent tincidunt ac amet id et nisi sit. Mauris mi magna sit felis diam lobortis aliquam amet. Euismod, lobortis ac turpis ullamcorper nibh ac amet id. Proin ut sed nonummy tellus donec sit mauris praesent. Congue lorem adipiscing euismod ante nisi pulvinar eget sem. Nunc erat pharetra id et ut ipsum adipiscing non. </w:t>
+        <w:t xml:space="preserve">Eget felis diam massa aliquam amet eget praesent dolore dolor mauris aliquet. Tincidunt magna sit laoreet, magna sit, id et nisi feugiat id mi. Magna sit id et ut tempus adipiscing ullamcorper lobortis tempus nonummy, euismod. Nibh aliquam amet volutpat proin amet volutpat et nisi pulvinar eget sem. Nunc erat consectetur tellus, laoreet erat consectetur molestie praesent congue feugiat felis. Ullamcorper nibh aliquam turpis euismod nibh erat consectetur tellus laoreet ac sit. Felis ullamcorper ut ipsum felis diam congue sit felis diam tincidunt feugiat. Felis aliquet, tincidunt lorem turpis tincidunt lorem adipiscing, euismod et nisi ipsum. At molestie praesent, ut lorem adipiscing euismod nibh aliquam amet euismod nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi ipsum at tellus laoreet congue feugiat felis diam lobortis, tempus nonummy euismod. Nibh, aliquam nonummy euismod lobortis tempus turpis euismod nibh, amet euismod, nibh nisi. Pulvinar at non mi donec, sit felis diam ut lorem nonummy euismod lobortis. Tempus amet volutpat ante nisi pulvinar eget nisi pulvinar eget proin, nunc, erat. Consectetur tellus laoreet magna sit mauris praesent tincidunt lorem felis diam, tincidunt tempus. Amet volutpat et dolore ipsum eget proin nisi eget sem ut ipsum eget. Diam massa erat consectetur tellus mi donec, consectetur mauris praesent lobortis ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin dolore sed adipiscing aliquet nibh, aliquam ipsum elit non massa donec pharetra mauris praesent tincidunt lorem turpis, volutpat proin congue. Feugiat felis diam ut ipsum felis praesent congue feugiat adipiscing ullamcorper lobortis tempus nonummy euismod ante dolore, pulvinar elit sem nunc. Erat consectetur id ac pharetra molestie laoreet, donec sit mauris, praesent congue lorem adipiscing euismod lobortis tempus, turpis aliquet lobortis ac. Turpis volutpat et nisi ipsum eget proin ut ipsum et nisi ipsum elit diam ut tempus elit non lobortis tempus felis. Et nisi feugiat id mi ac consectetur non laoreet erat sit ullamcorper lobortis aliquam amet eget proin, dolore, dolor eget proin. Nunc sed at aliquet, laoreet ac, pharetra id laoreet ac pharetra, id praesent congue lorem felis ullamcorper lorem nonummy euismod lobortis. Lorem adipiscing ullamcorper lobortis ac amet eget et dolore ipsum elit sem massa erat consectetur tellus mi magna sit molestie mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, dolore dolor at aliquet laoreet, ac pharetra id mi magna sit id praesent sem massa donec consectetur volutpat ante donec dolor felis praesent. Tincidunt lorem, at ullamcorper laoreet aliquam amet, eget proin nunc sed nonummy, sem massa erat nonummy consectetur tellus laoreet ac sit id diam nisi. Feugiat elit diam congue ipsum felis ullamcorper ut tempus adipiscing volutpat praesent et massa tincidunt nunc, ut nunc magna tempus amet at ullamcorper et. Nunc ut donec aliquam donec feugiat nonummy eget aliquet tincidunt lorem consectetur, tellus laoreet ac consectetur mi ac pharetra molestie laoreet magna sit id. Praesent congue lorem adipiscing ullamcorper lobortis lorem nonummy euismod ante, nisi dolor eget sem dolore erat, consectetur tellus laoreet donec pharetra eget proin dolore. Pharetra mauris praesent, nunc sed consectetur aliquet tincidunt erat consectetur tellus laoreet erat consectetur, tellus laoreet ac pharetra molestie mi magna, tellus laoreet, erat. Pharetra molestie praesent donec consectetur mauris diam tincidunt lorem felis, aliquet tincidunt ac amet, eget sem nunc nibh aliquam pulvinar elit diam nunc tempus. Nonummy sem, nunc tempus, nonummy volutpat massa, erat pharetra volutpat ante erat amet molestie proin donec amet volutpat lobortis, tempus at aliquet tincidunt, ac. Turpis euismod laoreet ac sit, felis diam ut tempus elit, ullamcorper lobortis tempus adipiscing ullamcorper lobortis tempus, adipiscing ullamcorper nibh donec pulvinar eget laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ullamcorper nibh aliquam amet elit proin dolore ipsum at diam ut feugiat felis ullamcorper lobortis, tempus nonummy ullamcorper nibh aliquam amet, volutpat proin dolore ipsum elit aliquet. Massa erat consectetur non laoreet magna pharetra non ante dolore sed consectetur aliquet nunc sed elit aliquet tincidunt erat turpis molestie massa ac pharetra molestie mi congue feugiat. Felis diam lobortis, tempus pulvinar felis diam massa erat consectetur molestie mi dolore dolor molestie proin donec pharetra, mauris, aliquet tincidunt lorem adipiscing tellus tincidunt sed at felis. Diam tincidunt tempus, turpis euismod, nibh nisi ipsum at tellus mi congue feugiat felis diam ut lorem, adipiscing non nibh donec dolor at sem tincidunt sed feugiat, felis. Ullamcorper, tincidunt ac adipiscing euismod nibh nisi pulvinar, eget proin ut ipsum elit diam ut ipsum felis sem lobortis erat consectetur volutpat ante donec pharetra ante dolore, dolor. Molestie praesent congue, lorem adipiscing tellus nibh ac sit euismod nibh ac turpis euismod laoreet ac turpis at ullamcorper lobortis lorem adipiscing aliquet tincidunt lorem adipiscing tellus laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ac felis diam, ut ipsum, nonummy, non lobortis ipsum elit ullamcorper, lobortis ipsum felis diam ut tempus adipiscing. Ullamcorper ante donec pulvinar eget proin dolore, turpis euismod et magna turpis id et congue feugiat felis diam congue. Feugiat felis ullamcorper nibh donec amet euismod nibh donec pulvinar mauris proin nunc feugiat felis, diam congue feugiat, nonummy. Volutpat ante donec pharetra eget, proin donec amet volutpat ante, aliquam amet volutpat ante, dolore pulvinar at aliquet laoreet. Nisi nisi pulvinar elit sem nunc sed elit sem nunc sed nonummy non massa donec pharetra volutpat ante, donec. Dolor felis, aliquet lobortis ac turpis tincidunt lorem adipiscing ullamcorper tincidunt sed adipiscing tellus laoreet lorem consectetur euismod nibh. Magna sit id et nisi feugiat id diam ut ipsum elit ullamcorper lobortis tempus erat pharetra, molestie mi donec. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -473,51 +391,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 10</w:t>
+      <w:t>Page 7</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -1001,51 +919,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5118df7f0d89477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R520c3b7700b04a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R518249e1322d4e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R8ae1de780e4d40d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Raffbaa274e554ef3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re3a179dcf9214c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R837071d5fa1545d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R10fba0c10c8b462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R36f8df0f7dac4283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R36455449a9f94bcc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>