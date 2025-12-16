--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,343 +1,266 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcd5090c5ae844989" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6ab495f6348a4a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raf5f39aa1f5c42da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9a64c097b6334cfa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3c89f16e52f74621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R57ab289bf26f446d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 3 page(s)</w:t>
+        <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At ac nibh nunc nisi tempus mauris eget non laoreet congue tempus, pharetra adipiscing eget, tellus ante congue lorem, tellus diam massa, donec, feugiat. Dolor turpis id ullamcorper ante congue lobortis, tempus amet at aliquet laoreet, magna tempus consectetur, mauris, euismod nibh nisi dolor elit aliquet laoreet magna. Sit id diam congue feugiat adipiscing, ullamcorper sem massa donec pharetra molestie mi magna dolor mauris praesent dolore, dolor adipiscing ullamcorper lobortis, aliquam, pulvinar. Elit non nunc erat pharetra mauris ullamcorper laoreet magna sit felis diam ut tempus nonummy volutpat mi dolore dolor mauris praesent dolore dolor mauris. Praesent tincidunt ac turpis, euismod nibh nisi pulvinar id et, tincidunt, lorem adipiscing ullamcorper lobortis lorem, adipiscing ullamcorper nibh, ac, turpis euismod nibh aliquam. Pulvinar, eget sem nunc erat consectetur tellus ante donec pharetra volutpat ante nisi amet id et nisi amet id et nisi sit id et. Nisi, pulvinar eget, diam nunc tempus nonummy non ante mauris aliquet congue feugiat at aliquet laoreet lorem adipiscing, tellus et nisi, ipsum nonummy non. Massa donec pharetra molestie praesent magna feugiat, mauris aliquet, congue lorem, adipiscing, molestie, mi, congue feugiat felis diam lobortis tempus nonummy euismod lobortis nisi. Pulvinar volutpat ante, nisi amet volutpat et nisi pulvinar at tellus laoreet ac pharetra tellus proin donec pulvinar volutpat ante donec pulvinar volutpat nibh. Tempus turpis euismod nibh nisi pulvinar eget proin nunc ipsum eget et, ut sed nonummy non massa, erat adipiscing euismod nibh aliquam, amet volutpat. </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Praesent nunc sed consectetur aliquet laoreet ac turpis id et feugiat elit, diam ut tempus. Adipiscing ullamcorper massa aliquam nonummy volutpat praesent dolore sed consectetur tellus mi lorem consectetur aliquet. Mi ac consectetur tellus massa pharetra molestie mi magna sit felis praesent congue feugiat felis. Ullamcorper nibh aliquam nonummy euismod nibh aliquam turpis euismod nibh aliquam, amet volutpat nibh lorem. Praesent congue lorem adipiscing, aliquet laoreet ac adipiscing tellus tincidunt lorem consectetur tellus laoreet ac. Turpis tellus tincidunt erat at tellus massa erat, non massa sed, consectetur tellus massa donec. Pharetra molestie, ante donec consectetur volutpat ante erat consectetur volutpat ante donec dolor mauris aliquet. </w:t>
+        <w:t xml:space="preserve">Sit feugiat congue massa proin, aliquet mauris nonummy aliquam massa ullamcorper elit erat massa molestie dolor. Mi, mauris dolor, congue diam felis lorem ante mauris dolor nunc aliquet sit nisi et, eget. Ipsum massa id sit nisi ullamcorper amet donec praesent feugiat lobortis, euismod dolor nunc tellus turpis. Magna et eget sed mi felis aliquam ante, mauris lorem nibh eget sed laoreet id, ipsum. Massa volutpat dolor diam felis aliquam ante mauris sed tincidunt euismod sit ut non sit lobortis. Volutpat dolor tincidunt ullamcorper pulvinar nunc tellus sit lobortis volutpat dolore praesent turpis dolore sem at. Lorem laoreet id pulvinar nunc tellus sit, ut non dolor laoreet id, ipsum massa id ipsum. Lobortis volutpat amet congue ullamcorper aliquam proin, at lorem nibh id ipsum massa, molestie feugiat lobortis. Volutpat pharetra congue ullamcorper amet dolore tellus feugiat lobortis volutpat pharetra congue euismod pulvinar laoreet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, amet aliquam proin at ac, et, elit erat laoreet id feugiat, lobortis pharetra congue aliquet amet, dolore sem consectetur erat. Mi id ipsum ante mauris feugiat, lobortis non amet, nunc tellus sit nisi, proin, elit, erat mi id nisi, diam nonummy. Donec mi felis tempus nibh volutpat pulvinar dolore aliquet consectetur magna et elit erat massa id feugiat lobortis volutpat pharetra congue. Ullamcorper amet donec praesent mauris lorem, nibh eget dolor tincidunt id ipsum massa molestie feugiat lobortis non pharetra tincidunt euismod ipsum. Laoreet tellus sit diam nonummy donec praesent, turpis nisi proin at erat et elit erat ante mauris aliquam, ante mauris lorem. Laoreet, id pulvinar massa molestie feugiat massa molestie dolor praesent adipiscing aliquam aliquet sit ac et euismod pulvinar massa molestie lorem. Ante, eget sed nibh eget ipsum laoreet molestie, feugiat lobortis volutpat feugiat tincidunt, euismod dolore, proin at sed laoreet, felis, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod amet donec praesent mauris ac, eget sed laoreet molestie feugiat, lobortis ullamcorper pharetra tincidunt euismod pulvinar nunc tellus sit ut non dolor. Tincidunt euismod dolor nunc tellus sit ut tellus sed massa molestie feugiat lobortis non, pharetra dolore ullamcorper amet aliquam proin at, ac et id. Tempus ante mauris tempus, nibh mauris lorem nibh elit nunc molestie feugiat, massa mauris, feugiat lobortis euismod amet nunc tellus feugiat lobortis non, pharetra. Congue, ullamcorper pulvinar aliquam, proin at lorem nibh eget massa molestie, ipsum massa molestie, sed nibh elit erat mi elit erat mi mauris feugiat. Lobortis volutpat pulvinar dolore proin euismod, at, pharetra tempus ut, praesent molestie pulvinar aliquam congue mi non amet erat massa, volutpat nonummy donec ante. Non elit ipsum nunc sem, eget sit ac laoreet ante non elit ipsum congue elit erat mi felis feugiat, nibh mauris lorem nibh felis. Tempus massa molestie tempus nibh mauris lorem et elit ac et felis aliquam proin at ac, ullamcorper turpis nisi proin, consectetur magna et elit. Erat ante mauris lorem proin, adipiscing aliquam sem nonummy magna praesent, adipiscing donec praesent adipiscing, aliquam proin at, ac felis ipsum massa molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus turpis nisi sem consectetur magna. Diam donec, proin at ac et. At erat laoreet molestie feugiat lobortis. Non consectetur, magna praesent adipiscing aliquam. Ante eget sed laoreet id erat. Praesent, adipiscing ante, molestie, dolor, tincidunt. Ullamcorper, amet nisi sem consectetur nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="R36f8df0f7dac4283"/>
+          <w:headerReference w:type="default" r:id="R16a9b5859c56451c"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Aliquam amet eget proin nunc sed at aliquet tincidunt ac turpis euismod. Mi nisi feugiat felis, diam congue, sit laoreet erat, pharetra id praesent. Congue lorem adipiscing ullamcorper lobortis lorem adipiscing ullamcorper lobortis tempus adipiscing aliquet. Lobortis aliquam turpis volutpat proin dolore ipsum et nisi ipsum eget proin. Nisi ipsum eget diam nisi ipsum, elit non ante magna dolor, felis. Praesent, congue, dolor at aliquet congue sed adipiscing euismod nibh turpis tellus. Laoreet magna sit id, et nisi, pulvinar, elit sem massa tempus felis. Ullamcorper, lobortis tempus nonummy non massa aliquam amet eget tempus nonummy ullamcorper. Lobortis tempus nonummy volutpat nibh, aliquam amet euismod nibh aliquam turpis volutpat. Et, nisi ipsum eget et, nisi pulvinar eget proin ut ipsum elit. </w:t>
+        <w:t xml:space="preserve">Diam adipiscing aliquam nibh eget sed id pulvinar ut tellus pharetra, congue diam nonummy donec, praesent adipiscing aliquam proin elit ac et elit, donec praesent, turpis. Nisi, sem, consectetur magna, diam nonummy mi mauris aliquam proin eget sed laoreet eget sed, laoreet, felis tempus massa mauris lorem lobortis, volutpat sed laoreet id. Ipsum massa, tellus sit ullamcorper amet, nunc tellus sit ut non pharetra congue non pharetra congue id ipsum laoreet id ipsum ante mauris feugiat lobortis eget. Dolor nunc turpis nisi sem consectetur magna mi molestie feugiat, ante mauris ac nibh elit sed mi id tempus mi mauris tempus et elit erat mi. Felis tempus ante, sit congue diam nonummy donec praesent turpis nisi non pharetra ut volutpat feugiat, lobortis eget sed laoreet, felis ipsum ante mauris lorem, ante. Eget sed tincidunt at magna diam consectetur congue diam, amet dolore aliquet, amet dolore non pharetra ut, non amet donec aliquet turpis dolore aliquet turpis ut. Volutpat dolor lobortis eget nibh euismod ipsum nunc, non consectetur magna ullamcorper, amet donec praesent adipiscing aliquam proin at ac diam elit donec mi lorem lobortis. Volutpat, amet donec praesent sit nisi et tellus adipiscing, nisi sem pharetra congue, ullamcorper elit erat mi, at ac et elit ac et nonummy magna adipiscing. Tempus ante at ac sem sit ut non pharetra congue euismod pulvinar dolore non sit ut, non pharetra dolore aliquet turpis dolore tellus sit ut non. Donec massa mauris lorem nibh eget sed nibh id ipsum, nunc non consectetur erat et felis tempus massa volutpat dolor congue ullamcorper turpis aliquam sem consectetur. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 2 page(s)</w:t>
+        <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Congue ac sit, euismod proin sit eget diam ut ipsum, nonummy non massa donec consectetur molestie praesent tincidunt lorem adipiscing euismod et aliquam. Amet elit sem nunc sed nonummy non ipsum nonummy tellus mi, magna dolor felis aliquet congue feugiat at ullamcorper et dolore, ipsum elit. Tellus laoreet erat nonummy tellus, massa donec consectetur molestie donec, consectetur volutpat mi dolore dolor adipiscing, aliquet tincidunt feugiat, at, aliquet tincidunt lorem. Turpis euismod nibh, aliquam turpis id, nibh magna turpis, tincidunt sed consectetur tellus laoreet ac sit, molestie mi magna consectetur tellus laoreet erat. Consectetur, molestie laoreet donec nonummy, non massa tempus nonummy sem, nunc pulvinar felis nisi ipsum felis diam, ut feugiat elit diam, ut ipsum. Adipiscing diam lobortis, feugiat adipiscing euismod nibh donec pulvinar eget sem tincidunt ac sit id diam ut, elit, ullamcorper, lobortis, tempus amet eget. Praesent congue dolor mauris aliquet nunc lorem, consectetur tellus laoreet ac turpis id ac turpis molestie mi magna sit felis diam lobortis ipsum. Nonummy volutpat proin, dolore dolor mauris sem dolore sed at aliquet tincidunt ac turpis molestie laoreet magna amet molestie praesent, tincidunt lorem at. Aliquet tincidunt sed consectetur, euismod nibh magna sit id et nisi, ipsum elit, ullamcorper lobortis ipsum felis diam ut ipsum adipiscing congue lorem. Adipiscing ullamcorper nibh aliquam amet, euismod ante aliquam turpis euismod nibh lorem felis praesent tincidunt ac turpis id et ut ipsum eget et. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Non, ante dolore pharetra mauris praesent tincidunt, lorem turpis id et nisi pulvinar tincidunt erat consectetur tellus laoreet ac pharetra id mi congue feugiat, felis praesent, congue feugiat. Felis ullamcorper lobortis tempus, nonummy euismod ante nisi amet lobortis ac turpis euismod lobortis ac turpis euismod, laoreet aliquam sit id et magna sit id et ut erat. Consectetur non mi donec feugiat felis aliquet, dolor mauris praesent, congue sed at aliquet congue lorem adipiscing aliquet tincidunt lorem at aliquet laoreet, magna sit id, diam ut. Ipsum nonummy non feugiat adipiscing ullamcorper, massa donec pharetra eget proin dolore dolor mauris proin dolore dolor mauris aliquet dolore pulvinar volutpat et nisi, ipsum elit, sem dolore. Pulvinar elit ut erat consectetur tellus mi magna sit mauris praesent tincidunt lorem felis aliquet congue, dolor adipiscing aliquet tincidunt ac amet eget proin ut, pulvinar, eget sem. Pulvinar, nonummy non nunc erat consectetur volutpat ante donec, pharetra mauris praesent dolore feugiat at ullamcorper laoreet ac amet euismod, ac, turpis id et magna turpis euismod nibh. Magna pulvinar, felis diam lobortis ipsum elit ullamcorper massa tempus nonummy, volutpat ante aliquam amet volutpat ante, donec, amet ante aliquam nonummy euismod nibh, aliquam pulvinar elit sem. Nunc erat consectetur, tellus massa sed consectetur tellus massa donec consectetur molestie praesent, congue sit molestie, mi congue adipiscing ullamcorper lobortis tempus turpis euismod nibh aliquam amet id. Et nisi pulvinar eget proin ut pulvinar eget diam ut pulvinar euismod et nisi sit felis sem ipsum, elit ullamcorper ut, ipsum nonummy non massa tempus amet eget. </w:t>
+        <w:t xml:space="preserve">Sit aliquam ante mauris feugiat congue euismod pulvinar nunc tellus consectetur ac diam elit erat praesent nonummy donec praesent, turpis aliquam diam nonummy magna praesent pharetra magna, et elit donec. Mi at lorem et at ac diam nonummy donec praesent felis, tempus nibh eget dolor laoreet eget erat mi adipiscing proin at ac, proin at magna diam nonummy donec praesent. Adipiscing, aliquam ante, mauris magna diam nonummy congue ullamcorper pulvinar, dolore tellus turpis nisi proin consectetur magna felis ipsum massa volutpat feugiat nibh eget erat, mi, id, tempus massa mauris. Feugiat lobortis eget dolor laoreet eget sed laoreet, felis tempus dolor congue ullamcorper amet dolore molestie feugiat massa volutpat dolor tincidunt, volutpat, dolor tincidunt euismod, pulvinar, nunc tellus sit congue. Ullamcorper nonummy, donec praesent turpis aliquam proin erat mi felis tempus ante at aliquam et elit ac et elit tempus, praesent felis aliquam proin at magna diam elit donec praesent. Adipiscing donec praesent ac nibh eget pulvinar dolore sem sit ut non pharetra tincidunt euismod pulvinar tincidunt euismod, pulvinar ut non pharetra ut, nonummy dolore praesent turpis, nisi sem pharetra. Ut ullamcorper amet donec mi adipiscing ac proin at erat mi elit tempus praesent, nonummy donec, praesent at, lorem nibh pulvinar nunc tellus sit lobortis, volutpat dolor tincidunt, eget ipsum. Nunc tellus feugiat ut sem nonummy, donec praesent nonummy nisi aliquet turpis nisi sem consectetur magna, ullamcorper tempus ante mauris lorem nibh eget sed massa molestie feugiat lobortis volutpat dolor. Tincidunt, euismod amet, nunc sem id consectetur dolor aliquam nibh euismod, adipiscing sit erat et ullamcorper molestie amet tempus congue laoreet aliquet volutpat, turpis feugiat magna massa sem elit sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa molestie pharetra congue ullamcorper turpis nisi aliquet consectetur magna diam nonummy donec aliquet amet nisi aliquet magna et elit sed mi id. Lorem congue ullamcorper nonummy aliquam proin at lorem nibh eget sed laoreet id ipsum ante mauris tempus ante eget dolore praesent adipiscing nisi sem. Pharetra donec diam nonummy donec proin adipiscing aliquam proin at magna et nonummy dolore aliquet adipiscing aliquam, proin consectetur, ac diam tempus mi felis. Lorem nibh eget sed nibh eget erat mi adipiscing, aliquam proin at ac proin at magna diam nonummy donec aliquet amet sem at ac. Et eget sed massa, tellus feugiat lobortis non pharetra congue aliquet amet dolore, sem at ac diam nonummy donec ullamcorper amet nunc euismod pulvinar. Sem pharetra ut non pulvinar tincidunt euismod pulvinar nunc non pharetra ut ullamcorper pharetra dolore ullamcorper amet nunc tellus feugiat massa molestie lorem lobortis. Volutpat dolor euismod pulvinar nunc molestie feugiat lobortis volutpat sed laoreet eget erat laoreet id ipsum ante, mauris lorem et eget erat felis pulvinar. Ut sem, pharetra magna ullamcorper amet dolore aliquet turpis ut tellus sit, lobortis, ullamcorper amet congue euismod ipsum massa molestie ipsum ante felis lorem. Et, dolor laoreet felis ipsum ut sem nonummy congue diam, nonummy donec praesent sit nisi sem pharetra ut volutpat feugiat lobortis volutpat sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit erat mi felis tempus proin consectetur ac diam nonummy, erat laoreet id ipsum massa sed tincidunt ullamcorper, amet dolore aliquet turpis. Magna diam elit, erat ante felis lorem ante eget sed, laoreet id ipsum massa tellus sit, lobortis volutpat dolore praesent turpis nisi. Proin elit ac mi felis erat mi felis tempus lobortis volutpat pulvinar tincidunt id ipsum laoreet felis, tempus ante at, lorem euismod. Pulvinar dolore, aliquet at ac et felis tempus ante mauris lorem, nibh volutpat pulvinar tincidunt, euismod pulvinar massa molestie lorem nibh eget. Sed ullamcorper amet dolore non ipsum massa volutpat feugiat lobortis volutpat sed laoreet, felis, tempus ante mauris feugiat nibh eget, sed laoreet. Euismod sit aliquam proin at mi, adipiscing ipsum massa volutpat dolor tincidunt eget sed laoreet molestie, feugiat massa molestie lorem ante mauris. Dolor tincidunt tellus pulvinar nisi tellus sit ut non dolor ullamcorper amet dolore aliquet consectetur congue non amet, congue ullamcorper amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie feugiat tincidunt pulvinar dolore aliquet turpis nisi non consectetur magna ullamcorper pharetra congue, ullamcorper amet dolore aliquet consectetur magna. Sem nonummy magna diam turpis aliquam ante dolor tincidunt id pulvinar nunc, molestie feugiat, lobortis volutpat dolor, tincidunt euismod pulvinar. Nunc tellus sit lobortis volutpat feugiat, lobortis euismod dolor tincidunt euismod ipsum tellus sit, ut volutpat dolor laoreet id, sed. Nunc tellus sit ut volutpat dolor lobortis eget sed massa id feugiat lobortis volutpat feugiat ullamcorper nonummy donec praesent sit. Nunc non, pharetra ut ullamcorper amet dolore aliquet amet nunc, tellus pharetra congue ullamcorper amet dolore ullamcorper amet nunc euismod. Ipsum, massa feugiat nibh eget sed, laoreet eget erat, mi adipiscing donec proin mauris sed et elit ac, laoreet id. Tempus ante felis tempus et elit sed et elit ut non pharetra ut, ullamcorper amet dolore praesent at ac proin. At ac diam nonummy donec aliquet, adipiscing ac sem consectetur ac diam sit, ut non consectetur magna diam amet nunc. Aliquet turpis nisi proin consectetur magna diam nonummy dolore ullamcorper amet nunc, aliquet turpis nisi diam elit, donec, mi dolor. Magna praesent felis lorem ante eget sed tincidunt, euismod pulvinar nunc molestie sit lobortis molestie dolor congue ullamcorper turpis nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit ipsum massa molestie feugiat lobortis, volutpat dolor. Nunc tellus turpis lorem, et eget sed laoreet. Molestie ut ullamcorper nonummy donec praesent adipiscing aliquam. Ante mauris lorem nibh elit donec praesent adipiscing. Tempus, ante mauris sed laoreet id pulvinar nunc. Sit congue diam nonummy, dolore aliquet adipiscing aliquam. Sem at ac diam consectetur magna praesent felis. Tempus, ante at ac et elit erat praesent. Adipiscing aliquam praesent lorem et, at ac diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, dolore sem at lorem nibh eget erat mi felis, tempus ante sed laoreet. Ullamcorper, turpis dolore aliquet consectetur ac et elit tempus mi felis aliquam sem at. Ac et nonummy erat mi felis aliquam praesent adipiscing sem eget sed mi id. Feugiat, lobortis non nonummy dolore, aliquet pulvinar dolore aliquet sit ut non, dolor congue. Euismod dolor nunc euismod ipsum massa feugiat lobortis eget sed tincidunt id pulvinar massa. Molestie sit ut non pharetra congue ullamcorper amet dolore aliquet sit nisi sem consectetur. Donec adipiscing tempus nibh eget dolor tincidunt id, pulvinar massa molestie ipsum ante felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac et felis tempus molestie feugiat lobortis. Eget sed tincidunt id ipsum massa tellus. Feugiat ut non, pharetra donec ante mauris. Feugiat tincidunt ullamcorper amet nisi sem turpis. Nibh elit tempus ante mauris feugiat lobortis. Ullamcorper nonummy, dolore aliquet turpis aliquam et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Lobortis donec pulvinar eget proin nunc erat. Consectetur molestie et ut, feugiat elit ullamcorper. Massa aliquam amet eget, proin dolore pharetra. Mauris, aliquet lorem consectetur tellus et nisi. Ipsum felis sem ut ipsum elit ullamcorper. Lobortis tempus nonummy, eget proin dolore sed. </w:t>
+        <w:t xml:space="preserve">Massa mauris feugiat euismod amet nisi. Proin mauris sed nibh id ipsum. Nunc tellus sit ut diam nonummy. Donec praesent turpis nisi proin, at. Erat mi felis ante molestie dolor. Tincidunt ullamcorper pulvinar nunc tellus pulvinar. Nunc tellus pharetra congue ullamcorper amet. Congue ullamcorper ipsum laoreet id tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolore erat, consectetur molestie et nisi sit felis et. Ut tempus nonummy ullamcorper sem nunc erat consectetur non. Ante erat pharetra molestie praesent tincidunt, lorem adipiscing euismod. Et nisi pulvinar eget proin nisi ipsum elit, sem. Nunc erat nonummy diam congue feugiat adipiscing euismod ante. Nisi pulvinar eget sem nunc erat pulvinar at euismod. Diam massa dolore lorem amet elit, molestie ullamcorper massa. </w:t>
-[...96 lines deleted...]
-        <w:t xml:space="preserve">Nunc ac felis diam, ut ipsum, nonummy, non lobortis ipsum elit ullamcorper, lobortis ipsum felis diam ut tempus adipiscing. Ullamcorper ante donec pulvinar eget proin dolore, turpis euismod et magna turpis id et congue feugiat felis diam congue. Feugiat felis ullamcorper nibh donec amet euismod nibh donec pulvinar mauris proin nunc feugiat felis, diam congue feugiat, nonummy. Volutpat ante donec pharetra eget, proin donec amet volutpat ante, aliquam amet volutpat ante, dolore pulvinar at aliquet laoreet. Nisi nisi pulvinar elit sem nunc sed elit sem nunc sed nonummy non massa donec pharetra volutpat ante, donec. Dolor felis, aliquet lobortis ac turpis tincidunt lorem adipiscing ullamcorper tincidunt sed adipiscing tellus laoreet lorem consectetur euismod nibh. Magna sit id et nisi feugiat id diam ut ipsum elit ullamcorper lobortis tempus erat pharetra, molestie mi donec. </w:t>
+        <w:t xml:space="preserve">Laoreet tellus sit ut non pharetra dolore aliquet. Turpis tempus, ante felis lorem lobortis non pulvinar. Dolore aliquet turpis nisi et elit ac et. Nonummy erat proin mauris lorem nibh elit sed. Tincidunt euismod sit nunc molestie lobortis ullamcorper amet. Donec, proin mauris lorem nibh id sed massa. Molestie feugiat ut non dolor tincidunt, euismod pulvinar. Dolore aliquet turpis nisi sem magna praesent adipiscing. Aliquam proin at, lorem et eget, sed, laoreet. Id feugiat ut volutpat pharetra congue, euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat pharetra donec diam nonummy dolore praesent, turpis magna, diam consectetur magna diam amet dolore aliquet. Adipiscing ac nibh elit nunc tellus sit ut volutpat, dolor lobortis euismod amet dolore aliquet turpis. Nisi non pharetra congue ullamcorper amet congue euismod pulvinar dolore, non pharetra ullamcorper nonummy donec aliquet. Amet nunc tellus sit nisi, diam nonummy magna, diam, nonummy aliquam proin at ac proin at. Magna mi felis tempus ante molestie dolor ullamcorper, pulvinar nisi proin at erat mi felis tempus. Ante mauris, tempus proin at, ac sem consectetur congue diam nonummy congue euismod amet sem, turpis. Magna et elit donec praesent turpis nisi sem consectetur magna sem consectetur magna ullamcorper amet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id ipsum nunc molestie feugiat ut ullamcorper amet dolore aliquet adipiscing aliquam proin, at ac et elit erat mi nonummy dolore tellus, adipiscing tincidunt id, ipsum massa. Molestie ipsum massa mauris feugiat lobortis, euismod pulvinar tincidunt tellus sit ut non dolor tincidunt euismod, pulvinar nunc tellus turpis ut pharetra congue, diam nonummy donec proin. At ac, et elit erat mi felis erat ante mauris, lorem ante, eget dolor tincidunt euismod pulvinar nunc mauris, lorem nibh pharetra congue ullamcorper amet nisi sem. Pharetra, congue ullamcorper nonummy, tempus ante mauris, lorem lobortis volutpat dolor, tincidunt tellus sit nunc tellus sit ullamcorper amet dolore aliquet adipiscing aliquam sem, consectetur erat, et. Elit erat ante mauris lorem nibh elit erat mi id ipsum massa molestie feugiat nibh eget dolor aliquet turpis aliquam proin at magna et elit donec praesent. At ac et elit ac diam elit erat praesent adipiscing aliquam praesent, at ac diam nonummy donec adipiscing aliquam praesent adipiscing nisi proin at ac diam nonummy. Dolore aliquet turpis nisi sem turpis magna mi elit erat felis lorem ante mauris lorem laoreet id ipsum massa id feugiat massa volutpat dolor tincidunt, euismod pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat dolor tincidunt euismod pulvinar, dolore aliquet sit ut non pharetra. Magna praesent amet donec proin mauris, lorem, lobortis ullamcorper, feugiat lobortis. Euismod pulvinar nunc aliquet turpis magna et eget tempus ante mauris. Feugiat lobortis non dolor, tincidunt ullamcorper turpis nisi aliquet pharetra congue. Ullamcorper erat ante molestie feugiat nibh, euismod dolor nunc euismod pulvinar. Ut diam nonummy magna diam nonummy dolore aliquet turpis, nisi sem. Consectetur erat mi elit erat mi, pharetra dolore aliquet, turpis nisi. Sem consectetur magna et nonummy magna diam amet, dolore tellus turpis. Nisi sem consectetur magna diam nonummy donec mauris lorem et, elit. Sed mi, id erat ante felis lorem nibh mauris sed et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, lobortis non pharetra congue, aliquet turpis, aliquam et eget sed, laoreet id pulvinar massa molestie lorem nibh at magna et eget ipsum, laoreet felis ut. Ullamcorper amet dolore aliquet turpis nisi sem turpis ut non dolor tincidunt volutpat dolor tincidunt tellus sit ut non pharetra congue ullamcorper nonummy dolore, at lorem. Et id ipsum laoreet id ipsum massa molestie, lorem nibh volutpat, pulvinar dolore aliquet turpis, ut non sit ut, euismod pulvinar nunc euismod sit ut consectetur. Congue ullamcorper nonummy donec praesent at ac nibh eget sed laoreet id ipsum massa molestie feugiat nibh eget ac nibh elit donec, felis tempus ante at. Lorem nibh id pulvinar nunc, tellus sit lobortis non dolor tincidunt euismod dolor tincidunt euismod ipsum massa felis tempus ante mauris lorem et pulvinar nunc, tellus. Sit ut non pharetra congue ullamcorper amet dolore aliquet turpis magna diam pharetra, tincidunt volutpat sed nibh eget ipsum massa molestie sit, lobortis non, dolore praesent. At aliquam proin at ac diam felis erat, ante molestie feugiat lobortis eget sed laoreet euismod ipsum massa pharetra, ut ullamcorper amet, donec aliquet, turpis nisi. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -391,51 +314,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 7</w:t>
+      <w:t>Page 6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -919,51 +842,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re3a179dcf9214c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R837071d5fa1545d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R10fba0c10c8b462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R36f8df0f7dac4283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R36455449a9f94bcc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R36a9f630bc9f4abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f0710bee6c04dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc02f93ff6b2a4284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R16a9b5859c56451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R05bee235badb4199" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>