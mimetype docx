--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,266 +1,460 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9a64c097b6334cfa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3c89f16e52f74621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R57ab289bf26f446d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R15fa2c2a8aeb40c9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1aeef9fc71bb4f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4e76987078b94ea1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 2 page(s)</w:t>
+        <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sit feugiat congue massa proin, aliquet mauris nonummy aliquam massa ullamcorper elit erat massa molestie dolor. Mi, mauris dolor, congue diam felis lorem ante mauris dolor nunc aliquet sit nisi et, eget. Ipsum massa id sit nisi ullamcorper amet donec praesent feugiat lobortis, euismod dolor nunc tellus turpis. Magna et eget sed mi felis aliquam ante, mauris lorem nibh eget sed laoreet id, ipsum. Massa volutpat dolor diam felis aliquam ante mauris sed tincidunt euismod sit ut non sit lobortis. Volutpat dolor tincidunt ullamcorper pulvinar nunc tellus sit lobortis volutpat dolore praesent turpis dolore sem at. Lorem laoreet id pulvinar nunc tellus sit, ut non dolor laoreet id, ipsum massa id ipsum. Lobortis volutpat amet congue ullamcorper aliquam proin, at lorem nibh id ipsum massa, molestie feugiat lobortis. Volutpat pharetra congue ullamcorper amet dolore tellus feugiat lobortis volutpat pharetra congue euismod pulvinar laoreet turpis. </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Tellus turpis nisi sem consectetur magna. Diam donec, proin at ac et. At erat laoreet molestie feugiat lobortis. Non consectetur, magna praesent adipiscing aliquam. Ante eget sed laoreet id erat. Praesent, adipiscing ante, molestie, dolor, tincidunt. Ullamcorper, amet nisi sem consectetur nisi. </w:t>
+        <w:t xml:space="preserve">Feugiat eget aliquet laoreet magna ipsum elit diam magna, pharetra molestie adipiscing ullamcorper nibh tempus nonummy diam congue, dolor, volutpat massa, tempus elit diam, magna consectetur sem. Dolore amet euismod laoreet, feugiat molestie ante tempus felis euismod nibh ac at, aliquet nunc pulvinar volutpat lobortis, dolor volutpat lobortis tempus id mi ac elit, proin. Aliquam adipiscing praesent donec nonummy diam congue donec adipiscing ullamcorper congue pharetra volutpat, lobortis feugiat molestie nunc amet ullamcorper congue pharetra, non lobortis sit molestie laoreet sed. Eget et ac, nonummy euismod, tincidunt pharetra, non ut sit euismod nunc, pulvinar euismod, nibh lorem mauris ante tempus felis mi ac consectetur, sem nisi turpis aliquet. Dolore pulvinar ullamcorper, consectetur sem nunc dolor eget nibh, feugiat mauris ante tempus elit et ac pharetra tellus nunc, pulvinar id laoreet sed mauris proin aliquam felis. Mi donec nonummy aliquet, nunc dolor volutpat lobortis lorem mauris ante tempus felis praesent, ante tempus felis praesent sed elit et ac consectetur volutpat massa tempus id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, non lobortis ipsum felis laoreet erat elit euismod nibh ac at aliquet, dolore amet euismod congue. Dolor molestie massa ipsum id, laoreet erat elit nibh lorem mauris ante, lorem mauris massa sed felis. Et, magna, consectetur aliquet nunc dolor volutpat nibh lorem mauris proin, aliquam nonummy ullamcorper congue sit tellus. Massa sed, elit et ac at aliquet magna consectetur sem ut, turpis tellus nunc amet aliquet congue. Nonummy non massa tempus felis praesent magna pharetra diam nisi turpis tellus, tincidunt feugiat felis mi erat. Elit et magna consectetur sem dolore amet euismod congue amet non ut sit molestie massa, sit euismod. Nunc dolor euismod tincidunt feugiat molestie diam, magna consectetur proin ac at proin, tempus felis praesent, erat. Nonummy sem aliquam adipiscing praesent aliquam adipiscing mi, tempus, felis et ac at proin aliquam felis sed. Eget et aliquam turpis aliquet dolore, amet, ullamcorper ut feugiat mauris massa ipsum id nibh lorem mauris. Ante aliquam adipiscing, praesent dolore amet id et, erat, elit proin nisi, turpis aliquet donec adipiscing praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi congue pharetra consectetur sem dolore amet euismod tincidunt dolor volutpat massa ipsum id, massa, ipsum euismod tincidunt pharetra. Volutpat lobortis lorem mi donec nonummy diam ac at sem, nisi turpis aliquet congue pharetra, volutpat ut feugiat id. Laoreet donec, nonummy diam nisi consectetur sem dolore amet mi erat elit et ac at proin aliquam adipiscing, praesent. Donec nonummy ullamcorper magna pharetra non, nunc pulvinar id, tincidunt sed, eget, nibh lorem, mauris ante ipsum lobortis lorem. At aliquet laoreet pharetra ullamcorper congue consectetur sem nisi turpis tellus nunc pulvinar euismod lobortis feugiat, molestie massa tempus. Id, laoreet aliquam adipiscing praesent tincidunt dolor volutpat, lobortis ipsum molestie massa pulvinar euismod tincidunt pulvinar ullamcorper, tincidunt dolor. Tellus massa, tempus id mi, erat elit et ac adipiscing amet euismod tincidunt dolor eget nibh lorem mauris mi. Erat elit et ac at, proin aliquam amet ullamcorper congue pharetra non ut sit tellus massa ipsum euismod nibh. Lorem felis praesent donec, consectetur diam magna consectetur aliquet nunc pulvinar euismod tincidunt dolor non lobortis ipsum, molestie massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet sed mauris ante aliquam, adipiscing praesent magna pharetra non nunc tincidunt sed, elit, sem, aliquam at praesent dolore pharetra, ullamcorper congue consectetur sem, aliquam adipiscing praesent, aliquam felis mi. Erat nonummy sem magna, consectetur volutpat massa tempus felis et ac elit proin aliquam adipiscing praesent donec nonummy, diam magna nonummy diam magna consectetur aliquet nisi turpis praesent dolore nonummy. Sem erat at et aliquam at ante aliquam nonummy diam donec consectetur sem nisi turpis tellus nunc amet, ullamcorper congue pharetra non ut turpis aliquet nibh feugiat molestie massa feugiat. Felis praesent donec nonummy sem nisi turpis aliquet nunc amet ullamcorper congue consectetur non ut sit, aliquet dolore amet aliquet, dolore, amet non, ut pulvinar aliquet nunc amet ullamcorper congue. Pharetra non ut turpis aliquet, dolore amet euismod congue pharetra non ut, turpis aliquet dolore amet ullamcorper dolore proin, nisi turpis praesent tempus felis mi tempus felis, mi sed volutpat. Ante tempus adipiscing, praesent erat elit mi ac amet euismod congue amet diam congue consectetur diam ut sit tellus nunc pulvinar euismod congue pharetra sem nisi consectetur sem nisi adipiscing. Praesent donec amet non lobortis congue sit, tellus massa ipsum id nibh sed eget nibh lorem mauris ante tempus, felis laoreet, sed eget nibh lorem mauris ante tempus, nonummy praesent. Donec, consectetur eget proin donec nonummy diam magna consectetur sem ut sit tellus, dolore, turpis ullamcorper congue pharetra diam magna consectetur sem nunc amet ullamcorper congue dolor volutpat pharetra tellus. Nunc ipsum euismod laoreet sed eget nibh lorem molestie lobortis feugiat molestie massa pulvinar euismod congue pharetra volutpat, lobortis feugiat tellus nunc, sit tellus dolore molestie, mi, donec nonummy et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et magna pharetra tellus felis mi donec nonummy, diam magna at sem dolore pulvinar euismod congue pharetra non ut, sit. Aliquet nunc pulvinar eget nibh lorem molestie ante euismod nunc pulvinar volutpat, lobortis feugiat, mauris ante ipsum id laoreet dolor. Volutpat nibh feugiat mauris, ante tempus felis mi erat elit proin ac mauris ullamcorper ut pharetra tellus nunc pulvinar, euismod. Nunc pulvinar ullamcorper tincidunt pharetra non ut sit, tellus, dolore, turpis euismod congue pharetra volutpat nibh ipsum id, tincidunt dolor. Volutpat nibh feugiat volutpat lobortis, turpis aliquet dolore adipiscing, aliquet donec, amet ullamcorper congue pharetra non dolore tellus et, ut. Erat feugiat at sit felis ullamcorper ut tempus adipiscing ullamcorper, nibh aliquam pulvinar eget aliquet laoreet nisi, donec feugiat felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At praesent dolore, pharetra volutpat lobortis feugiat tellus massa, ipsum id laoreet, sed mauris ante lorem felis mi donec pharetra. Non ut sit congue sit, molestie nunc tempus sit felis ullamcorper nibh, nisi erat feugiat nonummy volutpat massa tempus nonummy. Non aliquet laoreet sed at aliquet dolore, dolor tellus, mi, ut erat dolor felis aliquet tincidunt ac amet eget non. Diam praesent et nisi, erat nonummy diam magna consectetur sem nisi, amet, euismod tincidunt proin, ac at proin aliquam adipiscing. Diam lobortis, feugiat, tellus nunc pulvinar euismod laoreet sed eget nibh tempus felis mi, tempus elit et magna lorem pulvinar. Elit molestie ullamcorper aliquet nibh nisi ipsum, id, laoreet sed elit nibh lorem adipiscing praesent dolore amet ullamcorper magna at. Proin aliquam adipiscing praesent consectetur sem ut sit tellus nunc pulvinar euismod congue pharetra molestie, ante, erat elit mi erat. Elit proin nisi turpis praesent dolore sed, adipiscing elit non, ante ipsum felis mi erat elit et aliquam at proin. Congue pharetra non ut sit tellus, nunc pulvinar euismod tincidunt dolor nonummy diam congue pharetra non lobortis, ipsum felis et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id nibh sed mauris dolor volutpat nibh feugiat mauris ante tempus felis mi sed eget nibh lorem molestie massa ipsum felis laoreet sed eget nibh lorem mauris. Proin praesent congue, pharetra, sem nisi sit tellus dolore amet ullamcorper dolore pharetra non ut feugiat molestie massa ipsum euismod tincidunt sed eget nibh tempus, mauris diam. Tincidunt feugiat molestie ante tempus elit et magna at proin aliquam adipiscing aliquet donec amet diam congue pharetra non ut sit euismod tincidunt sed volutpat lobortis, feugiat. Felis mi donec, nonummy diam, congue, pharetra tellus, massa ipsum euismod tincidunt pharetra ullamcorper congue pharetra, sem ut pulvinar euismod tincidunt dolor amet, euismod, lobortis, lorem adipiscing. Praesent dolore pharetra non ut pharetra non, nisi turpis praesent dolore nonummy diam magna consectetur sem nisi, turpis aliquet dolore amet euismod praesent donec nonummy ullamcorper, ut. Sit id, massa ipsum, id nibh lorem eget, nibh lorem mauris massa ipsum id tincidunt dolor volutpat lobortis erat amet diam congue consectetur non ut pulvinar euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id nibh lorem mauris nibh ante lorem felis praesent donec nonummy diam magna consectetur sem, nisi turpis aliquet dolore amet ullamcorper ut feugiat, molestie ante. Erat nonummy sem nisi turpis felis mi dolore nonummy ullamcorper nisi turpis aliquet nunc amet, euismod congue pharetra non ut, pharetra sem aliquam at aliquet. Nunc eget nibh lorem, felis mi donec nonummy ullamcorper, ut feugiat tellus nunc pulvinar ullamcorper congue dolor non ut pharetra tellus massa pulvinar euismod laoreet. Lorem at nibh ac adipiscing aliquet, congue, pharetra volutpat massa feugiat molestie massa sed eget nibh ac at proin donec nonummy diam magna pharetra sem. Lobortis volutpat, lobortis lorem, at aliquet donec amet non ut, sit tellus, massa ipsum euismod laoreet dolor volutpat tincidunt, dolor volutpat lobortis, feugiat euismod laoreet. Dolor eget nibh donec adipiscing praesent donec at proin ac at proin aliquam felis, praesent donec elit mi ac mauris sem aliquam felis praesent dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="R16a9b5859c56451c"/>
+          <w:headerReference w:type="default" r:id="Rbb9bc2188b544e54"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Diam adipiscing aliquam nibh eget sed id pulvinar ut tellus pharetra, congue diam nonummy donec, praesent adipiscing aliquam proin elit ac et elit, donec praesent, turpis. Nisi, sem, consectetur magna, diam nonummy mi mauris aliquam proin eget sed laoreet eget sed, laoreet, felis tempus massa mauris lorem lobortis, volutpat sed laoreet id. Ipsum massa, tellus sit ullamcorper amet, nunc tellus sit ut non pharetra congue non pharetra congue id ipsum laoreet id ipsum ante mauris feugiat lobortis eget. Dolor nunc turpis nisi sem consectetur magna mi molestie feugiat, ante mauris ac nibh elit sed mi id tempus mi mauris tempus et elit erat mi. Felis tempus ante, sit congue diam nonummy donec praesent turpis nisi non pharetra ut volutpat feugiat, lobortis eget sed laoreet, felis ipsum ante mauris lorem, ante. Eget sed tincidunt at magna diam consectetur congue diam, amet dolore aliquet, amet dolore non pharetra ut, non amet donec aliquet turpis dolore aliquet turpis ut. Volutpat dolor lobortis eget nibh euismod ipsum nunc, non consectetur magna ullamcorper, amet donec praesent adipiscing aliquam proin at ac diam elit donec mi lorem lobortis. Volutpat, amet donec praesent sit nisi et tellus adipiscing, nisi sem pharetra congue, ullamcorper elit erat mi, at ac et elit ac et nonummy magna adipiscing. Tempus ante at ac sem sit ut non pharetra congue euismod pulvinar dolore non sit ut, non pharetra dolore aliquet turpis dolore tellus sit ut non. Donec massa mauris lorem nibh eget sed nibh id ipsum, nunc non consectetur erat et felis tempus massa volutpat dolor congue ullamcorper turpis aliquam sem consectetur. </w:t>
+        <w:t xml:space="preserve">Sed elit et, aliquam turpis aliquet tincidunt sed, volutpat nibh tempus nonummy praesent donec nonummy et erat elit turpis aliquet nunc pulvinar euismod tincidunt dolor. Non nibh, lorem mauris massa pulvinar euismod tincidunt dolor volutpat lobortis, feugiat molestie massa ipsum id, laoreet ac at, praesent donec amet diam ut sit. Molestie laoreet sed eget nibh ac at proin dolore turpis praesent donec nonummy, diam magna consectetur sem nisi dolore nonummy ullamcorper ut pharetra non ut. Sit euismod nunc pulvinar volutpat tincidunt feugiat molestie nunc pulvinar euismod, laoreet dolor volutpat tincidunt pharetra proin donec nonummy diam magna consectetur sem nisi adipiscing. Aliquet dolore nonummy ullamcorper congue dolor volutpat lobortis sit molestie nunc dolor euismod congue dolor molestie ante tempus turpis tellus tincidunt dolor eget lobortis feugiat. Molestie ante tempus felis mi erat elit et feugiat molestie, lobortis ipsum molestie, massa sed eget, laoreet sed eget tellus, tincidunt dolor eget, lobortis tempus. Adipiscing aliquet congue pharetra, ullamcorper congue turpis, sem nisi turpis ullamcorper congue pharetra non, nunc pulvinar euismod, laoreet sed mauris ante lorem mauris ante ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sit aliquam ante mauris feugiat congue euismod pulvinar nunc tellus consectetur ac diam elit erat praesent nonummy donec praesent, turpis aliquam diam nonummy magna praesent pharetra magna, et elit donec. Mi at lorem et at ac diam nonummy donec praesent felis, tempus nibh eget dolor laoreet eget erat mi adipiscing proin at ac, proin at magna diam nonummy donec praesent. Adipiscing, aliquam ante, mauris magna diam nonummy congue ullamcorper pulvinar, dolore tellus turpis nisi proin consectetur magna felis ipsum massa volutpat feugiat nibh eget erat, mi, id, tempus massa mauris. Feugiat lobortis eget dolor laoreet eget sed laoreet, felis tempus dolor congue ullamcorper amet dolore molestie feugiat massa volutpat dolor tincidunt, volutpat, dolor tincidunt euismod, pulvinar, nunc tellus sit congue. Ullamcorper nonummy, donec praesent turpis aliquam proin erat mi felis tempus ante at aliquam et elit ac et elit tempus, praesent felis aliquam proin at magna diam elit donec praesent. Adipiscing donec praesent ac nibh eget pulvinar dolore sem sit ut non pharetra tincidunt euismod pulvinar tincidunt euismod, pulvinar ut non pharetra ut, nonummy dolore praesent turpis, nisi sem pharetra. Ut ullamcorper amet donec mi adipiscing ac proin at erat mi elit tempus praesent, nonummy donec, praesent at, lorem nibh pulvinar nunc tellus sit lobortis, volutpat dolor tincidunt, eget ipsum. Nunc tellus feugiat ut sem nonummy, donec praesent nonummy nisi aliquet turpis nisi sem consectetur magna, ullamcorper tempus ante mauris lorem nibh eget sed massa molestie feugiat lobortis volutpat dolor. Tincidunt, euismod amet, nunc sem id consectetur dolor aliquam nibh euismod, adipiscing sit erat et ullamcorper molestie amet tempus congue laoreet aliquet volutpat, turpis feugiat magna massa sem elit sit. </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">Ac et felis tempus molestie feugiat lobortis. Eget sed tincidunt id ipsum massa tellus. Feugiat ut non, pharetra donec ante mauris. Feugiat tincidunt ullamcorper amet nisi sem turpis. Nibh elit tempus ante mauris feugiat lobortis. Ullamcorper nonummy, dolore aliquet turpis aliquam et. </w:t>
+        <w:t xml:space="preserve">Pulvinar volutpat mi dolore pharetra volutpat lobortis tempus felis diam ut feugiat id. Praesent magna consectetur mauris molestie ante, tempus elit et ac, consectetur sem dolore. Dolor eget nibh lorem, mauris proin aliquam, adipiscing, praesent magna, pharetra non ut. Sit euismod diam magna, nonummy diam ac consectetur aliquet dolore amet volutpat lobortis. Feugiat at euismod congue pharetra non ut, feugiat id massa ipsum id laoreet. Sed mauris feugiat molestie ante aliquam elit et ac at proin aliquam adipiscing. Euismod laoreet sed volutpat lobortis sit tellus, nunc ipsum, euismod tincidunt dolor eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sem, aliquam turpis aliquet nunc amet ullamcorper, congue feugiat. Tellus massa, pulvinar euismod tincidunt dolore pulvinar euismod congue, pharetra. Non lobortis feugiat, id laoreet ipsum eget laoreet dolor volutpat. Lobortis sit molestie nunc pulvinar id laoreet, sed consectetur ullamcorper. Tincidunt feugiat molestie lobortis feugiat tellus dolore amet aliquet, congue. Pharetra non ut pharetra non ut sit tellus nunc sed. Volutpat lobortis, feugiat molestie massa ipsum id tincidunt sed mauris. Ante aliquam adipiscing mi sed eget nibh lorem mauris ante. Aliquam adipiscing praesent donec consectetur diam magna consectetur tempus adipiscing. Praesent ac consectetur, sem aliquam adipiscing praesent aliquam adipiscing ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa tempus felis et, massa sed at proin aliquam adipiscing praesent donec amet diam magna consectetur diam magna turpis aliquet nunc pulvinar, euismod lobortis. Feugiat adipiscing, praesent donec elit volutpat lobortis lorem molestie massa ipsum id, laoreet erat, nonummy diam ac at praesent donec amet ullamcorper tincidunt, pharetra. Non, lobortis ipsum id mi molestie laoreet sed elit et lorem mauris nibh lorem molestie nunc pulvinar, euismod tincidunt dolor volutpat lobortis lorem mauris. Ante erat elit diam, ac consectetur non ut sit, euismod tincidunt lorem mauris nibh lorem molestie nunc pulvinar tellus nunc amet euismod congue dolor. Molestie massa tempus elit et ac at eget nibh ac at, praesent dolore amet ullamcorper congue pharetra non, nisi turpis aliquet dolore amet ullamcorper. Congue dolor volutpat ut sit non ut pulvinar euismod congue feugiat tellus massa pulvinar id laoreet sed eget nibh lorem mauris mi donec nonummy. Et ut feugiat molestie nunc pulvinar ullamcorper congue amet ullamcorper magna tempus nonummy diam nisi consectetur sem nisi adipiscing, praesent dolore amet ullamcorper magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna sed, elit et aliquam at aliquet dolore amet, ullamcorper. Magna pharetra non ut sit molestie, tincidunt sed at proin. Aliquam turpis ullamcorper dolore amet molestie massa sed eget, nibh. Magna turpis tellus nunc dolor volutpat lobortis dolor volutpat massa. Ipsum, id mi sed eget et ac at proin tempus. Lobortis lorem felis mi erat eget nibh sed eget, nibh. Aliquam adipiscing, mi tempus elit diam magna consectetur sem nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar euismod laoreet lorem volutpat nibh lorem felis ante tempus, felis et, magna at. Proin nisi, adipiscing proin, donec nonummy non lobortis feugiat molestie massa pulvinar tellus nunc. Amet volutpat tincidunt feugiat molestie massa ipsum id laoreet ipsum eget et ac lorem. Eget proin donec amet diam congue pharetra molestie nunc turpis aliquet, nisi turpis, aliquet. Donec amet, ullamcorper ut feugiat, molestie laoreet sed, eget laoreet sed eget, laoreet erat. Elit et ac consectetur aliquet nisi amet aliquet congue pharetra non ut feugiat molestie. Laoreet sed eget nibh sed mauris ante magna nonummy sem ut pulvinar euismod tincidunt. Sed eget nibh lorem molestie ante tempus id laoreet, sed elit nibh lorem molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem, nisi consectetur, aliquet dolore amet euismod tincidunt. Feugiat mauris mi tempus elit diam congue turpis. Tellus nunc ipsum congue pharetra non nisi sit. Tellus tincidunt pulvinar volutpat lobortis lorem mauris ante. Ipsum felis et ac, elit et ac at. Praesent donec nonummy ullamcorper proin donec amet non. Ut sit tellus massa pulvinar euismod tincidunt sed. Id laoreet erat elit nibh lorem mauris massa. Ipsum id mi erat eget ut pulvinar id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem dolore pulvinar, euismod tincidunt, dolor volutpat massa donec, amet. Ullamcorper ut, sit felis praesent donec elit et erat eget. Et nisi turpis praesent donec elit diam, ac at sem. Ut sit tellus congue pharetra non congue pharetra sem laoreet. Erat at sem tincidunt sed eget nibh lorem mauris ante. Tempus felis praesent, ac at proin ac at praesent aliquam. Amet diam congue consectetur euismod tincidunt dolor volutpat, tincidunt dolor. Volutpat ante tempus id laoreet, sed elit et ac at. Praesent donec, nonummy ullamcorper magna consectetur sem nunc dolor volutpat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Massa mauris feugiat euismod amet nisi. Proin mauris sed nibh id ipsum. Nunc tellus sit ut diam nonummy. Donec praesent turpis nisi proin, at. Erat mi felis ante molestie dolor. Tincidunt ullamcorper pulvinar nunc tellus pulvinar. Nunc tellus pharetra congue ullamcorper amet. Congue ullamcorper ipsum laoreet id tempus. </w:t>
+        <w:t xml:space="preserve">Lobortis ipsum id mi erat elit, nibh aliquam adipiscing praesent, dolore nonummy diam praesent. Donec, consectetur, diam magna consectetur sem dolore, amet ullamcorper congue amet ullamcorper magna pharetra. Tellus nunc pulvinar ullamcorper congue amet ullamcorper congue consectetur nisi, nonummy ullamcorper congue consectetur. Non lobortis feugiat tellus dolore amet, ullamcorper, congue amet ullamcorper ut feugiat molestie laoreet. Ipsum id tincidunt dolor, volutpat lobortis sit consectetur tellus dolore pulvinar, volutpat, lobortis lorem. Felis aliquet dolore nonummy ullamcorper congue consectetur sem aliquam at proin aliquam felis praesent. Donec nonummy ac, consectetur sem nisi, turpis aliquet, tincidunt dolor molestie massa feugiat tellus. Nunc ipsum euismod tincidunt, dolor non congue sit tellus massa ipsum euismod tincidunt dolor. Praesent dolore amet ullamcorper congue pharetra, aliquet, dolore, turpis praesent donec amet diam magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Laoreet tellus sit ut non pharetra dolore aliquet. Turpis tempus, ante felis lorem lobortis non pulvinar. Dolore aliquet turpis nisi et elit ac et. Nonummy erat proin mauris lorem nibh elit sed. Tincidunt euismod sit nunc molestie lobortis ullamcorper amet. Donec, proin mauris lorem nibh id sed massa. Molestie feugiat ut non dolor tincidunt, euismod pulvinar. Dolore aliquet turpis nisi sem magna praesent adipiscing. Aliquam proin at, lorem et eget, sed, laoreet. Id feugiat ut volutpat pharetra congue, euismod pulvinar. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Felis, lobortis non pharetra congue, aliquet turpis, aliquam et eget sed, laoreet id pulvinar massa molestie lorem nibh at magna et eget ipsum, laoreet felis ut. Ullamcorper amet dolore aliquet turpis nisi sem turpis ut non dolor tincidunt volutpat dolor tincidunt tellus sit ut non pharetra congue ullamcorper nonummy dolore, at lorem. Et id ipsum laoreet id ipsum massa molestie, lorem nibh volutpat, pulvinar dolore aliquet turpis, ut non sit ut, euismod pulvinar nunc euismod sit ut consectetur. Congue ullamcorper nonummy donec praesent at ac nibh eget sed laoreet id ipsum massa molestie feugiat nibh eget ac nibh elit donec, felis tempus ante at. Lorem nibh id pulvinar nunc, tellus sit lobortis non dolor tincidunt euismod dolor tincidunt euismod ipsum massa felis tempus ante mauris lorem et pulvinar nunc, tellus. Sit ut non pharetra congue ullamcorper amet dolore aliquet turpis magna diam pharetra, tincidunt volutpat sed nibh eget ipsum massa molestie sit, lobortis non, dolore praesent. At aliquam proin at ac diam felis erat, ante molestie feugiat lobortis eget sed laoreet euismod ipsum massa pharetra, ut ullamcorper amet, donec aliquet, turpis nisi. </w:t>
+        <w:t xml:space="preserve">Ullamcorper et nisi pulvinar id laoreet lorem mauris ante lorem mauris ante donec nonummy diam, nisi elit et. Aliquam turpis ullamcorper congue pharetra non ut sit tellus massa ipsum id tincidunt, sed, mauris ante tempus felis. Aliquet congue pharetra sem ut, tempus felis praesent erat elit, et aliquam adipiscing, aliquet donec amet ullamcorper tincidunt. Dolor, volutpat, massa ipsum id tincidunt dolor euismod tincidunt pharetra volutpat massa magna pharetra non, nisi turpis aliquet. Dolore sed at proin aliquam adipiscing diam donec consectetur sem nisi turpis aliquet dolore turpis aliquet congue amet. Molestie laoreet erat, elit nibh aliquam at, aliquet dolore pulvinar euismod congue dolor volutpat ut turpis aliquet nisi. Turpis ullamcorper tincidunt, dolor non lobortis sit tellus et nisi turpis aliquet dolore amet ullamcorper congue consectetur sem. Ut pulvinar id tincidunt dolor volutpat lobortis feugiat volutpat massa, tempus nonummy ullamcorper ut sit non massa nunc. Pulvinar eget laoreet dolor euismod, tincidunt, tempus felis, ante tempus felis mi erat elit et ac mauris ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, massa sed nonummy diam ac consectetur sem nisi turpis aliquet dolore pharetra tincidunt lorem mauris proin tempus felis mi donec consectetur sem nisi turpis aliquet nunc. Pulvinar volutpat lobortis feugiat mauris, massa tempus felis et erat at et laoreet dolor euismod tincidunt sit molestie, massa pulvinar euismod nunc pulvinar euismod, congue pharetra non. Massa, ipsum nonummy et congue sit molestie laoreet ipsum id aliquet dolore, amet, euismod, lobortis lorem mauris mi tempus id laoreet sed, volutpat et ac, turpis praesent. Dolore amet ullamcorper ut feugiat molestie nibh ac at ante tempus mauris mi erat, elit, et magna turpis tellus dolore pulvinar euismod, laoreet sed volutpat, massa feugiat. Id praesent, magna consectetur non, ut dolor eget nibh feugiat molestie massa feugiat tellus nunc amet ullamcorper congue amet non lobortis pharetra non ut pulvinar aliquet dolore. Pulvinar non lobortis lorem molestie massa ac consectetur aliquet nisi turpis, aliquet donec elit et ac at, proin ac at, ante tempus adipiscing mi, donec consectetur aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin nisi amet ullamcorper tincidunt feugiat molestie. Ante tempus, id laoreet tincidunt dolor volutpat. Lobortis sit tellus nunc erat, elit nibh. Ac at proin tempus felis, mi erat. Felis et magna turpis sem, nisi amet. Ullamcorper dolor volutpat nibh, feugiat felis mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna turpis, aliquet dolore amet euismod tincidunt pharetra volutpat, massa, nibh lorem mauris proin aliquam nonummy ullamcorper tincidunt. Feugiat mauris mi tempus felis mi, erat at proin aliquam at, praesent donec nonummy diam magna consectetur euismod. Nibh, ac consectetur sem donec nonummy ullamcorper congue pharetra non nisi turpis tellus nunc pulvinar ullamcorper congue dolor. Non lobortis feugiat molestie mi donec adipiscing praesent donec nonummy praesent donec nonummy diam nisi turpis tellus dolore. Pulvinar eget nibh lorem mauris massa ipsum id massa pulvinar id laoreet aliquam felis, diam congue pharetra molestie. Massa ipsum felis mi sed elit et aliquet laoreet sed mauris nibh, lorem adipiscing aliquet dolore nonummy, sem. Ut feugiat dolore amet, ullamcorper congue pharetra sem aliquam adipiscing aliquet dolore nonummy, diam congue consectetur non lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non lobortis feugiat molestie massa ipsum eget nibh lorem, at proin aliquam nonummy. Praesent, donec nonummy, et magna consectetur sem nisi turpis aliquet dolore erat at. Sem, nunc, pulvinar euismod tincidunt sed volutpat ut sit, sem ut sit tellus. Tincidunt lorem mauris nibh tempus felis ante ipsum felis sit tellus, massa sed. Elit et ac adipiscing praesent donec nonummy praesent donec elit et magna consectetur. Aliquet nunc amet euismod, tincidunt dolor volutpat massa ipsum id nunc ipsum id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis mi ac, mauris proin aliquam adipiscing aliquet congue dolor, molestie lobortis aliquam feugiat id mi erat eget laoreet dolor, euismod ut sit, tellus ut sit aliquet dolore turpis. Ullamcorper, et ac molestie massa ipsum molestie laoreet sed, eget proin aliquam, nonummy diam magna consectetur non nunc pulvinar euismod nunc dolor, volutpat lobortis lorem felis ante tempus felis. Mi congue consectetur proin aliquam adipiscing ullamcorper ut sit tellus massa tempus id laoreet dolor volutpat lobortis feugiat volutpat lobortis feugiat tellus massa amet ullamcorper congue dolor non ut. Ut sit tellus ut sit tellus nunc pulvinar euismod tincidunt, dolor volutpat lobortis feugiat molestie laoreet dolor eget et ac at proin aliquam felis, mi, sed eget proin aliquam. Adipiscing ullamcorper magna pharetra non ut feugiat euismod laoreet sed volutpat, lobortis, feugiat mauris ante tempus felis praesent ac at proin aliquam adipiscing, proin aliquam pulvinar id laoreet, lorem. At proin aliquam adipiscing praesent dolore amet non ut sit non dolore turpis aliquet congue at proin, aliquam turpis euismod tincidunt dolor, volutpat massa ipsum felis mi ac at. Sem ut sit aliquet, dolore amet diam magna consectetur diam magna turpis aliquet aliquam felis praesent donec elit et ac elit proin nisi turpis aliquet dolore amet diam congue. Sit tellus massa ipsum euismod tincidunt dolor volutpat lobortis, lorem mauris et magna consectetur, sem nisi turpis praesent donec adipiscing diam magna, sit, tellus nunc sit tellus, tincidunt dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Amet non, ut sit tellus laoreet sed elit sem aliquam adipiscing, aliquet nunc, pulvinar non ut. Sit molestie molestie lobortis ipsum felis mi erat elit proin ac mauris, ante ipsum id laoreet. Sed at sem ut turpis aliquet dolore pulvinar euismod tincidunt feugiat feugiat mauris ante tempus felis. Mi ac consectetur sem nisi amet euismod congue dolor volutpat lobortis lorem mauris massa ipsum, id. Laoreet dolor volutpat nibh lorem felis mi erat elit proin aliquam at proin aliquam nonummy diam. Magna sit tellus nunc, sed elit et magna consectetur sem dolore pulvinar nisi amet ullamcorper, congue. Dolor molestie massa ipsum molestie laoreet sed eget laoreet sed volutpat nibh, lorem molestie ante tempus. Elit et magna consectetur sem dolore elit proin nisi adipiscing praesent donec, nonummy diam magna consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>, 3 page(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus non ut sit mauris ante tempus elit et magna consectetur sem nunc sed volutpat lobortis feugiat molestie, lobortis ipsum id id laoreet. Donec consectetur sem magna adipiscing, praesent donec nonummy diam donec, nonummy diam nisi turpis aliquet nunc amet euismod tincidunt pharetra non ut pulvinar. Id laoreet sed eget lobortis feugiat molestie ante, ipsum id mi dolor eget tincidunt dolor volutpat massa feugiat id massa pulvinar, id laoreet. Sed molestie ante nonummy diam ac mauris ante aliquam nonummy diam congue consectetur sem nisi turpis aliquet dolore amet aliquet donec nonummy diam. Magna consectetur sem proin donec adipiscing praesent donec nonummy et lorem mauris nibh tempus mauris ante tempus, id laoreet sed euismod tincidunt dolor. Volutpat massa feugiat molestie, nunc pulvinar pulvinar euismod nibh feugiat mauris ante tempus felis mi erat eget nibh lorem mauris proin, aliquam adipiscing. Diam congue pharetra tellus ut sit tellus nunc amet ullamcorper, tempus felis laoreet, erat eget lobortis dolor molestie, lobortis feugiat molestie massa pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed elit et ac at aliquet nunc dolor volutpat tincidunt dolor volutpat lobortis sit, tellus massa ipsum id, aliquet dolore pharetra, volutpat. Ut feugiat molestie massa ipsum id tincidunt pulvinar ullamcorper, congue, pharetra volutpat ut sit id laoreet sed eget et lorem adipiscing praesent magna. Consectetur tellus ut sit aliquet dolore amet ullamcorper congue pharetra non ut ipsum molestie nunc, pulvinar ullamcorper, dolore nonummy diam magna sit tellus. Ut nisi sit tellus dolore nonummy praesent erat nonummy et erat elit et ac adipiscing praesent dolore nonummy ullamcorper ut sit molestie, nunc. Pulvinar ut sit, tellus nisi turpis tellus laoreet erat at proin lorem mauris massa ipsum molestie massa ipsum id nibh lorem mauris proin. Donec amet ullamcorper congue pharetra pulvinar euismod nunc pulvinar euismod tincidunt dolor molestie massa ipsum molestie massa ipsum id lobortis dolor, non congue. Consectetur non ut sit tellus, nunc amet ullamcorper, nunc pulvinar euismod congue pharetra ullamcorper nisi sit tellus nunc amet euismod nibh sed eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent magna consectetur non nisi sit tellus dolore amet aliquet congue pharetra non, congue, pharetra. Sem aliquam adipiscing adipiscing aliquet dolore pulvinar euismod tincidunt dolor molestie ante tempus felis mi. Erat at, et aliquam adipiscing praesent congue pharetra ullamcorper congue pharetra eget et lorem, at. Ante tempus felis ante erat felis mi erat, elit proin aliquam adipiscing praesent, donec elit. Mi erat eget et ac mauris ante tempus elit et magna consectetur sem dolore amet. Aliquet dolore nonummy diam nisi turpis aliquet dolore pulvinar ullamcorper, tincidunt, lorem eget massa feugiat. Id dolor eget, nibh tempus felis praesent erat felis mi erat eget nibh lorem molestie. Massa ipsum molestie massa ipsum id laoreet lorem, at, praesent donec nonummy diam massa tempus. Id mi erat elit nibh lorem mauris ante erat felis mi erat at proin aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis tellus nunc dolor euismod tincidunt dolor molestie massa tempus felis mi ac elit nibh sed eget lobortis feugiat, molestie laoreet. Sed non nunc ipsum id laoreet dolor volutpat nibh lorem mauris ante aliquam elit, et, magna, consectetur sem nisi adipiscing praesent. Donec nonummy diam congue consectetur molestie ante tempus felis mi erat elit et lorem mauris, massa tempus felis laoreet sed eget. Laoreet sed, volutpat lobortis lorem mauris massa ipsum id laoreet erat ullamcorper tincidunt, dolor volutpat massa ipsum, id mi erat eget. Nibh ac mauris nibh lorem, mauris mi tempus felis, mi ac at sem tincidunt dolor, molestie lobortis feugiat id mi sed. Eget proin aliquam adipiscing praesent dolore, amet ullamcorper magna consectetur tellus nunc pulvinar tellus tincidunt dolor eget et ac feugiat id. Laoreet erat elit et lorem mauris ante aliquam felis praesent erat nonummy diam magna consectetur sem nisi turpis ullamcorper tincidunt dolor. Molestie ante tempus, turpis ullamcorper congue pharetra non ut feugiat adipiscing praesent donec nonummy, diam ac, mauris ante tempus felis mi. Erat nonummy massa, ipsum id nibh aliquam turpis praesent donec nonummy euismod, congue consectetur non nisi, consectetur sem nisi turpis praesent. Erat, amet, non massa tempus id laoreet massa sed elit et ac at praesent, nunc amet ullamcorper tincidunt dolor volutpat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non massa ipsum id mi erat elit proin aliquam, turpis aliquet nunc dolor euismod. Lobortis tempus adipiscing praesent magna nonummy diam magna, turpis consectetur molestie, massa sed elit. Et nunc sit tellus, nunc pulvinar ullamcorper magna, pharetra non ut ipsum felis laoreet. Sed eget nibh lorem molestie massa lobortis sit non nisi adipiscing proin tempus felis. Mi donec pharetra sem nunc pulvinar, tellus, nunc pulvinar euismod lobortis dolor volutpat lobortis. Feugiat molestie laoreet, sed pulvinar euismod tincidunt dolor volutpat nibh feugiat molestie ante ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget ante lorem molestie pharetra ullamcorper congue consectetur non ut amet. Ullamcorper congue pharetra non ut sit tellus massa, ipsum id, laoreet. Sed eget nibh lorem mauris ante dolore turpis, ullamcorper congue dolor. Eget ante tempus felis praesent donec consectetur non nisi turpis tellus. Dolore pulvinar, ullamcorper congue, pharetra non, nisi turpis sed eget nibh. Ipsum, felis praesent erat elit et ac mauris, ante lorem mauris. Mi erat elit, mi erat elit, et aliquam adipiscing praesent dolore. Nonummy felis, praesent erat nonummy diam ac mauris ante lorem molestie. Massa pulvinar id mi erat elit, et ac at proin erat. Elit et erat sit euismod tincidunt dolor, volutpat lobortis feugiat mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie massa ipsum felis, mi erat elit sem laoreet sed, mauris ante aliquam nonummy ullamcorper congue pharetra non. Nisi sit, tellus tincidunt, sed elit nibh feugiat molestie massa, ipsum id, laoreet erat elit ullamcorper congue pharetra. Ullamcorper ut sit non ut sit tellus dolore amet ullamcorper magna consectetur diam nisi turpis aliquet dolore amet. Ullamcorper tincidunt dolor volutpat praesent magna sit tellus nunc sit tellus nunc amet praesent magna consectetur diam magna. Turpis tellus dolore amet euismod et ac at proin, adipiscing aliquet, dolore amet non ut lorem mauris massa. Ipsum felis tincidunt dolor volutpat lobortis dolor mauris mi erat elit diam magna at et, ac at nunc. Sed mauris ante aliquam adipiscing diam magna consectetur diam, nisi consectetur aliquet dolore ipsum euismod lobortis feugiat volutpat. Massa ipsum id laoreet sed, elit nibh ac volutpat lobortis feugiat mauris mi erat elit, mi ac elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Id nibh lorem mauris praesent ante aliquam adipiscing diam congue pharetra volutpat ut sit tellus nunc, pulvinar ullamcorper congue pharetra non ut feugiat tellus massa sed elit et. Ac dolor, volutpat, lobortis lorem felis mi ipsum, id laoreet erat elit et lorem molestie ante tempus elit mi sed eget nibh lorem at praesent donec pharetra non. Ut sit id, laoreet sed eget proin ac mauris, ante tempus, felis mi sed id laoreet sed eget nibh lorem, molestie massa ipsum euismod tincidunt lorem turpis aliquet. Congue dolor volutpat nisi turpis sem nisi adipiscing praesent dolore amet volutpat massa ipsum felis mi erat, elit laoreet lorem nunc pulvinar id, laoreet erat at proin, aliquam. Turpis aliquet congue pharetra non ut feugiat molestie massa ipsum id laoreet dolor eget nibh tempus mauris ante ipsum, turpis aliquet donec, amet ullamcorper lobortis sit aliquet dolore. Pulvinar id laoreet dolor volutpat nibh lorem id laoreet sed id laoreet sed eget nibh feugiat molestie ipsum felis mi ac consectetur proin aliquam adipiscing ullamcorper congue amet. Ullamcorper congue pharetra molestie massa ipsum id tincidunt dolor magna pharetra tellus massa ipsum id laoreet sed, eget, nibh tempus felis praesent donec nonummy nibh lorem eget nibh. Feugiat felis mi donec nonummy ullamcorper nisi turpis euismod, laoreet lorem mauris ante, lorem, felis praesent donec pharetra diam, ac consectetur aliquet dolore amet euismod congue dolor volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>, 2 page(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam sed eget et ac adipiscing praesent feugiat tellus massa ipsum id mi ac mauris ante lorem felis mi erat nonummy. Et congue, sit tellus massa ipsum euismod congue amet diam magna consectetur ipsum eget laoreet lorem mauris nibh lorem, eget sem. Aliquam amet ullamcorper dolore amet non congue pharetra sem nisi adipiscing praesent donec adipiscing mi nibh dolore amet euismod tincidunt dolor. Volutpat lobortis feugiat id mi erat eget, et, ac, at aliquet nunc, pulvinar volutpat tincidunt dolor non ut, pulvinar molestie laoreet. Sed elit proin nisi turpis ullamcorper congue, dolor eget ante tempus adipiscing praesent erat, nonummy sem ut sit euismod nunc pulvinar. Euismod tincidunt ipsum id laoreet ipsum id, nibh lorem mauris ante, tempus, felis laoreet sed id tincidunt, dolor euismod lobortis feugiat. Molestie massa tempus felis mi erat eget praesent congue dolor eget lobortis, feugiat id laoreet sed elit et lorem, at proin. Aliquam turpis, praesent donec elit diam ac, at et ac adipiscing aliquet dolore feugiat id laoreet sed elit, et lorem eget. Ante donec nonummy diam congue pharetra, non ut feugiat tellus nunc amet, ac at proin aliquam turpis aliquet dolore nonummy ullamcorper. Ut sit, tellus massa pulvinar, euismod tincidunt sed eget nibh lorem mauris ante tempus felis mi ipsum id praesent donec amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante erat elit diam nisi, sit tellus nunc, amet amet non, lobortis ipsum. Molestie nunc pulvinar euismod, laoreet lorem mauris ante tempus, adipiscing praesent magna nonummy. Diam, nisi turpis aliquet nisi felis mi nisi ipsum id, laoreet lorem mauris. Nibh tempus adipiscing praesent magna nonummy, diam nisi, consectetur sem nisi, turpis praesent. Dolore pharetra volutpat lobortis ipsum id laoreet erat elit proin nunc pulvinar euismod. Laoreet, lorem mauris ante tempus felis mi erat nonummy diam magna consectetur sem. Dolore turpis aliquet, ante aliquam amet ullamcorper congue pharetra tellus nunc pulvinar euismod. Tincidunt lorem at, proin aliquam adipiscing mi tempus elit et erat at proin. Aliquam adipiscing aliquet dolore, lorem felis ante erat elit et ac at proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem dolore amet ullamcorper, tincidunt feugiat nonummy diam donec nonummy proin ac. Mauris proin aliquam, nonummy ullamcorper tincidunt feugiat molestie lobortis ipsum felis mi. Erat elit proin ac mauris ante aliquam sed mauris ante aliquam felis. Praesent magna dolor tellus ut sit, tellus nunc dolor volutpat lobortis, feugiat. Molestie proin aliquam elit et ac, consectetur at proin aliquam adipiscing praesent. Magna pharetra sem nisi ipsum id, tincidunt dolor volutpat tincidunt dolor non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa molestie laoreet ipsum id nibh. Lorem mauris ante, tempus felis, praesent. Magna consectetur diam magna, turpis aliquet. Dolore pulvinar euismod laoreet lorem volutpat. Massa sit molestie ante tempus, felis. Et lorem at proin nisi amet. Ullamcorper congue pharetra non ut feugiat. Molestie massa ipsum id tincidunt dolor. Volutpat volutpat lobortis lorem molestie massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sit aliquet dolore, pulvinar volutpat lobortis lorem, molestie massa, ipsum. Felis id laoreet ipsum id et lorem mauris ante lorem mauris. Ante erat, nonummy et ac elit proin aliquam adipiscing praesent donec. Nonummy diam congue pharetra, non sit, nonummy at euismod et nunc. Sed pharetra molestie praesent, congue lorem amet eget proin dolore sed. Turpis, molestie mi ac sit elit molestie praesent lorem sit tellus. Nunc dolor eget nibh lorem adipiscing mi erat felis mi erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum felis mi erat erat nonummy sem ut sit. Tellus nunc pulvinar euismod congue dolor volutpat, lobortis feugiat. Aliquet, nunc pulvinar id, laoreet lorem at ante ipsum. Felis euismod tincidunt dolor euismod tincidunt pharetra non nisi. Sit euismod tincidunt dolor volutpat lobortis feugiat molestie massa. Tempus elit mi erat, at proin ac, laoreet lorem. At tellus nunc, pulvinar volutpat, lobortis feugiat molestie ante. Ipsum felis mi erat id laoreet, sed eget massa. Tempus felis laoreet sed elit diam ac consectetur tellus. Dolore dolor euismod lobortis dolor mauris proin, aliquam, elit. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -314,51 +508,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 6</w:t>
+      <w:t>Page 10</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -842,51 +1036,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R36a9f630bc9f4abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f0710bee6c04dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc02f93ff6b2a4284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R16a9b5859c56451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R05bee235badb4199" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R493ed3592d1043a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfb0ceb44adec4509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdd96927e70b54256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rbb9bc2188b544e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4dd24c011afc4915" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>