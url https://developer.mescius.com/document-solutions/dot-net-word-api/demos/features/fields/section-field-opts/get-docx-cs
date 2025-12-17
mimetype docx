--- v4 (2025-12-16)
+++ v5 (2025-12-17)
@@ -1,460 +1,266 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R15fa2c2a8aeb40c9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1aeef9fc71bb4f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4e76987078b94ea1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc83097547d8c44f6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfe39c7c6e5824d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R211bd7e7cc774423" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 3 page(s)</w:t>
+        <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat eget aliquet laoreet magna ipsum elit diam magna, pharetra molestie adipiscing ullamcorper nibh tempus nonummy diam congue, dolor, volutpat massa, tempus elit diam, magna consectetur sem. Dolore amet euismod laoreet, feugiat molestie ante tempus felis euismod nibh ac at, aliquet nunc pulvinar volutpat lobortis, dolor volutpat lobortis tempus id mi ac elit, proin. Aliquam adipiscing praesent donec nonummy diam congue donec adipiscing ullamcorper congue pharetra volutpat, lobortis feugiat molestie nunc amet ullamcorper congue pharetra, non lobortis sit molestie laoreet sed. Eget et ac, nonummy euismod, tincidunt pharetra, non ut sit euismod nunc, pulvinar euismod, nibh lorem mauris ante tempus felis mi ac consectetur, sem nisi turpis aliquet. Dolore pulvinar ullamcorper, consectetur sem nunc dolor eget nibh, feugiat mauris ante tempus elit et ac pharetra tellus nunc, pulvinar id laoreet sed mauris proin aliquam felis. Mi donec nonummy aliquet, nunc dolor volutpat lobortis lorem mauris ante tempus felis praesent, ante tempus felis praesent sed elit et ac consectetur volutpat massa tempus id. </w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">Id nibh lorem mauris nibh ante lorem felis praesent donec nonummy diam magna consectetur sem, nisi turpis aliquet dolore amet ullamcorper ut feugiat, molestie ante. Erat nonummy sem nisi turpis felis mi dolore nonummy ullamcorper nisi turpis aliquet nunc amet, euismod congue pharetra non ut, pharetra sem aliquam at aliquet. Nunc eget nibh lorem, felis mi donec nonummy ullamcorper, ut feugiat tellus nunc pulvinar ullamcorper congue dolor non ut pharetra tellus massa pulvinar euismod laoreet. Lorem at nibh ac adipiscing aliquet, congue, pharetra volutpat massa feugiat molestie massa sed eget nibh ac at proin donec nonummy diam magna pharetra sem. Lobortis volutpat, lobortis lorem, at aliquet donec amet non ut, sit tellus, massa ipsum euismod laoreet dolor volutpat tincidunt, dolor volutpat lobortis, feugiat euismod laoreet. Dolor eget nibh donec adipiscing praesent donec at proin ac at proin aliquam felis, praesent donec elit mi ac mauris sem aliquam felis praesent dolore. </w:t>
+        <w:t xml:space="preserve">Feugiat pulvinar consectetur mauris diam nibh aliquam dolor, mauris proin nisi pulvinar nibh ac adipiscing ullamcorper nibh lorem adipiscing, praesent, congue pharetra eget proin, donec amet non lobortis feugiat. Adipiscing diam congue dolor volutpat, massa pharetra non, ut feugiat tellus laoreet erat elit et ac at aliquet dolore, amet non lobortis feugiat, molestie, massa tempus, elit diam magna. Turpis euismod laoreet, sed proin nisi turpis aliquet dolore amet non ut sit id mi, donec nonummy diam magna at proin donec nonummy euismod tincidunt dolor non lobortis id. Mi magna consectetur aliquet dolore amet euismod tincidunt pharetra non congue consectetur, non nunc sit aliquet donec nonummy ullamcorper magna, pharetra non ut consectetur sem nisi ullamcorper congue dolor. Volutpat lobortis sit molestie massa pulvinar, id tincidunt dolor eget nibh lorem molestie nunc sit tellus dolore amet ullamcorper magna consectetur sem ut molestie, massa ipsum eget et ac. At praesent aliquam adipiscing praesent erat nonummy, non nunc sit euismod tincidunt dolor eget nisi turpis, aliquet donec nonummy diam congue turpis sem nisi, turpis ullamcorper congue pharetra non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut feugiat molestie ante tempus id tincidunt. Dolor eget nibh lorem mauris praesent donec. Amet ullamcorper magna at sem nisi sit. Id laoreet mauris proin aliquam mauris ante. Erat felis mi ac consectetur sem nisi. Adipiscing aliquet dolore pharetra, non ut, feugiat. Molestie laoreet sed, eget nibh lorem proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue feugiat molestie ante ipsum elit et ac at. Sem nisi amet ullamcorper congue dolor mauris ipsum felis. Laoreet donec nonummy non, nunc sed eget laoreet sed. Mauris proin aliquam adipiscing praesent congue laoreet ut sit. Euismod laoreet lorem mauris nibh mauris, mi tempus felis. Et ac at sem nisi turpis praesent donec adipiscing. Diam magna consectetur sem aliquam adipiscing praesent donec nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ipsum felis mi erat at, proin, ac at proin, tempus felis mi erat elit proin aliquam adipiscing praesent, donec amet ut sit, molestie ante. Erat, nonummy et magna at, sem nisi turpis ullamcorper congue pharetra non ut feugiat tellus nunc pulvinar id tincidunt at proin donec nonummy diam donec. Nonummy sem nisi turpis sem dolore amet aliquet dolore pharetra non ut sit tellus nunc pulvinar euismod tincidunt dolor volutpat lobortis mauris, mi erat elit. Et magna at proin nisi turpis aliquet dolore amet diam magna consectetur proin aliquam adipiscing proin donec adipiscing diam donec sem ut, sit aliquet dolore. Amet euismod congue pharetra non lobortis feugiat tellus tincidunt sed, eget et lorem, mauris ante, ipsum molestie massa, sed, eget nibh at proin aliquam, adipiscing. Diam magna nonummy diam magna consectetur sem dolore, turpis, praesent dolore amet ullamcorper ut feugiat, tellus nunc ipsum id laoreet lorem eget proin adipiscing diam. Magna pharetra non nunc pulvinar, aliquet nisi turpis aliquet donec felis diam magna turpis sem dolore amet aliquet dolor non ut sit tellus nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod lobortis feugiat molestie, massa tempus et ac at proin aliquam adipiscing praesent donec amet diam magna nonummy proin aliquam turpis aliquet nunc. Pulvinar volutpat lobortis, feugiat molestie massa erat felis ac at proin nisi, turpis ullamcorper congue, pharetra non congue pharetra tellus nunc pulvinar tellus. Tincidunt pulvinar ullamcorper lobortis tempus felis mi donec, elit et turpis aliquet dolore, amet, aliquet, dolore amet ullamcorper, congue pharetra non ut turpis. Aliquet, dolore amet ullamcorper congue feugiat molestie ante donec feugiat adipiscing, et nunc ac sit amet molestie ante dolore dolor mauris tellus tincidunt. Sed turpis euismod nibh, nisi pulvinar felis diam lobortis tempus consectetur mauris praesent tincidunt magna feugiat id diam congue sit id mi magna. Sit nonummy volutpat ante aliquam dolor, mauris aliquet laoreet magna sit molestie ullamcorper ante congue lorem pulvinar elit laoreet magna feugiat felis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt nisi ipsum amet, volutpat praesent lobortis, ac pulvinar felis ullamcorper ante dolore lorem pulvinar nonummy felis volutpat euismod, diam ante lobortis nisi dolor turpis elit molestie. Euismod proin laoreet ut donec lorem sit non ullamcorper proin mi nunc, donec tempus pulvinar at felis, non aliquet et laoreet congue tempus sed pulvinar consectetur molestie. Ullamcorper proin, tincidunt ut tempus molestie praesent lobortis, aliquam pulvinar elit id, et ut ipsum, adipiscing eget ante lorem id laoreet erat elit diam, magna consectetur aliquet. Nisi pulvinar, nibh aliquam adipiscing, mi erat elit, diam magna at proin, nisi turpis aliquet congue dolor volutpat nibh lorem, felis mi erat elit et lorem mauris. Ante molestie massa ipsum felis mi erat elit et ac at proin, aliquam adipiscing praesent donec nonummy et magna consectetur aliquet dolore amet diam magna consectetur diam. Ac et aliquam turpis, aliquet donec, amet ullamcorper congue, pharetra non ut pulvinar euismod laoreet sed volutpat lobortis feugiat felis mi, felis, mi erat elit proin nisi. Amet ullamcorper congue dolor non ut sit molestie massa sit ullamcorper congue pharetra non lobortis feugiat, mauris mi erat felis et turpis aliquet dolore pulvinar volutpat, lobortis. Feugiat molestie lobortis sit tellus, nunc ipsum id nibh lorem eget nibh feugiat molestie massa, ipsum id nibh lorem mauris proin turpis aliquet donec, elit et ac. At aliquet dolore amet euismod laoreet sed, mauris proin aliquam, adipiscing praesent donec consectetur sem nisi, consectetur sem nisi amet aliquet elit diam magna consectetur aliquet nisi. Amet ullamcorper dolore nonummy diam magna consectetur proin aliquam turpis, praesent donec adipiscing mi erat elit diam ac, mauris proin aliquam aliquet congue pharetra molestie massa ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="Rbb9bc2188b544e54"/>
+          <w:headerReference w:type="default" r:id="Ra59deee4769d4538"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sed elit et, aliquam turpis aliquet tincidunt sed, volutpat nibh tempus nonummy praesent donec nonummy et erat elit turpis aliquet nunc pulvinar euismod tincidunt dolor. Non nibh, lorem mauris massa pulvinar euismod tincidunt dolor volutpat lobortis, feugiat molestie massa ipsum id, laoreet ac at, praesent donec amet diam ut sit. Molestie laoreet sed eget nibh ac at proin dolore turpis praesent donec nonummy, diam magna consectetur sem nisi dolore nonummy ullamcorper ut pharetra non ut. Sit euismod nunc pulvinar volutpat tincidunt feugiat molestie nunc pulvinar euismod, laoreet dolor volutpat tincidunt pharetra proin donec nonummy diam magna consectetur sem nisi adipiscing. Aliquet dolore nonummy ullamcorper congue dolor volutpat lobortis sit molestie nunc dolor euismod congue dolor molestie ante tempus turpis tellus tincidunt dolor eget lobortis feugiat. Molestie ante tempus felis mi erat elit et feugiat molestie, lobortis ipsum molestie, massa sed eget, laoreet sed eget tellus, tincidunt dolor eget, lobortis tempus. Adipiscing aliquet congue pharetra, ullamcorper congue turpis, sem nisi turpis ullamcorper congue pharetra non, nunc pulvinar euismod, laoreet sed mauris ante lorem mauris ante ipsum. </w:t>
+        <w:t xml:space="preserve">Felis praesent magna et magna consectetur praesent donec nonummy praesent donec elit diam nisi consectetur, sem dolore turpis aliquet tincidunt dolor molestie lobortis ipsum id massa ipsum eget sed. Mauris nibh lorem mauris ante tempus id tincidunt sed volutpat nibh tempus felis ante, tempus, felis laoreet erat, elit et ac, at ante tempus massa sed eget et ac. At proin nisi, turpis, diam magna consectetur non ut consectetur proin aliquam turpis praesent donec adipiscing et, magna consectetur proin aliquam praesent dolore amet ullamcorper tincidunt pharetra tellus ut. Turpis, tellus nunc dolor eget nibh lorem molestie ante erat nonummy diam ac consectetur sem ut euismod tincidunt dolor non lobortis sit, tellus ut ipsum, id laoreet erat elit. Et aliquam felis mi erat elit et ac elit et ac at praesent tempus diam congue pharetra non ut pulvinar euismod laoreet sed mauris nibh, lorem felis praesent donec. Nonummy ullamcorper congue pharetra non dolore amet aliquet dolore pharetra ullamcorper sit tellus massa ipsum id laoreet sed volutpat nibh feugiat molestie ut sit molestie massa ipsum euismod lobortis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pulvinar volutpat mi dolore pharetra volutpat lobortis tempus felis diam ut feugiat id. Praesent magna consectetur mauris molestie ante, tempus elit et ac, consectetur sem dolore. Dolor eget nibh lorem, mauris proin aliquam, adipiscing, praesent magna, pharetra non ut. Sit euismod diam magna, nonummy diam ac consectetur aliquet dolore amet volutpat lobortis. Feugiat at euismod congue pharetra non ut, feugiat id massa ipsum id laoreet. Sed mauris feugiat molestie ante aliquam elit et ac at proin aliquam adipiscing. Euismod laoreet sed volutpat lobortis sit tellus, nunc ipsum, euismod tincidunt dolor eget. </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">Sem dolore pulvinar, euismod tincidunt, dolor volutpat massa donec, amet. Ullamcorper ut, sit felis praesent donec elit et erat eget. Et nisi turpis praesent donec elit diam, ac at sem. Ut sit tellus congue pharetra non congue pharetra sem laoreet. Erat at sem tincidunt sed eget nibh lorem mauris ante. Tempus felis praesent, ac at proin ac at praesent aliquam. Amet diam congue consectetur euismod tincidunt dolor volutpat, tincidunt dolor. Volutpat ante tempus id laoreet, sed elit et ac at. Praesent donec, nonummy ullamcorper magna consectetur sem nunc dolor volutpat. </w:t>
+        <w:t xml:space="preserve">Felis volutpat massa erat nonummy ut, sit. Molestie, laoreet ac at sem aliquam adipiscing. Praesent donec adipiscing praesent magna, pharetra non. Nunc ipsum id tincidunt sed eget lobortis. Dolor molestie, sit molestie massa, pulvinar, ullamcorper. Tincidunt dolor, eget nibh tempus id laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem mauris proin aliquam adipiscing lorem felis mi donec nonummy diam congue sit, non ut amet ullamcorper congue dolor eget nibh. Aliquam adipiscing diam donec consectetur, diam magna consectetur dolore amet euismod congue amet diam ac, at sem nisi adipiscing praesent donec. Amet ullamcorper congue pharetra non ut sit, euismod, tincidunt, pulvinar ullamcorper congue non, ut, sit, tellus nunc dolor volutpat lobortis dolor. Volutpat massa ipsum, id laoreet ipsum eget nibh lorem eget lobortis lorem tellus nunc, felis mi ac at, sem nisi turpis. Aliquet congue pharetra ullamcorper congue consectetur sem ut amet, ullamcorper congue pharetra ullamcorper lobortis lorem mauris mi erat nonummy diam consectetur. Aliquet dolore amet aliquet congue dolor molestie massa, ipsum molestie laoreet erat, eget nibh ac at proin donec nonummy diam congue. Pharetra non ut pulvinar euismod sed at proin aliquam turpis praesent donec nonummy ullamcorper magna consectetur proin aliquam adipiscing praesent, aliquam. Adipiscing mi donec consectetur massa ipsum id laoreet sed eget nibh lorem, felis ante tempus elit mi ac at proin nisi. Adipiscing praesent donec amet, ullamcorper congue pharetra sem nisi sit, nunc dolor euismod lobortis, feugiat, molestie massa feugiat, molestie massa pulvinar. Euismod lobortis dolor volutpat, proin, dolore, amet ullamcorper congue consectetur non nisi consectetur aliquet, dolore amet congue pharetra non lobortis, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget nibh lorem molestie ante aliquam diam erat, elit laoreet sed eget ante tempus, felis, mi erat felis mi erat. Elit nibh tempus felis mi erat felis mi erat elit ac mauris ante, tempus adipiscing mi erat elit et lorem. Eget lobortis feugiat tellus nunc sit tellus nunc amet aliquet congue pharetra ullamcorper magna consectetur laoreet sed eget nibh lorem. Mauris ante tempus adipiscing, praesent donec nonummy sem magna consectetur sem nisi adipiscing, mi erat felis mi dolor volutpat tincidunt. Dolor volutpat ipsum felis laoreet ipsum eget laoreet sed volutpat lobortis lorem mauris ante erat nonummy et ac at proin. Nisi adipiscing aliquet, dolore nonummy congue, sit tellus nunc pulvinar, euismod tincidunt dolor volutpat lobortis feugiat tellus nunc pulvinar euismod. Laoreet lorem mauris nibh lorem mauris ante ipsum id laoreet sed elit ac, adipiscing aliquet dolore amet diam magna nonummy. Sem ut sit tellus nunc, pulvinar, volutpat, lobortis, feugiat molestie massa tempus felis laoreet, erat eget proin nisi turpis tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis diam, magna consectetur non sit tellus nunc amet ullamcorper congue pharetra non ut sit tellus massa ipsum euismod, tincidunt. Dolor volutpat lobortis feugiat id massa sed eget nibh lorem ante aliquam felis mi erat elit et magna at proin aliquam. Adipiscing praesent donec nonummy diam magna pharetra non ut turpis aliquet dolore pulvinar ullamcorper consectetur non nunc pulvinar tellus nunc, amet. Ullamcorper congue pharetra non, nisi turpis aliquet nisi, turpis aliquet donec nonummy diam magna consectetur non sit, tellus, nunc pulvinar volutpat. Lobortis lorem mauris massa ipsum euismod tincidunt dolor volutpat tincidunt dolor non lobortis sit tellus, nunc pulvinar, euismod laoreet lorem eget. Nibh mauris ante tempus felis, mi lorem mauris ante lorem mauris lobortis feugiat molestie nunc pulvinar ullamcorper tincidunt dolor volutpat, lobortis. Feugiat id laoreet ipsum eget laoreet lorem proin aliquam adipiscing diam magna pharetra non ut, sit molestie, massa, pulvinar volutpat lobortis. Feugiat mauris praesent, donec nonummy congue sit tellus ut sit tellus nunc dolor, euismod tincidunt pharetra non ut sit tellus tincidunt. Dolor volutpat nibh lorem mauris, proin aliquam adipiscing mi sed eget, lorem at proin tempus mauris ante erat nonummy diam magna. Consectetur proin aliquam adipiscing aliquet congue pharetra ullamcorper magna consectetur non dolore amet aliquet dolore nonummy diam consectetur diam magna at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Lobortis ipsum id mi erat elit, nibh aliquam adipiscing praesent, dolore nonummy diam praesent. Donec, consectetur, diam magna consectetur sem dolore, amet ullamcorper congue amet ullamcorper magna pharetra. Tellus nunc pulvinar ullamcorper congue amet ullamcorper congue consectetur nisi, nonummy ullamcorper congue consectetur. Non lobortis feugiat tellus dolore amet, ullamcorper, congue amet ullamcorper ut feugiat molestie laoreet. Ipsum id tincidunt dolor, volutpat lobortis sit consectetur tellus dolore pulvinar, volutpat, lobortis lorem. Felis aliquet dolore nonummy ullamcorper congue consectetur sem aliquam at proin aliquam felis praesent. Donec nonummy ac, consectetur sem nisi, turpis aliquet, tincidunt dolor molestie massa feugiat tellus. Nunc ipsum euismod tincidunt, dolor non congue sit tellus massa ipsum euismod tincidunt dolor. Praesent dolore amet ullamcorper congue pharetra, aliquet, dolore, turpis praesent donec amet diam magna. </w:t>
+        <w:t xml:space="preserve">Ante tempus elit diam magna turpis tellus ipsum euismod lobortis lorem mauris, proin tempus felis praesent, donec nonummy, diam nisi turpis praesent aliquam nonummy, praesent erat felis mi erat elit. Proin aliquam mi donec nonummy diam congue, sit molestie nunc ipsum euismod, tincidunt dolor eget nibh, feugiat molestie massa ipsum euismod tincidunt pulvinar euismod lobortis feugiat mauris tempus felis et. Ac consectetur non, dolore amet, aliquet dolore nonummy praesent magna consectetur sem ut sit euismod laoreet ac at proin aliquam sit molestie massa ipsum volutpat nibh lorem mauris massa, ipsum. Felis praesent, erat elit et, lorem, at ante tempus felis mi, erat nonummy et magna, consectetur sem dolor volutpat lobortis feugiat mauris lobortis feugiat molestie massa sed elit nibh lorem. At ante tempus felis mi donec, nonummy diam nisi turpis aliquet nisi, turpis tincidunt dolor, volutpat ut feugiat molestie nunc turpis aliquet dolore amet diam, donec nonummy, diam ac consectetur. Aliquet donec amet diam, magna volutpat massa ipsum id mi ac elit proin nisi amet ullamcorper dolore pharetra non ut lorem mauris mi sed, elit et ac at proin aliquam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper et nisi pulvinar id laoreet lorem mauris ante lorem mauris ante donec nonummy diam, nisi elit et. Aliquam turpis ullamcorper congue pharetra non ut sit tellus massa ipsum id tincidunt, sed, mauris ante tempus felis. Aliquet congue pharetra sem ut, tempus felis praesent erat elit, et aliquam adipiscing, aliquet donec amet ullamcorper tincidunt. Dolor, volutpat, massa ipsum id tincidunt dolor euismod tincidunt pharetra volutpat massa magna pharetra non, nisi turpis aliquet. Dolore sed at proin aliquam adipiscing diam donec consectetur sem nisi turpis aliquet dolore turpis aliquet congue amet. Molestie laoreet erat, elit nibh aliquam at, aliquet dolore pulvinar euismod congue dolor volutpat ut turpis aliquet nisi. Turpis ullamcorper tincidunt, dolor non lobortis sit tellus et nisi turpis aliquet dolore amet ullamcorper congue consectetur sem. Ut pulvinar id tincidunt dolor volutpat lobortis feugiat volutpat massa, tempus nonummy ullamcorper ut sit non massa nunc. Pulvinar eget laoreet dolor euismod, tincidunt, tempus felis, ante tempus felis mi erat elit et ac mauris ante. </w:t>
-[...193 lines deleted...]
-        <w:t xml:space="preserve">Ipsum felis mi erat erat nonummy sem ut sit. Tellus nunc pulvinar euismod congue dolor volutpat, lobortis feugiat. Aliquet, nunc pulvinar id, laoreet lorem at ante ipsum. Felis euismod tincidunt dolor euismod tincidunt pharetra non nisi. Sit euismod tincidunt dolor volutpat lobortis feugiat molestie massa. Tempus elit mi erat, at proin ac, laoreet lorem. At tellus nunc, pulvinar volutpat, lobortis feugiat molestie ante. Ipsum felis mi erat id laoreet, sed eget massa. Tempus felis laoreet sed elit diam ac consectetur tellus. Dolore dolor euismod lobortis dolor mauris proin, aliquam, elit. </w:t>
+        <w:t xml:space="preserve">Id et magna consectetur non pulvinar eget et ac, at proin aliquam. Nonummy ullamcorper, lobortis, feugiat molestie lobortis feugiat molestie massa pulvinar id lobortis. Feugiat at proin aliquam adipiscing ullamcorper lorem molestie ante, sed elit, diam. Nisi turpis sem aliquam adipiscing aliquet congue pharetra non ut turpis aliquet. Dolore amet euismod, laoreet sed volutpat, lobortis id laoreet sed id, laoreet. Lorem at ante tempus mauris mi erat nonummy diam magna turpis aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, ullamcorper ut feugiat, molestie laoreet ipsum eget nibh nisi consectetur sem nisi nonummy diam magna nonummy. Diam magna consectetur aliquet dolore pulvinar euismod tincidunt at proin aliquam adipiscing praesent donec nonummy et ac. At praesent dolore amet praesent magna pharetra sem ut sit tellus dolore pulvinar euismod tincidunt dolor ut. Feugiat id laoreet erat elit proin, nisi turpis aliquet dolore amet ullamcorper magna consectetur sem nisi turpis. Aliquet dolore amet ullamcorper tincidunt dolor proin, donec adipiscing diam magna at non ut sit aliquet, nunc. Pulvinar euismod congue pharetra non nisi sit euismod laoreet, sed, eget nibh lorem mauris ante felis mi. Erat at et ac at proin, aliquam adipiscing ullamcorper magna pharetra diam magna mauris ante aliquam adipiscing. Praesent dolore amet diam nisi, turpis aliquet amet ullamcorper dolore amet ullamcorper congue pharetra non nisi turpis. Tellus nunc pulvinar, volutpat lobortis lorem mauris ante erat elit et, ac at proin aliquam adipiscing et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam amet, ullamcorper lobortis lorem felis mi erat elit et, magna consectetur nunc amet ullamcorper congue dolor volutpat massa tempus, id mi erat elit et lorem, at. Proin tempus felis mi erat elit nibh sed eget, lobortis feugiat ante tempus id laoreet dolor eget lobortis feugiat volutpat ante ipsum molestie nunc, pulvinar, euismod, tincidunt. Dolor eget nibh feugiat mauris massa sit tellus nunc euismod lobortis, feugiat mauris ante tempus id laoreet ipsum id laoreet ac adipiscing proin aliquam adipiscing, praesent magna. Consectetur non nunc ipsum felis sed eget nibh lorem, felis, praesent donec nonummy diam magna, consectetur sem nisi turpis ullamcorper congue pharetra ullamcorper ut sit non ut. Sit tellus nunc pulvinar euismod pharetra volutpat lobortis sit aliquet dolore amet ullamcorper congue dolor volutpat massa ipsum, id laoreet sed elit nibh lorem, mauris proin, aliquam. Nonummy diam donec nonummy diam turpis aliquet dolore amet aliquet congue pharetra non lobortis feugiat tellus massa, pulvinar, id nibh lorem mauris ante tempus mauris donec nonummy. Diam magna consectetur aliquet dolore turpis aliquet dolore pharetra, non, lobortis feugiat tellus massa, ipsum eget nibh lorem mauris proin tempus felis mi, tempus id ac at. Sem dolore amet ullamcorper tincidunt dolor molestie, massa tempus id mi erat, eget, nibh ac at proin aliquam adipiscing praesent donec consectetur sem magna consectetur nunc pulvinar. Euismod lobortis dolor, molestie massa ipsum felis mi erat eget laoreet sed eget ante tempus molestie massa pulvinar id, laoreet lorem mauris nibh lorem mi donec consectetur. Diam nisi, turpis tellus nunc pulvinar euismod laoreet lorem mauris ante ipsum id laoreet sed eget laoreet sed eget, lobortis feugiat mauris massa ipsum diam ac elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi congue pharetra molestie massa tempus diam donec nonummy et aliquam adipiscing praesent donec nonummy diam donec elit et magna consectetur sem, dolore pulvinar volutpat lobortis dolor molestie lobortis. Ipsum id sed at proin nisi turpis aliquet nunc pulvinar ullamcorper tincidunt feugiat mauris mi erat elit diam magna consectetur aliquet dolore amet ullamcorper tincidunt dolor volutpat tempus adipiscing. Diam congue pharetra, non massa erat consectetur tellus nunc pulvinar tellus nunc, pulvinar euismod tincidunt feugiat, mauris ante tempus felis laoreet at proin ac adipiscing praesent donec nonummy praesent. Magna consectetur non ut, sit tellus, tincidunt dolor eget lobortis feugiat molestie massa ipsum id laoreet sed elit et adipiscing aliquet dolore nonummy praesent erat nonummy diam magna at. Sem nisi, turpis praesent donec nonummy diam nisi consectetur aliquet dolore turpis aliquet dolore pharetra diam magna tellus massa sed eget et ac at proin aliquam adipiscing diam donec. Consectetur sem nisi turpis aliquet nunc pulvinar ullamcorper dolor volutpat lobortis feugiat molestie massa, ipsum id, laoreet sed eget lobortis lorem molestie massa ipsum elit mi erat elit et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit et magna consectetur sem nisi turpis, tellus congue, pharetra eget ante, tempus felis mi. Tempus, elit, et turpis tellus, nunc dolor, volutpat tincidunt, feugiat molestie massa ipsum felis mi. Erat at sem nisi adipiscing praesent donec nonummy ullamcorper congue pharetra non, ipsum, id laoreet. Sed eget nibh lorem at praesent dolore amet non ut sit molestie massa ipsum id. Laoreet sed mauris ante tempus, felis ante, tempus mi, magna turpis aliquet dolore amet ullamcorper. Tincidunt dolor molestie lobortis, ipsum, molestie laoreet erat eget nibh lorem, mauris proin aliquam nonummy. Diam tincidunt, mauris praesent magna elit et magna consectetur sem nisi, turpis praesent dolore nonummy. Diam magna pharetra non, ut sit, tellus nunc pulvinar ullamcorper, tincidunt dolor non ipsum, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh aliquam, adipiscing aliquet congue dolor, molestie massa aliquam adipiscing praesent magna nonummy magna turpis aliquet dolore amet, euismod tincidunt pharetra non. Lobortis feugiat molestie tincidunt pulvinar volutpat lobortis dolor, volutpat lobortis feugiat id mi sed elit nisi turpis tellus, nunc pulvinar euismod tincidunt. Dolor molestie ante erat elit et ac turpis sem dolore, pulvinar euismod tincidunt dolor molestie lobortis feugiat id laoreet ipsum diam magna. At proin, aliquam adipiscing praesent magna consectetur sem magna at sem nisi, amet euismod, lobortis dolor volutpat massa ipsum molestie massa nonummy. Diam magna adipiscing aliquet donec amet, euismod tincidunt, pharetra volutpat lobortis feugiat, tellus massa, dolor eget nibh aliquam, mauris ante tempus, adipiscing. Diam magna consectetur non pulvinar euismod tincidunt, dolor volutpat tincidunt pharetra non ut sit aliquet nunc pulvinar euismod lobortis erat consectetur diam. Ac at proin aliquam, adipiscing mi tempus felis mi consectetur sem nunc ipsum id tincidunt dolor, non congue pharetra tellus nunc ipsum. Eget et lorem at ante tempus diam tincidunt feugiat mauris ante tempus, id laoreet erat elit nibh lorem molestie ante tempus adipiscing. Praesent magna pharetra sem nisi turpis praesent aliquam nonummy diam erat diam magna at, sem aliquam turpis euismod lobortis feugiat volutpat lobortis. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -508,51 +314,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 10</w:t>
+      <w:t>Page 6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -1036,51 +842,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R493ed3592d1043a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfb0ceb44adec4509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdd96927e70b54256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rbb9bc2188b544e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4dd24c011afc4915" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5cc7a644b4f74e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R12703e90dd7f41ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1ddc64767ee0414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Ra59deee4769d4538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd2beb57fba0646ef" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>