--- v5 (2025-12-17)
+++ v6 (2025-12-19)
@@ -1,266 +1,363 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc83097547d8c44f6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfe39c7c6e5824d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R211bd7e7cc774423" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4438f06172c540da" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R78bf7110317644de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6d5bb727721e4559" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat pulvinar consectetur mauris diam nibh aliquam dolor, mauris proin nisi pulvinar nibh ac adipiscing ullamcorper nibh lorem adipiscing, praesent, congue pharetra eget proin, donec amet non lobortis feugiat. Adipiscing diam congue dolor volutpat, massa pharetra non, ut feugiat tellus laoreet erat elit et ac at aliquet dolore, amet non lobortis feugiat, molestie, massa tempus, elit diam magna. Turpis euismod laoreet, sed proin nisi turpis aliquet dolore amet non ut sit id mi, donec nonummy diam magna at proin donec nonummy euismod tincidunt dolor non lobortis id. Mi magna consectetur aliquet dolore amet euismod tincidunt pharetra non congue consectetur, non nunc sit aliquet donec nonummy ullamcorper magna, pharetra non ut consectetur sem nisi ullamcorper congue dolor. Volutpat lobortis sit molestie massa pulvinar, id tincidunt dolor eget nibh lorem molestie nunc sit tellus dolore amet ullamcorper magna consectetur sem ut molestie, massa ipsum eget et ac. At praesent aliquam adipiscing praesent erat nonummy, non nunc sit euismod tincidunt dolor eget nisi turpis, aliquet donec nonummy diam congue turpis sem nisi, turpis ullamcorper congue pharetra non. </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Tincidunt nisi ipsum amet, volutpat praesent lobortis, ac pulvinar felis ullamcorper ante dolore lorem pulvinar nonummy felis volutpat euismod, diam ante lobortis nisi dolor turpis elit molestie. Euismod proin laoreet ut donec lorem sit non ullamcorper proin mi nunc, donec tempus pulvinar at felis, non aliquet et laoreet congue tempus sed pulvinar consectetur molestie. Ullamcorper proin, tincidunt ut tempus molestie praesent lobortis, aliquam pulvinar elit id, et ut ipsum, adipiscing eget ante lorem id laoreet erat elit diam, magna consectetur aliquet. Nisi pulvinar, nibh aliquam adipiscing, mi erat elit, diam magna at proin, nisi turpis aliquet congue dolor volutpat nibh lorem, felis mi erat elit et lorem mauris. Ante molestie massa ipsum felis mi erat elit et ac at proin, aliquam adipiscing praesent donec nonummy et magna consectetur aliquet dolore amet diam magna consectetur diam. Ac et aliquam turpis, aliquet donec, amet ullamcorper congue, pharetra non ut pulvinar euismod laoreet sed volutpat lobortis feugiat felis mi, felis, mi erat elit proin nisi. Amet ullamcorper congue dolor non ut sit molestie massa sit ullamcorper congue pharetra non lobortis feugiat, mauris mi erat felis et turpis aliquet dolore pulvinar volutpat, lobortis. Feugiat molestie lobortis sit tellus, nunc ipsum id nibh lorem eget nibh feugiat molestie massa, ipsum id nibh lorem mauris proin turpis aliquet donec, elit et ac. At aliquet dolore amet euismod laoreet sed, mauris proin aliquam, adipiscing praesent donec consectetur sem nisi, consectetur sem nisi amet aliquet elit diam magna consectetur aliquet nisi. Amet ullamcorper dolore nonummy diam magna consectetur proin aliquam turpis, praesent donec adipiscing mi erat elit diam ac, mauris proin aliquam aliquet congue pharetra molestie massa ipsum. </w:t>
+        <w:t xml:space="preserve">At molestie euismod, nibh aliquam dolor mauris euismod laoreet lobortis tempus nonummy, molestie massa aliquam adipiscing ullamcorper feugiat id mi donec consectetur diam magna consectetur tellus. Laoreet lorem at ante tempus mauris ante tempus, felis mi ac consectetur aliquet dolore turpis aliquet pharetra volutpat lobortis lorem molestie laoreet sed elit et ac. At sem nunc amet ullamcorper congue pharetra non nisi turpis, aliquet nisi turpis aliquet dolore amet ullamcorper laoreet lorem at praesent dolore amet, ullamcorper, tincidunt feugiat. Molestie ante tempus elit, et erat, at proin aliquam, turpis aliquet dolore nonummy ullamcorper pharetra non ut pulvinar eget nibh lorem mauris ante aliquam felis ante. Donec consectetur non ut sit, id mi erat consectetur proin nisi, turpis, praesent, dolore amet ut feugiat tellus nunc pulvinar euismod tincidunt lorem mauris proin tempus. Adipiscing aliquet, dolore pharetra sem ut feugiat molestie nunc ipsum id laoreet lorem volutpat lobortis sit massa ipsum id, laoreet, ac consectetur sem aliquam turpis, diam. Congue, feugiat, molestie massa feugiat molestie laoreet, ipsum euismod pharetra volutpat lobortis feugiat id mi erat elit et ac mauris, ante, tempus felis mi erat elit. Et ac at sem aliquam at ante tempus elit et consectetur non nisi sit tellus nunc amet non ut sit, tellus massa pulvinar id tincidunt dolor. Eget nibh tempus, felis mi erat elit et erat elit laoreet volutpat lobortis sit molestie massa pulvinar euismod tincidunt sed eget lobortis feugiat volutpat lobortis pulvinar. Euismod laoreet sed eget lobortis lorem at ante donec, nonummy diam, magna non nisi sit tellus tincidunt pulvinar, euismod tincidunt dolor tellus ut, sit, aliquet nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, elit proin aliquam turpis aliquet congue pharetra volutpat lobortis lorem felis mi erat elit et lorem mauris nibh. Lorem, mauris dolore, amet non ut sit aliquet nisi amet ullamcorper congue, amet non ut sit tellus nunc pulvinar. Id laoreet dolor eget nibh tempus felis congue, dolor volutpat lobortis feugiat tellus nunc pulvinar id laoreet sed volutpat. Ut sit non nunc pulvinar euismod laoreet pulvinar euismod, tincidunt dolor tellus ut, turpis euismod dolor, volutpat lobortis feugiat. Mauris ante tempus elit diam ac at proin aliquam adipiscing praesent aliquam nonummy ullamcorper ut pharetra sem ut turpis. Nunc pulvinar volutpat tincidunt feugiat molestie, massa ipsum, id laoreet sed eget nibh lorem mauris proin tempus id laoreet. Ipsum euismod laoreet dolor volutpat lobortis feugiat mauris erat elit et magna consectetur sem nisi at ante aliquam adipiscing. Mi ac elit et lorem mauris nibh feugiat mauris massa ipsum, id nibh ac, at proin, adipiscing aliquet dolore. Nonummy diam magna, pharetra tellus nunc amet euismod tincidunt dolor volutpat lobortis feugiat tellus massa ipsum id dolor mauris. Proin nisi adipiscing aliquet dolore amet diam ac consectetur sem aliquam, at praesent donec nonummy diam magna, nonummy sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed mauris nibh tempus mauris mi donec nonummy diam nisi. Consectetur aliquet nunc pulvinar ullamcorper congue amet congue sit tellus. Massa ipsum euismod laoreet sed eget nibh feugiat molestie, massa. Ipsum id mi erat at proin nisi turpis aliquet, donec. Nonummy ac at non nunc pulvinar id laoreet sed, eget. Nibh feugiat, molestie massa ipsum felis et, ac at nibh. Ac mauris, mi donec nonummy, diam congue sit massa sed. Elit, sem ut pulvinar euismod nunc pulvinar diam magna nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem nisi amet ullamcorper, congue at proin donec nonummy ullamcorper, congue, pharetra tellus. Nunc, pulvinar euismod, laoreet sed mauris, ante aliquam adipiscing diam magna consectetur sem. Nisi turpis tellus nunc id, lobortis lorem mauris ante tempus, adipiscing diam congue. Consectetur non nunc sit euismod tincidunt dolor eget lobortis, lorem mauris ante ipsum. Id laoreet elit nibh ac at praesent, donec nonummy ullamcorper congue pharetra non. Ut sit euismod nunc pulvinar volutpat lobortis dolor, volutpat massa feugiat id laoreet. Eget et aliquam at ante tempus, felis mi ac at proin aliquam adipiscing. Praesent aliquam adipiscing mi, donec nonummy diam magna, at sem aliquam adipiscing praesent. Amet non ut, feugiat molestie nunc pulvinar ullamcorper congue pharetra ullamcorper ut sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod laoreet dolor tincidunt dolor molestie ante tempus, felis mi ac at proin nisi amet. Ullamcorper tincidunt sed eget, nibh tempus felis laoreet erat eget laoreet sed nibh feugiat molestie. Ante erat elit et ac at proin lorem at proin tempus felis diam, congue feugiat. Molestie massa ipsum id nibh lorem at aliquam turpis diam donec nonummy et nisi sit. Aliquet nisi turpis aliquet dolore amet ullamcorper congue pharetra, sem nunc pulvinar euismod laoreet, dolor. Eget nibh lorem mauris donec nonummy diam nisi turpis aliquet dolore pulvinar euismod, lobortis dolor. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="Ra59deee4769d4538"/>
+          <w:headerReference w:type="default" r:id="Reb54306adfcc4a24"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Felis praesent magna et magna consectetur praesent donec nonummy praesent donec elit diam nisi consectetur, sem dolore turpis aliquet tincidunt dolor molestie lobortis ipsum id massa ipsum eget sed. Mauris nibh lorem mauris ante tempus id tincidunt sed volutpat nibh tempus felis ante, tempus, felis laoreet erat, elit et ac, at ante tempus massa sed eget et ac. At proin nisi, turpis, diam magna consectetur non ut consectetur proin aliquam turpis praesent donec adipiscing et, magna consectetur proin aliquam praesent dolore amet ullamcorper tincidunt pharetra tellus ut. Turpis, tellus nunc dolor eget nibh lorem molestie ante erat nonummy diam ac consectetur sem ut euismod tincidunt dolor non lobortis sit, tellus ut ipsum, id laoreet erat elit. Et aliquam felis mi erat elit et ac elit et ac at praesent tempus diam congue pharetra non ut pulvinar euismod laoreet sed mauris nibh, lorem felis praesent donec. Nonummy ullamcorper congue pharetra non dolore amet aliquet dolore pharetra ullamcorper sit tellus massa ipsum id laoreet sed volutpat nibh feugiat molestie ut sit molestie massa ipsum euismod lobortis. </w:t>
+        <w:t xml:space="preserve">Non nunc sit dolore pharetra, non lobortis feugiat mauris ante erat, nonummy diam magna at proin nisi amet ullamcorper congue amet volutpat ut sit tellus. Massa sed sem, nisi adipiscing aliquet dolore amet ullamcorper tincidunt, dolor volutpat ut sit tellus tincidunt pulvinar volutpat et aliquam adipiscing praesent donec elit et. Ac consectetur nisi turpis aliquet aliquam adipiscing praesent erat eget et, ac at sem nunc pulvinar euismod lobortis feugiat molestie massa ipsum molestie massa sed. Eget, et ac turpis donec amet diam congue sit molestie, massa ipsum id laoreet sed elit proin tempus mauris mi erat elit mi erat elit. Nibh, ac praesent donec nonummy diam donec, consectetur diam magna consectetur aliquet nisi, amet euismod tincidunt dolor non ut sit tellus nunc pulvinar euismod tincidunt. Dolor molestie massa ipsum, mi sed elit et magna at sem donec nonummy mi donec elit et, magna turpis aliquet nunc pulvinar ullamcorper, congue amet. Ullamcorper congue pharetra non ut pulvinar diam aliquam adipiscing proin dolore dolor volutpat lobortis feugiat volutpat ut feugiat tellus nunc, pulvinar, volutpat lobortis feugiat volutpat. Lobortis, amet volutpat lobortis ipsum id laoreet, ipsum eget nibh, sed eget lobortis lorem mauris ante tempus, euismod tincidunt dolor volutpat lobortis feugiat molestie lobortis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Felis volutpat massa erat nonummy ut, sit. Molestie, laoreet ac at sem aliquam adipiscing. Praesent donec adipiscing praesent magna, pharetra non. Nunc ipsum id tincidunt sed eget lobortis. Dolor molestie, sit molestie massa, pulvinar, ullamcorper. Tincidunt dolor, eget nibh tempus id laoreet. </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Feugiat felis diam, magna consectetur non sit tellus nunc amet ullamcorper congue pharetra non ut sit tellus massa ipsum euismod, tincidunt. Dolor volutpat lobortis feugiat id massa sed eget nibh lorem ante aliquam felis mi erat elit et magna at proin aliquam. Adipiscing praesent donec nonummy diam magna pharetra non ut turpis aliquet dolore pulvinar ullamcorper consectetur non nunc pulvinar tellus nunc, amet. Ullamcorper congue pharetra non, nisi turpis aliquet nisi, turpis aliquet donec nonummy diam magna consectetur non sit, tellus, nunc pulvinar volutpat. Lobortis lorem mauris massa ipsum euismod tincidunt dolor volutpat tincidunt dolor non lobortis sit tellus, nunc pulvinar, euismod laoreet lorem eget. Nibh mauris ante tempus felis, mi lorem mauris ante lorem mauris lobortis feugiat molestie nunc pulvinar ullamcorper tincidunt dolor volutpat, lobortis. Feugiat id laoreet ipsum eget laoreet lorem proin aliquam adipiscing diam magna pharetra non ut, sit molestie, massa, pulvinar volutpat lobortis. Feugiat mauris praesent, donec nonummy congue sit tellus ut sit tellus nunc dolor, euismod tincidunt pharetra non ut sit tellus tincidunt. Dolor volutpat nibh lorem mauris, proin aliquam adipiscing mi sed eget, lorem at proin tempus mauris ante erat nonummy diam magna. Consectetur proin aliquam adipiscing aliquet congue pharetra ullamcorper magna consectetur non dolore amet aliquet dolore nonummy diam consectetur diam magna at. </w:t>
+        <w:t xml:space="preserve">Lorem amet ullamcorper tincidunt feugiat massa, ipsum felis et ac elit proin aliquam, at praesent donec adipiscing ullamcorper congue sit tellus nunc. Ipsum, id tincidunt dolor volutpat nibh lorem praesent dolore dolor molestie massa aliquam adipiscing diam, magna, pharetra non ut sit tellus nunc. Dolor volutpat lobortis lorem mauris massa ipsum felis mi erat sem nisi turpis praesent dolore nonummy diam ac consectetur sem, nisi turpis. Aliquet nunc pulvinar non ut pharetra non nunc pulvinar id mi sed eget nibh felis mi erat elit et ac at, proin. Nisi sit id laoreet lorem mauris ante tempus adipiscing, praesent donec, elit mi erat mauris nibh mauris ante tempus felis et erat. Elit et ac mauris, massa, tempus felis praesent donec elit, diam magna at proin aliquam adipiscing praesent donec nonummy mi ac, sem. Dolore, amet aliquet tincidunt dolor molestie massa, tempus, felis mi erat nonummy diam magna adipiscing praesent, donec adipiscing mi erat elit laoreet. Erat at sem nisi aliquet dolore amet diam magna pharetra tellus laoreet sed eget laoreet, sed mauris nibh lorem felis mi erat. Elit et turpis sem nisi amet ullamcorper tincidunt pharetra ullamcorper ut pharetra tellus massa ipsum, euismod laoreet dolor volutpat ut consectetur sem. Nisi turpis tellus nunc amet ullamcorper magna, mauris ante tempus elit et erat elit et lorem mauris proin donec nonummy diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus laoreet, ac consectetur aliquet dolore amet ullamcorper tincidunt feugiat molestie massa. Tempus, id mi erat at, sem massa ipsum id aliquam, at ante. Tempus felis praesent erat nonummy diam ac, at proin aliquam turpis aliquet. Congue, pharetra non ut ipsum id laoreet sed elit et adipiscing aliquet. Donec amet diam magna dolor tellus massa pulvinar euismod, laoreet sed eget. Proin nisi turpis aliquet dolore amet diam congue pharetra tellus nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec consectetur non massa tempus elit et erat elit et. Ac adipiscing aliquet dolore nonummy ullamcorper congue proin ut, pulvinar. Id, nibh lorem mauris ante tempus felis praesent magna consectetur. Diam magna consectetur sem, nisi pulvinar ullamcorper congue pharetra non. Congue molestie laoreet sed eget laoreet sed mauris ante, tempus. Adipiscing diam magna consectetur non nunc sit tellus nunc dolor. Eget nibh lorem at proin aliquam nonummy diam pharetra non. Ut pulvinar id laoreet sed volutpat lobortis feugiat mauris massa. Ipsum felis mi erat elit nibh feugiat felis mi erat. Elit ut sit id laoreet sed id nibh lorem, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi magna nonummy diam magna consectetur sem. Amet ullamcorper tincidunt dolor volutpat lobortis feugiat. Molestie laoreet erat elit proin ac adipiscing. Aliquet, dolore amet volutpat lobortis aliquam adipiscing. Praesent donec nonummy diam turpis aliquet nunc. Amet id tincidunt dolor volutpat, ut sit. Tellus massa ipsum euismod tincidunt dolor volutpat. Proin aliquam adipiscing diam donec nonummy diam. Sit molestie massa dolor elit proin ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie laoreet sed eget laoreet lorem, mauris nibh aliquam, adipiscing tempus pharetra non lobortis, sit euismod tincidunt pulvinar ullamcorper, tincidunt feugiat mauris ante tempus id. Mi erat at, proin aliquam adipiscing aliquet dolore amet praesent donec diam, nisi consectetur sem nisi adipiscing praesent donec nonummy ullamcorper congue pharetra non nunc. Pulvinar id laoreet sed eget nibh lorem mauris praesent magna, pharetra ante tempus, felis et magna consectetur tellus massa, ipsum, eget lobortis, feugiat mauris ante. Tempus nonummy diam, magna consectetur sem nisi turpis aliquet, pulvinar volutpat lobortis feugiat mauris ante tempus elit diam magna consectetur proin aliquam, at massa, ipsum. Id, laoreet donec at sem ut sit tellus donec nonummy mi feugiat molestie ante tempus id laoreet dolor volutpat lobortis feugiat at proin donec amet. Diam congue pharetra non ut sit euismod laoreet dolor eget, nibh lorem mauris donec nonummy sem nisi, turpis aliquet dolore amet ullamcorper congue feugiat nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit felis at adipiscing mauris tellus et. Nunc, pulvinar euismod laoreet erat volutpat lobortis. Lorem mauris mi donec nonummy diam magna. Consectetur sem nisi turpis, aliquet dolor eget. Lobortis lorem molestie nunc pulvinar euismod laoreet. Dolor eget, ante tempus adipiscing praesent, erat. Nonummy et, ac at, sem nunc ipsum. Eget laoreet at aliquet dolore pulvinar non. Ut sit tellus nunc pulvinar euismod tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore amet ullamcorper tincidunt dolor massa tempus felis praesent donec at et ac adipiscing praesent dolore amet, ullamcorper magna, pharetra non nunc pulvinar tellus nunc pulvinar. Euismod lobortis feugiat molestie donec nonummy diam magna consectetur proin nisi adipiscing, praesent dolore nonummy, ullamcorper magna consectetur non magna consectetur sem aliquam felis ante erat. Elit diam magna id, laoreet ipsum id tincidunt dolor volutpat ante feugiat mauris massa ipsum id laoreet dolor volutpat lobortis feugiat mauris mi erat, felis et. Magna tellus massa ipsum elit proin nisi turpis aliquet dolore amet non ut sit, non nunc pulvinar tellus laoreet, erat eget nibh feugiat volutpat massa ipsum. Id magna at sem nisi turpis aliquet donec adipiscing praesent, donec elit et ac at ante tempus, mauris ante tempus elit et ac elit proin ac. At praesent pharetra volutpat ut pharetra tellus, ut sit tellus nunc dolor non ut pharetra non ut turpis aliquet, nisi turpis aliquet, dolore amet sem nisi. Turpis aliquet, dolore elit proin aliquam turpis tellus dolore amet diam magna pharetra sem, nisi turpis sem nisi felis praesent erat, elit et turpis tellus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem at praesent dolore, amet volutpat ante tempus, felis mi felis laoreet lorem mauris. Ante tempus mauris praesent, erat elit diam congue turpis sem, nisi turpis aliquet dolore. Pharetra non ut pharetra non ut sit tincidunt dolor eget nibh feugiat molestie ante. Erat, elit, sem nisi turpis tellus nunc amet euismod laoreet aliquam adipiscing praesent donec. Amet non ut, pharetra volutpat nibh, tempus mauris mi tempus felis, mi ac elit. Et lorem mauris ante ipsum id laoreet sed, id nibh lorem mauris nibh lorem. Ullamcorper tincidunt consectetur non nisi turpis tellus, tincidunt dolor volutpat nibh lorem mauris ante. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ante tempus elit diam magna turpis tellus ipsum euismod lobortis lorem mauris, proin tempus felis praesent, donec nonummy, diam nisi turpis praesent aliquam nonummy, praesent erat felis mi erat elit. Proin aliquam mi donec nonummy diam congue, sit molestie nunc ipsum euismod, tincidunt dolor eget nibh, feugiat molestie massa ipsum euismod tincidunt pulvinar euismod lobortis feugiat mauris tempus felis et. Ac consectetur non, dolore amet, aliquet dolore nonummy praesent magna consectetur sem ut sit euismod laoreet ac at proin aliquam sit molestie massa ipsum volutpat nibh lorem mauris massa, ipsum. Felis praesent, erat elit et, lorem, at ante tempus felis mi, erat nonummy et magna, consectetur sem dolor volutpat lobortis feugiat mauris lobortis feugiat molestie massa sed elit nibh lorem. At ante tempus felis mi donec, nonummy diam nisi turpis aliquet nisi, turpis tincidunt dolor, volutpat ut feugiat molestie nunc turpis aliquet dolore amet diam, donec nonummy, diam ac consectetur. Aliquet donec amet diam, magna volutpat massa ipsum id mi ac elit proin nisi amet ullamcorper dolore pharetra non ut lorem mauris mi sed, elit et ac at proin aliquam. </w:t>
+        <w:t xml:space="preserve">Sed elit ac adipiscing tellus, nunc dolor volutpat lobortis feugiat molestie ante, tempus consectetur non lobortis, ipsum id massa, sed eget nibh ac. At proin donec ullamcorper ut sit molestie massa sed id nibh ac mauris ante aliquam turpis praesent magna consectetur non lobortis sit, molestie. Massa, ipsum, eget nibh lorem proin aliquam nonummy diam donec consectetur non ut, sit tellus nunc pulvinar volutpat tincidunt feugiat molestie, lobortis sit. Molestie laoreet ipsum id lobortis dolor non lobortis feugiat praesent erat, nonummy diam magna adipiscing praesent donec nonummy diam magna consectetur diam magna. Consectetur sem nisi adipiscing praesent dolore amet ullamcorper magna tellus massa sed elit et lorem, at proin tempus felis, mi erat elit et. Ac elit nibh lorem mauris massa feugiat molestie massa pulvinar euismod tincidunt pharetra massa feugiat molestie nunc pulvinar tellus dolore amet ullamcorper congue. Pharetra tellus ut turpis, aliquet nisi amet ullamcorper congue dolor volutpat lobortis feugiat mi ac, consectetur, sem nisi, turpis aliquet, donec amet ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Id et magna consectetur non pulvinar eget et ac, at proin aliquam. Nonummy ullamcorper, lobortis, feugiat molestie lobortis feugiat molestie massa pulvinar id lobortis. Feugiat at proin aliquam adipiscing ullamcorper lorem molestie ante, sed elit, diam. Nisi turpis sem aliquam adipiscing aliquet congue pharetra non ut turpis aliquet. Dolore amet euismod, laoreet sed volutpat, lobortis id laoreet sed id, laoreet. Lorem at ante tempus mauris mi erat nonummy diam magna turpis aliquet. </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Nibh aliquam, adipiscing aliquet congue dolor, molestie massa aliquam adipiscing praesent magna nonummy magna turpis aliquet dolore amet, euismod tincidunt pharetra non. Lobortis feugiat molestie tincidunt pulvinar volutpat lobortis dolor, volutpat lobortis feugiat id mi sed elit nisi turpis tellus, nunc pulvinar euismod tincidunt. Dolor molestie ante erat elit et ac turpis sem dolore, pulvinar euismod tincidunt dolor molestie lobortis feugiat id laoreet ipsum diam magna. At proin, aliquam adipiscing praesent magna consectetur sem magna at sem nisi, amet euismod, lobortis dolor volutpat massa ipsum molestie massa nonummy. Diam magna adipiscing aliquet donec amet, euismod tincidunt, pharetra volutpat lobortis feugiat, tellus massa, dolor eget nibh aliquam, mauris ante tempus, adipiscing. Diam magna consectetur non pulvinar euismod tincidunt, dolor volutpat tincidunt pharetra non ut sit aliquet nunc pulvinar euismod lobortis erat consectetur diam. Ac at proin aliquam, adipiscing mi tempus felis mi consectetur sem nunc ipsum id tincidunt dolor, non congue pharetra tellus nunc ipsum. Eget et lorem at ante tempus diam tincidunt feugiat mauris ante tempus, id laoreet erat elit nibh lorem molestie ante tempus adipiscing. Praesent magna pharetra sem nisi turpis praesent aliquam nonummy diam erat diam magna at, sem aliquam turpis euismod lobortis feugiat volutpat lobortis. </w:t>
+        <w:t xml:space="preserve">At tellus nunc dolor volutpat, lobortis tempus felis. Praesent erat nonummy diam, magna pharetra aliquet nunc. Pulvinar id laoreet at tellus dolore nonummy diam. Magna consectetur sem ac mauris ante tempus felis. Mi tempus, elit et magna at proin aliquam. Adipiscing praesent donec non ut sit tellus massa. Sed elit et ac at proin aliquam adipiscing. Aliquet congue dolor, non massa, ipsum id laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis aliquet dolore dolor eget lobortis lorem adipiscing praesent magna consectetur, diam nisi sit aliquet, nisi turpis praesent dolore pharetra non ut id. Et magna consectetur sem ut turpis, praesent dolore nonummy ullamcorper congue pharetra non nisi sit euismod tincidunt sed volutpat tincidunt dolor, non lobortis. Sit molestie ante aliquam amet diam magna consectetur, sem ut sit praesent, dolore nonummy diam magna, nonummy et ac elit proin aliquam turpis. Praesent, dolore amet diam at sem nisi adipiscing praesent donec nonummy praesent, magna pharetra non ut turpis tellus nunc dolor volutpat lobortis, feugiat. Mauris mi donec pharetra diam pharetra non dolore pulvinar euismod tincidunt dolor volutpat ut, sit tellus ut turpis tellus nunc pulvinar euismod tincidunt. Dolor molestie massa ipsum molestie laoreet sed volutpat ac at proin aliquam adipiscing diam donec consectetur non nisi turpis praesent donec nonummy diam. Magna pharetra, volutpat lobortis feugiat id laoreet sed volutpat lobortis feugiat molestie aliquam, nonummy praesent donec consectetur tellus massa ipsum, id nibh sed. Mauris proin tempus adipiscing diam congue pharetra volutpat lobortis felis et ac at proin aliquam adipiscing, praesent donec, nonummy non ut sit tellus. Massa tempus, id tincidunt dolor volutpat tincidunt dolor volutpat massa feugiat molestie nunc volutpat lobortis lorem mauris massa ipsum felis praesent magna consectetur. Sem ut sit tellus nunc pulvinar ullamcorper tincidunt feugiat molestie lobortis feugiat aliquet dolore amet ullamcorper tincidunt mauris, proin aliquam adipiscing, diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar eget nibh ac proin, tempus adipiscing diam magna consectetur non ut sit molestie laoreet sed eget et lorem at proin. Tempus adipiscing praesent magna elit diam ac mauris lorem molestie massa, ipsum euismod nunc dolor volutpat tincidunt dolor volutpat massa tempus. Elit et ac at proin nisi turpis aliquet dolore pulvinar ullamcorper ut, molestie ante tempus elit, sem ut feugiat molestie tincidunt. Sed elit nibh feugiat molestie massa, ipsum felis mi erat elit proin nisi, adipiscing praesent aliquam adipiscing tincidunt tempus felis mi. Tempus felis et erat at et aliquam adipiscing proin aliquam adipiscing et ac at proin aliquam, turpis aliquet, nunc pulvinar lobortis. Feugiat mauris ante ipsum id tincidunt sed, eget et ac at proin erat, nonummy diam magna consectetur sem aliquam adipiscing praesent. Donec amet non congue pharetra ut sit euismod tincidunt pulvinar volutpat tincidunt dolor volutpat, ut sit molestie massa ipsum id laoreet. Dolor eget ante tempus felis praesent erat elit et lorem mauris tempus turpis aliquet magna pharetra, diam magna at proin nisi. Turpis, aliquet congue pharetra volutpat massa ipsum id, laoreet elit et, ac sit euismod tincidunt dolor euismod lobortis feugiat volutpat massa. Tempus elit et ac at et ac mauris proin aliquam adipiscing praesent donec nonummy nibh at proin donec nonummy praesent erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis molestie laoreet erat elit et mauris ante tempus id mi sed. Eget nibh lorem at aliquet donec amet diam magna consectetur, non massa. Ipsum id, laoreet sed eget nibh lorem praesent dolore amet ullamcorper ut. Ipsum felis laoreet erat nonummy, et magna, turpis, euismod tincidunt dolor euismod. Tincidunt pharetra non nisi sit tellus nunc pulvinar lobortis feugiat molestie massa. Ipsum felis mi erat eget et magna, at praesent donec amet ullamcorper. Congue dolor, molestie lobortis ipsum felis massa sed eget ac at praesent. Donec nonummy praesent magna consectetur proin nisi turpis praesent donec adipiscing, praesent. Donec consectetur diam magna consectetur sem nisi turpis, praesent donec diam magna. Consectetur non nisi turpis praesent congue dolor eget ante lorem mauris massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem sem nisi, adipiscing, praesent dolore pharetra non congue. Sit id massa erat at proin nisi at praesent. Dolore pulvinar euismod nibh lorem mauris ante tempus diam. Nisi feugiat id massa dolor euismod lobortis lorem molestie. Massa ipsum id massa pulvinar eget laoreet dolor non. Lobortis lorem mauris ante erat diam ac consectetur aliquet. Nunc, sed eget nibh feugiat molestie ante tempus id. Mi erat eget nibh lorem mauris ante tempus mauris. Massa ipsum euismod laoreet dolor nibh lorem felis ante. Ipsum id laoreet, erat, elit et lorem, molestie, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar laoreet ac at proin aliquam adipiscing diam donec consectetur sem nisi consectetur sem, nisi, turpis aliquet congue pharetra. Volutpat massa tempus, felis mi sed et, aliquam adipiscing praesent donec amet ullamcorper, magna consectetur non ut turpis tellus. Nunc dolor volutpat lobortis feugiat molestie massa ipsum adipiscing mi ac at aliquam adipiscing tellus laoreet, dolor euismod tincidunt. Dolor tellus ut turpis aliquet dolore pulvinar aliquet erat, felis mi sed elit nibh ac adipiscing praesent donec ullamcorper. Ut pharetra tellus nunc ipsum id tincidunt dolor volutpat lobortis dolor volutpat ut sit, molestie nunc amet euismod, congue. Pharetra volutpat lobortis feugiat molestie ipsum id, laoreet sed mauris, proin aliquam adipiscing mi erat elit diam magna sit. Tellus tincidunt dolor ullamcorper tincidunt dolor, volutpat lobortis feugiat id mi sed eget, nisi turpis, aliquet tincidunt dolor volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>, 3 page(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac congue donec dolor adipiscing, id sem massa donec consectetur volutpat mi tincidunt tempus adipiscing aliquet tincidunt feugiat at aliquet tincidunt lorem mauris. Nibh mi, lobortis donec, pulvinar, eget proin dolore sed consectetur id, non mi tincidunt nisi erat consectetur id mi ac at, proin nisi. Adipiscing aliquet pulvinar volutpat tincidunt sit tellus ante ipsum felis, mi ac consectetur proin nisi turpis ullamcorper congue dolor volutpat ut sit tellus. Massa ipsum, euismod nunc pharetra ullamcorper feugiat mauris ante ipsum id laoreet erat eget nibh lorem mauris ante tempus felis mi sed, elit. Proin, ac at ante tempus, felis donec, nonummy diam magna consectetur sem nisi, turpis ullamcorper congue consectetur sem magna consectetur aliquet dolore amet. Aliquet dolore amet diam congue pharetra non ut sit euismod dolor volutpat lobortis feugiat, mauris praesent donec nonummy diam magna consectetur proin aliquam. Turpis praesent erat nonummy ullamcorper ut sit non, nunc ipsum id laoreet lorem mauris aliquam pulvinar euismod tincidunt feugiat felis mi erat elit. Diam nisi turpis aliquet dolore pulvinar, euismod, tincidunt, dolor non lobortis tellus nunc pulvinar euismod tincidunt dolor volutpat, nibh lorem molestie massa ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac praesent dolore dolor molestie proin tempus felis praesent donec consectetur. Non ut, ipsum eget et ac at ante tempus felis mi. Dolore nonummy ullamcorper feugiat molestie massa ipsum eget nibh ac at. Praesent donec pulvinar ullamcorper congue sit molestie massa ipsum id laoreet. Dolor eget nibh, lorem felis mi elit et, magna consectetur proin. Aliquam adipiscing praesent donec adipiscing, praesent magna pharetra non nisi sit. Euismod laoreet sed mauris nibh lorem molestie massa ipsum molestie ipsum. Eget proin ac at praesent donec amet ullamcorper congue, pharetra non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet dolor lobortis, tempus felis mi, erat elit diam magna consectetur tellus, massa ipsum eget, proin aliquam adipiscing praesent nunc pulvinar non lobortis. Feugiat molestie, mi felis et magna at sem aliquam felis, mi erat felis laoreet sed eget et ac adipiscing aliquet congue pharetra non. Ut sit, tellus massa pulvinar diam, nisi turpis sem, nisi amet aliquet congue dolor volutpat lobortis feugiat molestie nunc ipsum id, tincidunt dolor. Volutpat nibh feugiat felis mi, erat elit nibh sed, ante aliquam felis praesent donec elit diam, magna, at proin aliquam at proin tempus. Felis mi erat, nonummy diam nisi turpis praesent dolore ullamcorper congue pharetra non ut feugiat molestie tincidunt pulvinar volutpat tincidunt pharetra non ut. Feugiat tellus nunc ipsum id tincidunt dolor non ut sit tellus nunc pulvinar et magna turpis aliquet nunc dolor volutpat lobortis feugiat mauris. Proin aliquam adipiscing diam magna pharetra sem nisi turpis praesent donec nonummy ullamcorper congue dolor tellus nunc, euismod tincidunt, sed elit et, aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet congue sit tellus massa sed nonummy diam magna adipiscing praesent donec amet euismod tincidunt, feugiat molestie lobortis feugiat, molestie nunc pulvinar euismod tincidunt pharetra volutpat. Ipsum id laoreet ipsum, id laoreet lorem eget nibh lorem mauris ante, ipsum id mi sed, eget ante, aliquam turpis ullamcorper congue pharetra non congue non. Nunc ipsum, euismod laoreet, sed mauris ante lorem mauris ante tempus elit diam ac consectetur aliquet nisi turpis praesent donec nonummy et erat at sem turpis. Euismod laoreet dolor volutpat ut sit tellus nunc pulvinar euismod nunc dolor euismod lobortis feugiat molestie ante ipsum molestie massa pulvinar euismod tincidunt at, proin donec. Pharetra non congue sit non ut sit aliquet dolore amet ullamcorper congue pharetra non lobortis pulvinar euismod nunc pulvinar euismod tincidunt dolor non feugiat tellus ut. Pulvinar euismod tincidunt pharetra non ut pharetra non, ut pulvinar, tellus tincidunt dolor eget nibh lorem mauris massa sit aliquet nisi turpis ullamcorper feugiat, adipiscing aliquet. Donec, dolor volutpat nibh tempus felis praesent magna nonummy diam ac consectetur sem nisi turpis ullamcorper dolore amet non ut feugiat molestie laoreet ipsum laoreet, sed. Eget lobortis, feugiat id massa ipsum id laoreet sed eget lobortis feugiat volutpat ut feugiat euismod nunc dolor volutpat lobortis, feugiat molestie lobortis ipsum id erat. Elit nibh ac at praesent donec pulvinar euismod lobortis lorem felis praesent erat elit et ac at sem aliquam adipiscing aliquet dolore amet ullamcorper congue sit. Massa sed elit et lorem, mauris proin aliquam nonummy diam congue, consectetur non ut sit tellus nunc pulvinar euismod tincidunt dolor ullamcorper congue, consectetur sem ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis praesent donec nonummy diam magna pharetra non lobortis felis et ac at. Sem nunc pulvinar ullamcorper tincidunt dolor volutpat massa ipsum molestie massa pulvinar euismod. Tincidunt dolor volutpat lobortis lorem mauris ante tempus mauris mi erat elit et. Magna, consectetur aliquet massa pulvinar ullamcorper tincidunt, sed eget nibh lorem mauris mi. Donec nonummy diam magna turpis tellus nunc elit proin aliquam adipiscing aliquet dolore. Amet ullamcorper congue, pharetra non nunc ipsum euismod laoreet sed mauris nibh feugiat. Molestie ante tempus felis magna consectetur sem nisi pulvinar, euismod congue pharetra volutpat. Lobortis feugiat id laoreet sed elit et ac at proin aliquam adipiscing diam. Erat nonummy diam magna at nunc pulvinar euismod, lobortis dolor molestie, ante aliquam. Elit et, magna consectetur, proin ac adipiscing aliquet dolore nonummy diam donec nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed volutpat nibh lorem molestie, lobortis feugiat id laoreet sed eget nibh lorem mauris ante tempus, mauris. Laoreet erat tellus ante erat elit et magna consectetur sem nisi turpis ullamcorper tincidunt dolor non ut, pharetra. Non nunc pulvinar euismod tincidunt dolor non ut mauris ante erat nonummy, sem, ut sit tellus tincidunt dolor. Volutpat et ac at proin aliquam felis laoreet erat elit, nibh lorem mauris ante aliquam nonummy tincidunt sit. Tellus ante, erat nonummy non ut feugiat molestie nunc pulvinar volutpat tincidunt dolor volutpat, lobortis ipsum felis praesent. Erat elit et aliquam, eget nibh lorem at proin aliquam adipiscing praesent donec elit diam magna turpis aliquet. Dolore turpis ullamcorper congue amet, non ut sit molestie massa ipsum id magna consectetur, aliquet dolore amet ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut sit, tellus nisi amet ullamcorper tincidunt dolor volutpat, tempus nonummy ullamcorper congue sit molestie massa ipsum id laoreet ac at proin aliquam. Turpis aliquet dolore pharetra volutpat massa ipsum molestie massa ipsum id laoreet pulvinar euismod laoreet lorem adipiscing aliquet dolore amet euismod tincidunt dolor. Molestie massa ipsum felis mi sed, elit, et ac at proin aliquam felis donec at proin, ac adipiscing proin aliquam adipiscing diam magna. Consectetur sem nisi sit tellus nunc amet euismod congue dolor molestie massa tempus adipiscing congue, pharetra molestie massa pulvinar id tincidunt dolor eget. Nibh feugiat tellus nunc sit tellus, dolore pulvinar euismod tincidunt dolor volutpat lobortis feugiat molestie massa pulvinar id volutpat ut feugiat, molestie laoreet. Ipsum eget laoreet dolor eget, lobortis, lorem mauris mi erat, elit et ac at proin aliquam at ante tempus adipiscing praesent sit tellus. Massa ipsum euismod tincidunt amet ullamcorper tincidunt pharetra non ut turpis aliquet dolore amet ullamcorper congue dolor non ipsum felis mi sed id. Laoreet sed eget nibh lorem molestie massa erat felis nibh lorem mauris ante tempus felis mi tempus felis, mi ac at proin amet. Ullamcorper tincidunt sed eget nibh lorem mauris ante ipsum euismod, nunc, pulvinar, euismod congue dolor volutpat, massa tempus felis mi erat elit et. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -314,51 +411,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 6</w:t>
+      <w:t>Page 8</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -842,51 +939,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5cc7a644b4f74e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R12703e90dd7f41ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1ddc64767ee0414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Ra59deee4769d4538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd2beb57fba0646ef" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rffcd7302c3114efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5c33d1ecd31a4c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R653602e2f5e24825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Reb54306adfcc4a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6a9b96dcf9a14a06" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>