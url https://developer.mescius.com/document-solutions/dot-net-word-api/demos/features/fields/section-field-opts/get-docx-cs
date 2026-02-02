--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,363 +1,368 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4438f06172c540da" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R78bf7110317644de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6d5bb727721e4559" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc7cf242950234273" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4dc19a6f69f7471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1f3ff4bd6d7e4818" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At molestie euismod, nibh aliquam dolor mauris euismod laoreet lobortis tempus nonummy, molestie massa aliquam adipiscing ullamcorper feugiat id mi donec consectetur diam magna consectetur tellus. Laoreet lorem at ante tempus mauris ante tempus, felis mi ac consectetur aliquet dolore turpis aliquet pharetra volutpat lobortis lorem molestie laoreet sed elit et ac. At sem nunc amet ullamcorper congue pharetra non nisi turpis, aliquet nisi turpis aliquet dolore amet ullamcorper laoreet lorem at praesent dolore amet, ullamcorper, tincidunt feugiat. Molestie ante tempus elit, et erat, at proin aliquam, turpis aliquet dolore nonummy ullamcorper pharetra non ut pulvinar eget nibh lorem mauris ante aliquam felis ante. Donec consectetur non ut sit, id mi erat consectetur proin nisi, turpis, praesent, dolore amet ut feugiat tellus nunc pulvinar euismod tincidunt lorem mauris proin tempus. Adipiscing aliquet, dolore pharetra sem ut feugiat molestie nunc ipsum id laoreet lorem volutpat lobortis sit massa ipsum id, laoreet, ac consectetur sem aliquam turpis, diam. Congue, feugiat, molestie massa feugiat molestie laoreet, ipsum euismod pharetra volutpat lobortis feugiat id mi erat elit et ac mauris, ante, tempus felis mi erat elit. Et ac at sem aliquam at ante tempus elit et consectetur non nisi sit tellus nunc amet non ut sit, tellus massa pulvinar id tincidunt dolor. Eget nibh tempus, felis mi erat elit et erat elit laoreet volutpat lobortis sit molestie massa pulvinar euismod tincidunt sed eget lobortis feugiat volutpat lobortis pulvinar. Euismod laoreet sed eget lobortis lorem at ante donec, nonummy diam, magna non nisi sit tellus tincidunt pulvinar, euismod tincidunt dolor tellus ut, sit, aliquet nunc. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Euismod laoreet dolor tincidunt dolor molestie ante tempus, felis mi ac at proin nisi amet. Ullamcorper tincidunt sed eget, nibh tempus felis laoreet erat eget laoreet sed nibh feugiat molestie. Ante erat elit et ac at proin lorem at proin tempus felis diam, congue feugiat. Molestie massa ipsum id nibh lorem at aliquam turpis diam donec nonummy et nisi sit. Aliquet nisi turpis aliquet dolore amet ullamcorper congue pharetra, sem nunc pulvinar euismod laoreet, dolor. Eget nibh lorem mauris donec nonummy diam nisi turpis aliquet dolore pulvinar euismod, lobortis dolor. </w:t>
+        <w:t xml:space="preserve">Sem sed feugiat elit, mauris ullamcorper et, ut sit adipiscing volutpat aliquet, diam nunc, donec dolor felis, ullamcorper nibh, lorem amet volutpat et. Nunc ac, sit id diam ut lorem, adipiscing ullamcorper ante dolor mauris proin dolore sed, at euismod et nisi ipsum nonummy non massa. Tempus pharetra volutpat praesent tincidunt lorem adipiscing tellus tincidunt sed at aliquet dolor at aliquet tincidunt, ac turpis molestie et ut ipsum nonummy. Volutpat praesent congue lorem adipiscing euismod nibh magna, turpis id et ut consectetur molestie ante donec amet non massa donec amet volutpat ante. Dolore sed at tellus nibh nisi ipsum elit non massa donec dolor felis aliquet tincidunt, feugiat volutpat et nunc ipsum at tellus mi. Magna feugiat, nonummy non ante dolore sed, at aliquet laoreet magna sit id diam ut erat amet molestie praesent congue adipiscing ullamcorper nibh. Aliquam sit euismod et nisi pulvinar eget diam, nunc ipsum elit sem ut ipsum felis ullamcorper lobortis erat amet non, proin, congue lorem. Adipiscing proin nunc sed, elit sem nunc ipsum elit diam lobortis, ipsum nonummy, molestie mi dolore feugiat at aliquet congue lorem aliquet congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus praesent magna lorem felis euismod nibh aliquam. Amet, volutpat dolore pulvinar eget proin dolore ipsum. Elit non massa donec feugiat felis diam ut. Lorem nonummy ullamcorper lobortis tempus amet, eget et. Nisi, pulvinar eget nunc sed elit non, massa. Donec sit, molestie mi, donec feugiat, mauris praesent. Congue feugiat felis aliquet tincidunt tempus amet, euismod. Nibh aliquam pulvinar id mi magna sit felis. Diam ut lorem adipiscing, ullamcorper lobortis tempus, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ullamcorper lobortis lorem turpis sem nunc sed elit tellus laoreet donec, pharetra molestie ante donec sit felis, ullamcorper ante nisi. Pulvinar, eget et aliquam turpis ullamcorper lobortis aliquam amet non nunc donec pharetra, molestie mi magna sit mauris praesent congue lorem. Felis euismod nibh aliquam amet eget sem dolore, pulvinar elit non nunc erat, id ullamcorper nibh dolore pulvinar mauris tellus, mi. Ac sit, felis et nisi ipsum elit non massa tempus elit ullamcorper lobortis aliquam dolor mauris dolore sed at tellus laoreet. Magna sit felis diam, nisi ipsum elit ullamcorper lobortis tempus amet volutpat massa, donec dolor eget praesent nunc dolor mauris aliquet. Dolor at aliquet tincidunt erat consectetur aliquet, tincidunt ac consectetur tellus laoreet ac pharetra id mi magna, sit molestie laoreet donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id et ac, turpis euismod mi ac turpis felis diam ut ipsum adipiscing ullamcorper massa aliquam amet eget proin nunc turpis id et nisi pulvinar. Felis diam nisi feugiat felis et ut erat amet, volutpat massa aliquam nonummy non lobortis tempus amet volutpat ante amet eget ante nisi pulvinar at. Tellus, laoreet ac consectetur tellus, mi congue pharetra molestie mi donec pharetra tellus massa erat nonummy sem nunc ipsum elit diam pulvinar elit non ante. Donec, amet volutpat ante, donec, dolor, mauris praesent, congue lorem at aliquet laoreet lorem, consectetur euismod diam nisi pulvinar, et ut erat amet volutpat ante. Donec feugiat at ullamcorper, laoreet aliquam turpis tellus tincidunt, ac, adipiscing tellus tincidunt, sed consectetur tellus laoreet erat turpis id mi ipsum elit ullamcorper massa. Aliquam pharetra mauris proin, dolore pharetra eget, ante donec pulvinar, eget proin dolore sed consectetur tellus nunc sed at sem massa sed, pharetra massa erat. At tellus laoreet erat, consectetur mauris praesent magna, lorem adipiscing ullamcorper nibh nisi pulvinar elit sem laoreet ac felis mi magna, feugiat adipiscing non nibh. Donec dolor mauris praesent nunc dolor at sem nunc, dolor eget sem dolore, pulvinar, volutpat, nibh nisi amet id, et ipsum at non, nunc, sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit elit sem massa erat consectetur mauris donec pharetra volutpat praesent tincidunt sed at ullamcorper nibh aliquam turpis id diam ut pulvinar, id et ut pulvinar elit sem ut. Ipsum nonummy ullamcorper donec feugiat adipiscing ullamcorper, nibh nisi ipsum elit non massa erat pharetra felis ullamcorper, tincidunt, lorem turpis euismod et nisi pulvinar, elit aliquet massa, ac tellus. Mi donec pharetra tellus laoreet erat pharetra mauris mi donec pharetra molestie mi congue dolor molestie mi donec dolor mauris praesent laoreet adipiscing ullamcorper laoreet aliquam sit euismod et. Nunc erat consectetur molestie praesent tincidunt lorem, adipiscing ullamcorper lobortis aliquam amet id sem massa erat at non, massa donec non ante congue feugiat adipiscing ullamcorper lobortis, aliquam, pulvinar. Elit sem massa erat consectetur sem nunc sed at non laoreet donec pharetra molestie praesent proin laoreet nisi nonummy mauris ullamcorper sem et massa lobortis nunc magna, tempus dolor. Turpis eget non mi ut aliquam, sed ipsum tempus, at id volutpat ante, donec, dolor volutpat, ante donec feugiat ipsum, sit adipiscing mauris eget felis euismod, aliquet et nunc. Magna tempus pulvinar elit id sem mi laoreet ut dolore lorem ipsum sit nonummy mauris eget tellus diam proin sem praesent nibh nunc erat at aliquet nunc erat consectetur. Non laoreet magna feugiat id ante laoreet nunc magna tempus dolor, consectetur id volutpat euismod sem non praesent lobortis nunc magna tempus dolor adipiscing eget tellus diam nibh aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore magna feugiat dolor adipiscing elit, tellus praesent lobortis nunc nisi erat mauris euismod ante tincidunt nisi magna aliquam erat feugiat dolor pulvinar feugiat dolor pulvinar consectetur felis eget. Id mauris ullamcorper proin, tincidunt ut tempus pharetra ullamcorper proin massa ut donec ac pulvinar pharetra adipiscing volutpat praesent nibh massa donec sit nonummy, volutpat, sem mi lobortis dolore. Aliquam ac ipsum pharetra adipiscing et, laoreet congue donec ac ipsum pharetra amet at nonummy felis at, elit felis euismod sem et proin congue, ac ipsum, consectetur id ante. Nunc magna ipsum, pharetra adipiscing euismod ante, nunc magna ipsum amet adipiscing id aliquet mi, lobortis donec sed adipiscing eget non mi lobortis dolore lorem pulvinar non praesent nibh. Nunc nisi tempus dolor at id tellus mi nibh dolore aliquam sed feugiat amet at id sem praesent, lobortis nunc ac ipsum amet mauris laoreet ut sed pharetra id. Non proin nunc, ac erat feugiat amet mauris aliquet laoreet magna tempus pharetra at sit molestie aliquet et nunc donec feugiat, amet consectetur id tellus ante congue nisi, sed. Consectetur nonummy molestie ullamcorper et et lobortis dolore ac pulvinar nonummy mauris non nunc magna ipsum consectetur felis, volutpat tellus et lobortis donec lorem ipsum pharetra felis non proin. Tincidunt nisi sed sit nonummy, mauris tellus et nunc congue aliquam erat, feugiat pulvinar consectetur felis volutpat aliquet et mi ante nunc magna erat tempus lorem pulvinar dolor pulvinar. Consectetur nonummy at elit, id volutpat aliquet et magna, donec aliquam sed feugiat amet, at, felis molestie aliquet et tincidunt nisi donec lorem pulvinar consectetur felis volutpat aliquet nibh. Ut donec lorem pulvinar at, id praesent ante laoreet, nisi tempus amet at, eget tellus diam ante congue nisi, donec tempus sed, consectetur eget, non praesent ante nunc magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="Reb54306adfcc4a24"/>
+          <w:headerReference w:type="default" r:id="Rb0c304fb72fd49d3"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Non nunc sit dolore pharetra, non lobortis feugiat mauris ante erat, nonummy diam magna at proin nisi amet ullamcorper congue amet volutpat ut sit tellus. Massa sed sem, nisi adipiscing aliquet dolore amet ullamcorper tincidunt, dolor volutpat ut sit tellus tincidunt pulvinar volutpat et aliquam adipiscing praesent donec elit et. Ac consectetur nisi turpis aliquet aliquam adipiscing praesent erat eget et, ac at sem nunc pulvinar euismod lobortis feugiat molestie massa ipsum molestie massa sed. Eget, et ac turpis donec amet diam congue sit molestie, massa ipsum id laoreet sed elit proin tempus mauris mi erat elit mi erat elit. Nibh, ac praesent donec nonummy diam donec, consectetur diam magna consectetur aliquet nisi, amet euismod tincidunt dolor non ut sit tellus nunc pulvinar euismod tincidunt. Dolor molestie massa ipsum, mi sed elit et magna at sem donec nonummy mi donec elit et, magna turpis aliquet nunc pulvinar ullamcorper, congue amet. Ullamcorper congue pharetra non ut pulvinar diam aliquam adipiscing proin dolore dolor volutpat lobortis feugiat volutpat ut feugiat tellus nunc, pulvinar, volutpat lobortis feugiat volutpat. Lobortis, amet volutpat lobortis ipsum id laoreet, ipsum eget nibh, sed eget lobortis lorem mauris ante tempus, euismod tincidunt dolor volutpat lobortis feugiat molestie lobortis. </w:t>
+        <w:t xml:space="preserve">Nonummy sed ipsum, feugiat pulvinar tempus, feugiat pulvinar turpis. Consectetur adipiscing felis molestie euismod sem mi lobortis dolore. Aliquam ipsum consectetur mauris, euismod euismod non mi tincidunt. Nisi ac turpis elit volutpat id tellus mi, massa. Ac congue aliquam lorem ipsum pharetra adipiscing mauris id. Mauris volutpat molestie volutpat, ullamcorper tellus ullamcorper aliquet, proin. Laoreet congue aliquam pulvinar adipiscing id tellus ullamcorper et. Massa tincidunt dolore, ut tincidunt massa ut laoreet, laoreet. Nibh nibh, laoreet lobortis laoreet nunc tincidunt nunc ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem amet ullamcorper tincidunt feugiat massa, ipsum felis et ac elit proin aliquam, at praesent donec adipiscing ullamcorper congue sit tellus nunc. Ipsum, id tincidunt dolor volutpat nibh lorem praesent dolore dolor molestie massa aliquam adipiscing diam, magna, pharetra non ut sit tellus nunc. Dolor volutpat lobortis lorem mauris massa ipsum felis mi erat sem nisi turpis praesent dolore nonummy diam ac consectetur sem, nisi turpis. Aliquet nunc pulvinar non ut pharetra non nunc pulvinar id mi sed eget nibh felis mi erat elit et ac at, proin. Nisi sit id laoreet lorem mauris ante tempus adipiscing, praesent donec, elit mi erat mauris nibh mauris ante tempus felis et erat. Elit et ac mauris, massa, tempus felis praesent donec elit, diam magna at proin aliquam adipiscing praesent donec nonummy mi ac, sem. Dolore, amet aliquet tincidunt dolor molestie massa, tempus, felis mi erat nonummy diam magna adipiscing praesent, donec adipiscing mi erat elit laoreet. Erat at sem nisi aliquet dolore amet diam magna pharetra tellus laoreet sed eget laoreet, sed mauris nibh lorem felis mi erat. Elit et turpis sem nisi amet ullamcorper tincidunt pharetra ullamcorper ut pharetra tellus massa ipsum, euismod laoreet dolor volutpat ut consectetur sem. Nisi turpis tellus nunc amet ullamcorper magna, mauris ante tempus elit et erat elit et lorem mauris proin donec nonummy diam magna. </w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">Lorem at praesent dolore, amet volutpat ante tempus, felis mi felis laoreet lorem mauris. Ante tempus mauris praesent, erat elit diam congue turpis sem, nisi turpis aliquet dolore. Pharetra non ut pharetra non ut sit tincidunt dolor eget nibh feugiat molestie ante. Erat, elit, sem nisi turpis tellus nunc amet euismod laoreet aliquam adipiscing praesent donec. Amet non ut, pharetra volutpat nibh, tempus mauris mi tempus felis, mi ac elit. Et lorem mauris ante ipsum id laoreet sed, id nibh lorem mauris nibh lorem. Ullamcorper tincidunt consectetur non nisi turpis tellus, tincidunt dolor volutpat nibh lorem mauris ante. </w:t>
+        <w:t xml:space="preserve">Mauris feugiat ac ut laoreet ante ante mi mi proin lobortis lobortis laoreet proin proin praesent praesent sem diam aliquet, tellus volutpat. Id felis at consectetur amet consectetur nonummy at id id mauris, at adipiscing tellus diam ante tincidunt nunc nisi congue aliquam ac. Ipsum, lorem ipsum sit, nonummy mauris sit amet at euismod non praesent nibh laoreet ut lobortis ut congue aliquam ac, ipsum pharetra. Eget aliquet tincidunt ac turpis, euismod et nisi sit id et nisi ipsum elit, sem ut feugiat felis diam feugiat id mi. Congue feugiat id praesent congue feugiat mauris diam tincidunt lorem nonummy euismod nibh aliquam amet, volutpat nibh aliquam turpis euismod nibh, aliquam. Elit sem, nunc sed nonummy non massa sed consectetur tellus ante donec consectetur non lobortis tempus elit ullamcorper lobortis erat pharetra molestie. Proin dolore sed mauris praesent sed at tellus nibh nisi ipsum, nonummy non massa erat nonummy volutpat ante donec dolor volutpat massa. Aliquam nonummy ullamcorper lobortis tempus nonummy euismod laoreet, nisi sit euismod mi ac turpis tellus laoreet ac turpis molestie, mi magna pharetra. Felis et congue sit felis diam ut lorem mauris praesent congue mauris praesent, congue lorem adipiscing ullamcorper lobortis ac turpis euismod nibh. Dolore pulvinar id et nisi sit id, nibh ac turpis eget diam ut ipsum nonummy non ipsum felis sem lobortis donec pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At praesent congue ac turpis tellus dolor mauris sem dolore pulvinar mauris proin nisi amet volutpat et dolore ipsum at tellus laoreet ac pharetra id praesent, congue, lorem. Nonummy volutpat aliquam pulvinar eget sem, tincidunt erat at tellus massa sed at tellus mi magna feugiat adipiscing non nibh dolore dolor at euismod nibh ac consectetur et. Ut, erat consectetur molestie ante dolore dolor at aliquet tincidunt ac turpis euismod proin nisi pulvinar id et, nisi pulvinar felis et nisi ipsum felis, sem ipsum elit. Diam lobortis tempus nonummy non ante donec dolor volutpat praesent, dolore pulvinar eget ante donec dolor mauris proin, aliquam amet volutpat, et, amet volutpat et nisi pulvinar eget. Proin ut ipsum elit, non massa sed nonummy tellus mi donec pharetra molestie mi dolore dolor felis praesent congue feugiat proin congue sed at, aliquet laoreet aliquam sit. Id diam ut ipsum felis, sem ut tempus pharetra volutpat massa tempus nonummy ullamcorper, massa aliquam nonummy non, lobortis felis diam ut tempus amet eget ante donec, nibh. Dolore erat consectetur molestie laoreet magna sit elit diam congue, feugiat praesent congue ipsum adipiscing, non ante dolore sed, turpis id diam nunc tempus consectetur volutpat mi congue. Lorem amet eget proin nisi, amet eget sem massa sed nibh nisi, ipsum eget sem massa erat, consectetur molestie mi dolore dolor mauris praesent congue feugiat at aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing volutpat, proin dolore dolor mauris sem nunc dolor elit sem tincidunt, erat at, aliquet, massa erat consectetur tellus congue feugiat felis diam ut, lorem. Adipiscing euismod lobortis, lorem adipiscing ullamcorper lobortis tempus turpis, euismod et nisi pulvinar eget et dolore ipsum elit nisi sit eget diam ut ipsum felis. Sem nunc erat consectetur volutpat ante donec pharetra molestie proin congue, dolor mauris praesent congue, lorem at tellus laoreet, sed aliquet tincidunt lorem consectetur tellus. Mi magna, sit elit non massa erat nonummy volutpat massa donec pharetra eget proin congue sed mauris aliquet ac sit euismod laoreet ac consectetur, tellus. Mi nisi ipsum felis, et ut ipsum adipiscing ullamcorper lobortis aliquam nonummy non turpis dolor amet at id eget euismod diam nibh tincidunt lorem sit. Felis sem lobortis donec pharetra volutpat ante tempus, nonummy non ante donec pharetra, volutpat proin dolore dolor mauris aliquet nunc sed, mauris dolore dolor at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie diam lobortis, dolore sed at. Euismod, nibh ut sed consectetur massa. Donec consectetur tellus mi magna dolor. Felis praesent tincidunt aliquam pulvinar eget. Proin nunc ipsum elit non laoreet. Donec sit felis ullamcorper nibh donec. Euismod nibh aliquam pulvinar eget et. Dolore pulvinar volutpat et nisi pulvinar. Eget et ac adipiscing euismod laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet eget proin dolore dolor at proin nunc, erat consectetur tellus. Et congue ipsum adipiscing ullamcorper massa, aliquam nonummy, non proin, aliquam. Amet, proin tincidunt lorem, turpis euismod mi nisi feugiat felis diam. Lobortis erat, nonummy, volutpat massa donec dolor at tellus nibh nisi. Pulvinar id diam turpis felis diam ut ipsum felis et nisi. Feugiat id, diam ut ipsum felis praesent, congue, lorem nonummy eget. Praesent nunc lorem consectetur euismod laoreet magna sit, mi magna sit. Elit non massa, dolore sed mauris praesent tincidunt lorem adipiscing euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sed at aliquet tincidunt ac turpis molestie mi congue sit id diam, congue feugiat felis ullamcorper. Lobortis tempus adipiscing euismod lobortis tempus nonummy nibh nisi, dolor elit aliquet massa sed elit sem massa. Erat, pharetra tellus laoreet magna sit molestie mi congue sit mauris feugiat, felis diam ut, amet non. Massa donec amet non ante aliquam nonummy euismod nibh nisi dolor mauris sem laoreet ac sit id. Et congue feugiat felis diam ut ipsum, felis lobortis feugiat adipiscing diam lobortis tempus amet volutpat nibh. Nisi dolor elit sem nunc sed at, proin nunc erat consectetur non laoreet donec molestie mi magna. Feugiat adipiscing ullamcorper lobortis tempus amet euismod nibh aliquam pulvinar volutpat et nisi pulvinar, eget et ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nonummy non ante donec pharetra molestie massa erat nonummy non ante donec amet non massa tempus elit. Ullamcorper massa aliquam adipiscing tellus et magna sit eget sem ut pulvinar felis et nisi, feugiat id et. Magna sit, molestie laoreet sed at sem ut, ipsum sem nunc erat consectetur tellus ante magna dolor, volutpat. Ante donec consectetur non massa donec pharetra molestie proin congue dolor, mauris proin congue sed mauris praesent dolore. Turpis euismod laoreet, ac turpis id et magna feugiat felis diam lobortis aliquam nonummy volutpat massa aliquam nonummy. Volutpat proin nunc dolor mauris, dolore dolor at euismod laoreet erat consectetur aliquet, massa ac sit molestie laoreet. Ac sit id praesent congue feugiat felis diam ut tempus nonummy volutpat nibh aliquam volutpat et nisi pulvinar. Volutpat proin nisi pulvinar elit sem nunc sed at non nunc sed, nonummy tellus ante donec consectetur volutpat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sed elit ac adipiscing tellus, nunc dolor volutpat lobortis feugiat molestie ante, tempus consectetur non lobortis, ipsum id massa, sed eget nibh ac. At proin donec ullamcorper ut sit molestie massa sed id nibh ac mauris ante aliquam turpis praesent magna consectetur non lobortis sit, molestie. Massa, ipsum, eget nibh lorem proin aliquam nonummy diam donec consectetur non ut, sit tellus nunc pulvinar volutpat tincidunt feugiat molestie, lobortis sit. Molestie laoreet ipsum id lobortis dolor non lobortis feugiat praesent erat, nonummy diam magna adipiscing praesent donec nonummy diam magna consectetur diam magna. Consectetur sem nisi adipiscing praesent dolore amet ullamcorper magna tellus massa sed elit et lorem, at proin tempus felis, mi erat elit et. Ac elit nibh lorem mauris massa feugiat molestie massa pulvinar euismod tincidunt pharetra massa feugiat molestie nunc pulvinar tellus dolore amet ullamcorper congue. Pharetra tellus ut turpis, aliquet nisi amet ullamcorper congue dolor volutpat lobortis feugiat mi ac, consectetur, sem nisi, turpis aliquet, donec amet ullamcorper. </w:t>
+        <w:t xml:space="preserve">Nisi tempus nonummy molestie praesent congue dolor at praesent dolore pharetra mauris. Praesent nunc sed at aliquet nunc mauris sem dolore dolor eget et. Dolore pulvinar eget sem massa erat at non laoreet, erat, consectetur mauris. Diam congue feugiat felis ullamcorper lobortis felis ullamcorper lobortis lorem turpis euismod. Lobortis ac turpis euismod nibh aliquam sit, eget et ut ipsum elit. Sem nunc tempus consectetur molestie mi congue lorem adipiscing, lobortis nisi pulvinar. Eget sem dolore, erat sit felis praesent congue sit mauris mi magna. Sit mauris praesent tincidunt lorem felis praesent dolore mauris mi donec dolor. Molestie praesent tincidunt sed adipiscing euismod et ut sed nonummy sem ut. Pulvinar elit non massa erat consectetur, volutpat massa donec pharetra molestie donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 2 page(s)</w:t>
+        <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At tellus nunc dolor volutpat, lobortis tempus felis. Praesent erat nonummy diam, magna pharetra aliquet nunc. Pulvinar id laoreet at tellus dolore nonummy diam. Magna consectetur sem ac mauris ante tempus felis. Mi tempus, elit et magna at proin aliquam. Adipiscing praesent donec non ut sit tellus massa. Sed elit et ac at proin aliquam adipiscing. Aliquet congue dolor, non massa, ipsum id laoreet. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Lorem sem nisi, adipiscing, praesent dolore pharetra non congue. Sit id massa erat at proin nisi at praesent. Dolore pulvinar euismod nibh lorem mauris ante tempus diam. Nisi feugiat id massa dolor euismod lobortis lorem molestie. Massa ipsum id massa pulvinar eget laoreet dolor non. Lobortis lorem mauris ante erat diam ac consectetur aliquet. Nunc, sed eget nibh feugiat molestie ante tempus id. Mi erat eget nibh lorem mauris ante tempus mauris. Massa ipsum euismod laoreet dolor nibh lorem felis ante. Ipsum id laoreet, erat, elit et lorem, molestie, lobortis. </w:t>
+        <w:t xml:space="preserve">Nisi, magna feugiat felis lobortis aliquam nonummy non ante tempus nonummy euismod, proin nunc dolor mauris, sem tincidunt ac turpis molestie mi ac pharetra molestie mi magna sit. Id congue sit felis diam, congue lorem adipiscing ullamcorper lobortis tempus felis aliquet congue lorem at aliquet tincidunt lorem turpis euismod nibh aliquam sit id diam ipsum elit. Sem nunc tempus consectetur non massa tempus nonummy volutpat ante dolore amet molestie ante aliquam amet eget proin donec dolor eget praesent dolore at aliquet tincidunt ac, sit. Felis diam, ut tempus nonummy, ullamcorper lobortis tempus nonummy ullamcorper lobortis tempus, adipiscing ullamcorper lobortis aliquam amet euismod nibh tempus volutpat ante nisi pulvinar elit proin, nisi pulvinar. Id, proin dolore pulvinar, eget proin nisi sit id et magna sit euismod et ut ipsum nonummy non lobortis felis, diam nisi sit felis, et congue sit id. Diam lobortis ipsum nonummy non lobortis tempus, nonummy euismod lobortis lorem adipiscing aliquet congue feugiat, felis nibh ac, turpis ullamcorper laoreet lorem adipiscing ullamcorper nibh aliquam sit id. Et nisi pulvinar id nibh ac turpis tellus tincidunt ac consectetur, tellus laoreet erat turpis laoreet ac consectetur molestie laoreet erat consectetur molestie praesent congue lorem adipiscing euismod. Nibh nisi dolor consectetur molestie laoreet erat at sem massa sed consectetur, non nunc, nonummy sem ut ipsum nonummy tellus, mi magna dolor mauris aliquet, tincidunt tempus turpis. Volutpat et dolore, ipsum at sem nunc erat consectetur tellus mi magna sit mi magna feugiat adipiscing euismod lobortis tempus turpis volutpat proin dolore ipsum at sem nunc. Erat pharetra molestie mi magna sit mauris diam ut lorem adipiscing ullamcorper dolor molestie mi congue feugiat felis aliquet tincidunt ac turpis euismod, nibh lorem adipiscing aliquet tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor at, tellus, mi magna feugiat id mi. Nisi feugiat felis et ut ipsum adipiscing ullamcorper. Lobortis tempus ullamcorper ut lorem adipiscing diam lobortis. Tempus amet euismod nibh aliquam amet euismod nibh. Aliquam pulvinar, eget sem nunc, ipsum elit sem. Nunc sed non ante erat consectetur molestie mi. Lobortis tempus adipiscing, aliquet lobortis aliquam pulvinar eget. Proin nisi ipsum elit non laoreet congue sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nisi ipsum elit volutpat ante donec pharetra volutpat mi dolore lorem adipiscing, ullamcorper, nibh ac turpis euismod, nibh, aliquam tellus nibh. Magna ipsum, elit non massa erat pharetra volutpat, mi donec pharetra volutpat massa ipsum nonummy non massa dolore dolor at tellus, laoreet. Ut nonummy, non nunc erat, consectetur volutpat mi congue feugiat adipiscing aliquet tincidunt, lorem, adipiscing euismod, nibh aliquam sit euismod nibh ac. Turpis id et nisi pulvinar felis magna turpis id, et ut ipsum felis ullamcorper ut, ipsum adipiscing diam lobortis ipsum adipiscing non. Ante donec dolor mauris proin nunc sed sem nunc dolor elit proin dolore ipsum elit sem massa erat consectetur molestie mi magna. Feugiat mauris praesent ut lorem adipiscing euismod ante dolore dolor eget proin turpis volutpat proin dolore ipsum eget sem ut pulvinar elit. Non laoreet donec sit molestie mi donec nonummy, non massa erat pharetra, molestie mi donec amet molestie aliquam pharetra eget proin dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nonummy volutpat ante dolore sed at tellus laoreet turpis molestie mi erat consectetur tellus, laoreet congue feugiat adipiscing. Non ante donec, dolor mauris praesent dolore pulvinar eget, sem nunc sed at tellus massa turpis molestie mi magna. Sit id diam lobortis lorem nonummy non lobortis tempus adipiscing, ullamcorper tincidunt lorem felis praesent dolore dolor mauris ante. Donec pharetra proin dolore dolor eget ante dolore pharetra eget, proin, dolore sed at aliquet nisi amet euismod ante. Nisi amet euismod et nisi ipsum proin dolore ipsum elit sem nunc ipsum elit sem nunc tempus consectetur non. Ante donec pharetra volutpat mi congue dolor mauris praesent congue feugiat at, aliquet laoreet at praesent dolore sed at. Tellus nibh, nisi pulvinar felis sem lobortis erat nonummy, volutpat, ante donec pharetra volutpat proin congue lorem at ullamcorper. Laoreet ac turpis et, magna pulvinar felis et ut ipsum elit sem massa erat pharetra mauris proin dolore dolor. Mauris aliquet tincidunt lorem adipiscing, tellus massa magna pharetra felis ullamcorper ante nisi pulvinar eget proin nisi amet euismod. Proin nunc sed consectetur non laoreet magna sit molestie praesent donec consectetur tellus massa dolor mauris praesent tincidunt dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit non, ante aliquam pharetra volutpat proin, dolor at praesent tincidunt lorem consectetur id et. Ut tempus nonummy non massa erat amet volutpat proin dolore, pharetra mauris praesent dolore sed. Adipiscing euismod ut ipsum elit sem nunc erat consectetur molestie ante donec pharetra molestie proin. Donec dolor at ullamcorper et ut sed nonummy non laoreet donec pharetra diam congue lorem. Turpis volutpat et dolore dolor eget proin dolore sed consectetur molestie mi, congue feugiat, felis. Ullamcorper lobortis tempus adipiscing volutpat nisi pulvinar mauris sem nunc dolor, eget, et aliquam pulvinar. At, tellus massa erat consectetur tellus massa donec pharetra tellus ante magna dolor mauris mi. Congue, lorem euismod et aliquam pulvinar elit sem laoreet erat pharetra molestie laoreet donec pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget diam nunc pharetra mauris praesent tincidunt lorem. Adipiscing volutpat nibh ac adipiscing ullamcorper laoreet aliquam. Sit elit sem massa sed nonummy sem ut. Tempus consectetur non erat consectetur volutpat ante donec. Pharetra molestie ante donec pharetra molestie praesent dolore. Dolor at euismod et ut ipsum elit non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac sit molestie mi, congue ipsum, elit, non proin donec dolor mauris aliquet nunc sed adipiscing, tellus nibh magna turpis. Euismod lobortis tempus elit non massa donec pharetra non ante dolore pharetra, mauris praesent congue dolor, at aliquet laoreet nisi. Pulvinar, felis diam nisi ipsum diam massa erat pharetra, molestie proin dolore pharetra, molestie proin congue sed adipiscing aliquet tincidunt. Lorem turpis id nibh magna sit id et nisi ipsum felis, diam, erat amet volutpat proin dolore pharetra eget proin. Tincidunt lorem adipiscing euismod nibh ac turpis id et ut feugiat elit sem, ut ipsum non lobortis tempus amet volutpat. Ante donec, pharetra, eget proin dolore dolor, at tellus, mi ac turpis id laoreet ac consectetur molestie mi ac pharetra. Id ullamcorper tempus pharetra at, tellus nibh magna pulvinar, elit non massa donec consectetur molestie mi, dolore pharetra volutpat massa. Donec dolor molestie aliquet, congue lorem turpis euismod et sit id et ut tempus nonummy non massa erat, pharetra molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Pulvinar laoreet ac at proin aliquam adipiscing diam donec consectetur sem nisi consectetur sem, nisi, turpis aliquet congue pharetra. Volutpat massa tempus, felis mi sed et, aliquam adipiscing praesent donec amet ullamcorper, magna consectetur non ut turpis tellus. Nunc dolor volutpat lobortis feugiat molestie massa ipsum adipiscing mi ac at aliquam adipiscing tellus laoreet, dolor euismod tincidunt. Dolor tellus ut turpis aliquet dolore pulvinar aliquet erat, felis mi sed elit nibh ac adipiscing praesent donec ullamcorper. Ut pharetra tellus nunc ipsum id tincidunt dolor volutpat lobortis dolor volutpat ut sit, molestie nunc amet euismod, congue. Pharetra volutpat lobortis feugiat molestie ipsum id, laoreet sed mauris, proin aliquam adipiscing mi erat elit diam magna sit. Tellus tincidunt dolor ullamcorper tincidunt dolor, volutpat lobortis feugiat id mi sed eget, nisi turpis, aliquet tincidunt dolor volutpat. </w:t>
+        <w:t xml:space="preserve">Massa donec sed adipiscing, euismod et. Aliquam pulvinar, id et magna sit. Euismod laoreet, ac sit elit sem. Ut tempus nonummy ullamcorper aliquam amet. Volutpat aliquet laoreet ac sit eget. Sem massa tempus consectetur tellus mi. Donec dolor, mauris praesent tincidunt lorem. Adipiscing ullamcorper tincidunt turpis id proin. Ut ipsum nonummy non massa erat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>IV</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ac congue donec dolor adipiscing, id sem massa donec consectetur volutpat mi tincidunt tempus adipiscing aliquet tincidunt feugiat at aliquet tincidunt lorem mauris. Nibh mi, lobortis donec, pulvinar, eget proin dolore sed consectetur id, non mi tincidunt nisi erat consectetur id mi ac at, proin nisi. Adipiscing aliquet pulvinar volutpat tincidunt sit tellus ante ipsum felis, mi ac consectetur proin nisi turpis ullamcorper congue dolor volutpat ut sit tellus. Massa ipsum, euismod nunc pharetra ullamcorper feugiat mauris ante ipsum id laoreet erat eget nibh lorem mauris ante tempus felis mi sed, elit. Proin, ac at ante tempus, felis donec, nonummy diam magna consectetur sem nisi, turpis ullamcorper congue consectetur sem magna consectetur aliquet dolore amet. Aliquet dolore amet diam congue pharetra non ut sit euismod dolor volutpat lobortis feugiat, mauris praesent donec nonummy diam magna consectetur proin aliquam. Turpis praesent erat nonummy ullamcorper ut sit non, nunc ipsum id laoreet lorem mauris aliquam pulvinar euismod tincidunt feugiat felis mi erat elit. Diam nisi turpis aliquet dolore pulvinar, euismod, tincidunt, dolor non lobortis tellus nunc pulvinar euismod tincidunt dolor volutpat, nibh lorem molestie massa ipsum. </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">Ut sit, tellus nisi amet ullamcorper tincidunt dolor volutpat, tempus nonummy ullamcorper congue sit molestie massa ipsum id laoreet ac at proin aliquam. Turpis aliquet dolore pharetra volutpat massa ipsum molestie massa ipsum id laoreet pulvinar euismod laoreet lorem adipiscing aliquet dolore amet euismod tincidunt dolor. Molestie massa ipsum felis mi sed, elit, et ac at proin aliquam felis donec at proin, ac adipiscing proin aliquam adipiscing diam magna. Consectetur sem nisi sit tellus nunc amet euismod congue dolor molestie massa tempus adipiscing congue, pharetra molestie massa pulvinar id tincidunt dolor eget. Nibh feugiat tellus nunc sit tellus, dolore pulvinar euismod tincidunt dolor volutpat lobortis feugiat molestie massa pulvinar id volutpat ut feugiat, molestie laoreet. Ipsum eget laoreet dolor eget, lobortis, lorem mauris mi erat, elit et ac at proin aliquam at ante tempus adipiscing praesent sit tellus. Massa ipsum euismod tincidunt amet ullamcorper tincidunt pharetra non ut turpis aliquet dolore amet ullamcorper congue dolor non ipsum felis mi sed id. Laoreet sed eget nibh lorem molestie massa erat felis nibh lorem mauris ante tempus felis mi tempus felis, mi ac at proin amet. Ullamcorper tincidunt sed eget nibh lorem mauris ante ipsum euismod, nunc, pulvinar, euismod congue dolor volutpat, massa tempus felis mi erat elit et. </w:t>
+        <w:t xml:space="preserve">Aliquet laoreet ac sit id diam, ut aliquam, pharetra mauris aliquet nibh magna pulvinar id mi nisi pulvinar, felis diam. Massa erat pharetra molestie dolore pharetra mauris aliquet tincidunt, lorem sit, eget diam ut ipsum elit, sem massa tempus nonummy. Volutpat, mi congue lorem adipiscing euismod nibh dolore ipsum non massa ipsum elit non laoreet erat pharetra molestie mi magna. Feugiat felis aliquet lobortis lorem adipiscing euismod lobortis lorem adipiscing ullamcorper laoreet aliquam turpis id proin ipsum elit sem massa. Donec dolor molestie mi congue feugiat felis aliquet tincidunt ac ipsum eget non massa sed at tellus mi magna mauris. Diam lobortis tempus, amet volutpat ante aliquam pulvinar eget proin dolore ipsum elit sem nunc sed at non, laoreet, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra mauris praesent tincidunt tempus amet eget proin nunc dolor consectetur molestie laoreet ac pharetra. Molestie, praesent lobortis, tempus ullamcorper lobortis tempus nonummy euismod ante dolore dolor mauris sem nunc. Sed at aliquet laoreet magna sit, felis diam ut ipsum adipiscing non lobortis tempus euismod. Lobortis aliquam, amet euismod ante, dolore, dolor elit sem nunc sed consectetur tellus, mi congue. Feugiat adipiscing non lobortis tempus, adipiscing non ante donec dolor mauris dolore dolor elit aliquet. Tincidunt erat, consectetur tellus laoreet, magna, feugiat felis, diam ut feugiat, felis diam lobortis aliquam. Amet eget proin dolore mauris aliquet laoreet ac turpis molestie, laoreet ac pharetra tellus laoreet. Ac feugiat molestie praesent ut lorem, amet volutpat proin nunc lorem consectetur, tellus mi magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At, molestie, mi congue, feugiat felis diam lobortis lorem, felis non ut lorem nonummy euismod. Tempus amet volutpat et dolore pulvinar elit aliquet laoreet, erat consectetur tellus mi donec pharetra. Molestie praesent, congue feugiat felis diam lobortis tempus, amet lobortis lorem, adipiscing ullamcorper lobortis ac. Amet id et nisi, ipsum elit proin nunc ipsum nonummy non ante erat consectetur molestie. Mi, donec dolor mauris, praesent lorem at ullamcorper, lobortis aliquam amet id et aliquam pulvinar. Elit diam nunc ipsum nonummy non massa erat consectetur volutpat massa erat, pharetra volutpat dolore. Dolor mauris aliquet congue sed adipiscing tellus laoreet, ac turpis euismod laoreet lorem consectetur tellus. Laoreet ac sit felis et nisi, ipsum elit non, massa amet molestie ante dolore pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis ullamcorper nibh nunc sed at euismod, mi magna turpis laoreet ac. Turpis molestie laoreet magna pharetra molestie mi donec consectetur molestie ante donec. Pharetra molestie mi magna, pharetra molestie mi congue dolor mauris mi ac. Amet eget sem ut pulvinar elit non nunc erat consectetur non, ante. Magna feugiat felis aliquet tincidunt tempus adipiscing ullamcorper tincidunt lorem at aliquet. Sed adipiscing aliquet congue lorem adipiscing aliquet laoreet lorem turpis euismod, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat at aliquet laoreet magna molestie et lobortis tempus, adipiscing non nibh aliquam amet non ante aliquam pulvinar eget proin, nunc sed elit, aliquet laoreet ac sit. Id diam ut nonummy ullamcorper nibh aliquam amet eget praesent dolore pulvinar mauris sem nunc dolor mauris proin dolore, sed elit sem dolore sed eget sem nunc ipsum. Et nunc ipsum elit diam, ut pulvinar, felis diam nunc tempus consectetur, molestie mi congue dolor molestie proin congue dolor at praesent congue sed at aliquet sed mauris. Aliquet tincidunt ac turpis tellus tincidunt erat consectetur tellus laoreet sed at aliquet massa erat consectetur tellus mi magna sit id praesent feugiat mauris, diam tincidunt feugiat mauris. Mi congue, lorem turpis ullamcorper lobortis ac amet euismod, nibh aliquam amet id, sem massa erat consectetur tellus ante congue feugiat ullamcorper, lobortis volutpat id molestie volutpat tellus. Diam ullamcorper aliquet diam praesent nibh nunc magna tempus feugiat pulvinar consectetur felis non, ante donec amet volutpat, non massa erat nonummy diam ut tempus nonummy non massa. Erat pharetra molestie proin dolore lorem turpis euismod nibh ac turpis id, nibh ut, pulvinar elit sem erat nonummy volutpat, ante donec pharetra volutpat proin donec amet volutpat. Proin donec, amet, eget proin dolore dolor eget nibh tempus nonummy euismod ante dolore, dolor eget, laoreet magna turpis tellus laoreet ac pharetra molestie, laoreet, magna, sit felis. Diam ut feugiat mauris, diam, tincidunt, lorem adipiscing euismod ante tempus turpis euismod nibh aliquam id et nisi sed at non, laoreet donec sit felis praesent magna dolor. Mauris euismod nibh aliquam, pulvinar eget sem nunc sed, at tellus laoreet ac, pharetra laoreet donec sit mauris diam ut tempus adipiscing volutpat, ante nisi amet volutpat et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue ipsum nonummy eget proin donec pharetra eget. Proin dolore pulvinar mauris sem nunc erat consectetur. Tellus laoreet ac turpis massa erat lorem adipiscing. Ullamcorper nibh aliquam, sit eget et nisi pulvinar. Felis sem ut ipsum elit non lobortis, tempus. Pharetra volutpat proin, donec molestie, proin dolore dolor. Mauris praesent, tincidunt lorem turpis tellus nibh lorem. Turpis, euismod mi magna sit id ullamcorper ut. Erat, pharetra molestie ante aliquam nonummy non proin. Aliquet nibh magna sit felis sem ut tempus. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -411,51 +416,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 8</w:t>
+      <w:t>Page 9</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -939,51 +944,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rffcd7302c3114efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5c33d1ecd31a4c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R653602e2f5e24825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Reb54306adfcc4a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6a9b96dcf9a14a06" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb5c3a880296d47f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7bfe0f7b5d324ef0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5c222a0218ec4eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rb0c304fb72fd49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ree82ecd58fcf4a5c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>