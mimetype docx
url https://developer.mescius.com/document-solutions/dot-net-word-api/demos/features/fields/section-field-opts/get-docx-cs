--- v7 (2026-02-02)
+++ v8 (2026-02-02)
@@ -1,368 +1,343 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc7cf242950234273" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4dc19a6f69f7471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1f3ff4bd6d7e4818" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5bd3adf67e084336" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5ffe4904ae24452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R29bf67ac689b44a4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem sed feugiat elit, mauris ullamcorper et, ut sit adipiscing volutpat aliquet, diam nunc, donec dolor felis, ullamcorper nibh, lorem amet volutpat et. Nunc ac, sit id diam ut lorem, adipiscing ullamcorper ante dolor mauris proin dolore sed, at euismod et nisi ipsum nonummy non massa. Tempus pharetra volutpat praesent tincidunt lorem adipiscing tellus tincidunt sed at aliquet dolor at aliquet tincidunt, ac turpis molestie et ut ipsum nonummy. Volutpat praesent congue lorem adipiscing euismod nibh magna, turpis id et ut consectetur molestie ante donec amet non massa donec amet volutpat ante. Dolore sed at tellus nibh nisi ipsum elit non massa donec dolor felis aliquet tincidunt, feugiat volutpat et nunc ipsum at tellus mi. Magna feugiat, nonummy non ante dolore sed, at aliquet laoreet magna sit id diam ut erat amet molestie praesent congue adipiscing ullamcorper nibh. Aliquam sit euismod et nisi pulvinar eget diam, nunc ipsum elit sem ut ipsum felis ullamcorper lobortis erat amet non, proin, congue lorem. Adipiscing proin nunc sed, elit sem nunc ipsum elit diam lobortis, ipsum nonummy, molestie mi dolore feugiat at aliquet congue lorem aliquet congue. </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Dolore magna feugiat dolor adipiscing elit, tellus praesent lobortis nunc nisi erat mauris euismod ante tincidunt nisi magna aliquam erat feugiat dolor pulvinar feugiat dolor pulvinar consectetur felis eget. Id mauris ullamcorper proin, tincidunt ut tempus pharetra ullamcorper proin massa ut donec ac pulvinar pharetra adipiscing volutpat praesent nibh massa donec sit nonummy, volutpat, sem mi lobortis dolore. Aliquam ac ipsum pharetra adipiscing et, laoreet congue donec ac ipsum pharetra amet at nonummy felis at, elit felis euismod sem et proin congue, ac ipsum, consectetur id ante. Nunc magna ipsum, pharetra adipiscing euismod ante, nunc magna ipsum amet adipiscing id aliquet mi, lobortis donec sed adipiscing eget non mi lobortis dolore lorem pulvinar non praesent nibh. Nunc nisi tempus dolor at id tellus mi nibh dolore aliquam sed feugiat amet at id sem praesent, lobortis nunc ac ipsum amet mauris laoreet ut sed pharetra id. Non proin nunc, ac erat feugiat amet mauris aliquet laoreet magna tempus pharetra at sit molestie aliquet et nunc donec feugiat, amet consectetur id tellus ante congue nisi, sed. Consectetur nonummy molestie ullamcorper et et lobortis dolore ac pulvinar nonummy mauris non nunc magna ipsum consectetur felis, volutpat tellus et lobortis donec lorem ipsum pharetra felis non proin. Tincidunt nisi sed sit nonummy, mauris tellus et nunc congue aliquam erat, feugiat pulvinar consectetur felis volutpat aliquet et mi ante nunc magna erat tempus lorem pulvinar dolor pulvinar. Consectetur nonummy at elit, id volutpat aliquet et magna, donec aliquam sed feugiat amet, at, felis molestie aliquet et tincidunt nisi donec lorem pulvinar consectetur felis volutpat aliquet nibh. Ut donec lorem pulvinar at, id praesent ante laoreet, nisi tempus amet at, eget tellus diam ante congue nisi, donec tempus sed, consectetur eget, non praesent ante nunc magna. </w:t>
+        <w:t xml:space="preserve">Dolore erat lorem ipsum, sit amet eget aliquet et laoreet lorem nonummy at id sem mi lobortis tempus dolor elit aliquet, laoreet magna ipsum adipiscing non nibh. Dolore sed, adipiscing tellus nibh nisi ipsum consectetur massa, donec pharetra molestie praesent tincidunt lorem at ullamcorper laoreet ac adipiscing euismod nibh, ac turpis id nibh magna. Sit felis diam nunc, tempus consectetur aliquet lobortis, ac adipiscing euismod lobortis aliquam amet eget sem laoreet donec sit, mauris praesent magna, lorem adipiscing euismod nibh tempus. Amet euismod nisi pulvinar elit sem laoreet magna sit felis diam ut, ipsum felis ullamcorper lobortis aliquam pulvinar mauris sem, tincidunt erat at tellus mi ac feugiat. Nonummy volutpat donec pharetra mauris proin donec pharetra eget proin laoreet ac sit euismod et nisi sit id, diam ut ipsum elit volutpat ante congue lorem at. Euismod et adipiscing, tellus nibh magna pulvinar eget et ut tempus elit, non ante dolore dolor mauris praesent, dolore pharetra mauris proin congue dolor, id proin nisi. Ipsum elit non ante donec pharetra volutpat massa erat nonummy, volutpat ante donec pharetra volutpat proin, dolore, pharetra volutpat ante dolore dolor mauris proin pulvinar mauris sem. Nunc lorem at, tellus, tincidunt ac, turpis molestie, mi magna sit id et congue feugiat id praesent magna pharetra mauris praesent congue feugiat adipiscing lobortis lorem adipiscing. Ullamcorper lobortis ac amet eget proin aliquam amet id et ut ipsum nonummy non nunc erat consectetur tellus massa erat consectetur volutpat ante magna sem lobortis tempus. Nonummy molestie proin dolore sed, at aliquet tincidunt aliquam sit id et ut ipsum nonummy non ante congue dolor molestie mi congue feugiat adipiscing congue feugiat at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent tincidunt magna, pulvinar elit sem sit felis diam massa erat pharetra mauris praesent tincidunt ac pulvinar eget et ut sed consectetur id praesent congue lorem felis. Ullamcorper nibh nisi amet lobortis, aliquam pulvinar eget proin dolore ipsum elit tellus mi congue feugiat felis ullamcorper lobortis aliquam pulvinar eget sem nunc lorem at aliquet. Tincidunt ac tellus laoreet erat pharetra id et magna sit id diam ut feugiat felis diam lobortis tempus adipiscing ullamcorper, lobortis tempus turpis, aliquet tincidunt mauris praesent. Tincidunt lorem turpis euismod laoreet ac adipiscing tellus laoreet aliquam turpis tellus, tincidunt lorem turpis id et magna sit, id diam ut ipsum elit diam feugiat felis. Praesent ut ipsum adipiscing diam congue feugiat felis praesent congue, feugiat adipiscing ullamcorper lobortis tempus, amet eget et nisi, ipsum elit aliquet nunc erat, at nunc sed. Nonummy tellus ante magna feugiat felis ullamcorper tincidunt tempus, adipiscing euismod nibh nisi pulvinar, eget proin dolore elit non laoreet, donec pharetra mauris praesent congue feugiat adipiscing. Ullamcorper lobortis, tempus turpis volutpat et ac donec dolore ac ipsum feugiat pulvinar at id non aliquet mauris ullamcorper proin ut sed nonummy non ante donec feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing elit aliquet ac, sit felis diam ut ipsum adipiscing ullamcorper. Lobortis, donec dolor at aliquet laoreet ac sit euismod diam nisi. Feugiat elit sem lobortis tempus mauris aliquet laoreet ac turpis euismod. Nibh, aliquam sit, eget et nisi sit felis diam nunc erat. Consectetur non ut feugiat felis ullamcorper lobortis, ipsum non, ante donec. Dolor mauris, praesent nunc lorem consectetur tellus, laoreet magna sit id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet nunc erat, turpis dolore ipsum elit non massa donec consectetur. Mauris mi magna sit molestie praesent, tincidunt lorem, felis ullamcorper lobortis. Tempus turpis euismod et dolore ipsum nibh nisi pulvinar elit et. Ut sed nonummy sem nunc tempus elit non ante donec pharetra. Molestie mi dolore pharetra mauris proin dolore pharetra volutpat donec pharetra. Volutpat ante donec pulvinar eget aliquet tincidunt ac sit felis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa erat at tellus et consectetur molestie mi congue feugiat mauris praesent magna feugiat felis diam, lobortis nisi amet euismod nibh tempus amet euismod nibh aliquam ipsum, eget sem. Nunc elit non massa donec consectetur non ante donec consectetur volutpat massa, tempus felis diam ut feugiat felis diam congue, ipsum adipiscing ullamcorper massa tempus nonummy ut, tempus, nonummy. Volutpat ante dolore sed mauris euismod mi magna sit felis ullamcorper massa tempus elit diam ut ipsum adipiscing ullamcorper nibh adipiscing ullamcorper nibh aliquam pulvinar volutpat, ante nisi dolor. Elit proin dolore pulvinar eget proin nunc, sed consectetur tellus laoreet donec consectetur tellus mi congue, feugiat felis, donec pharetra molestie mi congue, feugiat mauris praesent congue feugiat mauris. Aliquet congue, dolor mauris aliquet congue sed mauris proin nunc dolor at sem nunc dolor mauris nisi dolor eget sem massa sed at aliquet laoreet ac pharetra id praesent. Lobortis tempus felis diam ut tempus nonummy euismod lobortis amet volutpat et dolore pulvinar eget et nisi amet eget proin ut ipsum eget proin ut sed nonummy non massa. Erat nonummy non lobortis tempus nonummy sem feugiat felis et ut tempus adipiscing non lobortis, tempus adipiscing ullamcorper nibh aliquam amet euismod nibh aliquam nonummy volutpat nibh tempus turpis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="Rb0c304fb72fd49d3"/>
+          <w:headerReference w:type="default" r:id="R804cbdaebb6c437d"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Nonummy sed ipsum, feugiat pulvinar tempus, feugiat pulvinar turpis. Consectetur adipiscing felis molestie euismod sem mi lobortis dolore. Aliquam ipsum consectetur mauris, euismod euismod non mi tincidunt. Nisi ac turpis elit volutpat id tellus mi, massa. Ac congue aliquam lorem ipsum pharetra adipiscing mauris id. Mauris volutpat molestie volutpat, ullamcorper tellus ullamcorper aliquet, proin. Laoreet congue aliquam pulvinar adipiscing id tellus ullamcorper et. Massa tincidunt dolore, ut tincidunt massa ut laoreet, laoreet. Nibh nibh, laoreet lobortis laoreet nunc tincidunt nunc ut. </w:t>
+        <w:t xml:space="preserve">Massa donec pharetra at aliquet tincidunt ac turpis euismod nibh magna sit, id et, ut. Ipsum et ut feugiat id et nisi sit id, et congue tempus adipiscing, non lobortis. Lorem adipiscing, ullamcorper lobortis tempus, adipiscing euismod nibh aliquam turpis euismod lorem turpis volutpat et. Aliquam pulvinar eget proin, ut sed consectetur non nunc erat nonummy non massa erat, consectetur. Tellus massa erat, nonummy non massa erat volutpat proin dolore pharetra volutpat ante aliquam nonummy. Volutpat proin donec amet volutpat ante donec pulvinar eget proin dolore pulvinar eget proin dolore. Volutpat et nisi amet id et nisi sit elit sem nunc sed nonummy non massa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 3 page(s)</w:t>
+        <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mauris feugiat ac ut laoreet ante ante mi mi proin lobortis lobortis laoreet proin proin praesent praesent sem diam aliquet, tellus volutpat. Id felis at consectetur amet consectetur nonummy at id id mauris, at adipiscing tellus diam ante tincidunt nunc nisi congue aliquam ac. Ipsum, lorem ipsum sit, nonummy mauris sit amet at euismod non praesent nibh laoreet ut lobortis ut congue aliquam ac, ipsum pharetra. Eget aliquet tincidunt ac turpis, euismod et nisi sit id et nisi ipsum elit, sem ut feugiat felis diam feugiat id mi. Congue feugiat id praesent congue feugiat mauris diam tincidunt lorem nonummy euismod nibh aliquam amet, volutpat nibh aliquam turpis euismod nibh, aliquam. Elit sem, nunc sed nonummy non massa sed consectetur tellus ante donec consectetur non lobortis tempus elit ullamcorper lobortis erat pharetra molestie. Proin dolore sed mauris praesent sed at tellus nibh nisi ipsum, nonummy non massa erat nonummy volutpat ante donec dolor volutpat massa. Aliquam nonummy ullamcorper lobortis tempus nonummy euismod laoreet, nisi sit euismod mi ac turpis tellus laoreet ac turpis molestie, mi magna pharetra. Felis et congue sit felis diam ut lorem mauris praesent congue mauris praesent, congue lorem adipiscing ullamcorper lobortis ac turpis euismod nibh. Dolore pulvinar id et nisi sit id, nibh ac turpis eget diam ut ipsum nonummy non ipsum felis sem lobortis donec pharetra. </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">Sed nonummy non ante donec pharetra molestie massa erat nonummy non ante donec amet non massa tempus elit. Ullamcorper massa aliquam adipiscing tellus et magna sit eget sem ut pulvinar felis et nisi, feugiat id et. Magna sit, molestie laoreet sed at sem ut, ipsum sem nunc erat consectetur tellus ante magna dolor, volutpat. Ante donec consectetur non massa donec pharetra molestie proin congue dolor, mauris proin congue sed mauris praesent dolore. Turpis euismod laoreet, ac turpis id et magna feugiat felis diam lobortis aliquam nonummy volutpat massa aliquam nonummy. Volutpat proin nunc dolor mauris, dolore dolor at euismod laoreet erat consectetur aliquet, massa ac sit molestie laoreet. Ac sit id praesent congue feugiat felis diam ut tempus nonummy volutpat nibh aliquam volutpat et nisi pulvinar. Volutpat proin nisi pulvinar elit sem nunc sed at non nunc sed, nonummy tellus ante donec consectetur volutpat. </w:t>
+        <w:t xml:space="preserve">Donec feugiat adipiscing euismod nibh nisi pulvinar id proin ut sed. Nonummy non nunc tempus consectetur ut tempus elit diam lobortis tempus. Elit, ullamcorper ante dolore sed at aliquet, tincidunt ac turpis euismod. Et nisi ipsum elit sem massa tempus nonummy lobortis erat amet. Volutpat proin, congue lorem adipiscing ullamcorper laoreet ac turpis tellus nibh. Nisi sed nonummy non, ante magna dolor mauris praesent dolore, feugiat. Adipiscing lobortis aliquam pulvinar eget et ut ipsum nonummy non massa. Donec feugiat felis, diam congue feugiat, adipiscing euismod ante, nisi amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget, sem nunc sed at sem massa donec consectetur tellus ante erat, feugiat felis praesent magna. Dolor, adipiscing lobortis, ac ipsum at aliquet massa erat, consectetur molestie mi donec pharetra molestie mi. Congue, feugiat adipiscing ullamcorper lobortis nisi pulvinar elit, sem massa tempus elit diam ut feugiat adipiscing. Ullamcorper lobortis lorem adipiscing, ullamcorper, lobortis tempus amet volutpat, ante aliquam amet volutpat proin nunc sed. At aliquet, massa sed non massa erat consectetur tellus, mi congue feugiat felis diam tincidunt tempus. Turpis volutpat ante dolore amet euismod nibh ac turpis, euismod nibh aliquam, id sem nunc erat. Consectetur molestie ante donec pharetra mauris praesent magna dolor felis aliquet congue feugiat at aliquet lobortis. Ac amet elit tellus praesent congue felis ullamcorper ut tempus amet eget sem nunc erat at. Tellus laoreet ac turpis felis diam ut feugiat nonummy non massa aliquam adipiscing diam lobortis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris diam lobortis aliquam amet volutpat nibh aliquam ipsum. At molestie, mi ut ipsum adipiscing ante donec dolor. Mauris praesent tincidunt ac turpis felis diam ut ipsum. Felis et, ut ipsum elit non massa aliquam amet. Volutpat proin donec pulvinar, proin nunc lorem consectetur tellus. Nunc, ac turpis molestie mi, nisi feugiat id diam. Ut ipsum adipiscing ullamcorper ut ipsum felis praesent congue. Feugiat, adipiscing donec, pharetra mauris mi magna dolor mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam lobortis, tempus, nonummy non, ante. Dolore dolor eget ante, amet eget. Sem nibh nisi ipsum felis diam. Ut ipsum elit ullamcorper massa erat. Nonummy molestie praesent congue lorem adipiscing. Tellus, nibh ac adipiscing euismod, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, elit sem laoreet ac turpis id diam lobortis, ipsum adipiscing ullamcorper lobortis tempus amet non ante pulvinar mauris aliquet tincidunt ac turpis id et nisi sit felis. Ullamcorper lobortis tempus adipiscing volutpat ante dolore dolor mauris proin, nunc sed consectetur dolore sed at, tellus tincidunt erat consectetur aliquet massa sed elit sem dolore ipsum eget. Proin nunc ipsum eget diam nunc erat consectetur mauris praesent tincidunt tempus ullamcorper lobortis tempus adipiscing ullamcorper lobortis aliquam turpis euismod laoreet ac turpis euismod nibh, lorem at. Tellus laoreet magna sit, felis non, lobortis, elit sem massa erat nonummy non massa aliquam amet volutpat proin donec dolor mauris praesent nunc sed at sem nunc, sed. Mauris aliquet laoreet ac sit id congue feugiat felis diam lobortis tempus nonummy eget proin, donec dolor at aliquet laoreet ac turpis tellus laoreet magna sit tellus laoreet. Erat turpis tellus laoreet ac tellus mi magna sit id diam congue feugiat adipiscing diam, tincidunt nisi sed consectetur, tellus mi ac sit felis, diam, feugiat felis diam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Nisi tempus nonummy molestie praesent congue dolor at praesent dolore pharetra mauris. Praesent nunc sed at aliquet nunc mauris sem dolore dolor eget et. Dolore pulvinar eget sem massa erat at non laoreet, erat, consectetur mauris. Diam congue feugiat felis ullamcorper lobortis felis ullamcorper lobortis lorem turpis euismod. Lobortis ac turpis euismod nibh aliquam sit, eget et ut ipsum elit. Sem nunc tempus consectetur molestie mi congue lorem adipiscing, lobortis nisi pulvinar. Eget sem dolore, erat sit felis praesent congue sit mauris mi magna. Sit mauris praesent tincidunt lorem felis praesent dolore mauris mi donec dolor. Molestie praesent tincidunt sed adipiscing euismod et ut sed nonummy sem ut. Pulvinar elit non massa erat consectetur, volutpat massa donec pharetra molestie donec. </w:t>
+        <w:t xml:space="preserve">Massa donec consectetur tellus massa donec. Pharetra molestie ante consectetur volutpat ante. Donec pharetra molestie proin congue lorem. Adipiscing ullamcorper tincidunt ac sit eget. Sem ut ipsum elit, sem nunc. Erat consectetur volutpat ante amet non. Massa donec nonummy volutpat massa donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 3 page(s)</w:t>
+        <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nisi, magna feugiat felis lobortis aliquam nonummy non ante tempus nonummy euismod, proin nunc dolor mauris, sem tincidunt ac turpis molestie mi ac pharetra molestie mi magna sit. Id congue sit felis diam, congue lorem adipiscing ullamcorper lobortis tempus felis aliquet congue lorem at aliquet tincidunt lorem turpis euismod nibh aliquam sit id diam ipsum elit. Sem nunc tempus consectetur non massa tempus nonummy volutpat ante dolore amet molestie ante aliquam amet eget proin donec dolor eget praesent dolore at aliquet tincidunt ac, sit. Felis diam, ut tempus nonummy, ullamcorper lobortis tempus nonummy ullamcorper lobortis tempus, adipiscing ullamcorper lobortis aliquam amet euismod nibh tempus volutpat ante nisi pulvinar elit proin, nisi pulvinar. Id, proin dolore pulvinar, eget proin nisi sit id et magna sit euismod et ut ipsum nonummy non lobortis felis, diam nisi sit felis, et congue sit id. Diam lobortis ipsum nonummy non lobortis tempus, nonummy euismod lobortis lorem adipiscing aliquet congue feugiat, felis nibh ac, turpis ullamcorper laoreet lorem adipiscing ullamcorper nibh aliquam sit id. Et nisi pulvinar id nibh ac turpis tellus tincidunt ac consectetur, tellus laoreet erat turpis laoreet ac consectetur molestie laoreet erat consectetur molestie praesent congue lorem adipiscing euismod. Nibh nisi dolor consectetur molestie laoreet erat at sem massa sed consectetur, non nunc, nonummy sem ut ipsum nonummy tellus, mi magna dolor mauris aliquet, tincidunt tempus turpis. Volutpat et dolore, ipsum at sem nunc erat consectetur tellus mi magna sit mi magna feugiat adipiscing euismod lobortis tempus turpis volutpat proin dolore ipsum at sem nunc. Erat pharetra molestie mi magna sit mauris diam ut lorem adipiscing ullamcorper dolor molestie mi congue feugiat felis aliquet tincidunt ac turpis euismod, nibh lorem adipiscing aliquet tincidunt. </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">Ac sit molestie mi, congue ipsum, elit, non proin donec dolor mauris aliquet nunc sed adipiscing, tellus nibh magna turpis. Euismod lobortis tempus elit non massa donec pharetra non ante dolore pharetra, mauris praesent congue dolor, at aliquet laoreet nisi. Pulvinar, felis diam nisi ipsum diam massa erat pharetra, molestie proin dolore pharetra, molestie proin congue sed adipiscing aliquet tincidunt. Lorem turpis id nibh magna sit id et nisi ipsum felis, diam, erat amet volutpat proin dolore pharetra eget proin. Tincidunt lorem adipiscing euismod nibh ac turpis id et ut feugiat elit sem, ut ipsum non lobortis tempus amet volutpat. Ante donec, pharetra, eget proin dolore dolor, at tellus, mi ac turpis id laoreet ac consectetur molestie mi ac pharetra. Id ullamcorper tempus pharetra at, tellus nibh magna pulvinar, elit non massa donec consectetur molestie mi, dolore pharetra volutpat massa. Donec dolor molestie aliquet, congue lorem turpis euismod et sit id et ut tempus nonummy non massa erat, pharetra molestie. </w:t>
+        <w:t xml:space="preserve">At id diam nunc tempus, consectetur, volutpat ante dolore. Pharetra mauris aliquet dolore pharetra molestie proin dolore, dolor. At praesent dolore dolor at praesent pulvinar eget proin. Nunc ac turpis id, diam lobortis tempus amet molestie. Praesent congue lorem adipiscing, aliquet tincidunt lorem sit id. Diam ut, tempus volutpat ante congue feugiat adipiscing euismod. Et nisi pulvinar eget et nunc sed consectetur molestie. Mi magna sit mauris diam lobortis aliquam pulvinar mauris. Proin dolore sed aliquet massa erat sit id et. Ut donec dolor eget praesent nunc ac consectetur aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat consectetur aliquet laoreet magna turpis tellus laoreet ac pharetra tellus laoreet magna, pharetra molestie laoreet donec sit mauris mi. Magna feugiat aliquet tincidunt tempus adipiscing ullamcorper nibh ac, amet id proin ut ipsum at non massa donec sit mauris mi. Magna feugiat adipiscing ullamcorper nibh aliquam euismod et, aliquam amet, euismod nibh aliquam amet id nibh aliquam turpis tellus nibh magna. Turpis tellus tincidunt lorem consectetur tellus laoreet erat at aliquet nunc sed tellus laoreet ac feugiat adipiscing ullamcorper ut, lorem adipiscing. Ullamcorper, lobortis tempus nonummy euismod nibh aliquam, pulvinar, eget proin dolore, dolor elit sem sed at sem ut ipsum, at tellus. Mi ut lorem nonummy volutpat nibh aliquam pulvinar volutpat ante dolore dolor elit sem, nunc ipsum, elit sem dolore amet, laoreet. Ac adipiscing tellus tincidunt ac turpis id diam, nunc ipsum elit sem lobortis erat amet volutpat ante dolore dolor, molestie ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec dolor, mauris praesent dolore, pulvinar eget ante nunc erat, consectetur, euismod laoreet ac at sem, nunc sed, non massa ac sit felis diam congue. Sit adipiscing, ullamcorper, lobortis tempus nonummy volutpat nibh aliquam turpis, eget sem dolore sed elit aliquet massa consectetur molestie mi congue lorem adipiscing volutpat proin. Dolore sed turpis euismod mi magna sit id et nisi feugiat, nonummy, non lobortis ipsum adipiscing ullamcorper lobortis lorem praesent congue sit mauris mi magna. Pharetra molestie mi, dolore feugiat mauris mi dolore pharetra mauris praesent congue, sed at ullamcorper laoreet aliquam euismod nibh magna sit euismod laoreet lorem at. Tellus laoreet erat turpis molestie laoreet magna sit id et magna sit id mi magna sit molestie mi donec mauris mi magna dolor mauris aliquet. Tincidunt ac turpis volutpat et nisi ipsum elit sem nunc ipsum, consectetur molestie, mi magna pharetra, molestie, mi, tincidunt lorem adipiscing congue lorem, felis aliquet. Nibh aliquam amet eget, sem laoreet donec feugiat felis diam ut lorem, felis diam lobortis tempus ullamcorper nibh dolore, sed at, tellus mi congue sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At molestie, mi congue felis, ullamcorper lobortis tempus nonummy ullamcorper. Nibh nisi, pulvinar elit proin nunc ipsum elit sem nunc. Erat at tellus laoreet donec consectetur, tellus laoreet elit non. Massa erat nonummy volutpat massa donec dolor felis mi dolore. Feugiat adipiscing ullamcorper nibh ac turpis euismod nibh aliquam turpis. Euismod nibh, magna tellus tincidunt erat consectetur euismod mi magna. Sit felis diam lobortis aliquam amet volutpat ante aliquam amet. Eget proin, donec amet eget proin dolore mauris sem nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra mauris aliquet lobortis ac pulvinar id et nisi pulvinar id, diam ipsum nonummy, tellus. Massa, donec pharetra molestie mi congue feugiat felis aliquet lobortis lorem adipiscing ullamcorper laoreet ac. Turpis id proin nunc sed nonummy non ante consectetur, molestie ante, donec pharetra molestie mi. Donec pharetra molestie praesent congue sed mauris praesent congue sed at tellus laoreet magna turpis. Euismod et nisi felis diam, nisi feugiat felis diam ut ipsum nonummy, non ante donec. Sed at, tellus nibh ac sit id diam ut ipsum, elit ut tempus nonummy molestie. Praesent tincidunt, lorem adipiscing euismod tincidunt lorem sit id et nisi pulvinar elit tellus massa. Erat nonummy non massa tempus nonummy non ante amet, volutpat ante, donec pharetra volutpat ante. Dolore sed adipiscing tellus laoreet ac pulvinar felis diam nisi ipsum felis diam lobortis erat. Amet volutpat ante erat amet lobortis aliquam amet volutpat, nibh aliquam amet volutpat, proin dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Massa donec sed adipiscing, euismod et. Aliquam pulvinar, id et magna sit. Euismod laoreet, ac sit elit sem. Ut tempus nonummy ullamcorper aliquam amet. Volutpat aliquet laoreet ac sit eget. Sem massa tempus consectetur tellus mi. Donec dolor, mauris praesent tincidunt lorem. Adipiscing ullamcorper tincidunt turpis id proin. Ut ipsum nonummy non massa erat. </w:t>
+        <w:t xml:space="preserve">Tempus turpis volutpat proin amet volutpat proin nunc. Sed at, tellus praesent congue feugiat felis ullamcorper. Nibh, dolore dolor, at tellus laoreet ac turpis. Euismod, mi ut ipsum elit congue feugiat molestie. Mi magna feugiat felis ullamcorper, lobortis tempus, nonummy. Euismod ante dolore, dolor eget proin, nunc sed. Consectetur tellus laoreet magna pharetra massa ac feugiat. Id diam lobortis lorem adipiscing ullamcorper lobortis aliquam. Amet euismod, proin, dolore sed consectetur aliquet laoreet. Erat sit tellus, mi at non laoreet donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>IV</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Aliquet laoreet ac sit id diam, ut aliquam, pharetra mauris aliquet nibh magna pulvinar id mi nisi pulvinar, felis diam. Massa erat pharetra molestie dolore pharetra mauris aliquet tincidunt, lorem sit, eget diam ut ipsum elit, sem massa tempus nonummy. Volutpat, mi congue lorem adipiscing euismod nibh dolore ipsum non massa ipsum elit non laoreet erat pharetra molestie mi magna. Feugiat felis aliquet lobortis lorem adipiscing euismod lobortis lorem adipiscing ullamcorper laoreet aliquam turpis id proin ipsum elit sem massa. Donec dolor molestie mi congue feugiat felis aliquet tincidunt ac ipsum eget non massa sed at tellus mi magna mauris. Diam lobortis tempus, amet volutpat ante aliquam pulvinar eget proin dolore ipsum elit sem nunc sed at non, laoreet, erat. </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Congue ipsum nonummy eget proin donec pharetra eget. Proin dolore pulvinar mauris sem nunc erat consectetur. Tellus laoreet ac turpis massa erat lorem adipiscing. Ullamcorper nibh aliquam, sit eget et nisi pulvinar. Felis sem ut ipsum elit non lobortis, tempus. Pharetra volutpat proin, donec molestie, proin dolore dolor. Mauris praesent, tincidunt lorem turpis tellus nibh lorem. Turpis, euismod mi magna sit id ullamcorper ut. Erat, pharetra molestie ante aliquam nonummy non proin. Aliquet nibh magna sit felis sem ut tempus. </w:t>
+        <w:t xml:space="preserve">Feugiat, adipiscing euismod lorem turpis volutpat, nibh ac turpis id proin dolore, ipsum. Elit sem massa erat consectetur, sem nunc sed elit sem ut ipsum elit. Sem lobortis id et nisi, sit id mi magna sit id diam ut. Lorem, nonummy volutpat ante aliquam amet volutpat, sem nunc sed elit sem nunc. Sed, proin dolore sed at non nunc ipsum elit sem nunc erat nonummy. Tellus massa donec pharetra mauris mi donec, pharetra, molestie, ante erat, amet volutpat. Lobortis, elit, diam ut tempus adipiscing diam ut, tempus nonummy ullamcorper lobortis tempus. Nonummy euismod nibh nisi dolor elit sem nunc dolor volutpat et nisi ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus et, nunc erat, feugiat felis euismod, ante nisi pulvinar eget sem nunc sed et nisi ipsum elit sem nunc erat, consectetur molestie, mi magna sit molestie mi. Magna, feugiat adipiscing ullamcorper lobortis, aliquam amet euismod, nibh aliquam pulvinar eget, lorem turpis eget, sem nunc erat pharetra tellus ante, magna sit felis diam tincidunt tempus, adipiscing. Euismod et nisi dolor elit proin dolore sed, at ac turpis euismod laoreet ac at tellus laoreet lorem consectetur euismod mi nisi sit felis diam, lobortis tempus elit. Ullamcorper lobortis ipsum felis magna sit id praesent ut, lorem nonummy euismod ante aliquam amet volutpat proin dolore dolor, at tellus laoreet ac pharetra id, diam lobortis, aliquam. Amet, eget proin euismod nibh, aliquam pulvinar mauris, sem nunc erat consectetur molestie mi, nisi sit id, diam lobortis, ipsum adipiscing non ante dolore dolor, mauris, praesent tincidunt. Sed consectetur tincidunt erat consectetur tellus mi nisi ipsum nonummy volutpat ante donec pharetra eget proin dolore lorem adipiscing tellus tincidunt sed proin nisi pulvinar, mauris aliquet, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi pulvinar eget sem massa erat consectetur ut sed, nonummy tellus ante erat nonummy tellus, massa donec consectetur non lobortis erat pharetra, non. Massa erat, nonummy ullamcorper lobortis tempus nonummy non nibh, mauris, diam ut feugiat felis diam tincidunt tempus adipiscing, ullamcorper tincidunt lorem adipiscing, aliquet. Lobortis aliquam amet euismod laoreet aliquam sit eget sem nunc pulvinar tincidunt lorem at aliquet laoreet, magna sit felis diam lobortis tempus, nonummy. Non ante, congue feugiat adipiscing ullamcorper tincidunt lorem adipiscing tellus laoreet consectetur aliquet laoreet ac consectetur tellus laoreet magna turpis id diam congue. Ipsum elit ullamcorper lobortis tempus amet volutpat nibh donec pulvinar volutpat lobortis tempus adipiscing ullamcorper dolor mauris mi dolore pharetra, molestie ante donec. Pharetra molestie proin dolore pharetra eget ante donec, pharetra, volutpat, nibh donec pulvinar at tellus laoreet erat consectetur aliquet dolor eget sem nunc. Sed consectetur tellus laoreet magna sit id praesent ut lorem adipiscing ullamcorper nibh, donec dolor mauris nisi dolor elit sem nunc ipsum elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, nibh nisi sit id et adipiscing tellus laoreet ac turpis euismod mi ac consectetur aliquet tincidunt sed turpis tellus mi congue feugiat felis felis turpis, at molestie. Non euismod euismod sem nibh ut donec lorem, amet at felis volutpat ullamcorper proin laoreet lobortis donec lorem ipsum pharetra mauris non praesent, laoreet, nisi erat feugiat volutpat. Aliquet molestie ullamcorper proin laoreet congue tempus amet mauris aliquet proin nunc erat pharetra adipiscing at felis molestie euismod, tellus non mi tincidunt pulvinar, sit pharetra amet consectetur. Adipiscing volutpat aliquet nibh ut donec feugiat dolor pulvinar consectetur, adipiscing elit id ullamcorper ante, tincidunt nunc erat ipsum amet mauris euismod, ante, ut donec lorem pulvinar pharetra. Mauris at felis non praesent et mi massa laoreet massa, congue dolore nisi, donec tempus amet turpis consectetur turpis mauris, diam ante proin et ante, congue, nisi magna. Donec nisi congue donec ac ipsum pharetra felis mauris felis molestie eget molestie elit nonummy adipiscing elit molestie non aliquet diam diam praesent diam diam sem mi massa. Lobortis, laoreet massa nibh dolore ac tempus lorem sed tempus, sed sed molestie volutpat euismod non ullamcorper tellus volutpat praesent et laoreet ut dolore aliquam ac, tempus sed. Pulvinar sit dolor pulvinar pharetra nonummy at elit felis, elit felis ante nibh massa massa laoreet nunc magna, tempus pulvinar at id sem praesent nibh nunc nisi donec. Ac dolor turpis elit molestie aliquet non laoreet lobortis congue at elit molestie euismod sem diam praesent, lobortis tincidunt, magna tempus dolor turpis at molestie, non ullamcorper et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, et mi nibh massa massa tincidunt laoreet lobortis. Laoreet laoreet nibh tincidunt nisi erat, feugiat dolor elit. Felis, elit elit felis at molestie volutpat aliquet proin. Praesent praesent et praesent proin nibh mi ante laoreet. Massa lobortis, tincidunt lobortis congue amet consectetur nonummy at. Elit molestie volutpat euismod, non, praesent ante laoreet nunc. Magna tempus sed feugiat amet at eget tellus et. Ante, laoreet nisi donec tempus mauris tellus diam ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec ac dolor sit amet adipiscing elit molestie ullamcorper ante nibh nunc pharetra felis euismod, aliquet. Sem mi lobortis nunc, ut dolore aliquam, sed ipsum dolor sit consectetur nonummy at elit felis. At, consectetur amet turpis nonummy turpis et mi ante laoreet nunc congue congue aliquam magna, aliquam. Ac donec tempus lorem ipsum dolor adipiscing at amet turpis consectetur felis volutpat praesent et erat. Lorem sed turpis nonummy molestie, euismod aliquet et, massa tincidunt dolore magna tempus pharetra amet, at. Felis eget ullamcorper proin massa ut, nonummy consectetur felis volutpat ullamcorper ante mi, massa lobortis nunc. Ut dolore aliquam sed pharetra nonummy mauris euismod, sem mi lobortis donec lorem, pulvinar, pharetra turpis. Elit et massa congue nisi erat feugiat amet at euismod sem mi nibh tincidunt nisi erat. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -416,51 +391,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 9</w:t>
+      <w:t>Page 7</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -944,51 +919,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb5c3a880296d47f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7bfe0f7b5d324ef0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5c222a0218ec4eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rb0c304fb72fd49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ree82ecd58fcf4a5c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd6190b4f86b64301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R15f1ce84d78b4c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4f64830546b8484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R804cbdaebb6c437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R449b949ca6d849d8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>