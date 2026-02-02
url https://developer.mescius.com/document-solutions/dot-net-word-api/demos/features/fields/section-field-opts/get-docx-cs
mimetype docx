--- v8 (2026-02-02)
+++ v9 (2026-02-02)
@@ -1,343 +1,286 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5bd3adf67e084336" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5ffe4904ae24452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R29bf67ac689b44a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R17b17d0ab64943f9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R80f4459691ad482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R33fc747c94214236" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 2 page(s)</w:t>
+        <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolore erat lorem ipsum, sit amet eget aliquet et laoreet lorem nonummy at id sem mi lobortis tempus dolor elit aliquet, laoreet magna ipsum adipiscing non nibh. Dolore sed, adipiscing tellus nibh nisi ipsum consectetur massa, donec pharetra molestie praesent tincidunt lorem at ullamcorper laoreet ac adipiscing euismod nibh, ac turpis id nibh magna. Sit felis diam nunc, tempus consectetur aliquet lobortis, ac adipiscing euismod lobortis aliquam amet eget sem laoreet donec sit, mauris praesent magna, lorem adipiscing euismod nibh tempus. Amet euismod nisi pulvinar elit sem laoreet magna sit felis diam ut, ipsum felis ullamcorper lobortis aliquam pulvinar mauris sem, tincidunt erat at tellus mi ac feugiat. Nonummy volutpat donec pharetra mauris proin donec pharetra eget proin laoreet ac sit euismod et nisi sit id, diam ut ipsum elit volutpat ante congue lorem at. Euismod et adipiscing, tellus nibh magna pulvinar eget et ut tempus elit, non ante dolore dolor mauris praesent, dolore pharetra mauris proin congue dolor, id proin nisi. Ipsum elit non ante donec pharetra volutpat massa erat nonummy, volutpat ante donec pharetra volutpat proin, dolore, pharetra volutpat ante dolore dolor mauris proin pulvinar mauris sem. Nunc lorem at, tellus, tincidunt ac, turpis molestie, mi magna sit id et congue feugiat id praesent magna pharetra mauris praesent congue feugiat adipiscing lobortis lorem adipiscing. Ullamcorper lobortis ac amet eget proin aliquam amet id et ut ipsum nonummy non nunc erat consectetur tellus massa erat consectetur volutpat ante magna sem lobortis tempus. Nonummy molestie proin dolore sed, at aliquet tincidunt aliquam sit id et ut ipsum nonummy non ante congue dolor molestie mi congue feugiat adipiscing congue feugiat at. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Massa erat at tellus et consectetur molestie mi congue feugiat mauris praesent magna feugiat felis diam, lobortis nisi amet euismod nibh tempus amet euismod nibh aliquam ipsum, eget sem. Nunc elit non massa donec consectetur non ante donec consectetur volutpat massa, tempus felis diam ut feugiat felis diam congue, ipsum adipiscing ullamcorper massa tempus nonummy ut, tempus, nonummy. Volutpat ante dolore sed mauris euismod mi magna sit felis ullamcorper massa tempus elit diam ut ipsum adipiscing ullamcorper nibh adipiscing ullamcorper nibh aliquam pulvinar volutpat, ante nisi dolor. Elit proin dolore pulvinar eget proin nunc, sed consectetur tellus laoreet donec consectetur tellus mi congue, feugiat felis, donec pharetra molestie mi congue, feugiat mauris praesent congue feugiat mauris. Aliquet congue, dolor mauris aliquet congue sed mauris proin nunc dolor at sem nunc dolor mauris nisi dolor eget sem massa sed at aliquet laoreet ac pharetra id praesent. Lobortis tempus felis diam ut tempus nonummy euismod lobortis amet volutpat et dolore pulvinar eget et nisi amet eget proin ut ipsum eget proin ut sed nonummy non massa. Erat nonummy non lobortis tempus nonummy sem feugiat felis et ut tempus adipiscing non lobortis, tempus adipiscing ullamcorper nibh aliquam amet euismod nibh aliquam nonummy volutpat nibh tempus turpis. </w:t>
+        <w:t xml:space="preserve">Id ante, et nunc magna tempus, pharetra id diam praesent congue feugiat adipiscing eget ante nunc erat turpis felis non massa, donec feugiat at euismod proin. Ut ipsum, nonummy tellus laoreet donec tellus mi donec pharetra molestie mi congue dolor felis ullamcorper nibh aliquam amet eget et nunc sed, at non massa. Erat pharetra molestie praesent congue felis diam lobortis tempus turpis eget, proin nunc ipsum elit sem nunc ipsum at sem massa sed nonummy non ante, magna. Sit adipiscing euismod nibh tempus euismod nibh aliquam amet eget et, nisi pulvinar elit sem ut, ipsum nonummy non ante erat nonummy tellus massa erat consectetur. Volutpat mi dolore felis aliquet tincidunt lorem turpis id nibh aliquam, turpis euismod nibh ac sit, id et magna sit euismod et ut tempus felis diam. Massa erat amet volutpat donec, pharetra molestie proin congue sed at aliquet tincidunt sed at aliquet laoreet lorem consectetur tellus tincidunt erat at aliquet laoreet ac. Turpis molestie mi congue amet eget ante aliquam nonummy non nibh et, nisi pulvinar felis diam nisi feugiat felis, diam lobortis feugiat id et feugiat felis. Ullamcorper nibh aliquam nonummy, volutpat ante, donec, dolor mauris proin nisi, pulvinar eget proin, dolore dolor elit, sem nunc sed at non massa sed at massa. Erat nonummy, sem nunc, tempus elit sem nunc, pulvinar felis diam lobortis ipsum felis diam congue sit id mi ut ipsum felis praesent congue sit molestie. Congue feugiat felis, diam tincidunt feugiat felis, aliquet congue dolor mauris praesent dolore amet volutpat ante aliquam pharetra volutpat ante, donec amet volutpat proin dolore dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat dolor mauris praesent tincidunt, ac turpis ullamcorper tincidunt ac euismod. Laoreet nisi pulvinar eget diam ut ipsum, elit tellus mi congue. Feugiat felis mi, congue dolor at aliquet tincidunt ac adipiscing euismod. Laoreet aliquam sit nibh nisi pulvinar eget diam nisi pulvinar felis. Diam ut ipsum, elit ullamcorper lobortis tempus nonummy volutpat ante aliquam. Amet eget ante dolore dolor praesent, nunc dolor mauris proin dolore. Sed at aliquet nunc sed consectetur aliquet massa sed at non. Nunc ipsum at non massa sed nonummy massa erat consectetur non. Nunc tempus consectetur volutpat ante donec, dolor mauris proin congue feugiat. At euismod nibh aliquam sit eget diam nisi ipsum elit sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac turpis molestie mi nisi ipsum nonummy non ante tempus, amet eget praesent nunc sed aliquet tincidunt ac sit elit sem. Lobortis tempus nonummy sem massa donec pharetra, molestie proin congue sed mauris aliquet tincidunt, aliquam pulvinar elit non nunc pulvinar et. Ut ipsum elit non ante donec amet volutpat ante donec dolor mauris praesent dolore dolor mauris aliquet tincidunt magna turpis id. Et, magna pulvinar non massa tempus nonummy non lobortis tempus elit diam congue ipsum felis praesent congue feugiat adipiscing ullamcorper, lobortis. Tempus nonummy euismod nibh dolore elit, proin nunc sed consectetur tellus, laoreet magna consectetur tellus mi magna sit id, mi magna. Sit, mauris praesent congue pharetra, mauris, praesent congue lorem felis ullamcorper lorem adipiscing aliquet congue feugiat mauris praesent tincidunt lorem adipiscing. Tellus nibh ac sit, id et ut pulvinar felis diam ut tempus amet volutpat ante, erat, nonummy, massa donec amet eget. Praesent dolore sed adipiscing tellus tincidunt lorem sit felis diam lobortis tempus nonummy, sem lobortis ipsum diam ut feugiat felis diam. Ut tempus adipiscing ullamcorper ut lorem, adipiscing ullamcorper lobortis tempus turpis volutpat ante nisi pulvinar eget et, nisi ipsum elit proin. Dolore eget proin nisi pulvinar elit, et nisi nibh ut erat pharetra volutpat, ante dolore dolor felis ullamcorper lobortis, aliquam pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nonummy non ante aliquam nonummy. Eget proin nunc, sed consectetur tellus. Mi nisi, feugiat elit ullamcorper donec. Pharetra molestie aliquet, tincidunt lorem at. Tellus, nibh magna sit nonummy, non. Mi magna feugiat felis ullamcorper nibh. Aliquam amet elit, sem massa sit. Id mi magna pharetra mauris mi. Donec, consectetur molestie ante magna pharetra. Molestie praesent congue lorem adipiscing euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et aliquam sit id proin laoreet erat consectetur tellus ante, magna dolor mauris praesent tincidunt, lorem felis. Ullamcorper nibh nisi pulvinar id et amet eget proin ut pulvinar eget et nisi ipsum elit tellus. Mi magna feugiat felis ullamcorper lobortis ac amet eget sem massa sed at non sed elit sem. Nunc sed nonummy non ante, donec consectetur molestie mi congue feugiat felis praesent, congue dolor, molestie ante. Donec sed at aliquet, tincidunt lorem adipiscing et magna, sit id, et ut ipsum elit volutpat massa. Donec amet non lobortis ipsum adipiscing, non massa tempus amet volutpat, ante donec eget sem nunc sed. Consectetur tellus mi, magna feugiat felis diam, congue ipsum felis ullamcorper lobortis tempus adipiscing, ullamcorper nibh tempus. Amet volutpat ante, dolore dolor mauris nunc dolor at aliquet, nunc sed consectetur tellus massa erat pharetra. Tellus, laoreet donec pharetra tellus laoreet erat pharetra molestie praesent magna feugiat mauris praesent tincidunt tempus euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin congue sed mauris aliquet tincidunt lorem adipiscing aliquet laoreet magna sit sem nunc ipsum felis diam ut feugiat felis ullamcorper massa tempus nonummy non lobortis tempus. Amet non nibh aliquam amet volutpat ante donec pulvinar eget dolore dolor at sem tincidunt ac turpis id et ut tempus nonummy non nibh aliquam amet volutpat. Ante dolore sed at aliquet, nunc erat consectetur diam lobortis feugiat felis ullamcorper lobortis tempus nonummy volutpat massa tempus amet eget praesent nunc dolor at sem tincidunt. Ac turpis aliquam ac ipsum adipiscing eget euismod non diam ante tincidunt nisi tempus dolor pulvinar sit, amet at euismod nibh ut sed nonummy molestie mi magna. Sit nonummy euismod nibh tempus euismod nibh aliquam amet euismod et dolore pulvinar, eget sem massa erat, consectetur molestie, laoreet, magna sit felis diam tincidunt lorem nonummy. Euismod ante dolore dolor aliquet, massa ac pharetra id, diam ut ipsum amet volutpat proin nunc, sed adipiscing tellus laoreet ac turpis euismod laoreet magna pharetra volutpat. Mi congue lorem turpis euismod nibh aliquam sit id et ut, pulvinar elit non, massa donec pharetra molestie mi magna pharetra molestie praesent dolore dolor praesent congue. Lorem adipiscing ullamcorper tincidunt lorem at praesent tincidunt turpis molestie et congue feugiat elit ullamcorper lobortis ipsum, nonummy ullamcorper nibh aliquam pulvinar volutpat nibh tempus praesent magna. Dolor felis ullamcorper et, nisi pulvinar at aliquet nunc erat consectetur, tellus laoreet donec sit id praesent congue sit felis ullamcorper lobortis tempus amet volutpat nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh, nisi ipsum, eget non mi magna feugiat diam tincidunt. Feugiat felis, diam tincidunt lorem adipiscing euismod et aliquam amet. Eget proin, dolore sed at sem nunc sed nonummy tellus. Ante erat nonummy massa erat pharetra molestie mi dolore dolor. Adipiscing euismod lobortis ac turpis euismod nibh ac adipiscing aliquet. Laoreet ac sit euismod laoreet lorem at, tincidunt, erat consectetur. Tellus laoreet erat turpis, molestie laoreet magna pharetra tellus massa. Ac pharetra tellus laoreet donec, sit felis euismod nibh nisi. Pulvinar felis sem, lobortis tempus amet volutpat ante dolore pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="R804cbdaebb6c437d"/>
+          <w:headerReference w:type="default" r:id="R0f7d08d9a64941b0"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Massa donec pharetra at aliquet tincidunt ac turpis euismod nibh magna sit, id et, ut. Ipsum et ut feugiat id et nisi sit id, et congue tempus adipiscing, non lobortis. Lorem adipiscing, ullamcorper lobortis tempus, adipiscing euismod nibh aliquam turpis euismod lorem turpis volutpat et. Aliquam pulvinar eget proin, ut sed consectetur non nunc erat nonummy non massa erat, consectetur. Tellus massa erat, nonummy non massa erat volutpat proin dolore pharetra volutpat ante aliquam nonummy. Volutpat proin donec amet volutpat ante donec pulvinar eget proin dolore pulvinar eget proin dolore. Volutpat et nisi amet id et nisi sit elit sem nunc sed nonummy non massa. </w:t>
+        <w:t xml:space="preserve">Adipiscing ullamcorper nibh tempus amet, volutpat, nibh adipiscing euismod ante nisi pulvinar eget proin dolore ipsum elit proin nisi amet ullamcorper laoreet aliquam. Sit id et nisi pulvinar eget, sem massa, erat volutpat ante erat pharetra molestie mi donec dolor at aliquet laoreet ac adipiscing euismod. Nibh nisi pulvinar eget diam nunc tempus consectetur volutpat, ante erat molestie mi congue dolor, at aliquet tincidunt lorem adipiscing, euismod et aliquam. Pulvinar elit diam nunc tempus elit non, massa erat consectetur non erat amet non massa, erat dolor at ullamcorper laoreet ac sit euismod. Et nunc, sed nonummy, sem massa erat consectetur volutpat massa donec consectetur molestie mi dolore, molestie, proin dolore dolor mauris aliquet tincidunt lorem. Turpis tellus laoreet ac sit id diam nisi ipsum elit diam ut ipsum, elit ullamcorper lobortis tempus nonummy ullamcorper tincidunt lorem turpis euismod. Diam ut tempus nonummy non ante erat, pharetra molestie mi congue feugiat, adipiscing euismod nibh dolore sit id praesent congue feugiat mauris praesent. Congue tempus nonummy volutpat ante dolore pulvinar eget, proin nunc sed consectetur aliquet nunc, sed at non laoreet erat pharetra massa sed nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec feugiat adipiscing euismod nibh nisi pulvinar id proin ut sed. Nonummy non nunc tempus consectetur ut tempus elit diam lobortis tempus. Elit, ullamcorper ante dolore sed at aliquet, tincidunt ac turpis euismod. Et nisi ipsum elit sem massa tempus nonummy lobortis erat amet. Volutpat proin, congue lorem adipiscing ullamcorper laoreet ac turpis tellus nibh. Nisi sed nonummy non, ante magna dolor mauris praesent dolore, feugiat. Adipiscing lobortis aliquam pulvinar eget et ut ipsum nonummy non massa. Donec feugiat felis, diam congue feugiat, adipiscing euismod ante, nisi amet. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Pulvinar, elit sem laoreet ac turpis id diam lobortis, ipsum adipiscing ullamcorper lobortis tempus amet non ante pulvinar mauris aliquet tincidunt ac turpis id et nisi sit felis. Ullamcorper lobortis tempus adipiscing volutpat ante dolore dolor mauris proin, nunc sed consectetur dolore sed at, tellus tincidunt erat consectetur aliquet massa sed elit sem dolore ipsum eget. Proin nunc ipsum eget diam nunc erat consectetur mauris praesent tincidunt tempus ullamcorper lobortis tempus adipiscing ullamcorper lobortis aliquam turpis euismod laoreet ac turpis euismod nibh, lorem at. Tellus laoreet magna sit, felis non, lobortis, elit sem massa erat nonummy non massa aliquam amet volutpat proin donec dolor mauris praesent nunc sed at sem nunc, sed. Mauris aliquet laoreet ac sit id congue feugiat felis diam lobortis tempus nonummy eget proin, donec dolor at aliquet laoreet ac turpis tellus laoreet magna sit tellus laoreet. Erat turpis tellus laoreet ac tellus mi magna sit id diam congue feugiat adipiscing diam, tincidunt nisi sed consectetur, tellus mi ac sit felis, diam, feugiat felis diam. </w:t>
+        <w:t xml:space="preserve">Ullamcorper ante dolore sed at tellus laoreet ac sit id et nisi pulvinar felis diam ut ipsum elit non ante. Dolore dolor volutpat proin dolor mauris praesent nunc lorem at tellus laoreet ac, sit id, diam lobortis tempus, nonummy non. Ante dolore amet non ante dolore dolor mauris praesent lorem turpis euismod nibh nisi ipsum elit non lobortis donec pharetra. Molestie mi dolore, pharetra volutpat ante felis ullamcorper lobortis tempus pulvinar eget, proin dolore dolor elit massa sed, consectetur non. Massa erat pharetra tellus mi congue feugiat adipiscing, euismod, nibh aliquam amet volutpat ante nisi sed at tellus laoreet consectetur. Molestie mi congue ipsum adipiscing ullamcorper lobortis, tempus amet, non nibh aliquam pulvinar mauris aliquet tincidunt ac turpis id mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac sit molestie mi congue sit id praesent ut lorem adipiscing ullamcorper tincidunt tempus turpis euismod nibh. Aliquam turpis euismod nibh aliquam turpis id et nisi pulvinar elit sem nunc erat consectetur tellus ante. Donec pharetra molestie donec dolor mauris aliquet lobortis ac adipiscing aliquet congue sed at tellus laoreet ac. Turpis id diam nisi pulvinar felis sem ut tempus nonummy non feugiat elit non lobortis aliquam amet. Non proin dolore dolor at tellus, tincidunt lorem consectetur tellus mi nisi pulvinar nonummy volutpat ante dolore. Mauris aliquet tincidunt, aliquam turpis euismod et nisi ipsum elit sem nunc, tempus, consectetur tellus ante magna. Dolor felis ullamcorper tincidunt lorem turpis id sem massa ac id ullamcorper nibh aliquam pulvinar eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis tempus amet elit sem massa ac sit mi magna feugiat id mi ut lorem id, diam, nibh donec pulvinar eget sem nunc. Erat turpis id mi magna ipsum felis diam congue feugiat praesent ut ipsum adipiscing diam lobortis feugiat adipiscing ullamcorper lobortis nisi pulvinar, mauris. Aliquet mi magna feugiat felis et ut ipsum nonummy non lobortis tempus diam ut aliquam amet euismod nibh donec dolor, at sem nunc. Erat consectetur tellus massa erat at aliquet massa erat consectetur non nunc, sed consectetur molestie erat pharetra mauris diam tincidunt, lorem, adipiscing, ullamcorper. Nibh, nisi dolor elit tellus laoreet magna pharetra molestie mi congue feugiat adipiscing non ante dolore euismod nibh nisi pulvinar eget proin nunc. Sed consectetur molestie mi congue, feugiat elit ullamcorper ante donec dolor mauris praesent nunc dolor at aliquet nunc lorem, consectetur laoreet magna feugiat. Id et nisi ipsum felis ullamcorper ut tempus amet volutpat proin dolore sed at aliquet laoreet lorem turpis euismod, laoreet magna consectetur non. Ante donec feugiat at praesent congue sed, mauris praesent congue sed at aliquet tincidunt lorem consectetur euismod laoreet ac consectetur id mi nisi. Sit id magna, sit id diam, lobortis tempus amet non lobortis aliquam amet volutpat proin dolore dolor eget sem nunc erat consectetur molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat pharetra felis praesent, congue lorem nonummy volutpat proin nunc sed consectetur aliquet mi. Ac sit laoreet ac turpis id diam lobortis tempus nonummy eget proin dolore sed at. Aliquet, laoreet ac turpis tellus mi ac turpis tellus laoreet erat consectetur laoreet ac, pharetra. Tellus laoreet erat pharetra tellus laoreet donec sit molestie praesent, congue lorem adipiscing diam tincidunt. Lorem turpis euismod lobortis lorem turpis volutpat aliquam, turpis id nibh aliquam sit id nibh. Felis volutpat ante, dolore pharetra molestie massa donec pharetra molestie proin dolore dolor mauris praesent. Dolore eget proin donec amet mauris sem, nunc sed at, proin dolore pulvinar volutpat nibh. Aliquam amet euismod et dolore ipsum elit sed consectetur non massa erat tellus ante donec. Pharetra molestie praesent dolore feugiat at aliquet tincidunt feugiat mauris, aliquet tincidunt ac pulvinar elit. Sem massa erat pharetra molestie mi donec pharetra, mauris dolore dolor, mauris mi dolore feugiat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Massa donec consectetur tellus massa donec. Pharetra molestie ante consectetur volutpat ante. Donec pharetra molestie proin congue lorem. Adipiscing ullamcorper tincidunt ac sit eget. Sem ut ipsum elit, sem nunc. Erat consectetur volutpat ante amet non. Massa donec nonummy volutpat massa donec. </w:t>
+        <w:t xml:space="preserve">Lorem adipiscing, euismod et nisi, ipsum nonummy, tellus tempus. Consectetur molestie mi magna pharetra molestie praesent tincidunt lorem. Adipiscing ullamcorper nibh dolore ipsum at non mi magna. Tempus nonummy euismod nibh dolore sed proin nunc dolor. Elit aliquet massa ac turpis tellus laoreet ac, pharetra. Id praesent magna, sit felis praesent ut lorem adipiscing. Diam tincidunt tempus turpis et nisi sed at aliquet. Laoreet erat consectetur tellus, massa erat pharetra id, diam. Ut aliquam nonummy volutpat ante nisi dolor, mauris aliquet. Dolor elit aliquet nunc erat consectetur molestie laoreet, magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 2 page(s)</w:t>
+        <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At id diam nunc tempus, consectetur, volutpat ante dolore. Pharetra mauris aliquet dolore pharetra molestie proin dolore, dolor. At praesent dolore dolor at praesent pulvinar eget proin. Nunc ac turpis id, diam lobortis tempus amet molestie. Praesent congue lorem adipiscing, aliquet tincidunt lorem sit id. Diam ut, tempus volutpat ante congue feugiat adipiscing euismod. Et nisi pulvinar eget et nunc sed consectetur molestie. Mi magna sit mauris diam lobortis aliquam pulvinar mauris. Proin dolore sed aliquet massa erat sit id et. Ut donec dolor eget praesent nunc ac consectetur aliquet. </w:t>
-[...101 lines deleted...]
-        <w:t xml:space="preserve">Donec ac dolor sit amet adipiscing elit molestie ullamcorper ante nibh nunc pharetra felis euismod, aliquet. Sem mi lobortis nunc, ut dolore aliquam, sed ipsum dolor sit consectetur nonummy at elit felis. At, consectetur amet turpis nonummy turpis et mi ante laoreet nunc congue congue aliquam magna, aliquam. Ac donec tempus lorem ipsum dolor adipiscing at amet turpis consectetur felis volutpat praesent et erat. Lorem sed turpis nonummy molestie, euismod aliquet et, massa tincidunt dolore magna tempus pharetra amet, at. Felis eget ullamcorper proin massa ut, nonummy consectetur felis volutpat ullamcorper ante mi, massa lobortis nunc. Ut dolore aliquam sed pharetra nonummy mauris euismod, sem mi lobortis donec lorem, pulvinar, pharetra turpis. Elit et massa congue nisi erat feugiat amet at euismod sem mi nibh tincidunt nisi erat. </w:t>
+        <w:t xml:space="preserve">Turpis eget et dolore sed, at tellus, laoreet ac pharetra molestie diam ut ipsum nonummy non proin donec sed consectetur, tellus tincidunt turpis euismod mi magna feugiat. Felis ullamcorper lobortis tempus adipiscing volutpat, proin congue sed at aliquet tincidunt magna pulvinar felis et nisi, ipsum nonummy non ipsum nonummy volutpat ante erat amet non. Ante donec pharetra volutpat ante dolore dolor mauris aliquet tincidunt sed consectetur tellus laoreet ac turpis, tellus mi nisi ipsum non lobortis ipsum adipiscing ullamcorper lobortis ipsum. Adipiscing volutpat nibh, aliquam amet volutpat, proin tincidunt sed mauris aliquet tincidunt sed at aliquet massa elit proin nunc ipsum elit non massa sed consectetur tellus massa. Donec dolor mauris praesent tincidunt feugiat felis aliquet tincidunt lorem adipiscing ullamcorper nibh aliquam pulvinar eget nisi sit id diam massa erat, consectetur tellus mi congue dolor. Felis ullamcorper lobortis ac turpis aliquet tincidunt feugiat, adipiscing euismod, nibh, aliquam pulvinar, proin ut erat pharetra molestie praesent congue feugiat adipiscing ullamcorper lobortis tempus amet volutpat. Nibh aliquam pulvinar eget nibh nisi amet id et nisi ipsum nonummy sem tempus elit sem massa erat pharetra volutpat, ante donec pharetra, molestie ante dolore pharetra. Mauris, aliquet laoreet, ac adipiscing tellus tincidunt lorem at tellus laoreet ac consectetur et ac sit molestie mi magna sit felis diam lobortis aliquam pharetra mauris tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc lorem, turpis, felis et nisi ipsum felis, et ut ipsum nonummy volutpat ante aliquam pharetra, mauris praesent congue sed adipiscing. Tellus magna sit id diam ut donec consectetur molestie mi, tincidunt feugiat at aliquet lobortis ac amet euismod et aliquam pulvinar. Eget non ante erat consectetur ante, magna feugiat adipiscing praesent congue, dolor mauris aliquet, lobortis ac turpis euismod et aliquam sit. Id sem nunc sed consectetur non nunc erat pharetra mauris praesent dolor molestie ante donec pharetra mauris praesent congue sed at. Aliquet laoreet aliquam sit eget diam nisi ipsum felis diam massa, erat consectetur ante donec pharetra mauris proin congue lorem turpis. Ullamcorper nibh aliquam sit, euismod, et magna pulvinar id et ut ipsum elit, non ante donec amet molestie mi pharetra molestie. Praesent congue dolor at tellus laoreet ac sit eget sem massa donec, dolor, turpis turpis elit molestie aliquet aliquet diam ante. Congue nunc ac amet at tellus et nunc donec, dolor adipiscing eget aliquet et mi aliquet mi, ut tempus elit ullamcorper. Lobortis aliquam donec sit mauris diam congue lorem adipiscing euismod nibh nisi, pulvinar elit sem massa ac turpis id et congue. Feugiat adipiscing, non nibh aliquam pharetra mauris praesent lorem sit id et ut tempus nonummy sem massa tempus amet volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ut sed consectetur adipiscing ullamcorper nibh aliquam amet volutpat proin dolore, sed at tellus massa erat. Consectetur id et ut ipsum adipiscing, tellus laoreet lorem consectetur tellus laoreet lorem consectetur aliquet tincidunt erat. Consectetur tellus et, nisi feugiat felis mi congue sit id praesent congue lorem nonummy lobortis feugiat felis. Ullamcorper lobortis lorem turpis ullamcorper lobortis, feugiat mauris mi dolore dolor molestie ante donec pharetra eget ante. Aliquam pharetra volutpat proin, dolore at aliquet tincidunt lorem at, tellus laoreet ac turpis molestie mi magna. Sit felis et ut ipsum felis diam nibh tempus adipiscing ullamcorper lobortis feugiat ullamcorper lobortis aliquam pulvinar. Eget proin nisi pulvinar euismod, lobortis aliquam amet euismod nibh ac adipiscing tellus laoreet ac sit id. Et, nisi sit id et, ut felis, diam lobortis tempus elit ullamcorper lobortis, ipsum adipiscing diam congue. Feugiat felis diam congue, sit felis diam tincidunt feugiat molestie, mi magna feugiat mauris lobortis ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris praesent tincidunt aliquam ipsum eget diam, magna sit eget massa donec consectetur volutpat ante erat, nonummy non lobortis tempus nonummy ullamcorper lobortis, tempus adipiscing non lobortis. Tempus nonummy diam, ut tempus adipiscing euismod nibh aliquam volutpat nibh aliquam amet eget proin dolore ipsum at non nunc sed, elit non massa sed, nonummy non. Ante magna pharetra mauris, mi congue lorem ullamcorper lobortis ac, amet, elit sem dolore sed elit sem nunc ipsum elit diam ut tempus nonummy non massa erat. Pharetra mauris praesent dolor molestie proin donec dolor mauris proin dolore dolor at aliquet tincidunt lorem at aliquet dolore dolor mauris sem, nunc sed at aliquet laoreet. Ac, sit molestie ac sit, id diam ut ipsum adipiscing diam lobortis lorem felis ullamcorper lobortis tempus turpis euismod lobortis lorem, felis aliquet tincidunt lorem at aliquet. Congue lorem adipiscing congue dolor eget proin donec amet euismod nibh tempus nonummy ullamcorper, nibh tempus turpis ullamcorper lobortis ac adipiscing volutpat et pulvinar eget sem massa. Donec pharetra molestie ante donec pharetra tellus ante erat consectetur volutpat, ante donec, nonummy, non lobortis erat elit diam lobortis tempus adipiscing ullamcorper donec amet eget ante. Aliquam amet eget, proin dolore pulvinar eget ante nisi turpis euismod nibh aliquam pulvinar id, et aliquam turpis euismod nibh ac, sit id ac sit id diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet ac turpis molestie et congue sit mi congue sit felis diam ut tempus amet volutpat ante aliquam. Amet eget proin nisi pulvinar, eget sem nunc sed at sem massa, erat consectetur laoreet, magna pharetra tellus. Mi donec pharetra tellus ante magna dolor mauris praesent congue dolor molestie mi, donec pharetra molestie proin dolore. Dolor, at ullamcorper sed adipiscing tellus laoreet, ac turpis euismod laoreet lorem turpis, tellus nunc sed at sem. Dolore ipsum elit proin dolore ipsum elit proin, aliquam sit diam nunc ipsum elit sem ut, tempus consectetur. Volutpat mi dolore dolor felis aliquet lobortis ac amet ullamcorper laoreet, aliquam sit eget, et ut pulvinar laoreet. Magna sit tellus laoreet ac sit id et nisi, sit id et magna sit, molestie praesent ut ipsum. Nonummy non, nibh aliquam nonummy euismod nibh pulvinar mauris sem nunc erat at aliquet massa erat, consectetur aliquet. Nunc sed consectetur tellus nunc sed nonummy sem ut ipsum eget sem ut pulvinar felis sem feugiat felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie et, congue ipsum adipiscing ullamcorper lobortis tempus amet volutpat ante adipiscing ullamcorper nibh nisi dolor. Eget sem tincidunt, erat consectetur aliquet massa ac feugiat felis diam ut ipsum adipiscing diam ut. Lorem felis ullamcorper lobortis adipiscing, ullamcorper tincidunt lorem felis aliquet tincidunt lorem adipiscing praesent tincidunt feugiat. Adipiscing aliquet laoreet ac turpis tellus laoreet ac sit id, nibh nisi pulvinar elit ut ipsum. Elit, ullamcorper lobortis tempus nonummy, ullamcorper ante tempus nonummy volutpat nibh tempus nonummy non lobortis aliquam. Amet euismod ante, aliquam pulvinar ante, aliquam dolor consectetur tellus mi congue, ipsum adipiscing ullamcorper massa. Donec sed at aliquet tincidunt sed, at tellus mi, nisi pulvinar felis diam ut tempus elit. Ut elit sed sit nonummy felis, euismod tellus diam massa congue dolor at ullamcorper nibh ac. Turpis euismod nibh aliquam ipsum eget et ut pulvinar elit sem dolore dolor mauris praesent tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed at ullamcorper, et, nisi, ipsum, elit diam nisi elit, non ante donec consectetur. Volutpat mi, congue feugiat adipiscing ullamcorper tincidunt, lorem adipiscing euismod nibh ac turpis euismod. Tincidunt lorem at, aliquet tincidunt lorem tellus, mi magna turpis felis ullamcorper ut ipsum. Elit, ullamcorper massa aliquam pharetra eget proin donec pharetra volutpat ante donec dolor mauris. Aliquet tincidunt eget sem nunc sed consectetur aliquet massa ac pharetra tellus mi magna. Pharetra id, praesent congue lorem amet ullamcorper lobortis, tempus turpis euismod lobortis felis ullamcorper. Et, nisi pulvinar eget, sem massa ac pharetra id diam ut feugiat felis euismod. Ante, dolore pulvinar mauris sem dolore dolor elit sem massa at aliquet laoreet ac. Sit felis diam lobortis aliquam pharetra eget proin donec dolor eget proin nisi dolor. Eget et, aliquam amet volutpat nibh aliquam, amet id aliquam adipiscing ullamcorper laoreet lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor mauris sem nunc ac, turpis id mi magna molestie mi magna sit felis et magna, pharetra. Id, diam ut lorem adipiscing ullamcorper lobortis lorem adipiscing euismod nibh aliquam pulvinar eget proin dolore ipsum. Sem dolore sed elit sem massa donec consectetur molestie massa sed pharetra tellus mi erat consectetur volutpat. Massa erat consectetur molestie mi donec amet molestie, congue lorem at ullamcorper nibh aliquam pulvinar id et. Magna turpis euismod mi ut tempus nonummy volutpat massa tempus amet mauris, praesent congue feugiat aliquet tincidunt. Ac, sit elit non massa donec pharetra molestie praesent congue feugiat felis aliquet tincidunt lorem turpis volutpat. Et dolore ipsum elit sem nunc sed adipiscing non ante tempus, amet volutpat nibh aliquam amet euismod. Nibh dolore sed elit sem massa erat, pharetra molestie praesent ut ipsum, nonummy ullamcorper nibh aliquam, amet. Ante dolore dolor consectetur id mi magna, sit id et magna sit felis et magna, sit felis. Diam lobortis tempus nonummy euismod nibh, magna pulvinar felis diam, lobortis tempus amet, volutpat ante donec dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor at euismod magna, sit eget, diam nunc tempus consectetur non mi donec pharetra volutpat ante donec pharetra, molestie praesent tincidunt lorem at aliquet. Tincidunt ac turpis euismod lorem turpis id diam nisi, ipsum, felis diam ut ipsum elit, ullamcorper lobortis tempus nonummy ullamcorper massa aliquam amet volutpat. Ante dolore dolor eget sem lorem turpis euismod laoreet ac turpis tellus massa erat at, aliquet massa erat at tellus laoreet donec, pharetra, molestie. Mi, magna, sit mauris praesent magna molestie mi dolore dolor molestie ante erat amet molestie proin dolore pharetra volutpat proin, dolore sed, adipiscing euismod. Et, magna sit felis mi magna turpis laoreet erat, at aliquet, massa sed elit non nunc, sed eget proin ut ipsum eget diam ut. Ipsum nonummy non ante donec pharetra volutpat mi dolore pharetra, aliquet lobortis, ac turpis aliquet congue dolor eget proin dolore pulvinar mauris praesent nunc. Sed consectetur tellus mi nisi, feugiat elit diam nisi feugiat felis ullamcorper, ipsum adipiscing, non nibh aliquam amet volutpat proin donec amet volutpat nibh. Aliquam amet eget, ante nisi pulvinar volutpat proin amet id et, aliquam pulvinar id et nisi sit, eget diam magna sit id et ut. Ipsum felis sem lobortis ipsum elit ullamcorper lobortis tempus nonummy non tempus adipiscing ullamcorper, ut, lorem nonummy euismod lobortis, aliquam amet volutpat nibh nisi. Amet volutpat et nisi pulvinar elit sem nunc erat consectetur tellus laoreet erat consectetur nunc sed, nonummy non ante erat pharetra mauris praesent tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -919,51 +862,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd6190b4f86b64301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R15f1ce84d78b4c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4f64830546b8484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R804cbdaebb6c437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R449b949ca6d849d8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9073d73c7d624a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rea296d4b925a49cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7f8d215dfd8841a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R0f7d08d9a64941b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re45aeb0224a44eb4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>