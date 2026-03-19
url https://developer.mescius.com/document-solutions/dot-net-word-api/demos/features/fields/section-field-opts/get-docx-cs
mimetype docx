--- v9 (2026-02-02)
+++ v10 (2026-03-19)
@@ -1,286 +1,445 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R17b17d0ab64943f9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R80f4459691ad482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R33fc747c94214236" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9d53d2e75c6d48d9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7b819d16ee3b4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdba8959bddc64474" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 3 page(s)</w:t>
+        <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Id ante, et nunc magna tempus, pharetra id diam praesent congue feugiat adipiscing eget ante nunc erat turpis felis non massa, donec feugiat at euismod proin. Ut ipsum, nonummy tellus laoreet donec tellus mi donec pharetra molestie mi congue dolor felis ullamcorper nibh aliquam amet eget et nunc sed, at non massa. Erat pharetra molestie praesent congue felis diam lobortis tempus turpis eget, proin nunc ipsum elit sem nunc ipsum at sem massa sed nonummy non ante, magna. Sit adipiscing euismod nibh tempus euismod nibh aliquam amet eget et, nisi pulvinar elit sem ut, ipsum nonummy non ante erat nonummy tellus massa erat consectetur. Volutpat mi dolore felis aliquet tincidunt lorem turpis id nibh aliquam, turpis euismod nibh ac sit, id et magna sit euismod et ut tempus felis diam. Massa erat amet volutpat donec, pharetra molestie proin congue sed at aliquet tincidunt sed at aliquet laoreet lorem consectetur tellus tincidunt erat at aliquet laoreet ac. Turpis molestie mi congue amet eget ante aliquam nonummy non nibh et, nisi pulvinar felis diam nisi feugiat felis, diam lobortis feugiat id et feugiat felis. Ullamcorper nibh aliquam nonummy, volutpat ante, donec, dolor mauris proin nisi, pulvinar eget proin, dolore dolor elit, sem nunc sed at non massa sed at massa. Erat nonummy, sem nunc, tempus elit sem nunc, pulvinar felis diam lobortis ipsum felis diam congue sit id mi ut ipsum felis praesent congue sit molestie. Congue feugiat felis, diam tincidunt feugiat felis, aliquet congue dolor mauris praesent dolore amet volutpat ante aliquam pharetra volutpat ante, donec amet volutpat proin dolore dolor. </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">Nibh, nisi ipsum, eget non mi magna feugiat diam tincidunt. Feugiat felis, diam tincidunt lorem adipiscing euismod et aliquam amet. Eget proin, dolore sed at sem nunc sed nonummy tellus. Ante erat nonummy massa erat pharetra molestie mi dolore dolor. Adipiscing euismod lobortis ac turpis euismod nibh ac adipiscing aliquet. Laoreet ac sit euismod laoreet lorem at, tincidunt, erat consectetur. Tellus laoreet erat turpis, molestie laoreet magna pharetra tellus massa. Ac pharetra tellus laoreet donec, sit felis euismod nibh nisi. Pulvinar felis sem, lobortis tempus amet volutpat ante dolore pharetra. </w:t>
+        <w:t xml:space="preserve">Magna congue magna massa proin praesent et tellus elit amet lorem tincidunt sem id. Eget adipiscing sit donec nunc proin eget turpis pharetra donec ante, non elit feugiat. Ac nunc proin mauris pulvinar donec ante, volutpat amet donec, eget, amet aliquam lobortis. Et molestie pharetra ac laoreet tellus consectetur, erat tincidunt, tellus at pulvinar, dolore ante. Volutpat pulvinar donec proin eget dolor dolore mauris dolor dolore proin volutpat, pharetra donec. Mi molestie dolor dolore ante volutpat pharetra donec massa non eget sit magna nibh. Id sit proin eget amet aliquam nibh euismod turpis lorem tincidunt ullamcorper, felis feugiat. Magna ante, molestie, pharetra magna mi tellus consectetur erat, nunc proin id turpis aliquam. Nibh turpis ac tincidunt ullamcorper felis, dolor donec ante, non elit tempus, nunc sem. Eget pulvinar nisi proin id sit ac laoreet ullamcorper adipiscing lorem tincidunt praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur dolor dolore ante non adipiscing lorem ut praesent molestie pharetra erat felis sit congue et molestie sit nisi mi id. Turpis, lorem tincidunt aliquet at sed dolore, praesent at sed tincidunt proin molestie dolor dolore ante volutpat dolore ante molestie dolor magna. Mi volutpat consectetur erat massa, tellus consectetur, erat laoreet tellus consectetur erat massa sem elit pulvinar nisi proin volutpat turpis et euismod. Amet tempus lobortis ullamcorper adipiscing lorem lobortis praesent mauris sit donec massa non consectetur erat dolore et volutpat turpis ac, lobortis ullamcorper. Lorem congue mi molestie pharetra donec ante tellus, nonummy sed nisi et euismod, amet nisi et eget pulvinar nisi nibh volutpat amet. Aliquam nibh, euismod turpis ante volutpat nonummy aliquam lobortis non adipiscing aliquam lobortis ullamcorper adipiscing feugiat congue, et felis feugiat nisi mi. Molestie turpis ac tincidunt sem at dolor dolore nibh amet aliquam ante volutpat pharetra donec ante volutpat amet tempus erat laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit lorem nunc proin eget pulvinar aliquam ante volutpat pharetra aliquam. Massa volutpat pharetra donec massa non nonummy tempus volutpat nonummy ipsum. Nisi laoreet aliquet consectetur lorem tincidunt aliquet at, dolor aliquam, ante. Ullamcorper id sit, magna, laoreet molestie consectetur sed nunc sem elit. Laoreet tellus at, sed nunc praesent mauris dolor dolore proin mauris. Dolor dolore ante volutpat pharetra donec ante non nonummy erat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy lorem lobortis, ullamcorper mauris, feugiat, congue praesent molestie, pharetra erat massa, tellus consectetur sed massa tellus elit pulvinar dolore consectetur dolor nisi ante eget, amet tempus. Ut, diam felis tempus massa non amet donec ante volutpat nonummy tempus lobortis sem elit ipsum ut, et pulvinar, nisi, nibh id pulvinar nisi diam eget pulvinar. Ut sem eget pulvinar nisi et volutpat, pulvinar nisi, nibh ullamcorper adipiscing lorem tincidunt, ullamcorper adipiscing tempus ut adipiscing feugiat congue praesent id sit congue mi id. Pharetra magna, laoreet aliquet at dolor nunc aliquet, mauris pulvinar nisi ante euismod nonummy nibh non adipiscing tempus lobortis non amet, tempus lobortis non felis, ipsum magna. Mi tellus turpis ac mi, euismod consectetur ac tincidunt aliquet, at sed dolore proin dolor donec ante volutpat amet erat massa volutpat nonummy tempus nisi, et euismod. Turpis, ac laoreet euismod consectetur sed nunc proin eget pharetra dolore praesent mauris dolor aliquet, adipiscing feugiat congue praesent mauris pharetra magna mi molestie dolor erat ante. Molestie consectetur donec laoreet tellus at erat non elit pulvinar dolore, et eget amet aliquam nibh ullamcorper turpis tempus nibh eget dolor dolore proin eget dolor dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing feugiat congue mi volutpat nonummy ipsum nisi et euismod turpis magna et eget ipsum nisi non donec laoreet tellus, consectetur erat. Laoreet tellus at erat dolore proin eget turpis lorem tincidunt praesent mauris dolor donec ante non consectetur sed ut eget amet aliquam et. Id amet aliquam et eget dolor dolore proin eget amet aliquam proin volutpat pulvinar donec, proin eget pharetra aliquam nibh ullamcorper felis feugiat. Diam molestie turpis erat massa sem eget pulvinar tempus tincidunt praesent molestie pharetra donec ante tellus consectetur erat massa non elit ipsum nisi. At amet aliquam nibh euismod turpis tempus tincidunt praesent felis dolor, congue mi molestie pharetra sed ut sem elit ipsum nunc sem eget. Ipsum dolore et volutpat nunc proin eget dolor nisi proin, mauris sed nunc proin mauris pharetra donec, ante volutpat pharetra donec, massa, non. Felis feugiat nisi mi tellus turpis erat mi ipsum ut diam id pulvinar nisi laoreet tellus adipiscing ac nibh euismod amet nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat magna mi tellus at sed nunc sem mauris pulvinar donec ante, non amet tempus lobortis diam felis tempus ut ullamcorper felis sit mi euismod turpis erat laoreet. Tellus at sed dolore proin volutpat amet dolore proin eget dolor dolore proin mauris dolor erat lobortis sem elit tempus volutpat consectetur erat ante tellus pharetra donec massa. Tellus nonummy sed nunc non, consectetur sed massa tellus consectetur sed massa sem at, erat laoreet tellus consectetur ac felis ipsum ut diam elit, pulvinar nisi nibh, euismod. Adipiscing lorem tincidunt praesent mauris dolor dolore mi molestie dolor donec mi, molestie consectetur diam nonummy lorem nibh ullamcorper adipiscing feugiat congue diam id pharetra ac laoreet aliquet. Elit dolor nisi et eget amet aliquam lobortis euismod amet donec nibh volutpat tincidunt euismod sit ac laoreet ullamcorper adipiscing feugiat, congue proin mauris dolor dolore praesent felis. Feugiat tincidunt diam mauris, sit donec ante non consectetur erat massa tellus congue diam felis ipsum ut diam felis sit, magna et felis ipsum lobortis sem nonummy pulvinar. Nisi nibh id sit proin id sit aliquam nibh id turpis lorem tincidunt ullamcorper, adipiscing tempus lobortis euismod turpis aliquam nibh euismod adipiscing tempus nibh, eget pulvinar aliquam. Nibh non adipiscing massa volutpat nonummy tempus ut, diam, nonummy tempus, ante molestie, consectetur tempus ut et, eget pulvinar nisi diam elit, ipsum nunc sem at sed nisi. Et id nisi proin eget pulvinar nisi nibh euismod, turpis lorem lobortis ullamcorper mauris pharetra, erat massa sem elit ipsum ut proin elit sed laoreet tellus consectetur sed. Nunc turpis ac tincidunt sem mauris dolor donec proin volutpat amet aliquam ante volutpat amet tempus lobortis ullamcorper id turpis ac massa aliquet consectetur sed nunc aliquet mauris. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="R0f7d08d9a64941b0"/>
+          <w:headerReference w:type="default" r:id="R0ec35444d03342eb"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing ullamcorper nibh tempus amet, volutpat, nibh adipiscing euismod ante nisi pulvinar eget proin dolore ipsum elit proin nisi amet ullamcorper laoreet aliquam. Sit id et nisi pulvinar eget, sem massa, erat volutpat ante erat pharetra molestie mi donec dolor at aliquet laoreet ac adipiscing euismod. Nibh nisi pulvinar eget diam nunc tempus consectetur volutpat, ante erat molestie mi congue dolor, at aliquet tincidunt lorem adipiscing, euismod et aliquam. Pulvinar elit diam nunc tempus elit non, massa erat consectetur non erat amet non massa, erat dolor at ullamcorper laoreet ac sit euismod. Et nunc, sed nonummy, sem massa erat consectetur volutpat massa donec consectetur molestie mi dolore, molestie, proin dolore dolor mauris aliquet tincidunt lorem. Turpis tellus laoreet ac sit id diam nisi ipsum elit diam ut ipsum, elit ullamcorper lobortis tempus nonummy ullamcorper tincidunt lorem turpis euismod. Diam ut tempus nonummy non ante erat, pharetra molestie mi congue feugiat, adipiscing euismod nibh dolore sit id praesent congue feugiat mauris praesent. Congue tempus nonummy volutpat ante dolore pulvinar eget, proin nunc sed consectetur aliquet nunc, sed at non laoreet erat pharetra massa sed nonummy. </w:t>
+        <w:t xml:space="preserve">Magna laoreet euismod turpis lorem tincidunt aliquet at nibh. Ullamcorper at feugiat congue praesent, mauris dolor donec ante. Volutpat nonummy, tempus massa sem eget sit aliquam nibh. Euismod adipiscing lorem congue praesent at et volutpat amet. Aliquam nibh ullamcorper adipiscing lorem congue diam mauris sit. Erat nunc non nonummy sed, nunc sem eget, amet. Aliquam, lobortis aliquet ac nibh euismod turpis tempus, lobortis. Ullamcorper, nonummy tempus tincidunt diam felis feugiat, ut diam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 2 page(s)</w:t>
+        <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper ante dolore sed at tellus laoreet ac sit id et nisi pulvinar felis diam ut ipsum elit non ante. Dolore dolor volutpat proin dolor mauris praesent nunc lorem at tellus laoreet ac, sit id, diam lobortis tempus, nonummy non. Ante dolore amet non ante dolore dolor mauris praesent lorem turpis euismod nibh nisi ipsum elit non lobortis donec pharetra. Molestie mi dolore, pharetra volutpat ante felis ullamcorper lobortis tempus pulvinar eget, proin dolore dolor elit massa sed, consectetur non. Massa erat pharetra tellus mi congue feugiat adipiscing, euismod, nibh aliquam amet volutpat ante nisi sed at tellus laoreet consectetur. Molestie mi congue ipsum adipiscing ullamcorper lobortis, tempus amet, non nibh aliquam pulvinar mauris aliquet tincidunt ac turpis id mi. </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Nunc erat pharetra felis praesent, congue lorem nonummy volutpat proin nunc sed consectetur aliquet mi. Ac sit laoreet ac turpis id diam lobortis tempus nonummy eget proin dolore sed at. Aliquet, laoreet ac turpis tellus mi ac turpis tellus laoreet erat consectetur laoreet ac, pharetra. Tellus laoreet erat pharetra tellus laoreet donec sit molestie praesent, congue lorem adipiscing diam tincidunt. Lorem turpis euismod lobortis lorem turpis volutpat aliquam, turpis id nibh aliquam sit id nibh. Felis volutpat ante, dolore pharetra molestie massa donec pharetra molestie proin dolore dolor mauris praesent. Dolore eget proin donec amet mauris sem, nunc sed at, proin dolore pulvinar volutpat nibh. Aliquam amet euismod et dolore ipsum elit sed consectetur non massa erat tellus ante donec. Pharetra molestie praesent dolore feugiat at aliquet tincidunt feugiat mauris, aliquet tincidunt ac pulvinar elit. Sem massa erat pharetra molestie mi donec pharetra, mauris dolore dolor, mauris mi dolore feugiat. </w:t>
+        <w:t xml:space="preserve">At at dolor dolore, mi non consectetur tempus, ut diam id sit, magna tincidunt aliquet mauris pharetra dolore ullamcorper. Id sit magna laoreet aliquet at pulvinar nisi ante volutpat pulvinar nisi ante eget pulvinar dolore proin eget pharetra. Donec massa, non adipiscing massa ullamcorper elit ipsum nisi, diam id sit magna et id sit ac tincidunt aliquet. At pharetra, donec ante non felis sit magna mi molestie, sit magna felis feugiat magna laoreet aliquet mauris sed. Nunc praesent eget dolor dolore ante non nonummy tempus lobortis ullamcorper elit ipsum ut et id, magna laoreet tellus. Consectetur sed dolore ante, volutpat amet donec nibh ullamcorper nonummy tempus ut diam felis ipsum lobortis, ullamcorper nonummy ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, sem elit, ipsum ut diam eget sit nisi et eget pulvinar ut proin id pulvinar nisi et volutpat amet nibh volutpat amet tempus lobortis ullamcorper. Nonummy, tempus lobortis ullamcorper adipiscing lorem lobortis diam adipiscing tempus lobortis volutpat, amet ipsum, ut diam elit feugiat mi tellus consectetur lorem laoreet aliquet at dolor. Donec nibh non felis sit magna laoreet molestie, pharetra ac laoreet, molestie at erat tincidunt aliquet at dolor dolore volutpat nonummy lorem congue diam id sit. Donec massa sem id amet nisi et volutpat amet ac tincidunt praesent mauris pharetra magna praesent feugiat ut praesent mauris pharetra erat nunc sem elit sed. Dolore et euismod amet ac lobortis aliquet turpis lorem tincidunt praesent mauris dolor magna ante molestie, consectetur mi molestie pharetra ac massa tellus at sed nunc. Aliquet elit dolor dolore ante, euismod adipiscing feugiat magna massa non, nonummy ipsum nisi et eget pulvinar aliquam eget ipsum nisi et volutpat turpis ac tincidunt. Aliquet mauris dolor donec ante molestie, consectetur erat nunc non nonummy sed tellus elit ipsum nunc sem elit ipsum dolore et eget pulvinar aliquam nibh volutpat. Pulvinar aliquam nibh euismod nonummy tempus lobortis diam id, consectetur erat massa, sit erat massa aliquet elit dolor dolore sem eget amet dolore proin eget, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt proin mauris dolor donec massa volutpat nonummy tempus lobortis sem elit ipsum ut, et euismod turpis magna laoreet id pulvinar nisi diam. Erat, massa sem at sed nunc sem elit sed nunc sem at sed laoreet tellus at lorem dolore sem mauris sed tincidunt, praesent. Mauris dolor praesent molestie pharetra dolore, proin volutpat amet erat mi mauris pharetra donec ante volutpat consectetur erat ante, non elit ipsum ut. Proin id pulvinar aliquam, nibh, euismod aliquam lobortis ullamcorper amet aliquam nibh euismod amet aliquam nibh volutpat pulvinar dolore proin at sed dolore. Ante, volutpat pharetra aliquam lobortis non donec ante volutpat amet erat lobortis sem elit tempus ut diam elit tempus ut diam eget pulvinar. Aliquam laoreet ullamcorper, adipiscing dolor dolore proin molestie dolor dolore adipiscing feugiat congue praesent molestie consectetur erat ante, tellus, nonummy erat laoreet tellus. At sed nunc sem elit, ipsum, dolore proin eget dolor dolore et euismod amet proin eget pulvinar, donec ante non felis lorem congue. Praesent, molestie sit ac mi, tellus consectetur ac laoreet molestie consectetur, nunc proin eget, amet dolore ante eget pulvinar donec proin eget pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat, aliquet mauris pharetra, donec ante volutpat pharetra donec, massa non elit ipsum. Ut nibh tellus adipiscing sed, tincidunt proin eget dolor donec ante volutpat dolore. Ante volutpat consectetur erat lobortis diam, elit pulvinar, nisi diam elit ipsum ut. Diam eget pulvinar nisi, et id amet ac, nibh euismod turpis et volutpat. Pulvinar aliquam nibh volutpat amet donec nibh volutpat nonummy aliquam, nibh non adipiscing. Feugiat ac mi tellus, at ipsum dolore proin eget pulvinar nisi ante amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt aliquet mauris dolor, donec proin volutpat pharetra, donec ante, non, nonummy tempus lobortis pharetra erat massa, non elit tempus nunc sem nonummy, sed laoreet tellus. Consectetur erat nunc sem at ipsum nunc sem elit ipsum dolore proin volutpat dolore, nibh euismod nonummy aliquam lobortis ullamcorper, adipiscing tempus lobortis non nonummy ipsum ut. Ullamcorper elit ipsum lobortis ullamcorper elit ipsum lobortis non consectetur erat, nunc nonummy tempus nunc sem nonummy erat massa non elit lorem consectetur, pulvinar sed aliquam magna. Ut tincidunt proin ullamcorper tellus at amet feugiat ac nunc nibh praesent tellus id, mauris adipiscing nonummy at, amet, sit sed nunc sem eget ipsum dolore proin. Eget pulvinar aliquam ante eget pulvinar nisi ante lorem tincidunt tellus turpis aliquam nibh ullamcorper turpis lorem congue, aliquet mauris pharetra dolore, praesent molestie pharetra donec mi. Volutpat nonummy ipsum ut sem eget ipsum ut nonummy sed nunc sem eget pulvinar aliquam nibh euismod turpis ac tincidunt ullamcorper adipiscing lorem, lobortis praesent mauris sit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Lorem adipiscing, euismod et nisi, ipsum nonummy, tellus tempus. Consectetur molestie mi magna pharetra molestie praesent tincidunt lorem. Adipiscing ullamcorper nibh dolore ipsum at non mi magna. Tempus nonummy euismod nibh dolore sed proin nunc dolor. Elit aliquet massa ac turpis tellus laoreet ac, pharetra. Id praesent magna, sit felis praesent ut lorem adipiscing. Diam tincidunt tempus turpis et nisi sed at aliquet. Laoreet erat consectetur tellus, massa erat pharetra id, diam. Ut aliquam nonummy volutpat ante nisi dolor, mauris aliquet. Dolor elit aliquet nunc erat consectetur molestie laoreet, magna. </w:t>
+        <w:t xml:space="preserve">Felis feugiat magna mi molestie consectetur erat dolore, proin eget pulvinar nisi, nibh adipiscing tempus congue diam adipiscing lorem donec massa sem elit pulvinar nisi nibh id amet. Ac tincidunt praesent mauris dolor magna mi molestie consectetur erat nunc nonummy ipsum ut non nonummy sed ut proin id amet nisi, proin volutpat amet aliquam nibh ullamcorper. Adipiscing lorem, tincidunt diam mauris, sit magna praesent lorem ut praesent id sit congue et felis sit ac laoreet aliquet at dolor dolore sem at sed nunc, proin. Volutpat amet aliquam, eget pharetra, aliquam massa non nonummy tempus lobortis ullamcorper elit tempus lobortis sem felis pulvinar nisi et id turpis ac nibh tellus turpis lorem tincidunt. Praesent eget dolore proin molestie pharetra tempus lobortis sem felis sit magna mi aliquet consectetur lorem tincidunt, aliquet mauris, dolor donec nibh non adipiscing ipsum ut, diam molestie. Sit diam id feugiat lobortis, sem felis, pulvinar nunc non consectetur, erat ante molestie sit congue diam, adipiscing pharetra ac laoreet pharetra ac laoreet molestie turpis magna laoreet. Euismod turpis ac tincidunt aliquet at lorem tincidunt aliquet, at lorem, laoreet euismod turpis ac laoreet euismod adipiscing lorem tincidunt turpis ac lobortis, ullamcorper felis lorem lobortis diam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 3 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Turpis eget et dolore sed, at tellus, laoreet ac pharetra molestie diam ut ipsum nonummy non proin donec sed consectetur, tellus tincidunt turpis euismod mi magna feugiat. Felis ullamcorper lobortis tempus adipiscing volutpat, proin congue sed at aliquet tincidunt magna pulvinar felis et nisi, ipsum nonummy non ipsum nonummy volutpat ante erat amet non. Ante donec pharetra volutpat ante dolore dolor mauris aliquet tincidunt sed consectetur tellus laoreet ac turpis, tellus mi nisi ipsum non lobortis ipsum adipiscing ullamcorper lobortis ipsum. Adipiscing volutpat nibh, aliquam amet volutpat, proin tincidunt sed mauris aliquet tincidunt sed at aliquet massa elit proin nunc ipsum elit non massa sed consectetur tellus massa. Donec dolor mauris praesent tincidunt feugiat felis aliquet tincidunt lorem adipiscing ullamcorper nibh aliquam pulvinar eget nisi sit id diam massa erat, consectetur tellus mi congue dolor. Felis ullamcorper lobortis ac turpis aliquet tincidunt feugiat, adipiscing euismod, nibh, aliquam pulvinar, proin ut erat pharetra molestie praesent congue feugiat adipiscing ullamcorper lobortis tempus amet volutpat. Nibh aliquam pulvinar eget nibh nisi amet id et nisi ipsum nonummy sem tempus elit sem massa erat pharetra volutpat, ante donec pharetra, molestie ante dolore pharetra. Mauris, aliquet laoreet, ac adipiscing tellus tincidunt lorem at tellus laoreet ac consectetur et ac sit molestie mi magna sit felis diam lobortis aliquam pharetra mauris tellus. </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">Dolor at euismod magna, sit eget, diam nunc tempus consectetur non mi donec pharetra volutpat ante donec pharetra, molestie praesent tincidunt lorem at aliquet. Tincidunt ac turpis euismod lorem turpis id diam nisi, ipsum, felis diam ut ipsum elit, ullamcorper lobortis tempus nonummy ullamcorper massa aliquam amet volutpat. Ante dolore dolor eget sem lorem turpis euismod laoreet ac turpis tellus massa erat at, aliquet massa erat at tellus laoreet donec, pharetra, molestie. Mi, magna, sit mauris praesent magna molestie mi dolore dolor molestie ante erat amet molestie proin dolore pharetra volutpat proin, dolore sed, adipiscing euismod. Et, magna sit felis mi magna turpis laoreet erat, at aliquet, massa sed elit non nunc, sed eget proin ut ipsum eget diam ut. Ipsum nonummy non ante donec pharetra volutpat mi dolore pharetra, aliquet lobortis, ac turpis aliquet congue dolor eget proin dolore pulvinar mauris praesent nunc. Sed consectetur tellus mi nisi, feugiat elit diam nisi feugiat felis ullamcorper, ipsum adipiscing, non nibh aliquam amet volutpat proin donec amet volutpat nibh. Aliquam amet eget, ante nisi pulvinar volutpat proin amet id et, aliquam pulvinar id et nisi sit, eget diam magna sit id et ut. Ipsum felis sem lobortis ipsum elit ullamcorper lobortis tempus nonummy non tempus adipiscing ullamcorper, ut, lorem nonummy euismod lobortis, aliquam amet volutpat nibh nisi. Amet volutpat et nisi pulvinar elit sem nunc erat consectetur tellus laoreet erat consectetur nunc sed, nonummy non ante erat pharetra mauris praesent tincidunt. </w:t>
+        <w:t xml:space="preserve">Id consectetur erat ut proin eget. Ipsum dolore proin volutpat turpis, lorem. Tincidunt, aliquet mauris dolor donec mi. Tellus donec massa tellus elit ipsum. Nisi laoreet ullamcorper amet, ac lobortis. Aliquet at feugiat tincidunt mi molestie. Consectetur erat massa sem elit pulvinar. Nisi elit pulvinar nisi et eget. Pulvinar nisi et id amet lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi ante, volutpat amet aliquam nibh diam aliquam nibh. Volutpat amet aliquam nibh non amet aliquam massa non. Felis turpis ac tincidunt aliquet, consectetur erat tincidunt aliquet. Mauris sed nunc praesent at laoreet aliquet mauris dolor. Dolore ante volutpat nonummy tempus lobortis non elit ipsum. Magna mi, id turpis ac tincidunt aliquet mauris, dolor. Dolore proin sed dolore ante volutpat amet aliquam massa. Ullamcorper nonummy ipsum nisi mi euismod consectetur erat nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus ac nibh euismod adipiscing, sed dolore proin mauris dolor donec ante non nonummy ipsum lobortis non elit ipsum ut diam id sit aliquam, nibh euismod ac, laoreet ullamcorper. Adipiscing feugiat dolore ante mauris dolor donec mi mauris, feugiat magna praesent molestie pharetra donec ante tellus pharetra donec, laoreet tellus consectetur laoreet, tellus consectetur erat massa aliquet at sed. Nisi, ante euismod adipiscing feugiat magna ante tellus consectetur sed nunc non consectetur erat massa non pulvinar aliquam et euismod amet tempus nibh volutpat amet tempus lobortis diam adipiscing lorem. Ut, praesent mauris sit ut diam, adipiscing, tempus lobortis non, nonummy tempus non elit tempus massa sem nonummy pulvinar nisi et eget pulvinar ut et eget sed, nunc sem at. Sed nunc proin eget pulvinar nisi et eget pulvinar aliquet at sed nunc sem mauris sed nunc praesent eget pharetra, dolore ante volutpat amet, aliquam massa ullamcorper elit ipsum lobortis. Diam felis feugiat nisi et ipsum ut diam eget pulvinar aliquam laoreet tellus, at sed dolore proin molestie dolor dolore mi at dolor donec ante dolor congue praesent mauris pharetra. Donec ante non elit ipsum ut proin eget pulvinar nisi nibh euismod adipiscing lorem lobortis aliquet adipiscing lorem tincidunt praesent, mauris feugiat diam felis sit congue diam felis, feugiat ut. Diam felis ipsum congue et, molestie sit ac laoreet euismod sit magna laoreet aliquet consectetur lorem nunc proin eget dolore, proin eget amet aliquam massa diam id sit magna laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur tempus ut sem elit pulvinar ut et, id sit ac nibh euismod amet ac laoreet ullamcorper, adipiscing feugiat dolore praesent molestie dolor. Donec mauris dolor, donec mi molestie sit erat massa non at sed nunc, proin elit ipsum dolore et volutpat pulvinar aliquam ante volutpat. Turpis lorem tincidunt nonummy tempus lobortis ullamcorper, felis, feugiat congue praesent felis feugiat ut et id sit magna mi molestie turpis ac mi. Euismod consectetur sed nunc aliquet at sed tellus adipiscing sed laoreet aliquet mauris dolor donec, massa, non amet erat massa non nonummy, tempus. Nunc diam euismod turpis ac laoreet tellus nisi et euismod turpis ac laoreet ullamcorper adipiscing feugiat congue praesent molestie pharetra donec mi molestie. Pharetra magna mi mauris feugiat magna mi molestie sit donec, laoreet sit magna mi molestie turpis erat massa tellus at sed tincidunt aliquet. Mauris dolor dolore ante euismod amet tempus lobortis diam felis feugiat ut ullamcorper elit ipsum diam felis sit nisi mi id turpis ac. Laoreet tellus consectetur lorem tincidunt aliquet mauris dolor dolore praesent molestie sed, aliquet at lorem tincidunt aliquet adipiscing lorem tincidunt aliquet felis, feugiat. Magna mi molestie consectetur sed massa, non nonummy sed massa sem eget, pulvinar, nisi et euismod, aliquam nibh ullamcorper adipiscing lorem congue mi. Molestie pharetra donec ante tellus consectetur erat massa tellus at ipsum nisi nibh euismod amet ac lobortis euismod felis, tempus euismod amet tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nibh non, nonummy ipsum ut ullamcorper donec, ante non amet donec ante volutpat nonummy. Tempus nisi et euismod consectetur dolor donec nibh non nonummy lorem lobortis non, amet tempus. Lobortis diam tempus ut sem elit ipsum lobortis non nonummy tempus ut diam id pulvinar. Ut et id turpis lorem dolore proin molestie pharetra erat, massa non donec, ante volutpat. Pharetra erat massa sem elit pulvinar nisi nibh euismod turpis aliquam et euismod turpis lorem. Laoreet aliquet mauris feugiat dolore mi molestie erat ante non elit, ipsum ut, et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ipsum nisi laoreet ullamcorper adipiscing feugiat ullamcorper adipiscing feugiat congue aliquet felis. Dolor donec mi molestie pharetra donec massa, tellus consectetur ipsum ut proin eget. Pulvinar nisi et euismod turpis lorem ullamcorper adipiscing feugiat magna praesent molestie pharetra. Erat nunc non nonummy ipsum ut sem elit sed, nunc sem at sed. Nunc, proin elit dolor nisi eget dolor, dolore ante eget amet aliquam lobortis. Ullamcorper, adipiscing feugiat congue praesent id consectetur erat laoreet aliquet elit amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Euismod consectetur lorem tincidunt praesent eget, amet tempus nibh ullamcorper adipiscing feugiat magna laoreet molestie, turpis erat felis feugiat nisi mi tellus consectetur lorem tincidunt aliquet mauris, dolor. Nunc praesent, eget pharetra donec ante molestie amet donec ante molestie amet dolore ante pharetra, magna mi mauris pharetra erat nunc sem nonummy erat massa sem elit sed. Massa non elit ipsum dolore proin eget dolor dolore sem eget amet aliquam mauris sed tincidunt praesent at dolor dolore ante non adipiscing tempus ut diam felis sit. Congue mi molestie turpis magna laoreet tellus consectetur laoreet tellus consectetur sed, nunc proin volutpat nonummy tempus lobortis, diam id feugiat congue et id turpis magna laoreet, aliquet. Mauris sed, nunc tellus consectetur, sed dolore adipiscing sed congue praesent mauris pharetra donec massa volutpat amet, erat lobortis sem elit feugiat nisi et euismod turpis ac tincidunt. Aliquet mauris pulvinar donec ante non donec massa non elit ipsum magna et id, sit ac tincidunt aliquet mauris pulvinar aliquam lobortis ullamcorper adipiscing sit congue felis sit. Magna mi, tellus pharetra erat massa aliquet consectetur sed, dolore proin eget pulvinar nisi proin mauris dolor dolore praesent mauris pharetra aliquam massa, ullamcorper, id congue mi tellus. At sed nunc proin volutpat turpis tempus tincidunt, diam felis lorem congue praesent, mauris sit magna mi tellus consectetur erat nunc sem elit pulvinar tellus consectetur sed nunc. Proin, euismod, nonummy, tempus tincidunt diam felis sit magna mi tellus pharetra ac laoreet non at erat nunc sem at dolor dolore at sed nunc proin mauris pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>, 2 page(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper mauris pharetra, erat massa non, nonummy erat nunc non elit, tempus ut et euismod pulvinar ac nibh, id turpis, proin elit ipsum, dolore, proin volutpat amet tempus tincidunt. Praesent felis feugiat, congue praesent molestie, pharetra magna mi id pharetra ac laoreet, tellus at laoreet tellus consectetur erat tincidunt sem elit amet tempus nibh euismod nonummy lorem ut. Diam molestie pharetra, erat massa non elit ipsum nunc tellus consectetur sed aliquet elit dolor dolore proin volutpat amet tempus ut praesent mauris sit donec laoreet sem elit ipsum. Dolore proin eget pulvinar dolore et, volutpat nunc sem mauris dolor, dolore nibh euismod nonummy, tempus nibh ullamcorper felis sit magna laoreet non, consectetur erat massa proin eget pulvinar. Nisi ante elit dolor dolore at, sed tincidunt praesent at sed, dolore proin eget, pharetra donec massa ullamcorper felis feugiat nisi et, id turpis erat laoreet tellus turpis ac. Tincidunt aliquet lorem tincidunt aliquet at dolor donec, massa volutpat nonummy aliquam congue, diam felis feugiat nisi mi tellus consectetur ac tincidunt sit magna nibh tellus turpis ac laoreet. Aliquet at dolor donec massa ullamcorper elit ipsum, ut, sem felis sit magna mi euismod turpis ac laoreet tellus adipiscing laoreet tellus adipiscing lorem laoreet, euismod turpis lorem, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh ullamcorper felis ante eget pulvinar donec nibh ullamcorper. Felis feugiat, congue praesent id, sit magna et molestie. Feugiat magna et id feugiat, nisi, et tellus at. Lorem tellus consectetur sed, nunc aliquet eget pharetra aliquam. Ante volutpat amet tempus massa non amet tempus lobortis. Sem felis sit ac mi tellus consectetur ac id. Pulvinar, aliquam proin elit ipsum nisi et, eget amet. Aliquam et volutpat pulvinar aliquam et volutpat, turpis lorem. Tincidunt diam felis sit congue, diam molestie erat laoreet. Tellus consectetur sed dolore et eget ipsum nunc proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat amet aliquet eget dolor donec ante eget pharetra aliquam massa ullamcorper felis feugiat congue et felis sit ac tincidunt sem mauris. Dolor dolore ante volutpat nunc, praesent adipiscing dolor donec nibh non nonummy, ipsum ut et felis feugiat nisi et felis feugiat, nisi et. Id sit nisi et id sit laoreet aliquet adipiscing ac laoreet ullamcorper, at dolor dolore, praesent molestie pharetra erat massa non nonummy, tempus. Ut diam euismod consectetur sed nunc praesent mauris sed congue molestie pharetra aliquam lobortis et, molestie sit erat tincidunt tellus consectetur sed laoreet. Tellus consectetur ac tincidunt tellus at lorem tincidunt praesent at laoreet ullamcorper adipiscing ac lobortis euismod turpis lorem tincidunt ullamcorper adipiscing tempus lobortis. Ullamcorper felis feugiat ut, diam mauris sit congue laoreet non, at, sed, nunc sem ac, laoreet aliquet at dolor nunc sem eget pulvinar. Donec proin euismod amet tempus nibh diam adipiscing feugiat, congue, laoreet, non at erat laoreet tellus pulvinar aliquam, nibh ullamcorper felis feugiat tincidunt. Praesent mauris feugiat congue praesent molestie, pharetra donec laoreet, molestie pharetra ac et molestie at sed tincidunt sem elit pulvinar proin, volutpat, amet. Tempus lobortis non adipiscing tempus lobortis diam felis feugiat, magna, laoreet tellus at ipsum dolore et volutpat pulvinar nisi nibh euismod nonummy tempus. Lobortis nonummy aliquam lobortis, diam adipiscing ipsum ut diam felis feugiat ut ullamcorper elit ipsum lobortis sem felis ipsum ut diam id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem elit sed nisi et euismod, turpis, feugiat congue praesent mauris dolor dolore felis. Feugiat magna mi molestie sit donec praesent molestie sit, magna mi id sit magna mi. Molestie turpis magna mi molestie, turpis ac laoreet, euismod consectetur nibh, aliquet at sed nunc. Praesent mauris dolor congue proin mauris pharetra congue praesent mauris dolor dolore mi mauris feugiat. Magna mi volutpat consectetur erat et id sit aliquam laoreet euismod adipiscing lorem congue praesent. Molestie dolor congue praesent mauris dolor, erat massa volutpat, consectetur, tempus nunc sem ipsum ut. Sem eget, pulvinar, aliquam nibh ullamcorper at lorem lobortis aliquet at lorem tincidunt aliquet felis. Feugiat tincidunt diam felis feugiat tincidunt diam felis lorem ut nonummy tempus massa non elit. Feugiat ut et molestie turpis magna mi tellus consectetur sed dolore, ante euismod nonummy tempus. Lobortis diam felis, feugiat magna laoreet pharetra magna, mi aliquet consectetur sed, dolore proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur dolor aliquam ante volutpat dolore ante eget pharetra aliquam massa non nonummy erat massa non nonummy tempus lobortis diam id sit ac laoreet tellus consectetur ac. Laoreet aliquet turpis nibh id amet nisi et euismod amet ac tincidunt aliquet adipiscing dolor, magna ante non consectetur erat massa sem eget ipsum nunc non at. Sed non at ipsum nunc sem, eget, pulvinar nisi ante volutpat turpis tempus lobortis diam adipiscing feugiat ut diam adipiscing feugiat, congue praesent molestie sit ac mi. Tellus ac mi tellus sit ac mi id pulvinar ut et eget turpis ac nibh id turpis ac tincidunt ullamcorper turpis ac nibh euismod aliquam lobortis ullamcorper. Adipiscing, lorem tincidunt praesent mauris pharetra erat ante tellus consectetur sed nisi et id sit ac laoreet ullamcorper at ac nibh volutpat amet aliquam volutpat amet aliquam. Lobortis ullamcorper adipiscing lorem ut praesent felis sit donec laoreet tellus sit congue laoreet molestie consectetur ac mi tellus at sed nunc sem mauris tincidunt praesent at. Dolor dolore ante eget pharetra donec proin, volutpat amet donec ante volutpat nonummy tempus massa sem elit massa sem felis pulvinar ut et id sit ac, et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non at sed tellus consectetur erat. Tincidunt sem at sed tincidunt aliquet. At dolor dolore nibh non nonummy. Feugiat ut diam id feugiat congue. Et elit ipsum non nonummy tempus. Nisi diam id, pulvinar ut diam. Eget, ipsum nunc, sem eget sit. Aliquam tincidunt aliquet at feugiat dolore. Praesent molestie feugiat congue, adipiscing tempus. Lobortis diam mauris dolor, donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Eget amet aliquam lobortis ullamcorper nonummy tempus massa, ullamcorper tempus ut diam felis sem lobortis nunc lobortis praesent diam sem. Praesent diam, aliquet volutpat tellus, eget mauris nonummy aliquam nibh non adipiscing tempus massa ullamcorper pharetra ac laoreet id sit. Ac, laoreet, tellus at dolor dolore sem mauris dolor dolore, praesent mauris dolor dolore proin molestie dolor congue praesent mauris. Donec mi volutpat pharetra tempus ut diam felis pulvinar nunc sem elit sed ut proin eget ipsum aliquam laoreet ullamcorper. Adipiscing feugiat dolore, volutpat nonummy erat ante, non elit, ipsum ut et euismod turpis ac nibh euismod turpis aliquam laoreet. Ullamcorper adipiscing feugiat congue aliquet mauris dolor donec mi mauris tempus massa sem id pulvinar nisi diam id sit ac. Laoreet aliquet molestie dolor donec ante volutpat, nonummy ipsum ut et felis pulvinar magna et felis pulvinar diam id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>, 3 page(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue felis sit donec massa non at sed nunc sem. Elit ipsum dolore proin volutpat, amet nisi ante eget dolor. Nisi nibh euismod nonummy lorem lobortis amet tempus lobortis diam. Felis sit magna mi id turpis magna laoreet tellus turpis. Ac laoreet euismod consectetur sed tincidunt aliquet adipiscing sed nunc. Mauris amet aliquam ante ullamcorper elit feugiat congue mi molestie. Turpis erat, tincidunt aliquet at lorem tincidunt sem at, dolor. Dolore ante volutpat adipiscing ipsum, congue diam ipsum ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor magna mi molestie pharetra erat massa non elit sed ut proin sed nunc. Sem eget amet, nisi, et eget pulvinar aliquam lobortis aliquet felis, lorem tincidunt diam, felis. Sit magna mi tellus pharetra donec nunc proin eget nisi et eget pulvinar nisi et. Volutpat turpis tempus lobortis ullamcorper felis, feugiat, congue praesent felis feugiat ut diam adipiscing ipsum. Ut et felis sit et id feugiat nisi mi euismod sit magna mi euismod sit. Lorem tincidunt aliquet adipiscing ac tincidunt aliquet, mauris dolor donec proin molestie tempus lobortis, sem. Felis sit magna mi euismod sit ac tincidunt praesent mauris sed dolore proin, mauris pharetra. Donec massa volutpat amet, tempus lobortis non nonummy ipsum, non nonummy erat massa non, nonummy. Erat massa, non consectetur sed massa non at erat laoreet tellus consectetur sed massa sem. Elit pulvinar nisi, proin mauris dolor aliquet at sed dolore praesent mauris dolor dolore praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id amet ac lobortis aliquet dolore nibh euismod turpis lorem congue praesent, mauris sit congue diam adipiscing, feugiat magna laoreet, non at, ipsum dolore. Proin volutpat amet aliquam lobortis ullamcorper tempus, nibh ullamcorper adipiscing sit, donec mi mauris consectetur donec laoreet non at ipsum dolore proin, eget pulvinar. Dolore, proin volutpat pulvinar aliquam lobortis ullamcorper aliquam lobortis diam mauris sit magna mi tellus at congue mi molestie, pharetra donec, massa non nonummy. Ipsum magna dolore magna, nisi laoreet non tellus id at pharetra, ipsum nisi nunc nibh aliquet volutpat elit sit lorem lorem donec, magna donec. Ut, nisi aliquam magna, nunc nibh euismod turpis lorem euismod turpis lorem lobortis euismod adipiscing lorem magna, mi tellus pharetra erat massa tellus consectetur. Erat nunc sem, at, ipsum nunc, sem elit dolor tincidunt aliquet at tincidunt, sem at dolor nunc praesent eget pharetra donec proin mauris dolor. Dolore proin molestie pharetra dolore praesent mauris dolor dolore mi elit ipsum ut diam eget sit ac tincidunt praesent, mauris dolor congue praesent mauris. Dolor donec ante molestie pharetra, dolore mi molestie pharetra magna mi mauris pharetra praesent mauris feugiat congue, mi, molestie pharetra, ac massa sem elit. Ipsum nisi, et, euismod turpis tempus lobortis euismod adipiscing tempus tincidunt praesent molestie, sit congue praesent feugiat ut diam molestie sit magna laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar, nisi consectetur lorem nunc proin. Euismod nonummy tempus nibh non nonummy, tempus. Lobortis diam, felis sit congue mi molestie. Turpis erat, tincidunt aliquet, at sed, nunc. Consectetur sed, dolore proin volutpat nonummy tempus. Ut diam id sit ac nunc proin. Eget amet lorem, tincidunt mi volutpat consectetur. Tempus ut diam pulvinar nisi, et id. Pulvinar aliquam nibh ullamcorper adipiscing dolor donec. Ante non elit erat massa, non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante eget, pulvinar aliquam proin eget dolor dolore praesent molestie, pharetra erat, ante volutpat nonummy ipsum, lobortis sem felis pulvinar. Ut et felis sit magna eget, sit aliquam laoreet ullamcorper adipiscing lorem tincidunt praesent molestie dolor donec, ante volutpat, consectetur. Ipsum nisi, mi euismod turpis ac laoreet tellus turpis aliquam eget pulvinar nisi nibh euismod amet nisi, et euismod amet. Aliquam et euismod turpis aliquam nibh euismod nonummy tempus lobortis non nonummy lorem lobortis diam, ipsum magna laoreet tellus consectetur. Erat dolore et eget pulvinar nisi nibh ullamcorper felis lorem congue praesent molestie consectetur erat massa non at sed massa. Pharetra ac laoreet aliquet at sed nunc aliquet mauris sed nunc sem mauris dolor dolore ante eget amet tempus nibh. Ullamcorper adipiscing, ipsum magna mi, molestie ut sem elit ipsum ut, diam felis pulvinar ut et euismod adipiscing lorem, tincidunt. Tellus adipiscing sed tincidunt praesent molestie dolor donec massa ullamcorper felis ipsum dolore proin mauris dolor donec nibh volutpat amet. Tempus nibh non, nonummy ipsum lobortis ullamcorper felis sit, ac massa sem at dolor nunc ante volutpat amet tempus ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy aliquam lobortis, diam felis ipsum, congue mi tellus consectetur, laoreet tellus consectetur sed nunc proin mauris, amet, tempus ut, ullamcorper mauris pharetra magna mi molestie sit ac massa. Aliquet at ipsum, dolore, proin volutpat pulvinar proin eget pulvinar donec proin, eget amet donec lobortis non felis feugiat ut et id sit ac mi, tellus consectetur, sed dolore proin. Volutpat amet proin volutpat nonummy lorem congue mi tellus pharetra erat massa non consectetur sed dolore proin eget pulvinar tempus nibh, ullamcorper felis dolor donec diam elit pulvinar aliquam et. Eget pulvinar aliquam laoreet euismod adipiscing lorem tincidunt aliquet adipiscing lorem tincidunt aliquet felis lorem lobortis diam adipiscing lorem lobortis diam, felis donec massa non elit ipsum aliquam nibh ullamcorper. At pharetra donec massa sem elit ipsum ut diam felis sit ac tincidunt aliquet mauris pharetra aliquam lobortis non tempus ut et molestie turpis, erat, nunc aliquet, at dolor nunc. Sem, mauris amet, aliquam ut diam adipiscing lorem lobortis amet aliquam massa non nonummy tempus, ut ullamcorper elit ipsum ut diam elit pulvinar nisi et euismod consectetur magna nibh id. Sit ac nibh ullamcorper adipiscing lorem proin mauris pharetra donec ante volutpat consectetur erat massa sem felis ipsum ut sem elit, ipsum nisi et euismod, pulvinar nisi proin id amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc proin, elit, dolor nisi nibh ullamcorper adipiscing tempus. Ut ullamcorper felis pharetra ullamcorper nonummy tempus lobortis diam. Felis feugiat magna et id turpis ac laoreet, euismod. Turpis lorem tincidunt aliquet, at dolor dolore proin volutpat. Pharetra proin molestie amet donec ante volutpat amet erat. Lobortis sem, elit pulvinar ut sem felis ipsum ut. Diam eget ipsum ut proin id pulvinar aliquam, nibh. At feugiat tincidunt praesent mauris dolor donec ante sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, lorem congue praesent molestie consectetur sed nunc sem sed dolore, proin eget pulvinar nisi nibh ullamcorper felis. Pharetra erat, massa non, consectetur, erat massa tellus consectetur sed massa non at sed dolore proin ipsum dolore. Proin, volutpat turpis, tempus lobortis ullamcorper nonummy lorem congue praesent mauris pharetra donec laoreet non elit sit ac. Tincidunt aliquet at feugiat dolore, felis dolor dolore mi molestie consectetur tempus ut diam eget sed nisi diam. Eget pulvinar nisi nibh euismod turpis lorem tincidunt praesent at tincidunt aliquet mauris, dolor magna, praesent mauris, pharetra. Magna mi tellus, consectetur sed nunc, sem elit sed nunc sem elit ipsum dolore sem elit pulvinar nisi. Nibh amet aliquam nibh euismod, nonummy, tempus lobortis ullamcorper nonummy tempus lobortis ullamcorper adipiscing tempus lobortis ullamcorper elit. Ipsum nisi, diam felis feugiat ac laoreet sem mauris nunc aliquet at dolor dolore ante volutpat nonummy tempus. Ut et mi volutpat nonummy ipsum lobortis et id turpis lorem euismod, turpis lorem dolore, proin volutpat amet. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -334,51 +493,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 7</w:t>
+      <w:t>Page 10</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -862,51 +1021,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9073d73c7d624a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rea296d4b925a49cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7f8d215dfd8841a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R0f7d08d9a64941b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re45aeb0224a44eb4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2c42350fc9964170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfddb5acedbcb4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R810c0151b0ad4bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R0ec35444d03342eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd01ad9aa84a847d1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>