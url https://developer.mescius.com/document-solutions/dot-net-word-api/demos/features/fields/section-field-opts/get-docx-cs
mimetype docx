--- v10 (2026-03-19)
+++ v11 (2026-03-20)
@@ -1,445 +1,261 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9d53d2e75c6d48d9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7b819d16ee3b4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdba8959bddc64474" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re89b60c7800f4988" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra4e1965f31bb4527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R382f81c4f5f7423a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna congue magna massa proin praesent et tellus elit amet lorem tincidunt sem id. Eget adipiscing sit donec nunc proin eget turpis pharetra donec ante, non elit feugiat. Ac nunc proin mauris pulvinar donec ante, volutpat amet donec, eget, amet aliquam lobortis. Et molestie pharetra ac laoreet tellus consectetur, erat tincidunt, tellus at pulvinar, dolore ante. Volutpat pulvinar donec proin eget dolor dolore mauris dolor dolore proin volutpat, pharetra donec. Mi molestie dolor dolore ante volutpat pharetra donec massa non eget sit magna nibh. Id sit proin eget amet aliquam nibh euismod turpis lorem tincidunt ullamcorper, felis feugiat. Magna ante, molestie, pharetra magna mi tellus consectetur erat, nunc proin id turpis aliquam. Nibh turpis ac tincidunt ullamcorper felis, dolor donec ante, non elit tempus, nunc sem. Eget pulvinar nisi proin id sit ac laoreet ullamcorper adipiscing lorem tincidunt praesent mauris. </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Feugiat magna mi tellus at sed nunc sem mauris pulvinar donec ante, non amet tempus lobortis diam felis tempus ut ullamcorper felis sit mi euismod turpis erat laoreet. Tellus at sed dolore proin volutpat amet dolore proin eget dolor dolore proin mauris dolor erat lobortis sem elit tempus volutpat consectetur erat ante tellus pharetra donec massa. Tellus nonummy sed nunc non, consectetur sed massa tellus consectetur sed massa sem at, erat laoreet tellus consectetur ac felis ipsum ut diam elit, pulvinar nisi nibh, euismod. Adipiscing lorem tincidunt praesent mauris dolor dolore mi molestie dolor donec mi, molestie consectetur diam nonummy lorem nibh ullamcorper adipiscing feugiat congue diam id pharetra ac laoreet aliquet. Elit dolor nisi et eget amet aliquam lobortis euismod amet donec nibh volutpat tincidunt euismod sit ac laoreet ullamcorper adipiscing feugiat, congue proin mauris dolor dolore praesent felis. Feugiat tincidunt diam mauris, sit donec ante non consectetur erat massa tellus congue diam felis ipsum ut diam felis sit, magna et felis ipsum lobortis sem nonummy pulvinar. Nisi nibh id sit proin id sit aliquam nibh id turpis lorem tincidunt ullamcorper, adipiscing tempus lobortis euismod turpis aliquam nibh euismod adipiscing tempus nibh, eget pulvinar aliquam. Nibh non adipiscing massa volutpat nonummy tempus ut, diam, nonummy tempus, ante molestie, consectetur tempus ut et, eget pulvinar nisi diam elit, ipsum nunc sem at sed nisi. Et id nisi proin eget pulvinar nisi nibh euismod, turpis lorem lobortis ullamcorper mauris pharetra, erat massa sem elit ipsum ut proin elit sed laoreet tellus consectetur sed. Nunc turpis ac tincidunt sem mauris dolor donec proin volutpat amet aliquam ante volutpat amet tempus lobortis ullamcorper id turpis ac massa aliquet consectetur sed nunc aliquet mauris. </w:t>
+        <w:t xml:space="preserve">Magna erat magna laoreet ante euismod molestie. Eget, turpis dolor tempus congue non eget. Turpis lorem, congue ante volutpat elit feugiat. Magna mi euismod turpis lorem tincidunt aliquet. At, nonummy lorem magna mi non at. Pulvinar nisi nibh adipiscing lorem, dolore ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore nibh ullamcorper mauris pharetra magna mi molestie consectetur ipsum ut euismod amet ac tincidunt praesent molestie pharetra donec ante molestie. Consectetur tempus nunc sem elit, sed nunc diam id turpis aliquam laoreet, praesent molestie pharetra ut et id at sed dolore proin. Eget pulvinar nisi ante volutpat amet tempus lobortis praesent felis ipsum ut praesent id sit ac laoreet molestie nisi et id, sit. Ac tincidunt sem, eget pulvinar aliquam, nibh non nonummy tempus lobortis ullamcorper felis feugiat ac, nunc sem, elit dolor nisi elit dolor. Dolore ante eget, pulvinar donec, ante euismod adipiscing lorem lobortis, ullamcorper felis, sit ac laoreet molestie at sed massa sem elit sed. Dolore ante pulvinar nisi ante, eget nonummy aliquam nibh non adipiscing ipsum ut ullamcorper adipiscing ipsum, ut et id sit magna et. Id sit magna laoreet aliquet at sed praesent eget amet aliquam lobortis diam id, sit ac laoreet aliquet, consectetur dolor nunc, proin. Volutpat, turpis aliquam nibh ullamcorper nonummy erat ut diam eget pulvinar, aliquam laoreet ullamcorper adipiscing lorem congue praesent mauris dolor donec massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh tellus eget, dolor, dolore ante ullamcorper felis. Feugiat magna laoreet non elit pulvinar nisi lobortis. Ullamcorper adipiscing feugiat congue aliquet felis congue diam. Felis feugiat magna mi id pharetra magna laoreet. Molestie consectetur erat massa aliquet elit sed nunc. Aliquet elit erat laoreet aliquet mauris dolor aliquet. Mauris, dolor donec ante eget pharetra dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod, at dolor dolore ante molestie consectetur tempus diam id consectetur ac laoreet tellus sit ac, nibh, eget ipsum nisi nibh ullamcorper adipiscing. Lorem tincidunt praesent mauris feugiat congue praesent mauris pharetra erat massa consectetur erat massa tellus pharetra erat massa tellus, consectetur erat, nunc, sem. Elit dolor nunc sem elit pulvinar nisi nibh euismod nonummy lorem ut diam feugiat congue mi molestie pharetra ac massa molestie, consectetur sed. Nisi et euismod felis feugiat congue diam, mauris pharetra donec mi mauris pharetra massa, non consectetur, erat nunc proin elit ipsum dolore proin. Volutpat adipiscing lorem tincidunt diam, mauris feugiat, tincidunt, diam adipiscing feugiat, magna laoreet tellus consectetur sed nunc at pulvinar nisi, et euismod turpis. Tempus lobortis ullamcorper, adipiscing lorem tincidunt praesent mauris sit donec mi tellus, sit congue praesent adipiscing feugiat, congue et molestie sit laoreet tellus. Turpis ac tincidunt aliquet at sed nunc sem, eget pulvinar donec nibh ullamcorper felis feugiat, magna et feugiat magna laoreet aliquet consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac nunc sem mauris pulvinar, aliquam. Nibh felis feugiat congue praesent molestie. Pharetra magna mi molestie turpis magna. Mi molestie consectetur sed tincidunt sem. Mauris pulvinar donec lobortis, ullamcorper adipiscing. Tempus ut adipiscing, ipsum congue mi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="R0ec35444d03342eb"/>
+          <w:headerReference w:type="default" r:id="Rc125bbdae8a54f39"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Magna laoreet euismod turpis lorem tincidunt aliquet at nibh. Ullamcorper at feugiat congue praesent, mauris dolor donec ante. Volutpat nonummy, tempus massa sem eget sit aliquam nibh. Euismod adipiscing lorem congue praesent at et volutpat amet. Aliquam nibh ullamcorper adipiscing lorem congue diam mauris sit. Erat nunc non nonummy sed, nunc sem eget, amet. Aliquam, lobortis aliquet ac nibh euismod turpis tempus, lobortis. Ullamcorper, nonummy tempus tincidunt diam felis feugiat, ut diam. </w:t>
+        <w:t xml:space="preserve">Volutpat amet tempus nisi, diam felis, sit magna nibh, tellus consectetur lorem proin volutpat amet tempus ut diam, id sit magna mi, tellus at sed nunc sem mauris dolor nisi. Proin volutpat amet dolore proin eget pharetra donec volutpat nonummy ipsum congue et, tellus consectetur erat nunc sem eget pulvinar, nisi ante euismod nonummy aliquam ante volutpat, amet tempus lobortis. Ullamcorper adipiscing ipsum ullamcorper elit ipsum ut ullamcorper elit ipsum lobortis sem nonummy, tempus, nunc diam eget pulvinar ut diam eget pulvinar ut proin id amet nibh euismod turpis ac. Lobortis ullamcorper adipiscing feugiat tincidunt praesent, mauris pharetra erat ante non nonummy erat laoreet non, elit ipsum ut sem elit ipsum dolore proin dolor tincidunt sem elit sed tincidunt aliquet. Consectetur sed, nunc, praesent mauris pharetra nunc aliquet adipiscing sed congue, aliquet at feugiat congue praesent molestie amet donec mi dolor, magna mi molestie consectetur tempus nunc diam, id sit. Ac laoreet ullamcorper at feugiat dolore massa volutpat amet tempus, non nonummy erat massa non nonummy pulvinar ut diam eget pulvinar ut et id sit aliquam nibh, ullamcorper, at lorem. Tincidunt aliquet felis, dolor donec ante sem pulvinar magna laoreet tellus at dolor, dolore proin mauris, dolor dolore, proin volutpat amet erat lobortis non nonummy tempus lobortis diam felis turpis. Ac tincidunt aliquet sed nunc praesent, eget pharetra aliquam massa ullamcorper felis feugiat magna laoreet tellus, consectetur, ac tincidunt tellus consectetur lorem nunc aliquet at dolor nunc proin mauris sed. Aliquet at dolor donec ante volutpat nonummy ipsum nisi et euismod consectetur sed nunc sem mauris lorem tincidunt aliquet mauris, dolor dolore proin volutpat nonummy, tempus massa dolor congue ullamcorper. Adipiscing ac lobortis ullamcorper turpis tempus lobortis euismod amet tempus nibh euismod adipiscing lorem lobortis ullamcorper adipiscing feugiat ut et aliquet consectetur erat dolore eget amet nisi proin, volutpat nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 3 page(s)</w:t>
+        <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At at dolor dolore, mi non consectetur tempus, ut diam id sit, magna tincidunt aliquet mauris pharetra dolore ullamcorper. Id sit magna laoreet aliquet at pulvinar nisi ante volutpat pulvinar nisi ante eget pulvinar dolore proin eget pharetra. Donec massa, non adipiscing massa ullamcorper elit ipsum nisi, diam id sit magna et id sit ac tincidunt aliquet. At pharetra, donec ante non felis sit magna mi molestie, sit magna felis feugiat magna laoreet aliquet mauris sed. Nunc praesent eget dolor dolore ante non nonummy tempus lobortis ullamcorper elit ipsum ut et id, magna laoreet tellus. Consectetur sed dolore ante, volutpat amet donec nibh ullamcorper nonummy tempus ut diam felis ipsum lobortis, ullamcorper nonummy ipsum. </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Ac tincidunt aliquet mauris dolor, donec proin volutpat pharetra, donec ante, non, nonummy tempus lobortis pharetra erat massa, non elit tempus nunc sem nonummy, sed laoreet tellus. Consectetur erat nunc sem at ipsum nunc sem elit ipsum dolore proin volutpat dolore, nibh euismod nonummy aliquam lobortis ullamcorper, adipiscing tempus lobortis non nonummy ipsum ut. Ullamcorper elit ipsum lobortis ullamcorper elit ipsum lobortis non consectetur erat, nunc nonummy tempus nunc sem nonummy erat massa non elit lorem consectetur, pulvinar sed aliquam magna. Ut tincidunt proin ullamcorper tellus at amet feugiat ac nunc nibh praesent tellus id, mauris adipiscing nonummy at, amet, sit sed nunc sem eget ipsum dolore proin. Eget pulvinar aliquam ante eget pulvinar nisi ante lorem tincidunt tellus turpis aliquam nibh ullamcorper turpis lorem congue, aliquet mauris pharetra dolore, praesent molestie pharetra donec mi. Volutpat nonummy ipsum ut sem eget ipsum ut nonummy sed nunc sem eget pulvinar aliquam nibh euismod turpis ac tincidunt ullamcorper adipiscing lorem, lobortis praesent mauris sit. </w:t>
+        <w:t xml:space="preserve">Amet feugiat congue, praesent molestie pharetra donec massa tellus nonummy sed ut. Proin eget amet aliquam et ipsum dolore et volutpat amet, tempus lobortis. Diam mauris dolor, donec ante non nonummy sed nunc proin id pulvinar. Nisi et ullamcorper adipiscing lorem, aliquet, mauris dolor congue praesent mauris dolor. Magna ante non, elit ipsum ut sem elit ipsum nisi et euismod. Adipiscing feugiat dolore ante volutpat nonummy ipsum ut, aliquet at, dolor dolore. Proin euismod adipiscing lorem congue mi molestie at sed nunc proin eget. Turpis lorem tincidunt aliquet felis feugiat congue felis pharetra erat massa non. Elit sit aliquam laoreet euismod adipiscing lorem laoreet euismod adipiscing feugiat congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod adipiscing feugiat magna ante non elit ipsum nisi, et, id sit, aliquam nibh euismod adipiscing lorem, tincidunt aliquet. Felis dolor donec ante id turpis ac laoreet tellus at dolor donec proin volutpat nonummy ipsum ut mi id. Turpis ac massa aliquet, elit pulvinar nisi nibh euismod adipiscing lobortis ullamcorper, nonummy lorem congue massa non, at, ipsum. Ut sem elit, pulvinar aliquam lobortis aliquet adipiscing lorem congue praesent molestie dolor magna mi tellus nonummy sed sem. Elit pulvinar nisi et id turpis lorem tincidunt praesent, mauris dolor donec mi molestie, pharetra tempus nunc sem nonummy. Ipsum ut diam volutpat nonummy aliquam lobortis, diam elit feugiat magna, mi molestie, turpis erat laoreet sem mauris dolor. Dolore, proin eget pulvinar dolore ante eget dolor dolore praesent mauris aliquam lobortis, ullamcorper nonummy ipsum ut et, tellus. At sed tincidunt sem at pulvinar donec proin eget pharetra donec proin, eget pharetra aliquam massa non nonummy, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi volutpat consectetur tempus massa sem eget ipsum nisi nibh euismod at dolor aliquet mauris dolor congue, proin molestie dolor. Tempus lobortis sem felis pulvinar nisi nibh id, turpis magna nibh euismod turpis ac tincidunt praesent molestie pharetra, lobortis et. Felis feugiat magna mi tellus at dolor, nisi ante euismod nonummy tempus lobortis non adipiscing feugiat magna praesent tellus consectetur. Erat massa, aliquet erat tincidunt aliquet at, sed nisi sem at sed dolore praesent mauris dolor, dolore praesent eget, pharetra. Aliquam lobortis volutpat amet erat massa volutpat erat massa non nonummy erat nunc, non elit pulvinar nisi et euismod, turpis. Ac laoreet ullamcorper adipiscing feugiat tincidunt aliquet adipiscing feugiat tincidunt praesent molestie dolor mi, non elit ipsum ut et euismod. Adipiscing sed, dolore proin eget amet tempus ut et molestie turpis, erat nunc sem at dolor dolore proin mauris dolor. Proin volutpat adipiscing lorem congue mi tellus pharetra erat, laoreet aliquet at sed nunc sem eget amet, aliquam, ante, volutpat. Donec nibh euismod nonummy, aliquam lobortis diam felis feugiat, ut diam adipiscing ipsum ut, et id sit erat nunc sem. Eget amet nisi nibh volutpat nonummy tempus eget, amet ipsum ut ullamcorper nonummy tempus lobortis ullamcorper, felis ipsum lobortis non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ipsum nisi et id sit aliquam nibh, euismod sit aliquam laoreet aliquet at feugiat congue praesent molestie dolor donec ante molestie. Pharetra magna molestie pharetra donec nunc non nonummy erat laoreet tellus consectetur ac mi id sit magna mi, molestie consectetur erat tincidunt. Sem mauris pulvinar, nisi proin nonummy tempus lobortis diam felis feugiat magna, mi molestie pharetra ac massa tellus consectetur erat laoreet tellus. At sed dolore proin volutpat amet aliquam, nibh ullamcorper pharetra sed, ut proin eget pulvinar aliquam nibh volutpat adipiscing feugiat congue mi. Non elit ipsum ut et id sit magna nibh, euismod at congue aliquet, at, dolor donec lobortis ullamcorper felis sit nisi, et. Euismod sit ac laoreet tellus at sed dolore, proin volutpat pharetra donec massa, non adipiscing ipsum et id feugiat nisi et euismod. Sit nisi, laoreet aliquet at dolor donec ante non nonummy lorem ut praesent id sit, ac laoreet, aliquet, at dolor sem eget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Felis feugiat magna mi molestie consectetur erat dolore, proin eget pulvinar nisi, nibh adipiscing tempus congue diam adipiscing lorem donec massa sem elit pulvinar nisi nibh id amet. Ac tincidunt praesent mauris dolor magna mi molestie consectetur erat nunc nonummy ipsum ut non nonummy sed ut proin id amet nisi, proin volutpat amet aliquam nibh ullamcorper. Adipiscing lorem, tincidunt diam mauris, sit magna praesent lorem ut praesent id sit congue et felis sit ac laoreet aliquet at dolor dolore sem at sed nunc, proin. Volutpat amet aliquam, eget pharetra, aliquam massa non nonummy tempus lobortis ullamcorper elit tempus lobortis sem felis pulvinar nisi et id turpis ac nibh tellus turpis lorem tincidunt. Praesent eget dolore proin molestie pharetra tempus lobortis sem felis sit magna mi aliquet consectetur lorem tincidunt, aliquet mauris, dolor donec nibh non adipiscing ipsum ut, diam molestie. Sit diam id feugiat lobortis, sem felis, pulvinar nunc non consectetur, erat ante molestie sit congue diam, adipiscing pharetra ac laoreet pharetra ac laoreet molestie turpis magna laoreet. Euismod turpis ac tincidunt aliquet at lorem tincidunt aliquet, at lorem, laoreet euismod turpis ac laoreet euismod adipiscing lorem tincidunt turpis ac lobortis, ullamcorper felis lorem lobortis diam. </w:t>
+        <w:t xml:space="preserve">Sit magna nibh euismod at sed tincidunt aliquet at lorem. Tincidunt, proin feugiat dolore proin molestie, pharetra dolore mi molestie. Pharetra donec massa non, nonummy ipsum, ut et, euismod adipiscing. Sed dolore praesent eget, pharetra, donec ante nonummy tempus lobortis. Diam id sit ac tincidunt aliquet consectetur sed dolore ante. Eget nonummy, aliquam nibh non amet ipsum ut et molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTION \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> SECTIONPAGES \# "', '0' page(s)'" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>, 3 page(s)</w:t>
+        <w:t>, 2 page(s)</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Id consectetur erat ut proin eget. Ipsum dolore proin volutpat turpis, lorem. Tincidunt, aliquet mauris dolor donec mi. Tellus donec massa tellus elit ipsum. Nisi laoreet ullamcorper amet, ac lobortis. Aliquet at feugiat tincidunt mi molestie. Consectetur erat massa sem elit pulvinar. Nisi elit pulvinar nisi et eget. Pulvinar nisi et id amet lorem. </w:t>
-[...198 lines deleted...]
-        <w:t xml:space="preserve">Adipiscing, lorem congue praesent molestie consectetur sed nunc sem sed dolore, proin eget pulvinar nisi nibh ullamcorper felis. Pharetra erat, massa non, consectetur, erat massa tellus consectetur sed massa non at sed dolore proin ipsum dolore. Proin, volutpat turpis, tempus lobortis ullamcorper nonummy lorem congue praesent mauris pharetra donec laoreet non elit sit ac. Tincidunt aliquet at feugiat dolore, felis dolor dolore mi molestie consectetur tempus ut diam eget sed nisi diam. Eget pulvinar nisi nibh euismod turpis lorem tincidunt praesent at tincidunt aliquet mauris, dolor magna, praesent mauris, pharetra. Magna mi tellus, consectetur sed nunc, sem elit sed nunc sem elit ipsum dolore sem elit pulvinar nisi. Nibh amet aliquam nibh euismod, nonummy, tempus lobortis ullamcorper nonummy tempus lobortis ullamcorper adipiscing tempus lobortis ullamcorper elit. Ipsum nisi, diam felis feugiat ac laoreet sem mauris nunc aliquet at dolor dolore ante volutpat nonummy tempus. Ut et mi volutpat nonummy ipsum lobortis et id turpis lorem euismod, turpis lorem dolore, proin volutpat amet. </w:t>
+        <w:t xml:space="preserve">Volutpat proin mi sem tellus eget mauris nonummy turpis donec lobortis, ante et praesent, volutpat id. Eget at nonummy ipsum ac nisi congue lobortis et aliquet euismod tellus elit sit dolor lorem. Donec nisi aliquet volutpat, id, consectetur ipsum lorem tempus dolor tempus donec lobortis et aliquet volutpat. Felis pharetra turpis sed, tempus magna nunc et praesent volutpat felis ac massa et ullamcorper volutpat. Euismod mauris adipiscing pharetra ipsum magna laoreet praesent diam, tellus eget adipiscing pharetra sit, ipsum lorem. Donec ut tincidunt diam diam proin volutpat molestie eget at adipiscing pharetra, ipsum lorem tempus erat. Ac donec nisi, laoreet sem ullamcorper molestie elit turpis dolor tempus sed lorem lobortis massa et. Ullamcorper non tellus elit turpis, pharetra ipsum sed tempus donec nisi nunc lobortis nunc laoreet ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore tempus erat tempus ipsum lorem tempus tempus ac dolore lobortis massa. Laoreet ante mi et massa et proin ullamcorper non, euismod turpis consectetur. Pulvinar dolor tempus magna nisi, dolore, ut nunc nibh praesent diam aliquet. Ullamcorper diam et ante tincidunt congue magna tempus erat ac aliquet non. Molestie elit mauris felis at adipiscing elit elit felis nonummy at adipiscing. Elit at, adipiscing nonummy at adipiscing at adipiscing, nonummy consectetur amet ante. Nisi congue nunc laoreet, lobortis nunc congue ut mi et praesent non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur mauris ullamcorper volutpat id, volutpat at nonummy turpis dolor lorem. Donec magna donec congue nunc tincidunt nibh laoreet laoreet praesent diam. Sem aliquet diam aliquet eget pharetra ipsum ac dolore lobortis massa. Nibh, nibh laoreet laoreet nibh laoreet proin aliquet volutpat elit, feugiat. Dolor tempus, congue nisi nunc, lobortis diam non volutpat mauris elit. Pulvinar adipiscing ipsum congue et id consectetur ac laoreet tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc, proin volutpat lorem ut ullamcorper adipiscing ipsum lobortis ullamcorper adipiscing tempus. Lobortis et id sit magna et euismod consectetur sed laoreet tellus at. Sed donec ante ullamcorper, ipsum congue diam adipiscing ipsum ut et molestie. Consectetur erat, tincidunt tellus consectetur erat laoreet tellus at dolor, donec nibh. Non felis feugiat magna non at sed massa tellus turpis ac laoreet. Aliquet elit sed nunc aliquet at dolor dolore praesent mauris, pulvinar donec. Nibh ullamcorper nonummy, ipsum, et id sit congue ullamcorper elit tempus massa. Volutpat nonummy tempus nunc sem elit ipsum nisi diam eget pulvinar nisi. Et id pulvinar aliquam nibh euismod nisi et, volutpat amet aliquam nibh. Euismod turpis aliquam nibh volutpat amet donec nibh non, nonummy tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra erat massa non nonummy ipsum nisi diam felis ipsum ut diam eget, ipsum nisi diam eget ipsum ut et id turpis ac euismod. Turpis ac tincidunt ullamcorper felis pharetra magna massa volutpat elit ipsum nunc sem eget sit nisi et eget ipsum nunc proin eget pulvinar proin elit. Pulvinar nisi nibh euismod turpis tempus tincidunt praesent molestie pharetra donec mi non nonummy sed nunc non at sed massa tellus at sed nunc, at. Sed nunc aliquet mauris dolor dolore ante euismod adipiscing lorem congue laoreet tellus at, ipsum dolore et euismod turpis ac lobortis ullamcorper adipiscing tincidunt diam. Felis lorem tincidunt diam felis feugiat magna mi id pharetra ac laoreet non, at ipsum aliquam et, volutpat turpis lorem tincidunt praesent mauris lorem congue. Molestie consectetur sed ut proin elit, pulvinar aliquam et id amet aliquam et euismod, amet aliquam nibh euismod turpis tempus congue praesent, mauris pharetra donec. Ante pharetra, erat nunc sem elit sed massa tellus consectetur sed dolore sem, elit adipiscing tempus, tincidunt diam felis feugiat tincidunt nonummy lorem ut, diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy feugiat magna mi molestie turpis. Ac mi eget pulvinar aliquam tincidunt ullamcorper. Adipiscing lorem congue mi molestie pharetra erat. Nunc et id amet ac lobortis ullamcorper. Mauris dolor dolore mi molestie consectetur consectetur. Lorem tincidunt praesent at ut praesent id. Sit ac laoreet tellus consectetur erat massa. Sem eget dolor dolore sem mauris, pulvinar. Tempus tincidunt diam felis, lorem ut praesent. Molestie sit mi tellus consectetur sed dolore. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
@@ -493,51 +309,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 10</w:t>
+      <w:t>Page 5</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -1021,51 +837,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2c42350fc9964170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfddb5acedbcb4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R810c0151b0ad4bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R0ec35444d03342eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd01ad9aa84a847d1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R98dbd15e012d408a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R289a57d36f404ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1088dac88dc64765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rc125bbdae8a54f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R043b7ffb8ef74c59" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>