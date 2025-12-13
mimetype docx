--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,197 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb1870f2364584da8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra2539a4fb2c14eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R981812217e27485d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf5e5d6b605f84b33" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3892884fc432452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9abc9556463b44ed" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Go to page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF myBookmark \h \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>VI</w:t>
+        <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>...</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Turpis sit erat ut nunc nibh, praesent non id at dolor erat ut diam molestie at dolor nibh ullamcorper felis. Nonummy ipsum ut et id, turpis sed aliquam, massa non elit sit ac massa sem elit sed dolore proin volutpat. Amet aliquam lobortis felis pharetra donec mi molestie consectetur erat massa non elit, ipsum, dolore et euismod adipiscing lorem tincidunt. Praesent mauris consectetur, erat massa non elit sed tellus consectetur sed, nunc proin eget ipsum dolore nibh volutpat pulvinar nisi. Lobortis aliquet felis feugiat tincidunt diam felis sit magna mi tellus erat massa sem elit ipsum nunc aliquet at sed. Nisi et ullamcorper felis lorem tincidunt mi molestie pharetra donec mi, tellus nonummy sed ut et euismod adipiscing laoreet ullamcorper. Adipiscing feugiat congue praesent mauris pharetra erat lobortis diam elit pulvinar nisi et euismod turpis, ac tincidunt praesent at sed. Donec massa ullamcorper id pulvinar nisi nibh ullamcorper adipiscing, lorem congue mi molestie consectetur erat ante non nonummy ipsum nisi. Dolore ante non elit ante non nonummy, ipsum nisi et felis pulvinar nisi et, felis pulvinar ut non nonummy erat. Ut et id amet aliquam nibh euismod turpis ac lobortis aliquet dolor donec ante non nonummy tempus nunc diam elit. </w:t>
-[...113 lines deleted...]
-      <w:bookmarkStart w:name="myBookmark" w:id="8440591042475398810"/>
+        <w:t xml:space="preserve">At consectetur, diam aliquet volutpat mauris feugiat donec nisi laoreet volutpat nonummy feugiat erat. Lorem aliquam lobortis ullamcorper molestie consectetur, sed dolore proin volutpat amet nisi ante volutpat. Turpis lorem tincidunt ullamcorper felis, feugiat dolor dolore aliquet at sed dolore proin molestie. Pharetra dolore ante molestie pharetra donec ante volutpat nonummy tempus massa sem nonummy pulvinar. Nisi nibh euismod sit nibh euismod turpis ac tincidunt ullamcorper, adipiscing feugiat dolore mi. Molestie consectetur erat, massa, non elit ipsum ut diam eget pulvinar aliquam laoreet mauris. Dolor donec ante volutpat, amet tempus lobortis sem felis pulvinar nisi mi tellus consectetur. Lorem nunc proin mauris nonummy tempus lobortis ullamcorper adipiscing feugiat magna mi ullamcorper, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris dolor congue praesent mauris sit magna laoreet molestie sit magna praesent massa ullamcorper felis feugiat congue diam felis. Sit, ac laoreet aliquet at sed tincidunt tellus at sed nunc praesent mauris dolor dolore proin volutpat amet aliquam. Nunc proin eget pulvinar nisi nibh ullamcorper turpis tempus lobortis euismod nonummy tempus, lobortis, ullamcorper id sit, magna mi. Molestie pharetra ac laoreet tellus consectetur laoreet tellus consectetur erat laoreet tellus turpis ac tincidunt aliquet at sed nunc. Praesent volutpat pharetra aliquam massa volutpat nonummy erat massa non volutpat pulvinar tempus lobortis volutpat amet aliquam lobortis euismod. Nonummy lorem ut ullamcorper adipiscing ipsum lobortis ullamcorper nonummy aliquam massa non amet tempus massa non consectetur erat diam. Felis sit nisi, diam eget ipsum ut, sem elit pulvinar ut et euismod turpis ac nibh euismod amet, aliquam. Lobortis ullamcorper adipiscing lorem tincidunt, ullamcorper tellus adipiscing sed nunc praesent mauris dolor, congue, lobortis ullamcorper felis, feugiat congue. Mi molestie turpis ac tincidunt aliquet, mauris aliquet at dolor dolore praesent eget pharetra dolore praesent mauris pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec lobortis lobortis ullamcorper mauris, feugiat magna mi molestie consectetur erat massa non elit ipsum. Ut proin id amet aliquam lobortis ullamcorper, turpis tempus lobortis ullamcorper nonummy tempus ut et. Id sit ac tincidunt praesent at, sed congue aliquet mauris pharetra dolore mi mauris dolor. Dolore mi molestie pharetra donec mi proin eget, dolor dolore, proin eget, dolor congue praesent. Mauris feugiat congue praesent mauris dolor donec ante volutpat pharetra erat massa volutpat elit ipsum. Nisi, diam non adipiscing ipsum lobortis diam adipiscing ipsum ut, diam elit feugiat nisi et. Id sit magna mi euismod turpis magna diam, eget ipsum nunc consectetur erat mi molestie. Consectetur, erat massa sem elit sed nunc sem, elit dolor nisi proin eget pulvinar aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec laoreet tellus pharetra erat massa aliquet at erat massa sem volutpat amet tempus nibh euismod nonummy lorem tincidunt diam felis congue mi id. Sit magna mi molestie pharetra ac mi tellus, turpis ac tincidunt tellus turpis magna mi id sit magna et id pulvinar ac aliquet adipiscing. Sed congue aliquet mauris, dolor donec ante volutpat pharetra erat, ante volutpat consectetur donec ante molestie pharetra magna mi mauris feugiat congue, mi molestie. Pharetra mi molestie sit ac mi id sit nisi mi tellus sit magna laoreet euismod consectetur lorem laoreet tellus pulvinar nisi et eget ipsum. Ipsum lobortis ullamcorper elit ipsum ut mi felis feugiat magna mi, euismod, turpis ac laoreet euismod turpis lorem laoreet tellus turpis ac, laoreet ullamcorper. At lorem, tincidunt diam felis, ipsum nisi et, id sit ac laoreet euismod sit nisi diam elit, pulvinar ut proin, eget ipsum, nisi et. Id pulvinar nisi proin elit dolor tincidunt praesent felis lorem tincidunt, diam, felis lorem ut ullamcorper adipiscing feugiat congue, mi molestie sit congue mi. Molestie consectetur et id, sit magna laoreet aliquet, at, sed dolore proin eget amet aliquam nibh non nonummy tempus lobortis ullamcorper, felis ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat consectetur tempus ut diam id turpis lorem laoreet aliquet at lorem tincidunt aliquet mauris dolor proin molestie pharetra erat massa non consectetur erat massa non nonummy tempus nunc sem. Elit ipsum nunc proin at sed nunc sem elit ipsum, nunc proin, non, elit pulvinar magna et id sit magna nibh euismod turpis ac tincidunt praesent, mauris dolor congue praesent. Molestie pharetra dolore, mi mauris dolor dolore volutpat consectetur tempus massa sem elit sed ut diam eget pulvinar nisi proin id pulvinar nisi proin eget pulvinar ac lobortis volutpat pulvinar. Aliquam massa sem, elit tempus, nisi nibh euismod sit nisi et euismod turpis ac laoreet aliquet mauris pharetra, donec ante volutpat pharetra erat massa non consectetur tempus pulvinar nisi nibh. Euismod turpis ac laoreet ullamcorper, adipiscing lorem, tincidunt praesent mauris feugiat dolore praesent molestie pharetra tempus nunc non elit ipsum nunc diam elit pulvinar sem elit pulvinar nisi nibh euismod. Turpis lorem tincidunt aliquet mauris dolor tincidunt praesent mauris dolor magna mi mauris sit aliquam et id turpis aliquam nibh ullamcorper turpis ac tincidunt aliquet, mauris feugiat congue, praesent molestie. Consectetur magna ante molestie pharetra erat massa sem elit ipsum sem eget pulvinar nisi et volutpat amet nisi et volutpat turpis tempus lobortis ullamcorper mauris sit magna laoreet tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam id feugiat ut diam felis feugiat nisi et id sit ac tincidunt tellus turpis ac laoreet, mauris pharetra. Donec proin volutpat amet donec proin molestie dolor congue aliquet felis lorem tincidunt ullamcorper felis lorem tincidunt praesent felis feugiat. Congue tellus at erat nunc non elit ipsum nisi, et volutpat pulvinar nisi, nibh euismod amet aliquam nibh volutpat amet. Donec, nibh non nonummy aliquam nibh, volutpat nonummy adipiscing, feugiat tincidunt praesent mauris pharetra tempus massa non nonummy tempus nunc. Sem eget pulvinar nisi nibh euismod adipiscing lorem tincidunt aliquet at lorem proin mauris dolor, congue praesent mauris dolor, donec. Massa volutpat pharetra donec ante tellus, pharetra donec laoreet tellus at sed, massa non consectetur erat nunc aliquet amet nisi. Proin volutpat pulvinar aliquam lobortis, ullamcorper adipiscing feugiat congue, praesent mauris feugiat congue praesent felis feugiat congue et id feugiat. Congue diam felis feugiat nisi elit, ipsum ut diam id turpis magna laoreet tellus adipiscing lorem, laoreet ullamcorper adipiscing ac. Laoreet ullamcorper adipiscing ac nibh molestie pharetra donec, ante molestie pharetra donec mi tellus consectetur donec laoreet tellus consectetur sed. Massa non at sed dolore, proin eget dolor nunc aliquet at, dolor pulvinar magna nibh, euismod adipiscing ac laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Id amet, nisi et ipsum, nisi, proin eget sed nunc sem mauris sed tincidunt. Praesent mauris dolor nunc praesent at sed congue proin molestie pharetra dolore praesent, at. Tincidunt aliquet mauris feugiat congue diam felis dolor congue praesent, mauris sit erat massa. Non consectetur erat laoreet, tellus consectetur erat massa aliquet elit dolor dolore, praesent mauris. Feugiat magna praesent felis, lorem ut, diam mauris feugiat congue praesent felis sit ac. Laoreet aliquet at erat massa aliquet, at sed, dolore volutpat amet donec nibh euismod. Nonummy lorem ut ullamcorper adipiscing aliquam ut diam felis sit magna laoreet tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nisi sem at sed nunc praesent eget pharetra donec ante volutpat pharetra, dolore proin mauris feugiat congue praesent felis feugiat. Nisi mi tellus consectetur lorem nunc tellus, adipiscing lorem dolore proin eget pharetra donec ante, non elit, ipsum lobortis diam felis. Sit magna ante euismod amet lorem lobortis ullamcorper adipiscing lorem ut, diam id sit magna mi tellus sit magna et molestie. Turpis ac laoreet tellus consectetur ac tincidunt tellus amet, tempus lobortis ullamcorper adipiscing ipsum congue mi, id pharetra ac laoreet molestie. Turpis ac laoreet tellus consectetur erat tincidunt tellus, at sed nunc massa non nonummy sed massa non consectetur erat nunc proin. Eget pulvinar aliquam et volutpat, amet nisi, ante volutpat amet aliquam nibh euismod amet tempus lobortis non, elit pulvinar dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur sed dolore proin eget amet aliquam proin eget sit magna. Praesent id feugiat magna, mi molestie sit ac mi molestie, turpis magna. Laoreet aliquet consectetur ac tincidunt sem mauris, sed nunc praesent mauris nonummy. Sed massa tellus pharetra erat massa tellus, consectetur ac laoreet tellus consectetur. Sed nunc aliquet, turpis, ac laoreet tellus adipiscing, sed tincidunt aliquet adipiscing. Feugiat magna, mi tellus consectetur, sed massa aliquet elit dolor nisi ante. Eget amet aliquam, nibh volutpat amet aliquam ante, volutpat amet aliquam laoreet. Non elit ipsum nisi nibh euismod adipiscing lorem tincidunt praesent mauris dolor. Congue praesent mauris pharetra donec laoreet tellus pharetra, donec massa non elit. Ipsum nisi eget amet, ac congue praesent molestie pharetra donec ante non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris pharetra donec massa molestie erat laoreet tellus pharetra ac laoreet. Tellus at sed tincidunt aliquet at sed, nunc sem eget pulvinar. Donec ante non amet, tempus congue diam, felis, pulvinar, dolore proin. Volutpat pulvinar, nisi nibh, ullamcorper turpis lorem tincidunt diam adipiscing tempus. Ut diam felis sit donec laoreet tellus pharetra ac mi id. Adipiscing lorem lobortis ullamcorper adipiscing feugiat congue praesent mauris feugiat magna. Ante tellus elit sed nunc proin id amet aliquam et id. Pulvinar tempus lobortis sem elit ipsum nisi diam felis pulvinar, nisi. Et euismod adipiscing aliquam nibh id pulvinar, aliquam tincidunt aliquet at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat massa non, nonummy erat ante tellus pharetra donec massa tellus consectetur erat massa non elit, pulvinar nisi et, diam id, feugiat magna mi euismod consectetur. Sed nunc proin eget dolor dolore praesent mauris, dolor dolore, proin molestie dolor dolore aliquet at feugiat tincidunt volutpat consectetur, tempus nunc sem felis ipsum, nisi et. Id adipiscing, ac laoreet, euismod adipiscing lorem tincidunt, ullamcorper at dolor, dolore mi molestie pharetra magna ante non diam felis, pharetra magna mi molestie, pharetra erat laoreet. Tellus, consectetur erat laoreet tellus at sed dolore sem elit pulvinar nisi nibh volutpat donec ante volutpat amet aliquam ante volutpat amet tempus massa non nonummy, tempus. Lobortis diam felis ipsum ut sem elit, tempus, ut diam euismod consectetur ac nibh at sed congue proin molestie dolor congue praesent molestie pharetra donec ante non. Consectetur erat nunc sem elit ipsum nunc sem nonummy sed nunc sem elit sed congue praesent molestie dolor dolore, mi molestie pharetra erat lobortis sem, id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam laoreet tellus adipiscing lorem laoreet ullamcorper turpis aliquam lobortis euismod turpis ac lobortis ullamcorper. Felis dolor, magna donec ante volutpat pulvinar aliquam ante eget pharetra aliquam massa volutpat pharetra. Aliquam ante volutpat amet erat, ante molestie dolor magna mi mauris, dolor magna molestie pharetra. Erat massa non elit sed ut proin elit sed dolore proin elit dolor dolore et. Eget amet nisi ante eget amet donec nibh ullamcorper felis turpis aliquam nibh id amet. Aliquam et euismod adipiscing lorem, lobortis aliquet turpis, tempus tincidunt praesent molestie sit donec ante. Molestie consectetur erat sem at erat massa sem, elit ipsum dolore proin volutpat pulvinar aliquam. Nibh ullamcorper felis feugiat magna mi mauris feugiat donec praesent felis sit congue mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat lobortis sem felis sit magna laoreet tellus at sed nunc praesent eget, dolor magna mi molestie feugiat. Magna et, molestie turpis ac mi, id sit magna mi, euismod turpis, ac nibh euismod turpis magna, nibh. Tellus turpis ac nibh amet aliquam et eget amet aliquam, et volutpat amet tempus nibh euismod nonummy tempus. Lobortis diam felis sit magna mi id pharetra ac laoreet tellus amet aliquam lobortis aliquet felis feugiat, dolore. Mi molestie consectetur erat nunc sem, elit ipsum nunc sem, nonummy sed nunc proin id pulvinar nibh euismod. Amet ac tincidunt mi molestie pharetra erat ante molestie, sit, donec ante, tellus consectetur erat nunc, proin elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac massa, sem elit, pulvinar nisi nibh ullamcorper adipiscing lorem congue ullamcorper felis feugiat congue diam felis, feugiat magna laoreet, molestie magna. Laoreet molestie consectetur ac mi euismod, turpis ac laoreet, tellus turpis, ac laoreet, tellus adipiscing lorem nunc tellus at sed tincidunt praesent. Mauris pharetra lobortis et id feugiat ac mi euismod, turpis magna, et id turpis ac laoreet euismod sit, ac nibh ullamcorper, at. Dolor congue praesent, mauris, diam sem euismod tempus ac dolore tincidunt nisi tincidunt, nibh mi sem euismod sit ac nibh euismod turpis. Lorem pharetra donec laoreet tellus consectetur erat massa aliquet felis feugiat congue praesent mauris dolor magna ante mauris sit donec ante tellus. Nonummy sed nunc non elit, pulvinar nunc sem at sed massa tellus turpis mi euismod turpis ac laoreet tellus consectetur sed, nunc. Ante volutpat nonummy tempus ut diam felis, feugiat congue diam felis feugiat, nisi et, id pulvinar magna et sit magna laoreet euismod. Turpis sed tincidunt aliquet volutpat amet aliquam ante non nonummy ipsum ut sem elit tempus lobortis elit ipsum ut, diam id sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra dolore proin volutpat, nonummy, feugiat ut elit. Ipsum ut et id turpis magna nibh euismod. Turpis, lorem laoreet tellus adipiscing ac laoreet ullamcorper. Adipiscing, sed congue aliquet adipiscing lorem tincidunt aliquet. Dolor magna mi molestie pharetra donec mi mauris. Sit, magna mi, molestie sit congue praesent, tellus. Consectetur ac massa sem at erat tincidunt sem. Sed dolore proin volutpat nonummy donec ante volutpat. Amet tempus nibh ullamcorper adipiscing ipsum lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing lorem volutpat pulvinar aliquam, ante volutpat nonummy. Tempus lobortis ullamcorper adipiscing lorem ut diam, id. Pharetra erat massa tellus pharetra ac massa sem. At sed proin eget pulvinar dolore sem mauris. Sed nunc praesent at sed dolore, proin eget. Amet tempus lobortis ullamcorper id sit magna mi. Molestie consectetur sed, tincidunt diam adipiscing feugiat congue. Praesent molestie sit congue praesent molestie pharetra congue. Mi id sit magna mi molestie consectetur ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sem felis pulvinar magna laoreet tellus turpis aliquam et eget pulvinar aliquam et id amet aliquam nibh. Euismod, turpis tempus lobortis mauris pharetra erat massa sem elit pulvinar ut et id sit nisi nibh. Ullamcorper at feugiat congue praesent mauris, dolor dolore mi mauris pharetra congue mauris feugiat ut praesent felis. Sit donec mi id feugiat, ut ullamcorper elit ipsum ut diam elit ipsum lobortis non nonummy erat. Nunc, sem id sit sit, magna massa non at, sed nunc proin eget pulvinar nisi nibh euismod. Adipiscing lorem tincidunt diam felis, dolor magna mi mauris sit magna et id sit aliquam et id. Amet, aliquam et volutpat pulvinar, nisi proin eget pulvinar nisi proin eget pulvinar aliquam, nibh diam adipiscing. Lorem congue praesent consectetur sed nunc proin elit ipsum, nisi nibh, euismod adipiscing feugiat tincidunt diam adipiscing. Lorem congue praesent mauris pharetra, magna praesent id feugiat congue et id pharetra, massa aliquet at erat. Nunc sem eget pulvinar dolore sem mauris lorem nunc, aliquet, at sed tincidunt praesent mauris, sed aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar aliquam nibh euismod turpis lorem lobortis ullamcorper adipiscing lorem lobortis, amet aliquam nibh volutpat. Amet donec ante, volutpat amet erat ante non nonummy tempus lobortis diam felis sit magna et. Id sit ut diam elit sed tempus lobortis ullamcorper felis feugiat ut ullamcorper nonummy, ipsum ut. Sem elit pulvinar nisi diam, elit tempus massa non nonummy erat, massa non consectetur, erat congue. Praesent, mauris dolor, congue praesent molestie consectetur erat lobortis sem elit pulvinar nisi nibh id sit. Nisi nibh eget pulvinar aliquam, nibh non elit ipsum lobortis ullamcorper felis feugiat ut diam felis. Ipsum ut et eget, ipsum nisi diam elit ipsum ut proin eget pulvinar nisi et id. Amet, feugiat magna et id pulvinar magna mi euismod, turpis ac tincidunt tellus turpis ac laoreet. Ullamcorper at dolor donec ante molestie, nonummy erat massa sem elit felis feugiat magna mi non. Nonummy, erat nunc diam elit ipsum, ut et id amet dolore sem at dolor dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed tincidunt praesent at sed tincidunt aliquet at dolor donec ante molestie nonummy. Tempus lobortis ullamcorper felis ut mi euismod consectetur lorem tincidunt aliquet consectetur sed dolore. Proin eget nonummy ipsum lobortis diam felis ipsum lobortis, diam felis ipsum nisi mi. Tellus volutpat consectetur erat massa non elit ipsum ut diam id sit aliquam nibh. Ullamcorper adipiscing lorem congue aliquet adipiscing lorem tincidunt ullamcorper turpis, aliquam nibh, volutpat amet. Pulvinar magna nibh euismod sit, aliquam nibh euismod turpis, aliquam et, euismod adipiscing lorem. Congue mi mauris feugiat tincidunt ullamcorper adipiscing, lorem tincidunt felis feugiat, donec massa sem. Elit ipsum ut proin eget pulvinar nisi proin eget dolor, tincidunt aliquet elit dolor. Dolore proin eget pulvinar donec ante eget dolor, nibh ullamcorper adipiscing ipsum ut et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra erat ante volutpat consectetur tempus nunc consectetur, erat massa sem elit ipsum nunc, sem eget pulvinar. Nisi et id amet ac lobortis euismod, turpis tempus, nibh, ullamcorper adipiscing feugiat magna, mi id pulvinar ut. Proin eget pulvinar aliquam et id turpis nisi proin elit sed tincidunt tellus at sed nunc sem mauris. Dolor nunc aliquet mauris aliquam lobortis ullamcorper adipiscing ipsum lobortis ullamcorper nonummy erat ante non elit ipsum nisi. Et felis sit magna laoreet, aliquet mauris nonummy aliquam diam adipiscing ipsum ut ullamcorper felis feugiat ut diam. Felis feugiat nisi diam felis ipsum, ut diam id sit nisi et eget pulvinar nisi proin eget pulvinar. Dolore, ante, non amet erat ante molestie pharetra erat ante non nonummy ipsum ut diam, elit ipsum nisi. Et, id adipiscing ac tincidunt praesent, at feugiat congue, sem felis tempus lobortis, sem felis sit magna nibh. Euismod turpis magna et euismod sit aliquam et euismod amet aliquam nibh euismod amet aliquam nibh, ullamcorper felis. Consectetur ac et id, sit magna nibh euismod turpis aliquam nibh euismod adipiscing lorem tincidunt aliquet adipiscing ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lobortis diam id sit nisi nibh id. Sit ac tincidunt aliquet mauris dolor proin molestie. Amet erat massa non nonummy, tempus lobortis non. Nonummy ipsum ut diam eget sed nunc non. Elit sed massa sem elit ipsum dolore congue. Mi aliquet at dolor dolore proin mauris dolor. Donec sem mauris dolor tincidunt, praesent mauris dolor. Donec massa non nonummy tempus massa non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi diam felis ipsum ut sem eget pulvinar nisi, et id pulvinar nisi proin eget pulvinar et eget. Pulvinar dolore sem at dolor nunc tellus at sed nunc praesent mauris amet aliquam ante non nonummy ipsum lobortis. Ullamcorper elit sit congue diam praesent mauris, feugiat magna praesent felis feugiat magna, praesent mauris sit magna praesent molestie. Sit magna laoreet tellus at, ipsum dolore proin eget pulvinar nisi ante molestie dolor magna mi mauris sit donec. Massa tellus at ipsum ut proin, eget pulvinar aliquam nibh volutpat adipiscing tempus nibh volutpat tempus lobortis diam felis. Feugiat magna praesent mauris pharetra erat laoreet non at sed nunc sem eget pulvinar dolore proin eget amet aliquam. Ante volutpat pulvinar dolore praesent, felis feugiat, congue diam id sit magna mi tellus consectetur erat massa aliquet consectetur. Erat tincidunt aliquet consectetur erat nunc sem at sed nunc proin volutpat consectetur erat laoreet non consectetur ac mi. Tellus consectetur ac laoreet, tellus, consectetur sed dolore proin volutpat dolor donec ante et id pulvinar nisi nibh ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:bookmarkStart w:name="myBookmark" w:id="5566347563297775232"/>
       <w:r>
         <w:t>The end.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8440591042475398810"/>
+      <w:bookmarkEnd w:id="5566347563297775232"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R7b0a3c63597e4d2d"/>
+      <w:headerReference w:type="default" r:id="R1851041aecdc4e82"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -241,51 +236,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 7</w:t>
+      <w:t>Page 6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -758,51 +753,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3bd3a11c3fd5422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R18b78c1bf74f4ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf78106d4c74d4bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R7b0a3c63597e4d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R13e36ea68c784332" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R893ff73bbf454d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8f854f0b1d2c4d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R15bd5649014e44f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R1851041aecdc4e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R747ffb60f19e4d0d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>