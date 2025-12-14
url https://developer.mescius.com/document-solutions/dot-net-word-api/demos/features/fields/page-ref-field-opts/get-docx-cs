--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,192 +1,187 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf5e5d6b605f84b33" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3892884fc432452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9abc9556463b44ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R469d9e7c96a740a2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf2bae5aa87f749cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9b054fb3a6bc4fa3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Go to page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF myBookmark \h \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>...</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At consectetur, diam aliquet volutpat mauris feugiat donec nisi laoreet volutpat nonummy feugiat erat. Lorem aliquam lobortis ullamcorper molestie consectetur, sed dolore proin volutpat amet nisi ante volutpat. Turpis lorem tincidunt ullamcorper felis, feugiat dolor dolore aliquet at sed dolore proin molestie. Pharetra dolore ante molestie pharetra donec ante volutpat nonummy tempus massa sem nonummy pulvinar. Nisi nibh euismod sit nibh euismod turpis ac tincidunt ullamcorper, adipiscing feugiat dolore mi. Molestie consectetur erat, massa, non elit ipsum ut diam eget pulvinar aliquam laoreet mauris. Dolor donec ante volutpat, amet tempus lobortis sem felis pulvinar nisi mi tellus consectetur. Lorem nunc proin mauris nonummy tempus lobortis ullamcorper adipiscing feugiat magna mi ullamcorper, adipiscing. </w:t>
-[...108 lines deleted...]
-      <w:bookmarkStart w:name="myBookmark" w:id="5566347563297775232"/>
+        <w:t xml:space="preserve">Ac lobortis laoreet nibh mi volutpat felis consectetur dolor donec ante, ullamcorper felis sit, donec massa non, eget pulvinar aliquam dolore proin volutpat nonummy, erat. Dolor magna ante tellus consectetur tempus nunc diam eget ipsum nisi nibh id adipiscing, ac laoreet, ullamcorper adipiscing lorem tincidunt aliquet, felis feugiat tincidunt aliquet. Tempus lobortis ullamcorper adipiscing lorem ut ullamcorper adipiscing lorem congue mi molestie pharetra ac massa aliquet at amet aliquam, lobortis mi sem, euismod eget praesent. Non mauris nonummy sit lorem dolore massa, diam, id at ipsum ac donec lobortis et tellus volutpat mauris nonummy ipsum magna nunc ante, ullamcorper id. Pulvinar lorem aliquam congue dolore lobortis massa et tellus volutpat mauris, nonummy, sit sed donec lobortis laoreet proin tellus eget, adipiscing pharetra amet pharetra, sit. Sed aliquam magna nunc ante euismod felis consectetur pulvinar, lorem ullamcorper id consectetur pulvinar lorem dolore ante ullamcorper felis sit erat dolore lobortis ante ullamcorper. Tellus, id turpis sed donec, lobortis, mi non id adipiscing dolor ipsum ac tempus donec ac tempus tempus sed lorem sed lorem ipsum erat aliquam. Congue nisi dolore nisi nisi dolore nisi dolore magna nisi dolore magna ut donec congue ut, congue ut nunc congue ut mi aliquet volutpat felis. Nonummy consectetur elit consectetur pulvinar lorem sed aliquam tincidunt ante, mi proin aliquet non id, lobortis laoreet tellus consectetur erat, nunc proin eget amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra donec massa sem id feugiat nisi et felis pulvinar. Nisi et tellus adipiscing euismod adipiscing ac, laoreet ullamcorper at. Feugiat donec mi molestie pharetra donec ante non nonummy ipsum. Nisi nibh euismod, at pulvinar donec proin eget amet amet. Ac laoreet aliquet at dolor donec ante, volutpat consectetur erat. Nunc diam elit tempus, nunc sem eget sit ac laoreet. Ullamcorper mauris dolor aliquam, pharetra donec, ante volutpat pharetra erat. Massa sem felis pulvinar magna et id turpis lorem, nunc. Proin volutpat pharetra donec proin molestie pharetra ipsum nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, at dolor dolore proin eget nonummy lorem ut, diam id sit magna aliquam massa non nonummy tempus lobortis, diam felis ipsum ut diam felis pulvinar nisi et tellus. Adipiscing ac laoreet euismod adipiscing sed congue proin, volutpat amet, pulvinar nisi nibh euismod adipiscing lorem lobortis diam adipiscing, lorem ut ullamcorper, adipiscing lorem ut diam, adipiscing ipsum ut. Et, molestie, turpis erat mi molestie, dolor nisi nibh volutpat nonummy tempus lobortis ullamcorper adipiscing feugiat congue, praesent molestie pharetra magna mi tellus, consectetur ac laoreet tellus turpis ac. Lobortis ullamcorper, felis dolor magna ante molestie sit donec laoreet tellus pharetra donec laoreet molestie pharetra, ac laoreet tellus consectetur sed dolore ante, volutpat, amet tempus tincidunt, non nonummy. Sed, nunc diam eget pulvinar ut proin eget pulvinar nisi et euismod turpis ac lobortis euismod turpis tempus, tincidunt praesent felis feugiat congue diam adipiscing nibh ullamcorper adipiscing ipsum. Ut diam elit ipsum ac laoreet tellus turpis ac mi tellus consectetur ac laoreet, tellus at, eget sit aliquam nibh, euismod sit ac tincidunt ullamcorper adipiscing lorem tincidunt, ullamcorper. Felis pharetra donec ante volutpat consectetur tempus nunc sem, eget pulvinar nisi et id lorem congue praesent mauris dolor donec ante molestie pharetra dolore praesent molestie consectetur tempus ut. Diam euismod turpis magna laoreet tellus adipiscing sed dolore proin volutpat sit magna mi molestie turpis ac mi euismod sit magna mi, euismod turpis lorem nunc aliquet at, dolor. Lorem sit amet dolor ipsum nisi nunc, nibh ullamcorper aliquet at dolor dolore praesent molestie dolor, dolore mi volutpat nonummy tempus ut, sem felis pulvinar nisi laoreet tellus consectetur. Lorem, dolore ante, volutpat nonummy ipsum ut nibh ullamcorper at lorem tincidunt praesent mauris feugiat congue praesent mauris dolor donec, ante non elit pulvinar ut sem elit pulvinar aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit pulvinar aliquam lobortis ullamcorper mauris, pharetra. Donec massa, non nonummy ipsum, et eget. Sit aliquam laoreet aliquet mauris dolor dolore. Ante volutpat nonummy erat lobortis non, felis. Ipsum nisi et id pulvinar nisi nibh. Euismod adipiscing, dolore ante non nonummy tempus. Ut diam id sit ac, laoreet tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit ac laoreet turpis aliquam laoreet ullamcorper adipiscing sed dolore massa non elit ipsum nisi mi id turpis erat nunc sem eget. Amet, tempus, ut ullamcorper nonummy tempus non nonummy aliquam ante volutpat nonummy tempus lobortis sem felis feugiat magna tincidunt aliquet mauris, pulvinar aliquam. Lobortis diam mauris pharetra, donec laoreet non at mi tellus consectetur erat nunc sem at, dolor dolore proin eget, dolor dolore proin, volutpat. Amet tempus lobortis diam felis ipsum ut diam, felis ipsum congue elit feugiat magna mi id, sit erat tincidunt sem mauris dolor aliquam. Nibh non nonummy aliquam ut ullamcorper adipiscing, ipsum ut ullamcorper elit tempus laoreet tellus consectetur erat tincidunt, aliquet consectetur lorem tincidunt proin, mauris. Sed nunc, praesent, eget amet donec proin mauris dolor tincidunt praesent at dolor dolore praesent adipiscing erat, ante tellus consectetur erat ante tellus. Nonummy sed nunc sem elit ipsum, ut, proin elit ipsum nisi et volutpat, turpis tempus lobortis ullamcorper elit pulvinar nisi diam id turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi, et id turpis lorem congue, mi lorem dolore mi mauris pharetra magna mi molestie pharetra donec mi molestie consectetur sed ut et eget. Pulvinar aliquam nibh euismod adipiscing lorem congue mi nonummy tempus nunc sem elit tempus massa, non elit pulvinar nisi, nibh euismod turpis aliquam et euismod. Adipiscing feugiat dolore mi volutpat consectetur tempus lobortis, consectetur, tempus ut diam id pulvinar ut et id, pulvinar, ut nibh euismod turpis ac lobortis aliquet. Felis feugiat congue praesent mauris feugiat euismod nonummy tempus lobortis ullamcorper, felis feugiat congue mi molestie pharetra magna laoreet aliquet at ipsum nisi et volutpat. Turpis aliquam, lobortis euismod, nonummy, tempus lobortis ullamcorper dolore proin volutpat pharetra dolore praesent mauris dolor donec ante ullamcorper felis sit magna mi tellus turpis. Ac mi euismod turpis ac laoreet euismod sit aliquam laoreet pulvinar aliquam nibh, id amet, aliquam et volutpat amet nisi et volutpat amet nisi nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget pulvinar tempus ut non nonummy tempus. Congue mi molestie consectetur sed dolore et. Volutpat adipiscing tempus lobortis ullamcorper adipiscing feugiat. Lobortis diam lorem lobortis ullamcorper nonummy aliquam. Massa, non nonummy ipsum ut diam elit. Feugiat magna, et, id turpis erat tincidunt. Tellus consectetur ac tincidunt aliquet at nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus pharetra ac laoreet aliquet elit dolor nisi et volutpat, pulvinar aliquam lobortis ullamcorper felis. Sit praesent mauris sit donec massa non consectetur erat nunc aliquet at sed nunc sem. Eget pulvinar, nisi nibh euismod nonummy tempus lobortis ullamcorper felis erat massa proin eget ipsum. Dolore et eget pulvinar nisi et eget pulvinar nisi proin volutpat amet aliquam nibh euismod. Adipiscing feugiat congue, diam adipiscing, ipsum ut id sit magna mi molestie consectetur sed nunc. Aliquet at dolor, nunc sem mauris dolor nunc proin mauris dolor donec ante, volutpat amet. Amet aliquam nibh euismod turpis ac nibh, euismod adipiscing lorem congue praesent molestie sit magna. Ante tellus nonummy, erat massa non elit ipsum nisi proin id amet at dolor nunc. Sem eget amet aliquam lobortis diam felis, sit magna mi id pharetra ac laoreet tellus. Consectetur erat nunc sem elit dolor dolore ante volutpat sem et id turpis aliquam, nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue praesent mauris pharetra donec massa ullamcorper elit molestie consectetur erat massa non nonummy ipsum ut et eget. Sit aliquam laoreet aliquet adipiscing feugiat tincidunt aliquet at lorem lobortis ullamcorper adipiscing lorem tincidunt dolore sem at. Sed, nunc proin eget dolor tincidunt aliquet adipiscing lorem et id pulvinar nisi et volutpat pulvinar nisi ante. Volutpat amet aliquam, ante et id turpis ac nibh, tellus turpis ac, nibh euismod adipiscing lorem congue praesent. Molestie pharetra, donec massa non nonummy tempus nunc sem nunc non nonummy erat massa tellus consectetur sed nunc. Sem id, amet ac lobortis ullamcorper turpis tempus nibh euismod nonummy tempus lobortis ullamcorper adipiscing lorem nibh non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non elit ipsum, nisi nibh ullamcorper felis dolor magna mi volutpat consectetur erat ante tellus non nonummy tempus lobortis diam, id pharetra erat, massa sem. Elit amet nisi proin eget turpis tempus lobortis diam mauris sit magna praesent mauris sit magna dolore ante molestie pharetra donec, massa, ullamcorper elit sit. Nisi mi euismod, turpis ac laoreet tellus at sed nunc proin volutpat nonummy aliquam lobortis non ullamcorper adipiscing feugiat dolore mi molestie pharetra donec mi. Volutpat nonummy, erat nunc sem elit ipsum ut proin elit ipsum nunc, sem elit congue aliquet mauris lorem tincidunt aliquet mauris pharetra donec mi, non. Nonummy ipsum nisi nibh id sit, aliquam nibh id amet aliquam, lobortis ullamcorper adipiscing lorem congue dolore ante euismod amet aliquam ante volutpat, amet aliquam. Ante non amet tempus, ut et id feugiat magna mi tellus consectetur erat tincidunt tellus consectetur erat erat nunc non nonummy erat massa tellus consectetur. Erat massa non elit pulvinar nisi proin elit dolor dolore et euismod, tellus consectetur sed nunc aliquet, eget pulvinar, dolore proin eget pharetra donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet feugiat congue praesent mauris feugiat congue praesent mauris pharetra. Erat nunc sem nonummy sed nunc non at sed ut. Proin id amet aliquam et mauris feugiat congue aliquet felis. Lorem tincidunt ullamcorper adipiscing feugiat ut diam id, feugiat ut. Diam, felis sit congue mi molestie, sit nisi et molestie. Dolor nisi nibh euismod amet, donec ante volutpat pulvinar donec. Nibh non, amet dolore proin volutpat nonummy tempus lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis lorem nunc aliquet mauris dolor dolore ante eget pharetra aliquam lobortis, ullamcorper adipiscing ipsum. Ut diam felis feugiat magna mi, ullamcorper, turpis tempus, lobortis ullamcorper adipiscing lorem ut ullamcorper adipiscing. Ipsum lobortis ullamcorper adipiscing feugiat congue, mi molestie turpis ac laoreet aliquet consectetur ac tincidunt nunc. Diam eget, sit magna et id sit, aliquam et euismod amet aliquam tincidunt aliquet at feugiat. Congue mi molestie pharetra donec mi felis sit donec aliquam nibh non nonummy aliquam lobortis ullamcorper. Felis sit magna laoreet molestie, consectetur erat tincidunt aliquet consectetur sed tincidunt sem at sed donec. Ante, proin, id pulvinar nisi proin eget amet aliquam nibh euismod turpis lorem tincidunt praesent molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar, ipsum ut diam id, pulvinar aliquam nibh euismod adipiscing feugiat tincidunt aliquet at dolor congue, praesent felis dolor donec, ante tellus consectetur tempus nunc non praesent, molestie pharetra. Ac massa non at ipsum nunc sem eget amet nisi ante volutpat amet aliquam nibh euismod nonummy aliquam, nibh volutpat pharetra aliquam ut proin elit, ipsum, dolore proin euismod. Turpis tempus lobortis ullamcorper adipiscing tempus nibh euismod amet aliquam nibh non, amet aliquam, nibh ullamcorper adipiscing molestie pharetra dolore mi molestie pharetra dolore praesent mauris pharetra donec, ante. Tellus elit tempus ut et id sit aliquam nibh eget amet nisi proin id nonummy donec, ante non consectetur erat massa sem elit ipsum nunc, diam eget ipsum nisi. Nibh euismod turpis aliquam nibh euismod turpis lorem congue aliquet felis feugiat ante molestie consectetur tempus nunc sem eget sit aliquam nibh euismod turpis lorem dolore proin molestie dolor. Dolore mi molestie pharetra donec mi mauris dolor donec dolore nibh ullamcorper nonummy aliquam nibh non nonummy ipsum ut mi molestie pharetra ac massa tellus turpis ac nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante non nonummy sed ut et id sit, ac laoreet, euismod turpis ac. Erat tincidunt aliquet elit dolor nisi proin eget amet donec ante non nonummy. Lorem lobortis ullamcorper, felis ipsum, ut et id turpis ac laoreet aliquet felis. Dolor donec ante molestie sit donec ante tellus consectetur sed nunc non consectetur. Sed nunc proin eget ipsum nisi et volutpat turpis tempus lobortis nunc, proin. Eget pulvinar donec, ante volutpat amet aliquam massa non amet aliquam, ante volutpat. Pharetra donec, ante, volutpat consectetur tempus, massa non turpis ac nibh tellus adipiscing. Sed, nunc praesent mauris dolor donec ante non nonummy ipsum lobortis ullamcorper elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur lorem tincidunt aliquet mauris dolor dolore proin eget amet donec ante volutpat amet aliquam. Massa non nonummy erat massa non nonummy, erat, feugiat magna, mi molestie sit donec massa. Non, consectetur sed nunc proin eget pulvinar nisi proin eget amet tempus nibh euismod turpis. Lorem congue, diam elit pulvinar nisi et euismod at sed dolore proin, volutpat amet erat. Ante diam elit, ipsum nisi et euismod turpis magna, laoreet aliquet mauris dolor nunc proin. Felis pharetra ac laoreet aliquet elit sed nunc proin eget dolor nunc, aliquet at sed. Dolore ante volutpat nonummy tempus lobortis ullamcorper felis congue diam felis, feugiat congue et tellus. Consectetur sed tincidunt aliquet at sed dolore proin mauris sed nunc praesent eget pharetra donec. Proin eget, pharetra dolore praesent felis, ipsum, nisi et id sit ac tincidunt aliquet at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar magna nibh tellus adipiscing ipsum ut ullamcorper id feugiat congue et tellus turpis ac laoreet tellus at sed tincidunt tellus consectetur ac. Nunc praesent mauris dolor dolore proin volutpat tempus, lobortis ullamcorper felis feugiat magna mi tellus at erat nunc, sem eget dolor dolore proin. Eget pharetra donec, ante non amet tempus ut, diam elit sed nunc proin eget dolor dolore proin euismod nonummy tempus lobortis non nonummy. Tempus lobortis ullamcorper felis sit magna mi id turpis ac massa aliquet diam id sit ac nibh euismod turpis lorem tincidunt tellus adipiscing. Sed dolore ante volutpat nonummy aliquam, lobortis diam felis feugiat nisi, et id amet nisi ante volutpat pulvinar dolore ante volutpat, pharetra aliquam. Nibh ullamcorper adipiscing ipsum lobortis ullamcorper elit, ipsum massa non nonummy erat massa non felis pulvinar ut consectetur erat massa non consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At dolor donec proin volutpat amet tempus lobortis consectetur donec ante tellus, nonummy, erat ante, non, nonummy. Sed ut, proin euismod amet nisi et id turpis feugiat congue aliquet mauris feugiat magna praesent tempus. Lobortis ullamcorper adipiscing lorem ut diam adipiscing tempus, nibh non nonummy ipsum lobortis et felis ipsum ut. Sem felis, sit magna mi euismod turpis diam elit ipsum ut diam elit ipsum ut, sem id. Amet aliquam et volutpat amet aliquam lobortis ullamcorper adipiscing aliquam nibh ullamcorper, mauris congue, diam adipiscing tempus. Ut diam id sit congue et felis feugiat magna, diam felis feugiat nisi et euismod consectetur ac. Tincidunt aliquet at dolor aliquam nibh pharetra donec, ante non amet aliquam, lobortis, ullamcorper id, turpis, ac. Laoreet aliquet consectetur erat tincidunt aliquet at dolor dolore proin mauris pulvinar donec ante volutpat nonummy at. Feugiat, congue aliquet adipiscing, feugiat tincidunt aliquet adipiscing feugiat tincidunt praesent mauris, pharetra donec massa non elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum nisi et euismod turpis ac. Tincidunt aliquet molestie dolor magna mi. Molestie, consectetur dolor, dolore ante non. Adipiscing feugiat congue praesent id sit. Magna laoreet tellus, consectetur sed nunc. Sem eget pulvinar aliquam nibh volutpat. Amet tempus nisi et tellus turpis. Lorem tincidunt aliquet, at feugiat tincidunt. Ullamcorper at feugiat dolore, praesent molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis sit nunc sem eget, ipsum nunc sem eget amet nisi, et. Id amet ac lobortis ullamcorper adipiscing lorem lobortis diam, mauris dolor magna. Mi molestie sit diam felis feugiat congue praesent id pharetra ac laoreet. Tellus at sed tincidunt aliquet at sed nunc, sem mauris pulvinar, donec. Nibh diam felis ut diam felis feugiat, magna mi molestie consectetur erat. Massa tellus consectetur erat laoreet aliquet, consectetur lorem tincidunt aliquet consectetur sed. Nunc praesent mauris, dolor dolore proin molestie pharetra, erat, massa sem at. Dolor dolore proin volutpat amet tempus nibh ullamcorper adipiscing lorem lobortis diam. Nonummy ipsum congue praesent id, pulvinar nisi et eget pulvinar nisi, ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin volutpat amet, tempus ut, praesent. Molestie pharetra donec tempus lobortis diam. Elit feugiat nisi, et id turpis. Erat tincidunt sem at sed dolore. Proin eget, pulvinar donec ante non. Nonummy tempus lobortis ullamcorper elit sed. Nunc proin eget pulvinar nisi ante. Volutpat nonummy aliquam lobortis ullamcorper adipiscing. Tempus ut praesent molestie pharetra magna. Laoreet tellus at sed, sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ac tincidunt aliquet at pulvinar donec nibh non adipiscing lorem ut ullamcorper non id feugiat tempus ac dolore tincidunt. Massa mi, aliquet euismod mauris nonummy pulvinar ac nunc proin, ullamcorper id consectetur pulvinar ac donec lobortis, mi proin nunc. Lobortis ante diam tellus ullamcorper molestie elit at dolor donec ante volutpat amet, tempus, lobortis, ullamcorper felis ipsum ut et. Id consectetur erat laoreet, euismod consectetur, aliquet at sed nunc, nibh, laoreet, et proin diam tellus eget molestie felis turpis. Dolor aliquam tincidunt, mi non eget at amet lorem lorem, dolore lobortis et tellus elit turpis, feugiat erat, nisi laoreet. Proin praesent non tellus euismod felis elit at nonummy pharetra ipsum aliquam congue massa laoreet nibh dolor sit pulvinar pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:bookmarkStart w:name="myBookmark" w:id="6506861239013651724"/>
       <w:r>
         <w:t>The end.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5566347563297775232"/>
+      <w:bookmarkEnd w:id="6506861239013651724"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R1851041aecdc4e82"/>
+      <w:headerReference w:type="default" r:id="R133d9eae5d114536"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -753,51 +748,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R893ff73bbf454d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8f854f0b1d2c4d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R15bd5649014e44f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R1851041aecdc4e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R747ffb60f19e4d0d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd2e08183fd59451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R96cd6477378a4b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R29c62b19d92b4e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R133d9eae5d114536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0e5147370b7f4bec" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>