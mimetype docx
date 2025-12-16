--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,187 +1,182 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R469d9e7c96a740a2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf2bae5aa87f749cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9b054fb3a6bc4fa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R56af82e4911547e1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfd326114afbd41de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc2664f0ddf2a4240" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Go to page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF myBookmark \h \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>...</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ac lobortis laoreet nibh mi volutpat felis consectetur dolor donec ante, ullamcorper felis sit, donec massa non, eget pulvinar aliquam dolore proin volutpat nonummy, erat. Dolor magna ante tellus consectetur tempus nunc diam eget ipsum nisi nibh id adipiscing, ac laoreet, ullamcorper adipiscing lorem tincidunt aliquet, felis feugiat tincidunt aliquet. Tempus lobortis ullamcorper adipiscing lorem ut ullamcorper adipiscing lorem congue mi molestie pharetra ac massa aliquet at amet aliquam, lobortis mi sem, euismod eget praesent. Non mauris nonummy sit lorem dolore massa, diam, id at ipsum ac donec lobortis et tellus volutpat mauris nonummy ipsum magna nunc ante, ullamcorper id. Pulvinar lorem aliquam congue dolore lobortis massa et tellus volutpat mauris, nonummy, sit sed donec lobortis laoreet proin tellus eget, adipiscing pharetra amet pharetra, sit. Sed aliquam magna nunc ante euismod felis consectetur pulvinar, lorem ullamcorper id consectetur pulvinar lorem dolore ante ullamcorper felis sit erat dolore lobortis ante ullamcorper. Tellus, id turpis sed donec, lobortis, mi non id adipiscing dolor ipsum ac tempus donec ac tempus tempus sed lorem sed lorem ipsum erat aliquam. Congue nisi dolore nisi nisi dolore nisi dolore magna nisi dolore magna ut donec congue ut, congue ut nunc congue ut mi aliquet volutpat felis. Nonummy consectetur elit consectetur pulvinar lorem sed aliquam tincidunt ante, mi proin aliquet non id, lobortis laoreet tellus consectetur erat, nunc proin eget amet aliquam. </w:t>
-[...103 lines deleted...]
-      <w:bookmarkStart w:name="myBookmark" w:id="6506861239013651724"/>
+        <w:t xml:space="preserve">Ipsum nonummy sit pharetra feugiat, erat dolor donec aliquam dolore ut mi sem praesent sem euismod eget nonummy sit ipsum ac dolore ut mi sem aliquet non molestie elit. Adipiscing elit turpis dolor aliquam ullamcorper non eget sit lorem aliquam ut laoreet non eget mauris elit turpis sed nisi nibh praesent sem tellus eget adipiscing, consectetur sit sed. Aliquam diam non ullamcorper mauris nonummy sit erat aliquam dolore lobortis, mi sem mauris pulvinar lorem donec nunc et tellus adipiscing sed laoreet praesent pharetra aliquam ut mi aliquet. Elit turpis pharetra erat massa, non nonummy ipsum magna nibh tellus adipiscing sed, congue ante volutpat, nonummy pharetra magna mi felis feugiat diam id, at pulvinar nisi proin, volutpat. Nonummy lorem ut praesent molestie nonummy pulvinar, nisi, proin euismod turpis aliquam nibh euismod turpis lorem tincidunt, ullamcorper adipiscing tempus, nunc non elit ipsum nisi et eget, pulvinar, nisi. Et ullamcorper adipiscing lorem congue, aliquet at lorem tincidunt ullamcorper mauris consectetur pulvinar tempus lobortis mi non nonummy ipsum ut nibh ullamcorper at, pharetra donec lobortis diam elit feugiat. Erat aliquam lobortis aliquet sem elit erat ante mauris sed laoreet tellus pharetra congue ullamcorper amet dolore, praesent turpis aliquam et elit erat mi felis ipsum lobortis non dolor. Congue ullamcorper amet dolore aliquet, sit nisi consectetur, erat praesent adipiscing aliquam proin adipiscing ac et elit erat et elit donec praesent adipiscing nisi sem at lorem laoreet felis. Erat mi mauris lorem lobortis, sed laoreet id, ipsum massa molestie sit ut non amet, congue aliquet amet dolore sem at magna diam nonummy magna praesent nonummy donec, aliquet. Sit ut non magna diam nonummy dolore aliquet adipiscing aliquam proin consectetur ac mi id tempus, massa volutpat dolor, lobortis volutpat dolor nunc tellus sit nunc molestie feugiat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper amet dolore massa molestie dolor magna praesent. Adipiscing sem consectetur ac, diam elit donec diam. Nonummy aliquam ante mauris lorem nibh eget sed. Mi molestie feugiat ut non dolor tincidunt euismod. Pulvinar tellus pulvinar nunc molestie lorem, ut ullamcorper. Amet dolore aliquet adipiscing aliquam proin consectetur congue. Ullamcorper amet dolore aliquet turpis nisi sem consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam mauris feugiat lobortis volutpat dolor, tincidunt id ipsum laoreet id sit lobortis volutpat dolor lobortis id sed. Laoreet tempus, massa felis lorem tincidunt, euismod amet, dolore sem at ac, et id ipsum laoreet molestie feugiat. Ut non pharetra dolore aliquet adipiscing aliquam at ac diam nonummy donec praesent adipiscing nisi sem consectetur ac. Et nonummy erat laoreet id tempus ante mauris sed laoreet euismod pulvinar nunc tellus feugiat lobortis feugiat tincidunt. Ullamcorper amet nisi proin at ac nibh euismod sit nunc tellus feugiat lobortis volutpat dolor congue ullamcorper pulvinar. Nunc tellus sit ullamcorper pharetra dolore aliquet turpis nisi sem, consectetur nisi sem consectetur congue euismod pulvinar, tincidunt. Euismod sit ut sem consectetur magna diam nonummy dolore aliquet turpis nisi sit ut volutpat pharetra congue aliquet. Adipiscing tempus ante mauris sed, nibh elit, erat laoreet felis aliquam proin at aliquam proin, at ac diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem nibh eget sed nunc tellus pulvinar, ut sem, consectetur donec diam adipiscing tempus ante mauris nibh elit ipsum nunc molestie feugiat ut non. Dolor congue aliquet turpis nisi, sem consectetur magna et elit erat ante molestie feugiat nibh, eget sed et sed laoreet molestie sit ut ullamcorper. Amet dolore aliquet turpis nisi sem consectetur ac et elit erat mi felis tempus ante mauris, lorem nibh elit, mi felis ipsum massa volutpat. Dolor, tincidunt ullamcorper amet dolore, sem turpis, ut non pharetra, congue euismod pulvinar, tincidunt euismod ipsum massa mauris congue ullamcorper nonummy donec praesent adipiscing. Ac nibh id sed massa molestie feugiat ut sem, consectetur, magna diam nonummy dolore aliquet turpis ut non pharetra congue diam donec proin mauris. Lorem laoreet eget sed laoreet felis tempus massa mauris tempus proin mauris, erat et nonummy erat mi mauris feugiat lobortis mauris lorem nibh eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna mi felis tempus, ante volutpat dolor tincidunt euismod pulvinar, nunc, tellus, sit tellus sit ut non dolor tincidunt euismod turpis lorem nibh. Id, ipsum massa aliquet sit lobortis non pharetra dolore praesent, adipiscing aliquam proin mauris ac et ipsum nunc non consectetur, sit lorem tincidunt. Praesent ullamcorper id pharetra, magna mi tellus turpis erat tincidunt aliquet at pulvinar tempus tincidunt, ullamcorper mauris consectetur nunc nibh aliquet mauris, amet. Sit erat nunc lobortis ante sem molestie eget turpis lorem magna massa diam euismod mauris amet feugiat donec tellus eget turpis feugiat, tempus. Ac massa et euismod felis consectetur erat, ut laoreet proin euismod, felis sit donec nunc proin aliquet mauris nonummy feugiat magna massa eget. Adipiscing nonummy sit dolor lorem donec, ut nibh praesent eget nonummy sit erat nunc proin, id adipiscing lorem, congue massa et, molestie eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut ullamcorper, amet dolore aliquet turpis nisi, non consectetur magna, et nonummy dolore praesent. At lorem euismod pulvinar dolore tellus sit ut non consectetur donec ullamcorper amet dolore praesent. At lorem nibh id ipsum nunc non pharetra ut non amet ullamcorper turpis, nisi sem. At sed tincidunt tellus turpis nisi sem pharetra congue, non amet dolore praesent adipiscing aliquam. Proin at ac et nonummy donec praesent dolore aliquet sit nisi sem elit erat, mi. Felis tempus nibh eget dolor tincidunt id pulvinar nunc molestie feugiat lobortis volutpat pharetra tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut volutpat dolor tincidunt, ullamcorper, amet donec proin consectetur lorem nibh eget, ipsum nunc molestie sit ullamcorper. Amet, dolore aliquet turpis nisi sem consectetur, magna diam nonummy donec praesent turpis nisi aliquet turpis nisi. Non pharetra congue ullamcorper nonummy aliquam, eget dolor tincidunt ullamcorper pulvinar dolore, tellus turpis nisi sem pharetra. Dolore aliquet, turpis nisi proin at lorem nibh id ipsum massa molestie feugiat, lobortis volutpat, dolor praesent. At, aliquam, sem at ac mi id feugiat massa molestie, lorem nibh volutpat dolor, laoreet id ipsum. Massa, molestie feugiat lobortis volutpat dolore ullamcorper pulvinar dolore tellus sit ut non pharetra congue aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi mi tellus sit non pharetra, congue ullamcorper nonummy donec. Proin at, ac et elit, erat mi elit donec, mi. Mauris lorem nibh eget dolor, laoreet euismod, pulvinar nunc consectetur. Magna mi felis aliquam proin adipiscing, aliquam proin at magna. Et elit, tempus ante mauris feugiat tincidunt volutpat pulvinar dolore. Aliquet consectetur magna et sit ut sem nonummy magna praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet aliquam proin at ac et id feugiat massa molestie dolor mi felis lorem ante eget dolor, nunc aliquet turpis nisi non pharetra, congue ullamcorper amet. Dolore ullamcorper amet dolore aliquet turpis magna diam, consectetur dolore ullamcorper dolore sem, at ac et elit erat mi felis tempus ante mauris lorem, nibh eget. Erat mi massa ullamcorper pharetra congue aliquet, adipiscing nisi sem ac mi, id pulvinar nunc non dolor tincidunt euismod pulvinar aliquam lobortis, mi molestie, elit amet. Sed dolore, massa et, tellus, at pulvinar magna ut laoreet proin volutpat amet feugiat donec nisi, laoreet aliquet, diam tellus id at, nonummy feugiat erat aliquam. Tincidunt ante diam tellus mauris amet lorem magna nibh aliquet eget nonummy feugiat erat nisi lobortis proin non felis, sit magna nisi tincidunt ante diam id. Mauris nonummy sit ipsum lorem dolore ante diam, pharetra ipsum aliquam tincidunt mi sem, id turpis dolor lorem, magna nunc laoreet praesent non molestie eget turpis. Dolor tempus ac dolore lobortis aliquet aliquet, eget, adipiscing dolor ipsum ut et tellus eget mauris nonummy sit lorem donec lobortis et tellus eget, adipiscing pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat erat ut tincidunt ante praesent. Et aliquet non id consectetur turpis. Pharetra ipsum, sed, aliquam donec, nisi. Laoreet, praesent non eget at amet. Sit ipsum, lorem donec ut massa. Proin aliquet mauris pharetra ipsum ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc praesent sem, tellus at dolor, ipsum. Erat nisi lobortis id amet, lorem tincidunt. Massa mi id turpis lorem dolore ante. Praesent diam id adipiscing dolore massa et. Non eget adipiscing, dolor donec ac laoreet. Id sit ut non consectetur congue ullamcorper. Nonummy dolore, praesent turpis aliquam, adipiscing elit. Consectetur elit sit ac, tincidunt proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac dolore proin volutpat adipiscing dolor erat, nunc diam euismod at sit donec massa non eget amet. Ac tincidunt massa ullamcorper tellus at, amet lorem donec lobortis, diam euismod consectetur dolor donec lobortis diam. Molestie eget sit, congue massa diam molestie at dolor dolore nibh, praesent volutpat consectetur ipsum, magna laoreet. Proin praesent tellus elit pulvinar aliquam laoreet proin molestie, amet ipsum laoreet aliquet elit dolor tempus tincidunt. Mi, sem felis consectetur sed donec, nibh diam molestie elit pulvinar ac congue proin volutpat nonummy ipsum. Diam tellus mauris amet tempus tincidunt diam molestie consectetur ipsum nisi nibh ullamcorper eget amet ipsum magna. Laoreet et ullamcorper molestie nonummy feugiat ac nunc proin euismod feugiat congue laoreet, diam id adipiscing dolor. Donec ut et tellus, elit amet aliquam dolore massa diam id pulvinar massa mauris lorem nibh at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed tincidunt euismod pulvinar, dolore tellus feugiat lobortis volutpat pharetra tincidunt euismod pulvinar. Nunc tellus consectetur et, felis erat mi adipiscing aliquam proin at ac nibh. Eget ipsum massa tellus sit ut non dolor congue aliquet turpis nisi, aliquet. Consectetur et felis ipsum ante molestie feugiat lobortis non pulvinar nunc tellus turpis. Nisi proin, consectetur ac mi, id ipsum ut ullamcorper pharetra congue euismod pulvinar. Nunc tellus ut sem nonummy erat praesent adipiscing aliquam ante mauris dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus consectetur ac id ipsum massa volutpat dolor congue euismod pulvinar nunc aliquet consectetur, magna diam elit. Donec diam felis tempus ante mauris lorem nibh eget erat, felis erat mi adipiscing aliquam proin elit. Erat laoreet id, ipsum nunc, nibh aliquet volutpat felis pharetra, donec massa proin, id adipiscing feugiat dolore. Massa nibh praesent volutpat, felis consectetur lorem tincidunt praesent euismod felis nonummy ipsum nisi, laoreet praesent volutpat. Felis consectetur pulvinar lorem lobortis mi non consectetur pulvinar lorem magna nunc nibh aliquet, at pharetra ipsum. Ac ut laoreet praesent molestie pharetra ipsum, nisi laoreet aliquet elit turpis feugiat donec nunc et tellus. Nonummy feugiat congue, nunc et euismod adipiscing pharetra donec, lobortis et tellus at dolor tempus tincidunt mi. Sem tellus at dolor, dolore proin mi id feugiat massa pharetra congue ullamcorper turpis aliquam sem consectetur. Magna et elit donec mi, felis, lorem tincidunt euismod, amet dolore aliquet, sit nisi non pharetra ac. Et eget ipsum massa tellus turpis magna et nonummy erat mi mauris lorem, ante, mauris sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent id ipsum ut, ullamcorper amet donec aliquet turpis nisi proin, elit sed laoreet felis, erat mi mauris feugiat lobortis euismod nunc. Euismod sit nisi, proin at magna diam, nonummy dolore praesent turpis dolore aliquet turpis lobortis sem nonummy donec mi, adipiscing tempus ante. Mauris tincidunt aliquet sit nunc sed aliquet adipiscing aliquam proin elit, ac mi elit erat mi felis aliquam, proin consectetur magna diam. Elit ac et elit donec diam aliquet turpis nisi, sem, at sed laoreet molestie ipsum massa non consectetur magna diam nonummy donec. Praesent turpis nisi diam consectetur magna diam aliquam proin at ac proin at ac et elit erat praesent adipiscing aliquam proin mauris. Sed laoreet elit erat ante mauris tempus ante mauris ac et at mi id sit lobortis non, pharetra, congue ullamcorper adipiscing nisi. Sem at erat et elit erat mi felis tempus ante, at ac nibh elit, sed laoreet id magna diam, nonummy donec praesent. Adipiscing aliquam nibh volutpat dolor laoreet felis erat ante felis lorem nibh eget amet dolore at lorem nibh eget sed laoreet molestie. Feugiat massa molestie feugiat lobortis volutpat sed tincidunt euismod pulvinar massa molestie feugiat lobortis volutpat pulvinar dolore tellus sit nunc, consectetur ac. Mi id ipsum lobortis molestie dolor, lobortis volutpat pulvinar nunc tellus sit nisi volutpat dolor tincidunt euismod amet, dolore aliquet adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet molestie turpis magna diam nonummy erat ante felis, tempus nibh eget, sed euismod pulvinar nunc molestie feugiat, lobortis non pharetra. Congue aliquet turpis, aliquam proin, at, ac diam nonummy donec mi adipiscing tempus ante mauris lorem nibh felis nisi sem consectetur. Donec praesent adipiscing, aliquam, proin mauris lorem et, at erat mi elit donec praesent felis, aliquam ante, eget erat mi, felis. Ipsum diam nonummy erat mi adipiscing aliquam proin, at sed nibh eget, ipsum nunc tellus turpis, nisi sem, amet donec mi. Adipiscing tempus nibh amet dolore aliquet, sit nisi sem nonummy donec praesent adipiscing aliquam proin adipiscing ac et elit erat, mi. Felis ipsum lobortis molestie feugiat nibh eget sed laoreet pulvinar, nunc molestie, feugiat lobortis volutpat sed nibh, eget sed massa tellus. Sit congue ullamcorper pharetra, congue, aliquet turpis nisi sem turpis magna diam pharetra tincidunt volutpat adipiscing tempus proin at ac amet. Congue aliquet adipiscing nisi sem elit ac et elit, erat praesent mauris tempus nibh volutpat dolor tincidunt id sit sem nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus massa volutpat amet dolore praesent turpis ac nibh elit ac id ipsum nunc tellus, sit tincidunt euismod dolor tincidunt tellus turpis nisi sem pharetra ut. Ullamcorper amet donec aliquet turpis nisi proin consectetur ac diam, tempus ante mauris lorem nibh eget sed laoreet id ipsum laoreet id ipsum lobortis eget dolor. Laoreet id ipsum massa molestie feugiat massa molestie dolor ullamcorper amet dolore aliquet sit nisi, sem nonummy donec praesent felis tempus ante mauris sed tincidunt euismod. Pulvinar dolore sem, consectetur ac et tempus massa molestie feugiat tincidunt euismod pulvinar nunc id pulvinar nunc molestie lorem nibh eget sed nibh elit erat mi. Felis aliquam ante, at ac et eget laoreet, felis tempus massa molestie feugiat lobortis volutpat sed tincidunt id pulvinar massa tellus sit, ut ullamcorper dolor congue. Aliquet turpis, nisi, sem consectetur ac mi felis ante mauris lorem nibh eget sed tincidunt, id, pulvinar nunc non pharetra congue ullamcorper nonummy donec aliquet turpis. Nunc tellus feugiat, ullamcorper nonummy congue ullamcorper turpis dolore sem consectetur nisi sem consectetur magna ullamcorper amet donec praesent adipiscing nisi proin consectetur magna diam amet. Donec, praesent adipiscing ac ut non pharetra congue ullamcorper amet dolore sem consectetur nisi sem consectetur magna diam amet donec praesent turpis ut non, sit, lobortis. Volutpat feugiat lobortis, eget dolor aliquet consectetur, erat et elit erat praesent felis tempus ante mauris aliquam sem, consectetur magna ullamcorper pharetra tincidunt euismod amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy tempus, massa molestie feugiat lobortis, eget, dolor, nunc aliquet consectetur ac et elit erat felis tempus, lobortis volutpat dolor congue euismod pulvinar. Dolore, aliquet turpis ut volutpat dolor lobortis eget lorem et nonummy magna, diam nonummy donec proin ac nibh eget sed massa, molestie feugiat. Ut non pharetra congue ullamcorper amet nunc tellus turpis ut sem consectetur magna diam adipiscing aliquam praesent adipiscing nisi non erat laoreet id. Sit ut ullamcorper nonummy donec praesent adipiscing, feugiat, tincidunt euismod dolor tincidunt euismod ipsum massa mauris tempus proin mauris lorem euismod sit nunc. Tellus pharetra magna ullamcorper, amet dolore, aliquet adipiscing nisi aliquet turpis magna sem nonummy donec diam nonummy dolore, sem consectetur magna diam nonummy. Erat, molestie sit, ut ullamcorper amet dolore aliquet adipiscing aliquam et at, ac laoreet id tempus ante mauris, tempus lobortis eget lorem nibh. Elit, sed mi id ut ullamcorper pharetra congue aliquet amet nisi sem consectetur ac et elit tempus ante molestie, feugiat nibh eget sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et eget sed massa tellus sit ut non amet congue ullamcorper amet nisi, sem ac et felis tempus mi adipiscing aliquam aliquet turpis nisi, diam nonummy. Donec praesent nonummy, donec praesent adipiscing aliquam sem consectetur magna diam nonummy dolore praesent, tempus proin at erat mi, elit tempus ante molestie lorem nibh eget. Lorem nibh eget sed laoreet id feugiat massa volutpat dolor congue ullamcorper amet proin at ac mi felis tempus, mi, felis aliquam praesent at, magna sem. Consectetur donec praesent nonummy dolore praesent adipiscing aliquam proin at laoreet, id, feugiat lobortis non dolor tincidunt euismod dolor nunc aliquet turpis nisi sem pharetra, ut. Ullamcorper amet congue ullamcorper amet, nisi sem consectetur magna diam nonummy aliquet adipiscing nisi sem turpis magna et, nonummy donec praesent adipiscing tempus, proin adipiscing aliquam. Proin nonummy erat mi felis aliquam ante mauris lorem et eget sed, felis erat mi felis aliquam proin at lorem nibh elit donec praesent adipiscing aliquam. Nibh mauris sed laoreet id ipsum tellus sit congue non amet donec mi felis tempus, ante eget sed laoreet felis ipsum nunc non pharetra ut ullamcorper. Pharetra congue ullamcorper amet nunc tellus congue ullamcorper amet dolore aliquet amet dolore aliquet turpis nisi sem consectetur, congue, ullamcorper, amet nunc aliquet turpis nisi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ut volutpat dolor, congue praesent felis ac et eget erat mi id sit ut non pharetra magna nonummy, donec, praesent adipiscing aliquam et. At erat laoreet, id feugiat ante mauris, feugiat, nibh eget erat mi felis erat mi felis lorem nibh, volutpat dolor aliquet sit ut non. Consectetur magna diam, nonummy donec praesent adipiscing ac, sem consectetur erat mi elit erat mi, felis tempus proin at lorem nibh, sed massa molestie. Feugiat ut non pharetra, tincidunt euismod, amet dolore sem consectetur, magna sem nonummy donec mi, felis tempus ante mauris ac eget sed nunc tellus. Pharetra congue ullamcorper amet congue ullamcorper, turpis nisi, sem consectetur magna, diam elit tempus, mi adipiscing aliquam, proin, at, ac et, elit, tempus mauris. Lorem nibh volutpat dolor congue euismod pulvinar nunc tellus pharetra congue ullamcorper amet congue aliquet amet, dolore tellus sit, lobortis molestie, lorem nibh mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:bookmarkStart w:name="myBookmark" w:id="1665555306870547132"/>
       <w:r>
         <w:t>The end.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6506861239013651724"/>
+      <w:bookmarkEnd w:id="1665555306870547132"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R133d9eae5d114536"/>
+      <w:headerReference w:type="default" r:id="Rcd1d839d7ef341ad"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -748,51 +743,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd2e08183fd59451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R96cd6477378a4b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R29c62b19d92b4e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R133d9eae5d114536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0e5147370b7f4bec" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3a8dfcc9a8294c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R69e876a4f914467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1f17bf0ac4734390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rcd1d839d7ef341ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f25dc0e72b94ec6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>