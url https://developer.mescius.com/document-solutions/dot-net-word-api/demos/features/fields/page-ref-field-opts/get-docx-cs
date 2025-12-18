--- v3 (2025-12-16)
+++ v4 (2025-12-18)
@@ -1,182 +1,197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R56af82e4911547e1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfd326114afbd41de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc2664f0ddf2a4240" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc833fbc80d384059" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R841677a3556346a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc4b5101000a745a1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Go to page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF myBookmark \h \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>V</w:t>
+        <w:t>VI</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>...</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ipsum nonummy sit pharetra feugiat, erat dolor donec aliquam dolore ut mi sem praesent sem euismod eget nonummy sit ipsum ac dolore ut mi sem aliquet non molestie elit. Adipiscing elit turpis dolor aliquam ullamcorper non eget sit lorem aliquam ut laoreet non eget mauris elit turpis sed nisi nibh praesent sem tellus eget adipiscing, consectetur sit sed. Aliquam diam non ullamcorper mauris nonummy sit erat aliquam dolore lobortis, mi sem mauris pulvinar lorem donec nunc et tellus adipiscing sed laoreet praesent pharetra aliquam ut mi aliquet. Elit turpis pharetra erat massa, non nonummy ipsum magna nibh tellus adipiscing sed, congue ante volutpat, nonummy pharetra magna mi felis feugiat diam id, at pulvinar nisi proin, volutpat. Nonummy lorem ut praesent molestie nonummy pulvinar, nisi, proin euismod turpis aliquam nibh euismod turpis lorem tincidunt, ullamcorper adipiscing tempus, nunc non elit ipsum nisi et eget, pulvinar, nisi. Et ullamcorper adipiscing lorem congue, aliquet at lorem tincidunt ullamcorper mauris consectetur pulvinar tempus lobortis mi non nonummy ipsum ut nibh ullamcorper at, pharetra donec lobortis diam elit feugiat. Erat aliquam lobortis aliquet sem elit erat ante mauris sed laoreet tellus pharetra congue ullamcorper amet dolore, praesent turpis aliquam et elit erat mi felis ipsum lobortis non dolor. Congue ullamcorper amet dolore aliquet, sit nisi consectetur, erat praesent adipiscing aliquam proin adipiscing ac et elit erat et elit donec praesent adipiscing nisi sem at lorem laoreet felis. Erat mi mauris lorem lobortis, sed laoreet id, ipsum massa molestie sit ut non amet, congue aliquet amet dolore sem at magna diam nonummy magna praesent nonummy donec, aliquet. Sit ut non magna diam nonummy dolore aliquet adipiscing aliquam proin consectetur ac mi id tempus, massa volutpat dolor, lobortis volutpat dolor nunc tellus sit nunc molestie feugiat lobortis. </w:t>
-[...98 lines deleted...]
-      <w:bookmarkStart w:name="myBookmark" w:id="1665555306870547132"/>
+        <w:t xml:space="preserve">Dolor nisi tellus volutpat nonummy lorem congue diam mauris sit magna mi id sit congue, ullamcorper amet aliquam praesent adipiscing ac nibh eget sed laoreet euismod sit et elit erat. Ante mauris feugiat lobortis non amet dolore tellus sit ut sem at erat laoreet id feugiat lobortis non pharetra congue ullamcorper turpis ante mauris sed laoreet tellus turpis magna et. Elit erat mi molestie tempus proin at ac et elit erat mi elit tempus mi, felis, tempus proin ac nibh id pulvinar massa molestie sit, lobortis non pharetra congue ullamcorper. Turpis aliquam sem at ac et, nonummy erat mi mauris, lorem nibh erat laoreet id pulvinar ut non pharetra magna diam amet dolore aliquet turpis nisi sem at ac et. Felis ipsum massa molestie lorem nibh elit sed laoreet sit magna diam consectetur magna ullamcorper amet, dolore aliquet adipiscing nisi non consectetur ac diam amet dolore aliquet amet, dolore aliquet. Consectetur ac mi id pulvinar, nibh id ipsum, massa tellus feugiat nibh eget sed, nibh, id ipsum, laoreet id ipsum ante diam pharetra congue aliquet nisi proin consectetur ac et. Elit tempus, massa molestie feugiat lobortis, eget sed laoreet id ipsum laoreet id feugiat lobortis volutpat dolor tincidunt eget molestie at pulvinar tempus, congue et molestie sit ut sem nonummy. Erat massa molestie sit congue ullamcorper amet dolore aliquet turpis nisi sem pharetra congue ullamcorper pharetra dolore aliquet amet erat mi mauris feugiat lobortis, eget dolor nunc tellus, sit ut. Non consectetur magna diam nonummy, donec aliquet adipiscing aliquam proin at ac diam amet dolore aliquet aliquam et eget, dolor, nunc aliquet consectetur magna diam elit donec mi adipiscing aliquam. Ante eget sed tincidunt euismod ipsum massa id ipsum massa mauris lorem et sed laoreet, id ipsum massa mauris feugiat lobortis volutpat pulvinar tincidunt euismod sit ut tellus sit congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore, praesent adipiscing aliquam nibh eget sed laoreet euismod, pulvinar nisi. Diam nonummy donec mi id ipsum non pharetra dolore praesent adipiscing. Aliquam, et elit sed tincidunt, euismod feugiat, lobortis volutpat dolor tincidunt. Ullamcorper amet nunc aliquet turpis nisi sem consectetur praesent felis tempus. Massa molestie dolor tincidunt euismod pulvinar massa molestie, feugiat ut non. Pharetra congue euismod, pulvinar nunc tellus turpis magna sem consectetur donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing ac nibh euismod amet aliquam sem at ac et elit erat praesent felis aliquam proin at, ac id ipsum. Massa id feugiat massa eget sed laoreet, id ipsum, massa tellus sit ut non pharetra congue ullamcorper amet tincidunt euismod. Pulvinar nunc non nonummy diam nonummy aliquam proin mauris lorem nibh eget sed et felis tempus mi adipiscing aliquam proin. Elit sed laoreet euismod sit ut non consectetur donec mauris feugiat, lobortis volutpat dolor congue euismod pulvinar massa id tempus. Ante molestie feugiat tincidunt, volutpat pulvinar tincidunt tellus sit ut, non, pharetra praesent felis aliquam proin at ac nibh elit. Erat mi felis, aliquam, proin at ac nibh volutpat pulvinar tincidunt id ipsum ante mauris lorem nibh eget lorem id. Ipsum massa molestie lorem ante mauris lorem laoreet id, ipsum dolore sem consectetur nisi ullamcorper nonummy donec praesent, adipiscing, nisi. Proin at ac et nonummy donec felis aliquam proin adipiscing aliquam proin, at ac diam felis tempus ante mauris ac. Proin at erat mi id magna diam elit tempus, massa molestie feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec praesent, turpis aliquam proin eget sed laoreet felis ipsum nunc sem consectetur congue diam nonummy donec. Praesent at ac et elit sed id tempus massa molestie, lorem nibh elit, sed mi felis erat. Mi mauris lorem, nibh volutpat pulvinar tincidunt id pulvinar ut molestie feugiat lobortis non donec praesent amet. Nisi sem turpis magna diam consectetur magna, diam amet dolore aliquet consectetur magna diam nonummy magna diam. Nonummy donec, proin mauris lorem nibh eget, nunc tellus sit ut non dolor tincidunt euismod amet nisi. Sem at ac et elit erat mi felis tempus ante at ac proin erat mi elit erat. Ante mauris aliquam proin elit sed, laoreet id, ipsum ut sem pharetra ut euismod amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac, mi id feugiat congue ullamcorper amet donec mi felis tempus, ante mauris lorem. Nibh euismod sit ut non consectetur magna felis tempus, massa molestie dolor laoreet, id. Ipsum nunc tellus sit nisi sem consectetur donec mi mauris lorem lobortis euismod amet. Dolore, aliquet turpis et elit erat mi felis aliquam proin at, ac et elit. Ac mi felis ipsum massa volutpat feugiat lobortis volutpat dolor tincidunt euismod pulvinar nunc. Tellus pharetra diam nonummy aliquam praesent, at ac nibh eget ipsum massa tellus turpis. Magna diam nonummy donec diam nonummy aliquam proin mauris lorem, nibh ipsum massa molestie. Ipsum lobortis molestie sed laoreet, id sed laoreet id feugiat lobortis non pharetra, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nunc tellus pharetra magna diam nonummy dolore aliquet turpis aliquam proin at magna mi elit tempus mi adipiscing, aliquam proin consectetur magna sem donec. Mi molestie feugiat lobortis volutpat amet, dolore aliquet turpis nisi sem consectetur congue ullamcorper amet donec aliquet turpis dolore aliquet turpis ut volutpat pharetra ullamcorper. Amet dolore aliquet turpis nisi sem consectetur magna non nonummy aliquam ante at lorem et, at erat mi id ipsum massa molestie lorem nibh eget. Sed euismod ipsum, nisi diam nonummy magna diam, adipiscing ipsum nibh eget sed laoreet id pulvinar nunc molestie feugiat massa molestie, feugiat nibh eget mi. Id, ipsum massa molestie lorem nibh, eget sed laoreet eget erat laoreet id ipsum massa molestie dolor tincidunt euismod amet nisi aliquet, turpis, nisi diam. Elit mi mauris feugiat, lobortis volutpat dolor laoreet id ipsum massa id feugiat lobortis volutpat dolor tincidunt id ipsum laoreet, id ipsum massa molestie feugiat. Tincidunt ullamcorper, turpis sem consectetur ac et eget ipsum massa molestie sit ut non pharetra congue ullamcorper, pulvinar nunc aliquet consectetur magna, diam donec, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris sed tincidunt euismod sit nunc non, sit lobortis non, dolore proin mauris ac nibh. Volutpat at, dolor tempus ut laoreet aliquet eget amet aliquam nibh volutpat amet aliquam lobortis. Praesent tellus elit amet feugiat ut, mi aliquet elit erat laoreet, id sit nisi diam. Elit tempus ante mauris lorem lobortis volutpat amet sit donec massa et ullamcorper adipiscing, ac. Praesent volutpat consectetur ipsum lobortis sem, felis pulvinar, magna nibh euismod mauris, nonummy feugiat erat. Ut et eget erat mi id tempus massa amet donec aliquet amet dolore aliquet turpis. Nisi diam nonummy magna ullamcorper amet dolore praesent turpis aliquam proin at ac mi felis. Ipsum lobortis volutpat feugiat, lobortis pulvinar nunc tellus pulvinar, massa volutpat pharetra congue volutpat amet. Dolore praesent adipiscing ac nibh eget erat praesent adipiscing aliquam, praesent adipiscing nisi sem turpis. Magna et turpis ut non consectetur congue diam amet nunc tellus sit ut, tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante, molestie lobortis euismod pulvinar nunc tellus turpis nisi sem consectetur magna diam nonummy dolore tellus sit nisi, non. Consectetur donec mi id feugiat massa molestie laoreet, id ipsum, laoreet tellus sit lobortis non pharetra tincidunt euismod, pulvinar. Dolore aliquet turpis magna diam nonummy erat praesent, adipiscing tempus massa volutpat dolor euismod amet nunc molestie feugiat, lobortis. Molestie dolor, lobortis euismod pulvinar tincidunt euismod sit ut non consectetur magna diam nonummy donec proin, adipiscing et elit. Sed massa molestie sit ut non dolor, lobortis, euismod amet dolore aliquet sit ut sem nonummy donec mi felis. Lorem nibh eget sed nibh elit mi felis tempus proin at ac et at ac et, nonummy donec diam. Nonummy, nunc, aliquet turpis nisi sem consectetur congue, ullamcorper amet, dolore, aliquet adipiscing, aliquam id sed laoreet id tempus. Ante mauris, feugiat lobortis volutpat dolor tincidunt euismod ipsum massa molestie sit congue non amet dolore aliquet sit ut. Sem consectetur diam id tempus ante adipiscing aliquam proin elit erat et elit erat ante mauris feugiat nibh eget. Lorem nibh eget, laoreet felis tempus massa mauris lorem nibh eget ipsum laoreet, id ipsum massa mauris lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi non, pharetra magna diam adipiscing aliquam. Praesent adipiscing ac nibh elit erat et, nonummy. Donec mi felis aliquam proin sed tincidunt, euismod. Pulvinar nisi non pharetra congue diam nonummy aliquam. Praesent adipiscing, aliquam sem at erat mi felis. Ipsum massa molestie dolor tincidunt aliquet aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, magna praesent adipiscing, aliquam praesent adipiscing aliquam proin pharetra congue non pharetra. Dolore ullamcorper turpis proin elit erat mi felis erat, mi felis aliquam proin. Mauris lorem nibh, eget erat mi, felis aliquam praesent at ac et elit. Nisi sem, consectetur ac diam, nonummy donec praesent turpis nisi proin at magna. Sem consectetur erat praesent adipiscing aliquam proin at ac et at ac diam. Elit lobortis molestie feugiat nibh elit sed laoreet id ipsum massa molestie sit. Ut diam nonummy aliquam proin at ac et eget erat mi ipsum, massa. Mauris lorem nibh volutpat sed laoreet id pulvinar, ut non dolor tincidunt euismod. Pulvinar nunc aliquet turpis aliquam proin consectetur ac praesent adipiscing, tempus, ante dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet tellus sit ut sem pharetra congue ullamcorper. Amet dolore aliquet adipiscing aliquam proin erat mi. Felis tempus massa mauris lorem nibh eget dolor. Massa, molestie feugiat massa mauris, lorem ante mauris. Lorem laoreet id erat praesent adipiscing aliquam eget. Lorem tincidunt euismod amet dolore aliquet pharetra magna. Diam amet, dolore praesent adipiscing lorem ante mauris. Lorem nibh felis tempus mi, mauris lorem nibh. Dolor dolore aliquet adipiscing ac proin at magna. Et elit tempus ante mauris feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sem nonummy donec praesent nonummy aliquam ante eget, sed laoreet id pulvinar massa molestie feugiat, massa molestie, lorem. Lobortis volutpat, dolor, euismod sit nisi diam nonummy, magna praesent nonummy dolore tellus turpis nisi proin at magna ullamcorper. Nonummy erat proin at lorem nibh volutpat dolor laoreet sit nisi sem pharetra tincidunt euismod pulvinar, tincidunt euismod ipsum. Nunc molestie feugiat lobortis volutpat dolor tincidunt ullamcorper pulvinar nunc tellus sit ut, non pharetra congue praesent pharetra magna. Ullamcorper nonummy donec praesent turpis aliquam et elit donec praesent nonummy donec praesent turpis aliquam sem elit erat laoreet. Id tempus volutpat consectetur magna mi mauris tempus nibh volutpat sed laoreet euismod pulvinar massa molestie feugiat lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam et elit ac mi felis ipsum, nunc non pharetra, congue, ullamcorper. Nonummy donec proin mauris lorem nibh, eget ipsum, laoreet molestie sit mi. Felis tempus mi, felis lorem nibh eget sed tincidunt euismod, sit nunc. Tellus pharetra congue non dolor, laoreet tellus pulvinar massa tellus sit lobortis. Elit erat, ante mauris lorem, nibh eget sed, mi felis tempus ante. Molestie sit ut non dolor laoreet euismod ipsum, massa molestie ipsum, massa. Molestie dolor congue, amet, nisi proin, at ac et elit erat praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit nisi diam nonummy mi id ipsum massa mauris lorem nibh euismod amet nisi. Aliquet turpis nisi sem consectetur magna diam, adipiscing tempus, ante at ac et elit. Donec tellus feugiat, lobortis eget lorem et eget erat laoreet id ipsum massa molestie. Feugiat tincidunt ullamcorper turpis dolore aliquet, turpis nisi sem consectetur magna diam feugiat, lobortis. Eget sed laoreet, id pulvinar nunc aliquet sit ut ullamcorper amet dolore aliquet turpis. Nunc aliquet consectetur ac et nonummy erat ante mauris lorem ullamcorper amet congue ullamcorper. Amet aliquam sem consectetur magna et nonummy dolore praesent adipiscing aliquam nibh eget dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie pharetra magna diam nonummy aliquam praesent adipiscing aliquam proin elit ac et elit erat praesent adipiscing aliquam sem consectetur, non nonummy donec praesent. Adipiscing tempus nibh eget sed laoreet id ipsum laoreet, id, ipsum lobortis volutpat dolor tincidunt, euismod ipsum massa id feugiat lobortis pharetra magna diam. Adipiscing, donec praesent mauris ac et, elit donec mi felis ipsum ante, molestie pharetra tincidunt euismod pulvinar nunc tellus sit nisi sem consectetur magna. Felis tempus proin, mauris lorem nibh id ipsum massa tellus feugiat lobortis eget, sed laoreet euismod ipsum massa tellus feugiat lobortis molestie feugiat aliquet. Turpis aliquam proin at ac et nonummy erat diam adipiscing aliquam praesent adipiscing aliquam proin at, ac mi felis tempus mi adipiscing lorem nibh. Elit sed, id ipsum ante, molestie feugiat lobortis, volutpat sed tincidunt tellus sit nisi sem consectetur, magna diam nonummy, donec praesent adipiscing ac proin. Consectetur magna diam nonummy magna nonummy nisi sem turpis magna, diam nonummy, donec praesent adipiscing, tempus ante mauris ac et eget ac mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nibh eget dolor nunc euismod pulvinar ut non pharetra magna diam nonummy aliquam adipiscing ac et. Elit ac mi elit tempus ante at lorem lobortis eget dolor laoreet id ipsum massa molestie. Lorem nibh mauris sed nibh eget, sed, id feugiat massa volutpat pharetra congue ullamcorper turpis dolore. Sem turpis nisi non dolor tincidunt volutpat dolor, nunc tellus turpis ut non, consectetur magna diam. Dolore praesent adipiscing aliquam proin at, sed, massa molestie sit, ut volutpat pharetra, congue ullamcorper pulvinar. Tincidunt euismod pulvinar, nunc tellus sit congue nonummy dolore proin eget sed laoreet, id ipsum laoreet. Id feugiat massa molestie, pharetra congue, ullamcorper amet nisi aliquet turpis ut sem consectetur magna ullamcorper. Nonummy dolore adipiscing ac proin at magna diam elit aliquam ante at aliquam proin, at ac. Et elit erat mi felis tempus ante, eget sed laoreet id ipsum nunc pharetra congue ullamcorper. Nonummy donec, aliquet adipiscing aliquam proin at ac laoreet id, ipsum massa molestie lorem lobortis volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet id lorem nibh volutpat dolor. Congue praesent adipiscing nisi sem consectetur. Magna nonummy donec praesent felis tempus. Nibh eget sed laoreet euismod ipsum. Ut non nonummy donec praesent adipiscing. Aliquam proin mauris, lorem et elit. Ac mi id lobortis sem consectetur. Magna, praesent adipiscing nisi proin at. Ac et eget sed laoreet felis. Tempus massa molestie sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi molestie feugiat nibh eget sed nunc euismod ipsum nunc molestie sit congue ullamcorper. Pharetra dolore tellus, sit ut sem congue diam nonummy donec, praesent felis ac nibh. Eget dolor tincidunt euismod pulvinar ut non, sit, congue ullamcorper amet, nunc aliquet turpis. Nisi proin magna ullamcorper nonummy donec proin at lorem nibh volutpat dolor tincidunt id. Tempus ante mauris lorem, ante eget, lorem nibh elit erat mi, felis ipsum lobortis. Volutpat congue euismod pulvinar nunc molestie feugiat, lobortis non consectetur congue aliquet, turpis aliquam. Ante mauris, sed tincidunt tellus pulvinar nunc molestie sit ut dolor laoreet euismod amet. Nisi proin consectetur magna mi felis tempus ante felis tempus ante eget, sed laoreet. Id turpis nisi non, sit ut, non amet dolore turpis nisi et, elit ac. Et elit erat, mi felis feugiat lobortis volutpat, dolor tincidunt euismod pulvinar massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt euismod turpis nisi, sem consectetur ac diam elit erat mi mauris lorem, nibh eget erat et elit erat praesent nonummy ante, eget. Sed tincidunt euismod pulvinar nunc molestie sit ut volutpat, pharetra congue ullamcorper amet dolore tellus, sit, ut non pharetra congue euismod pulvinar praesent. Adipiscing magna diam consectetur, donec diam adipiscing aliquam proin mauris lorem et eget sed, mi id feugiat massa molestie, feugiat tincidunt ullamcorper pulvinar. Dolore, aliquet consectetur et elit donec praesent adipiscing aliquam praesent adipiscing aliquam sem consectetur magna diam amet dolore aliquet adipiscing aliquam proin at. Nisi diam nonummy mi, adipiscing aliquam praesent at aliquam proin pharetra ut non pharetra congue ullamcorper, amet dolore sem turpis, nisi sem amet. Congue, praesent adipiscing aliquam lobortis volutpat sed euismod pulvinar massa mauris lorem nibh eget lorem et elit erat laoreet elit donec, aliquet turpis. Nisi, sem consectetur magna diam nonummy donec ullamcorper nonummy aliquam ullamcorper adipiscing aliquam praesent at lorem et eget sed laoreet id feugiat massa. Molestie dolor tincidunt euismod dolor nunc tellus sit, nisi sem nonummy donec praesent nonummy proin mauris sed laoreet euismod sit ut, tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolore mi felis lorem volutpat dolor nunc. Euismod consectetur lorem laoreet euismod pulvinar massa. Tellus sit ut non dolor tincidunt, ullamcorper. Turpis aliquam, sem consectetur ac et elit. Mi, mauris feugiat, nibh volutpat sed laoreet. Id, ipsum massa molestie sit congue, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar dolore sem ac mi felis tempus ante mauris, lorem lobortis volutpat dolor. Nunc tellus, pulvinar nunc tellus sit congue ullamcorper nonummy donec praesent adipiscing aliquam. Proin, erat mi id tempus lobortis volutpat feugiat nibh eget erat mi felis. Tempus ante, mauris lorem lobortis volutpat pulvinar, tincidunt aliquet sit ut non sit. Ullamcorper elit erat ante mauris, feugiat tincidunt ullamcorper amet dolore aliquet sit nunc. Tellus sit congue diam nonummy donec praesent at ac et elit erat mi. Elit, massa volutpat, dolor, tincidunt euismod pulvinar, dolore aliquet turpis ut diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam proin sed tincidunt aliquet turpis, nisi, sem elit erat, mi felis, ipsum massa molestie feugiat lobortis volutpat, sed mi id ipsum massa molestie sit lobortis pharetra nunc tellus. Turpis nisi proin at ac diam, nonummy donec praesent turpis aliquam proin at, ac et elit erat, ante molestie feugiat, lobortis volutpat tincidunt tellus sit nunc tellus feugiat massa. Molestie dolor tincidunt eget ipsum massa id ipsum massa, mauris lorem ante eget, lorem, et elit erat praesent, felis tempus eget sed tincidunt euismod pulvinar nunc molestie sit lobortis. Volutpat dolor tincidunt euismod amet dolore tellus, feugiat lobortis volutpat dolor, lobortis volutpat dolor tellus, turpis aliquam et, elit, ipsum nunc non sit ut non pharetra tincidunt euismod pulvinar. Nunc tellus sit ut volutpat dolor congue ullamcorper amet diam, ante ullamcorper elit consectetur dolor nunc proin, at ac et elit sed laoreet felis tempus ante mauris lorem nibh. Elit adipiscing, nisi sem at erat et felis tempus ante lorem proin mauris lorem tincidunt, tellus turpis ut non sit ut volutpat feugiat tincidunt euismod pulvinar massa molestie ipsum. Massa feugiat lobortis eget sed tincidunt euismod pulvinar ut non, consectetur magna, ullamcorper amet congue euismod amet nunc aliquet sit congue ullamcorper amet, erat mi mauris lorem ante sed. Laoreet euismod pulvinar massa tellus feugiat lobortis volutpat sed laoreet euismod ipsum massa molestie ipsum massa molestie feugiat tincidunt ullamcorper amet dolore aliquet sit nisi pharetra magna diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Eget sed massa molestie ipsum lobortis volutpat congue aliquet turpis nisi sem consectetur magna mi elit tempus mi adipiscing. Aliquam ante at ac et eget sed massa tellus sit congue diam, nonummy aliquet turpis nisi proin, at ac. Diam elit tempus ante molestie lorem nibh mauris ac, et eget sed mi felis tempus massa mauris lorem, laoreet. Pulvinar nunc aliquet turpis nisi sem pharetra magna praesent adipiscing aliquam sem consectetur nisi sem consectetur donec, mi felis. Aliquam, ante eget lorem nibh id pulvinar aliquet sit lobortis volutpat feugiat lobortis volutpat pulvinar nunc tellus sit nisi. Sem nonummy donec praesent nonummy, dolore praesent adipiscing ac et, elit sed tellus feugiat ut volutpat pharetra tincidunt, ullamcorper. Amet nisi sem consectetur nisi sem consectetur magna ullamcorper pulvinar nunc euismod sit ut non sit congue diam nonummy. Tempus molestie lorem nibh eget sed laoreet id ipsum massa molestie feugiat tincidunt euismod pulvinar nunc tellus, pulvinar ut. Non consectetur magna, diam nonummy lobortis non amet dolore aliquet turpis dolore tellus turpis nisi non consectetur, magna praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:bookmarkStart w:name="myBookmark" w:id="6981632472285502366"/>
       <w:r>
         <w:t>The end.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1665555306870547132"/>
+      <w:bookmarkEnd w:id="6981632472285502366"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="Rcd1d839d7ef341ad"/>
+      <w:headerReference w:type="default" r:id="R3c93101783214322"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -226,51 +241,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 6</w:t>
+      <w:t>Page 7</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -743,51 +758,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3a8dfcc9a8294c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R69e876a4f914467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1f17bf0ac4734390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rcd1d839d7ef341ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f25dc0e72b94ec6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R72310aca9e864aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf5aaa75974154d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9a0214ce47fd483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R3c93101783214322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcc239e882253460d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>