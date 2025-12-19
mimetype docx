--- v4 (2025-12-18)
+++ v5 (2025-12-19)
@@ -1,197 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc833fbc80d384059" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R841677a3556346a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc4b5101000a745a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R27b75158f6e3403a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7276fb3ae65d487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra1286e530db64b10" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Go to page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF myBookmark \h \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>VI</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>...</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor nisi tellus volutpat nonummy lorem congue diam mauris sit magna mi id sit congue, ullamcorper amet aliquam praesent adipiscing ac nibh eget sed laoreet euismod sit et elit erat. Ante mauris feugiat lobortis non amet dolore tellus sit ut sem at erat laoreet id feugiat lobortis non pharetra congue ullamcorper turpis ante mauris sed laoreet tellus turpis magna et. Elit erat mi molestie tempus proin at ac et elit erat mi elit tempus mi, felis, tempus proin ac nibh id pulvinar massa molestie sit, lobortis non pharetra congue ullamcorper. Turpis aliquam sem at ac et, nonummy erat mi mauris, lorem nibh erat laoreet id pulvinar ut non pharetra magna diam amet dolore aliquet turpis nisi sem at ac et. Felis ipsum massa molestie lorem nibh elit sed laoreet sit magna diam consectetur magna ullamcorper amet, dolore aliquet adipiscing nisi non consectetur ac diam amet dolore aliquet amet, dolore aliquet. Consectetur ac mi id pulvinar, nibh id ipsum, massa tellus feugiat nibh eget sed, nibh, id ipsum, laoreet id ipsum ante diam pharetra congue aliquet nisi proin consectetur ac et. Elit tempus, massa molestie feugiat lobortis, eget sed laoreet id ipsum laoreet id feugiat lobortis volutpat dolor tincidunt eget molestie at pulvinar tempus, congue et molestie sit ut sem nonummy. Erat massa molestie sit congue ullamcorper amet dolore aliquet turpis nisi sem pharetra congue ullamcorper pharetra dolore aliquet amet erat mi mauris feugiat lobortis, eget dolor nunc tellus, sit ut. Non consectetur magna diam nonummy, donec aliquet adipiscing aliquam proin at ac diam amet dolore aliquet aliquam et eget, dolor, nunc aliquet consectetur magna diam elit donec mi adipiscing aliquam. Ante eget sed tincidunt euismod ipsum massa id ipsum massa mauris lorem et sed laoreet, id ipsum massa mauris feugiat lobortis volutpat pulvinar tincidunt euismod sit ut tellus sit congue. </w:t>
-[...113 lines deleted...]
-      <w:bookmarkStart w:name="myBookmark" w:id="6981632472285502366"/>
+        <w:t xml:space="preserve">Sit turpis, felis non massa donec feugiat felis praesent nibh ac amet id nibh lorem adipiscing. Euismod nibh lorem at, tellus laoreet ac aliquam amet euismod congue, nisi turpis aliquet congue pharetra. Volutpat massa ipsum id mi ac, at proin aliquam adipiscing aliquet dolore pulvinar, euismod tincidunt non. Massa tempus elit diam, magna consectetur, non nisi turpis aliquet, donec amet volutpat lobortis sit tellus. Nunc pulvinar euismod tincidunt dolor euismod tincidunt, pharetra non lobortis pharetra non ut pulvinar tellus dolore. Nonummy ullamcorper congue, pharetra tellus nunc pulvinar euismod laoreet erat mauris proin aliquam felis mi erat. Elit id, laoreet, sed eget sem nisi turpis tellus nunc pulvinar euismod, tincidunt, feugiat molestie massa. Tempus elit sem nisi turpis tellus nunc pulvinar id lobortis feugiat mauris donec nonummy, diam magna. Sit tellus nunc dolor, volutpat lobortis feugiat molestie lobortis, sit molestie tincidunt dolor eget lobortis dolor. Volutpat massa ipsum id, laoreet erat elit euismod non nunc pulvinar euismod laoreet dolor volutpat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec amet ullamcorper congue pharetra molestie massa. Pulvinar euismod tincidunt sed eget ante tempus. Mauris mi erat felis et erat elit. Et sem nisi, turpis ullamcorper dolore elit. Felis eget aliquet laoreet nisi ipsum pharetra. Adipiscing eget sem massa, congue, aliquam adipiscing. Non praesent tincidunt nisi, pulvinar erat nonummy. Diam nisi feugiat id mi erat at. Proin, aliquam at praesent, aliquam nonummy diam. Magna consectetur, diam ac at proin tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa, erat eget nibh ac at, praesent dolore, pulvinar eget lobortis feugiat molestie nunc sit tellus nunc pulvinar. Euismod nisi amet id laoreet lorem mauris, proin donec nonummy diam magna consectetur non ut sit tellus tincidunt. Pulvinar euismod lobortis lorem molestie ante tempus sit molestie, laoreet sed elit et aliquam adipiscing proin aliquam adipiscing. Diam congue consectetur non, ut pulvinar id mi sed volutpat nibh lorem mauris massa feugiat id dolor volutpat. Lobortis aliquam amet diam donec elit, et ac turpis sem nisi amet aliquet dolore amet diam magna at. Proin aliquam turpis ullamcorper congue sit tellus massa ipsum eget nibh sed eget nibh feugiat molestie massa ipsum. Euismod tincidunt dolor eget lobortis feugiat mauris massa feugiat id laoreet sed adipiscing aliquet nunc, pulvinar euismod tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nonummy sem nisi sit tellus nunc ipsum turpis id laoreet dolor eget nibh lorem mauris ante sed eget laoreet lorem mauris nibh tempus turpis ullamcorper congue dolor. Volutpat lobortis feugiat tellus nunc pulvinar pharetra volutpat lobortis lorem id, laoreet sed, id nibh sed eget ante feugiat mauris mi erat elit diam magna consectetur sem nisi. Turpis ullamcorper non massa ipsum eget nibh ac at ante aliquam nonummy diam donec consectetur sem magna consectetur sem, nisi amet aliquet dolore amet, non ut pharetra diam. Magna turpis id laoreet dolor eget lobortis feugiat volutpat lobortis feugiat, molestie massa dolor volutpat tincidunt dolor molestie, ante tempus felis praesent donec nonummy laoreet lorem eget ante. Tempus adipiscing aliquet congue, dolor volutpat ut consectetur, aliquet nunc pulvinar euismod tincidunt pharetra ullamcorper ut feugiat, tellus, nunc, ipsum id laoreet sed dolor volutpat, lobortis dolor molestie. Ante, erat nonummy diam congue, at et ac, at ante tempus adipiscing praesent donec nonummy id nibh ac mauris proin nisi turpis, aliquet dolore amet diam magna at. Proin nisi, amet aliquet donec nonummy praesent magna, nonummy diam ac at ante tempus, consectetur non ut turpis tellus nunc dolor volutpat, lobortis, dolor volutpat lobortis feugiat molestie. Nunc pulvinar, euismod tincidunt dolor volutpat lobortis feugiat molestie, massa tempus id mi nisi turpis aliquet congue amet ullamcorper congue, sit molestie laoreet sed id laoreet sed eget. Ante aliquam nonummy, praesent magna pharetra molestie mi congue, pharetra non ut tempus id mi erat at proin aliquam at, proin donec, nonummy diam sit id laoreet sed. Elit proin aliquam adipiscing praesent donec nonummy praesent donec non, ut pulvinar euismod nunc amet euismod tincidunt, feugiat, molestie massa feugiat tellus nunc amet ullamcorper congue dolor volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar id laoreet erat at et ac adipiscing praesent dolore, nonummy et magna pharetra sem sed eget ante tempus mauris, ante ipsum id laoreet erat eget nibh, feugiat. Molestie massa, ipsum, id massa, sed eget nibh lorem mauris nibh ipsum id, adipiscing diam magna consectetur sem nisi consectetur sem dolore turpis ullamcorper dolore amet ullamcorper congue. Pharetra non dolore pulvinar ullamcorper congue amet ullamcorper congue pharetra elit diam ac mauris proin tempus mauris ante tempus id laoreet erat at proin, nisi amet praesent dolore. Amet non lobortis feugiat molestie, nibh lorem consectetur sem dolore amet ullamcorper dolore amet sem nisi consectetur sem nisi adipiscing proin aliquam, adipiscing ullamcorper lobortis feugiat molestie massa. Sed eget nibh sed erat mauris proin, aliquam adipiscing aliquet congue amet diam ac at et ac adipiscing proin aliquam felis mi sed elit et ac mauris ante. Lorem mauris mi mi erat, eget et, ac at proin erat nonummy et ac elit et, lorem mauris ante tempus mauris ante sed elit proin aliquam adipiscing praesent. Donec nonummy et ac at proin aliquam turpis praesent dolore amet ullamcorper ut sit tellus nunc ipsum tellus nunc sed volutpat lobortis aliquet nunc pulvinar ullamcorper tincidunt sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra ullamcorper lobortis sit mauris massa nisi consectetur sem dolore pulvinar euismod tincidunt dolor molestie lobortis. Ipsum, felis et ac at proin, nisi turpis tellus dolore nonummy diam, donec nonummy diam laoreet. Sed eget nibh lorem mauris ante tempus felis mi ac at et ac mauris ante tempus. Adipiscing, praesent donec eget nibh ac mauris proin tempus felis mi ac at sem ac at. Praesent dolore pharetra non ut pharetra non ut pulvinar euismod laoreet lorem eget lobortis dolor tellus. Ut pulvinar, euismod lobortis lorem at proin erat felis et ac consectetur non ut sit tellus. Nunc dolor volutpat, lobortis feugiat tellus massa, ipsum id mi nisi turpis, ullamcorper tincidunt dolor volutpat. Massa ipsum id laoreet sed nonummy proin nisi, pulvinar euismod nunc sed volutpat, tincidunt dolor, molestie. Ante tempus felis et ac feugiat molestie massa tempus id mi erat, elit, proin ac, at. Proin tempus felis ante ipsum euismod tincidunt sed mauris, ante tempus felis mi, erat turpis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin aliquam adipiscing praesent magna consectetur diam, nisi turpis aliquet dolore ut sit tellus nunc amet euismod tincidunt sed mauris ante tempus molestie, nunc pulvinar euismod tincidunt pulvinar euismod tincidunt. Feugiat molestie ante ipsum id laoreet nunc sed eget nibh, ac adipiscing praesent dolore nonummy non ut pharetra tellus nunc sit tellus nunc amet ullamcorper congue pharetra non ut, sit. Molestie nibh ac at ante tempus felis praesent, donec, nonummy diam magna at proin donec nonummy diam, tincidunt dolor molestie massa ipsum molestie, massa sed turpis, aliquet dolore pharetra ullamcorper. Ut sit tellus massa pulvinar euismod nunc pulvinar, ullamcorper tincidunt pharetra non nisi turpis tellus nunc, pulvinar euismod congue pharetra non lobortis ut pharetra non nunc, sit euismod tincidunt pulvinar. Euismod tincidunt feugiat volutpat massa pulvinar euismod laoreet sed volutpat lobortis feugiat volutpat lobortis sit tellus nisi amet ullamcorper ut feugiat molestie mi erat nonummy diam magna consectetur, sem nunc. Dolor elit nibh lorem mauris massa tempus id, aliquet congue pharetra volutpat, nibh feugiat molestie nunc ipsum euismod tincidunt pulvinar euismod lobortis lorem felis, aliquet dolore consectetur non ut feugiat. Molestie laoreet sed id ac adipiscing praesent donec nonummy diam magna consectetur non nunc ipsum tellus nunc dolor volutpat lobortis lorem mauris ante tempus felis mi ac elit nibh lorem. At dolore pulvinar euismod tincidunt lorem, mauris ante erat elit diam magna at proin dolore adipiscing praesent donec adipiscing mi erat, elit et ac at proin aliquam adipiscing, non massa. Ipsum, elit, sem, magna consectetur sem nisi amet ullamcorper, dolore pharetra non lobortis feugiat tellus massa ipsum id laoreet sed eget ante tempus felis mi turpis, ullamcorper congue pharetra, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nibh lorem adipiscing tellus nunc pulvinar id mi ac eget nibh lorem molestie ante tempus elit. Et, ac consectetur non ut sit tellus tincidunt pharetra eget lobortis lorem felis et ac elit et. Aliquam adipiscing, aliquet dolore pharetra ullamcorper congue feugiat id laoreet sed eget nibh ac at praesent donec. Nonummy ullamcorper mi magna, consectetur non nisi sit molestie nunc pulvinar euismod tincidunt dolor, volutpat lobortis feugiat. Molestie laoreet sed eget nibh sed eget lobortis lorem mauris ante dolore pulvinar, ullamcorper tincidunt dolor volutpat. Lobortis ipsum id laoreet sed eget nibh lorem mauris ante lorem mauris laoreet sed eget nibh, sed. Mauris molestie ante tempus felis et erat elit proin aliquam adipiscing proin aliquam adipiscing ullamcorper congue pharetra. Tellus nunc ipsum id laoreet dolor volutpat tincidunt feugiat mauris massa ipsum id laoreet ac pharetra non. Ut pulvinar euismod laoreet dolor eget nibh lorem mauris ante tempus felis laoreet erat elit et ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis mi donec consectetur non ut turpis tellus, dolore, pulvinar euismod. Lobortis tempus felis ante nisi turpis tellus dolore pulvinar, ullamcorper tincidunt dolor. Volutpat nibh ipsum molestie, mi erat elit nibh lorem at proin aliquam. Adipiscing diam congue dolor id mi ac elit proin, nisi adipiscing praesent. Donec amet ullamcorper congue nonummy sem nisi turpis aliquet dolore nonummy ullamcorper. Tincidunt dolor volutpat lobortis, sit aliquet nisi nisi turpis praesent donec amet. Diam congue sit tellus nunc pulvinar euismod nunc pulvinar euismod lobortis lorem. Adipiscing aliquet dolore amet sem lobortis, ut ipsum, id laoreet sed eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent dolore nonummy ullamcorper, congue pharetra non nisi. Sit turpis ullamcorper congue pharetra, non lobortis ipsum. Felis mi ac at proin aliquam adipiscing, praesent. Donec nonummy diam magna nonummy sem nisi turpis. Aliquet dolore pharetra volutpat lobortis sit molestie, massa. Ipsum elit nibh ac adipiscing aliquet dolore amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mauris mi erat molestie mi ac elit et ac at proin donec adipiscing, ullamcorper congue pharetra sem nisi sit euismod tincidunt sed mauris proin. Tempus adipiscing aliquet ut feugiat, molestie mi erat at proin aliquam, turpis aliquet dolore amet diam congue pharetra non nunc tempus, elit et magna. Consectetur sem nisi adipiscing non ut sit, tellus nunc pulvinar euismod tincidunt sed mauris ante aliquam adipiscing diam congue pharetra, volutpat lobortis feugiat molestie. Massa sed elit nibh ac mauris, massa, magna pharetra non ut turpis praesent, aliquam adipiscing praesent donec nonummy sem nisi consectetur sem aliquam, adipiscing. Praesent dolore amet ullamcorper congue, pharetra eget proin nisi turpis praesent aliquam pulvinar, volutpat lobortis, dolor, tellus nunc pulvinar id laoreet sed eget lobortis. Lorem at, proin erat felis mi erat at proin tincidunt sed mauris proin donec adipiscing diam, donec, nonummy diam magna consectetur sem nisi amet. Euismod tincidunt lorem mauris ante tempus felis mi erat eget nibh elit diam magna turpis aliquet, nunc pulvinar volutpat lobortis dolor, mauris ante tempus. Elit ullamcorper congue sit tellus massa erat et nisi sit id laoreet dolor eget nibh feugiat molestie lobortis feugiat tellus nunc, pulvinar id nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec amet euismod lobortis feugiat mauris massa. Ipsum euismod tincidunt dolor volutpat lobortis lorem. Mauris ante ipsum id laoreet sed sit. Tellus nunc pharetra ullamcorper congue pharetra sem. Nisi sit, tellus nunc turpis aliquet magna. Consectetur, sem nisi, turpis tellus nunc amet. Ullamcorper, dolore sit molestie massa pulvinar euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue pharetra tellus nunc pulvinar id laoreet erat elit et aliquam turpis aliquet proin tempus adipiscing praesent, sed elit et ac at proin aliquam mauris mi erat elit. Et ac elit proin, aliquam at praesent, donec elit et nunc pulvinar euismod tincidunt dolor volutpat lobortis sit molestie nunc, sit euismod dolore pulvinar, euismod tincidunt dolor molestie. Massa, tempus felis, mi erat elit nibh sem ut pulvinar id laoreet lorem mauris ante lorem mauris ante tempus felis mi erat elit et ac at ante, ipsum. Felis diam magna pharetra volutpat congue pharetra non nisi turpis aliquet dolore amet ullamcorper tincidunt dolor non nisi consectetur sem dolore turpis, ullamcorper congue amet non ut pharetra. Non, erat nonummy diam magna at proin tempus felis mi erat elit diam magna consectetur aliquet nisi amet, ullamcorper tincidunt dolor volutpat lobortis feugiat molestie nunc sit id. Nunc dolor eget lobortis lorem mauris massa ipsum molestie nunc ipsum id, laoreet feugiat volutpat massa ipsum id massa ipsum id nibh, ac dolor eget nibh lorem molestie. Lobortis ipsum molestie massa ipsum euismod congue pharetra non lobortis feugiat molestie massa ipsum id nibh lorem mauris ante tempus mauris ante sed eget et ac at praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Elit proin nisi turpis aliquet dolore molestie mi, erat nonummy diam ac at proin aliquam amet ullamcorper dolore, amet ullamcorper congue sit tellus nunc pulvinar euismod laoreet. Lorem mauris ante lorem nonummy sem nisi turpis aliquet dolore pulvinar euismod tincidunt dolor volutpat lobortis, feugiat molestie massa ipsum euismod tincidunt dolor non ut feugiat tellus. Ut pulvinar dolore pharetra non ut turpis aliquet dolore turpis aliquet congue pharetra non ut feugiat tellus ut turpis aliquet nunc, pulvinar volutpat tincidunt feugiat, molestie diam. Magna, consectetur aliquet dolore ipsum euismod tincidunt dolor mauris massa ipsum molestie, nunc ipsum id nibh lorem at sem donec nonummy ullamcorper congue dolor volutpat massa sed. Elit proin dolore pulvinar euismod laoreet sed eget nibh feugiat mauris massa sit euismod tincidunt dolor, volutpat, nibh tempus felis mi erat felis et magna, consectetur volutpat. Ante, tempus felis praesent donec at proin ac at praesent donec nonummy ullamcorper congue pharetra non, massa, tempus, ullamcorper massa aliquam felis mi erat elit et, ac. At praesent donec, adipiscing diam magna consectetur sem nisi turpis sem nisi turpis praesent erat nonummy diam magna id tincidunt dolor, eget ante aliquam felis mi sed. Eget, et magna consectetur sem, nisi amet ullamcorper congue amet sem ut sit, aliquet nisi amet aliquet congue at proin aliquam adipiscing aliquet donec nonummy diam magna. Pharetra volutpat ut, sit tellus dolore turpis aliquet donec amet ullamcorper congue consectetur sem nisi at proin feugiat molestie nunc ipsum tellus laoreet dolor euismod lobortis feugiat. Molestie massa tempus elit, et erat elit nibh ac mauris ante, ipsum id laoreet ipsum euismod tincidunt aliquam adipiscing praesent, magna consectetur non ut feugiat molestie tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non, ut pulvinar id laoreet sed eget ante. Tempus felis mi donec nonummy non ut sit. Tellus laoreet sed elit, et aliquam adipiscing aliquet. Massa aliquam adipiscing diam donec consectetur diam nisi. Sit aliquet donec nonummy diam magna pharetra non. Ut turpis molestie nunc pulvinar euismod tincidunt dolor. Dolore lorem sit, eget sem mi congue lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar eget sem nunc dolor volutpat et nisi pulvinar magna lorem felis praesent congue lorem. Amet volutpat proin laoreet magna dolore dolor adipiscing euismod nibh sed molestie massa aliquam, nonummy. Diam congue pharetra non ut pulvinar euismod tincidunt sed volutpat lobortis lorem molestie, lobortis sit. Molestie massa pulvinar euismod laoreet lorem mauris proin donec nonummy ullamcorper congue pharetra non diam. Magna sit aliquet dolore pulvinar volutpat lobortis pharetra non, lobortis feugiat molestie massa sed nonummy. Proin aliquam adipiscing aliquet dolore amet praesent elit ante aliquam turpis aliquet dolore pharetra non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac pharetra non nunc ipsum eget nibh ac consectetur mauris sem nisi amet, ullamcorper congue dolor volutpat lobortis feugiat tellus. Massa ipsum id nibh sed mauris ante lorem mauris ante, sed elit et lorem ac consectetur sem nisi, turpis ullamcorper. Lobortis feugiat mauris ante tempus id laoreet sed, elit et aliquam turpis praesent dolore amet, ullamcorper tincidunt feugiat molestie mi. Erat elit proin aliquam turpis aliquet donec, nonummy diam congue sit tellus ut turpis aliquet dolore nonummy ullamcorper congue pharetra. Non nunc nisi adipiscing praesent donec, nonummy et magna at sem nisi amet ullamcorper tincidunt pharetra non ut sit tellus. Ut, pulvinar euismod tincidunt, sed volutpat lobortis dolor praesent congue dolor volutpat, lobortis ipsum id et ac at sem, nisi. Ipsum nonummy diam nunc pulvinar euismod laoreet dolor volutpat lobortis, feugiat molestie ante, tempus felis volutpat lobortis, feugiat molestie massa. Pulvinar id laoreet dolor eget lobortis feugiat molestie, massa, tempus felis mi erat, eget felis feugiat mauris massa aliquam adipiscing. Diam congue pharetra sem nisi turpis aliquet dolore pulvinar euismod congue pharetra sem nisi turpis tellus laoreet, dolor volutpat lobortis. Feugiat pharetra non ut sit, molestie, massa ipsum id nibh dolor volutpat nibh lorem mauris massa ipsum id mi erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat ante aliquam, pharetra non ut sit molestie nunc pulvinar, id, nibh lorem at proin aliquam adipiscing mi donec erat amet, diam congue. Pharetra tellus massa ipsum eget, et aliquam at proin aliquam felis mi, erat elit et, ac consectetur, tellus nunc, dolor at aliquet dolore. Pharetra non lobortis, ipsum felis praesent donec nonummy diam magna consectetur proin aliquam adipiscing mi erat nonummy diam, magna turpis aliquet dolore, pulvinar. Volutpat molestie ante aliquam nonummy ullamcorper magna nonummy sem ut sit euismod nunc pulvinar euismod lobortis dolor volutpat lobortis, feugiat id laoreet dolor. Id mi donec at proin nisi adipiscing praesent, dolore dolor volutpat nibh lorem, molestie ante tempus elit et erat elit nibh lorem mauris. Ante tempus amet, diam euismod tincidunt sit tellus ut consectetur sem nisi adipiscing praesent dolore amet ullamcorper magna consectetur, sem dolore amet praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum eget et magna turpis aliquet nunc sed eget nibh lorem, felis praesent donec, nonummy non ut. Feugiat molestie laoreet erat at, elit et, ac, consectetur sem nisi adipiscing diam donec nonummy diam, ac. At proin aliquam turpis ullamcorper dolore, nonummy non ut pharetra tellus ut dolor eget nibh lorem mauris. Ante ipsum id mi sed eget, nibh lorem at proin donec nonummy et erat elit nibh sed. Mauris ante, aliquam adipiscing sem nisi turpis tellus dolore pulvinar euismod tincidunt pharetra volutpat lobortis ipsum id. Mi erat elit et ac at proin aliquam adipiscing praesent magna turpis aliquet dolore amet ullamcorper tincidunt. Pharetra non ut turpis aliquet nisi amet aliquet donec nonummy et ac at proin aliquam, at praesent. Donec nonummy praesent, nunc, pulvinar volutpat tincidunt dolor, volutpat lobortis ipsum molestie laoreet sed elit proin ac. At praesent aliquam nonummy diam ut sit molestie nunc ipsum eget et consectetur aliquet nunc pulvinar volutpat. Nibh ac turpis aliquet congue pharetra non congue sit, id massa ipsum euismod tincidunt, lorem ipsum felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie laoreet sed elit nibh ac adipiscing, proin donec amet ullamcorper diam magna pharetra non nunc pulvinar euismod nunc pulvinar euismod. Lobortis lorem at ante erat felis mi erat elit, et ac mauris ante tempus felis massa lorem at sem dolore amet. Euismod lobortis feugiat molestie, massa tempus molestie massa ipsum id tincidunt sed, eget, ante tempus felis praesent magna pharetra, sem nunc. Dolor eget nibh lorem mauris ante erat elit, et magna consectetur proin nisi turpis, ullamcorper tincidunt sed mauris ante aliquam felis. Mi ac, consectetur, sem dolore amet aliquet dolore amet diam congue, pharetra, sem dolore adipiscing aliquet dolore amet, ullamcorper ut sit. Tellus nunc ipsum id laoreet dolor eget ullamcorper congue pharetra, sem ut turpis aliquet nisi turpis aliquet dolore nonummy ullamcorper, congue. Pharetra molestie massa ipsum id, laoreet sed eget, nibh tempus adipiscing aliquet mi, erat, elit et ac adipiscing proin aliquam felis. Praesent, congue pharetra, non nisi turpis aliquet dolore pulvinar, volutpat, lorem felis mi donec nonummy diam congue, pharetra tellus nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At praesent dolore magna consectetur sem dolore pulvinar euismod lobortis lorem mauris ante tempus nonummy diam magna consectetur non ut sit id tincidunt, sed volutpat nibh lorem molestie sem. Magna, turpis aliquet dolore pulvinar euismod congue ac amet eget molestie praesent congue aliquam sed turpis elit non mi magna, dolor mauris diam, magna id et congue feugiat id. Et, ut tempus nonummy non nibh aliquam amet eget aliquet nibh nisi tempus, consectetur non ante dolore at tellus laoreet congue, feugiat pharetra, sit tellus, nunc pulvinar, ullamcorper congue. Dolor, turpis elit sem nunc erat feugiat felis et congue ipsum felis, diam ut tempus amet ullamcorper lobortis aliquam amet euismod ante nisi pulvinar elit aliquet massa magna sit. Felis volutpat proin congue lorem at tellus laoreet, ac consectetur euismod laoreet nisi tempus amet at aliquet lobortis aliquam ipsum at, molestie praesent ut lorem adipiscing diam nibh aliquam. Dolor, consectetur euismod diam massa, dolore, aliquam sed sit nonummy mauris id, consectetur amet at id non praesent ante tincidunt nisi donec lorem pulvinar consectetur felis non aliquet et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tempus lorem pulvinar at molestie diam ante, congue lorem turpis consectetur mauris non ut dolor eget lobortis feugiat, molestie ante erat nonummy et. Erat at sem aliquam at proin donec nonummy diam congue sit tellus nunc pulvinar euismod tincidunt dolor adipiscing ullamcorper congue dolor volutpat massa. Feugiat felis mi ac consectetur sem, ut pulvinar euismod laoreet lorem eget nibh tempus felis mi tempus felis, mi dolore amet aliquet congue. Dolor volutpat massa ipsum id mi erat elit et aliquam adipiscing aliquet dolore amet diam, congue dolor non, lobortis nisi sit molestie massa. Ipsum eget nibh ac at proin aliquam felis mi erat nonummy et magna turpis aliquet nisi turpis diam donec consectetur sem ut feugiat. Eget proin aliquam turpis aliquet dolore amet diam magna nonummy diam magna consectetur, proin donec amet ullamcorper congue pharetra non ut sit tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:bookmarkStart w:name="myBookmark" w:id="4376775164631696372"/>
       <w:r>
         <w:t>The end.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6981632472285502366"/>
+      <w:bookmarkEnd w:id="4376775164631696372"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R3c93101783214322"/>
+      <w:headerReference w:type="default" r:id="R85beb4529bfb4d9e"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -758,51 +753,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R72310aca9e864aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf5aaa75974154d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9a0214ce47fd483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R3c93101783214322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcc239e882253460d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9f210b0f085a49e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R318f0c501f674b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R10ad1da617e148cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R85beb4529bfb4d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbf54346deac74f72" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>