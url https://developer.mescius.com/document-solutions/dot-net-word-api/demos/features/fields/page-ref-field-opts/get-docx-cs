--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,192 +1,202 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R27b75158f6e3403a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7276fb3ae65d487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra1286e530db64b10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf11cf6b7d1954e50" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0b517db72faa4d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3adbf4d6f2804e43" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Go to page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF myBookmark \h \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>VI</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>...</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sit turpis, felis non massa donec feugiat felis praesent nibh ac amet id nibh lorem adipiscing. Euismod nibh lorem at, tellus laoreet ac aliquam amet euismod congue, nisi turpis aliquet congue pharetra. Volutpat massa ipsum id mi ac, at proin aliquam adipiscing aliquet dolore pulvinar, euismod tincidunt non. Massa tempus elit diam, magna consectetur, non nisi turpis aliquet, donec amet volutpat lobortis sit tellus. Nunc pulvinar euismod tincidunt dolor euismod tincidunt, pharetra non lobortis pharetra non ut pulvinar tellus dolore. Nonummy ullamcorper congue, pharetra tellus nunc pulvinar euismod laoreet erat mauris proin aliquam felis mi erat. Elit id, laoreet, sed eget sem nisi turpis tellus nunc pulvinar euismod, tincidunt, feugiat molestie massa. Tempus elit sem nisi turpis tellus nunc pulvinar id lobortis feugiat mauris donec nonummy, diam magna. Sit tellus nunc dolor, volutpat lobortis feugiat molestie lobortis, sit molestie tincidunt dolor eget lobortis dolor. Volutpat massa ipsum id, laoreet erat elit euismod non nunc pulvinar euismod laoreet dolor volutpat lobortis. </w:t>
-[...108 lines deleted...]
-      <w:bookmarkStart w:name="myBookmark" w:id="4376775164631696372"/>
+        <w:t xml:space="preserve">Ullamcorper nunc, ut dolore lorem, turpis elit molestie diam nibh, dolore sed turpis, tellus dolor at elit non ante dolore sed adipiscing tellus nibh ac sit eget diam ut ipsum. Nonummy, volutpat mi magna feugiat mauris ullamcorper tincidunt, lorem turpis tincidunt lorem adipiscing euismod nibh nisi ipsum elit, sem nunc ipsum elit sem ut tempus nonummy volutpat mi congue dolor. At ullamcorper nibh aliquam euismod nibh aliquam, sit euismod laoreet ac sit id et magna turpis tellus laoreet magna turpis molestie mi ac feugiat id diam ut feugiat praesent congue. Lorem, nonummy volutpat proin dolore dolor at aliquet tincidunt sed at tellus tincidunt sed consectetur tellus laoreet magna, feugiat felis diam lobortis aliquam amet volutpat tempus amet volutpat ante dolore. Dolor mauris sem nunc, ac sit, felis diam, lobortis erat pharetra molestie ante dolore pharetra eget proin aliquam, pulvinar volutpat ante dolore mauris proin nisi pulvinar, elit sem dolore dolor. At aliquet mi magna pharetra id praesent magna, pharetra dolor mauris, aliquet dolor eget proin nunc dolor elit sem dolore sed at aliquet massa erat pharetra id mi, ac sit. Id mi congue lorem amet euismod lobortis, aliquam sit, id et ut feugiat id diam ut ipsum nonummy non massa donec dolor mauris aliquet tincidunt sed mauris proin, tincidunt ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec feugiat, mauris praesent, dolore dolor molestie proin dolore pharetra volutpat proin dolore sed adipiscing euismod ac consectetur tellus, mi magna feugiat id et magna sit. Molestie et congue feugiat id diam ut ipsum adipiscing ullamcorper, lobortis lorem adipiscing ullamcorper feugiat felis diam tincidunt lorem adipiscing ullamcorper nibh, nisi amet id proin. Nisi pulvinar id et ut ipsum nonummy tellus ante, erat, pharetra molestie praesent magna dolor ante donec pharetra volutpat ante donec amet volutpat ante donec pharetra. Volutpat proin donec pharetra eget ante donec pulvinar eget sem, nunc dolor ante dolore dolor elit sem dolore sed elit proin nisi ipsum elit non nunc. Sed pharetra mauris praesent, congue feugiat felis, mi congue feugiat felis praesent dolore molestie aliquet tincidunt, lorem at, aliquet laoreet, lorem turpis, id nibh magna pulvinar. Eget et nunc erat consectetur volutpat ante erat pharetra molestie mi dolore dolor at dolore pharetra non nibh tempus, adipiscing ullamcorper lobortis lorem pulvinar eget sem. Nunc, erat turpis id diam ut ipsum elit congue sit molestie, mi magna pharetra molestie mi congue feugiat felis diam tincidunt lorem turpis diam, tincidunt tempus. Adipiscing ullamcorper lobortis lorem adipiscing ullamcorper nibh, aliquam amet nibh ac sit euismod et ut tempus elit diam ut pulvinar elit diam lobortis ipsum nonummy non. Massa dolore dolor at praesent congue dolor eget praesent dolore volutpat nibh aliquam nonummy ullamcorper lobortis aliquam turpis euismod, lobortis aliquam amet, euismod sem dolore pulvinar. Eget et ut pulvinar eget proin, nisi ipsum elit sem ut, felis et ut pulvinar felis, diam nisi sit id diam ut feugiat felis, mi magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, tellus ante erat consectetur tellus, mi, magna feugiat felis aliquet, congue feugiat. At, aliquet tincidunt, lorem adipiscing ullamcorper sed adipiscing, praesent tincidunt lorem adipiscing, tellus. Laoreet magna sit id diam ut ipsum elit diam nisi sit id mi. Congue feugiat adipiscing volutpat ante amet volutpat nibh tempus adipiscing ullamcorper tincidunt lorem. Turpis, euismod lobortis tempus adipiscing ullamcorper, nibh ac amet eget proin dolore ipsum. At tellus massa erat, nonummy nunc ipsum elit non ante donec pharetra mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam ut tempus elit volutpat massa adipiscing diam congue sit mauris ullamcorper ut, tempus nonummy euismod nibh, aliquam turpis volutpat et. Aliquam amet volutpat nibh aliquam amet euismod, nibh nisi pulvinar sem ut, ipsum elit sem massa erat consectetur volutpat mi magna. Dolor mauris mi donec, dolor mauris proin, congue dolor, mauris praesent congue dolor, eget donec amet volutpat ante aliquam amet volutpat. Ante aliquam amet volutpat et, nisi pulvinar elit, sem nunc sed at, sem nunc sed nonummy non massa nonummy tellus ante. Donec pharetra molestie praesent congue lorem, adipiscing ullamcorper nibh aliquam turpis ullamcorper tincidunt lorem adipiscing tellus nibh ac turpis, euismod nibh. Magna euismod et magna turpis euismod mi nisi sit id, et ut ipsum felis diam congue feugiat id praesent congue feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus praesent congue tempus adipiscing volutpat et nisi. Pulvinar elit aliquet massa magna pharetra id, praesent. Ut tempus, nonummy volutpat sit felis diam congue. Feugiat felis aliquet congue feugiat felis aliquet lobortis. Feugiat mauris praesent congue, lorem turpis id, et. Ut erat, pharetra mauris congue feugiat adipiscing aliquet. Congue feugiat mauris mi, dolore pharetra mauris praesent. Congue ac turpis euismod nibh ac turpis id. Nibh magna sit id diam ut ipsum sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ac sit molestie mi congue sit id diam congue sit mauris. Praesent ut tempus praesent magna feugiat felis aliquet tincidunt lorem turpis euismod. Lobortis aliquam pulvinar eget et nisi sit, id et nisi pulvinar eget. Diam nisi pulvinar felis sem sit euismod et ut ipsum nonummy non. Massa, aliquam pharetra mauris praesent, congue sed adipiscing tellus tincidunt, ac sit. Felis diam, nunc tempus consectetur volutpat erat pharetra, volutpat massa erat elit. Ullamcorper lobortis tempus nonummy ullamcorper nibh dolore sed at aliquet, laoreet lorem. Turpis euismod laoreet magna sit laoreet ac consectetur tellus mi congue feugiat. Felis ullamcorper lobortis tempus felis ullamcorper lobortis tempus pulvinar eget sem dolore. Dolor elit sem, nunc erat turpis tellus mi consectetur non laoreet erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing euismod nibh magna, pulvinar elit non, massa. Erat consectetur lobortis tempus, nonummy non ante erat. Pharetra volutpat ante dolore dolor at praesent tincidunt. Lorem turpis euismod tincidunt lorem turpis euismod laoreet. Ac sit id et, turpis id et, congue. Feugiat amet volutpat nibh donec amet volutpat ante. Donec pulvinar mauris, aliquet tincidunt sed elit proin. Nunc erat consectetur molestie ac pharetra id diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ut pulvinar eget et nisi sit id et nisi sit id et nisi feugiat. Mi congue feugiat id et, congue feugiat adipiscing diam ut tempus amet volutpat nibh. Tempus amet volutpat, nibh aliquam amet volutpat nibh aliquam amet eget ac adipiscing ullamcorper. Laoreet, ac sit euismod nibh nisi pulvinar id diam, ut pulvinar felis et nisi. Feugiat felis diam ut feugiat id, et, magna tellus laoreet ac sit, molestie praesent. Congue sit mauris diam tincidunt lorem adipiscing ullamcorper lobortis tempus pulvinar, eget proin nisi. Pulvinar eget proin pulvinar id et nisi sit euismod nibh nisi sit euismod et. Nisi sit id mi magna feugiat id mi nisi, feugiat, id et congue feugiat. Felis, praesent pharetra molestie praesent ut tempus amet, volutpat proin dolore erat consectetur tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et dolore sed at nunc sed at non massa, erat consectetur molestie praesent congue feugiat, felis ullamcorper nibh aliquam, turpis euismod et aliquam amet euismod et aliquam pulvinar, nibh nisi. Ipsum nonummy non massa erat, nonummy sem nunc tempus nonummy non massa donec pharetra molestie mi congue lorem at aliquet congue pharetra volutpat tempus nonummy ullamcorper lobortis lorem adipiscing, euismod. Ante aliquam, amet euismod nibh lorem proin dolore dolor eget proin dolore sed at aliquet laoreet lorem at tellus magna sit id et, magna pharetra, id et ut ipsum adipiscing. Ullamcorper, nibh aliquam adipiscing euismod lobortis lorem nonummy volutpat ante aliquam amet volutpat nunc erat at sem nunc erat pharetra molestie praesent ut feugiat felis diam magna sit, mauris, diam. Lobortis lorem, adipiscing, ullamcorper, lobortis, aliquam turpis, ullamcorper lobortis lorem praesent congue lorem turpis eget non diam ante nunc ac ipsum, feugiat amet turpis nonummy felis euismod proin nunc sed. Feugiat nonummy mauris ullamcorper ullamcorper praesent tincidunt magna ipsum, sit nonummy mauris id volutpat praesent lobortis, dolore ac feugiat pharetra mauris aliquet laoreet nisi sed consectetur, mauris ullamcorper praesent nibh. Nunc feugiat amet, at id non praesent et laoreet congue donec, sed sit at molestie non aliquet et massa lobortis nunc nisi, magna dolore nisi dolore nisi congue dolor pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat tincidunt nunc nibh laoreet massa. Et diam praesent nunc ut, laoreet. Mi praesent sem diam aliquet sem. Diam ante, et mi nibh dolore. Ac tempus lorem sed pharetra, amet. Sit consectetur nonummy eget nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi tempus consectetur, mauris praesent congue dolor molestie, praesent congue dolor molestie proin congue sed at nunc sed at aliquet laoreet magna consectetur euismod diam ut ipsum elit, ullamcorper. Ut erat, amet molestie ante dolore dolor eget proin donec pulvinar proin dolore pulvinar, mauris aliquet tincidunt ac turpis, id et nisi, ipsum nonummy non ante aliquam pharetra eget. Proin tincidunt lorem, adipiscing aliquet tincidunt ac consectetur euismod ac sit id et nisi sit molestie mi ac consectetur molestie mi congue sit, id mi magna, feugiat mauris praesent. Lobortis tempus, nonummy, lobortis tempus amet volutpat et dolore sed at aliquet, laoreet erat pharetra molestie praesent congue feugiat mauris praesent congue feugiat adipiscing, ullamcorper nibh aliquam amet euismod. Nibh, pulvinar elit, tellus massa erat consectetur non laoreet donec sit id praesent congue feugiat felis ullamcorper, tincidunt aliquam amet volutpat proin nisi dolor at aliquet nunc sed, sem. Massa magna, feugiat adipiscing diam lobortis donec dolor at sem nunc sed, at aliquet tincidunt erat consectetur aliquet, laoreet consectetur id mi congue ipsum adipiscing non ante, dolore sed. At aliquet laoreet ac, turpis felis, non massa erat amet molestie praesent congue feugiat mauris proin tincidunt, at aliquet laoreet ac turpis euismod et ac sit id et nisi. Sit, felis diam ut ipsum nonummy volutpat, ante dolore pharetra molestie proin congue dolor, eget dolore sed at aliquet tincidunt lorem consectetur euismod laoreet ac sit id diam ut. Feugiat, felis ullamcorper massa aliquam amet volutpat nibh aliquam pulvinar eget praesent nunc eget proin dolore dolor elit proin nisi amet eget nibh aliquam amet euismod nibh aliquam sit. Id proin ut ipsum eget, diam ut tempus consectetur non massa nonummy volutpat massa, tempus, amet molestie ante aliquam pharetra eget praesent congue, sed at ante aliquam amet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Magna, tempus turpis, ullamcorper nibh ac adipiscing ullamcorper lobortis ac amet euismod et aliquam sit euismod, nisi. Ipsum nonummy, tellus ante erat pharetra mauris mi, congue feugiat adipiscing euismod lobortis ac, amet id, et. Nisi ipsum elit non massa consectetur molestie mi magna feugiat adipiscing ullamcorper, lobortis aliquam pulvinar elit sem. Massa erat pharetra molestie laoreet magna sit felis ullamcorper ut, tempus adipiscing ullamcorper nibh aliquam euismod ante. Aliquam, turpis ullamcorper lobortis aliquam pulvinar, euismod et nisi amet id proin ut sed nonummy non nunc. Tempus nonummy tellus, massa feugiat felis aliquet tincidunt lorem at aliquet congue lorem at aliquet congue sed. At aliquet laoreet ac sit id diam nisi pulvinar felis et nisi sit euismod sed at sem. Nunc erat at non massa erat at non massa erat nonummy non massa donec pharetra mauris praesent. Congue feugiat mauris praesent congue feugiat adipiscing, laoreet ac adipiscing aliquet, congue, lorem adipiscing tellus nibh lorem. Turpis eget et nisi pulvinar id et ut feugiat id nisi sit id et magna pharetra non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et nunc ipsum, elit non, mi donec volutpat ante erat pharetra molestie praesent. Tincidunt ac turpis euismod laoreet, aliquam sit eget sem laoreet donec sit mauris. Diam tincidunt feugiat turpis euismod feugiat mauris praesent congue feugiat mauris, praesent tincidunt. Lorem adipiscing ullamcorper laoreet volutpat proin nunc sed at sem dolore sed at. Aliquet laoreet congue ipsum diam lobortis tempus nonummy ullamcorper ut feugiat, mauris praesent. Tincidunt tempus turpis ullamcorper nibh aliquam amet euismod proin nisi pulvinar, id proin. Nisi eget proin nisi, pulvinar id diam ut, tempus nonummy non massa tempus. Consectetur molestie mi dolore feugiat adipiscing euismod, nibh aliquam pulvinar eget proin nisi. Pulvinar eget ut ipsum elit sem nunc tempus elit sem, lobortis, tempus nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy, molestie aliquet laoreet at, aliquet. Tincidunt lorem adipiscing euismod nibh nisi. Sit felis diam ut ipsum elit. Volutpat, ante dolore dolor at praesent. Dolore dolor mauris praesent tincidunt mauris. Proin dolore amet, eget proin nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat adipiscing euismod nibh aliquam pulvinar elit, non nunc sed at massa sed nonummy tellus massa erat pharetra. Molestie mi magna lorem turpis euismod lobortis ac amet volutpat proin nisi pulvinar id et ut pulvinar eget. Magna pulvinar eget diam ut ipsum elit non ut tempus nonummy sem lobortis ipsum elit diam congue feugiat. Felis ullamcorper congue sit id praesent magna tellus massa erat nonummy non lobortis ipsum nonummy sem ut ipsum. Felis ullamcorper, massa aliquam amet non lobortis tempus adipiscing non nibh aliquam praesent, congue feugiat mauris praesent congue. Lorem turpis euismod nibh aliquam pulvinar eget sem nunc, ipsum at non nunc ipsum nonummy tellus laoreet congue. Feugiat, adipiscing euismod tempus adipiscing euismod nibh aliquam amet euismod, lobortis ac amet, id, nibh aliquam pulvinar id. Et ut pulvinar eget diam ut pulvinar felis diam ut sit id magna turpis molestie laoreet erat consectetur. Molestie et congue ipsum adipiscing ullamcorper lobortis tempus nonummy ullamcorper nibh, donec amet, volutpat tempus turpis euismod lobortis. Ac amet eget sem, massa erat at non massa donec sit felis ullamcorper ut tempus nonummy euismod lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy molestie mi congue lorem at praesent tincidunt ac turpis, tellus, nibh nisi sit id et nisi, sem, nunc ac turpis euismod et nisi feugiat. Id diam congue feugiat adipiscing ullamcorper lobortis, tempus nonummy volutpat lobortis aliquam, nonummy, euismod nibh lorem diam tincidunt lorem adipiscing ullamcorper lobortis lorem adipiscing euismod. Nibh aliquam amet id proin nisi ipsum elit sem massa donec pharetra molestie mi, magna lorem turpis euismod lorem adipiscing euismod lobortis lorem adipiscing euismod. Et aliquam sit eget proin ut ipsum eget et magna sit, euismod mi ac pulvinar id, nisi feugiat felis diam magna sit id mi magna. Sit id diam ut lorem adipiscing diam tincidunt lorem felis diam congue, lorem turpis volutpat et nisi amet nibh nisi, amet euismod nibh aliquam sit. Euismod nibh magna sit id nibh, magna turpis euismod mi magna feugiat felis et nisi feugiat molestie et congue sit laoreet, donec pharetra id diam. Congue feugiat adipiscing, praesent congue lorem adipiscing euismod nibh aliquam turpis volutpat et aliquam ullamcorper laoreet ac turpis, ullamcorper, laoreet lorem at praesent dolore pulvinar. Volutpat proin aliquam amet volutpat nibh dolore dolor, volutpat et aliquam amet euismod, lobortis aliquam turpis dolore dolor, mauris praesent nunc sed mauris praesent tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, dolor eget, ac turpis ullamcorper lobortis ac turpis ullamcorper nibh nisi pulvinar id et aliquam turpis tellus tincidunt lorem, consectetur euismod laoreet nisi feugiat felis, et. Lobortis elit non massa donec pharetra eget aliquet tincidunt lorem, turpis tellus tincidunt lorem turpis euismod mi ac pulvinar felis et, ut, feugiat nonummy volutpat, ante felis. Ullamcorper massa aliquam pharetra eget ante aliquam amet eget, praesent nunc lorem consectetur aliquet tincidunt erat consectetur tellus nunc erat consectetur sem amet id nibh nisi, sit. Elit sem nunc sed, nonummy non massa erat pharetra volutpat, ante erat consectetur sem ut ipsum, felis diam ut ipsum adipiscing non tempus adipiscing non ante dolore. Dolor at sem dolore pulvinar volutpat ante nisi amet eget proin dolore sed elit sem nunc sed, elit non laoreet erat, pharetra nunc erat consectetur tellus ante. Donec consectetur volutpat massa tempus amet volutpat ante donec amet non, ante aliquam amet eget praesent dolore sed at aliquet nunc dolor sem nunc ac sit id. Et nisi feugiat felis diam ut ipsum felis diam magna pharetra tellus massa sed, elit ut tempus elit sem nunc pulvinar felis diam, ut tempus elit diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet, at tellus mi magna sit felis ullamcorper lobortis tempus nonummy euismod lobortis lorem turpis euismod. Tincidunt, ac adipiscing euismod nibh aliquam pulvinar id proin pulvinar, eget diam ut pulvinar, id, diam. Ut tempus, elit sem ut, feugiat id et ut ipsum elit ullamcorper massa ipsum adipiscing ullamcorper. Lobortis aliquam mauris praesent, dolore dolor eget proin dolore dolor mauris sem nunc sed at tellus. Nunc ac, pharetra molestie mi congue ipsum adipiscing non nibh aliquam pulvinar volutpat aliquam pulvinar mauris. Sem tincidunt, sed, elit proin dolore, pulvinar eget sem massa erat consectetur tellus mi magna sit. Molestie, mi congue tempus diam, congue feugiat felis aliquet tincidunt lorem mauris praesent congue amet volutpat. Proin congue sed mauris, aliquet congue dolor eget proin dolore dolor mauris ante aliquam amet tincidunt. Tempus adipiscing aliquet tincidunt feugiat adipiscing, aliquet tincidunt feugiat adipiscing ullamcorper nibh, ac pulvinar euismod et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem at aliquet tincidunt erat consectetur molestie mi congue feugiat felis diam. Ut ipsum felis diam, ut tempus nonummy volutpat, ante donec euismod nibh. Aliquam pulvinar eget sem nunc dolor elit tellus laoreet erat consectetur tellus. Mi donec consectetur tellus, massa erat, nonummy non massa, erat pharetra mi. Magna dolor, mauris mi congue dolor molestie ante donec nonummy non lobortis. Tempus amet volutpat ante aliquam, amet volutpat ante tempus pulvinar eget proin. Dolore at aliquet nunc erat consectetur aliquet laoreet ac pharetra tellus mi. Congue feugiat mauris mi donec consectetur molestie ante donec consectetur non lobortis. Ipsum non lobortis ipsum elit diam lobortis feugiat felis praesent congue feugiat. Felis diam lobortis lorem adipiscing euismod ante nisi amet volutpat ante, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper, lobortis, aliquam amet, volutpat ante aliquam amet non lobortis lorem adipiscing diam lobortis tempus amet volutpat ante amet. Volutpat, et dolore sed consectetur aliquet laoreet magna feugiat id diam congue feugiat mauris praesent congue feugiat, nonummy ullamcorper. Nibh aliquam turpis euismod nisi amet volutpat et nisi ipsum eget proin, ut sed eget proin ut ipsum elit. Diam nunc ipsum felis et lobortis ipsum elit sem lobortis erat non ante donec amet molestie massa tempus nonummy. Non nibh, dolore sed consectetur aliquet laoreet ac consectetur aliquet laoreet ac turpis id et magna molestie mi magna. Sit felis, praesent congue sit molestie mi magna sit, adipiscing ullamcorper, tincidunt feugiat adipiscing aliquet tincidunt, lorem felis aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat adipiscing ullamcorper ante dolore pharetra, mauris. Aliquet laoreet ac sit euismod et nisi. Sit felis diam, ut tempus ullamcorper, lobortis. Tempus nonummy, non ante donec pharetra eget. Proin donec dolor eget proin dolore dolor. Mauris sem nunc erat turpis tellus laoreet. Magna elit non massa tempus adipiscing ullamcorper. Nibh tempus, felis, ullamcorper, lobortis tempus nonummy. Euismod nibh aliquam amet volutpat proin nisi. Pulvinar eget sem dolore ipsum at ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra mauris proin nunc dolor eget proin nisi, dolor eget aliquet tincidunt. Erat consectetur tellus, ipsum at non massa erat consectetur non nunc ipsum. Elit diam ut ipsum felis, sem nunc tempus, nonummy volutpat ante donec. Pharetra mauris proin dolore volutpat ante donec amet volutpat nibh, tempus nonummy. Ullamcorper lobortis tempus adipiscing euismod lobortis tempus, adipiscing aliquet congue dolor mauris. Mi congue dolor molestie praesent dolore eget proin dolore, dolor mauris praesent. Nunc, sed consectetur euismod et nisi feugiat felis et nisi sit felis. Et ut tempus nonummy ullamcorper tempus, nonummy ullamcorper, praesent nibh ante magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat dolor at tellus diam proin proin diam, praesent nisi pulvinar, elit non massa sed elit sem massa tempus elit et nisi, feugiat elit diam ut ipsum. Nonummy volutpat, massa, donec dolor mauris praesent dolor mauris praesent, nunc, magna turpis euismod, mi nisi, sit id et, nisi feugiat felis ullamcorper lobortis tempus nonummy non. Massa donec pharetra eget proin sed, consectetur, tellus tincidunt lorem consectetur, tellus laoreet erat consectetur tellus laoreet erat consectetur aliquet nunc ipsum elit sem massa erat consectetur. Non erat nonummy non ante donec dolor mauris mi congue feugiat at praesent congue, dolor at ullamcorper tincidunt sed, at aliquet, tincidunt lorem at praesent, laoreet ac. Turpis mauris volutpat euismod, volutpat volutpat sem laoreet congue ipsum amet eget, aliquet et nunc erat feugiat amet at euismod diam ante tincidunt mi ante lobortis ac. Amet id diam lobortis ipsum adipiscing, non lobortis lorem adipiscing diam congue feugiat felis praesent tincidunt lorem felis aliquet tincidunt ac ullamcorper tincidunt lorem at ullamcorper laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam lobortis, dolore dolor mauris aliquet nunc elit proin dolore sed consectetur aliquet, massa. Erat pharetra molestie mi magna feugiat id mi magna sit mauris ullamcorper lobortis lorem. Adipiscing euismod nibh, tempus, ullamcorper nibh nisi pulvinar eget proin dolore sed elit proin. Nisi pulvinar id nibh, nisi ipsum nonummy non, massa magna dolor, felis aliquet tincidunt. Ac ullamcorper, lobortis, ac turpis euismod laoreet ac turpis id nibh lorem at praesent. Tincidunt sed turpis id, et nisi feugiat id et nisi feugiat laoreet ac sit. Id praesent magna sit id, mi magna feugiat felis praesent magna dolor mauris mi. Magna dolor mauris mi donec pharetra volutpat proin dolore molestie praesent congue sed at. Tellus nibh magna sit id et ut ipsum elit diam, ut, ipsum elit ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:bookmarkStart w:name="myBookmark" w:id="17151344502463181999"/>
       <w:r>
         <w:t>The end.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4376775164631696372"/>
+      <w:bookmarkEnd w:id="17151344502463181999"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R85beb4529bfb4d9e"/>
+      <w:headerReference w:type="default" r:id="R952efa1efeba4117"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -753,51 +763,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9f210b0f085a49e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R318f0c501f674b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R10ad1da617e148cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R85beb4529bfb4d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbf54346deac74f72" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re880827f9d434918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R43c363be56d14d3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R72376d22e76b4406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R952efa1efeba4117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R140b9e1fbd6a4742" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>