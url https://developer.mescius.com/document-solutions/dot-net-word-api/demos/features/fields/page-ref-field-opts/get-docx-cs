--- v6 (2026-02-02)
+++ v7 (2026-02-02)
@@ -1,202 +1,187 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf11cf6b7d1954e50" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0b517db72faa4d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3adbf4d6f2804e43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra5a1b2612452464a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra31e3cc1d0e44ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R18e8d43bf7364bf5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Go to page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF myBookmark \h \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>VI</w:t>
+        <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>...</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper nunc, ut dolore lorem, turpis elit molestie diam nibh, dolore sed turpis, tellus dolor at elit non ante dolore sed adipiscing tellus nibh ac sit eget diam ut ipsum. Nonummy, volutpat mi magna feugiat mauris ullamcorper tincidunt, lorem turpis tincidunt lorem adipiscing euismod nibh nisi ipsum elit, sem nunc ipsum elit sem ut tempus nonummy volutpat mi congue dolor. At ullamcorper nibh aliquam euismod nibh aliquam, sit euismod laoreet ac sit id et magna turpis tellus laoreet magna turpis molestie mi ac feugiat id diam ut feugiat praesent congue. Lorem, nonummy volutpat proin dolore dolor at aliquet tincidunt sed at tellus tincidunt sed consectetur tellus laoreet magna, feugiat felis diam lobortis aliquam amet volutpat tempus amet volutpat ante dolore. Dolor mauris sem nunc, ac sit, felis diam, lobortis erat pharetra molestie ante dolore pharetra eget proin aliquam, pulvinar volutpat ante dolore mauris proin nisi pulvinar, elit sem dolore dolor. At aliquet mi magna pharetra id praesent magna, pharetra dolor mauris, aliquet dolor eget proin nunc dolor elit sem dolore sed at aliquet massa erat pharetra id mi, ac sit. Id mi congue lorem amet euismod lobortis, aliquam sit, id et ut feugiat id diam ut ipsum nonummy non massa donec dolor mauris aliquet tincidunt sed mauris proin, tincidunt ac. </w:t>
-[...118 lines deleted...]
-      <w:bookmarkStart w:name="myBookmark" w:id="17151344502463181999"/>
+        <w:t xml:space="preserve">Praesent felis consectetur adipiscing dolor, donec nisi mi sem. Euismod mauris pharetra sed ut nibh euismod, at, pharetra. Ipsum magna laoreet tellus at nunc sem elit sed. Nisi lobortis euismod nonummy tempus, lobortis, ullamcorper nonummy donec. Ante, non adipiscing feugiat magna laoreet, aliquet elit, sed. Dolore et eget nisi, lobortis euismod nonummy tempus, lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat nisi et euismod mauris pharetra donec massa ullamcorper elit feugiat non felis sit magna nibh euismod consectetur lorem laoreet tellus adipiscing. Lorem congue praesent at, pharetra donec massa ullamcorper, nonummy tempus, lobortis sem felis tempus massa consectetur tempus nunc sem elit sed, nunc. Et id sit aliquam nibh ullamcorper at dolor dolore mi, molestie nonummy feugiat, nisi et id sit, magna praesent, mauris sed nunc. Proin volutpat amet donec proin volutpat pharetra erat massa diam id turpis magna et euismod consectetur lorem nunc aliquet lorem, nunc proin. Eget pharetra aliquam massa non felis feugiat congue et id, sit magna, laoreet aliquet mauris pulvinar nisi nibh ullamcorper adipiscing feugiat congue. Praesent molestie magna mi id feugiat ut diam felis feugiat nisi diam felis ipsum ut et felis pulvinar nisi nibh euismod sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Massa sem elit pulvinar nisi et id turpis aliquam lobortis, euismod amet tempus lobortis praesent felis feugiat congue. Praesent molestie ipsum nisi nibh id amet aliquam et id amet nisi proin eget amet aliquam nibh euismod. Turpis lorem congue mi mauris sit donec laoreet molestie donec mi tellus elit ipsum nisi et volutpat amet. Aliquam nibh ullamcorper adipiscing aliquam lobortis ullamcorper nonummy tempus nibh, non adipiscing feugiat congue mi molestie sit dolor. Dolore ante molestie amet, erat massa non pharetra, erat massa non elit tempus, massa sem elit ipsum, ut. Et eget pulvinar aliquam id, amet aliquam, lobortis ullamcorper adipiscing tempus ante volutpat pulvinar dolore proin eget pulvinar. Donec proin eget pharetra donec praesent, mauris sed congue aliquet at lorem, lobortis, amet aliquam nibh volutpat pulvinar. Dolore proin eget, pulvinar nunc proin mauris dolor dolore proin eget dolor dolore proin mauris, pharetra donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy ipsum nisi diam id turpis ac, nibh aliquet at sed dolore ante, volutpat amet donec mauris dolor, congue praesent molestie dolor. Donec massa sem, elit pulvinar nisi et id, sit nisi et ullamcorper adipiscing lorem congue praesent mauris pharetra ante volutpat nonummy erat, massa. Non, elit pulvinar ut et euismod adipiscing sed dolore ante eget amet aliquam ante volutpat nonummy erat lobortis non amet erat lobortis nonummy. Tempus nunc sem elit sit nisi diam id sit aliquam nibh euismod turpis lorem congue ante volutpat amet tempus lobortis sem nonummy ut. Diam felis pulvinar ac, laoreet tellus adipiscing lorem tincidunt aliquet at sed dolore proin molestie pharetra erat massa sem elit ipsum, lobortis diam. Felis pulvinar nisi, id turpis ac nibh id sit, aliquam et euismod amet aliquam tellus, elit pulvinar nisi proin id turpis ac nibh. Euismod adipiscing dolor dolore, ante non elit nunc non consectetur erat massa tellus nonummy sed, nunc non consectetur erat massa tellus pharetra ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt aliquet elit dolor, dolore, nibh euismod adipiscing lorem congue praesent id sit congue praesent id sit congue mi molestie at sed nunc. Elit pulvinar dolore sem mauris dolor donec ante eget dolor nunc praesent at dolor dolore proin mauris amet donec, praesent, at feugiat tincidunt. Praesent nonummy tempus ante non elit tempus ut sem, id turpis aliquam nibh euismod turpis ac nibh euismod turpis ac nibh euismod felis. Feugiat dolore mi molestie pharetra mi molestie pharetra magna laoreet tellus nonummy sed ut proin eget amet ac, congue praesent molestie amet, donec. Massa diam, felis pulvinar ut eget pulvinar magna nibh id turpis aliquam laoreet ullamcorper adipiscing, lorem laoreet aliquet at, dolor dolore ante volutpat. Nonummy ipsum ut sem elit tempus, ut et id aliquam nibh euismod adipiscing lorem tincidunt aliquet at feugiat dolore mi molestie consectetur erat. Lobortis sem nonummy erat massa non consectetur erat massa proin eget ipsum nunc id amet aliquam nibh volutpat turpis aliquam nibh ullamcorper molestie. Dolor magna mi molestie pharetra, donec mi mauris sit magna, felis sit magna et, felis, feugiat congue et id feugiat nisi et, felis. Sit magna et felis sit nisi et eget pulvinar ut proin eget pulvinar ut at, ipsum dolore proin volutpat pulvinar aliquam nibh ullamcorper. Adipiscing lorem congue, mi molestie sit ut diam, felis sit congue mi id, feugiat magna mi id turpis laoreet aliquet volutpat felis elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed, lorem lorem, sed ac dolore ullamcorper molestie at, pulvinar lorem dolore massa diam euismod. Mauris nonummy feugiat donec massa et id mauris adipiscing pharetra ipsum ac donec ut laoreet. Nibh sem tellus volutpat felis consectetur turpis pulvinar lorem, erat ut laoreet ante diam proin. Ullamcorper volutpat, molestie at amet lorem tincidunt, mi volutpat pharetra erat, et euismod adipiscing sed. Tincidunt ante volutpat amet donec massa, non, nonummy tempus massa non nonummy ipsum nisi sem. Id at lorem nunc mauris, dolor dolore praesent at dolor congue praesent mauris sed congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi volutpat nonummy erat massa non. Donec ante tellus consectetur, erat, massa. Sem eget ipsum nunc sem elit. Sed nunc sem elit dolor dolore. Proin eget sed tincidunt aliquet consectetur. Donec nibh non nonummy aliquam nibh. Ullamcorper felis ipsum magna mi id. Turpis ac massa tellus turpis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non consectetur tempus nunc sem elit ipsum. Nisi et eget amet aliquam tincidunt, praesent. Molestie pharetra donec massa sem elit, pulvinar. Magna mi pulvinar magna, nibh tellus adipiscing. Sed dolore aliquet at, sed tincidunt ullamcorper. At lorem tincidunt, praesent mauris feugiat tincidunt. Aliquet, adipiscing lorem tincidunt diam molestie magna. Praesent molestie, pharetra magna mi id sit. Magna mi molestie, turpis ac laoreet aliquet. At erat tincidunt aliquet at lorem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed nunc et id pulvinar aliquam nibh eget amet, aliquam nibh euismod turpis tempus tincidunt diam adipiscing lorem congue felis feugiat magna praesent id, feugiat congue diam felis ipsum. Ut et molestie turpis ac laoreet tellus turpis magna mi tellus consectetur lorem tincidunt aliquet ac laoreet euismod turpis ac laoreet euismod turpis ac tincidunt, praesent mauris dolor donec mi. Volutpat consectetur donec mi tellus pharetra donec massa tellus consectetur donec laoreet elit ipsum dolore proin eget amet, ac, tincidunt aliquet felis feugiat tincidunt ullamcorper turpis, aliquam ante euismod amet. Tempus lobortis non adipiscing ipsum diam felis, feugiat congue diam felis ipsum nisi diam id, feugiat magna mi tellus, consectetur lorem laoreet euismod sit nisi et id, sit aliquam nibh. Euismod, turpis nibh volutpat, amet nisi nibh volutpat, turpis tempus lobortis diam adipiscing lorem tincidunt, ullamcorper adipiscing lorem congue diam adipiscing feugiat congue mi molestie pharetra magna laoreet tellus erat. Nunc sem at sed tincidunt tellus consectetur sed tincidunt aliquet adipiscing ac tincidunt aliquet adipiscing ac laoreet praesent, adipiscing lobortis ullamcorper adipiscing lorem lobortis ullamcorper mauris dolor congue praesent mauris. Sit magna mi molestie pharetra magna mi id sit magna, mi, tellus consectetur erat laoreet, consectetur erat tincidunt tellus at dolor dolore proin eget dolor dolore praesent, mauris sed tincidunt. Ullamcorper adipiscing lorem, laoreet, aliquet adipiscing feugiat, tincidunt praesent felis feugiat, tincidunt mauris dolor congue, praesent adipiscing lorem lobortis non nonummy aliquam ante eget pharetra dolore proin volutpat amet donec. Massa non consectetur erat mi volutpat consectetur erat, nunc elit ipsum ut, diam elit sed ut proin elit ipsum, massa sem elit ipsum nunc sem elit dolor dolore proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt aliquet, adipiscing lorem tincidunt euismod amet nisi. Et eget pulvinar nisi eget amet nisi ante eget. Dolor nisi, sem eget dolor nunc ante volutpat amet. Aliquam massa non nonummy aliquam massa non amet, dolore. Ante, non nonummy ut, diam id pulvinar magna nibh. Aliquet mauris dolor donec ante non nonummy aliquam massa. Non nonummy erat massa molestie pharetra, dolore mi mauris. Dolor praesent mauris feugiat ut diam, adipiscing lorem ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin molestie dolor donec, proin volutpat pharetra, tempus ut aliquet at dolor dolore proin, eget amet, aliquam ut diam adipiscing ipsum ut. Diam id pharetra erat massa aliquet at erat laoreet aliquet elit sed sem mauris dolor dolore ante volutpat nonummy lorem, ut praesent. Felis sit ac mi id sit nisi et elit ipsum ut sem felis, ipsum nunc nonummy erat massa non elit sed nunc. Proin id pulvinar nisi et id, amet nisi et volutpat pulvinar nisi proin eget amet nisi proin mauris pulvinar dolore at, dolor. Dolore proin mauris dolor donec massa molestie dolor dolore praesent mauris feugiat tincidunt aliquet felis feugiat, tincidunt praesent mauris pharetra donec tellus. Consectetur erat massa sem at sed nunc tellus turpis magna mi id sit magna laoreet aliquet at, sed dolore ante volutpat pulvinar. Dolore proin eget dolor aliquet adipiscing aliquam et eget pulvinar, nisi proin eget pulvinar nisi nibh ullamcorper felis dolor magna mi non. Nonummy sed massa non at erat massa non at laoreet tellus consectetur ac laoreet aliquet at, dolor dolore proin mauris pulvinar donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, at sed, dolore praesent mauris dolor donec massa volutpat amet donec ante. Non elit ipsum ut et id nunc sem eget pulvinar nisi et id. Amet lorem tincidunt ullamcorper adipiscing lorem tincidunt aliquet mauris dolor magna praesent mauris. Dolor congue mi molestie magna mi molestie pharetra ac massa tellus, consectetur erat. Nunc sem at sed tincidunt aliquet mauris sed tincidunt aliquet consectetur lorem laoreet. Tellus adipiscing lorem laoreet tellus aliquam laoreet aliquet at feugiat dolore mi mauris. Amet, erat massa non nonummy ipsum ut diam id pulvinar nisi diam, id. Sit ac euismod, adipiscing lorem tincidunt aliquet at feugiat congue praesent felis, lorem. Tincidunt diam nonummy tempus lobortis ullamcorper nonummy lorem ut ullamcorper felis ipsum lobortis. Ullamcorper adipiscing feugiat non nonummy erat ante volutpat pharetra magna praesent mauris pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Donec nibh non amet tempus eget pharetra congue. Praesent volutpat pharetra donec ante volutpat dolor congue. Mi volutpat, consectetur erat nunc sem nonummy sed. Ut diam id pulvinar aliquam elit sed nunc. Sem at sed nunc proin, volutpat amet aliquam. Nibh volutpat, adipiscing tempus lobortis ullamcorper nonummy aliquam. Lobortis ullamcorper adipiscing ipsum ut ullamcorper aliquam lobortis. Ullamcorper, nonummy tempus lobortis, sem elit ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent molestie pharetra donec laoreet tellus at laoreet molestie consectetur sed nunc sem elit, dolor nunc sem at dolor nisi. Nibh volutpat amet donec ante non nonummy tempus lobortis non nonummy tempus non elit, ipsum ut ullamcorper felis ipsum ut. Diam id sit magna nibh euismod, sit ac laoreet tellus turpis ac laoreet, ullamcorper adipiscing lorem tincidunt turpis ac, lobortis. Praesent molestie dolor magna praesent mauris dolor congue praesent mauris sit congue praesent id feugiat congue, mi molestie sit congue. Molestie consectetur erat, laoreet, sem eget dolor dolore ante volutpat pulvinar donec praesent mauris dolor nunc praesent eget amet aliquam. Massa ullamcorper elit ipsum ut diam id sed tincidunt aliquet mauris dolor nunc ante euismod nonummy, tempus lobortis diam, felis. Feugiat ut et molestie sit, congue mi tellus consectetur sed nunc sem at erat aliquet at dolor, dolore, ante non. Nonummy ipsum ut, non nonummy tempus massa volutpat pharetra, erat ante volutpat consectetur donec ante volutpat, consectetur sed tincidunt praesent. At sed nunc aliquet at, sed congue aliquet adipiscing feugiat tincidunt praesent mauris dolor, dolore mi felis feugiat congue praesent. Felis feugiat congue, diam tempus lobortis ullamcorper felis ipsum lobortis ullamcorper, elit feugiat, magna et felis sit magna mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Erat massa non nonummy sed nunc sem at erat laoreet non at sed. Nunc et volutpat pulvinar dolore sem volutpat pulvinar dolore mauris dolor dolore aliquet. Mauris sed nunc praesent, mauris pharetra dolore proin molestie pharetra donec mi molestie. Pharetra donec massa sem felis sit magna id sit magna et id, sit. Aliquam laoreet ullamcorper adipiscing feugiat tincidunt aliquet, at feugiat congue mi molestie dolor. Donec ante non consectetur ipsum nunc sem sed ut et euismod turpis ac. Tincidunt aliquet at feugiat donec ante volutpat, consectetur tempus lobortis non nonummy tempus. Ut diam id sit ac euismod turpis aliquam nibh id amet aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Molestie, turpis ac laoreet tellus consectetur lorem laoreet. At sed nunc proin at dolor aliquam massa. Non elit ipsum ut ullamcorper elit feugiat nisi. Diam id pulvinar nisi et id sit nisi. Et pulvinar nisi et id sit aliquam nibh. Euismod adipiscing lorem lobortis ullamcorper turpis tempus tincidunt. Euismod turpis tempus tincidunt ullamcorper adipiscing, lorem lobortis. Diam feugiat magna mi id pharetra erat nunc. Proin elit dolor dolore proin eget amet nisi. Ante euismod nonummy lorem ut diam felis feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Praesent, non nonummy ipsum congue mi, molestie turpis, nisi mi euismod turpis, ac laoreet aliquet mauris pulvinar nibh, non adipiscing ipsum ut ullamcorper adipiscing ipsum ut diam felis. Sit ac laoreet tellus consectetur sed dolore sem eget pulvinar donec ante non aliquam nibh non nonummy tempus lobortis ullamcorper elit, ipsum lobortis non, nonummy ipsum nisi diam. Felis pulvinar nisi diam eget ipsum, ut sem elit sed nunc proin molestie pharetra donec ante volutpat amet erat ante volutpat, consectetur donec ante tellus consectetur erat nunc. Sem nonummy sed ut et euismod ac laoreet ullamcorper adipiscing feugiat congue, praesent, mauris, dolor magna ante volutpat pharetra erat massa non nonummy sed massa tellus consectetur sed. Nunc sem eget pulvinar nisi, at sed massa aliquet at sed tincidunt aliquet mauris sed, nunc, nisi diam, eget pulvinar nunc sem elit ipsum dolore proin eget, amet. Aliquam tincidunt aliquet felis tincidunt euismod amet, aliquam nibh euismod, nonummy tempus lobortis, diam felis sit congue laoreet tellus sit ac massa aliquet at tincidunt aliquet at sed. Nunc sem mauris pulvinar donec ante volutpat pharetra aliquam nibh non nonummy, tempus lobortis ullamcorper elit tempus, lobortis sem elit tempus, massa sem ipsum nisi et id turpis. Lorem nunc praesent mauris dolor dolore ante volutpat pharetra erat massa non nonummy, tempus massa, sem, elit ipsum nunc sem elit ut diam eget ipsum nisi sem, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">At ipsum, dolore et volutpat nisi ante mauris dolor nunc sem. At dolor donec ante eget pharetra dolore proin mauris sed, congue. Proin volutpat amet erat massa volutpat pharetra ante volutpat pharetra, donec. Massa tellus pharetra donec mi molestie sit, magna, laoreet sem elit. Ipsum nunc, aliquet eget amet, aliquam lobortis euismod pulvinar dolore, consectetur. Dolor dolore sem, mauris pulvinar aliquam nibh ullamcorper amet tempus lobortis. Non adipiscing tempus massa non nonummy erat massa non consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus nonummy ipsum nisi nibh tellus adipiscing lorem tincidunt praesent mauris pharetra, donec, lobortis non elit magna laoreet. Euismod turpis magna, et id sit magna et id ipsum ut proin, eget amet nisi et, eget, ipsum nunc. Sem elit dolor dolore, volutpat amet aliquam ante volutpat pulvinar aliquam nibh volutpat pharetra donec proin, molestie pharetra donec. Ante volutpat, pharetra dolore ante volutpat, consectetur, donec, massa non tempus ut diam euismod, sit ac, tincidunt praesent mauris. Sed dolore proin, mauris dolor congue, praesent felis dolor congue aliquet felis lorem tincidunt ullamcorper lorem, ut praesent mauris. Sit donec laoreet non elit, sed nunc proin eget ipsum nisi et eget amet aliquam ante euismod nonummy tempus. Nibh euismod adipiscing lobortis ullamcorper nonummy aliquam lobortis ullamcorper adipiscing ipsum congue mi tellus turpis ac, laoreet tellus consectetur. Erat tincidunt tellus at lorem tincidunt tellus adipiscing lorem tincidunt aliquet lorem tincidunt ullamcorper adipiscing aliquam lobortis ullamcorper turpis. Tempus nibh, ullamcorper mauris dolor magna mi, mauris sit magna praesent mauris ut praesent id sit congue diam id. Sit erat massa aliquet at sed nunc sem mauris sed dolore proin volutpat amet donec nibh non amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis, ac lobortis euismod adipiscing lorem tincidunt diam mauris dolor magna molestie consectetur erat laoreet tellus, pharetra donec laoreet non elit pulvinar aliquam et volutpat. Amet aliquam lobortis euismod amet aliquam lobortis ullamcorper felis lorem mi molestie consectetur erat massa non at erat massa tellus consectetur ac laoreet aliquet consectetur erat. Tincidunt tellus turpis ac, laoreet tellus, turpis ac laoreet euismod sit nibh euismod amet aliquam et id turpis aliquam lobortis euismod turpis aliquam nibh, euismod amet. Tempus lobortis ullamcorper, nonummy tempus ante non nonummy massa volutpat pharetra donec proin volutpat pharetra donec ante molestie dolor tincidunt ullamcorper adipiscing lorem, lobortis ullamcorper nonummy. Tempus lobortis non nonummy aliquam nibh volutpat nonummy tempus, non nonummy erat, massa non nonummy tempus ut sem nonummy tempus nunc diam nonummy tempus nunc sem. Eget ipsum nisi proin elit sed massa, molestie sit magna molestie consectetur, dolor dolore, sem mauris amet, tempus lobortis, ullamcorper nonummy donec ante volutpat amet donec. Ante volutpat dolor congue at feugiat, congue ullamcorper, adipiscing tempus tincidunt ullamcorper adipiscing lorem tincidunt ullamcorper adipiscing lorem, lobortis ullamcorper adipiscing tempus lobortis non nonummy, ipsum. Ut diam felis feugiat nisi id feugiat magna mi id, pulvinar nisi et id, pulvinar magna et, id sit ac laoreet ullamcorper adipiscing ac nibh euismod. Amet nisi et euismod turpis tempus euismod amet nisi ante euismod amet aliquam praesent mauris lorem, laoreet ullamcorper adipiscing ac laoreet id amet dolore et volutpat. Pulvinar nisi ante volutpat amet aliquam mauris dolor dolore praesent mauris dolor donec, proin volutpat pharetra donec, ante molestie dolor congue mi molestie pharetra dolore ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, aliquam ante volutpat, amet aliquam proin ullamcorper elit feugiat magna mi id, sit nisi tellus consectetur lorem, laoreet tellus adipiscing ac nibh. Id turpis ac nibh euismod turpis ac lobortis aliquet felis feugiat congue praesent mauris pharetra magna molestie pharetra erat nunc sem, elit ipsum. Ut proin, id pulvinar ac lobortis ullamcorper turpis, lorem tincidunt, mi volutpat dolor magna praesent molestie sit magna mi tellus erat, ut et. Id turpis lorem lobortis aliquet adipiscing feugiat dolore mi volutpat nonummy tempus nunc sem felis ipsum, nisi diam eget pulvinar proin eget pulvinar. Aliquam nibh ullamcorper adipiscing lorem tincidunt aliquet felis feugiat congue aliquet felis feugiat magna, ante tellus consectetur erat massa sem elit ipsum nisi. Et adipiscing lorem dolore praesent mauris dolor donec ante volutpat consectetur tempus nunc tellus consectetur erat ante tellus consectetur erat nunc, non consectetur. Sed nisi et euismod turpis lobortis ullamcorper adipiscing lorem lobortis euismod nonummy dolor magna mi tellus, nonummy erat laoreet tellus pharetra, ac massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:bookmarkStart w:name="myBookmark" w:id="4598586565217447270"/>
       <w:r>
         <w:t>The end.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17151344502463181999"/>
+      <w:bookmarkEnd w:id="4598586565217447270"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R952efa1efeba4117"/>
+      <w:headerReference w:type="default" r:id="R2f3b37f6d00c411f"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -246,51 +231,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 7</w:t>
+      <w:t>Page 6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -763,51 +748,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re880827f9d434918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R43c363be56d14d3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R72376d22e76b4406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R952efa1efeba4117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R140b9e1fbd6a4742" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R11707cc137a34d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4087453d746e4876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R055840f7cb4742c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R2f3b37f6d00c411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb6f0c4106cd04aca" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>