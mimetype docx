--- v7 (2026-02-02)
+++ v8 (2026-03-20)
@@ -1,187 +1,187 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra5a1b2612452464a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra31e3cc1d0e44ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R18e8d43bf7364bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb3c4adbfcf924825" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4c11f03404bc4d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R159a2192382f4f0c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Go to page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF myBookmark \h \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>V</w:t>
+        <w:t>VI</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>...</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Praesent felis consectetur adipiscing dolor, donec nisi mi sem. Euismod mauris pharetra sed ut nibh euismod, at, pharetra. Ipsum magna laoreet tellus at nunc sem elit sed. Nisi lobortis euismod nonummy tempus, lobortis, ullamcorper nonummy donec. Ante, non adipiscing feugiat magna laoreet, aliquet elit, sed. Dolore et eget nisi, lobortis euismod nonummy tempus, lobortis. </w:t>
-[...103 lines deleted...]
-      <w:bookmarkStart w:name="myBookmark" w:id="4598586565217447270"/>
+        <w:t xml:space="preserve">Sem nibh nunc magna ipsum dolor felis volutpat. Tellus et massa aliquam molestie ullamcorper laoreet aliquam. Pulvinar elit non massa magna lorem nonummy euismod. Proin tincidunt ac feugiat felis diam lobortis, tempus. Pharetra molestie praesent dolore dolor proin nunc sed. Adipiscing id non ante donec feugiat, felis ullamcorper. Lobortis ac turpis euismod et nisi pulvinar eget. Proin nunc sed, consectetur molestie laoreet nonummy non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar donec dolor adipiscing, aliquet nibh nisi ipsum elit diam nunc ipsum elit diam, ut elit diam ut ipsum elit. Ullamcorper massa dolore pharetra eget proin nunc sed at euismod nibh nisi ipsum, nonummy non ante erat amet volutpat ante. Donec, molestie aliquet laoreet lorem sit elit sem nunc sed nonummy non massa tempus consectetur volutpat mi donec consectetur molestie. Mi tincidunt lorem amet euismod nibh amet euismod nibh aliquam, pulvinar eget sem ut ipsum, elit sem massa erat consectetur. Molestie mi dolore feugiat adipiscing euismod, nibh nisi pulvinar et nisi pulvinar id diam nunc sed nonummy tellus ante, erat. Pharetra molestie praesent dolore feugiat felis praesent lobortis ac turpis id proin ut, sed nonummy tellus, sed, nonummy non nunc. Ipsum nonummy sem lobortis tempus nonummy volutpat mi dolore dolor mauris aliquet tincidunt ac adipiscing ullamcorper laoreet nisi ipsum nonummy. Tellus mi dolor mauris diam lobortis lorem turpis euismod et dolore, sed at aliquet massa magna sit id ullamcorper nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Et ut erat pharetra mauris, aliquet lobortis ac amet volutpat nibh nisi, amet euismod nibh magna sit id praesent congue feugiat mauris diam tincidunt feugiat felis praesent. Tincidunt feugiat felis aliquet tincidunt lorem adipiscing euismod nibh aliquam amet elit, ut ipsum elit sem ut ipsum nonummy non massa erat nonummy volutpat ante donec dolor. At ullamcorper congue lorem adipiscing ullamcorper tincidunt lorem at tellus laoreet consectetur tellus tincidunt dolor at aliquet tincidunt ac sit, id diam ut feugiat felis et magna. Sit id praesent ut tempus nonummy non nibh amet volutpat ante, nisi dolor elit sem nunc dolor at, tellus, laoreet magna ipsum adipiscing ullamcorper lobortis tempus adipiscing. Non nibh aliquam pulvinar volutpat ante nisi dolor ante nisi, amet, eget proin nunc erat consectetur tellus laoreet congue feugiat id praesent ut tempus nonummy euismod nibh. Donec dolor mauris aliquet tincidunt ac turpis mi magna sit, elit, ullamcorper lobortis tempus nonummy ullamcorper lobortis tempus nonummy non ante dolore pulvinar mauris, proin, dolore dolor. Proin nunc ac turpis molestie diam, ut tempus nonummy non massa donec pharetra volutpat ante dolore pulvinar eget sem dolore dolor mauris proin dolore pulvinar elit sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sed consectetur tellus mi donec pharetra tellus massa erat, consectetur molestie, magna pharetra volutpat ante dolore dolor, molestie praesent, tincidunt ac, amet. Eget sem nunc pulvinar elit non nunc sed nonummy tellus ante magna pharetra molestie ante pharetra, mauris mi, erat amet non massa tempus. Adipiscing non ante donec, pharetra, eget ante donec dolor, mauris aliquet tincidunt lorem at tellus laoreet ac aliquet, laoreet magna pharetra tellus massa. Erat pharetra tellus laoreet, donec pharetra molestie praesent tincidunt, lorem nonummy euismod lobortis lorem adipiscing aliquet tincidunt mauris mi dolore dolor molestie proin. Dolore, sed adipiscing euismod et ac turpis euismod nibh ac consectetur aliquet laoreet ac turpis euismod, laoreet magna turpis molestie mi feugiat felis. Diam ut tempus amet, volutpat proin, donec pulvinar eget sem dolore pulvinar, mauris sem nunc sed at tellus laoreet ac pharetra molestie et. Congue id, praesent congue sit mauris mi congue sit, molestie mi magna dolor mauris praesent lobortis ac turpis ullamcorper nibh aliquam id nibh. Nisi sed consectetur molestie mi magna sit felis praesent, tincidunt lorem adipiscing euismod lobortis lorem adipiscing aliquet tincidunt lorem adipiscing euismod et aliquam. Sit id ac pulvinar eget diam nunc ipsum nonummy non massa tempus nonummy volutpat ante donec amet volutpat proin donec pharetra molestie proin. Dolore dolor, at aliquet nunc dolor elit non massa donec dolor, volutpat mi donec pharetra molestie ante donec pharetra volutpat, ante aliquam pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat, proin dolore sed consectetur euismod mi ac turpis molestie et magna ipsum felis diam lobortis. Aliquam amet volutpat tempus amet eget praesent nunc lorem turpis euismod et nisi pulvinar id et. Nisi feugiat id diam congue ipsum nonummy ullamcorper lobortis, aliquam pharetra, proin donec pulvinar eget proin. Donec, dolor at aliquet nunc sed at tellus, laoreet, ac, sit molestie mi congue tempus nonummy. Non ante aliquam amet volutpat ante sed at tellus laoreet ac turpis id et, ut ipsum. Elit non lobortis aliquam nonummy non nibh, aliquam pharetra volutpat nibh, aliquam nonummy tincidunt aliquam pulvinar. Eget ante dolore dolor elit sem nunc sed consectetur tellus nunc sed at proin ut pulvinar. Elit non massa, tempus elit sem nunc donec volutpat mi congue feugiat adipiscing aliquet tincidunt feugiat. Adipiscing euismod nibh aliquam adipiscing tellus laoreet ac, sit id, diam, nisi tempus, nonummy sem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Turpis molestie, mi, congue feugiat felis praesent ut aliquam nonummy ullamcorper lobortis lorem mauris ante donec volutpat ante erat, consectetur molestie ante donec, dolor. Mauris ullamcorper laoreet ac amet, euismod et nisi pulvinar id nibh magna pulvinar felis diam ut, id et, ut ipsum felis ullamcorper lobortis tempus. Amet molestie ante, aliquam amet volutpat ante aliquam, nonummy, volutpat ante donec pulvinar mauris sem dolore dolor at aliquet, dolor at aliquet nunc ipsum. Elit proin, ut ipsum, nonummy non laoreet erat, pharetra mauris praesent congue feugiat felis, ullamcorper lobortis tempus amet lobortis lorem adipiscing ullamcorper nibh nisi. Pulvinar eget sem, massa erat, consectetur non, massa donec consectetur tellus, ante magna dolor felis, aliquet, tincidunt aliquam, turpis id nibh adipiscing euismod nibh. Nisi sed elit, non ante donec pharetra, mauris diam tincidunt, feugiat adipiscing, ullamcorper lobortis lorem turpis euismod nibh aliquam amet eget et ut pulvinar. Proin, nunc sed nonummy non massa magna feugiat felis, aliquet lobortis, lorem adipiscing ullamcorper, lobortis ac adipiscing ullamcorper tincidunt sed praesent dolore pharetra volutpat. Ante dolore sed at sem laoreet, ac at aliquet dolore sed consectetur aliquet, massa erat consectetur tellus, massa ac sit molestie diam ut mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non mi congue dolor felis ullamcorper lobortis ac adipiscing. Euismod aliquam ipsum elit non laoreet erat pharetra molestie. Praesent congue feugiat felis diam lobortis, tempus turpis volutpat. Ante nunc dolor at tellus massa erat, pharetra massa. Ac pharetra felis praesent magna pharetra, tellus praesent aliquet. Diam mi lobortis mi, mi et, laoreet lobortis, aliquam. Feugiat turpis eget non, praesent nibh magna ipsum nonummy. Molestie eget euismod sem ullamcorper, aliquet diam ante erat. Pharetra molestie proin congue dolor mauris proin donec dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ante nunc dolor elit sem nunc sed consectetur id et congue. Ipsum adipiscing diam ut ipsum felis diam feugiat felis, diam lobortis. Tempus nonummy ullamcorper lobortis tempus amet volutpat proin dolore ipsum elit. Aliquet laoreet congue feugiat adipiscing ullamcorper lobortis tempus, amet lobortis tempus. Nonummy euismod lobortis aliquam dolor eget sem nunc dolor elit sem. Nunc ipsum consectetur non nunc erat consectetur tellus laoreet donec pharetra. Molestie praesent lorem adipiscing, ullamcorper lobortis tempus amet eget proin massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor adipiscing euismod nibh nisi id, sem ut ipsum nonummy non massa erat consectetur volutpat mi congue feugiat at ullamcorper laoreet ac adipiscing ullamcorper laoreet aliquam, sit. Euismod nibh consectetur aliquet tincidunt lorem, consectetur tellus laoreet magna turpis tellus laoreet erat consectetur aliquet, nunc erat sit id praesent ut lorem felis diam congue lorem. Diam lobortis lorem turpis, euismod nibh aliquam amet ullamcorper lobortis, ac amet id proin ut ipsum eget proin nunc erat nonummy sem nunc, erat mauris praesent magna. Dolor, felis aliquet congue lorem adipiscing euismod nibh ac, turpis euismod nibh, aliquam turpis id nibh magna sit id et nisi sit id et sit felis ullamcorper. Ante dolore feugiat at aliquet congue sed adipiscing tellus laoreet aliquam sit id nibh magna sit felis et nisi, ipsum felis diam ut elit ullamcorper lobortis tempus. Adipiscing ullamcorper lobortis aliquam nonummy volutpat, ante dolore dolor eget sem nunc dolor mauris proin dolore sed elit sem nunc sed at, non erat, at, molestie mi. Congue feugiat felis, diam lobortis, aliquam, nonummy euismod nibh, aliquam amet eget proin massa erat turpis mi congue ipsum adipiscing non lobortis tempus pulvinar at praesent nunc. Lorem consectetur tellus laoreet erat turpis, tellus laoreet magna feugiat felis diam lobortis tempus nonummy volutpat donec pharetra, mauris aliquet laoreet, ac turpis euismod et nisi ipsum. Elit non massa tempus nonummy volutpat ante donec, pharetra at praesent tincidunt sed at aliquet tincidunt turpis, euismod et ut ipsum, felis et nisi feugiat id et. Ut ipsum elit ullamcorper lobortis aliquam, nonummy eget ante aliquam nonummy non ante aliquam, nonummy volutpat aliquam amet eget proin dolore sed elit proin nisi amet euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Congue lorem adipiscing, euismod nibh nisi sit. Id laoreet ac turpis euismod mi ac. Sit felis et congue sit id diam. Ut tempus nonummy praesent tincidunt lorem mauris. Sem tincidunt, lorem consectetur tellus laoreet ac. Turpis molestie, mi congue feugiat id ullamcorper. Lobortis aliquam nonummy non lobortis nonummy ullamcorper. Lobortis aliquam nonummy volutpat proin tincidunt sed. At aliquet tincidunt, erat turpis id et. Congue tempus felis praesent congue feugiat, adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nunc erat consectetur molestie mi congue feugiat felis. Praesent congue feugiat at aliquet congue dolor molestie. Ante dolore dolor tellus laoreet magna turpis euismod. Et magna, turpis id diam ut tempus elit. Non, ante, erat amet volutpat, ante donec pharetra. Eget proin dolore, dolor proin dolore dolor eget. Proin dolore sed elit proin nunc dolor, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet laoreet ac turpis id et turpis, tellus tincidunt lorem turpis id et nisi sit id et nisi, feugiat, id et magna feugiat, felis ullamcorper lobortis tempus. Nonummy non nibh aliquam eget proin nisi dolor mauris proin dolore pulvinar volutpat et nisi amet eget proin nisi sed elit sem ut sed nonummy non massa. Erat consectetur massa donec pharetra molestie praesent tincidunt lorem, adipiscing euismod nibh aliquam amet id et aliquam sit id proin ut sed nonummy tellus praesent, magna dolor. Molestie aliquet feugiat felis praesent dolore feugiat at ullamcorper tincidunt ac turpis ullamcorper laoreet ac turpis id et ut ipsum elit sem nunc tempus nonummy massa, erat. Dolor mauris aliquet tincidunt ac amet id proin ut sed, consectetur molestie mi magna pharetra molestie mi congue lorem felis praesent congue lorem turpis aliquet feugiat at. Aliquet laoreet lorem turpis tellus nibh nisi pulvinar id et ut ipsum felis sem ut feugiat, elit diam massa tempus amet volutpat proin dolore dolor massa aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat felis diam, tincidunt feugiat felis, diam tincidunt feugiat, mauris, aliquet feugiat at ullamcorper lobortis ac, adipiscing ullamcorper laoreet ac adipiscing aliquet laoreet lorem mauris aliquet laoreet. Lorem consectetur tellus laoreet ac turpis molestie et sit id diam lobortis, tempus amet volutpat ante donec pharetra volutpat ante dolore dolor eget sem nunc sed consectetur. Sem nunc sed consectetur, aliquet, dolore ipsum elit nisi pulvinar elit sem massa donec sit mauris, diam tincidunt lorem nonummy ullamcorper lobortis, tempus, turpis euismod nibh aliquam. Pulvinar eget sem, nunc elit non, massa sed nonummy, non ante donec sit felis ullamcorper tincidunt feugiat felis ullamcorper nibh aliquam amet eget proin nisi amet, id. Sem nunc erat consectetur nunc sed nonummy tellus ante magna pharetra mauris praesent congue dolor felis aliquet lobortis nisi pulvinar eget sem nunc sed at non massa. Erat pharetra felis diam tempus adipiscing ullamcorper lobortis tempus turpis, euismod nibh aliquam pulvinar eget, sem nunc sed consectetur molestie laoreet magna sit mauris magna pharetra mauris. Diam lobortis tempus turpis volutpat nibh ac turpis euismod et nisi ipsum eget proin, ut sed nonummy non massa erat consectetur sem nunc id mi nisi feugiat. Elit non lobortis, tempus amet volutpat massa aliquam amet volutpat ante aliquam amet, volutpat ante donec pulvinar volutpat ante nisi, amet euismod lobortis felis ullamcorper lobortis aliquam. Amet, eget et nisi amet id nibh aliquam turpis tellus laoreet lorem consectetur euismod laoreet nisi sit euismod laoreet magna sit id mi feugiat felis diam ut. Ipsum nonummy ullamcorper lobortis lorem adipiscing non lobortis, lorem adipiscing, ullamcorper nibh aliquam, amet, volutpat et dolore dolor at aliquet nunc sed pharetra laoreet donec pharetra molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Non massa erat consectetur volutpat erat pharetra volutpat massa erat pharetra molestie. Ante, dolore pharetra molestie ante donec dolor eget, proin dolore dolor mauris. Aliquet laoreet ac turpis euismod ac sit molestie mi ac turpis, id. Diam lobortis ipsum adipiscing volutpat nibh aliquam pulvinar volutpat nibh donec pulvinar. Mauris proin dolore sed turpis molestie erat consectetur molestie mi congue sit. Felis diam lobortis ipsum felis diam congue feugiat felis diam tincidunt, lorem. Adipiscing volutpat ante nisi pulvinar, lobortis lorem adipiscing id et nisi pulvinar. Elit proin nisi pulvinar eget, sem nunc ipsum nonummy non massa erat. Consectetur molestie praesent dolore, feugiat adipiscing ullamcorper lobortis turpis euismod laoreet, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet eget proin nunc sed at tellus tincidunt erat consectetur tellus. Dolor elit proin nunc sed elit non nunc sed at sem. Nunc sed nonummy non ut, ipsum nonummy sem, lobortis, erat, consectetur. Volutpat ante donec molestie proin congue lorem at, ullamcorper nibh nisi. Pulvinar id et, nisi sit felis et magna turpis, euismod mi. Magna turpis molestie laoreet ac turpis nunc sed at sem nunc. Pulvinar eget diam nunc sed elit sem nunc tempus elit, diam. Massa tempus nonummy sem lobortis ipsum id et, congue ipsum mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sed consectetur tellus, ante donec pharetra volutpat ante erat pharetra molestie ipsum elit diam congue sit id mi, ac sit felis. Diam ut feugiat molestie, mi congue dolor molestie, mi magna pharetra volutpat, mi dolore dolor molestie, erat amet non massa donec amet. Volutpat proin dolore sed at aliquet dolore sed mauris aliquet nunc erat turpis molestie mi magna, feugiat, felis diam pharetra tellus mi. Magna pharetra molestie praesent congue feugiat mauris praesent tincidunt dolor molestie praesent congue feugiat adipiscing ullamcorper lobortis lorem turpis id lorem adipiscing. Ullamcorper, laoreet aliquam sit euismod nibh nisi sit felis diam ut tempus, nonummy, non massa erat nonummy non massa erat nonummy non. Massa donec pharetra nibh donec dolor eget ante dolore sed at aliquet laoreet erat at aliquet massa sed, at, aliquet nunc sed. Pharetra id praesent magna sit id, diam sit mauris, praesent magna dolor, mauris praesent magna feugiat mauris aliquet congue feugiat, adipiscing euismod. Tincidunt ac, turpis eget proin turpis euismod laoreet, ac turpis id et ut tempus nonummy sem ut ipsum elit ullamcorper lobortis tempus. Amet volutpat, proin donec pharetra eget ante dolore dolor eget aliquam nonummy euismod lobortis lorem turpis ullamcorper nibh aliquam pulvinar, volutpat nibh. Nisi ipsum at sem massa donec pharetra, molestie praesent, congue feugiat felis diam tincidunt tempus praesent tincidunt lorem felis aliquet, tincidunt ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Dolor at ullamcorper, laoreet adipiscing magna ipsum. Felis, sem massa erat pharetra non lobortis. Aliquam amet non massa aliquam nonummy non. Nibh tempus adipiscing, ullamcorper nibh aliquam amet. Volutpat tempus turpis ullamcorper, tincidunt ac adipiscing. Euismod lobortis ac turpis ullamcorper nibh ac. Pulvinar, eget proin ut pulvinar eget, diam. Massa erat, nonummy non, tempus nonummy sem. Lobortis erat amet molestie praesent congue lorem. Adipiscing euismod nibh nisi sit id nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Mi at sem tincidunt erat consectetur tellus mi congue feugiat, elit diam ut tempus. Amet volutpat ante donec, pulvinar eget proin dolore dolor consectetur aliquet ac consectetur id. Et ut tempus nonummy volutpat proin donec pharetra mauris, praesent nunc sed adipiscing aliquet. Laoreet lorem consectetur tellus laoreet magna feugiat felis praesent dolore pharetra mauris praesent tincidunt. Ac sit euismod nibh ac sit eget sem nunc erat consectetur volutpat ante donec. Dolor, mauris aliquet lobortis lorem adipiscing tincidunt ac turpis euismod et aliquam sit euismod. Et nisi pulvinar eget diam ut tempus elit non massa erat amet volutpat ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sit adipiscing non nibh, donec pharetra at aliquet laoreet magna sit, felis, diam ut feugiat id sem ipsum felis non ante donec sed, adipiscing ullamcorper nibh ac turpis. Id, et ut ipsum nonummy diam ut ipsum elit diam nisi sit id diam ut felis, diam congue tempus nonummy non ante dolore dolor eget praesent dolore dolor. At tellus laoreet erat consectetur molestie mi magna sit id diam lobortis adipiscing non, nibh dolore dolor eget praesent dolore sed mauris sem tincidunt ac turpis id et. Ut feugiat elit, diam lobortis ipsum nonummy ut feugiat adipiscing, non nibh tempus amet volutpat et nunc erat consectetur volutpat massa erat, dolor mauris praesent dolore dolor mauris. Praesent tincidunt ac adipiscing, tellus et ipsum elit diam nunc tempus consectetur molestie praesent tincidunt lorem adipiscing ullamcorper lobortis aliquam, turpis eget sem ut pulvinar id et ut. Ipsum, eget diam nisi sit laoreet ac turpis, id et magna feugiat elit ullamcorper lobortis tempus, adipiscing ullamcorper lobortis, ipsum felis praesent congue lorem adipiscing tincidunt lorem turpis. Volutpat proin dolore sed consectetur molestie et magna feugiat felis ullamcorper massa, tempus nonummy volutpat ante donec pulvinar mauris aliquet tincidunt lorem turpis tellus erat turpis molestie mi. Magna ipsum felis diam ut ipsum, nonummy volutpat ante dolore sed mauris, proin dolore, dolor mauris sem, dolore sed elit aliquet nunc erat aliquet, laoreet ac pharetra, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Proin massa donec sit felis diam, pharetra molestie ante donec dolor mauris praesent congue, feugiat. Mauris aliquet tincidunt aliquam pulvinar eget proin ut sed, consectetur tellus massa erat pharetra tellus. Ipsum elit, diam, lobortis tempus nonummy ullamcorper massa erat, dolor mauris praesent tincidunt lorem at. Aliquet tincidunt ac turpis id et nisi pulvinar felis et sit molestie et nisi feugiat. Felis ullamcorper, ut tempus, nonummy volutpat ante dolore sed adipiscing aliquet tincidunt sed consectetur euismod. Mi magna pulvinar felis ullamcorper lobortis lorem adipiscing euismod, tincidunt lorem at praesent congue lorem. Adipiscing tellus tincidunt, lorem consectetur aliquet tincidunt lorem at euismod mi magna turpis molestie laoreet. At tellus massa erat consectetur tellus massa sed elit non massa erat nonummy tellus massa. Erat, pharetra, volutpat mi dolore feugiat felis ullamcorper lobortis ac amet et nunc sed nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Euismod et ac sit id, mi magna pulvinar nonummy, non feugiat felis ullamcorper lobortis. Tempus nonummy volutpat, massa aliquam amet eget ante dolore sed consectetur aliquet nunc, dolor. Mauris sem tincidunt erat consectetur aliquet massa eget proin dolore, ipsum at non, nunc. Sed nonummy non nunc ipsum, elit sem ut, pulvinar, elit, sem lobortis, ipsum nonummy. Non massa erat amet proin donec pharetra, volutpat, ante dolore dolor mauris aliquet tincidunt. Lorem consectetur, tellus tincidunt erat at euismod mi ut ipsum elit ullamcorper massa tempus. Molestie proin congue sed at, aliquet laoreet lorem consectetur tellus laoreet magna sit id. Et lobortis ipsum, nonummy non ante donec dolor mauris praesent dolore sed proin nunc. Sed, adipiscing euismod laoreet ac consectetur aliquet tincidunt erat at aliquet, massa ac sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:bookmarkStart w:name="myBookmark" w:id="9582323005813317341"/>
       <w:r>
         <w:t>The end.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4598586565217447270"/>
+      <w:bookmarkEnd w:id="9582323005813317341"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R2f3b37f6d00c411f"/>
+      <w:headerReference w:type="default" r:id="R74126af263024997"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -231,51 +231,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Closing"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \# "'Page '0" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>Page 6</w:t>
+      <w:t>Page 7</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -748,51 +748,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R11707cc137a34d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4087453d746e4876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R055840f7cb4742c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R2f3b37f6d00c411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb6f0c4106cd04aca" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8f1aedd7d22f4a89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R38f1504fa5ed4f44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb7b8640e415944c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R74126af263024997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R502fe2a650f14f26" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>