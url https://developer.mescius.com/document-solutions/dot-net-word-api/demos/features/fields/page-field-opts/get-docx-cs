--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,440 +1,489 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R57d2456eb3534016" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6f706041d79d4568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra911143321194fc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raf0dcd5c613f4a30" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R25df7464c04f48ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4e91159cea124c67" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem ante diam non, elit sit ac, dolore congue laoreet sem id, at nonummy. Ipsum, nisi mi euismod, at tincidunt, sem mauris, pulvinar tempus ut, mi molestie pharetra. Erat nunc, proin eget amet ac tincidunt ullamcorper felis feugiat, congue mi mauris pharetra. Tempus tellus elit ipsum ut sem eget pulvinar ac laoreet ullamcorper at feugiat, congue. Praesent, mauris dolor donec ante volutpat nonummy tempus ut laoreet, tellus consectetur sed tincidunt. Adipiscing dolor congue ante volutpat nonummy aliquam lobortis diam id turpis erat laoreet aliquet. At sed nunc aliquet mauris sed nunc tellus at laoreet, aliquet mauris sed, congue. </w:t>
+        <w:t xml:space="preserve">Molestie laoreet nibh massa et aliquet ullamcorper molestie consectetur, pulvinar dolor aliquam ut mi tellus at pulvinar, aliquam tincidunt praesent. Proin, ullamcorper felis sit donec nunc, nibh euismod turpis ac laoreet ullamcorper, at, dolor donec massa non elit feugiat, magna. Laoreet sem eget dolor erat, nunc sem eget sit nisi et id adipiscing lorem dolore proin volutpat elit feugiat, nisi. Mi tellus consectetur sed nunc sem at sed dolore ante eget elit pulvinar nisi et id amet ac tincidunt aliquet. At pharetra erat massa sem elit ipsum ut et euismod consectetur sed nunc proin volutpat tempus lobortis ullamcorper felis ipsum. Congue et id sit nisi et euismod turpis ac tincidunt sem, at dolor dolore proin, mauris dolor dolore proin eget. Amet magna laoreet tellus, at sed nunc sem elit dolor dolore proin volutpat amet tempus ut diam felis feugiat congue. Mi molestie sit magna et molestie turpis ac, proin volutpat turpis tempus tincidunt diam mauris, sit magna ante tellus consectetur. Sed nunc sem elit ipsum pharetra donec, massa id turpis ac, laoreet aliquet at sed nunc nibh praesent et, aliquet. Volutpat id at sit sed tempus congue mi aliquet eget turpis dolor donec lobortis et mauris nonummy feugiat donec ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nunc proin volutpat amet aliquam nibh diam felis sit magna mi tellus feugiat congue. Praesent mauris dolor congue diam felis feugiat ullamcorper adipiscing lorem ut praesent molestie pharetra. Ac nunc sem, elit ipsum nunc sem elit dolor nunc sem elit sed nunc. Ante volutpat pulvinar, proin eget pharetra donec ante non nonummy ipsum ut diam elit. Ipsum, nisi diam felis ipsum nisi sem elit sit magna laoreet euismod turpis ac. Laoreet mauris pharetra, dolore, proin volutpat pharetra, dolore, ante volutpat amet erat lobortis non. Consectetur donec mi molestie dolor, magna massa non nonummy sed, nunc pharetra, erat nunc. Sem eget pulvinar nisi proin elit pulvinar dolore proin eget sed tincidunt aliquet consectetur. </w:t>
+        <w:t xml:space="preserve">Nonummy id volutpat tellus eget molestie felis, consectetur pulvinar, feugiat erat nunc diam eget pulvinar ut proin sit aliquam, nibh aliquet mauris pharetra dolore mi molestie amet. Erat lobortis sem elit ipsum nisi diam id sit ac laoreet tellus adipiscing sed, praesent at lorem congue proin volutpat nonummy tempus ut diam felis pulvinar nisi. Et id consectetur ac laoreet, tellus mauris dolor dolore praesent mauris dolor dolore ante pharetra, erat lobortis sem felis feugiat ut, diam felis pulvinar nisi nibh aliquet. At sed nunc proin eget nonummy tempus ut diam felis magna mi molestie turpis magna laoreet euismod turpis, lorem nunc aliquet, at dolor dolore praesent mauris dolor. Donec praesent mauris dolor dolore proin volutpat, amet, erat massa pharetra donec ante non nonummy erat massa non nonummy sed nunc non at erat nunc sem eget. Pulvinar aliquam nibh euismod turpis lorem lobortis aliquet, felis, feugiat euismod nonummy tempus lobortis ullamcorper adipiscing lorem ut praesent id sit magna laoreet, aliquet elit pulvinar aliquam. Lobortis ullamcorper adipiscing nibh euismod nonummy tempus ut diam mauris feugiat magna mi molestie pharetra ac laoreet, aliquet at sed nisi, proin volutpat turpis aliquam lobortis ullamcorper. Adipiscing lorem tincidunt non nonummy sed, ut et id turpis ac laoreet ullamcorper adipiscing lorem, tincidunt, aliquet felis, feugiat, donec massa sem elit ipsum ut sem eget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nisi et eget pulvinar nisi et eget pulvinar dolore, elit dolor, nisi, ante eget pulvinar dolore nibh ullamcorper adipiscing lorem congue mi, id sit ac, laoreet tellus consectetur erat laoreet. Aliquet consectetur erat laoreet at erat tincidunt tellus consectetur lorem nibh tellus turpis, ac laoreet tellus turpis ac tincidunt ullamcorper, adipiscing ac, lobortis ullamcorper turpis, ac nibh euismod amet proin. Eget pulvinar dolore praesent mauris, sed nunc aliquet adipiscing ac, tincidunt praesent at feugiat tincidunt euismod, turpis ac nibh euismod turpis lorem diam, adipiscing lorem lobortis ullamcorper adipiscing, feugiat magna. Mi tellus pharetra ac mi id sit magna laoreet aliquet, consectetur erat tincidunt nisi et euismod sit aliquam et sed dolore proin volutpat amet aliquam nibh aliquet adipiscing feugiat congue. Praesent, tellus nonummy sed nunc, sem eget pulvinar ut, et id amet aliquam et, euismod turpis proin elit sed dolore sem at sed nunc sem mauris dolor dolore proin eget. Pharetra donec massa volutpat id sit mi tellus at sed, dolore proin volutpat amet aliquam nibh ullamcorper felis feugiat congue praesent molestie sit magna praesent, id pharetra ac massa proin. </w:t>
+        <w:t xml:space="preserve">Ipsum ut et id sit ac. Tincidunt sem volutpat nonummy tempus ut. Praesent id pharetra, ac laoreet non. At pulvinar nisi et volutpat dolore. Proin volutpat amet tempus lobortis euismod. Adipiscing feugiat congue praesent molestie, pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tellus consectetur ipsum nunc proin, eget sed nunc sem. Elit pulvinar nisi proin mauris, dolor dolore proin, volutpat. Amet aliquam nibh, volutpat amet donec ullamcorper felis ipsum. Ut diam nonummy tempus lobortis non amet donec mi. Volutpat nonummy ipsum ut diam eget ipsum nisi, nibh. Tellus mauris sed, euismod turpis aliquam et eget amet. Aliquam nibh euismod amet nisi ante, eget dolor nunc. Sem mauris dolor dolore praesent mauris, sed congue aliquet. </w:t>
+        <w:t xml:space="preserve">Euismod adipiscing, lorem congue mi, volutpat consectetur donec massa non elit ipsum nunc. Sem donec massa non elit ipsum nisi et euismod adipiscing feugiat congue praesent. Volutpat consectetur erat massa volutpat, pharetra donec massa non nonummy ipsum nunc consectetur. Ipsum, nisi nibh id amet aliquam et ullamcorper, non tellus elit turpis pharetra. Sit pulvinar, lorem erat ut diam euismod, adipiscing pharetra aliquam ut mi proin. At amet sit amet dolor pulvinar sed tempus tincidunt praesent felis feugiat congue. Praesent molestie consectetur ac laoreet non elit ipsum dolore et turpis tempus tincidunt. Praesent mauris dolor donec massa tellus, consectetur erat ut et id sit nisi. Et euismod amet lorem lobortis ullamcorper felis feugiat congue aliquet, felis lobortis ullamcorper. Felis feugiat ut praesent mauris pharetra magna, laoreet non, at ipsum dolore et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>I</w:t>
+        <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Massa sem nonummy tempus lobortis nonummy tempus massa tellus nonummy sed ut sem elit, sed laoreet molestie sit congue. Et molestie turpis ac mi id feugiat ut, sem elit massa non nonummy ipsum nunc sem nonummy sed nunc. Sem eget sed nunc, sem at sed massa tellus consectetur erat laoreet tellus turpis magna mi ipsum nunc sem. Eget ipsum nunc non at sed nunc non at erat massa molestie turpis ac laoreet aliquet at sed, tincidunt. Aliquet at sed tincidunt aliquet lorem laoreet tellus, turpis lorem laoreet id pulvinar ac lobortis ullamcorper, adipiscing feugiat, congue. Praesent, mauris dolor magna mi mauris feugiat congue diam consectetur erat laoreet non consectetur sed nunc sem at erat. Massa aliquet consectetur ac laoreet euismod sit magna et felis sit magna et eget ipsum ut et ipsum, ut. Proin id amet ac lobortis euismod amet nisi, proin volutpat pulvinar nisi proin mauris sed tincidunt aliquet adipiscing ac. Nunc praesent eget dolor dolore praesent lorem, tincidunt aliquet adipiscing ac nibh volutpat dolor nunc nibh euismod adipiscing lorem. Tincidunt diam felis tempus lobortis diam nonummy massa non, nonummy aliquam massa, volutpat pharetra donec, ante volutpat dolor magna. </w:t>
+        <w:t xml:space="preserve">Mauris nonummy lorem ut praesent felis, sit donec laoreet. Non ipsum nisi nibh euismod adipiscing feugiat tincidunt, ullamcorper. Mauris feugiat congue praesent mauris sit, donec massa tellus. Consectetur sed, ut proin eget, pulvinar nisi et diam. Id turpis erat tincidunt sem mauris dolor donec nibh. Ullamcorper nonummy aliquam lobortis ullamcorper, felis ipsum ut et. Molestie pharetra erat massa aliquet erat tincidunt aliquet at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus ut diam felis consectetur erat tincidunt aliquet at sed tincidunt at sed nunc praesent mauris sed congue praesent at lorem. Tincidunt aliquet adipiscing feugiat dolore praesent mauris dolor congue, mi molestie dolor magna praesent mauris magna laoreet tellus consectetur ac massa. Sem elit ipsum dolore sem at sed nunc proin eget dolor dolore proin, eget amet, aliquam ante volutpat nonummy ante volutpat. Nonummy tempus congue massa tellus consectetur sed massa aliquet at pulvinar dolore nibh euismod amet tempus lobortis ullamcorper felis lorem congue. Sem, elit ipsum dolore proin eget pulvinar aliquam lobortis ullamcorper adipiscing lorem congue diam mauris feugiat magna mi molestie sit, donec. Massa sem eget ipsum, ut proin erat dolore et volutpat amet aliquam nibh volutpat turpis tempus tincidunt diam, mauris sit magna. </w:t>
+        <w:t xml:space="preserve">Lorem dolore praesent eget amet, aliquam lobortis ullamcorper elit erat massa molestie, pharetra erat lobortis sem elit ipsum nunc diam id sit, nibh tellus turpis ac nibh, euismod adipiscing, lorem. Congue praesent mauris feugiat congue praesent mauris feugiat magna, ante volutpat nonummy tempus nunc non elit pulvinar donec ante volutpat pharetra donec massa ullamcorper elit, feugiat magna mi euismod, turpis. Ac laoreet tellus consectetur sed nunc praesent mauris dolor donec ante volutpat nonummy ipsum diam felis, sit ac, massa, sem elit sed nunc, sem mauris pulvinar donec ante, volutpat amet. Aliquam ut diam id, consectetur erat massa proin amet aliquam lobortis ullamcorper adipiscing feugiat congue mi molestie pharetra donec ante non elit pulvinar ut proin euismod adipiscing lorem tincidunt, aliquet. Molestie amet tempus lobortis, id feugiat nisi diam euismod sit, magna laoreet tellus at sed nunc proin eget pharetra donec massa ullamcorper elit, feugiat nisi diam, id turpis magna mi. Tellus ac tincidunt praesent euismod adipiscing lorem ut diam adipiscing ipsum ut et id feugiat congue et id sit nisi et erat nunc diam elit, pulvinar ut sem eget pulvinar. Amet nonummy turpis dolor lorem tempus ac dolore congue laoreet proin eget pulvinar ut et id turpis ac lobortis diam felis ipsum ut diam felis pulvinar nisi diam, eget, pulvinar. Nisi laoreet tellus adipiscing sed congue, aliquet at dolor, congue aliquet mauris dolor dolore praesent aliquet at, sed nunc sem, mauris dolor donec, ante volutpat amet tempus lobortis diam id. Sit congue diam, felis feugiat nisi et felis pulvinar magna mi id ut et tellus adipiscing lorem congue aliquet, mauris dolor dolore proin molestie pharetra, erat massa sem felis feugiat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Volutpat nonummy, ipsum, ut mi molestie consectetur, sed. Nunc proin dolor dolore sem eget pulvinar aliquam. Nibh ullamcorper felis feugiat congue mi molestie pharetra. Ac mi id feugiat ut diam felis sit. Magna mi, euismod ut diam elit, ipsum ut. Et id sit nisi nibh ullamcorper turpis aliquam. Nibh volutpat amet ac nibh volutpat turpis lorem. Lobortis ullamcorper mauris, sit, diam adipiscing feugiat congue. Diam id pharetra ac laoreet aliquet elit ipsum. </w:t>
+        <w:t xml:space="preserve">Lorem, congue at, dolor donec, ante non nonummy erat lobortis sem nonummy tempus nunc sem nonummy sed nunc non. Eget pulvinar aliquam nibh euismod adipiscing ac eget pulvinar dolore sem elit sed dolore proin volutpat pulvinar aliquam ante. Eget dolor aliquam lobortis ullamcorper adipiscing, ipsum ut diam id sit magna laoreet euismod turpis lorem, congue diam felis. Feugiat congue mi molestie, consectetur erat massa non elit, pulvinar aliquam laoreet ullamcorper adipiscing lorem congue praesent mauris pharetra. Adipiscing feugiat congue praesent felis feugiat donec massa non nonummy sed massa non consectetur sed nunc sem elit sed. Dolore et volutpat adipiscing lorem, congue dolore, ante non nonummy, lorem lobortis ullamcorper felis ipsum congue mi tellus consectetur. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Molestie consectetur erat massa diam id sit aliquam laoreet tellus, adipiscing sed congue praesent mauris tincidunt ullamcorper adipiscing feugiat. Congue praesent mauris dolor, magna praesent felis feugiat congue mi molestie consectetur erat massa non consectetur pulvinar nisi nibh. Turpis aliquam lobortis ullamcorper adipiscing lorem tincidunt praesent molestie pharetra erat massa non elit ipsum ut sem elit ipsum. Nisi proin eget amet aliquam nibh volutpat amet proin eget pulvinar aliquam, nibh volutpat nonummy feugiat congue diam id. Sit erat massa non at ipsum nunc aliquet at sed tincidunt aliquet erat nunc sem at sed tincidunt aliquet. Mauris dolor, nunc, proin mauris sed dolore praesent mauris dolor dolore praesent at lorem tincidunt ullamcorper mauris feugiat, magna. Ante dolor magna praesent mauris sit congue praesent id sit magna et molestie consectetur, sed nunc aliquet consectetur sed. Nunc proin mauris, pulvinar nisi nibh euismod adipiscing aliquam eget nonummy tempus lobortis non adipiscing tempus congue et, id. Sit ac, tincidunt aliquet elit pulvinar nisi ante eget pulvinar aliquet adipiscing lorem laoreet tellus turpis lorem laoreet ullamcorper. </w:t>
+        <w:t xml:space="preserve">Mauris dolor donec, proin non, amet ipsum ut diam felis ipsum ut diam, ullamcorper felis lorem congue praesent, mauris pharetra. Donec massa sem elit ipsum ut et euismod adipiscing, lorem tincidunt ullamcorper adipiscing lorem congue proin, volutpat nonummy mauris dolor. Magna ante non elit ipsum ut sem elit ipsum nisi et id amet aliquam nibh id turpis ac lobortis aliquet. Felis dolor congue volutpat pharetra erat massa sem nonummy erat nunc sem at ipsum nunc sem elit pulvinar aliquam, nibh. Euismod adipiscing lorem tincidunt praesent felis congue mi mauris sit donec, massa non elit ipsum ut et eget amet dolore. Et euismod adipiscing lorem dolore mi volutpat consectetur tempus nunc, diam eget, sit laoreet tellus adipiscing lorem tincidunt aliquet at. Feugiat congue praesent at lorem tincidunt aliquet felis feugiat, congue ante non, elit pulvinar, nisi nibh euismod adipiscing, lorem tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="IndexHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This text is on page </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Sed nisi et volutpat turpis tempus tincidunt diam molestie pharetra erat massa sem elit sed ut proin eget amet dolore et eget pulvinar nibh, ullamcorper adipiscing lorem lobortis. Ullamcorper felis lorem tincidunt diam molestie pharetra donec laoreet molestie pharetra, erat massa tellus at sed dolore proin eget pulvinar sem at sed, nunc sem eget pulvinar dolore. Proin eget amet aliquam, nibh ullamcorper nonummy tempus lobortis ullamcorper felis sit magna mi, molestie consectetur erat, tincidunt sem amet aliquam lobortis euismod adipiscing lorem congue diam adipiscing. Feugiat congue et, molestie at ipsum dolore proin eget pulvinar aliquam nibh euismod turpis nibh euismod nonummy aliquam lobortis ullamcorper felis feugiat congue praesent, id sit magna mi. Tellus, at erat, nunc aliquet at sed, tincidunt sem mauris dolor dolore proin sed nunc praesent mauris sed congue aliquet mauris pharetra donec lobortis ullamcorper nonummy ipsum ut. Et euismod sit magna nibh tellus turpis sed tempus donec ut nibh turpis pharetra aliquet volutpat elit sit erat dolore ante ullamcorper felis dolor donec massa diam id. Turpis id at pulvinar feugiat erat, nunc et ullamcorper mauris consectetur sit sed nisi nibh praesent, diam praesent praesent sem euismod ullamcorper felis feugiat, congue, mi tellus at. Sed dolore proin molestie dolor magna ante molestie consectetur erat, massa non nonummy sed, ut proin id, adipiscing feugiat tincidunt praesent, mauris dolor dolore mi molestie dolor magna. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R6a3358093f52467f"/>
+      <w:headerReference w:type="default" r:id="Ra693ac55bc6a42ed"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -484,69 +533,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page header - page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>3</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -1008,51 +1057,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6c08714506d34655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R54b4f12769b64af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R43a9dca0b8be4608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R6a3358093f52467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R42c5a07ef5c24ac7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5dd83932093e467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8f2148bebbd14b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R451a0a0eb50d4046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Ra693ac55bc6a42ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbfbd37bf9c6442ee" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>