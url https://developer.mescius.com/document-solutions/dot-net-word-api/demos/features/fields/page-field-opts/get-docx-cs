--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -1,489 +1,440 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raf0dcd5c613f4a30" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R25df7464c04f48ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4e91159cea124c67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b46f3c4b7724ad4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7acf04cced074b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R41305399e7ed4a46" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Molestie laoreet nibh massa et aliquet ullamcorper molestie consectetur, pulvinar dolor aliquam ut mi tellus at pulvinar, aliquam tincidunt praesent. Proin, ullamcorper felis sit donec nunc, nibh euismod turpis ac laoreet ullamcorper, at, dolor donec massa non elit feugiat, magna. Laoreet sem eget dolor erat, nunc sem eget sit nisi et id adipiscing lorem dolore proin volutpat elit feugiat, nisi. Mi tellus consectetur sed nunc sem at sed dolore ante eget elit pulvinar nisi et id amet ac tincidunt aliquet. At pharetra erat massa sem elit ipsum ut et euismod consectetur sed nunc proin volutpat tempus lobortis ullamcorper felis ipsum. Congue et id sit nisi et euismod turpis ac tincidunt sem, at dolor dolore proin, mauris dolor dolore proin eget. Amet magna laoreet tellus, at sed nunc sem elit dolor dolore proin volutpat amet tempus ut diam felis feugiat congue. Mi molestie sit magna et molestie turpis ac, proin volutpat turpis tempus tincidunt diam mauris, sit magna ante tellus consectetur. Sed nunc sem elit ipsum pharetra donec, massa id turpis ac, laoreet aliquet at sed nunc nibh praesent et, aliquet. Volutpat id at sit sed tempus congue mi aliquet eget turpis dolor donec lobortis et mauris nonummy feugiat donec ut. </w:t>
+        <w:t xml:space="preserve">Sit eget at molestie sed dolor erat erat nunc. Lobortis ullamcorper volutpat nonummy ipsum nunc diam id turpis. Sed nunc, proin volutpat adipiscing sit ac, massa proin. Volutpat nisi proin eget amet, aliquam lobortis ullamcorper, adipiscing. Pharetra donec massa sem eget sit ac, laoreet praesent. Molestie dolor donec massa non nonummy tempus, ut id. Turpis erat nunc ante eget, amet aliquam nibh non. Nonummy tempus lobortis diam adipiscing tempus lobortis ullamcorper nonummy. Ipsum nisi mi, euismod at dolor nunc consectetur sed. Dolore, ante non adipiscing sit congue praesent molestie pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nonummy id volutpat tellus eget molestie felis, consectetur pulvinar, feugiat erat nunc diam eget pulvinar ut proin sit aliquam, nibh aliquet mauris pharetra dolore mi molestie amet. Erat lobortis sem elit ipsum nisi diam id sit ac laoreet tellus adipiscing sed, praesent at lorem congue proin volutpat nonummy tempus ut diam felis pulvinar nisi. Et id consectetur ac laoreet, tellus mauris dolor dolore praesent mauris dolor dolore ante pharetra, erat lobortis sem felis feugiat ut, diam felis pulvinar nisi nibh aliquet. At sed nunc proin eget nonummy tempus ut diam felis magna mi molestie turpis magna laoreet euismod turpis, lorem nunc aliquet, at dolor dolore praesent mauris dolor. Donec praesent mauris dolor dolore proin volutpat, amet, erat massa pharetra donec ante non nonummy erat massa non nonummy sed nunc non at erat nunc sem eget. Pulvinar aliquam nibh euismod turpis lorem lobortis aliquet, felis, feugiat euismod nonummy tempus lobortis ullamcorper adipiscing lorem ut praesent id sit magna laoreet, aliquet elit pulvinar aliquam. Lobortis ullamcorper adipiscing nibh euismod nonummy tempus ut diam mauris feugiat magna mi molestie pharetra ac laoreet, aliquet at sed nisi, proin volutpat turpis aliquam lobortis ullamcorper. Adipiscing lorem tincidunt non nonummy sed, ut et id turpis ac laoreet ullamcorper adipiscing lorem, tincidunt, aliquet felis, feugiat, donec massa sem elit ipsum ut sem eget. </w:t>
+        <w:t xml:space="preserve">Amet lorem congue praesent molestie consectetur donec ante tellus consectetur donec massa eget, ipsum ut proin eget pulvinar aliquam nibh euismod adipiscing lorem congue mi molestie consectetur erat nunc diam. Eget sit aliquam laoreet euismod adipiscing lorem ipsum nisi nibh eget pulvinar aliquam nibh volutpat amet tempus tincidunt, diam felis feugiat, magna mi tellus pharetra donec laoreet tellus, consectetur erat. Massa proin elit massa aliquet at dolor dolore ante volutpat amet aliquam nibh euismod adipiscing lorem congue praesent id pharetra magna mi id pharetra magna massa nisi et id turpis. Magna laoreet aliquet at sed nunc praesent at sed donec ante non nonummy, tempus ut diam felis, feugiat nisi et id turpis ac, congue mi molestie sit magna praesent mauris. Pharetra erat, massa non at ipsum dolore aliquet at sed nunc sem elit dolor dolore proin eget pulvinar dolore ante mauris sit donec, laoreet tellus consectetur erat laoreet molestie pharetra. Ac, laoreet tellus turpis ac laoreet tellus consectetur erat tempus ante, tellus, nonummy ipsum ut, et id sit ac laoreet ullamcorper at lorem lobortis, ullamcorper felis feugiat, congue, aliquet felis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ipsum ut et id sit ac. Tincidunt sem volutpat nonummy tempus ut. Praesent id pharetra, ac laoreet non. At pulvinar nisi et volutpat dolore. Proin volutpat amet tempus lobortis euismod. Adipiscing feugiat congue praesent molestie, pharetra. </w:t>
+        <w:t xml:space="preserve">Sed dolore massa, non tempus, lobortis, diam felis ipsum nisi et. Euismod turpis erat nunc proin volutpat amet donec ante eget pharetra. Aliquam lobortis ullamcorper adipiscing feugiat congue molestie turpis ac laoreet, molestie. Consectetur erat nunc sem mauris dolor donec nibh ullamcorper felis feugiat. Magna mi tellus at ipsum nisi et euismod aliquam nibh euismod. Amet lorem lobortis, praesent mauris, dolor magna, praesent molestie pharetra donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod adipiscing, lorem congue mi, volutpat consectetur donec massa non elit ipsum nunc. Sem donec massa non elit ipsum nisi et euismod adipiscing feugiat congue praesent. Volutpat consectetur erat massa volutpat, pharetra donec massa non nonummy ipsum nunc consectetur. Ipsum, nisi nibh id amet aliquam et ullamcorper, non tellus elit turpis pharetra. Sit pulvinar, lorem erat ut diam euismod, adipiscing pharetra aliquam ut mi proin. At amet sit amet dolor pulvinar sed tempus tincidunt praesent felis feugiat congue. Praesent molestie consectetur ac laoreet non elit ipsum dolore et turpis tempus tincidunt. Praesent mauris dolor donec massa tellus, consectetur erat ut et id sit nisi. Et euismod amet lorem lobortis ullamcorper felis feugiat congue aliquet, felis lobortis ullamcorper. Felis feugiat ut praesent mauris pharetra magna, laoreet non, at ipsum dolore et. </w:t>
+        <w:t xml:space="preserve">Turpis lorem congue praesent molestie pharetra erat massa volutpat nonummy erat massa diam eget nunc, sem nonummy ipsum nunc sem, eget pulvinar dolore proin. Eget amet, aliquam nibh euismod felis feugiat congue mi mauris feugiat magna ante non elit massa non elit sed nunc proin eget pulvinar dolore. Proin eget pulvinar nisi ante, euismod turpis lorem tincidunt praesent mauris feugiat magna laoreet tellus nonummy diam felis sit magna laoreet tellus turpis ac. Laoreet aliquet, consectetur erat tincidunt aliquet mauris dolor nunc praesent at dolor donec nibh non adipiscing ante non elit, ipsum, ut ullamcorper elit ipsum. Nisi, et id turpis magna laoreet, tellus consectetur lorem nunc aliquet at, sed congue aliquet, mauris pharetra donec turpis feugiat congue praesent felis dolor. Donec ante molestie feugiat congue praesent, mauris feugiat congue diam felis feugiat magna, laoreet tellus consectetur, erat nunc, sem volutpat amet sem elit, dolor. Dolore, proin eget pulvinar aliquam ante volutpat pulvinar aliquam lobortis diam felis feugiat, magna laoreet tellus at dolore praesent molestie dolor magna, mi molestie. Pharetra donec, mi tellus consectetur erat massa, non at sed nunc proin eget pulvinar nisi proin elit pulvinar dolore, proin laoreet tellus, consectetur sed. Tincidunt aliquet adipiscing, sed dolore proin eget pharetra dolore ante, volutpat amet erat massa sem elit ipsum lobortis sem elit tempus ante eget sit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mauris nonummy lorem ut praesent felis, sit donec laoreet. Non ipsum nisi nibh euismod adipiscing feugiat tincidunt, ullamcorper. Mauris feugiat congue praesent mauris sit, donec massa tellus. Consectetur sed, ut proin eget, pulvinar nisi et diam. Id turpis erat tincidunt sem mauris dolor donec nibh. Ullamcorper nonummy aliquam lobortis ullamcorper, felis ipsum ut et. Molestie pharetra erat massa aliquet erat tincidunt aliquet at. </w:t>
+        <w:t xml:space="preserve">Massa diam id sit magna laoreet tellus, at. Dolor, nisi, ante eget pulvinar aliquam ante volutpat. Nonummy tempus lobortis proin, elit ipsum dolore et. Eget amet aliquam lobortis aliquet felis dolor congue. Mi tellus pharetra donec massa non consectetur erat. Nunc et id nonummy tempus lobortis diam felis. Sit magna laoreet euismod, turpis magna laoreet euismod. Consectetur lorem laoreet tellus adipiscing lorem tincidunt ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem dolore praesent eget amet, aliquam lobortis ullamcorper elit erat massa molestie, pharetra erat lobortis sem elit ipsum nunc diam id sit, nibh tellus turpis ac nibh, euismod adipiscing, lorem. Congue praesent mauris feugiat congue praesent mauris feugiat magna, ante volutpat nonummy tempus nunc non elit pulvinar donec ante volutpat pharetra donec massa ullamcorper elit, feugiat magna mi euismod, turpis. Ac laoreet tellus consectetur sed nunc praesent mauris dolor donec ante volutpat nonummy ipsum diam felis, sit ac, massa, sem elit sed nunc, sem mauris pulvinar donec ante, volutpat amet. Aliquam ut diam id, consectetur erat massa proin amet aliquam lobortis ullamcorper adipiscing feugiat congue mi molestie pharetra donec ante non elit pulvinar ut proin euismod adipiscing lorem tincidunt, aliquet. Molestie amet tempus lobortis, id feugiat nisi diam euismod sit, magna laoreet tellus at sed nunc proin eget pharetra donec massa ullamcorper elit, feugiat nisi diam, id turpis magna mi. Tellus ac tincidunt praesent euismod adipiscing lorem ut diam adipiscing ipsum ut et id feugiat congue et id sit nisi et erat nunc diam elit, pulvinar ut sem eget pulvinar. Amet nonummy turpis dolor lorem tempus ac dolore congue laoreet proin eget pulvinar ut et id turpis ac lobortis diam felis ipsum ut diam felis pulvinar nisi diam, eget, pulvinar. Nisi laoreet tellus adipiscing sed congue, aliquet at dolor, congue aliquet mauris dolor dolore praesent aliquet at, sed nunc sem, mauris dolor donec, ante volutpat amet tempus lobortis diam id. Sit congue diam, felis feugiat nisi et felis pulvinar magna mi id ut et tellus adipiscing lorem congue aliquet, mauris dolor dolore proin molestie pharetra, erat massa sem felis feugiat. </w:t>
+        <w:t xml:space="preserve">Non, nonummy tempus ut et id sit dolore nibh non nonummy. Feugiat congue mi felis feugiat congue mi id sit magna laoreet. Molestie at erat laoreet aliquet mauris dolor donec ante nunc proin. Eget pharetra dolore proin molestie dolor congue praesent molestie, dolor dolore. Mi volutpat consectetur erat massa non elit ipsum ut diam elit. Ipsum at sed, ut proin eget amet nisi nibh euismod turpis. Tempus lobortis ullamcorper adipiscing feugiat tincidunt diam adipiscing lorem ut praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem, congue at, dolor donec, ante non nonummy erat lobortis sem nonummy tempus nunc sem nonummy sed nunc non. Eget pulvinar aliquam nibh euismod adipiscing ac eget pulvinar dolore sem elit sed dolore proin volutpat pulvinar aliquam ante. Eget dolor aliquam lobortis ullamcorper adipiscing, ipsum ut diam id sit magna laoreet euismod turpis lorem, congue diam felis. Feugiat congue mi molestie, consectetur erat massa non elit, pulvinar aliquam laoreet ullamcorper adipiscing lorem congue praesent mauris pharetra. Adipiscing feugiat congue praesent felis feugiat donec massa non nonummy sed massa non consectetur sed nunc sem elit sed. Dolore et volutpat adipiscing lorem, congue dolore, ante non nonummy, lorem lobortis ullamcorper felis ipsum congue mi tellus consectetur. </w:t>
+        <w:t xml:space="preserve">Consectetur euismod mauris dolor donec massa praesent mauris pharetra donec nibh non adipiscing feugiat magna mi id sit magna laoreet. Sem elit, dolor dolore, sem eget pulvinar dolore ante volutpat adipiscing lorem diam felis feugiat magna laoreet tellus elit sed. Nisi nibh, euismod amet tempus tincidunt, ullamcorper adipiscing lorem lobortis ullamcorper adipiscing tempus lobortis ullamcorper adipiscing ipsum dolor donec ante. Molestie amet tempus ut et euismod consectetur sed nunc, sem eget pulvinar, dolore nibh volutpat amet aliquam ante volutpat amet. Erat nunc, sem eget dolor nunc sem elit dolor, nisi ante, volutpat amet aliquam, nibh, euismod nonummy aliquam nibh non. Felis, sit ac laoreet tellus consectetur erat donec massa volutpat, nonummy tempus nunc, sem id turpis ac tincidunt aliquet mauris. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mauris dolor donec, proin non, amet ipsum ut diam felis ipsum ut diam, ullamcorper felis lorem congue praesent, mauris pharetra. Donec massa sem elit ipsum ut et euismod adipiscing, lorem tincidunt ullamcorper adipiscing lorem congue proin, volutpat nonummy mauris dolor. Magna ante non elit ipsum ut sem elit ipsum nisi et id amet aliquam nibh id turpis ac lobortis aliquet. Felis dolor congue volutpat pharetra erat massa sem nonummy erat nunc sem at ipsum nunc sem elit pulvinar aliquam, nibh. Euismod adipiscing lorem tincidunt praesent felis congue mi mauris sit donec, massa non elit ipsum ut et eget amet dolore. Et euismod adipiscing lorem dolore mi volutpat consectetur tempus nunc, diam eget, sit laoreet tellus adipiscing lorem tincidunt aliquet at. Feugiat congue praesent at lorem tincidunt aliquet felis feugiat, congue ante non, elit pulvinar, nisi nibh euismod adipiscing, lorem tincidunt. </w:t>
-[...48 lines deleted...]
-        <w:t xml:space="preserve">Sed nisi et volutpat turpis tempus tincidunt diam molestie pharetra erat massa sem elit sed ut proin eget amet dolore et eget pulvinar nibh, ullamcorper adipiscing lorem lobortis. Ullamcorper felis lorem tincidunt diam molestie pharetra donec laoreet molestie pharetra, erat massa tellus at sed dolore proin eget pulvinar sem at sed, nunc sem eget pulvinar dolore. Proin eget amet aliquam, nibh ullamcorper nonummy tempus lobortis ullamcorper felis sit magna mi, molestie consectetur erat, tincidunt sem amet aliquam lobortis euismod adipiscing lorem congue diam adipiscing. Feugiat congue et, molestie at ipsum dolore proin eget pulvinar aliquam nibh euismod turpis nibh euismod nonummy aliquam lobortis ullamcorper felis feugiat congue praesent, id sit magna mi. Tellus, at erat, nunc aliquet at sed, tincidunt sem mauris dolor dolore proin sed nunc praesent mauris sed congue aliquet mauris pharetra donec lobortis ullamcorper nonummy ipsum ut. Et euismod sit magna nibh tellus turpis sed tempus donec ut nibh turpis pharetra aliquet volutpat elit sit erat dolore ante ullamcorper felis dolor donec massa diam id. Turpis id at pulvinar feugiat erat, nunc et ullamcorper mauris consectetur sit sed nisi nibh praesent, diam praesent praesent sem euismod ullamcorper felis feugiat, congue, mi tellus at. Sed dolore proin molestie dolor magna ante molestie consectetur erat, massa non nonummy sed, ut proin id, adipiscing feugiat tincidunt praesent, mauris dolor dolore mi molestie dolor magna. </w:t>
+        <w:t xml:space="preserve">Feugiat donec ante volutpat nonummy ipsum ut et id sit magna laoreet laoreet molestie sit magna laoreet molestie pharetra erat massa aliquet at sed dolore sem mauris sed, tincidunt. Aliquet mauris sed tincidunt aliquet, at sed, congue aliquam nibh euismod turpis lorem congue mi molestie pharetra donec ante volutpat consectetur erat massa non, nonummy erat nunc sem elit. Ipsum aliquam nibh euismod dolor dolore mi volutpat nonummy tempus lobortis diam felis sit ac tincidunt praesent eget pulvinar donec nibh non felis ipsum congue diam molestie erat dolore. Proin volutpat pulvinar nisi proin eget pulvinar dolore ante mauris dolor dolore praesent mauris dolor dolore proin, molestie pharetra donec massa volutpat nonummy ipsum lobortis felis pulvinar nisi diam. Felis sit ac, tincidunt tellus turpis ac laoreet tellus at sed congue ullamcorper adipiscing lorem nibh euismod turpis ac nibh euismod turpis lorem volutpat amet donec ante eget pulvinar. Donec, proin eget pharetra donec, ante volutpat, amet erat massa non nonummy sit ac id sit magna et id sit magna laoreet aliquet adipiscing lorem tincidunt aliquet at sed. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="Ra693ac55bc6a42ed"/>
+      <w:headerReference w:type="default" r:id="R1d0d005fa3444df7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -533,69 +484,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page header - page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>4</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>3</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -1057,51 +1008,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5dd83932093e467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8f2148bebbd14b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R451a0a0eb50d4046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Ra693ac55bc6a42ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbfbd37bf9c6442ee" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7c97e51134634509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R719e1abc0b624eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rec5366c745f04cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R1d0d005fa3444df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9fef5f6ba2664109" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>