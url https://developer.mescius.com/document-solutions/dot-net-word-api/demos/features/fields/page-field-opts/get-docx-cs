--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -1,440 +1,440 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b46f3c4b7724ad4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7acf04cced074b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R41305399e7ed4a46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R68ee8f0c8aad4f90" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R34334e14dfa64e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5a797ae4285b4507" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sit eget at molestie sed dolor erat erat nunc. Lobortis ullamcorper volutpat nonummy ipsum nunc diam id turpis. Sed nunc, proin volutpat adipiscing sit ac, massa proin. Volutpat nisi proin eget amet, aliquam lobortis ullamcorper, adipiscing. Pharetra donec massa sem eget sit ac, laoreet praesent. Molestie dolor donec massa non nonummy tempus, ut id. Turpis erat nunc ante eget, amet aliquam nibh non. Nonummy tempus lobortis diam adipiscing tempus lobortis ullamcorper nonummy. Ipsum nisi mi, euismod at dolor nunc consectetur sed. Dolore, ante non adipiscing sit congue praesent molestie pharetra. </w:t>
+        <w:t xml:space="preserve">Amet aliquam lorem ipsum nonummy mauris euismod aliquet tincidunt magna pulvinar elit non massa dolore dolor at eget proin massa. Proin congue et nunc erat nonummy, molestie mi magna feugiat mauris, praesent tincidunt, lorem turpis volutpat nibh aliquam pulvinar elit. Proin nunc sed pharetra id ullamcorper lobortis congue euismod felis volutpat proin dolore dolor mauris sem nunc, erat at, aliquet. Mi ut ipsum elit ullamcorper ante donec pharetra eget proin dolore sed, at aliquet tincidunt erat consectetur, euismod, diam lobortis. Tempus amet molestie proin dolore sed at, ullamcorper laoreet ac sit id et nisi pulvinar elit non aliquet laoreet ac. Turpis molestie et magna pharetra molestie mi congue ipsum felis ullamcorper lobortis aliquam pulvinar mauris praesent dolore pulvinar mauris sem. Nunc erat consectetur sed adipiscing euismod nibh aliquam pulvinar, eget diam ut ipsum nonummy non massa erat consectetur non lobortis. Erat amet, molestie, proin congue lorem turpis euismod, nibh, aliquam, amet volutpat ante et, nisi ipsum elit sem lobortis erat. Pharetra molestie proin, donec, pharetra molestie proin dolore dolor mauris tincidunt lorem consectetur tellus laoreet ac consectetur euismod mi nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Amet lorem congue praesent molestie consectetur donec ante tellus consectetur donec massa eget, ipsum ut proin eget pulvinar aliquam nibh euismod adipiscing lorem congue mi molestie consectetur erat nunc diam. Eget sit aliquam laoreet euismod adipiscing lorem ipsum nisi nibh eget pulvinar aliquam nibh volutpat amet tempus tincidunt, diam felis feugiat, magna mi tellus pharetra donec laoreet tellus, consectetur erat. Massa proin elit massa aliquet at dolor dolore ante volutpat amet aliquam nibh euismod adipiscing lorem congue praesent id pharetra magna mi id pharetra magna massa nisi et id turpis. Magna laoreet aliquet at sed nunc praesent at sed donec ante non nonummy, tempus ut diam felis, feugiat nisi et id turpis ac, congue mi molestie sit magna praesent mauris. Pharetra erat, massa non at ipsum dolore aliquet at sed nunc sem elit dolor dolore proin eget pulvinar dolore ante mauris sit donec, laoreet tellus consectetur erat laoreet molestie pharetra. Ac, laoreet tellus turpis ac laoreet tellus consectetur erat tempus ante, tellus, nonummy ipsum ut, et id sit ac laoreet ullamcorper at lorem lobortis, ullamcorper felis feugiat, congue, aliquet felis. </w:t>
+        <w:t xml:space="preserve">Volutpat, sem nunc, sed at tellus, massa, ac pharetra id laoreet erat adipiscing ullamcorper ut lorem adipiscing ullamcorper lobortis tempus adipiscing euismod ante nunc dolor eget. Aliquet laoreet, ac turpis molestie mi ac pharetra molestie laoreet donec molestie praesent ut lorem adipiscing ullamcorper tincidunt tempus turpis euismod nibh aliquam amet eget proin. Dolore pulvinar eget, proin massa erat consectetur tellus mi congue magna, turpis id et ut ipsum elit diam ut ipsum, elit non ante donec dolor mauris. Aliquet tincidunt ac turpis tellus et magna pulvinar non massa donec dolor felis aliquet tincidunt, lorem adipiscing euismod, nibh, aliquam pulvinar id proin ut sed consectetur. Tellus mi magna sit mauris praesent congue feugiat felis proin nunc sed consectetur molestie laoreet, ac pharetra molestie laoreet magna sit id, diam, ut lorem adipiscing. Diam lobortis tempus turpis euismod nibh, aliquam dolor eget aliquam amet id et nisi pulvinar id et nisi pulvinar, eget diam, nunc tempus nonummy, non massa. Magna feugiat felis dolore pharetra molestie proin dolore pharetra molestie, proin congue pharetra eget ante dolore pulvinar eget nibh aliquam amet eget sem nunc sed at. Aliquet laoreet ac, consectetur non, lobortis ipsum felis diam congue ipsum adipiscing ullamcorper nibh tempus felis ullamcorper nibh aliquam, turpis ullamcorper nibh tempus, turpis volutpat proin. Dolore ipsum eget proin ut congue sed at tellus tincidunt lorem, consectetur tellus, laoreet ac sit id et magna sit molestie mi congue sit id et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sed dolore massa, non tempus, lobortis, diam felis ipsum nisi et. Euismod turpis erat nunc proin volutpat amet donec ante eget pharetra. Aliquam lobortis ullamcorper adipiscing feugiat congue molestie turpis ac laoreet, molestie. Consectetur erat nunc sem mauris dolor donec nibh ullamcorper felis feugiat. Magna mi tellus at ipsum nisi et euismod aliquam nibh euismod. Amet lorem lobortis, praesent mauris, dolor magna, praesent molestie pharetra donec. </w:t>
+        <w:t xml:space="preserve">Sed nonummy volutpat mi congue feugiat adipiscing ullamcorper lobortis, aliquam pulvinar id et nisi amet id et. Nisi pulvinar elit, non nunc, ipsum elit sem, ipsum nonummy non ante dolore dolor mauris praesent congue. Feugiat at ullamcorper nibh ac sit elit non nunc erat pharetra tellus ante donec pharetra volutpat tincidunt. Ac adipiscing ullamcorper lobortis, lorem turpis, id sem massa erat consectetur tellus massa donec pharetra mauris diam. Congue lorem turpis euismod nibh tempus turpis volutpat nibh, mauris aliquet tincidunt ac, amet id et aliquam. Pulvinar, eget diam, nisi ipsum nonummy sem, massa erat consectetur molestie mi congue feugiat at proin nisi. Amet id et nisi sit, euismod et magna sit, id diam nisi ipsum elit diam nisi ipsum. Id et lobortis ipsum, elit non ante dolore at aliquet tincidunt, ac turpis tellus laoreet magna pulvinar. Elit non massa donec pharetra molestie ante erat amet, volutpat proin congue lorem at ullamcorper, tincidunt aliquam. Tempus amet eget proin dolore dolor mauris sem nunc erat turpis molestie mi magna feugiat felis diam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>I</w:t>
+        <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Turpis lorem congue praesent molestie pharetra erat massa volutpat nonummy erat massa diam eget nunc, sem nonummy ipsum nunc sem, eget pulvinar dolore proin. Eget amet, aliquam nibh euismod felis feugiat congue mi mauris feugiat magna ante non elit massa non elit sed nunc proin eget pulvinar dolore. Proin eget pulvinar nisi ante, euismod turpis lorem tincidunt praesent mauris feugiat magna laoreet tellus nonummy diam felis sit magna laoreet tellus turpis ac. Laoreet aliquet, consectetur erat tincidunt aliquet mauris dolor nunc praesent at dolor donec nibh non adipiscing ante non elit, ipsum, ut ullamcorper elit ipsum. Nisi, et id turpis magna laoreet, tellus consectetur lorem nunc aliquet at, sed congue aliquet, mauris pharetra donec turpis feugiat congue praesent felis dolor. Donec ante molestie feugiat congue praesent, mauris feugiat congue diam felis feugiat magna, laoreet tellus consectetur, erat nunc, sem volutpat amet sem elit, dolor. Dolore, proin eget pulvinar aliquam ante volutpat pulvinar aliquam lobortis diam felis feugiat, magna laoreet tellus at dolore praesent molestie dolor magna, mi molestie. Pharetra donec, mi tellus consectetur erat massa, non at sed nunc proin eget pulvinar nisi proin elit pulvinar dolore, proin laoreet tellus, consectetur sed. Tincidunt aliquet adipiscing, sed dolore proin eget pharetra dolore ante, volutpat amet erat massa sem elit ipsum lobortis sem elit tempus ante eget sit. </w:t>
+        <w:t xml:space="preserve">Lorem, euismod nibh aliquam turpis euismod nibh nisi. Amet volutpat et nisi pulvinar eget sem nunc. Erat pharetra molestie laoreet erat, pharetra molestie mi. Congue nonummy, volutpat, proin nunc sed at aliquet. Nunc sed consectetur aliquet massa, erat consectetur tellus. Laoreet, donec pharetra tellus massa donec pharetra mauris. Praesent magna, massa donec amet volutpat ante erat. Amet volutpat ante aliquam amet volutpat lobortis aliquam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Massa diam id sit magna laoreet tellus, at. Dolor, nisi, ante eget pulvinar aliquam ante volutpat. Nonummy tempus lobortis proin, elit ipsum dolore et. Eget amet aliquam lobortis aliquet felis dolor congue. Mi tellus pharetra donec massa non consectetur erat. Nunc et id nonummy tempus lobortis diam felis. Sit magna laoreet euismod, turpis magna laoreet euismod. Consectetur lorem laoreet tellus adipiscing lorem tincidunt ullamcorper. </w:t>
+        <w:t xml:space="preserve">Nisi ipsum elit, ullamcorper ante, donec pharetra molestie ante dolore sed adipiscing tellus nonummy non. Ante, magna dolor mauris praesent tincidunt feugiat at aliquet tincidunt lorem at praesent dolore dolor. Mauris praesent nunc dolor at, praesent nunc dolor adipiscing euismod nibh nisi, dolor elit aliquet. Massa erat consectetur tellus massa donec pharetra molestie laoreet donec consectetur tellus massa erat consectetur. Volutpat ante erat dolore dolor at euismod laoreet ac turpis, euismod nibh nisi sit id. Et ut pulvinar elit sem nunc donec pharetra volutpat ante donec pharetra, elit non ante. Donec dolor, mauris praesent dolore dolor eget praesent nunc dolor at aliquet tincidunt erat at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Non, nonummy tempus ut et id sit dolore nibh non nonummy. Feugiat congue mi felis feugiat congue mi id sit magna laoreet. Molestie at erat laoreet aliquet mauris dolor donec ante nunc proin. Eget pharetra dolore proin molestie dolor congue praesent molestie, dolor dolore. Mi volutpat consectetur erat massa non elit ipsum ut diam elit. Ipsum at sed, ut proin eget amet nisi nibh euismod turpis. Tempus lobortis ullamcorper adipiscing feugiat tincidunt diam adipiscing lorem ut praesent. </w:t>
+        <w:t xml:space="preserve">Lobortis aliquam, amet eget proin nunc dolor at aliquet, nunc sed, at non massa erat consectetur tellus mi magna sit mauris praesent, lobortis tempus adipiscing aliquet tincidunt tempus. Amet volutpat nibh aliquam amet volutpat ante aliquam nonummy non nibh lorem felis ullamcorper tincidunt feugiat felis diam tincidunt feugiat felis, ullamcorper lobortis ac turpis, ullamcorper laoreet ac. Amet mauris praesent laoreet magna turpis euismod nibh nisi pulvinar id diam ut tempus elit diam ut ipsum elit ullamcorper ut ipsum felis, diam, mi magna sit, felis. Ullamcorper ante, nisi pulvinar eget sem tincidunt sed at tellus laoreet ac feugiat felis diam ut tempus adipiscing ullamcorper nibh, donec pulvinar eget volutpat ante, dolore sed at. Sem massa ipsum elit sem massa sed eget proin nisi ipsum eget diam ut sit id et ut pulvinar felis diam lobortis ullamcorper lobortis ac amet eget sem. Nunc ipsum elit non massa sed nonummy non massa donec pharetra molestie mi dolore feugiat adipiscing euismod nibh nisi ipsum eget eget tellus nibh aliquam sit id, et. Ut tempus nonummy non ante donec pharetra mauris, mi congue lorem adipiscing non laoreet, donec sit molestie, mi magna dolor mauris praesent tincidunt lorem turpis ullamcorper nibh ac. Amet eget, proin nunc sed elit non laoreet magna, sit felis, praesent, tincidunt ac pulvinar felis et nisi sit felis, sem ut ipsum, elit diam ut ipsum adipiscing. Ullamcorper lobortis tempus nonummy non ante donec amet volutpat, nibh adipiscing euismod tincidunt lorem adipiscing ullamcorper lobortis lorem, adipiscing praesent tincidunt ac turpis euismod nibh aliquam adipiscing tellus. Nibh ac, turpis euismod laoreet ac consectetur euismod massa donec dolor mauris praesent tincidunt aliquam amet eget sem nunc, erat consectetur tellus ante erat consectetur tellus, mi magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Consectetur euismod mauris dolor donec massa praesent mauris pharetra donec nibh non adipiscing feugiat magna mi id sit magna laoreet. Sem elit, dolor dolore, sem eget pulvinar dolore ante volutpat adipiscing lorem diam felis feugiat magna laoreet tellus elit sed. Nisi nibh, euismod amet tempus tincidunt, ullamcorper adipiscing lorem lobortis ullamcorper adipiscing tempus lobortis ullamcorper adipiscing ipsum dolor donec ante. Molestie amet tempus ut et euismod consectetur sed nunc, sem eget pulvinar, dolore nibh volutpat amet aliquam ante volutpat amet. Erat nunc, sem eget dolor nunc sem elit dolor, nisi ante, volutpat amet aliquam, nibh, euismod nonummy aliquam nibh non. Felis, sit ac laoreet tellus consectetur erat donec massa volutpat, nonummy tempus nunc, sem id turpis ac tincidunt aliquet mauris. </w:t>
+        <w:t xml:space="preserve">Sed pharetra molestie praesent, ut lorem adipiscing ullamcorper tincidunt tempus amet euismod nibh aliquam turpis volutpat proin. Massa sed at tellus laoreet ac consectetur ullamcorper nibh aliquam amet eget proin dolore dolor eget proin. Nunc ac consectetur, id et ut ipsum amet non massa, aliquam amet non, ante donec eget praesent. Tincidunt ac sit id diam lobortis ipsum elit sem lobortis erat amet volutpat proin donec pharetra, mauris. Aliquet laoreet ac pulvinar eget diam nisi sit mi magna turpis euismod laoreet magna turpis molestie laoreet. Magna feugiat id mi ac, consectetur tellus mi donec feugiat mauris praesent magna pharetra massa erat nonummy. Volutpat ante dolore pharetra molestie praesent congue feugiat, at aliquet congue lorem at aliquet tincidunt lorem turpis. Euismod et nisi sit id et nisi pharetra, mauris praesent congue dolor mauris, praesent congue lorem at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>II</w:t>
+        <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Feugiat donec ante volutpat nonummy ipsum ut et id sit magna laoreet laoreet molestie sit magna laoreet molestie pharetra erat massa aliquet at sed dolore sem mauris sed, tincidunt. Aliquet mauris sed tincidunt aliquet, at sed, congue aliquam nibh euismod turpis lorem congue mi molestie pharetra donec ante volutpat consectetur erat massa non, nonummy erat nunc sem elit. Ipsum aliquam nibh euismod dolor dolore mi volutpat nonummy tempus lobortis diam felis sit ac tincidunt praesent eget pulvinar donec nibh non felis ipsum congue diam molestie erat dolore. Proin volutpat pulvinar nisi proin eget pulvinar dolore ante mauris dolor dolore praesent mauris dolor dolore proin, molestie pharetra donec massa volutpat nonummy ipsum lobortis felis pulvinar nisi diam. Felis sit ac, tincidunt tellus turpis ac laoreet tellus at sed congue ullamcorper adipiscing lorem nibh euismod turpis ac nibh euismod turpis lorem volutpat amet donec ante eget pulvinar. Donec, proin eget pharetra donec, ante volutpat, amet erat massa non nonummy sit ac id sit magna et id sit magna laoreet aliquet adipiscing lorem tincidunt aliquet at sed. </w:t>
+        <w:t xml:space="preserve">Nonummy volutpat ante dolore, pulvinar elit sem nunc sed consectetur felis diam ut ipsum at aliquet, tincidunt, lorem. Sit id diam ut ipsum nonummy sem lobortis, ipsum, nonummy sem lobortis, tempus nonummy non massa tempus nonummy. Non lobortis tempus amet aliquam amet euismod ante nisi dolor, mauris proin dolore sed at aliquet massa magna. Sit felis diam congue feugiat felis diam nibh, aliquam amet eget nonummy ullamcorper lobortis lorem, turpis euismod nibh. Nisi sed elit aliquet nunc ipsum, elit sem massa donec pharetra mauris praesent magna lorem adipiscing pharetra molestie. Mi dolore dolor felis, praesent tincidunt lorem adipiscing ullamcorper laoreet ac turpis ullamcorper tincidunt lorem adipiscing tellus laoreet. Ac sit elit diam nisi ipsum nonummy ullamcorper lobortis ac turpis id et nunc erat pharetra molestie mi. Congue tempus nonummy euismod nibh donec pulvinar volutpat ante dolore sed consectetur aliquet laoreet ac sit turpis id. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R1d0d005fa3444df7"/>
+      <w:headerReference w:type="default" r:id="R409a701af96d42af"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -484,69 +484,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page header - page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>3</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -1008,51 +1008,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7c97e51134634509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R719e1abc0b624eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rec5366c745f04cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R1d0d005fa3444df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9fef5f6ba2664109" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R001632c7e8974a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R115319108c124806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R25d84b44f1924b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R409a701af96d42af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0b5dfccf37544731" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>