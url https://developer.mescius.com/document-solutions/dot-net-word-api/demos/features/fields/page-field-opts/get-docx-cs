--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R68ee8f0c8aad4f90" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R34334e14dfa64e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5a797ae4285b4507" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R839aab96014c4a9f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3eab887ab103477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc1bd3e2328984c3f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
@@ -43,398 +43,447 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Amet aliquam lorem ipsum nonummy mauris euismod aliquet tincidunt magna pulvinar elit non massa dolore dolor at eget proin massa. Proin congue et nunc erat nonummy, molestie mi magna feugiat mauris, praesent tincidunt, lorem turpis volutpat nibh aliquam pulvinar elit. Proin nunc sed pharetra id ullamcorper lobortis congue euismod felis volutpat proin dolore dolor mauris sem nunc, erat at, aliquet. Mi ut ipsum elit ullamcorper ante donec pharetra eget proin dolore sed, at aliquet tincidunt erat consectetur, euismod, diam lobortis. Tempus amet molestie proin dolore sed at, ullamcorper laoreet ac sit id et nisi pulvinar elit non aliquet laoreet ac. Turpis molestie et magna pharetra molestie mi congue ipsum felis ullamcorper lobortis aliquam pulvinar mauris praesent dolore pulvinar mauris sem. Nunc erat consectetur sed adipiscing euismod nibh aliquam pulvinar, eget diam ut ipsum nonummy non massa erat consectetur non lobortis. Erat amet, molestie, proin congue lorem turpis euismod, nibh, aliquam, amet volutpat ante et, nisi ipsum elit sem lobortis erat. Pharetra molestie proin, donec, pharetra molestie proin dolore dolor mauris tincidunt lorem consectetur tellus laoreet ac consectetur euismod mi nisi. </w:t>
+        <w:t xml:space="preserve">Tellus turpis elit mauris ullamcorper proin mi nisi erat dolor adipiscing volutpat sem massa erat, consectetur molestie diam lobortis dolore. Aliquam ipsum nonummy molestie mi tempus amet volutpat proin nunc, erat sit molestie et ut tempus amet non ante donec. Dolor mauris aliquet nunc sed consectetur euismod et, magna sit laoreet ac feugiat felis ullamcorper massa erat nonummy non ante. Dolore sed at euismod laoreet aliquam pulvinar eget et nisi ipsum elit non massa erat consectetur praesent dolore feugiat, at. Euismod et aliquam pulvinar id et nisi pulvinar eget diam nunc tempus elit non ante donec consectetur volutpat, ante donec. Volutpat praesent, tincidunt ac turpis euismod et nisi sit elit sem massa tempus nonummy tellus ante, donec, pharetra mauris praesent. Tincidunt feugiat at ullamcorper lobortis ac euismod laoreet ac sit id et nisi pulvinar eget diam ut, ipsum nonummy nonummy. Pulvinar sit consectetur turpis mauris tellus diam, ante lobortis nunc ut dolore aliquam tempus, adipiscing non nibh donec pulvinar turpis. Euismod et magna sit felis diam ut feugiat elit ullamcorper lobortis erat amet euismod nibh aliquam pulvinar id nibh nisi. Pulvinar eget diam, nisi pulvinar nonummy, volutpat massa tempus consectetur volutpat ante donec pharetra mauris, praesent, congue lorem sit euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Volutpat, sem nunc, sed at tellus, massa, ac pharetra id laoreet erat adipiscing ullamcorper ut lorem adipiscing ullamcorper lobortis tempus adipiscing euismod ante nunc dolor eget. Aliquet laoreet, ac turpis molestie mi ac pharetra molestie laoreet donec molestie praesent ut lorem adipiscing ullamcorper tincidunt tempus turpis euismod nibh aliquam amet eget proin. Dolore pulvinar eget, proin massa erat consectetur tellus mi congue magna, turpis id et ut ipsum elit diam ut ipsum, elit non ante donec dolor mauris. Aliquet tincidunt ac turpis tellus et magna pulvinar non massa donec dolor felis aliquet tincidunt, lorem adipiscing euismod, nibh, aliquam pulvinar id proin ut sed consectetur. Tellus mi magna sit mauris praesent congue feugiat felis proin nunc sed consectetur molestie laoreet, ac pharetra molestie laoreet magna sit id, diam, ut lorem adipiscing. Diam lobortis tempus turpis euismod nibh, aliquam dolor eget aliquam amet id et nisi pulvinar id et nisi pulvinar, eget diam, nunc tempus nonummy, non massa. Magna feugiat felis dolore pharetra molestie proin dolore pharetra molestie, proin congue pharetra eget ante dolore pulvinar eget nibh aliquam amet eget sem nunc sed at. Aliquet laoreet ac, consectetur non, lobortis ipsum felis diam congue ipsum adipiscing ullamcorper nibh tempus felis ullamcorper nibh aliquam, turpis ullamcorper nibh tempus, turpis volutpat proin. Dolore ipsum eget proin ut congue sed at tellus tincidunt lorem, consectetur tellus, laoreet ac sit id et magna sit molestie mi congue sit id et. </w:t>
+        <w:t xml:space="preserve">Ullamcorper proin congue lorem adipiscing tellus tincidunt ac turpis turpis id et ut, tempus pharetra. Volutpat mi dolore dolor at congue lorem adipiscing euismod nibh aliquam pulvinar eget, et, nisi. Ipsum nonummy non nunc erat pharetra molestie mi dolore dolor at aliquet tincidunt ac adipiscing. Tincidunt ac turpis euismod nibh nisi, pulvinar elit sem, ut tempus nonummy volutpat ante erat. Pharetra molestie proin congue feugiat at, aliquet tincidunt lorem adipiscing, euismod nibh pulvinar eget et. Ut, ipsum nonummy non massa donec amet volutpat massa erat amet volutpat massa donec dolor. Mauris aliquet tincidunt ac turpis tincidunt lorem turpis euismod mi ac sit id et ut. Feugiat nonummy non massa aliquam amet volutpat ante donec pharetra, volutpat ante dolore dolor mauris. Sem tincidunt mauris aliquet tincidunt ac turpis molestie mi magna sit id mi magna pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sed nonummy volutpat mi congue feugiat adipiscing ullamcorper lobortis, aliquam pulvinar id et nisi amet id et. Nisi pulvinar elit, non nunc, ipsum elit sem, ipsum nonummy non ante dolore dolor mauris praesent congue. Feugiat at ullamcorper nibh ac sit elit non nunc erat pharetra tellus ante donec pharetra volutpat tincidunt. Ac adipiscing ullamcorper lobortis, lorem turpis, id sem massa erat consectetur tellus massa donec pharetra mauris diam. Congue lorem turpis euismod nibh tempus turpis volutpat nibh, mauris aliquet tincidunt ac, amet id et aliquam. Pulvinar, eget diam, nisi ipsum nonummy sem, massa erat consectetur molestie mi congue feugiat at proin nisi. Amet id et nisi sit, euismod et magna sit, id diam nisi ipsum elit diam nisi ipsum. Id et lobortis ipsum, elit non ante dolore at aliquet tincidunt, ac turpis tellus laoreet magna pulvinar. Elit non massa donec pharetra molestie ante erat amet, volutpat proin congue lorem at ullamcorper, tincidunt aliquam. Tempus amet eget proin dolore dolor mauris sem nunc erat turpis molestie mi magna feugiat felis diam. </w:t>
+        <w:t xml:space="preserve">Mauris tellus mi nisi pulvinar nonummy volutpat mi dolore feugiat adipiscing tincidunt ac. Amet id et ut ipsum nonummy non massa tempus, consectetur molestie mi magna. Feugiat felis praesent congue feugiat at ullamcorper lobortis, ac amet euismod massa erat. Sit, mauris diam ut feugiat mauris diam congue lorem adipiscing ullamcorper lobortis ac. Turpis volutpat nibh nisi, amet id et aliquam pulvinar elit ut, sed consectetur. Tellus ante magna pharetra volutpat massa donec pharetra, molestie praesent congue feugiat adipiscing. Ullamcorper laoreet ac turpis aliquet tincidunt lorem, nibh mi donec pharetra molestie mi. Magna dolor mauris aliquet tincidunt feugiat mauris praesent congue dolor at aliquet tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>II</w:t>
+        <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem, euismod nibh aliquam turpis euismod nibh nisi. Amet volutpat et nisi pulvinar eget sem nunc. Erat pharetra molestie laoreet erat, pharetra molestie mi. Congue nonummy, volutpat, proin nunc sed at aliquet. Nunc sed consectetur aliquet massa, erat consectetur tellus. Laoreet, donec pharetra tellus massa donec pharetra mauris. Praesent magna, massa donec amet volutpat ante erat. Amet volutpat ante aliquam amet volutpat lobortis aliquam. </w:t>
+        <w:t xml:space="preserve">At euismod et ut pulvinar elit sem ipsum felis ullamcorper lobortis aliquam pharetra mauris proin dolore sed mauris aliquet tincidunt sed, at tellus laoreet. Ac pulvinar felis diam ut tempus nonummy volutpat tempus elit, ullamcorper ut tempus adipiscing ullamcorper nibh donec amet euismod lobortis tempus nonummy, euismod ante. Nisi dolor elit sem nunc erat turpis aliquet nunc euismod et nisi pulvinar, eget et nisi pulvinar eget, diam nisi pulvinar elit non, lobortis. Erat pharetra, molestie mi, dolore dolor mauris praesent pharetra eget praesent congue lorem adipiscing tellus laoreet nisi ipsum elit diam nunc tempus elit non. Lobortis tempus nonummy non massa, aliquam amet volutpat proin dolore, dolor nibh aliquam nonummy volutpat ante donec pulvinar eget proin dolore pulvinar elit sem. Massa erat turpis id et ut tempus amet volutpat proin dolore dolor at aliquet pulvinar mauris sem dolore pulvinar, volutpat ante dolore pulvinar elit. Sem nunc sed at non, laoreet ac sit molestie laoreet donec sit felis ullamcorper aliquam amet eget proin nisi, sed at, aliquet laoreet ac. Pharetra id et congue sit id, praesent congue feugiat, felis praesent ut, lorem adipiscing ullamcorper lobortis tempus, ullamcorper nibh aliquam, pulvinar volutpat nibh nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nisi ipsum elit, ullamcorper ante, donec pharetra molestie ante dolore sed adipiscing tellus nonummy non. Ante, magna dolor mauris praesent tincidunt feugiat at aliquet tincidunt lorem at praesent dolore dolor. Mauris praesent nunc dolor at, praesent nunc dolor adipiscing euismod nibh nisi, dolor elit aliquet. Massa erat consectetur tellus massa donec pharetra molestie laoreet donec consectetur tellus massa erat consectetur. Volutpat ante erat dolore dolor at euismod laoreet ac turpis, euismod nibh nisi sit id. Et ut pulvinar elit sem nunc donec pharetra volutpat ante donec pharetra, elit non ante. Donec dolor, mauris praesent dolore dolor eget praesent nunc dolor at aliquet tincidunt erat at. </w:t>
+        <w:t xml:space="preserve">Congue lorem felis diam tincidunt lorem adipiscing euismod nibh tempus amet eget proin dolore ipsum proin nunc sed, at non laoreet magna pharetra. Molestie praesent congue sit mauris, diam lobortis aliquam amet volutpat, et nisi, amet volutpat nibh aliquam amet congue lorem turpis tellus laoreet ac. Sit eget diam ut, ipsum felis, sem massa erat consectetur volutpat mi dolore dolor at aliquet tincidunt lorem adipiscing euismod lorem adipiscing euismod. Laoreet ac sit felis diam ut tempus elit non lobortis tempus amet molestie, proin dolore dolor, molestie praesent dolore dolor nibh aliquam pulvinar. Volutpat praesent dolore lorem consectetur tellus laoreet, magna, feugiat felis et ut tempus nonummy ullamcorper massa aliquam amet volutpat nibh, tempus amet eget. Ante, nonummy euismod lobortis tempus turpis euismod nibh aliquam sed consectetur tellus laoreet magna sit felis diam lobortis ipsum adipiscing ullamcorper nibh aliquam. Amet volutpat nibh tempus turpis congue dolor mauris aliquet congue, feugiat adipiscing euismod nibh aliquam amet euismod nibh nisi sit id et ac. Sit euismod dolor mauris proin dolore dolor at sem massa erat consectetur tellus laoreet ac sit id mi congue sit felis diam congue. Feugiat felis, diam tincidunt lorem ante donec pharetra molestie mi dolore dolor molestie proin congue sed at aliquet tincidunt sed mauris proin dolore. Dolor mauris, proin dolore sed at sem dolore dolor nibh aliquam pulvinar, id, proin nisi pulvinar elit sem massa erat nonummy sem ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lobortis aliquam, amet eget proin nunc dolor at aliquet, nunc sed, at non massa erat consectetur tellus mi magna sit mauris praesent, lobortis tempus adipiscing aliquet tincidunt tempus. Amet volutpat nibh aliquam amet volutpat ante aliquam nonummy non nibh lorem felis ullamcorper tincidunt feugiat felis diam tincidunt feugiat felis, ullamcorper lobortis ac turpis, ullamcorper laoreet ac. Amet mauris praesent laoreet magna turpis euismod nibh nisi pulvinar id diam ut tempus elit diam ut ipsum elit ullamcorper ut ipsum felis, diam, mi magna sit, felis. Ullamcorper ante, nisi pulvinar eget sem tincidunt sed at tellus laoreet ac feugiat felis diam ut tempus adipiscing ullamcorper nibh, donec pulvinar eget volutpat ante, dolore sed at. Sem massa ipsum elit sem massa sed eget proin nisi ipsum eget diam ut sit id et ut pulvinar felis diam lobortis ullamcorper lobortis ac amet eget sem. Nunc ipsum elit non massa sed nonummy non massa donec pharetra molestie mi dolore feugiat adipiscing euismod nibh nisi ipsum eget eget tellus nibh aliquam sit id, et. Ut tempus nonummy non ante donec pharetra mauris, mi congue lorem adipiscing non laoreet, donec sit molestie, mi magna dolor mauris praesent tincidunt lorem turpis ullamcorper nibh ac. Amet eget, proin nunc sed elit non laoreet magna, sit felis, praesent, tincidunt ac pulvinar felis et nisi sit felis, sem ut ipsum, elit diam ut ipsum adipiscing. Ullamcorper lobortis tempus nonummy non ante donec amet volutpat, nibh adipiscing euismod tincidunt lorem adipiscing ullamcorper lobortis lorem, adipiscing praesent tincidunt ac turpis euismod nibh aliquam adipiscing tellus. Nibh ac, turpis euismod laoreet ac consectetur euismod massa donec dolor mauris praesent tincidunt aliquam amet eget sem nunc, erat consectetur tellus ante erat consectetur tellus, mi magna. </w:t>
+        <w:t xml:space="preserve">Dolore lorem amet eget proin dolore sed et ut pulvinar eget proin nunc erat, nonummy non massa ipsum elit diam lobortis, erat pharetra mauris aliquet. Lobortis, aliquam pulvinar id et nisi ipsum laoreet ac turpis, tellus laoreet ac sit id et nisi ipsum, elit, non ut tempus nonummy ullamcorper, massa. Donec pharetra molestie, massa dolore amet volutpat lorem adipiscing diam lobortis tempus amet, eget proin nisi pulvinar eget et nisi pulvinar volutpat et nisi amet. Id proin ut ipsum at molestie mi magna feugiat, volutpat ante nisi, dolor eget sem nunc sed elit sem nunc sed, consectetur tellus massa ac. Pharetra id diam congue feugiat adipiscing ullamcorper dolor felis diam tincidunt tempus turpis euismod nibh lorem turpis euismod nibh aliquam amet id nibh aliquam sit. Id et nisi pulvinar id et nisi sit id erat at aliquet tincidunt sed at aliquet massa erat, consectetur, non, nunc ipsum, elit, proin nisi. Pulvinar elit sem nunc tempus consectetur volutpat massa erat consectetur volutpat feugiat felis ullamcorper lobortis, tempus adipiscing ullamcorper massa, donec pharetra, eget praesent, tincidunt ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sed pharetra molestie praesent, ut lorem adipiscing ullamcorper tincidunt tempus amet euismod nibh aliquam turpis volutpat proin. Massa sed at tellus laoreet ac consectetur ullamcorper nibh aliquam amet eget proin dolore dolor eget proin. Nunc ac consectetur, id et ut ipsum amet non massa, aliquam amet non, ante donec eget praesent. Tincidunt ac sit id diam lobortis ipsum elit sem lobortis erat amet volutpat proin donec pharetra, mauris. Aliquet laoreet ac pulvinar eget diam nisi sit mi magna turpis euismod laoreet magna turpis molestie laoreet. Magna feugiat id mi ac, consectetur tellus mi donec feugiat mauris praesent magna pharetra massa erat nonummy. Volutpat ante dolore pharetra molestie praesent congue feugiat, at aliquet congue lorem at aliquet tincidunt lorem turpis. Euismod et nisi sit id et nisi pharetra, mauris praesent congue dolor mauris, praesent congue lorem at. </w:t>
+        <w:t xml:space="preserve">Elit tellus laoreet elit sem massa ac sit id praesent, congue lorem felis diam lobortis tempus adipiscing ullamcorper tincidunt lorem turpis. Euismod, ante nisi amet volutpat et dolore euismod nibh aliquam turpis euismod nibh aliquam sit tellus laoreet lorem, consectetur tellus nunc. Sed at sem dolore dolor elit sem massa sed elit sem turpis ullamcorper nibh nisi sit eget et nisi pulvinar elit. Diam ut tempus nonummy non massa erat amet molestie mi congue lorem adipiscing ullamcorper laoreet aliquam sit tincidunt ac sit, eget. Diam nunc tempus, elit diam ut ipsum elit, non massa donec pharetra molestie proin dolore dolor mauris praesent congue adipiscing tellus. Laoreet ac turpis euismod mi ac turpis euismod et nisi feugiat felis diam, congue feugiat elit diam ut tempus, nonummy ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nonummy volutpat ante dolore, pulvinar elit sem nunc sed consectetur felis diam ut ipsum at aliquet, tincidunt, lorem. Sit id diam ut ipsum nonummy sem lobortis, ipsum, nonummy sem lobortis, tempus nonummy non massa tempus nonummy. Non lobortis tempus amet aliquam amet euismod ante nisi dolor, mauris proin dolore sed at aliquet massa magna. Sit felis diam congue feugiat felis diam nibh, aliquam amet eget nonummy ullamcorper lobortis lorem, turpis euismod nibh. Nisi sed elit aliquet nunc ipsum, elit sem massa donec pharetra mauris praesent magna lorem adipiscing pharetra molestie. Mi dolore dolor felis, praesent tincidunt lorem adipiscing ullamcorper laoreet ac turpis ullamcorper tincidunt lorem adipiscing tellus laoreet. Ac sit elit diam nisi ipsum nonummy ullamcorper lobortis ac turpis id et nunc erat pharetra molestie mi. Congue tempus nonummy euismod nibh donec pulvinar volutpat ante dolore sed consectetur aliquet laoreet ac sit turpis id. </w:t>
+        <w:t xml:space="preserve">Ut tempus pharetra aliquet lobortis aliquam pulvinar. Elit sem massa ac consectetur molestie laoreet. Donec sit mauris diam lobortis tempus adipiscing. Ullamcorper lobortis aliquam amet, volutpat et mauris. Aliquet lobortis lorem at aliquet congue sed. At tellus nibh nisi sit euismod nibh. Magna, pulvinar felis, sem lobortis ipsum nonummy. Ullamcorper lobortis erat at aliquet, laoreet lorem. Adipiscing euismod et, ut sed nonummy non. Nunc tempus nonummy sem ut ipsum elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="IndexHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This text is on page </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Lorem amet eget proin ut ipsum elit, sem, massa eget, sem ut erat consectetur volutpat mi dolore feugiat molestie. Mi congue feugiat at aliquet tincidunt lorem adipiscing tellus laoreet ac turpis id sem nunc, nonummy non massa, tempus. Consectetur volutpat mi dolore feugiat at aliquet tincidunt sed mauris praesent congue sed adipiscing aliquet nunc lorem at sem. Nunc sed nibh, nisi amet euismod nibh aliquam amet euismod et nisi pulvinar id et ut ipsum consectetur, tellus. Ante, magna sit felis ullamcorper nibh mauris praesent congue dolor mauris aliquet tincidunt feugiat, at euismod nibh ac turpis. Euismod nibh aliquam turpis, id et ut, pulvinar felis, sem lobortis erat nonummy non sit molestie, et magna sit. Felis ullamcorper massa tempus amet volutpat ante dolore dolor mauris sem tincidunt lorem consectetur tellus mi, magna feugiat, elit. Non lobortis aliquam non massa aliquam amet volutpat lobortis tempus nonummy volutpat ante aliquam nonummy euismod ante nisi dolor. Eget sem nunc ipsum elit proin dolore pulvinar sem massa sed consectetur tellus, laoreet, donec, sit, mauris diam congue. Feugiat felis ullamcorper tincidunt aliquam amet volutpat proin dolore ipsum at non massa donec pharetra id erat pharetra molestie. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R409a701af96d42af"/>
+      <w:headerReference w:type="default" r:id="R9430cf83d1b8485b"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1008,51 +1057,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R001632c7e8974a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R115319108c124806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R25d84b44f1924b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R409a701af96d42af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0b5dfccf37544731" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3bedfb8223824ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R18575e0b3e914126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9bcb371c220b4a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R9430cf83d1b8485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdafb682aa56d4603" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>