--- v4 (2025-12-14)
+++ v5 (2025-12-16)
@@ -1,489 +1,342 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R839aab96014c4a9f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3eab887ab103477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc1bd3e2328984c3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7007b15c68104c5d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R903f14cf31ba466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R75dd960ef9c1434f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tellus turpis elit mauris ullamcorper proin mi nisi erat dolor adipiscing volutpat sem massa erat, consectetur molestie diam lobortis dolore. Aliquam ipsum nonummy molestie mi tempus amet volutpat proin nunc, erat sit molestie et ut tempus amet non ante donec. Dolor mauris aliquet nunc sed consectetur euismod et, magna sit laoreet ac feugiat felis ullamcorper massa erat nonummy non ante. Dolore sed at euismod laoreet aliquam pulvinar eget et nisi ipsum elit non massa erat consectetur praesent dolore feugiat, at. Euismod et aliquam pulvinar id et nisi pulvinar eget diam nunc tempus elit non ante donec consectetur volutpat, ante donec. Volutpat praesent, tincidunt ac turpis euismod et nisi sit elit sem massa tempus nonummy tellus ante, donec, pharetra mauris praesent. Tincidunt feugiat at ullamcorper lobortis ac euismod laoreet ac sit id et nisi pulvinar eget diam ut, ipsum nonummy nonummy. Pulvinar sit consectetur turpis mauris tellus diam, ante lobortis nunc ut dolore aliquam tempus, adipiscing non nibh donec pulvinar turpis. Euismod et magna sit felis diam ut feugiat elit ullamcorper lobortis erat amet euismod nibh aliquam pulvinar id nibh nisi. Pulvinar eget diam, nisi pulvinar nonummy, volutpat massa tempus consectetur volutpat ante donec pharetra mauris, praesent, congue lorem sit euismod. </w:t>
+        <w:t xml:space="preserve">Id massa tincidunt lorem praesent, congue. Lorem turpis elit proin nunc, pulvinar. Eget, sem ut tempus nonummy, non. Ut sit euismod laoreet ac at. Sem nunc pulvinar id feugiat molestie. Massa tempus felis laoreet sed elit. Diam nisi turpis praesent donec adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper proin congue lorem adipiscing tellus tincidunt ac turpis turpis id et ut, tempus pharetra. Volutpat mi dolore dolor at congue lorem adipiscing euismod nibh aliquam pulvinar eget, et, nisi. Ipsum nonummy non nunc erat pharetra molestie mi dolore dolor at aliquet tincidunt ac adipiscing. Tincidunt ac turpis euismod nibh nisi, pulvinar elit sem, ut tempus nonummy volutpat ante erat. Pharetra molestie proin congue feugiat at, aliquet tincidunt lorem adipiscing, euismod nibh pulvinar eget et. Ut, ipsum nonummy non massa donec amet volutpat massa erat amet volutpat massa donec dolor. Mauris aliquet tincidunt ac turpis tincidunt lorem turpis euismod mi ac sit id et ut. Feugiat nonummy non massa aliquam amet volutpat ante donec pharetra, volutpat ante dolore dolor mauris. Sem tincidunt mauris aliquet tincidunt ac turpis molestie mi magna sit id mi magna pharetra. </w:t>
+        <w:t xml:space="preserve">Tellus diam congue sit tellus nunc pulvinar id mi ac consectetur sem amet ullamcorper congue pharetra non congue pharetra tellus, nunc ipsum id laoreet. Lorem, mauris proin donec adipiscing praesent donec nonummy diam ac at proin aliquam adipiscing lobortis feugiat mauris ante erat felis mi sed elit et. Ac at proin aliquam adipiscing, praesent, congue pharetra sem nunc, ipsum id mi, ac elit aliquam, turpis, praesent dolore amet ullamcorper congue pharetra, tellus. Nunc ipsum euismod tincidunt sed volutpat lobortis lorem tellus massa ipsum id tincidunt dolor nibh lorem mauris ante ipsum id laoreet ipsum id laoreet. Feugiat mauris proin aliquam nonummy praesent donec, eget laoreet lorem mauris ante tempus adipiscing mi erat, nonummy magna, consectetur aliquet nisi turpis praesent dolore. Pharetra non congue sit, tellus massa ipsum eget nibh lorem mauris ante lorem mauris massa ipsum felis mi dolor eget lorem, felis mi erat. Nonummy ullamcorper congue, pharetra tellus nunc pulvinar id, nibh lorem, eget ante tempus nonummy praesent magna diam, magna turpis tellus tincidunt pulvinar, ullamcorper dolore. Pharetra volutpat massa, tempus adipiscing et magna consectetur, non ut sit tellus nunc amet diam, congue, sit non, nisi id mi erat elit nibh. Lorem, mauris ante tempus, felis laoreet sed id nibh lorem mauris ante tempus, mauris massa pulvinar euismod laoreet sed, eget nibh feugiat ante, erat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mauris tellus mi nisi pulvinar nonummy volutpat mi dolore feugiat adipiscing tincidunt ac. Amet id et ut ipsum nonummy non massa tempus, consectetur molestie mi magna. Feugiat felis praesent congue feugiat at ullamcorper lobortis, ac amet euismod massa erat. Sit, mauris diam ut feugiat mauris diam congue lorem adipiscing ullamcorper lobortis ac. Turpis volutpat nibh nisi, amet id et aliquam pulvinar elit ut, sed consectetur. Tellus ante magna pharetra volutpat massa donec pharetra, molestie praesent congue feugiat adipiscing. Ullamcorper laoreet ac turpis aliquet tincidunt lorem, nibh mi donec pharetra molestie mi. Magna dolor mauris aliquet tincidunt feugiat mauris praesent congue dolor at aliquet tincidunt. </w:t>
+        <w:t xml:space="preserve">Non nunc ipsum id nibh lorem mauris, proin aliquam nonummy ullamcorper tincidunt feugiat mauris massa ipsum id laoreet sed tincidunt feugiat mauris massa, tempus felis mi. Sed nonummy et lorem mauris nibh feugiat molestie nunc sit euismod tincidunt erat elit proin aliquam aliquet dolore nonummy diam ac at, proin nisi turpis aliquet. Congue dolor volutpat ut, feugiat mauris massa pulvinar euismod laoreet sed mauris ante lorem, molestie massa feugiat massa pulvinar euismod congue pharetra non lobortis feugiat tellus. Massa erat elit diam ac at ante tempus, felis mi, erat, nonummy sem nisi consectetur dolore pulvinar euismod tincidunt, dolor molestie lobortis, ipsum molestie massa, ipsum. Id laoreet sed eget nibh feugiat mauris, massa ipsum felis et erat at proin nisi ullamcorper congue pharetra, volutpat, lobortis sit non, nisi turpis praesent dolore. Pharetra non ut lorem mauris mi tempus felis laoreet sed volutpat lobortis feugiat molestie massa ipsum diam magna consectetur sem aliquam, at proin aliquam adipiscing ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At euismod et ut pulvinar elit sem ipsum felis ullamcorper lobortis aliquam pharetra mauris proin dolore sed mauris aliquet tincidunt sed, at tellus laoreet. Ac pulvinar felis diam ut tempus nonummy volutpat tempus elit, ullamcorper ut tempus adipiscing ullamcorper nibh donec amet euismod lobortis tempus nonummy, euismod ante. Nisi dolor elit sem nunc erat turpis aliquet nunc euismod et nisi pulvinar, eget et nisi pulvinar eget, diam nisi pulvinar elit non, lobortis. Erat pharetra, molestie mi, dolore dolor mauris praesent pharetra eget praesent congue lorem adipiscing tellus laoreet nisi ipsum elit diam nunc tempus elit non. Lobortis tempus nonummy non massa, aliquam amet volutpat proin dolore, dolor nibh aliquam nonummy volutpat ante donec pulvinar eget proin dolore pulvinar elit sem. Massa erat turpis id et ut tempus amet volutpat proin dolore dolor at aliquet pulvinar mauris sem dolore pulvinar, volutpat ante dolore pulvinar elit. Sem nunc sed at non, laoreet ac sit molestie laoreet donec sit felis ullamcorper aliquam amet eget proin nisi, sed at, aliquet laoreet ac. Pharetra id et congue sit id, praesent congue feugiat, felis praesent ut, lorem adipiscing ullamcorper lobortis tempus, ullamcorper nibh aliquam, pulvinar volutpat nibh nisi. </w:t>
+        <w:t xml:space="preserve">Mi magna turpis, aliquet massa dolor elit lorem at proin dolore amet ullamcorper ut sit, tellus nunc pulvinar euismod, tincidunt sed eget, nibh feugiat molestie massa ipsum. Elit, et magna consectetur, sem amet, aliquet dolore dolor volutpat lobortis feugiat molestie massa ipsum id laoreet sed eget nibh, feugiat tellus nunc, sit euismod tincidunt dolor. Euismod tincidunt feugiat massa tempus id massa ipsum euismod congue amet, diam donec nonummy diam magna, at proin tempus mauris ante tempus id, laoreet sed elit et. Adipiscing praesent donec nonummy diam ut pharetra non nisi turpis aliquet dolore nonummy diam congue consectetur sem nisi turpis sem nisi adipiscing praesent erat elit et magna. Proin nisi turpis aliquet, dolore amet ullamcorper congue pharetra, sem ut adipiscing praesent donec nonummy praesent donec nonummy et lorem at sem aliquam adipiscing praesent erat et. Magna at sem nisi, turpis aliquet, donec amet ullamcorper congue sit non ut pulvinar euismod tincidunt pulvinar euismod tincidunt pharetra, non sit id, mi ac at proin. Aliquam adipiscing proin, donec adipiscing praesent donec nonummy, proin, ac at proin, donec amet ullamcorper magna consectetur non nisi turpis sem adipiscing praesent donec amet diam, magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Congue lorem felis diam tincidunt lorem adipiscing euismod nibh tempus amet eget proin dolore ipsum proin nunc sed, at non laoreet magna pharetra. Molestie praesent congue sit mauris, diam lobortis aliquam amet volutpat, et nisi, amet volutpat nibh aliquam amet congue lorem turpis tellus laoreet ac. Sit eget diam ut, ipsum felis, sem massa erat consectetur volutpat mi dolore dolor at aliquet tincidunt lorem adipiscing euismod lorem adipiscing euismod. Laoreet ac sit felis diam ut tempus elit non lobortis tempus amet molestie, proin dolore dolor, molestie praesent dolore dolor nibh aliquam pulvinar. Volutpat praesent dolore lorem consectetur tellus laoreet, magna, feugiat felis et ut tempus nonummy ullamcorper massa aliquam amet volutpat nibh, tempus amet eget. Ante, nonummy euismod lobortis tempus turpis euismod nibh aliquam sed consectetur tellus laoreet magna sit felis diam lobortis ipsum adipiscing ullamcorper nibh aliquam. Amet volutpat nibh tempus turpis congue dolor mauris aliquet congue, feugiat adipiscing euismod nibh aliquam amet euismod nibh nisi sit id et ac. Sit euismod dolor mauris proin dolore dolor at sem massa erat consectetur tellus laoreet ac sit id mi congue sit felis diam congue. Feugiat felis, diam tincidunt lorem ante donec pharetra molestie mi dolore dolor molestie proin congue sed at aliquet tincidunt sed mauris proin dolore. Dolor mauris, proin dolore sed at sem dolore dolor nibh aliquam pulvinar, id, proin nisi pulvinar elit sem massa erat nonummy sem ut. </w:t>
+        <w:t xml:space="preserve">Pharetra pulvinar consectetur id laoreet erat nonummy diam aliquam turpis aliquet donec nonummy diam donec consectetur ut sit euismod nunc dolor eget nibh ac at proin tempus id laoreet ipsum. Eget, laoreet ac mauris proin aliquam, amet diam magna pharetra non ipsum id mi sed eget, lobortis lorem molestie massa ipsum id laoreet erat at proin aliquam adipiscing praesent aliquam. Felis praesent magna, consectetur diam magna, consectetur aliquam turpis ullamcorper tincidunt pharetra non ut sit tellus nunc amet ullamcorper laoreet dolor volutpat lobortis, lorem molestie laoreet sed eget laoreet sed. Nibh tempus felis mi, tempus id laoreet sed eget nibh lorem mauris, massa feugiat molestie nunc pulvinar euismod, tincidunt sed eget nibh feugiat, molestie massa pulvinar euismod lorem volutpat nibh. Lorem mauris ante erat, elit et magna at proin aliquam at proin tempus felis mi donec nonummy diam ac mauris ante tempus felis mi consectetur sem nisi consectetur aliquet nunc. Pulvinar volutpat lobortis feugiat, molestie ante aliquam nonummy praesent, donec nonummy diam lorem mauris lorem felis, mi erat elit et ac consectetur aliquet nisi turpis, aliquet, congue pharetra non ut. Pharetra non ut sit ullamcorper tincidunt pharetra non congue consectetur sem consectetur sem aliquam adipiscing praesent erat elit et ac at et ac at proin aliquam, amet ullamcorper congue pharetra. Tellus laoreet erat eget nibh lorem at sem nonummy diam donec nonummy diam magna consectetur sem aliquam adipiscing mi tempus felis et magna consectetur sem ut sit aliquet dolore nonummy. Praesent, donec consectetur, sem pulvinar euismod tincidunt, dolor volutpat lobortis feugiat volutpat ut, sit tellus nunc pulvinar euismod laoreet sed volutpat, lobortis feugiat tellus, nunc sit euismod tincidunt, dolor volutpat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolore lorem amet eget proin dolore sed et ut pulvinar eget proin nunc erat, nonummy non massa ipsum elit diam lobortis, erat pharetra mauris aliquet. Lobortis, aliquam pulvinar id et nisi ipsum laoreet ac turpis, tellus laoreet ac sit id et nisi ipsum, elit, non ut tempus nonummy ullamcorper, massa. Donec pharetra molestie, massa dolore amet volutpat lorem adipiscing diam lobortis tempus amet, eget proin nisi pulvinar eget et nisi pulvinar volutpat et nisi amet. Id proin ut ipsum at molestie mi magna feugiat, volutpat ante nisi, dolor eget sem nunc sed elit sem nunc sed, consectetur tellus massa ac. Pharetra id diam congue feugiat adipiscing ullamcorper dolor felis diam tincidunt tempus turpis euismod nibh lorem turpis euismod nibh aliquam amet id nibh aliquam sit. Id et nisi pulvinar id et nisi sit id erat at aliquet tincidunt sed at aliquet massa erat, consectetur, non, nunc ipsum, elit, proin nisi. Pulvinar elit sem nunc tempus consectetur volutpat massa erat consectetur volutpat feugiat felis ullamcorper lobortis, tempus adipiscing ullamcorper massa, donec pharetra, eget praesent, tincidunt ac. </w:t>
-[...146 lines deleted...]
-        <w:t xml:space="preserve">Lorem amet eget proin ut ipsum elit, sem, massa eget, sem ut erat consectetur volutpat mi dolore feugiat molestie. Mi congue feugiat at aliquet tincidunt lorem adipiscing tellus laoreet ac turpis id sem nunc, nonummy non massa, tempus. Consectetur volutpat mi dolore feugiat at aliquet tincidunt sed mauris praesent congue sed adipiscing aliquet nunc lorem at sem. Nunc sed nibh, nisi amet euismod nibh aliquam amet euismod et nisi pulvinar id et ut ipsum consectetur, tellus. Ante, magna sit felis ullamcorper nibh mauris praesent congue dolor mauris aliquet tincidunt feugiat, at euismod nibh ac turpis. Euismod nibh aliquam turpis, id et ut, pulvinar felis, sem lobortis erat nonummy non sit molestie, et magna sit. Felis ullamcorper massa tempus amet volutpat ante dolore dolor mauris sem tincidunt lorem consectetur tellus mi, magna feugiat, elit. Non lobortis aliquam non massa aliquam amet volutpat lobortis tempus nonummy volutpat ante aliquam nonummy euismod ante nisi dolor. Eget sem nunc ipsum elit proin dolore pulvinar sem massa sed consectetur tellus, laoreet, donec, sit, mauris diam congue. Feugiat felis ullamcorper tincidunt aliquam amet volutpat proin dolore ipsum at non massa donec pharetra id erat pharetra molestie. </w:t>
+        <w:t xml:space="preserve">Sit felis mi erat at sem ut sit tellus nunc pulvinar ullamcorper magna pharetra tellus. Massa ipsum id tincidunt sed aliquet dolore amet ullamcorper congue pharetra non, congue pharetra tellus. Nunc sed eget nibh lorem mauris ante tempus felis praesent tempus elit diam turpis aliquet. Nunc pulvinar euismod tincidunt lorem at aliquet donec adipiscing et ac elit proin, aliquam adipiscing. Aliquet dolore amet ullamcorper congue pharetra non nunc pulvinar, euismod ac at sem, dolore amet. Euismod congue dolor non massa tempus felis praesent donec consectetur sem nisi adipiscing praesent dolore. Pulvinar volutpat tincidunt molestie lobortis ipsum id nunc pulvinar euismod tincidunt dolor volutpat ut sit. Tellus massa ipsum id tincidunt dolor volutpat lobortis lorem molestie ante tempus euismod tincidunt dolor. Lobortis feugiat molestie lobortis feugiat, molestie massa ipsum id laoreet dolor volutpat lobortis feugiat molestie. Laoreet sed elit diam magna consectetur sem dolore nonummy, praesent magna consectetur ut feugiat id. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R9430cf83d1b8485b"/>
+      <w:headerReference w:type="default" r:id="R972f80ef68ca4796"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -533,69 +386,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page header - page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>4</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>3</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -1057,51 +910,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3bedfb8223824ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R18575e0b3e914126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9bcb371c220b4a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R9430cf83d1b8485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdafb682aa56d4603" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2d4d0037d1524633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2e3b0df441634480" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R66eb5d4f66474cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R972f80ef68ca4796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2847d7b2c0a1456d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>