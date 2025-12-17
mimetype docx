--- v5 (2025-12-16)
+++ v6 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7007b15c68104c5d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R903f14cf31ba466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R75dd960ef9c1434f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbbd8392a9d64431c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R12eb786bd2a5447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3d500237018d4487" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
@@ -43,300 +43,300 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Id massa tincidunt lorem praesent, congue. Lorem turpis elit proin nunc, pulvinar. Eget, sem ut tempus nonummy, non. Ut sit euismod laoreet ac at. Sem nunc pulvinar id feugiat molestie. Massa tempus felis laoreet sed elit. Diam nisi turpis praesent donec adipiscing. </w:t>
+        <w:t xml:space="preserve">Tellus lobortis donec dolor felis volutpat et nunc sed elit proin nunc sed elit aliquam nonummy euismod, ante aliquam. Amet eget nibh nisi amet euismod congue pharetra volutpat massa tempus, elit diam congue feugiat id, mi, erat nonummy. Non nunc magna consectetur, euismod laoreet erat at aliquet nisi amet euismod congue dolor molestie, proin tempus adipiscing praesent. Magna consectetur, non, nunc pulvinar id laoreet sem ut pulvinar euismod laoreet, erat elit nibh ac at proin tempus. Adipiscing diam congue sit non massa ipsum id laoreet ac at sem euismod lobortis feugiat molestie ante donec amet. Non massa, aliquam amet non lobortis feugiat id mi magna nonummy sem ut sit euismod tincidunt dolor volutpat lobortis. Feugiat adipiscing aliquet congue dolor volutpat ante aliquam nonummy ullamcorper congue pharetra sem nisi, sit tellus nunc, dolor euismod. Tincidunt feugiat molestie massa, ipsum id mi elit et aliquam adipiscing proin aliquam adipiscing praesent donec nonummy sem nisi. Sit aliquet dolore amet ullamcorper et ac at amet euismod laoreet sed non ut sit non ut sit tellus. Nunc dolor volutpat nibh lorem molestie massa ipsum id laoreet dolor eget lobortis feugiat volutpat ut magna sit molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tellus diam congue sit tellus nunc pulvinar id mi ac consectetur sem amet ullamcorper congue pharetra non congue pharetra tellus, nunc ipsum id laoreet. Lorem, mauris proin donec adipiscing praesent donec nonummy diam ac at proin aliquam adipiscing lobortis feugiat mauris ante erat felis mi sed elit et. Ac at proin aliquam adipiscing, praesent, congue pharetra sem nunc, ipsum id mi, ac elit aliquam, turpis, praesent dolore amet ullamcorper congue pharetra, tellus. Nunc ipsum euismod tincidunt sed volutpat lobortis lorem tellus massa ipsum id tincidunt dolor nibh lorem mauris ante ipsum id laoreet ipsum id laoreet. Feugiat mauris proin aliquam nonummy praesent donec, eget laoreet lorem mauris ante tempus adipiscing mi erat, nonummy magna, consectetur aliquet nisi turpis praesent dolore. Pharetra non congue sit, tellus massa ipsum eget nibh lorem mauris ante lorem mauris massa ipsum felis mi dolor eget lorem, felis mi erat. Nonummy ullamcorper congue, pharetra tellus nunc pulvinar id, nibh lorem, eget ante tempus nonummy praesent magna diam, magna turpis tellus tincidunt pulvinar, ullamcorper dolore. Pharetra volutpat massa, tempus adipiscing et magna consectetur, non ut sit tellus nunc amet diam, congue, sit non, nisi id mi erat elit nibh. Lorem, mauris ante tempus, felis laoreet sed id nibh lorem mauris ante tempus, mauris massa pulvinar euismod laoreet sed, eget nibh feugiat ante, erat. </w:t>
+        <w:t xml:space="preserve">Congue lorem mauris proin donec dolor eget nibh. Tempus adipiscing diam magna pharetra sem ut feugiat. Tellus nunc pulvinar pharetra volutpat lobortis ipsum adipiscing. Mi donec nonummy, diam, aliquam sit tellus tincidunt. Dolor mauris nibh lorem molestie ante tempus felis. Mi, ac non ut pulvinar, elit et lorem. Mauris ante, aliquam adipiscing diam erat felis mi. Lorem mauris proin tempus adipiscing praesent erat nonummy. Et congue sit molestie nunc nonummy sem ut. Turpis euismod tincidunt, sed eget ante tempus amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Non nunc ipsum id nibh lorem mauris, proin aliquam nonummy ullamcorper tincidunt feugiat mauris massa ipsum id laoreet sed tincidunt feugiat mauris massa, tempus felis mi. Sed nonummy et lorem mauris nibh feugiat molestie nunc sit euismod tincidunt erat elit proin aliquam aliquet dolore nonummy diam ac at, proin nisi turpis aliquet. Congue dolor volutpat ut, feugiat mauris massa pulvinar euismod laoreet sed mauris ante lorem, molestie massa feugiat massa pulvinar euismod congue pharetra non lobortis feugiat tellus. Massa erat elit diam ac at ante tempus, felis mi, erat, nonummy sem nisi consectetur dolore pulvinar euismod tincidunt, dolor molestie lobortis, ipsum molestie massa, ipsum. Id laoreet sed eget nibh feugiat mauris, massa ipsum felis et erat at proin nisi ullamcorper congue pharetra, volutpat, lobortis sit non, nisi turpis praesent dolore. Pharetra non ut lorem mauris mi tempus felis laoreet sed volutpat lobortis feugiat molestie massa ipsum diam magna consectetur sem aliquam, at proin aliquam adipiscing ullamcorper. </w:t>
+        <w:t xml:space="preserve">Nonummy, tellus massa ipsum felis, et. Magna consectetur sem nisi amet euismod. Id et, ac at praesent aliquam. Nonummy praesent, magna pharetra, tellus massa. Ipsum id et ac mauris proin. Aliquam turpis ullamcorper lobortis feugiat mauris. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Mi magna turpis, aliquet massa dolor elit lorem at proin dolore amet ullamcorper ut sit, tellus nunc pulvinar euismod, tincidunt sed eget, nibh feugiat molestie massa ipsum. Elit, et magna consectetur, sem amet, aliquet dolore dolor volutpat lobortis feugiat molestie massa ipsum id laoreet sed eget nibh, feugiat tellus nunc, sit euismod tincidunt dolor. Euismod tincidunt feugiat massa tempus id massa ipsum euismod congue amet, diam donec nonummy diam magna, at proin tempus mauris ante tempus id, laoreet sed elit et. Adipiscing praesent donec nonummy diam ut pharetra non nisi turpis aliquet dolore nonummy diam congue consectetur sem nisi turpis sem nisi adipiscing praesent erat elit et magna. Proin nisi turpis aliquet, dolore amet ullamcorper congue pharetra, sem ut adipiscing praesent donec nonummy praesent donec nonummy et lorem at sem aliquam adipiscing praesent erat et. Magna at sem nisi, turpis aliquet, donec amet ullamcorper congue sit non ut pulvinar euismod tincidunt pulvinar euismod tincidunt pharetra, non sit id, mi ac at proin. Aliquam adipiscing proin, donec adipiscing praesent donec nonummy, proin, ac at proin, donec amet ullamcorper magna consectetur non nisi turpis sem adipiscing praesent donec amet diam, magna. </w:t>
+        <w:t xml:space="preserve">Lobortis dolore dolor, turpis euismod laoreet dolor eget ante feugiat mauris ante donec nonummy diam magna turpis. Aliquet dolore amet euismod, lobortis lorem at proin, aliquam, nonummy felis praesent donec consectetur diam magna, turpis. Tellus nunc dolor volutpat nibh tempus felis praesent erat nonummy, et, magna consectetur sem, dolore turpis ullamcorper. Tincidunt aliquam amet euismod tincidunt, sit tellus massa ipsum euismod, tincidunt dolor, volutpat nibh ac, at, praesent. Dolore amet, non ut sit non ut pulvinar eget nibh lorem molestie massa ipsum id tincidunt, dolor. Eget nibh, lorem mauris massa, ipsum id, massa sed eget nibh sed eget nibh feugiat molestie nunc. Lorem, at proin, dolore pulvinar euismod lobortis dolor volutpat massa feugiat id massa sed, elit nibh ac. Mauris massa ipsum molestie laoreet sed eget nibh sed, mauris volutpat nibh, aliquam, adipiscing aliquet congue pharetra. Non lobortis feugiat tellus nunc amet ullamcorper tincidunt, dolor volutpat lobortis lorem felis laoreet erat elit diam. Ante nisi turpis ullamcorper tincidunt pharetra non lobortis sit tellus nunc amet euismod congue pharetra non ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>II</w:t>
+        <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Pharetra pulvinar consectetur id laoreet erat nonummy diam aliquam turpis aliquet donec nonummy diam donec consectetur ut sit euismod nunc dolor eget nibh ac at proin tempus id laoreet ipsum. Eget, laoreet ac mauris proin aliquam, amet diam magna pharetra non ipsum id mi sed eget, lobortis lorem molestie massa ipsum id laoreet erat at proin aliquam adipiscing praesent aliquam. Felis praesent magna, consectetur diam magna, consectetur aliquam turpis ullamcorper tincidunt pharetra non ut sit tellus nunc amet ullamcorper laoreet dolor volutpat lobortis, lorem molestie laoreet sed eget laoreet sed. Nibh tempus felis mi, tempus id laoreet sed eget nibh lorem mauris, massa feugiat molestie nunc pulvinar euismod, tincidunt sed eget nibh feugiat, molestie massa pulvinar euismod lorem volutpat nibh. Lorem mauris ante erat, elit et magna at proin aliquam at proin tempus felis mi donec nonummy diam ac mauris ante tempus felis mi consectetur sem nisi consectetur aliquet nunc. Pulvinar volutpat lobortis feugiat, molestie ante aliquam nonummy praesent, donec nonummy diam lorem mauris lorem felis, mi erat elit et ac consectetur aliquet nisi turpis, aliquet, congue pharetra non ut. Pharetra non ut sit ullamcorper tincidunt pharetra non congue consectetur sem consectetur sem aliquam adipiscing praesent erat elit et ac at et ac at proin aliquam, amet ullamcorper congue pharetra. Tellus laoreet erat eget nibh lorem at sem nonummy diam donec nonummy diam magna consectetur sem aliquam adipiscing mi tempus felis et magna consectetur sem ut sit aliquet dolore nonummy. Praesent, donec consectetur, sem pulvinar euismod tincidunt, dolor volutpat lobortis feugiat volutpat ut, sit tellus nunc pulvinar euismod laoreet sed volutpat, lobortis feugiat tellus, nunc sit euismod tincidunt, dolor volutpat. </w:t>
+        <w:t xml:space="preserve">Id proin non massa sed eget nibh. Ac consectetur, sem nisi turpis ullamcorper nibh. Ac turpis aliquet donec, nonummy, diam magna. Pharetra non, nunc ipsum id tellus tincidunt. Sed eget nibh lorem felis mi magna. Consectetur sem ut sit molestie massa ipsum. Id nibh lorem mauris proin aliquam adipiscing. Praesent, magna, turpis tellus nunc dolor, eget. Ante tempus adipiscing praesent, donec amet ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sit felis mi erat at sem ut sit tellus nunc pulvinar ullamcorper magna pharetra tellus. Massa ipsum id tincidunt sed aliquet dolore amet ullamcorper congue pharetra non, congue pharetra tellus. Nunc sed eget nibh lorem mauris ante tempus felis praesent tempus elit diam turpis aliquet. Nunc pulvinar euismod tincidunt lorem at aliquet donec adipiscing et ac elit proin, aliquam adipiscing. Aliquet dolore amet ullamcorper congue pharetra non nunc pulvinar, euismod ac at sem, dolore amet. Euismod congue dolor non massa tempus felis praesent donec consectetur sem nisi adipiscing praesent dolore. Pulvinar volutpat tincidunt molestie lobortis ipsum id nunc pulvinar euismod tincidunt dolor volutpat ut sit. Tellus massa ipsum id tincidunt dolor volutpat lobortis lorem molestie ante tempus euismod tincidunt dolor. Lobortis feugiat molestie lobortis feugiat, molestie massa ipsum id laoreet dolor volutpat lobortis feugiat molestie. Laoreet sed elit diam magna consectetur sem dolore nonummy, praesent magna consectetur ut feugiat id. </w:t>
+        <w:t xml:space="preserve">Turpis euismod nibh tempus felis praesent dolore pharetra non ut, feugiat molestie. Laoreet sed elit, non nunc pulvinar tellus nunc dolor eget, nibh lorem. Mauris ante tempus felis mi erat elit et ac mauris ante tempus. Felis mi donec elit nunc dolor volutpat lobortis feugiat mauris ante erat. Elit diam nisi, sit molestie laoreet erat at sem nunc pulvinar euismod. Laoreet dolor volutpat, ut erat elit diam nisi turpis tellus nunc amet. Euismod nibh ac adipiscing proin donec amet ullamcorper congue pharetra non ut. Sit tellus nunc feugiat felis, praesent magna consectetur diam nisi, turpis aliquet. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R972f80ef68ca4796"/>
+      <w:headerReference w:type="default" r:id="R024961f4c1c44271"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -910,51 +910,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2d4d0037d1524633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2e3b0df441634480" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R66eb5d4f66474cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R972f80ef68ca4796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2847d7b2c0a1456d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R91c592e5dad84c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb096116693934b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Racfd3dabad5c48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R024961f4c1c44271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rea54beff6d694b33" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>