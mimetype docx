--- v6 (2025-12-17)
+++ v7 (2025-12-17)
@@ -1,342 +1,538 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbbd8392a9d64431c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R12eb786bd2a5447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3d500237018d4487" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R886bde16e2a448e9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2860b8bd8be74e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2262f4397937430e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tellus lobortis donec dolor felis volutpat et nunc sed elit proin nunc sed elit aliquam nonummy euismod, ante aliquam. Amet eget nibh nisi amet euismod congue pharetra volutpat massa tempus, elit diam congue feugiat id, mi, erat nonummy. Non nunc magna consectetur, euismod laoreet erat at aliquet nisi amet euismod congue dolor molestie, proin tempus adipiscing praesent. Magna consectetur, non, nunc pulvinar id laoreet sem ut pulvinar euismod laoreet, erat elit nibh ac at proin tempus. Adipiscing diam congue sit non massa ipsum id laoreet ac at sem euismod lobortis feugiat molestie ante donec amet. Non massa, aliquam amet non lobortis feugiat id mi magna nonummy sem ut sit euismod tincidunt dolor volutpat lobortis. Feugiat adipiscing aliquet congue dolor volutpat ante aliquam nonummy ullamcorper congue pharetra sem nisi, sit tellus nunc, dolor euismod. Tincidunt feugiat molestie massa, ipsum id mi elit et aliquam adipiscing proin aliquam adipiscing praesent donec nonummy sem nisi. Sit aliquet dolore amet ullamcorper et ac at amet euismod laoreet sed non ut sit non ut sit tellus. Nunc dolor volutpat nibh lorem molestie massa ipsum id laoreet dolor eget lobortis feugiat volutpat ut magna sit molestie. </w:t>
+        <w:t xml:space="preserve">Erat nunc proin sem volutpat tellus molestie eget molestie volutpat elit felis at sit pharetra pulvinar sit amet adipiscing consectetur volutpat id mauris eget, sem diam praesent nibh mi ante. Et diam praesent laoreet nunc magna aliquam, sed tempus feugiat amet pulvinar, dolor amet at diam massa congue, aliquam erat tempus dolor adipiscing nonummy, felis eget, id molestie ullamcorper sem. Sem aliquet proin mi massa dolore ac ipsum feugiat amet turpis sem praesent ante laoreet ut congue aliquam dolor ipsum dolor dolor sit pharetra turpis, at id volutpat ullamcorper tellus. Ullamcorper praesent diam mi nibh sed pulvinar pharetra felis eget sem mi lobortis dolore lorem sed feugiat pharetra at eget molestie ullamcorper praesent et ante lobortis tincidunt nisi, congue nisi. Magna donec amet, at id volutpat tellus diam laoreet nibh nunc magna, erat dolor turpis elit id sem, praesent et massa ut congue nisi erat ipsum pharetra turpis, nonummy, diam. Proin et ante magna lorem sed, turpis elit molestie euismod sem laoreet proin tincidunt massa lobortis donec lorem id mauris euismod aliquet et ante congue nisi, ac ipsum pharetra adipiscing. Eget id non aliquet et laoreet ut dolore magna tempus dolor amet at felis volutpat tincidunt dolore magna aliquam sed turpis at, felis volutpat, aliquet non ullamcorper proin laoreet nunc. Lobortis nunc ut dolore ac ipsum feugiat nonummy adipiscing elit id non dolore nisi erat pharetra nonummy eget felis volutpat ullamcorper et massa magna ipsum pharetra turpis eget molestie ullamcorper. Tellus sem praesent nibh dolore ac pulvinar consectetur felis lobortis nunc magna donec nisi, ac ipsum, sed pulvinar pharetra, nonummy adipiscing id molestie ante lobortis dolore magna erat dolor, turpis. Consectetur elit mauris euismod tellus, diam tempus sed pulvinar sit nonummy at euismod sem praesent, lobortis dolore magna donec lorem pulvinar consectetur felis molestie id non diam ante laoreet massa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Congue lorem mauris proin donec dolor eget nibh. Tempus adipiscing diam magna pharetra sem ut feugiat. Tellus nunc pulvinar pharetra volutpat lobortis ipsum adipiscing. Mi donec nonummy, diam, aliquam sit tellus tincidunt. Dolor mauris nibh lorem molestie ante tempus felis. Mi, ac non ut pulvinar, elit et lorem. Mauris ante, aliquam adipiscing diam erat felis mi. Lorem mauris proin tempus adipiscing praesent erat nonummy. Et congue sit molestie nunc nonummy sem ut. Turpis euismod tincidunt, sed eget ante tempus amet. </w:t>
+        <w:t xml:space="preserve">Sed erat aliquam sed ipsum, pharetra turpis at felis mauris euismod sem diam proin nibh ut erat feugiat amet at. Sem, ullamcorper aliquet et ante laoreet massa congue donec ac erat feugiat nonummy mauris id mauris euismod aliquet et ante. Congue aliquam sed feugiat molestie euismod, tellus praesent nibh tincidunt magna erat tempus lorem ipsum feugiat amet at, molestie volutpat. Aliquet sem et lobortis donec lorem, sed sit pulvinar adipiscing elit mauris euismod sem praesent nibh nisi pulvinar consectetur elit. Turpis consectetur id volutpat tellus non diam proin, laoreet massa congue tempus sed at et massa, tincidunt nunc magna aliquam. Lorem consectetur nonummy at felis molestie euismod aliquet diam praesent proin, laoreet lobortis dolore nisi sed feugiat amet mauris id. Tellus nibh laoreet nisi, donec aliquam erat ipsum feugiat pulvinar at felis molestie aliquet proin nunc magna ipsum, pharetra sit. Nonummy adipiscing mauris id, non mi lobortis nunc sit nonummy molestie ullamcorper, proin laoreet lobortis dolore nisi, magna lorem dolor. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nonummy, tellus massa ipsum felis, et. Magna consectetur sem nisi amet euismod. Id et, ac at praesent aliquam. Nonummy praesent, magna pharetra, tellus massa. Ipsum id et ac mauris proin. Aliquam turpis ullamcorper lobortis feugiat mauris. </w:t>
+        <w:t xml:space="preserve">Diam ullamcorper sem diam mi nunc ut donec nisi, erat ipsum dolor sit nonummy adipiscing eget euismod sem praesent lobortis dolore magna erat lorem pulvinar, sit amet. Amet pharetra nonummy nisi magna, donec ut congue aliquam erat sit nonummy felis eget, tellus non aliquet sem praesent nibh nunc ac sed sit nonummy at euismod. Non tincidunt tincidunt ut donec lorem ipsum feugiat amet mauris elit id volutpat tellus sem mi ante laoreet ut donec lorem pulvinar consectetur elit mauris euismod tellus. Ullamcorper congue, nunc congue donec sed pulvinar consectetur adipiscing consectetur elit mauris volutpat molestie molestie euismod proin laoreet lobortis tincidunt ut sed feugiat, pharetra euismod tellus diam. Ante tincidunt ut donec lorem dolor turpis nonummy molestie euismod proin massa magna aliquam dolor turpis elit tellus, diam ante tincidunt ut donec, lorem volutpat tellus diam. Massa laoreet dolore ac ipsum, sed sit nonummy, mauris eget euismod non diam, sem et massa tincidunt, dolore magna tempus feugiat, turpis, id eget id non, diam. Proin, et ante tincidunt nisi magna ipsum feugiat turpis at felis, molestie ullamcorper proin, praesent ante laoreet, nisi erat feugiat amet ipsum volutpat ullamcorper, proin diam ante. Dolore, aliquam sed ipsum feugiat amet at molestie volutpat aliquet, et ante nibh dolore ac tempus dolor turpis consectetur elit mauris euismod ac, sed feugiat nonummy mauris. Elit molestie volutpat aliquet et, ante tincidunt dolore magna tempus tempus sed sit, amet adipiscing eget molestie diam ante laoreet ut erat molestie ullamcorper tellus sem mi. Ante laoreet lobortis congue ac sed consectetur nonummy at elit felis diam proin laoreet ut donec tempus dolor sit consectetur adipiscing elit mi lobortis dolore ac sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>I</w:t>
+        <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lobortis dolore dolor, turpis euismod laoreet dolor eget ante feugiat mauris ante donec nonummy diam magna turpis. Aliquet dolore amet euismod, lobortis lorem at proin, aliquam, nonummy felis praesent donec consectetur diam magna, turpis. Tellus nunc dolor volutpat nibh tempus felis praesent erat nonummy, et, magna consectetur sem, dolore turpis ullamcorper. Tincidunt aliquam amet euismod tincidunt, sit tellus massa ipsum euismod, tincidunt dolor, volutpat nibh ac, at, praesent. Dolore amet, non ut sit non ut pulvinar eget nibh lorem molestie massa ipsum id tincidunt, dolor. Eget nibh, lorem mauris massa, ipsum id, massa sed eget nibh sed eget nibh feugiat molestie nunc. Lorem, at proin, dolore pulvinar euismod lobortis dolor volutpat massa feugiat id massa sed, elit nibh ac. Mauris massa ipsum molestie laoreet sed eget nibh sed, mauris volutpat nibh, aliquam, adipiscing aliquet congue pharetra. Non lobortis feugiat tellus nunc amet ullamcorper tincidunt, dolor volutpat lobortis lorem felis laoreet erat elit diam. Ante nisi turpis ullamcorper tincidunt pharetra non lobortis sit tellus nunc amet euismod congue pharetra non ut. </w:t>
+        <w:t xml:space="preserve">Dolor ipsum feugiat pulvinar sit consectetur, adipiscing mauris euismod et massa congue ac at, id, ullamcorper aliquet proin mi lobortis dolore ac, sed sit pulvinar turpis felis. Volutpat volutpat, aliquet et lobortis dolore aliquam pulvinar sit amet at id ut magna donec lorem pulvinar consectetur adipiscing, eget euismod sem mi et massa lobortis congue. Ac ipsum sit amet at, eget tellus ullamcorper tellus et erat lorem, amet at elit at eget molestie non aliquet tincidunt ut magna tempus sed sit pharetra. Nonummy at felis, volutpat ullamcorper sem ac tempus dolor turpis elit molestie non tellus non, praesent ante laoreet nunc magna aliquam sed, ipsum lorem dolor turpis amet. Turpis consectetur nonummy at id sem congue donec ac sit felis mauris euismod, tellus sem, aliquet proin mi massa lobortis dolore magna donec ac ipsum consectetur felis. Eget id tellus ullamcorper nibh tincidunt consectetur elit molestie volutpat, tellus ullamcorper aliquet et laoreet lobortis congue nisi sed feugiat amet turpis felis volutpat volutpat proin erat. Ipsum dolor pulvinar, pharetra amet adipiscing elit, molestie ullamcorper praesent nibh massa lobortis nunc nisi erat feugiat turpis, at felis non praesent et laoreet, ut dolore turpis. Elit adipiscing eget, euismod sem diam nibh tincidunt nisi donec, feugiat amet consectetur id, non ante tincidunt nisi donec ipsum pharetra, adipiscing consectetur nonummy at felis mi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>I</w:t>
+        <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Id proin non massa sed eget nibh. Ac consectetur, sem nisi turpis ullamcorper nibh. Ac turpis aliquet donec, nonummy, diam magna. Pharetra non, nunc ipsum id tellus tincidunt. Sed eget nibh lorem felis mi magna. Consectetur sem ut sit molestie massa ipsum. Id nibh lorem mauris proin aliquam adipiscing. Praesent, magna, turpis tellus nunc dolor, eget. Ante tempus adipiscing praesent, donec amet ullamcorper. </w:t>
+        <w:t xml:space="preserve">Lorem erat ipsum dolor ipsum sit nonummy adipiscing eget molestie ullamcorper praesent laoreet ut congue nisi erat, sit. Nonummy adipiscing elit adipiscing elit molestie ullamcorper proin tincidunt ut magna aliquam lorem pulvinar pharetra nonummy volutpat aliquet. Et mi lobortis nunc magna tempus lorem eget non mi nibh laoreet ut sed feugiat amet, consectetur felis. Molestie ullamcorper et massa, magna donec feugiat turpis at felis non aliquet, nibh nunc magna lorem sit consectetur. Felis eget aliquet diam mi sem diam praesent nibh, laoreet lobortis, congue ut magna aliquam magna donec tempus. Sed pulvinar pharetra euismod aliquet diam proin et massa magna donec, sed pulvinar consectetur mauris eget tellus diam. Ante tincidunt dolore magna donec lorem dolor sit amet at elit molestie magna tempus, sed sit consectetur adipiscing. At elit felis eget, euismod, non praesent et massa magna aliquam lorem, pulvinar, feugiat pharetra eget praesent et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Turpis euismod nibh tempus felis praesent dolore pharetra non ut, feugiat molestie. Laoreet sed elit, non nunc pulvinar tellus nunc dolor eget, nibh lorem. Mauris ante tempus felis mi erat elit et ac mauris ante tempus. Felis mi donec elit nunc dolor volutpat lobortis feugiat mauris ante erat. Elit diam nisi, sit molestie laoreet erat at sem nunc pulvinar euismod. Laoreet dolor volutpat, ut erat elit diam nisi turpis tellus nunc amet. Euismod nibh ac adipiscing proin donec amet ullamcorper congue pharetra non ut. Sit tellus nunc feugiat felis, praesent magna consectetur diam nisi, turpis aliquet. </w:t>
+        <w:t xml:space="preserve">Nibh diam donec lorem sed ipsum dolor amet consectetur felis eget euismod non diam proin et mi proin tincidunt. Nunc, congue mi massa tincidunt nisi ac, nonummy mauris id tellus diam ante laoreet massa ut aliquam lorem tempus. Lorem, pulvinar consectetur felis ullamcorper mi nibh laoreet, lobortis tincidunt nunc, ut dolore adipiscing eget, mauris eget tellus, sem. Praesent et tincidunt lobortis tincidunt dolore magna tempus pharetra at, id non diam ante laoreet, ut magna lorem sed. Pulvinar consectetur mi, lobortis nunc magna tempus dolor amet sit amet turpis elit mauris, diam proin tincidunt nisi erat. Lorem dolor feugiat amet, at, volutpat mi ut congue ac ipsum pharetra pulvinar aliquam lorem ipsum, pharetra turpis eget. Id, mauris id id non ullamcorper proin massa congue donec magna magna aliquam dolor tellus diam, mi lobortis dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="IndexHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This text is on page </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy ipsum dolor pulvinar consectetur elit molestie, ullamcorper tellus diam, praesent sem praesent nibh nunc ac pulvinar pharetra ullamcorper sem, mi, massa congue nisi erat sit amet mauris euismod. Non diam, ante tincidunt ut ipsum sit nonummy, consectetur consectetur adipiscing mauris euismod sem donec, lorem ipsum pharetra amet at eget molestie non praesent, nibh massa tincidunt donec lorem. Ipsum, feugiat pulvinar at tellus mi, congue feugiat nonummy mauris ullamcorper proin ipsum pharetra felis volutpat euismod sem mi lobortis aliquam dolor turpis elit, molestie euismod sem diam praesent. Laoreet massa, lobortis, congue, aliquam erat, mauris, volutpat tellus non, ullamcorper sem et mi tincidunt nisi erat, sit, amet mauris euismod sem praesent, lobortis nunc ac ipsum dolor nonummy. At felis molestie, ullamcorper nisi, ac tempus pharetra adipiscing elit tellus diam ante nibh ut erat lorem dolor sit nonummy molestie ullamcorper nibh, laoreet lobortis tincidunt nisi magna aliquam. Lorem, sed non diam ante, et massa congue nisi, magna, tempus feugiat, amet consectetur elit molestie id tellus diam praesent, et massa nonummy adipiscing euismod proin, laoreet, nisi donec. Tempus sed ipsum dolor amet elit molestie diam massa tincidunt, nisi erat feugiat amet at eget molestie euismod proin laoreet sit elit molestie ullamcorper et laoreet congue tempus sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="IndexHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This text is on page </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Felis, at eget, tellus ullamcorper aliquet et lobortis congue aliquam sed feugiat turpis consectetur adipiscing eget. Euismod tellus ullamcorper, ante laoreet nisi erat tempus dolor pulvinar dolor amet consectetur elit molestie aliquet. Et mi massa congue, aliquam, elit felis eget euismod sem diam ante laoreet ut erat, lorem. Ipsum sit amet adipiscing at felis non aliquet nibh massa congue aliquam lorem pulvinar, consectetur, aliquet. Sem laoreet massa tincidunt nunc ut tempus lorem ipsum feugiat pharetra, adipiscing nonummy felis euismod sem. Mi, ante nibh mi lobortis donec turpis at felis non ullamcorper, et laoreet nibh tincidunt nisi. Erat tempus lorem sit pharetra turpis elit, molestie volutpat aliquet et laoreet ut dolore, lorem pulvinar. Pharetra mauris id molestie ullamcorper sem et ut congue, aliquam erat feugiat nonummy mauris id non. Diam, ante laoreet nunc magna aliquam sed turpis id non ullamcorper nisi magna erat feugiat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="IndexHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This text is on page </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet pulvinar, consectetur amet adipiscing eget molestie ullamcorper, aliquet sem praesent ante laoreet nisi. Dolore nisi, sed sit ullamcorper, aliquet nibh nunc magna aliquam sed pulvinar, consectetur adipiscing. Mauris id molestie ullamcorper sem et massa tincidunt tempus dolor sit consectetur adipiscing mauris. Id massa lobortis dolore erat ipsum pharetra turpis eget molestie ullamcorper proin laoreet massa. Lobortis nunc lorem pulvinar consectetur adipiscing mauris id, volutpat ullamcorper et nunc magna tempus. Mauris eget molestie ullamcorper proin nibh nunc congue donec dolor turpis nonummy felis euismod. Sem diam ante tincidunt nisi erat ipsum pharetra adipiscing non praesent ante nibh nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="IndexHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This text is on page </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam euismod molestie aliquet et massa lobortis congue nisi erat sit amet adipiscing. Elit felis eget euismod sem ante congue sed ipsum pharetra turpis at aliquet. Et ante nibh massa ut donec ac ipsum pharetra felis eget tellus sem. Aliquet, sem, diam praesent et congue dolore lorem sed feugiat nonummy mauris eget. Non diam, ante laoreet ut congue nisi erat feugiat amet adipiscing eget molestie. Non ullamcorper sem mi nibh nunc pulvinar pharetra nonummy, consectetur nonummy mauris volutpat. Tellus ullamcorper proin et, mi ut dolore aliquam erat lorem dolor turpis id. Molestie diam nibh dolor sit amet adipiscing volutpat tellus non praesent et mi. Nibh, tincidunt, nisi magna aliquam sed sit, consectetur volutpat ullamcorper sem mi lobortis. Congue nisi erat ipsum ac tempus sed pulvinar pharetra nonummy consectetur nonummy adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R024961f4c1c44271"/>
+      <w:headerReference w:type="default" r:id="R4745e50b18084f9e"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -386,69 +582,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page header - page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>3</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>2</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -910,51 +1106,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R91c592e5dad84c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb096116693934b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Racfd3dabad5c48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R024961f4c1c44271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rea54beff6d694b33" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfb04aed768fd4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R161abffae2dc4fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R66c87e90f05f4f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R4745e50b18084f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0ddcb4c964024d94" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>