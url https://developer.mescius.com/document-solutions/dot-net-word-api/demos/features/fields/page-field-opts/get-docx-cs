--- v7 (2025-12-17)
+++ v8 (2025-12-18)
@@ -1,538 +1,342 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R886bde16e2a448e9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2860b8bd8be74e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2262f4397937430e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4ed6a6c455074483" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3dc3c2eefeec498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R37a89b7cc122495a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>4</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Erat nunc proin sem volutpat tellus molestie eget molestie volutpat elit felis at sit pharetra pulvinar sit amet adipiscing consectetur volutpat id mauris eget, sem diam praesent nibh mi ante. Et diam praesent laoreet nunc magna aliquam, sed tempus feugiat amet pulvinar, dolor amet at diam massa congue, aliquam erat tempus dolor adipiscing nonummy, felis eget, id molestie ullamcorper sem. Sem aliquet proin mi massa dolore ac ipsum feugiat amet turpis sem praesent ante laoreet ut congue aliquam dolor ipsum dolor dolor sit pharetra turpis, at id volutpat ullamcorper tellus. Ullamcorper praesent diam mi nibh sed pulvinar pharetra felis eget sem mi lobortis dolore lorem sed feugiat pharetra at eget molestie ullamcorper praesent et ante lobortis tincidunt nisi, congue nisi. Magna donec amet, at id volutpat tellus diam laoreet nibh nunc magna, erat dolor turpis elit id sem, praesent et massa ut congue nisi erat ipsum pharetra turpis, nonummy, diam. Proin et ante magna lorem sed, turpis elit molestie euismod sem laoreet proin tincidunt massa lobortis donec lorem id mauris euismod aliquet et ante congue nisi, ac ipsum pharetra adipiscing. Eget id non aliquet et laoreet ut dolore magna tempus dolor amet at felis volutpat tincidunt dolore magna aliquam sed turpis at, felis volutpat, aliquet non ullamcorper proin laoreet nunc. Lobortis nunc ut dolore ac ipsum feugiat nonummy adipiscing elit id non dolore nisi erat pharetra nonummy eget felis volutpat ullamcorper et massa magna ipsum pharetra turpis eget molestie ullamcorper. Tellus sem praesent nibh dolore ac pulvinar consectetur felis lobortis nunc magna donec nisi, ac ipsum, sed pulvinar pharetra, nonummy adipiscing id molestie ante lobortis dolore magna erat dolor, turpis. Consectetur elit mauris euismod tellus, diam tempus sed pulvinar sit nonummy at euismod sem praesent, lobortis dolore magna donec lorem pulvinar consectetur felis molestie id non diam ante laoreet massa. </w:t>
+        <w:t xml:space="preserve">Volutpat, sit tempus nisi diam eget sit nisi proin elit ipsum ac nibh, euismod aliquam nibh volutpat dolor tincidunt. Aliquet turpis sed laoreet id ipsum massa molestie pharetra, magna diam amet aliquam proin mauris sed, laoreet euismod, pulvinar. Nunc turpis magna diam nonummy, donec praesent turpis nisi aliquet consectetur ac et elit sed laoreet felis tempus ante. Eget sed laoreet euismod pulvinar nunc tellus at elit sit magna et id turpis lorem nunc proin, volutpat nonummy. Tempus magna praesent id sit ut et id sit magna laoreet tellus pulvinar tempus congue praesent mauris pharetra donec. Massa non nonummy ipsum nisi proin elit sed nunc non consectetur ac nunc sem volutpat turpis pharetra erat lobortis. Nonummy pulvinar nisi nibh aliquet volutpat adipiscing feugiat magna mi tellus elit, amet ac, tincidunt euismod pulvinar nunc tellus. Sit ut sem consectetur magna diam adipiscing aliquam volutpat, sed tincidunt id pulvinar nunc tellus sit congue non pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>4</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sed erat aliquam sed ipsum, pharetra turpis at felis mauris euismod sem diam proin nibh ut erat feugiat amet at. Sem, ullamcorper aliquet et ante laoreet massa congue donec ac erat feugiat nonummy mauris id mauris euismod aliquet et ante. Congue aliquam sed feugiat molestie euismod, tellus praesent nibh tincidunt magna erat tempus lorem ipsum feugiat amet at, molestie volutpat. Aliquet sem et lobortis donec lorem, sed sit pulvinar adipiscing elit mauris euismod sem praesent nibh nisi pulvinar consectetur elit. Turpis consectetur id volutpat tellus non diam proin, laoreet massa congue tempus sed at et massa, tincidunt nunc magna aliquam. Lorem consectetur nonummy at felis molestie euismod aliquet diam praesent proin, laoreet lobortis dolore nisi sed feugiat amet mauris id. Tellus nibh laoreet nisi, donec aliquam erat ipsum feugiat pulvinar at felis molestie aliquet proin nunc magna ipsum, pharetra sit. Nonummy adipiscing mauris id, non mi lobortis nunc sit nonummy molestie ullamcorper, proin laoreet lobortis dolore nisi, magna lorem dolor. </w:t>
+        <w:t xml:space="preserve">Dolore praesent mauris, dolor tincidunt ullamcorper turpis, id ipsum lobortis non pharetra congue, felis aliquam proin. At lorem nibh id ipsum massa id ipsum ante molestie lorem nibh eget ipsum nunc tellus. Turpis nisi diam nonummy erat praesent nonummy, ante, eget sed laoreet euismod sit ut non pharetra. Congue diam nonummy donec, proin mauris ac et elit erat mi id ipsum lobortis non pharetra. Praesent felis feugiat ut volutpat, pharetra nunc euismod ipsum nunc molestie ipsum massa mauris lorem, nibh. Eget dolor massa aliquet turpis magna sem magna diam nonummy dolore praesent consectetur magna diam, nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>4</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Diam ullamcorper sem diam mi nunc ut donec nisi, erat ipsum dolor sit nonummy adipiscing eget euismod sem praesent lobortis dolore magna erat lorem pulvinar, sit amet. Amet pharetra nonummy nisi magna, donec ut congue aliquam erat sit nonummy felis eget, tellus non aliquet sem praesent nibh nunc ac sed sit nonummy at euismod. Non tincidunt tincidunt ut donec lorem ipsum feugiat amet mauris elit id volutpat tellus sem mi ante laoreet ut donec lorem pulvinar consectetur elit mauris euismod tellus. Ullamcorper congue, nunc congue donec sed pulvinar consectetur adipiscing consectetur elit mauris volutpat molestie molestie euismod proin laoreet lobortis tincidunt ut sed feugiat, pharetra euismod tellus diam. Ante tincidunt ut donec lorem dolor turpis nonummy molestie euismod proin massa magna aliquam dolor turpis elit tellus, diam ante tincidunt ut donec, lorem volutpat tellus diam. Massa laoreet dolore ac ipsum, sed sit nonummy, mauris eget euismod non diam, sem et massa tincidunt, dolore magna tempus feugiat, turpis, id eget id non, diam. Proin, et ante tincidunt nisi magna ipsum feugiat turpis at felis, molestie ullamcorper proin, praesent ante laoreet, nisi erat feugiat amet ipsum volutpat ullamcorper, proin diam ante. Dolore, aliquam sed ipsum feugiat amet at molestie volutpat aliquet, et ante nibh dolore ac tempus dolor turpis consectetur elit mauris euismod ac, sed feugiat nonummy mauris. Elit molestie volutpat aliquet et, ante tincidunt dolore magna tempus tempus sed sit, amet adipiscing eget molestie diam ante laoreet ut erat molestie ullamcorper tellus sem mi. Ante laoreet lobortis congue ac sed consectetur nonummy at elit felis diam proin laoreet ut donec tempus dolor sit consectetur adipiscing elit mi lobortis dolore ac sed. </w:t>
+        <w:t xml:space="preserve">At amet donec praesent adipiscing tempus lobortis euismod dolor, tellus pharetra congue ullamcorper nonummy donec, praesent. Mauris congue euismod turpis nisi sem elit erat et elit, tempus ante felis tempus ante mauris. Lorem nibh, id tempus ante mauris tempus nibh mauris tincidunt euismod ipsum nunc molestie feugiat lobortis. Volutpat dolor tincidunt euismod amet nisi sem consectetur magna et felis erat mi felis aliquam ante. At lorem nibh sed mi id feugiat lobortis volutpat feugiat, tincidunt, euismod dolor massa molestie sit. Ut non consectetur magna ullamcorper nonummy tempus ante mauris ac et erat praesent felis tempus proin. Mauris lorem nibh eget erat et elit erat, ante mauris lorem ante mauris lorem et nonummy. Magna diam adipiscing aliquam proin aliquam proin at ac et adipiscing donec aliquet turpis dolore sem. Turpis, magna diam pharetra magna praesent adipiscing aliquam proin laoreet euismod pulvinar ut sem consectetur magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>II</w:t>
+        <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>4</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor ipsum feugiat pulvinar sit consectetur, adipiscing mauris euismod et massa congue ac at, id, ullamcorper aliquet proin mi lobortis dolore ac, sed sit pulvinar turpis felis. Volutpat volutpat, aliquet et lobortis dolore aliquam pulvinar sit amet at id ut magna donec lorem pulvinar consectetur adipiscing, eget euismod sem mi et massa lobortis congue. Ac ipsum sit amet at, eget tellus ullamcorper tellus et erat lorem, amet at elit at eget molestie non aliquet tincidunt ut magna tempus sed sit pharetra. Nonummy at felis, volutpat ullamcorper sem ac tempus dolor turpis elit molestie non tellus non, praesent ante laoreet nunc magna aliquam sed, ipsum lorem dolor turpis amet. Turpis consectetur nonummy at id sem congue donec ac sit felis mauris euismod, tellus sem, aliquet proin mi massa lobortis dolore magna donec ac ipsum consectetur felis. Eget id tellus ullamcorper nibh tincidunt consectetur elit molestie volutpat, tellus ullamcorper aliquet et laoreet lobortis congue nisi sed feugiat amet turpis felis volutpat volutpat proin erat. Ipsum dolor pulvinar, pharetra amet adipiscing elit, molestie ullamcorper praesent nibh massa lobortis nunc nisi erat feugiat turpis, at felis non praesent et laoreet, ut dolore turpis. Elit adipiscing eget, euismod sem diam nibh tincidunt nisi donec, feugiat amet consectetur id, non ante tincidunt nisi donec ipsum pharetra, adipiscing consectetur nonummy at felis mi. </w:t>
+        <w:t xml:space="preserve">Ante euismod pulvinar nunc euismod pulvinar ut sem nonummy donec praesent adipiscing, tempus proin at aliquam et elit erat, mi felis ipsum, lobortis pharetra congue ullamcorper amet, nunc. Aliquet consectetur ac et eget erat laoreet felis tempus ante at ac et eget erat mi elit erat mi mauris donec mi adipiscing aliquam, sem at lorem nibh. Eget ipsum massa molestie sit ut, ullamcorper amet dolore praesent adipiscing nisi, sem at, magna diam, nonummy donec aliquet aliquam proin at magna diam nonummy magna diam nonummy. Dolore praesent adipiscing aliquam proin at ac diam nonummy donec praesent, turpis nisi proin feugiat lobortis, mauris sed, laoreet eget sed laoreet id ipsum nibh volutpat pharetra congue. Ullamcorper amet, nisi, aliquet, turpis magna et elit erat praesent felis, lorem lobortis praesent adipiscing tempus nibh volutpat pharetra tincidunt ullamcorper amet, nunc aliquet consectetur ac et felis. Erat ante mauris feugiat lobortis, volutpat dolor nunc tellus sit nunc molestie congue, ullamcorper, amet dolore massa non amet dolore aliquet turpis, ac et eget sed laoreet felis. Tempus mi mauris lorem at lorem nibh eget ipsum, massa molestie, feugiat congue ullamcorper amet dolore ullamcorper amet dolore aliquet, turpis nisi, sem consectetur donec praesent adipiscing aliquam. Proin at lorem eget sed mi felis lorem nibh mauris lorem, nibh elit erat et nonummy congue ullamcorper amet dolore sem consectetur nisi non pharetra magna ullamcorper amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>4</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem erat ipsum dolor ipsum sit nonummy adipiscing eget molestie ullamcorper praesent laoreet ut congue nisi erat, sit. Nonummy adipiscing elit adipiscing elit molestie ullamcorper proin tincidunt ut magna aliquam lorem pulvinar pharetra nonummy volutpat aliquet. Et mi lobortis nunc magna tempus lorem eget non mi nibh laoreet ut sed feugiat amet, consectetur felis. Molestie ullamcorper et massa, magna donec feugiat turpis at felis non aliquet, nibh nunc magna lorem sit consectetur. Felis eget aliquet diam mi sem diam praesent nibh, laoreet lobortis, congue ut magna aliquam magna donec tempus. Sed pulvinar pharetra euismod aliquet diam proin et massa magna donec, sed pulvinar consectetur mauris eget tellus diam. Ante tincidunt dolore magna donec lorem dolor sit amet at elit molestie magna tempus, sed sit consectetur adipiscing. At elit felis eget, euismod, non praesent et massa magna aliquam lorem, pulvinar, feugiat pharetra eget praesent et. </w:t>
+        <w:t xml:space="preserve">Eget pharetra tincidunt, ullamcorper amet, dolore aliquet sit nisi diam nonummy. Erat mi felis tempus, ante eget sed laoreet euismod pulvinar molestie. Pharetra congue ullamcorper amet donec praesent adipiscing ac nibh eget erat. Laoreet molestie feugiat massa volutpat dolor, tincidunt ullamcorper nonummy donec proin. Consectetur ac nonummy sed laoreet id ipsum massa volutpat dolor tincidunt. Euismod amet nisi sem consectetur nisi non pharetra congue ullamcorper amet. Dolore, aliquet consectetur ac et elit massa non pharetra congue non. Amet aliquam praesent at ac nibh eget sed laoreet euismod feugiat. Lobortis molestie feugiat lobortis volutpat pulvinar tincidunt turpis aliquam et euismod. Pulvinar massa, id ipsum, lobortis, volutpat feugiat lobortis euismod ipsum, laoreet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>4</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nibh diam donec lorem sed ipsum dolor amet consectetur felis eget euismod non diam proin et mi proin tincidunt. Nunc, congue mi massa tincidunt nisi ac, nonummy mauris id tellus diam ante laoreet massa ut aliquam lorem tempus. Lorem, pulvinar consectetur felis ullamcorper mi nibh laoreet, lobortis tincidunt nunc, ut dolore adipiscing eget, mauris eget tellus, sem. Praesent et tincidunt lobortis tincidunt dolore magna tempus pharetra at, id non diam ante laoreet, ut magna lorem sed. Pulvinar consectetur mi, lobortis nunc magna tempus dolor amet sit amet turpis elit mauris, diam proin tincidunt nisi erat. Lorem dolor feugiat amet, at, volutpat mi ut congue ac ipsum pharetra pulvinar aliquam lorem ipsum, pharetra turpis eget. Id, mauris id id non ullamcorper proin massa congue donec magna magna aliquam dolor tellus diam, mi lobortis dolore. </w:t>
-[...195 lines deleted...]
-        <w:t xml:space="preserve">Diam euismod molestie aliquet et massa lobortis congue nisi erat sit amet adipiscing. Elit felis eget euismod sem ante congue sed ipsum pharetra turpis at aliquet. Et ante nibh massa ut donec ac ipsum pharetra felis eget tellus sem. Aliquet, sem, diam praesent et congue dolore lorem sed feugiat nonummy mauris eget. Non diam, ante laoreet ut congue nisi erat feugiat amet adipiscing eget molestie. Non ullamcorper sem mi nibh nunc pulvinar pharetra nonummy, consectetur nonummy mauris volutpat. Tellus ullamcorper proin et, mi ut dolore aliquam erat lorem dolor turpis id. Molestie diam nibh dolor sit amet adipiscing volutpat tellus non praesent et mi. Nibh, tincidunt, nisi magna aliquam sed sit, consectetur volutpat ullamcorper sem mi lobortis. Congue nisi erat ipsum ac tempus sed pulvinar pharetra nonummy consectetur nonummy adipiscing. </w:t>
+        <w:t xml:space="preserve">Felis pulvinar nunc sem consectetur magna diam nonummy donec proin ac et elit erat mi. Felis ipsum massa molestie feugiat lobortis ullamcorper amet nisi aliquet consectetur nisi sem consectetur magna. Mi adipiscing tempus proin at ac elit erat et, felis ipsum lobortis molestie lorem nibh. Volutpat pulvinar nunc euismod turpis ut, sem consectetur donec praesent adipiscing donec aliquet adipiscing aliquam. Et erat laoreet id feugiat lobortis molestie dolor tincidunt volutpat, sed laoreet euismod pulvinar, nunc. Non dolor congue diam adipiscing, tempus ante mauris lorem elit erat laoreet id tempus ante. Mauris feugiat, lobortis, eget sed tincidunt id feugiat massa molestie dolor tincidunt euismod pulvinar nunc. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R4745e50b18084f9e"/>
+      <w:headerReference w:type="default" r:id="R5a589fd1f5264661"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -582,69 +386,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page header - page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>5</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>4</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -1106,51 +910,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfb04aed768fd4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R161abffae2dc4fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R66c87e90f05f4f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R4745e50b18084f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0ddcb4c964024d94" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7d18c3560fc54d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7aa178a3fbc34c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re41ddc793d4b4777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R5a589fd1f5264661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9c86881ebc634a7c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>