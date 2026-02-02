--- v8 (2025-12-18)
+++ v9 (2026-02-02)
@@ -1,342 +1,391 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4ed6a6c455074483" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3dc3c2eefeec498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R37a89b7cc122495a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4c5a809c9d8d466d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R287505543168496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbb4512df74e74532" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Volutpat, sit tempus nisi diam eget sit nisi proin elit ipsum ac nibh, euismod aliquam nibh volutpat dolor tincidunt. Aliquet turpis sed laoreet id ipsum massa molestie pharetra, magna diam amet aliquam proin mauris sed, laoreet euismod, pulvinar. Nunc turpis magna diam nonummy, donec praesent turpis nisi aliquet consectetur ac et elit sed laoreet felis tempus ante. Eget sed laoreet euismod pulvinar nunc tellus at elit sit magna et id turpis lorem nunc proin, volutpat nonummy. Tempus magna praesent id sit ut et id sit magna laoreet tellus pulvinar tempus congue praesent mauris pharetra donec. Massa non nonummy ipsum nisi proin elit sed nunc non consectetur ac nunc sem volutpat turpis pharetra erat lobortis. Nonummy pulvinar nisi nibh aliquet volutpat adipiscing feugiat magna mi tellus elit, amet ac, tincidunt euismod pulvinar nunc tellus. Sit ut sem consectetur magna diam adipiscing aliquam volutpat, sed tincidunt id pulvinar nunc tellus sit congue non pharetra. </w:t>
+        <w:t xml:space="preserve">Tempus erat, aliquam pulvinar consectetur id ullamcorper ante tincidunt aliquam pulvinar elit, non diam lobortis tempus diam tincidunt tempus amet eget sem nunc erat consectetur molestie et ut. Ipsum adipiscing volutpat praesent nunc sed, at id et nisi pulvinar felis, ac feugiat felis et, nisi feugiat felis diam ut ipsum, nonummy volutpat ante donec pharetra eget. Proin dolore lorem consectetur aliquet laoreet ac turpis euismod, mi magna tellus laoreet, ac consectetur tellus mi ac consectetur molestie praesent ut lorem adipiscing ullamcorper nibh aliquam amet. Eget proin nunc erat, consectetur molestie lobortis, erat pharetra molestie proin, dolore, sed adipiscing, euismod nibh aliquam turpis euismod et nisi turpis euismod mi ac sit tellus laoreet. Ac, sit id et ut adipiscing ullamcorper lobortis aliquam, pharetra mauris, proin aliquam amet euismod ante aliquam turpis volutpat nibh tempus turpis euismod nibh aliquam amet id et. Dolore, sed consectetur id sed nonummy non mi, congue, lorem adipiscing, ullamcorper tellus laoreet ac sit id diam lobortis erat amet ullamcorper lobortis tempus praesent congue feugiat, felis. Diam ut sit felis praesent magna dolor mauris aliquet, congue dolor molestie praesent dolore dolor mauris praesent congue dolor, mauris praesent congue, sed proin donec amet volutpat nibh. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolore praesent mauris, dolor tincidunt ullamcorper turpis, id ipsum lobortis non pharetra congue, felis aliquam proin. At lorem nibh id ipsum massa id ipsum ante molestie lorem nibh eget ipsum nunc tellus. Turpis nisi diam nonummy erat praesent nonummy, ante, eget sed laoreet euismod sit ut non pharetra. Congue diam nonummy donec, proin mauris ac et elit erat mi id ipsum lobortis non pharetra. Praesent felis feugiat ut volutpat, pharetra nunc euismod ipsum nunc molestie ipsum massa mauris lorem, nibh. Eget dolor massa aliquet turpis magna sem magna diam nonummy dolore praesent consectetur magna diam, nonummy. </w:t>
+        <w:t xml:space="preserve">Turpis felis diam, ut aliquam amet volutpat proin, dolore sed at aliquet laoreet nisi ipsum nonummy lobortis erat amet volutpat mi, dolore dolor at ullamcorper nibh nisi ipsum at sem. Massa donec consectetur, non ante donec consectetur molestie praesent donec mauris mi dolore dolor mauris praesent tincidunt ac amet id et aliquam turpis tellus laoreet, lorem turpis tellus et nisi. Ipsum nonummy volutpat massa ipsum elit diam sit id et congue feugiat felis diam magna sit mauris, diam congue lorem adipiscing euismod ante aliquam turpis euismod et nisi amet volutpat. Aliquam turpis id nibh aliquam turpis tellus laoreet ac turpis euismod nibh nisi sit tellus, laoreet ac consectetur euismod mi nisi, sit, id et, congue ipsum felis, ac consectetur tellus. Laoreet, donec pharetra non massa tempus nonummy diam magna turpis euismod mi magna sit id et congue ipsum elit ullamcorper ut sit felis diam pharetra molestie massa erat, consectetur molestie. Praesent congue dolor molestie ante dolore, dolor molestie, praesent, congue ac amet id sem pulvinar eget sem nunc sed nonummy tellus mi magna feugiat adipiscing ullamcorper lobortis lorem turpis ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">At amet donec praesent adipiscing tempus lobortis euismod dolor, tellus pharetra congue ullamcorper nonummy donec, praesent. Mauris congue euismod turpis nisi sem elit erat et elit, tempus ante felis tempus ante mauris. Lorem nibh, id tempus ante mauris tempus nibh mauris tincidunt euismod ipsum nunc molestie feugiat lobortis. Volutpat dolor tincidunt euismod amet nisi sem consectetur magna et felis erat mi felis aliquam ante. At lorem nibh sed mi id feugiat lobortis volutpat feugiat, tincidunt, euismod dolor massa molestie sit. Ut non consectetur magna ullamcorper nonummy tempus ante mauris ac et erat praesent felis tempus proin. Mauris lorem nibh eget erat et elit erat, ante mauris lorem ante mauris lorem et nonummy. Magna diam adipiscing aliquam proin aliquam proin at ac et adipiscing donec aliquet turpis dolore sem. Turpis, magna diam pharetra magna praesent adipiscing aliquam proin laoreet euismod pulvinar ut sem consectetur magna. </w:t>
+        <w:t xml:space="preserve">Ac turpis euismod et nunc ipsum nonummy massa erat dolor, mauris praesent congue lorem adipiscing aliquet lobortis lorem turpis. Id nibh aliquam sit id proin ut ipsum nonummy sem nunc tempus nonummy ut ipsum elit sem ut feugiat. Elit non lobortis ipsum nonummy volutpat ante donec sed at praesent nunc lorem, at sem, nunc, sed at aliquet. Pulvinar eget, sem nunc erat consectetur aliquet laoreet erat consectetur non massa erat pharetra tellus nunc erat, nonummy molestie. Mi congue dolor mauris praesent dolore dolor aliquet congue dolor mauris ante donec pharetra eget ante donec pharetra mauris. Aliquet nibh lorem turpis euismod laoreet ac sit id diam nisi ipsum ullamcorper, massa aliquam pharetra eget proin dolore. Sed, at praesent, nunc sed, mauris sem nunc sed at aliquet, tincidunt erat at sem massa, ac pharetra molestie. Mi pharetra tellus laoreet donec pharetra molestie praesent congue lorem nonummy ullamcorper, nibh, aliquam amet, eget proin nunc sed. At aliquet massa erat at tellus laoreet erat consectetur mi congue lorem felis diam lobortis tempus turpis euismod nibh. Aliquam dolor elit proin nisi pulvinar elit proin ut ipsum laoreet aliquam adipiscing aliquet, laoreet ac at tellus laoreet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>I</w:t>
+        <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ante euismod pulvinar nunc euismod pulvinar ut sem nonummy donec praesent adipiscing, tempus proin at aliquam et elit erat, mi felis ipsum, lobortis pharetra congue ullamcorper amet, nunc. Aliquet consectetur ac et eget erat laoreet felis tempus ante at ac et eget erat mi elit erat mi mauris donec mi adipiscing aliquam, sem at lorem nibh. Eget ipsum massa molestie sit ut, ullamcorper amet dolore praesent adipiscing nisi, sem at, magna diam, nonummy donec aliquet aliquam proin at magna diam nonummy magna diam nonummy. Dolore praesent adipiscing aliquam proin at ac diam nonummy donec praesent, turpis nisi proin feugiat lobortis, mauris sed, laoreet eget sed laoreet id ipsum nibh volutpat pharetra congue. Ullamcorper amet, nisi, aliquet, turpis magna et elit erat praesent felis, lorem lobortis praesent adipiscing tempus nibh volutpat pharetra tincidunt ullamcorper amet, nunc aliquet consectetur ac et felis. Erat ante mauris feugiat lobortis, volutpat dolor nunc tellus sit nunc molestie congue, ullamcorper, amet dolore massa non amet dolore aliquet turpis, ac et eget sed laoreet felis. Tempus mi mauris lorem at lorem nibh eget ipsum, massa molestie, feugiat congue ullamcorper amet dolore ullamcorper amet dolore aliquet, turpis nisi, sem consectetur donec praesent adipiscing aliquam. Proin at lorem eget sed mi felis lorem nibh mauris lorem, nibh elit erat et nonummy congue ullamcorper amet dolore sem consectetur nisi non pharetra magna ullamcorper amet. </w:t>
+        <w:t xml:space="preserve">Massa erat nonummy volutpat ante aliquam pharetra volutpat ante dolore sed mauris, praesent pulvinar mauris proin nunc erat turpis id et nisi sit id mi congue feugiat felis. Diam lobortis tempus felis diam ut lorem felis, ullamcorper lobortis tempus, mi donec feugiat felis aliquet lobortis ac amet euismod nibh, ac turpis, id et nisi sit eget. Diam ut, ipsum eget, sem ut tempus elit ut, ipsum amet volutpat ante dolore pharetra, volutpat proin dolore dolor mauris aliquet nunc sed at praesent nunc sed mauris. Sem nunc sed et nunc sed at tellus, laoreet, ac, pharetra tellus massa donec pharetra molestie mi congue feugiat adipiscing, ullamcorper lobortis, tempus, turpis ullamcorper, lobortis tempus, turpis. Volutpat nibh adipiscing euismod laoreet lorem adipiscing aliquet tincidunt sed at, aliquet tincidunt sed at praesent, nunc sed mauris sem dolore dolor volutpat et nisi amet volutpat nibh. Aliquam, id proin ut ipsum elit sem nunc ipsum elit sem nunc tempus elit sem massa donec dolor felis aliquet lobortis ac turpis, laoreet ac turpis euismod nibh. Ac, turpis tellus laoreet ac turpis euismod, et nisi pulvinar felis sem lobortis tempus, elit non massa, tempus nonummy molestie massa tempus ullamcorper lobortis tempus adipiscing diam tincidunt. Feugiat adipiscing diam congue dolor mauris aliquet congue, dolor at aliquet tincidunt lorem adipiscing aliquet congue pharetra volutpat ante aliquam dolor ante aliquam nonummy ullamcorper, tincidunt, lorem adipiscing. Ullamcorper nibh tempus turpis euismod nibh aliquam turpis ullamcorper congue dolor at ullamcorper laoreet, ac adipiscing tellus nibh ac sit mi, magna sit felis et nisi sit molestie. Mi magna sit, id et congue feugiat felis praesent congue feugiat mauris praesent congue feugiat felis ullamcorper lobortis aliquam ullamcorper lobortis nunc sed consectetur aliquet massa erat pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Eget pharetra tincidunt, ullamcorper amet, dolore aliquet sit nisi diam nonummy. Erat mi felis tempus, ante eget sed laoreet euismod pulvinar molestie. Pharetra congue ullamcorper amet donec praesent adipiscing ac nibh eget erat. Laoreet molestie feugiat massa volutpat dolor, tincidunt ullamcorper nonummy donec proin. Consectetur ac nonummy sed laoreet id ipsum massa volutpat dolor tincidunt. Euismod amet nisi sem consectetur nisi non pharetra congue ullamcorper amet. Dolore, aliquet consectetur ac et elit massa non pharetra congue non. Amet aliquam praesent at ac nibh eget sed laoreet euismod feugiat. Lobortis molestie feugiat lobortis volutpat pulvinar tincidunt turpis aliquam et euismod. Pulvinar massa, id ipsum, lobortis, volutpat feugiat lobortis euismod ipsum, laoreet. </w:t>
+        <w:t xml:space="preserve">Magna pulvinar, elit, molestie praesent magna dolor mauris, praesent feugiat adipiscing ullamcorper nibh. Nisi ipsum eget, et nisi pulvinar, id et ut pulvinar elit et ut. Ipsum elit diam lobortis, ipsum nonummy volutpat ante nonummy non lobortis ipsum nonummy. Non ante donec dolor mauris, praesent dolore dolor mauris proin nunc dolor elit. Sem, dolore sed elit aliquet massa ac, proin nunc sed at sem massa. Sed nonummy sem ante erat pharetra molestie praesent congue dolor mauris praesent congue. Feugiat at aliquet tincidunt adipiscing ullamcorper tincidunt ac sit id, nibh, magna ipsum. Felis sem nunc tempus nonummy non massa erat amet non massa erat amet. Volutpat proin, donec pharetra mauris laoreet lorem adipiscing tellus nibh nisi sit euismod. Et nisi sit id diam ut feugiat felis, et congue feugiat felis diam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Felis pulvinar nunc sem consectetur magna diam nonummy donec proin ac et elit erat mi. Felis ipsum massa molestie feugiat lobortis ullamcorper amet nisi aliquet consectetur nisi sem consectetur magna. Mi adipiscing tempus proin at ac elit erat et, felis ipsum lobortis molestie lorem nibh. Volutpat pulvinar nunc euismod turpis ut, sem consectetur donec praesent adipiscing donec aliquet adipiscing aliquam. Et erat laoreet id feugiat lobortis molestie dolor tincidunt volutpat, sed laoreet euismod pulvinar, nunc. Non dolor congue diam adipiscing, tempus ante mauris lorem elit erat laoreet id tempus ante. Mauris feugiat, lobortis, eget sed tincidunt id feugiat massa molestie dolor tincidunt euismod pulvinar nunc. </w:t>
+        <w:t xml:space="preserve">Nibh, dolore dolor, at aliquet sed consectetur aliquet laoreet, ac turpis, id et congue ipsum felis praesent, congue lorem adipiscing ullamcorper lobortis aliquam nonummy euismod, ante dolore dolor at. Aliquet dolor at tellus laoreet ac, pharetra molestie mi congue feugiat felis praesent congue pharetra molestie mi magna pharetra molestie mi donec consectetur volutpat lobortis erat diam, congue ipsum. Adipiscing diam lobortis ipsum felis diam ut tempus nonummy ullamcorper congue dolor molestie praesent magna feugiat felis, ullamcorper lobortis, lorem proin dolore lorem, at aliquet congue pharetra eget proin. Nunc sed at praesent dolore dolor mauris sem nunc sed at tellus massa erat consectetur tellus, laoreet ac sem nisi pulvinar euismod et ut pulvinar eget diam nisi sit. Felis sem lobortis, tempus, nonummy sem lobortis tempus nonummy non, lobortis ipsum adipiscing diam ut ipsum laoreet donec pharetra molestie praesent magna, dolor mauris mi donec dolor mauris mi. Dolore, lorem adipiscing ullamcorper tincidunt aliquam aliquet laoreet aliquam pulvinar eget et nisi pulvinar eget sem nunc ipsum, elit volutpat massa ipsum elit, ullamcorper massa donec pharetra volutpat massa. Aliquam, nonummy ullamcorper lobortis felis ullamcorper lobortis tempus amet volutpat ante nisi, dolor elit sem tincidunt ac sit molestie diam lobortis ipsum adipiscing, ullamcorper, lobortis ipsum nonummy ullamcorper lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="IndexHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This text is on page </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Amet, at aliquet laoreet ac, at tellus laoreet ac pharetra felis diam, lobortis tempus, adipiscing, diam ut lorem felis diam tincidunt lorem, praesent congue feugiat, molestie praesent congue lorem. Adipiscing euismod laoreet aliquam sit id proin nisi sit id diam nisi ipsum felis diam magna pulvinar id erat consectetur aliquet massa erat at, sem nunc sed at, sem. Ut sed elit non massa, tempus consectetur non massa erat, pharetra molestie ante donec amet volutpat ipsum elit non ante donec pharetra volutpat, ante dolore dolor at aliquet nunc. Sed consectetur aliquet tincidunt ac turpis felis diam nisi ipsum mi magna sit id mi magna feugiat felis diam lobortis aliquam nonummy ullamcorper nibh aliquam amet volutpat proin dolore. Dolor elit sem massa erat, consectetur tellus massa id et ut ipsum elit sem ut ipsum elit non massa tempus, nonummy volutpat ante erat amet volutpat massa tempus elit. Ullamcorper lobortis tempus amet eget proin pharetra volutpat, ante donec amet, volutpat nibh nisi amet, volutpat proin, nunc ac turpis molestie mi magna pharetra tellus laoreet elit proin nisi. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R5a589fd1f5264661"/>
+      <w:headerReference w:type="default" r:id="R6a97ba68f4084093"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -386,69 +435,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page header - page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>3</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -910,51 +959,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7d18c3560fc54d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7aa178a3fbc34c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re41ddc793d4b4777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R5a589fd1f5264661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9c86881ebc634a7c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4e8a4468f3df4e25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R354a4f935d8b4dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raef7140a23eb478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R6a97ba68f4084093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R51f0cc629c044a02" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>