--- v9 (2026-02-02)
+++ v10 (2026-03-19)
@@ -1,391 +1,391 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4c5a809c9d8d466d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R287505543168496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbb4512df74e74532" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf4c68250903a4bb5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd1e4252081154d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R09ff4267c21947ce" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Tempus erat, aliquam pulvinar consectetur id ullamcorper ante tincidunt aliquam pulvinar elit, non diam lobortis tempus diam tincidunt tempus amet eget sem nunc erat consectetur molestie et ut. Ipsum adipiscing volutpat praesent nunc sed, at id et nisi pulvinar felis, ac feugiat felis et, nisi feugiat felis diam ut ipsum, nonummy volutpat ante donec pharetra eget. Proin dolore lorem consectetur aliquet laoreet ac turpis euismod, mi magna tellus laoreet, ac consectetur tellus mi ac consectetur molestie praesent ut lorem adipiscing ullamcorper nibh aliquam amet. Eget proin nunc erat, consectetur molestie lobortis, erat pharetra molestie proin, dolore, sed adipiscing, euismod nibh aliquam turpis euismod et nisi turpis euismod mi ac sit tellus laoreet. Ac, sit id et ut adipiscing ullamcorper lobortis aliquam, pharetra mauris, proin aliquam amet euismod ante aliquam turpis volutpat nibh tempus turpis euismod nibh aliquam amet id et. Dolore, sed consectetur id sed nonummy non mi, congue, lorem adipiscing, ullamcorper tellus laoreet ac sit id diam lobortis erat amet ullamcorper lobortis tempus praesent congue feugiat, felis. Diam ut sit felis praesent magna dolor mauris aliquet, congue dolor molestie praesent dolore dolor mauris praesent congue dolor, mauris praesent congue, sed proin donec amet volutpat nibh. </w:t>
+        <w:t xml:space="preserve">Ante tincidunt dolor, id laoreet, dolore, erat lorem sit pulvinar nonummy elit volutpat aliquet mi laoreet, lobortis ut nunc ut laoreet lobortis, lobortis tincidunt ante ante nibh ante mi nibh. Congue aliquam aliquam sed feugiat ipsum sed lorem tempus ac aliquam, ipsum pulvinar feugiat tellus euismod non aliquet diam diam proin praesent diam aliquet non non euismod volutpat molestie euismod. Volutpat tellus aliquet non aliquet aliquet diam sem praesent et aliquet mi proin proin mi et ante mi nibh ante mi lobortis nunc dolore congue nisi, dolore magna nisi dolore. Magna ac donec ac, diam, ante ante tincidunt tincidunt, ut nunc ut nunc congue magna nisi donec ac lorem erat erat nisi donec ac aliquam erat lorem tempus erat sed. Sit, congue, nisi erat erat lorem ipsum dolor dolor sit, amet consectetur consectetur adipiscing nonummy, at id ullamcorper ullamcorper et ante, mi lobortis ante et ante ante molestie tellus non. Tellus praesent mi et ante mi, et, ante mi proin ante laoreet, nibh massa et praesent diam sem proin, et nibh massa laoreet nibh massa tincidunt lobortis nunc tincidunt ut. Nisi tempus donec lorem aliquam ac lorem feugiat pulvinar nonummy at felis, elit mauris molestie lorem sit turpis nonummy pharetra sit dolor, feugiat, ipsum pharetra consectetur adipiscing, felis elit felis. Elit at nonummy consectetur turpis nonummy nonummy turpis amet sit euismod diam sem proin praesent diam praesent diam proin ante mi sem praesent diam aliquet euismod, non aliquet euismod molestie. Id euismod tellus euismod non tellus ullamcorper lorem ipsum erat tempus erat magna tincidunt lobortis mi et ante mi laoreet nibh mi et proin, mi et praesent diam et ante. Tincidunt magna nisi donec praesent praesent proin, proin laoreet nibh ante mi nibh ante laoreet lobortis nunc, tincidunt lobortis nunc, tincidunt lobortis nunc congue ut, nunc tincidunt ut, massa congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Turpis felis diam, ut aliquam amet volutpat proin, dolore sed at aliquet laoreet nisi ipsum nonummy lobortis erat amet volutpat mi, dolore dolor at ullamcorper nibh nisi ipsum at sem. Massa donec consectetur, non ante donec consectetur molestie praesent donec mauris mi dolore dolor mauris praesent tincidunt ac amet id et aliquam turpis tellus laoreet, lorem turpis tellus et nisi. Ipsum nonummy volutpat massa ipsum elit diam sit id et congue feugiat felis diam magna sit mauris, diam congue lorem adipiscing euismod ante aliquam turpis euismod et nisi amet volutpat. Aliquam turpis id nibh aliquam turpis tellus laoreet ac turpis euismod nibh nisi sit tellus, laoreet ac consectetur euismod mi nisi, sit, id et, congue ipsum felis, ac consectetur tellus. Laoreet, donec pharetra non massa tempus nonummy diam magna turpis euismod mi magna sit id et congue ipsum elit ullamcorper ut sit felis diam pharetra molestie massa erat, consectetur molestie. Praesent congue dolor molestie ante dolore, dolor molestie, praesent, congue ac amet id sem pulvinar eget sem nunc sed nonummy tellus mi magna feugiat adipiscing ullamcorper lobortis lorem turpis ullamcorper. </w:t>
+        <w:t xml:space="preserve">Laoreet ipsum ipsum pharetra sit pulvinar amet turpis adipiscing felis volutpat volutpat tellus ullamcorper diam proin mi laoreet, proin proin laoreet lobortis ante et proin mi et sem diam sem. Sem ante laoreet ut ut tincidunt ut nunc nibh massa massa congue pharetra turpis adipiscing, elit at adipiscing at adipiscing pharetra turpis turpis pharetra sit amet, consectetur turpis nonummy pharetra. Turpis, adipiscing elit mauris felis elit at elit turpis consectetur consectetur felis felis, eget felis elit at molestie euismod volutpat id aliquet non sem aliquet sem aliquet ullamcorper sem sem. Diam, et eget eget felis elit at id euismod volutpat aliquet ullamcorper sem euismod volutpat non aliquet ullamcorper sem tellus diam sem praesent et proin proin et proin praesent adipiscing. Id, euismod sem tellus ullamcorper non aliquet diam proin praesent et proin ante tincidunt tincidunt ut nisi donec magna, aliquam, magna aliquam aliquam erat lorem ipsum nisi nisi dolore magna. Nunc magna ac feugiat pulvinar dolor feugiat sit, amet consectetur turpis nonummy elit mauris elit magna, ac tempus tempus, lorem tempus sed, sed feugiat pulvinar dolor feugiat ac ac ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ac turpis euismod et nunc ipsum nonummy massa erat dolor, mauris praesent congue lorem adipiscing aliquet lobortis lorem turpis. Id nibh aliquam sit id proin ut ipsum nonummy sem nunc tempus nonummy ut ipsum elit sem ut feugiat. Elit non lobortis ipsum nonummy volutpat ante donec sed at praesent nunc lorem, at sem, nunc, sed at aliquet. Pulvinar eget, sem nunc erat consectetur aliquet laoreet erat consectetur non massa erat pharetra tellus nunc erat, nonummy molestie. Mi congue dolor mauris praesent dolore dolor aliquet congue dolor mauris ante donec pharetra eget ante donec pharetra mauris. Aliquet nibh lorem turpis euismod laoreet ac sit id diam nisi ipsum ullamcorper, massa aliquam pharetra eget proin dolore. Sed, at praesent, nunc sed, mauris sem nunc sed at aliquet, tincidunt erat at sem massa, ac pharetra molestie. Mi pharetra tellus laoreet donec pharetra molestie praesent congue lorem nonummy ullamcorper, nibh, aliquam amet, eget proin nunc sed. At aliquet massa erat at tellus laoreet erat consectetur mi congue lorem felis diam lobortis tempus turpis euismod nibh. Aliquam dolor elit proin nisi pulvinar elit proin ut ipsum laoreet aliquam adipiscing aliquet, laoreet ac at tellus laoreet. </w:t>
+        <w:t xml:space="preserve">Sem ante mi ante ante, tincidunt. Congue et massa nunc dolore ac. Lorem, feugiat dolor feugiat ipsum lorem. Tempus sed lorem tempus, ipsum sed. Feugiat pulvinar dolor sit turpis amet. Sit, amet tempus ipsum lorem lorem. Ipsum dolor feugiat ipsum pharetra sit. Turpis felis volutpat diam proin praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>II</w:t>
+        <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Massa erat nonummy volutpat ante aliquam pharetra volutpat ante dolore sed mauris, praesent pulvinar mauris proin nunc erat turpis id et nisi sit id mi congue feugiat felis. Diam lobortis tempus felis diam ut lorem felis, ullamcorper lobortis tempus, mi donec feugiat felis aliquet lobortis ac amet euismod nibh, ac turpis, id et nisi sit eget. Diam ut, ipsum eget, sem ut tempus elit ut, ipsum amet volutpat ante dolore pharetra, volutpat proin dolore dolor mauris aliquet nunc sed at praesent nunc sed mauris. Sem nunc sed et nunc sed at tellus, laoreet, ac, pharetra tellus massa donec pharetra molestie mi congue feugiat adipiscing, ullamcorper lobortis, tempus, turpis ullamcorper, lobortis tempus, turpis. Volutpat nibh adipiscing euismod laoreet lorem adipiscing aliquet tincidunt sed at, aliquet tincidunt sed at praesent, nunc sed mauris sem dolore dolor volutpat et nisi amet volutpat nibh. Aliquam, id proin ut ipsum elit sem nunc ipsum elit sem nunc tempus elit sem massa donec dolor felis aliquet lobortis ac turpis, laoreet ac turpis euismod nibh. Ac, turpis tellus laoreet ac turpis euismod, et nisi pulvinar felis sem lobortis tempus, elit non massa, tempus nonummy molestie massa tempus ullamcorper lobortis tempus adipiscing diam tincidunt. Feugiat adipiscing diam congue dolor mauris aliquet congue, dolor at aliquet tincidunt lorem adipiscing aliquet congue pharetra volutpat ante aliquam dolor ante aliquam nonummy ullamcorper, tincidunt, lorem adipiscing. Ullamcorper nibh tempus turpis euismod nibh aliquam turpis ullamcorper congue dolor at ullamcorper laoreet, ac adipiscing tellus nibh ac sit mi, magna sit felis et nisi sit molestie. Mi magna sit, id et congue feugiat felis praesent congue feugiat mauris praesent congue feugiat felis ullamcorper lobortis aliquam ullamcorper lobortis nunc sed consectetur aliquet massa erat pharetra. </w:t>
+        <w:t xml:space="preserve">Praesent nunc congue ac tempus tempus, dolor pharetra turpis amet ipsum sed sit turpis nonummy eget mauris felis volutpat, volutpat sem praesent diam praesent. Diam diam proin, praesent et proin mi tincidunt, ut dolore erat sed ut donec erat, sed feugiat, pulvinar amet at at felis elit volutpat. Aliquet massa tincidunt tincidunt nisi nisi donec ac aliquam donec ac tempus magna tempus feugiat sed lorem tempus dolor sit adipiscing adipiscing nonummy adipiscing. Adipiscing id, volutpat aliquet aliquet, diam et, massa dolore magna, ac feugiat ipsum lorem tempus sed lorem feugiat, dolor dolor ipsum dolor feugiat, tempus. Sed feugiat donec ac tempus erat lorem tempus ipsum dolor feugiat dolor dolor sit, ut donec donec aliquam aliquam sed aliquam aliquam sed feugiat. Feugiat pulvinar amet consectetur amet consectetur turpis nonummy consectetur adipiscing, adipiscing nonummy at nonummy at at id tempus sed dolor, sit amet consectetur consectetur. Adipiscing eget at, adipiscing elit at felis eget volutpat id at felis consectetur donec magna donec ut nunc nibh praesent, non felis pharetra sed. Nisi, dolore ut tincidunt lobortis massa et aliquet volutpat mauris elit at nonummy sit ipsum, sed dolore congue massa nibh massa et sem ullamcorper. Non aliquet volutpat mauris elit adipiscing nonummy consectetur amet sed aliquam magna dolore tincidunt ante, et proin ullamcorper volutpat ipsum, lorem aliquam congue massa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna pulvinar, elit, molestie praesent magna dolor mauris, praesent feugiat adipiscing ullamcorper nibh. Nisi ipsum eget, et nisi pulvinar, id et ut pulvinar elit et ut. Ipsum elit diam lobortis, ipsum nonummy volutpat ante nonummy non lobortis ipsum nonummy. Non ante donec dolor mauris, praesent dolore dolor mauris proin nunc dolor elit. Sem, dolore sed elit aliquet massa ac, proin nunc sed at sem massa. Sed nonummy sem ante erat pharetra molestie praesent congue dolor mauris praesent congue. Feugiat at aliquet tincidunt adipiscing ullamcorper tincidunt ac sit id, nibh, magna ipsum. Felis sem nunc tempus nonummy non massa erat amet non massa erat amet. Volutpat proin, donec pharetra mauris laoreet lorem adipiscing tellus nibh nisi sit euismod. Et nisi sit id diam ut feugiat felis, et congue feugiat felis diam. </w:t>
+        <w:t xml:space="preserve">Lorem tellus volutpat molestie, eget at nonummy. Consectetur turpis elit at adipiscing, elit consectetur. Tellus aliquet ullamcorper proin, proin mi et. Ante massa lobortis lobortis dolore congue ut. Dolore, magna nisi donec ut, mi, proin. Proin mi, nibh ante, nunc dolore magna. Nisi erat magna dolore magna nisi dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Nibh, dolore dolor, at aliquet sed consectetur aliquet laoreet, ac turpis, id et congue ipsum felis praesent, congue lorem adipiscing ullamcorper lobortis aliquam nonummy euismod, ante dolore dolor at. Aliquet dolor at tellus laoreet ac, pharetra molestie mi congue feugiat felis praesent congue pharetra molestie mi magna pharetra molestie mi donec consectetur volutpat lobortis erat diam, congue ipsum. Adipiscing diam lobortis ipsum felis diam ut tempus nonummy ullamcorper congue dolor molestie praesent magna feugiat felis, ullamcorper lobortis, lorem proin dolore lorem, at aliquet congue pharetra eget proin. Nunc sed at praesent dolore dolor mauris sem nunc sed at tellus massa erat consectetur tellus, laoreet ac sem nisi pulvinar euismod et ut pulvinar eget diam nisi sit. Felis sem lobortis, tempus, nonummy sem lobortis tempus nonummy non, lobortis ipsum adipiscing diam ut ipsum laoreet donec pharetra molestie praesent magna, dolor mauris mi donec dolor mauris mi. Dolore, lorem adipiscing ullamcorper tincidunt aliquam aliquet laoreet aliquam pulvinar eget et nisi pulvinar eget sem nunc ipsum, elit volutpat massa ipsum elit, ullamcorper massa donec pharetra volutpat massa. Aliquam, nonummy ullamcorper lobortis felis ullamcorper lobortis tempus amet volutpat ante nisi, dolor elit sem tincidunt ac sit molestie diam lobortis ipsum adipiscing, ullamcorper, lobortis ipsum nonummy ullamcorper lobortis. </w:t>
+        <w:t xml:space="preserve">Congue non aliquet mi laoreet nibh massa nibh praesent et sem praesent. Mi lobortis ut tincidunt laoreet proin diam molestie eget eget adipiscing elit. At felis elit at, elit at mauris elit mauris felis, elit at. Nonummy elit at nonummy, elit, tincidunt ut dolore magna magna tempus, sed. Lorem, feugiat ipsum sed feugiat ipsum, dolor sit, pulvinar feugiat ipsum erat. Aliquam tempus dolor sit sit dolor congue nisi donec magna nisi congue. Magna aliquam donec magna tempus tempus lorem lorem sed dolor tempus ac. Aliquam donec congue massa et sit dolor tempus magna massa tincidunt ante. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>III</w:t>
+        <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Amet, at aliquet laoreet ac, at tellus laoreet ac pharetra felis diam, lobortis tempus, adipiscing, diam ut lorem felis diam tincidunt lorem, praesent congue feugiat, molestie praesent congue lorem. Adipiscing euismod laoreet aliquam sit id proin nisi sit id diam nisi ipsum felis diam magna pulvinar id erat consectetur aliquet massa erat at, sem nunc sed at, sem. Ut sed elit non massa, tempus consectetur non massa erat, pharetra molestie ante donec amet volutpat ipsum elit non ante donec pharetra volutpat, ante dolore dolor at aliquet nunc. Sed consectetur aliquet tincidunt ac turpis felis diam nisi ipsum mi magna sit id mi magna feugiat felis diam lobortis aliquam nonummy ullamcorper nibh aliquam amet volutpat proin dolore. Dolor elit sem massa erat, consectetur tellus massa id et ut ipsum elit sem ut ipsum elit non massa tempus, nonummy volutpat ante erat amet volutpat massa tempus elit. Ullamcorper lobortis tempus amet eget proin pharetra volutpat, ante donec amet, volutpat nibh nisi amet, volutpat proin, nunc ac turpis molestie mi magna pharetra tellus laoreet elit proin nisi. </w:t>
+        <w:t xml:space="preserve">Magna dolor feugiat, sed lorem tempus ac ac erat magna dolore congue. Lobortis nunc tincidunt nisi dolore congue ut proin aliquet diam aliquet id. Volutpat tellus euismod, non, tellus, ullamcorper tellus tellus euismod molestie eget eget. Id ullamcorper volutpat non aliquet non aliquet dolor, sit pulvinar feugiat tempus. Pulvinar feugiat, erat, aliquam aliquam donec aliquam dolore, congue nisi erat magna. Nisi erat erat nisi magna, ac lorem erat nisi ullamcorper sem praesent. Sem aliquet euismod mauris elit turpis nonummy, pharetra pulvinar sed ipsum erat. Ac tempus ipsum dolor sit amet, dolor erat aliquam magna ut, laoreet. Ante praesent sem ullamcorper molestie elit consectetur adipiscing nonummy consectetur, amet pharetra. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="R6a97ba68f4084093"/>
+      <w:headerReference w:type="default" r:id="Re3c198a09df54590"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -435,69 +435,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page header - page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>4</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>3</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -959,51 +959,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4e8a4468f3df4e25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R354a4f935d8b4dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raef7140a23eb478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R6a97ba68f4084093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R51f0cc629c044a02" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra562713c9b3a4ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R61204b038a8a4478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc2536be9ed7c4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Re3c198a09df54590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2bb808480bb84cdc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>