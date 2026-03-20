--- v10 (2026-03-19)
+++ v11 (2026-03-20)
@@ -1,391 +1,538 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf4c68250903a4bb5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd1e4252081154d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R09ff4267c21947ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3edc2e06137a4edf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb3d76066ec5546ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raa0b77d42277481b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ante tincidunt dolor, id laoreet, dolore, erat lorem sit pulvinar nonummy elit volutpat aliquet mi laoreet, lobortis ut nunc ut laoreet lobortis, lobortis tincidunt ante ante nibh ante mi nibh. Congue aliquam aliquam sed feugiat ipsum sed lorem tempus ac aliquam, ipsum pulvinar feugiat tellus euismod non aliquet diam diam proin praesent diam aliquet non non euismod volutpat molestie euismod. Volutpat tellus aliquet non aliquet aliquet diam sem praesent et aliquet mi proin proin mi et ante mi nibh ante mi lobortis nunc dolore congue nisi, dolore magna nisi dolore. Magna ac donec ac, diam, ante ante tincidunt tincidunt, ut nunc ut nunc congue magna nisi donec ac lorem erat erat nisi donec ac aliquam erat lorem tempus erat sed. Sit, congue, nisi erat erat lorem ipsum dolor dolor sit, amet consectetur consectetur adipiscing nonummy, at id ullamcorper ullamcorper et ante, mi lobortis ante et ante ante molestie tellus non. Tellus praesent mi et ante mi, et, ante mi proin ante laoreet, nibh massa et praesent diam sem proin, et nibh massa laoreet nibh massa tincidunt lobortis nunc tincidunt ut. Nisi tempus donec lorem aliquam ac lorem feugiat pulvinar nonummy at felis, elit mauris molestie lorem sit turpis nonummy pharetra sit dolor, feugiat, ipsum pharetra consectetur adipiscing, felis elit felis. Elit at nonummy consectetur turpis nonummy nonummy turpis amet sit euismod diam sem proin praesent diam praesent diam proin ante mi sem praesent diam aliquet euismod, non aliquet euismod molestie. Id euismod tellus euismod non tellus ullamcorper lorem ipsum erat tempus erat magna tincidunt lobortis mi et ante mi laoreet nibh mi et proin, mi et praesent diam et ante. Tincidunt magna nisi donec praesent praesent proin, proin laoreet nibh ante mi nibh ante laoreet lobortis nunc, tincidunt lobortis nunc, tincidunt lobortis nunc congue ut, nunc tincidunt ut, massa congue. </w:t>
+        <w:t xml:space="preserve">Sit massa id adipiscing at amet sit, pharetra pulvinar sit pharetra amet. Pulvinar dolor dolor turpis pharetra amet, turpis amet adipiscing elit id eget. Non mauris nonummy adipiscing at id volutpat ullamcorper euismod, molestie euismod aliquet. Diam praesent sem ullamcorper praesent proin praesent, proin nibh ante lobortis et. Congue, nunc ut congue aliquam erat feugiat pharetra adipiscing elit molestie ullamcorper. Aliquet diam, ante, lobortis donec magna donec dolor adipiscing elit id non. Praesent et, laoreet congue aliquam erat feugiat amet adipiscing eget non diam. Ante laoreet ut donec, tempus sed feugiat pharetra at eget tellus diam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Laoreet ipsum ipsum pharetra sit pulvinar amet turpis adipiscing felis volutpat volutpat tellus ullamcorper diam proin mi laoreet, proin proin laoreet lobortis ante et proin mi et sem diam sem. Sem ante laoreet ut ut tincidunt ut nunc nibh massa massa congue pharetra turpis adipiscing, elit at adipiscing at adipiscing pharetra turpis turpis pharetra sit amet, consectetur turpis nonummy pharetra. Turpis, adipiscing elit mauris felis elit at elit turpis consectetur consectetur felis felis, eget felis elit at molestie euismod volutpat id aliquet non sem aliquet sem aliquet ullamcorper sem sem. Diam, et eget eget felis elit at id euismod volutpat aliquet ullamcorper sem euismod volutpat non aliquet ullamcorper sem tellus diam sem praesent et proin proin et proin praesent adipiscing. Id, euismod sem tellus ullamcorper non aliquet diam proin praesent et proin ante tincidunt tincidunt ut nisi donec magna, aliquam, magna aliquam aliquam erat lorem ipsum nisi nisi dolore magna. Nunc magna ac feugiat pulvinar dolor feugiat sit, amet consectetur turpis nonummy elit mauris elit magna, ac tempus tempus, lorem tempus sed, sed feugiat pulvinar dolor feugiat ac ac ipsum. </w:t>
+        <w:t xml:space="preserve">Ut elit volutpat tellus sem aliquet proin ullamcorper ullamcorper aliquet non aliquet sem laoreet nibh. Tincidunt ut magna aliquam, ac donec, nisi nisi congue ac ac ipsum mauris id tellus. Diam proin laoreet nunc, ut aliquam ac tempus feugiat pulvinar turpis, nonummy felis eget felis. Et lobortis aliquam amet volutpat proin, donec, adipiscing tellus nibh nisi ipsum elit non ante. Congue feugiat felis euismod, nibh nisi ipsum at tellus mi, magna feugiat felis ullamcorper nibh. Tempus nonummy ullamcorper tempus pulvinar eget sem tincidunt erat turpis id, diam ut ipsum, nonummy. Non massa aliquam, pharetra mauris praesent nunc lorem, turpis, euismod, et, magna euismod et ut. Ipsum elit non ante donec pharetra volutpat proin donec dolor mauris aliquet, laoreet aliquam sit. Id diam nisi pulvinar felis diam nunc tempus molestie, mi congue ac turpis, id et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem ante mi ante ante, tincidunt. Congue et massa nunc dolore ac. Lorem, feugiat dolor feugiat ipsum lorem. Tempus sed lorem tempus, ipsum sed. Feugiat pulvinar dolor sit turpis amet. Sit, amet tempus ipsum lorem lorem. Ipsum dolor feugiat ipsum pharetra sit. Turpis felis volutpat diam proin praesent. </w:t>
+        <w:t xml:space="preserve">Consectetur felis non ante donec pharetra at aliquet tincidunt sed at tellus nibh magna sit id diam nunc id et ut, tempus nonummy molestie proin. Dolore feugiat, turpis id sem, massa sed, nonummy tellus massa donec pharetra mauris praesent magna pharetra volutpat, donec dolor mauris aliquet lobortis lorem adipiscing ullamcorper. Laoreet aliquam sit id et nunc sed nonummy non praesent, tincidunt tempus amet volutpat nibh nisi amet elit dolore ipsum elit sem nunc sed at. Tellus mi congue lorem adipiscing euismod proin, nunc, sed consectetur euismod mi magna turpis molestie mi ac, tellus laoreet, ac sit molestie mi donec consectetur. Non massa donec consectetur molestie mi magna pharetra, volutpat ante erat amet volutpat ante donec pharetra molestie, aliquet dolor eget praesent dolore dolor mauris proin. Donec sed at tellus, mi magna sit molestie tincidunt erat at aliquet massa sed at tellus laoreet magna sit molestie, erat pharetra molestie mi magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Praesent nunc congue ac tempus tempus, dolor pharetra turpis amet ipsum sed sit turpis nonummy eget mauris felis volutpat, volutpat sem praesent diam praesent. Diam diam proin, praesent et proin mi tincidunt, ut dolore erat sed ut donec erat, sed feugiat, pulvinar amet at at felis elit volutpat. Aliquet massa tincidunt tincidunt nisi nisi donec ac aliquam donec ac tempus magna tempus feugiat sed lorem tempus dolor sit adipiscing adipiscing nonummy adipiscing. Adipiscing id, volutpat aliquet aliquet, diam et, massa dolore magna, ac feugiat ipsum lorem tempus sed lorem feugiat, dolor dolor ipsum dolor feugiat, tempus. Sed feugiat donec ac tempus erat lorem tempus ipsum dolor feugiat dolor dolor sit, ut donec donec aliquam aliquam sed aliquam aliquam sed feugiat. Feugiat pulvinar amet consectetur amet consectetur turpis nonummy consectetur adipiscing, adipiscing nonummy at nonummy at at id tempus sed dolor, sit amet consectetur consectetur. Adipiscing eget at, adipiscing elit at felis eget volutpat id at felis consectetur donec magna donec ut nunc nibh praesent, non felis pharetra sed. Nisi, dolore ut tincidunt lobortis massa et aliquet volutpat mauris elit at nonummy sit ipsum, sed dolore congue massa nibh massa et sem ullamcorper. Non aliquet volutpat mauris elit adipiscing nonummy consectetur amet sed aliquam magna dolore tincidunt ante, et proin ullamcorper volutpat ipsum, lorem aliquam congue massa. </w:t>
+        <w:t xml:space="preserve">Nunc ac, turpis id, diam, ut tempus nonummy volutpat proin, dolore pulvinar at aliquet laoreet ac, turpis tellus, laoreet, at aliquet tincidunt erat turpis id et congue feugiat id praesent. Congue ipsum felis praesent magna, sit felis praesent magna, feugiat adipiscing, ullamcorper lobortis adipiscing ullamcorper, lobortis ac amet id proin ut pulvinar eget, et ut, sed consectetur, tellus mi congue. Lorem, adipiscing ullamcorper nibh tempus adipiscing volutpat, et, dolore ipsum nibh nisi pulvinar eget sem laoreet magna sit mauris praesent congue feugiat mauris praesent magna dolor mauris, mi dolore dolor. Mauris aliquet lobortis molestie praesent, congue, lorem sit id et ut ipsum, nonummy non ante donec pharetra felis ullamcorper, ante nisi dolor elit proin nisi pulvinar eget proin, nunc erat. Molestie laoreet donec pharetra, molestie praesent congue feugiat felis praesent congue feugiat mauris aliquet congue, feugiat at aliquet, tincidunt lorem adipiscing aliquet, congue lorem adipiscing euismod, laoreet mauris euismod et. Ut tempus nonummy non lobortis ipsum nonummy non ante donec pharetra, molestie praesent dolore dolor mauris aliquet dolor, mauris, proin dolore lorem turpis euismod mi nisi, pulvinar euismod diam nisi. Tempus nonummy volutpat ante donec pharetra, molestie praesent dolore sed mauris aliquet tincidunt lorem proin nunc sed mauris aliquet tincidunt erat consectetur tellus, mi congue feugiat felis, diam ut tempus. Nonummy volutpat ante aliquam nonummy, volutpat ante donec pulvinar eget tempus amet, euismod et nisi dolor, at tellus mi congue feugiat, id praesent, ut lorem adipiscing ullamcorper lobortis aliquam pulvinar. Volutpat proin nisi, pulvinar eget proin nunc volutpat et nisi pulvinar, eget sem massa erat, pharetra molestie mi ut feugiat adipiscing euismod ante nisi dolor, mauris aliquet tincidunt ac, turpis. Molestie mi erat consectetur aliquam pulvinar elit sem nunc sed nonummy molestie mi donec, pharetra mauris praesent congue feugiat mauris, mi, congue feugiat felis praesent dolore feugiat mauris tincidunt sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Lorem tellus volutpat molestie, eget at nonummy. Consectetur turpis elit at adipiscing, elit consectetur. Tellus aliquet ullamcorper proin, proin mi et. Ante massa lobortis lobortis dolore congue ut. Dolore, magna nisi donec ut, mi, proin. Proin mi, nibh ante, nunc dolore magna. Nisi erat magna dolore magna nisi dolore. </w:t>
+        <w:t xml:space="preserve">Feugiat sed sit nonummy adipiscing, consectetur nonummy at. Nonummy dolor sit nonummy adipiscing ullamcorper lobortis amet. Eget tellus, laoreet erat turpis molestie mi magna. Sit felis praesent ut tempus adipiscing ullamcorper lobortis. Lorem amet euismod, lobortis, aliquam amet congue dolor. Felis ullamcorper tincidunt ac, adipiscing ullamcorper laoreet lorem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Congue non aliquet mi laoreet nibh massa nibh praesent et sem praesent. Mi lobortis ut tincidunt laoreet proin diam molestie eget eget adipiscing elit. At felis elit at, elit at mauris elit mauris felis, elit at. Nonummy elit at nonummy, elit, tincidunt ut dolore magna magna tempus, sed. Lorem, feugiat ipsum sed feugiat ipsum, dolor sit, pulvinar feugiat ipsum erat. Aliquam tempus dolor sit sit dolor congue nisi donec magna nisi congue. Magna aliquam donec magna tempus tempus lorem lorem sed dolor tempus ac. Aliquam donec congue massa et sit dolor tempus magna massa tincidunt ante. </w:t>
+        <w:t xml:space="preserve">Mauris diam tincidunt tempus, amet eget proin dolore erat consectetur molestie mi congue ipsum adipiscing, non ante donec non nibh dolore dolor eget sem nunc. Sed consectetur euismod mi magna sit molestie mi magna sit felis ullamcorper, lobortis aliquam, pharetra mauris praesent amet eget proin nunc sed at tellus tincidunt. Ac sit id et ut ipsum elit ullamcorper massa aliquam amet volutpat proin dolore lorem consectetur tellus laoreet lorem sem nunc sed at sem massa. Erat turpis molestie mi magna feugiat adipiscing, non nibh aliquam amet volutpat proin donec pulvinar mauris proin, erat consectetur molestie mi magna, turpis tellus laoreet. Ac, pharetra tellus mi magna feugiat felis ullamcorper nibh aliquam amet volutpat, ante nisi pulvinar eget proin dolore, dolor et nisi pulvinar eget proin nunc. Sed at non nunc erat, nonummy non nunc tempus elit sem ante magna feugiat adipiscing euismod nibh nisi ipsum, elit aliquet erat consectetur tellus, laoreet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This text is on page </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:t>II</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Magna dolor feugiat, sed lorem tempus ac ac erat magna dolore congue. Lobortis nunc tincidunt nisi dolore congue ut proin aliquet diam aliquet id. Volutpat tellus euismod, non, tellus, ullamcorper tellus tellus euismod molestie eget eget. Id ullamcorper volutpat non aliquet non aliquet dolor, sit pulvinar feugiat tempus. Pulvinar feugiat, erat, aliquam aliquam donec aliquam dolore, congue nisi erat magna. Nisi erat erat nisi magna, ac lorem erat nisi ullamcorper sem praesent. Sem aliquet euismod mauris elit turpis nonummy, pharetra pulvinar sed ipsum erat. Ac tempus ipsum dolor sit amet, dolor erat aliquam magna ut, laoreet. Ante praesent sem ullamcorper molestie elit consectetur adipiscing nonummy consectetur, amet pharetra. </w:t>
+        <w:t xml:space="preserve">Nibh aliquam, pulvinar at, aliquet tincidunt erat at tellus massa ac pharetra id diam lobortis aliquam pharetra eget praesent dolor at tellus. Laoreet ac turpis euismod et nisi feugiat id, mi magna sit id diam, ut tempus nonummy volutpat ante aliquam amet volutpat donec. Amet eget proin dolore sed at aliquet tincidunt erat consectetur tellus laoreet magna sit id praesent congue, ipsum, adipiscing non ante aliquam. Amet euismod ante nisi euismod, nibh nisi dolor consectetur aliquet, massa ac pharetra, congue tincidunt nunc lobortis nunc lobortis congue dolore magna. Donec lorem adipiscing euismod nibh sit id et, ut sed consectetur tellus mi, magna feugiat mauris praesent dolore dolor molestie mi dolore. Pharetra molestie praesent, donec pharetra eget proin dolore pharetra eget aliquam amet volutpat proin nisi amet, volutpat ante nisi, amet eget proin. Dolore ipsum id et ut ipsum elit sem nunc, sed elit sem nunc erat nonummy nisi ipsum elit non, massa erat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="IndexHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This text is on page </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Diam nunc ipsum nonummy volutpat ante magna feugiat felis aliquet, nibh nisi pulvinar id proin nisi id. Proin ut ipsum elit diam ut tempus, elit non massa tempus nonummy, non massa, donec pharetra at. Aliquet tincidunt lorem turpis euismod nibh nisi pulvinar nibh magna sit id, et, nisi pulvinar elit sem. Massa, erat amet volutpat lobortis ipsum amet non massa aliquam nonummy ullamcorper ut lorem adipiscing non tempus. Adipiscing euismod lobortis aliquam turpis euismod nibh aliquam amet, eget sem nunc ipsum elit non nunc ipsum. At tellus mi, congue sit ante magna dolor, molestie mi magna, dolor mauris mi dolore feugiat, at. Ullamcorper lobortis ac turpis id et nisi pulvinar id et, magna pulvinar, eget et nisi felis diam. Ut tempus felis et nisi feugiat felis diam ut ipsum adipiscing ullamcorper, lobortis aliquam, pharetra at aliquet. Tincidunt, lorem turpis, tellus laoreet erat consectetur euismod magna sit molestie et ut ipsum felis diam ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="IndexHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This text is on page </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy pulvinar, consectetur amet adipiscing elit tellus diam, praesent nibh nunc magna, aliquam sed. Consectetur turpis eget tellus diam ante proin laoreet ut tempus pharetra adipiscing elit molestie. Volutpat tellus diam ante congue aliquam sed sit nonummy, at, sem et massa tincidunt. Ut ut tincidunt ut magna tincidunt magna pulvinar elit sem massa, erat amet volutpat. Mi tincidunt ac adipiscing ullamcorper laoreet, aliquam turpis euismod lorem adipiscing tellus laoreet, ac. Sit felis diam ut ipsum felis diam lobortis tempus nonummy volutpat massa donec dolor. Mauris ullamcorper tincidunt lorem praesent tincidunt lorem at aliquet tincidunt, lorem consectetur tellus laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="IndexHeading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This text is on page </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> PAGE \* ROMAN </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Tellus diam nisi tempus, consectetur mauris mi congue feugiat at ullamcorper nibh aliquam adipiscing ullamcorper, sed adipiscing euismod diam nisi. Sit felis, diam nunc tempus consectetur volutpat massa, dolore dolor mauris aliquet, tincidunt ac turpis id sem nunc erat, diam. Nisi, ipsum nonummy tellus ante magna feugiat adipiscing ullamcorper, tincidunt, aliquam pulvinar eget et nisi pulvinar elit non massa, donec. Sit adipiscing diam lobortis aliquam pulvinar nibh nisi dolor eget proin dolore dolor elit sem massa sed at non, nunc. Sed consectetur molestie mi congue feugiat, mauris diam, tincidunt molestie mi, congue dolor felis praesent congue, dolor mauris praesent, congue. Dolor at aliquet congue sed at praesent tincidunt ac sit id et ut ipsum elit sem ipsum elit ullamcorper, lobortis. Feugiat felis diam ut ipsum felis, praesent ut lorem adipiscing non lobortis tempus nonummy, euismod ante aliquam pulvinar at sem. Tincidunt dolor elit, nisi amet id nibh aliquam sit euismod laoreet lorem adipiscing euismod laoreet, nisi sit felis et ut. Ipsum felis sem feugiat felis ullamcorper lobortis, feugiat felis diam ut tempus amet non nibh tempus nonummy ullamcorper nibh donec. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="Re3c198a09df54590"/>
+      <w:headerReference w:type="default" r:id="Re312515eedc44cc5"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -435,69 +582,69 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p>
     <w:r>
       <w:t xml:space="preserve">Page header - page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>3</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100%"/>
   <w:displayBackgroundShape/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F691E"/>
@@ -959,51 +1106,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra562713c9b3a4ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R61204b038a8a4478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc2536be9ed7c4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Re3c198a09df54590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2bb808480bb84cdc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9eecaf73f6e9453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R81e0cb31fd924125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6f29707916024fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Re312515eedc44cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R806be80f1fbe4145" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>