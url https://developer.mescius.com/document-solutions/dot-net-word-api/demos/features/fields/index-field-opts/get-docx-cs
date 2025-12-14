--- v0 (2025-11-05)
+++ v1 (2025-12-14)
@@ -1,471 +1,471 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc958d74f799149b2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R08b7de67c905425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0ac7c1996d914f25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rab217933490e49ad" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdf5414d650cd433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R80dade04cafb4cad" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
+        <w:instrText xml:space="preserve"> XE "Ullamcorper" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper magna et massa ut aliquam. Nisi tempus pharetra pulvinar euismod proin. Nunc erat consectetur id praesent congue. Ipsum amet volutpat praesent nunc lorem. Turpis id et nisi ipsum, nonummy. Molestie mi dolore feugiat at magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Lobortis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis at eget non ullamcorper euismod, sem laoreet magna tempus dolor turpis id, non mi magna, dolor felis ullamcorper, congue ac pulvinar elit. Tellus laoreet magna sit felis diam nibh aliquam pulvinar volutpat proin nunc erat consectetur molestie mi, magna sit id diam ut lorem nonummy. Volutpat praesent nunc, sed consectetur tellus laoreet ac turpis euismod mi magna sit id et ut, ipsum felis ullamcorper, lobortis tempus amet eget. Ante nisi dolor mauris sem nunc sed elit tellus massa ac at sem laoreet magna sit felis praesent lobortis aliquam nonummy, ullamcorper tincidunt. Lorem erat pharetra volutpat mi dolore dolor mauris praesent congue lorem adipiscing ullamcorper laoreet ac adipiscing euismod et nisi ipsum elit sem massa. Donec dolor mauris aliquet pharetra tellus mi congue feugiat adipiscing non lobortis aliquam nonummy volutpat ante nisi dolor, mauris, aliquet laoreet ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Tincidunt" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt volutpat tellus et massa congue lorem amet at, id molestie volutpat aliquet sem massa erat elit, non ante dolore dolor massa magna, feugiat turpis euismod nibh nisi pulvinar eget. Sem laoreet ac pharetra molestie laoreet ac pharetra molestie mi donec, feugiat felis praesent congue ac turpis id et congue feugiat elit volutpat proin dolore dolor, eget, praesent nunc sed. Adipiscing euismod nibh ac turpis euismod laoreet erat consectetur aliquet tincidunt erat laoreet aliquam sit id et ut ipsum eget non ante magna pharetra non massa tempus nonummy volutpat ante. Dolore feugiat molestie proin, congue donec pharetra volutpat ante aliquam nonummy volutpat proin dolore dolor eget, sem nunc sed at tellus mi magna turpis molestie mi ut ipsum adipiscing, ullamcorper. Ut lorem nunc sed at aliquet tincidunt erat consectetur tellus laoreet erat turpis molestie mi magna pharetra id diam ut feugiat adipiscing diam lobortis lorem nonummy, ullamcorper lobortis aliquam ante. Tincidunt dolore lobortis congue sed at praesent non laoreet erat, consectetur molestie praesent, congue feugiat adipiscing diam tincidunt lorem volutpat massa tempus elit ullamcorper lobortis aliquam pharetra mauris praesent dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nibh" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nibh dolore lorem, sit felis diam lobortis tempus, nonummy molestie praesent dolore dolor mauris. Proin dolore dolor eget praesent, tincidunt lorem adipiscing aliquet felis non massa erat consectetur. Volutpat praesent congue feugiat adipiscing ullamcorper lobortis aliquam amet elit proin ut pulvinar elit. Sem massa donec pharetra molestie mi laoreet ac, sit id et lobortis donec amet. Molestie proin dolore dolor adipiscing tellus laoreet ac turpis euismod nibh nisi pulvinar felis. Sem lobortis, donec laoreet magna sit felis praesent congue sit mauris, praesent congue, lorem. Nonummy volutpat proin dolore, dolor at aliquet, nunc, ipsum at aliquet, nunc sed id. Diam nunc tempus, consectetur molestie diam lobortis lorem, adipiscing ullamcorper lobortis ac turpis, volutpat. Sem nunc sed, at non massa, erat, nonummy sem massa erat sem tincidunt dolor. Elit aliquet, tincidunt erat consectetur tellus, laoreet magna sit molestie laoreet ac sit molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Aliquet" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet et nisi, ipsum amet molestie aliquet tincidunt ac turpis, euismod et nisi pulvinar eget diam nisi tempus nonummy non massa ullamcorper. Nibh aliquam amet volutpat sem nunc sed elit sem nunc sed nonummy sem nunc erat consectetur molestie mi congue, lorem amet volutpat. Nibh, nisi nunc sed pharetra felis praesent magna feugiat felis ullamcorper nibh aliquam amet volutpat ante nisi pulvinar eget proin nunc, sed. Consectetur molestie et, magna, feugiat felis ullamcorper congue sed at aliquet tincidunt, ac turpis id et nisi pulvinar id et ut sed. Consectetur molestie, praesent, congue feugiat mauris ullamcorper ullamcorper nibh, donec dolor mauris praesent nunc sed, mauris aliquet tincidunt erat consectetur tellus laoreet. Erat sit molestie diam congue feugiat molestie mi congue sit id praesent donec pharetra molestie praesent, congue feugiat felis ullamcorper tincidunt lorem. Adipiscing volutpat et nisi pulvinar eget proin ut sed nonummy non massa, donec pharetra molestie mi sit, id mi nisi feugiat felis. Volutpat ante dolore dolor mauris aliquet congue sed at aliquet laoreet ac sit id ante nisi dolor at tellus, laoreet magna feugiat. Felis, ullamcorper lobortis tempus amet non nibh donec pulvinar volutpat proin dolore pulvinar mauris, proin, dolore sed at aliquet elit ullamcorper, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nunc" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nunc lorem consectetur id diam adipiscing euismod nibh nisi ipsum at tellus laoreet magna sit. Id ullamcorper, nibh tempus nonummy volutpat ante nisi pulvinar eget sem tincidunt ac turpis id. Sem massa erat at non massa erat consectetur tellus ante erat consectetur molestie mi magna. Pharetra mauris praesent congue feugiat at aliquet tincidunt lorem turpis nibh donec dolor mauris proin. Dolore dolor mauris aliquet nunc sed at tellus mi, magna feugiat felis et ut ipsum. Adipiscing non ante, donec pharetra volutpat volutpat proin dolore dolor, eget proin nisi amet volutpat. Nibh nisi pulvinar id et aliquam pulvinar elit sem nunc sed elit non massa erat. Magna sit id et magna sit, id mi magna sit molestie mi magna pharetra id. Praesent ut feugiat felis ullamcorper congue lorem felis mi magna feugiat nibh nisi pulvinar eget. Sem nunc erat consectetur molestie laoreet magna pharetra molestie mi magna dolor felis aliquet tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ac" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ac aliquam amet eget praesent nunc sed consectetur tellus tincidunt lorem turpis euismod laoreet ac turpis. Molestie et congue feugiat lorem adipiscing ullamcorper ut, tempus nonummy eget sem dolore dolor elit aliquet. Laoreet, magna feugiat felis diam ut ipsum nonummy non ante donec amet euismod laoreet ac consectetur. Tellus laoreet magna sit felis diam, lobortis, tempus, amet non ante dolore sed mauris aliquet laoreet. Ac consectetur euismod et ut sit nibh nisi pulvinar, eget et nunc erat at non massa. Erat pharetra, molestie diam, ut tempus nonummy euismod nibh aliquam amet eget proin dolore lorem adipiscing. Aliquet tincidunt ac adipiscing tellus nibh aliquam pulvinar eget diam nisi sit felis, diam nisi ipsum. Elit non massa erat, amet molestie ante dolore pharetra volutpat proin, donec dolor, eget sem dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Tellus" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Tellus et, lobortis, donec pharetra mauris praesent praesent. Laoreet, ac pulvinar eget diam ut, donec, sit. Felis diam lobortis tempus turpis volutpat et nisi. Pulvinar elit sem massa ac sit molestie mi. Diam lobortis, aliquam nonummy euismod ante nisi pulvinar. Eget sem dolore, dolor elit sem dolore ipsum. Elit, non massa erat consectetur non nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Lobortis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis donec dolor felis aliquet tincidunt lorem turpis ullamcorper et nisi pulvinar eget proin ut. Pulvinar elit sem massa erat proin dolore sed at aliquet, laoreet magna sit id ullamcorper. Lobortis donec dolor mauris proin donec pulvinar mauris proin dolore sed at aliquet nunc volutpat. Mi dolore feugiat mauris proin congue lorem turpis id et nisi, pulvinar elit, sem nunc. Tempus consectetur volutpat massa donec dolor molestie mi dolore dolor mauris turpis ullamcorper tincidunt lorem. Adipiscing aliquet laoreet lorem consectetur aliquet tincidunt sed consectetur euismod mi ac at aliquet massa. Erat turpis molestie et amet eget proin dolore dolor mauris praesent nunc dolor mauris sem. Tincidunt ac turpis molestie, et ut ipsum elit diam ut ipsum, felis ullamcorper ut aliquam. Donec feugiat mauris mi magna pharetra, molestie praesent dolore dolor mauris praesent congue, dolor molestie. Praesent congue lorem turpis eget, et, nisi pulvinar elit non nunc erat aliquam pulvinar eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Dolor" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Dolor adipiscing euismod et nisi ipsum, consectetur tellus, mi et ante donec dolor felis, aliquet lobortis aliquam amet eget et nisi sed nonummy non massa erat consectetur. Mauris, diam tincidunt lorem, felis aliquet congue feugiat at aliquet laoreet aliquam, pulvinar id et nisi pulvinar elit sem nunc tempus consectetur, tellus ante magna pharetra molestie. Ante donec amet molestie praesent eget sem mi lobortis nunc lorem pulvinar elit molestie ullamcorper proin laoreet ut dolore aliquam sed feugiat nonummy mauris ullamcorper, sem mi. Lobortis nisi tempus consectetur, felis volutpat tellus mi ut donec, lorem, turpis, elit molestie non aliquet proin praesent nibh tincidunt, ut magna dolor felis diam tincidunt feugiat. Felis magna sit id mi, magna feugiat id diam lobortis tempus nonummy eget ante donec pulvinar eget, ante dolore pulvinar volutpat nibh ac turpis ullamcorper, lobortis aliquam. Amet ante, donec pharetra volutpat proin dolore amet euismod nibh nisi pulvinar elit, proin nunc sed at aliquet nunc, sed at ac turpis euismod nibh ut ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Donec" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Donec lorem adipiscing, eget feugiat nonummy at euismod diam, nisi. Tempus feugiat felis praesent congue feugiat felis aliquet tincidunt lorem. Turpis, euismod nibh aliquam sit id proin nisi pulvinar eget. Dolor felis ullamcorper nibh aliquam pulvinar eget et dolore sed. At tellus mi magna pharetra molestie mi magna feugiat felis. Diam lobortis aliquam, pulvinar eget mauris, aliquet tincidunt lorem adipiscing. Volutpat proin dolore sed consectetur amet eget proin nunc lorem. Turpis id diam ut pulvinar id et ut at ullamcorper. Nibh nisi sit eget, non massa erat, pharetra mauris praesent. Congue dolor mauris praesent magna pharetra mauris, mi congue dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
         <w:instrText xml:space="preserve"> XE "Turpis" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Turpis ante massa pharetra erat, nisi aliquam congue mi non, id turpis ac. Donec massa sem felis feugiat nisi mi consectetur dolor aliquam lobortis diam felis. Sit magna mi molestie sit ac et molestie sit ac laoreet sem at. Amet aliquam tincidunt praesent felis sit nisi, et eget pulvinar, ut proin eget. Pulvinar ac nibh euismod turpis ac lobortis aliquet, felis dolor donec massa tellus. Consectetur erat massa sem elit nunc sem eget amet ac laoreet euismod adipiscing. Lorem tincidunt ullamcorper turpis tempus tincidunt ullamcorper adipiscing feugiat congue praesent, mauris sit. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Volutpat aliquet praesent et, tellus ullamcorper id consectetur sit ac tempus congue laoreet aliquet at turpis feugiat dolore massa nonummy pulvinar, magna, laoreet tellus adipiscing. Pharetra lorem ut praesent molestie at sed nunc sem eget amet aliquam lobortis ullamcorper adipiscing lorem tincidunt, diam mauris congue mi mauris, sit magna laoreet. Non elit pulvinar nisi proin elit ipsum nisi proin volutpat pulvinar nisi nibh euismod amet aliquam ante euismod nonummy, tempus nibh amet, aliquam lobortis ullamcorper. Adipiscing feugiat congue diam id turpis ac, mi tellus turpis ac laoreet aliquet consectetur dolor dolore nibh volutpat nonummy ante, eget pharetra donec ante volutpat. Elit tempus massa non nonummy, tempus lobortis sem elit tempus ut diam eget ipsum, nisi nibh, tellus adipiscing sed tincidunt praesent amet tempus lobortis ullamcorper. Elit ipsum nisi et id turpis ac laoreet tellus turpis, nisi et id sit, nisi nibh euismod sit lorem congue proin mauris pharetra ante volutpat. Nonummy tempus massa non euismod turpis ac, laoreet euismod turpis ac, tincidunt aliquet at dolor congue praesent lorem lobortis ullamcorper turpis ac, lobortis, aliquet adipiscing. Feugiat congue mi mauris sit donec praesent tellus consectetur sed nunc non at sed, massa, sem elit, ipsum dolore amet lorem, lobortis ullamcorper adipiscing lorem. Lobortis ullamcorper felis, feugiat congue praesent id, pharetra ac laoreet tellus consectetur sed dolore, proin volutpat pulvinar aliquam, lobortis ullamcorper felis sit magna tincidunt aliquet. Mauris dolor dolore praesent, at sed dolore proin mauris, dolor erat lobortis ullamcorper elit ipsum nisi laoreet euismod turpis magna laoreet tellus lorem tincidunt praesent. </w:t>
+        <w:t xml:space="preserve">Turpis eget proin massa ac turpis molestie mi congue pharetra, non laoreet donec sit mauris praesent congue. Feugiat adipiscing euismod ullamcorper nibh aliquam adipiscing ullamcorper nibh aliquam amet id et nisi ipsum elit sem. Nunc sed nonummy sem nunc erat pharetra molestie ante congue erat amet, molestie proin congue sed mauris. Praesent congue sed adipiscing euismod et ut ipsum, elit sem nunc tempus, nonummy non lobortis tempus amet. Molestie proin congue nunc ipsum elit sem massa donec pharetra molestie praesent congue dolor molestie praesent tincidunt. Feugiat felis, aliquet tincidunt lorem, turpis id et nisi nibh aliquam pulvinar elit diam ut pulvinar elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "At" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">At molestie mi congue tempus nonummy non ante tempus nonummy ullamcorper nibh, aliquam amet volutpat. Ante nisi amet euismod nibh, nisi pulvinar elit sem nunc sed, elit sem nunc sed. Nonummy tellus mi sem ut ipsum nonummy sem lobortis tempus nonummy sem lobortis erat amet. Mauris aliquet congue dolor at aliquet, tincidunt sed at aliquet laoreet lorem sit congue feugiat. At aliquet laoreet ac adipiscing euismod nibh aliquam turpis id nibh magna pulvinar, felis diam. Ut tempus elit non ante erat nonummy non ante tincidunt ac turpis euismod nibh nisi. Pulvinar id laoreet ac turpis id diam nisi ipsum nonummy, ullamcorper massa erat nonummy ullamcorper. Lobortis aliquam nunc ac turpis tellus, laoreet magna turpis, id et nisi sit id, mi. Nisi ipsum felis, et ut ipsum nonummy non massa tempus amet non ante aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Tellus" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Tellus diam ut ipsum amet molestie praesent congue sed at aliquet laoreet nisi ipsum nonummy. Volutpat ante donec dolor mauris praesent tincidunt lorem at ullamcorper tincidunt, aliquam sit, eget sem. Massa erat consectetur tellus ante donec dolor mauris praesent ante dolore dolor, at aliquet tincidunt. Lorem adipiscing euismod laoreet ac turpis euismod nibh magna, sit id et nisi ipsum nonummy. Non ante donec amet, nisi ipsum at sem nunc sed nonummy sem massa erat consectetur. Molestie praesent tincidunt tempus turpis ullamcorper lobortis aliquam turpis euismod lobortis ac aliquam pulvinar id. Et nisi pulvinar elit diam nisi ipsum elit sem ut tempus nonummy non massa erat. Pharetra, molestie proin, dolore sed adipiscing ullamcorper laoreet ac tempus nonummy sem massa erat pharetra. Molestie, mi dolore pharetra mauris, praesent congue lorem at ullamcorper laoreet, ac sit id et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Dolor" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Dolor, adipiscing eget proin dolore ipsum eget sem nunc sed consectetur tellus laoreet magna. Sit adipiscing ullamcorper lobortis elit, non ante dolore dolor mauris aliquet lobortis aliquam turpis. Id proin nunc ipsum elit proin, ut ipsum eget et ut pulvinar elit sem. Sem tincidunt erat consectetur tellus massa erat consectetur tellus laoreet, erat pharetra molestie laoreet. Magna sit felis praesent congue feugiat felis diam lobortis tempus adipiscing euismod magna sit. Id ullamcorper lobortis tempus adipiscing non, lobortis aliquam nonummy volutpat nibh nisi pulvinar volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nisi" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nisi erat pharetra felis ullamcorper nibh donec dolor mauris praesent tincidunt ac, at aliquet, laoreet magna pulvinar elit sem lobortis, tempus. Amet molestie praesent ut tempus nonummy euismod lobortis tempus amet eget ante dolore dolor at, tellus massa ac sit, felis ullamcorper. Massa aliquam pharetra at praesent dolore nisi ipsum elit sem massa, tempus amet volutpat, mi dolore feugiat at ullamcorper laoreet lorem. Turpis eget proin ut ipsum eget diam nunc tempus nonummy volutpat ante praesent dolore feugiat at aliquet, tincidunt, ac turpis ullamcorper. Laoreet ac turpis euismod laoreet magna, turpis id diam ut ipsum nonummy non ante aliquet tincidunt lorem at aliquet tincidunt sed. Adipiscing aliquet tincidunt lorem, adipiscing, tellus nibh lorem, turpis id diam ut ipsum, nonummy non massa donec nonummy volutpat proin nibh. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Ut" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Ut, tincidunt proin non, amet erat lobortis et id sit magna laoreet sem eget dolor donec ante volutpat pulvinar. Aliquam laoreet non at ipsum dolore sem eget pulvinar ac, nibh euismod turpis tempus nibh euismod nonummy feugiat congue. Mi molestie pharetra donec laoreet tellus magna, laoreet tellus pharetra magna et id sit erat laoreet tellus, turpis erat. Laoreet aliquet mauris dolor dolore praesent mauris pharetra dolore proin, mauris dolor donec praesent ac tincidunt praesent felis dolor. Donec, massa sem elit ipsum magna et id turpis magna nibh euismod turpis lorem tincidunt, aliquet at feugiat praesent. Mauris pharetra erat ante molestie pharetra erat massa non nonummy ipsum magna et tellus adipiscing, lorem congue proin volutpat. Nonummy ipsum ut et id turpis ac euismod sit magna mi euismod turpis ac laoreet id sit aliquam, nibh. Euismod sit ac laoreet ullamcorper, adipiscing lorem dolore, mi molestie pharetra dolore praesent mauris congue diam adipiscing tempus lobortis. </w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve">Sem eget pulvinar aliquam lobortis diam mauris pharetra donec mi mauris pharetra erat nunc proin elit ipsum tellus at ipsum nunc sem eget pulvinar dolore ante. Euismod adipiscing lorem congue praesent molestie consectetur sed nunc sem elit pulvinar nisi nibh ullamcorper nisi et volutpat turpis aliquam, nibh ullamcorper turpis lorem lobortis ullamcorper. Adipiscing lorem ut, praesent mauris sit, congue praesent id sit ac laoreet molestie sit ac mi ipsum, nisi et id, sit ac laoreet aliquet at lorem. Tincidunt praesent mauris pharetra donec ante volutpat amet, donec proin volutpat amet donec mauris, dolor donec mi molestie pharetra magna ante, tellus pharetra erat massa sem. At pulvinar aliquam nibh ullamcorper turpis ac, lobortis ullamcorper adipiscing feugiat dolore praesent volutpat magna praesent mauris feugiat ut, praesent mauris sit magna praesent id feugiat. Magna laoreet tellus at ipsum nunc sem eget pulvinar nisi ante euismod, nonummy lorem, tincidunt, nonummy aliquam lobortis diam felis ipsum congue, diam felis ipsum lobortis. Non nonummy tempus massa volutpat, nonummy, tempus massa pharetra donec massa non nonummy erat, laoreet non consectetur, dolor dolore ut laoreet ante diam non, aliquet euismod. </w:t>
+        <w:t xml:space="preserve">Ut tempus amet volutpat sem tincidunt ac turpis euismod mi nisi ipsum, felis non proin congue dolor at tellus tincidunt ac. Sit id sem nunc erat consectetur mauris praesent congue feugiat at aliquet tincidunt lorem, at aliquet tincidunt magna sit eget, sem. Massa donec pharetra volutpat mi dolore dolor mauris mi, dolore pharetra volutpat ante donec dolor eget praesent dolore pharetra, eget proin. Nibh, aliquam pulvinar eget proin dolore pulvinar eget et aliquam pulvinar eget proin ut sed at non, laoreet, erat nonummy non. Praesent tincidunt lorem nisi pulvinar eget proin nunc erat consectetur, tellus laoreet ac pharetra id mi magna pharetra tellus ante, donec. Pharetra molestie praesent congue feugiat adipiscing, aliquet et lobortis, erat amet volutpat ante dolore dolor volutpat ante donec dolor eget proin. Dolore dolor mauris proin dolore amet volutpat ante nisi amet eget sem dolore nisi pulvinar eget diam ut ipsum elit non. Mi magna feugiat mauris praesent congue feugiat at ullamcorper, laoreet nisi pulvinar tempus nonummy, volutpat proin nunc sed turpis euismod, et. Nisi ipsum nonummy non massa erat amet volutpat ante donec amet eget praesent dolore dolor at tellus tincidunt dolor at aliquet. Nunc erat consectetur tellus laoreet ac, sit id diam ut ipsum adipiscing praesent congue lorem, mauris mi, magna dolor mauris diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nisi" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nisi sed at tellus laoreet donec, consectetur molestie mi magna, pharetra nunc, erat consectetur tellus massa erat consectetur. Id diam ut feugiat, felis praesent congue lorem nonummy volutpat ante nunc sed at aliquet nunc sed eget. Turpis molestie mi magna sit felis ullamcorper ante congue dolor mauris proin dolore sed at aliquet tincidunt ac. Sit id et nisi ipsum elit non feugiat at ullamcorper nibh aliquam sit eget diam nunc erat pharetra. Molestie mi congue dolor felis aliquet lobortis ac turpis euismod, nibh sed pharetra molestie laoreet magna sit mauris. Diam tincidunt tempus amet volutpat proin nunc pulvinar elit sem nunc sed elit non nunc erat at, non. Laoreet donec, feugiat adipiscing ullamcorper lobortis aliquam amet volutpat nibh ac amet euismod et dolore ipsum elit sem. Nunc erat consectetur molestie mi donec pharetra, molestie mi congue feugiat erat turpis molestie laoreet erat consectetur tellus. Laoreet donec pharetra mauris praesent congue feugiat, felis diam tincidunt tempus adipiscing euismod tincidunt lorem, adipiscing ullamcorper laoreet. Ac pulvinar eget et aliquam pulvinar elit sem ut pulvinar elit, diam lobortis erat consectetur, volutpat, ante dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Molestie" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Molestie mi magna lorem adipiscing euismod ante donec dolor mauris aliquet, tincidunt. Sed consectetur aliquet laoreet ac feugiat nonummy non nibh aliquam amet eget. Proin nunc dolor mauris sem, nunc sed consectetur, tellus mi ac turpis. Molestie mi ullamcorper lobortis aliquam pharetra mauris praesent, nunc ac turpis id. Diam lobortis, erat pharetra molestie, mi dolore dolor at aliquet tincidunt ac. Turpis eget proin nisi pulvinar felis diam, ut ipsum elit sem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Aliquet" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet lobortis ac amet id, et nisi pulvinar elit sem ut, tempus nonummy non massa erat pharetra mauris praesent lobortis lorem turpis id nibh nisi. Pulvinar elit, sem nunc, erat nonummy tellus ante, donec proin nunc erat pharetra molestie praesent, magna sit felis diam lobortis tempus nonummy euismod nibh aliquam. Pulvinar, at aliquet nunc ac turpis molestie mi magna ullamcorper nibh donec, pulvinar mauris praesent donec pulvinar eget, ante nisi pulvinar volutpat et nisi amet. Volutpat proin nisi pulvinar eget proin ut praesent congue feugiat felis diam tincidunt lorem felis ullamcorper lobortis tempus turpis ullamcorper nibh aliquam, turpis euismod nibh. Aliquam pulvinar eget et nisi turpis euismod nibh nisi nisi pulvinar felis, et nisi feugiat felis, diam lobortis aliquam nonummy volutpat massa tempus amet volutpat. Proin nunc, sed consectetur tellus nibh ac sit felis diam lobortis aliquet, tincidunt lorem turpis euismod nibh aliquam turpis, euismod, nibh nisi pulvinar eget diam. Ut tempus nonummy non ut ipsum, et dolore ipsum at non, nunc sed at tellus mi congue sit mauris diam tincidunt tempus turpis euismod lobortis. Tempus, amet, eget et, nisi ipsum eget proin id praesent ut tempus adipiscing, euismod lobortis donec amet euismod nibh aliquam, amet eget et aliquam turpis. Ullamcorper lobortis lorem turpis, euismod et aliquam pulvinar eget diam lorem felis diam lobortis tempus turpis ullamcorper nibh aliquam amet eget aliquet massa, erat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Molestie" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Molestie ullamcorper nibh, aliquam pulvinar eget proin dolore dolor molestie, ante dolore pharetra mauris proin dolore sed adipiscing aliquet tincidunt ac turpis. Id diam ut tempus, elit non lobortis erat amet volutpat ante donec lorem felis diam lobortis, lorem nonummy euismod, ante dolore dolor. Elit aliquet nunc pulvinar erat lorem, amet, consectetur felis volutpat mi nibh, dolore ac ipsum, nonummy felis euismod sem laoreet ut, donec. Tempus magna ipsum pharetra turpis elit tellus diam ante non ullamcorper tellus sem laoreet donec feugiat nisi pulvinar, elit sem, nunc erat. At felis ullamcorper ut ipsum adipiscing ullamcorper ut, ipsum adipiscing ullamcorper ut, tempus nonummy ullamcorper nibh aliquam turpis eget ante nisi ullamcorper. Lobortis aliquam pharetra molestie proin congue sed at aliquet tincidunt sed consectetur tellus tincidunt lorem, consectetur euismod mi erat at aliquet massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Feugiat" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat dolor at euismod et nisi pulvinar eget diam ut. Tempus nonummy molestie mi magna dolor felis sed consectetur molestie. Praesent ut ipsum id ullamcorper lobortis aliquam amet volutpat proin. Dolore sed consectetur aliquet, tincidunt erat turpis, molestie mi, congue. Proin dolore pharetra volutpat lobortis aliquam amet volutpat ante donec. Dolor mauris, sem tincidunt erat, turpis id et nisi feugiat. Felis non massa tempus, amet non nibh nibh nisi, sit. Id et magna turpis euismod mi magna consectetur tellus laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Euismod" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Euismod proin nonummy, mauris aliquet laoreet magna turpis felis diam lobortis. Tempus nonummy non, massa aliquam pharetra non massa aliquam nonummy ullamcorper. Nibh aliquam amet, volutpat elit diam ut feugiat elit diam ut. Tempus nonummy volutpat massa tempus amet volutpat proin dolore dolor mauris. Praesent nunc sed at proin dolore erat mi, congue dolor, molestie. Proin dolore sed mauris praesent tincidunt lorem adipiscing tellus nibh, magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Proin" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Proin tincidunt, ac turpis tellus volutpat, ante donec amet volutpat, proin congue lorem at praesent nunc sed mauris praesent. Donec sed consectetur tellus laoreet ac turpis molestie, laoreet ac congue lorem turpis id sem nunc sed elit diam. Ut tempus elit sem ante, erat consectetur volutpat mi donec pharetra mauris praesent congue lorem adipiscing pharetra at tellus. Laoreet, magna pulvinar felis diam ut ipsum id et nisi, sit id et, magna sit molestie et congue, feugiat. Nonummy volutpat nibh donec ipsum elit non ante, dolore feugiat at aliquet tincidunt dolor mauris praesent tincidunt sed mauris. Praesent, tincidunt, sed adipiscing tellus laoreet ac sit mi, ut ipsum elit ullamcorper ut ipsum adipiscing non ante dolore. Pharetra eget proin donec amet volutpat ante nisi pulvinar eget proin dolore dolor elit sem nunc nunc erat at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ut" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ut donec sit mauris, euismod nibh aliquam turpis volutpat nibh ac ac pharetra tellus praesent congue. Lorem, adipiscing ullamcorper nibh donec amet volutpat proin dolore pulvinar euismod lobortis aliquam, amet volutpat et. Nunc erat pharetra molestie praesent lobortis aliquam amet volutpat proin nisi, amet volutpat proin nunc, erat. Turpis id ullamcorper ut ipsum nonummy volutpat ante, donec pharetra eget ante aliquam amet diam lobortis. Tempus turpis euismod et aliquam pulvinar eget proin, nunc ipsum elit proin massa sed consectetur non. Ante magna sit mauris praesent, feugiat id et nisi ipsum elit ullamcorper lobortis aliquam amet volutpat. Proin dolore pharetra volutpat proin dolore sed at euismod laoreet erat consectetur euismod mi ac sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ipsum" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum pharetra, volutpat proin donec dolor at tellus nibh ut. Ipsum consectetur, molestie mi erat amet volutpat ante, donec dolor. At, tellus tincidunt ac sit id nisi pulvinar id et. Lobortis tempus pharetra molestie, praesent, congue feugiat mauris praesent nonummy. Non mi magna sit mauris diam nibh aliquam pulvinar eget. Proin dolore sed consectetur tellus, mi congue feugiat id diam. Congue sit molestie, praesent congue aliquet, tincidunt lorem turpis tellus. Laoreet ac turpis, molestie, mi, magna sit molestie mi magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Magna" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Magna aliquam pulvinar turpis id et lobortis tempus nonummy non ante donec amet volutpat ante dolore dolor mauris praesent nunc dolor, mauris, praesent nunc lorem, sed at. Tellus laoreet magna sit, felis, ullamcorper lobortis tempus nonummy non ante donec dolor volutpat proin dolore dolor mauris sem tincidunt ac turpis euismod elit, sem nunc sed. Consectetur tellus laoreet ac consectetur tellus laoreet erat pharetra tellus ante donec pharetra tellus ante magna pharetra mauris mi, congue dolor laoreet ac turpis euismod nibh ac. Turpis eget et ut tempus nonummy volutpat ante donec pharetra, mauris ante dolore pharetra molestie ante donec dolor ipsum elit sem massa, tempus nonummy volutpat ante donec. Pharetra molestie praesent, congue feugiat at praesent tincidunt feugiat at aliquet, tincidunt ac adipiscing aliquet, tincidunt lorem, consectetur mauris sem nunc erat consectetur molestie mi magna, turpis. Id et ut ipsum id praesent ut feugiat mauris praesent, ut lorem adipiscing ullamcorper tincidunt lorem turpis euismod et nisi pulvinar eget, sem massa sed at sem. Massa donec sit mauris praesent congue lorem, turpis euismod nibh ac turpis euismod nibh aliquam amet id et nisi sit id et ut tempus, nonummy tellus, ante. Donec dolor, mauris praesent congue, feugiat at aliquet tincidunt lorem diam nibh tempus adipiscing diam ut lorem felis diam tincidunt feugiat adipiscing, ullamcorper lobortis aliquam amet eget. Proin dolore sed consectetur molestie, mi congue sit id mi, mi congue dolor mauris diam tincidunt tempus turpis eget proin dolore ipsum at sem nunc, sed at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Dolore" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Dolore erat consectetur id diam ut tempus nonummy non ante donec amet eget mauris praesent nunc lorem, turpis euismod et magna sit elit sem ut ipsum elit. Non massa donec pharetra volutpat proin, dolore dolor eget proin donec pulvinar amet volutpat proin, aliquam, pulvinar eget, sem nunc sed consectetur tellus laoreet ac pharetra molestie. Laoreet erat pharetra molestie mi magna sit mauris, ullamcorper lobortis congue feugiat, mauris praesent congue feugiat at aliquet congue sed at aliquet nunc sed at praesent tincidunt. Lorem turpis euismod mi ac sit praesent tincidunt dolor mauris, praesent congue lorem at tellus laoreet lorem at aliquet tincidunt lorem consectetur tellus laoreet ac turpis id. Et nisi ipsum elit ullamcorper, ac, sit eget diam ut ipsum elit diam, ut ipsum elit sem lobortis tempus nonummy ullamcorper massa erat nonummy non ante donec. Pharetra at euismod diam mi ac erat lorem turpis eget aliquet mi, lobortis, aliquam sed adipiscing euismod proin nunc, erat sit adipiscing volutpat aliquet laoreet molestie non. Proin nibh nunc, ac ipsum, pharetra at elit tellus diam sem nibh massa erat elit diam ut, ipsum, elit non ante erat amet volutpat massa, aliquam pulvinar. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Erat" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Erat lorem dolore lobortis praesent, molestie at, amet ac tincidunt praesent mauris pharetra dolore mi molestie pharetra donec non elit pulvinar nisi diam id sit aliquam. Laoreet tellus at dolor donec ante ullamcorper elit tempus ut diam felis feugiat ut mi sem felis pharetra donec ante non nonummy sed, ut proin elit. Pulvinar, ac, congue proin molestie dolor, dolore mi, volutpat nonummy tempus ut et id sit magna laoreet, turpis, lorem congue aliquet at dolor, congue praesent volutpat. Amet erat lobortis, sem felis feugiat nisi mi id sit ac tincidunt aliquet turpis laoreet euismod adipiscing lorem laoreet, ullamcorper, adipiscing lorem, lobortis aliquet mauris feugiat. Congue ante molestie pharetra erat massa non, consectetur ipsum ut et id sit lorem, congue mauris amet erat, lobortis, non elit feugiat nisi et id sit. Ac nibh, euismod turpis lorem, laoreet tellus adipiscing aliquam et id amet aliquam et euismod turpis lobortis aliquet felis feugiat congue aliquet, felis feugiat magna, mi. Non nonummy, sed massa et eget turpis ac nibh euismod, aliquam nibh, euismod adipiscing lorem congue praesent molestie nonummy ipsum ut diam eget pulvinar ac nibh. Euismod adipiscing sed congue proin molestie dolor dolore ante, volutpat elit ut, mi euismod sit magna laoreet, tellus at pulvinar donec nibh ullamcorper adipiscing, ipsum congue. </w:t>
-[...293 lines deleted...]
-        <w:t xml:space="preserve">Ut mi molestie consectetur pulvinar, aliquam lobortis ullamcorper felis, lorem congue nonummy, lorem lobortis ullamcorper adipiscing feugiat congue et molestie consectetur. Ipsum nisi et euismod adipiscing aliquam, lobortis euismod nonummy lorem lobortis euismod adipiscing feugiat praesent id pharetra magna mi molestie at. Pulvinar nisi, et elit dolor dolore nibh ullamcorper turpis tempus congue praesent felis lorem congue praesent molestie at sed, non consectetur. Sed nunc sem elit pulvinar nisi proin elit pulvinar nisi ante euismod adipiscing lorem congue diam adipiscing lorem ut diam, felis. Feugiat diam felis feugiat ut diam, felis, feugiat magna mi euismod, turpis, lorem tincidunt aliquet mauris sed dolore proin mauris pharetra. Donec ante, volutpat nonummy donec, proin pharetra dolore mi molestie pharetra donec ante volutpat, consectetur tempus nunc non consectetur erat massa. Proin ullamcorper turpis ac tincidunt praesent molestie dolor dolore ante non consectetur ante non nonummy tempus nunc diam id turpis sed. </w:t>
+        <w:t xml:space="preserve">Erat, feugiat felis, ullamcorper lobortis tempus nonummy, magna dolor felis aliquet, dolore dolor molestie ante dolore dolor mauris praesent tincidunt ac turpis euismod, nibh ac turpis euismod laoreet nisi. Pulvinar, nonummy sem ut ipsum felis diam ut feugiat adipiscing non nibh aliquam amet euismod nibh aliquam nonummy euismod lobortis tempus amet euismod, et, nisi dolor, at tellus nonummy. Eget praesent nunc lorem adipiscing euismod nibh nisi ipsum felis diam lobortis tempus consectetur volutpat mi donec feugiat at, ullamcorper, nibh nisi pulvinar sit nonummy ullamcorper nibh aliquam nonummy. Ullamcorper nibh tempus amet eget, proin dolore sed elit, sem nunc erat consectetur non, massa magna sit felis diam lobortis id sem massa tempus, nonummy non massa dolore dolor. At ullamcorper tincidunt lorem adipiscing tellus nibh aliquam turpis euismod laoreet ac turpis euismod, mi magna sit felis donec nonummy volutpat ante donec pharetra volutpat, ante donec pharetra, mauris. Praesent, nunc dolor eget proin dolore dolor at dolore lorem adipiscing, ullamcorper nibh ac turpis euismod laoreet ac, consectetur tellus nibh, ac turpis euismod et, nisi sit felis ullamcorper. Lobortis erat amet volutpat, ante donec laoreet magna sit molestie ante, donec consectetur volutpat massa donec dolor mauris mi dolore dolor volutpat proin congue sed adipiscing, ullamcorper nibh nisi. Ipsum elit non massa praesent magna feugiat mauris praesent, congue lorem at praesent congue feugiat at ullamcorper, laoreet ac turpis euismod nibh, nisi pulvinar eget diam nunc erat consectetur. Volutpat ante donec pharetra molestie proin dolore pharetra eget ante dolore dolor at aliquet tincidunt ac sit id diam lobortis tempus nonummy non massa erat amet volutpat massa donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Euismod" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Euismod adipiscing dolor dolore mi, volutpat nonummy tempus nunc sem eget sit nisi nibh euismod turpis aliquam laoreet, ullamcorper, mauris. Nonummy consectetur nunc lobortis massa et aliquet volutpat adipiscing sit, erat ut nibh, praesent, volutpat adipiscing consectetur pulvinar lorem donec. Lobortis nunc nibh mi non id mauris aliquam congue, ante sem tellus at amet feugiat ac aliquam tincidunt, ante ullamcorper. Id elit, turpis pharetra feugiat erat dolore tincidunt mi non tellus eget felis, pharetra ut congue ut lorem erat nisi. Massa tincidunt lobortis laoreet nibh ante laoreet ante mi nibh proin diam sem ullamcorper non molestie eget feugiat ipsum dolor. Feugiat ipsum sed lorem erat ac aliquam magna ut congue congue ut congue lobortis massa lobortis mi sem tellus eget. Mauris elit sit pulvinar congue massa laoreet proin massa et euismod, adipiscing feugiat congue praesent molestie amet erat lobortis diam. Euismod at dolor donec ante volutpat nonummy, lorem congue praesent molestie ipsum, dolore proin eget mauris lorem tincidunt praesent mauris. Dolor magna ante tellus nonummy tempus nunc non elit ipsum sem, at ipsum ut sem consectetur sed nunc sem, eget. Dolor dolore proin eget pulvinar nisi ante eget pulvinar donec ante volutpat amet aliquam nibh non amet ante volutpat elit. </w:t>
+        <w:t xml:space="preserve">Euismod diam ut praesent lobortis nisi amet id proin dolore ipsum elit non massa sed nonummy non. Mauris sem nunc sed at sem tincidunt ac sit molestie pharetra volutpat ante donec pharetra volutpat proin. Dolore sed at aliquet laoreet ac sit euismod diam ut tempus nonummy non, massa erat amet molestie. Ante euismod laoreet aliquam sit, euismod nibh magna sit euismod et ut ipsum nonummy non massa tempus. Nonummy volutpat praesent congue, sed at aliquet tincidunt dolor eget praesent tincidunt ac turpis id et nisi. Ipsum nonummy ullamcorper lobortis tempus nonummy volutpat massa aliquam amet eget, proin dolore sed mauris proin donec. Aliquet laoreet ac sit molestie, mi magna feugiat molestie mi congue sit felis ullamcorper ut feugiat felis. Ullamcorper ut tempus adipiscing ullamcorper, tincidunt tempus, turpis euismod congue ipsum felis diam ut ipsum felis diam. Ut aliquam amet eget ante donec pulvinar mauris sem nunc sed at sem massa erat consectetur, tellus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INDEX \h "A" \c 2 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
@@ -476,708 +476,687 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Aliquam</w:t>
-[...5 lines deleted...]
-        <w:t>, 5</w:t>
+        <w:t>Ac</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Aliquet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 5</w:t>
-[...13 lines deleted...]
-        <w:t>Ante</w:t>
+        <w:t>, 1, 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>At</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 3</w:t>
-      </w:r>
-[...18 lines deleted...]
-        <w:t>, 7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Diam</w:t>
-[...18 lines deleted...]
-      <w:r>
         <w:t>Dolor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:t>, 2, 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Dolore</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:t>, 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Donec</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Erat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 3</w:t>
+        <w:t>, 7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Euismod</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 8</w:t>
+        <w:t>, 5, 7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Felis</w:t>
-[...5 lines deleted...]
-        <w:t>, 6, 8</w:t>
+        <w:t>Feugiat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>L</w:t>
-[...59 lines deleted...]
-        <w:t>, 4</w:t>
+        <w:t>I</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>M</w:t>
-[...19 lines deleted...]
-        <w:t>, 2, 4</w:t>
+        <w:t>L</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Lobortis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>N</w:t>
-[...59 lines deleted...]
-        <w:t>, 4</w:t>
+        <w:t>M</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Magna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Molestie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>P</w:t>
-[...19 lines deleted...]
-        <w:t>, 6</w:t>
+        <w:t>N</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Nibh</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Nisi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Nunc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>S</w:t>
-[...39 lines deleted...]
-        <w:t>, 2, 5, 7</w:t>
+        <w:t>P</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Proin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:t>Tellus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2, 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Tincidunt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Turpis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 1</w:t>
+        <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:t>Ullamcorper</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Ut</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 1, 3, 8</w:t>
-[...40 lines deleted...]
-        <w:t>, 1</w:t>
+        <w:t>, 4, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -1743,51 +1722,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4e482ff4b1cf4b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R66c0bebb84914b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R499132c47d684603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6a3f137c1b254d05" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R598f258d716d454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6d582e01161b489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R435dd43c06304e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0440f6f22fc24bfc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>