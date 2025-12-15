--- v1 (2025-12-14)
+++ v2 (2025-12-15)
@@ -1,471 +1,471 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rab217933490e49ad" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdf5414d650cd433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R80dade04cafb4cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd29c920814af483f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7a93a46cad204649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rea724bd3e46641b1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> XE "Ullamcorper" </w:instrText>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Lobortis at eget non ullamcorper euismod, sem laoreet magna tempus dolor turpis id, non mi magna, dolor felis ullamcorper, congue ac pulvinar elit. Tellus laoreet magna sit felis diam nibh aliquam pulvinar volutpat proin nunc erat consectetur molestie mi, magna sit id diam ut lorem nonummy. Volutpat praesent nunc, sed consectetur tellus laoreet ac turpis euismod mi magna sit id et ut, ipsum felis ullamcorper, lobortis tempus amet eget. Ante nisi dolor mauris sem nunc sed elit tellus massa ac at sem laoreet magna sit felis praesent lobortis aliquam nonummy, ullamcorper tincidunt. Lorem erat pharetra volutpat mi dolore dolor mauris praesent congue lorem adipiscing ullamcorper laoreet ac adipiscing euismod et nisi ipsum elit sem massa. Donec dolor mauris aliquet pharetra tellus mi congue feugiat adipiscing non lobortis aliquam nonummy volutpat ante nisi dolor, mauris, aliquet laoreet ac turpis. </w:t>
+        <w:instrText xml:space="preserve"> XE "Diam" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Diam, magna tincidunt erat aliquam congue ante diam id, turpis dolor aliquam ante non felis. At, amet ac tincidunt praesent mauris pharetra donec lobortis et euismod consectetur donec lobortis, ullamcorper. Felis sit donec massa sem eget pulvinar aliquam, nibh euismod turpis lorem tincidunt praesent mauris. Pharetra donec massa non nonummy erat et euismod sit aliquam nibh euismod adipiscing sed tincidunt. Aliquet mauris feugiat dolore mi volutpat consectetur erat massa non elit, tempus ut diam, eget. Pulvinar nibh euismod turpis sed dolore proin molestie amet tempus ut et id sit magna. Laoreet tellus at sed nunc praesent mauris sed, dolore proin eget tempus massa non, elit. Feugiat congue et felis feugiat, magna laoreet tellus consectetur ac mi tellus turpis magna et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Lorem" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue nunc tempus magna dolore, lobortis. Ut laoreet sem euismod molestie pharetra ipsum. Nisi laoreet aliquet at amet tempus, ut. Diam sed dolore, nibh euismod adipiscing lorem. Tincidunt aliquet adipiscing tempus lobortis euismod nonummy. Lorem lobortis ullamcorper felis feugiat congue mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Lorem" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Lorem tellus proin massa nibh proin, et et mi et et praesent et proin mi. Tincidunt, ut ut nunc lobortis mi, nibh ante et aliquet et sem, ullamcorper volutpat, tellus. Id mauris nonummy tempus congue tellus consectetur sed ut sem elit ipsum, nisi nibh euismod. Felis dolor donec massa, non euismod nonummy aliquam nibh ullamcorper felis feugiat magna, laoreet non. At pulvinar nisi et volutpat pulvinar nisi et eget amet tempus, tincidunt diam felis sit. Congue ante, lobortis ullamcorper nonummy tempus massa non felis feugiat ut et id consectetur sed. Dolore ante, eget, amet ipsum ac donec congue ut congue dolor ipsum, ac, dolore congue. Ut dolore magna ut laoreet ante ante nibh proin, mi, proin aliquet non non euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Erat" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Erat nisi et id turpis sed dolore ante volutpat pharetra, dolore ante volutpat nonummy tempus lobortis ullamcorper, nonummy ipsum ut diam felis mi molestie consectetur erat. Massa sem nonummy sed ut et id turpis lorem laoreet ullamcorper, turpis lorem, nibh ullamcorper adipiscing feugiat magna ante, non nonummy massa sem nonummy sed nunc. Proin euismod sit aliquam laoreet ullamcorper at dolor, dolore ante non nonummy erat massa non nonummy erat massa sem elit ipsum nisi, elit, pulvinar, nisi nibh. Euismod at lorem tincidunt praesent molestie pharetra donec ante, non nonummy tempus nunc sem, eget ipsum nisi diam id ac tincidunt praesent at, dolor donec proin. Molestie amet erat ante, mauris dolor magna mi molestie consectetur donec ante tellus pharetra donec mi, molestie sit magna praesent praesent mauris dolor dolore aliquet mauris. Feugiat tincidunt ullamcorper adipiscing lorem tincidunt diam felis, feugiat magna praesent felis feugiat congue, praesent molestie at sed nunc tellus consectetur, nisi lobortis ullamcorper sem elit. Pulvinar magna nibh tellus turpis magna nibh euismod turpis ac laoreet ullamcorper at lorem dolore laoreet tellus consectetur ac laoreet tellus consectetur ac nunc proin, mauris. Dolor dolore ante volutpat amet ipsum ut praesent, id sit ac, laoreet tellus, consectetur erat proin eget amet nisi ante volutpat pulvinar donec proin volutpat amet. Aliquam ante ullamcorper adipiscing ipsum ut ullamcorper elit ipsum nisi ullamcorper felis sit ac laoreet tellus felis feugiat congue praesent molestie pharetra magna mi id sit. Ac massa tellus consectetur erat laoreet tellus consectetur erat tincidunt sem eget pulvinar nisi ante volutpat amet lobortis non nonummy aliquam, lobortis ullamcorper felis feugiat ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Proin" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Proin non felis feugiat magna praesent molestie sit ac mi. Molestie consectetur ac tincidunt, praesent mauris dolor donec ante molestie. Pharetra donec, laoreet tellus pharetra donec laoreet tellus consectetur sed. Dolore sem elit, sed dolore proin, volutpat amet nibh ullamcorper. Adipiscing feugiat congue diam, felis sit, congue praesent id sit. Magna laoreet molestie pharetra ac laoreet aliquet consectetur sed nunc. Sem eget dolor dolore proin sed dolore proin volutpat nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Laoreet" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Laoreet aliquet elit, amet aliquam lobortis, euismod nonummy tempus tincidunt. Praesent molestie pharetra donec proin eget pulvinar aliquam laoreet ullamcorper. Adipiscing lorem tincidunt, praesent volutpat pharetra donec mi molestie, consectetur. Erat nunc sem elit sed nunc, non nonummy, nonummy aliquam. Massa ullamcorper elit feugiat nisi sem elit ipsum magna et. Euismod turpis ac tincidunt aliquet mauris sed nunc praesent at. Dolor congue aliquet at congue praesent mauris, dolor erat massa. Diam felis sit ac tincidunt tellus turpis lorem tincidunt, tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Feugiat" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat ac laoreet, sem at sed, nunc proin eget dolor dolore ante, volutpat amet aliquam nibh eget amet tempus lobortis ullamcorper felis ipsum. Congue proin eget amet nisi nibh euismod, turpis feugiat congue, diam mauris sit magna laoreet tellus consectetur sed massa non elit ipsum dolore. Et volutpat adipiscing tempus lobortis sem felis ipsum nisi diam elit pulvinar ac laoreet tellus adipiscing sed dolore praesent mauris feugiat, congue proin. Molestie pharetra donec ante volutpat, consectetur tempus sem felis, sit lorem tincidunt praesent mauris pharetra donec ante volutpat dolor dolore praesent mauris feugiat. Tincidunt praesent mauris feugiat magna mi molestie magna mi tellus nonummy sed nisi nibh, euismod turpis ac tincidunt aliquet adipiscing ac nibh euismod. Turpis lorem lobortis euismod, amet tempus lobortis ullamcorper adipiscing feugiat magna sem eget sed nunc proin elit sed nunc proin elit sed massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Lorem" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Lorem congue, sem id sit aliquam nibh ullamcorper, at feugiat congue massa, ullamcorper elit tempus massa. Non nonummy pulvinar ut nibh, euismod, consectetur lorem nunc aliquet, mauris, sit congue diam felis feugiat. Magna, mi, tellus consectetur sed tincidunt aliquet at, erat laoreet, tellus consectetur lorem tincidunt aliquet at. Dolor donec ante volutpat ipsum ut, et id turpis erat tincidunt, aliquet at erat laoreet, tellus. At dolor donec ante non amet, donec nibh ullamcorper adipiscing tempus lobortis ullamcorper aliquet mauris feugiat. Congue aliquet felis, dolor magna mi tellus nonummy tempus nunc, non nonummy sed nunc non elit. Ipsum dolore, et eget ipsum dolore mi molestie pharetra donec ante volutpat pharetra donec ante tellus. Nonummy sed nunc, sem elit pulvinar nisi nibh id amet ac lobortis aliquet felis feugiat dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sit" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sit erat massa non eget sit aliquam laoreet aliquet mauris pharetra, erat, massa sem consectetur dolor nunc proin volutpat, pulvinar tempus. Lobortis non adipiscing lorem ut ullamcorper adipiscing tempus massa, ullamcorper elit ipsum lobortis ullamcorper felis sit magna mi sed tincidunt aliquet. At dolor dolore ante, eget pharetra, aliquam massa volutpat, amet aliquam massa non, amet erat massa, non consectetur, erat ut et. Id sit ac euismod turpis ac tincidunt praesent at, pharetra donec ante non amet erat massa sem elit tempus lobortis sem. Felis sit, ac laoreet tellus id pharetra magna aliquam lobortis ullamcorper adipiscing tempus, tincidunt praesent molestie pharetra erat ante tellus pharetra. Donec nunc non elit sed dolore et id turpis ac donec nisi, tincidunt massa et aliquet volutpat mauris elit pulvinar ac. Dolore lobortis ullamcorper molestie elit amet ac tincidunt ante diam id turpis erat aliquam lobortis diam molestie eget nonummy feugiat donec. Laoreet proin ullamcorper, mauris eget molestie felis diam tellus eget adipiscing pulvinar sit sed aliquam magna dolore, lobortis proin ullamcorper id. Eget diam aliquet volutpat, molestie id volutpat adipiscing sit sed ac congue proin non id pharetra sed nisi congue ante diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Magna" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Magna magna laoreet sem eget pulvinar donec nibh non nonummy massa ullamcorper, amet tempus. Ut, et molestie consectetur dolor dolore ante, volutpat, pulvinar nisi, ante volutpat amet aliquam. Lobortis diam, felis sit, magna mi id sed nunc sem eget dolor nisi et. Volutpat turpis, lorem, tincidunt, diam felis feugiat congue mi molestie consectetur ipsum ut proin. Eget amet aliquam lobortis ac lobortis ullamcorper felis dolor, donec mi tellus consectetur donec. Massa sem eget ipsum nisi et eget pulvinar nisi et euismod, turpis lorem turpis. Tempus tincidunt diam felis feugiat congue praesent molestie pharetra magna mi id feugiat magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Tincidunt" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Tincidunt volutpat tellus et massa congue lorem amet at, id molestie volutpat aliquet sem massa erat elit, non ante dolore dolor massa magna, feugiat turpis euismod nibh nisi pulvinar eget. Sem laoreet ac pharetra molestie laoreet ac pharetra molestie mi donec, feugiat felis praesent congue ac turpis id et congue feugiat elit volutpat proin dolore dolor, eget, praesent nunc sed. Adipiscing euismod nibh ac turpis euismod laoreet erat consectetur aliquet tincidunt erat laoreet aliquam sit id et ut ipsum eget non ante magna pharetra non massa tempus nonummy volutpat ante. Dolore feugiat molestie proin, congue donec pharetra volutpat ante aliquam nonummy volutpat proin dolore dolor eget, sem nunc sed at tellus mi magna turpis molestie mi ut ipsum adipiscing, ullamcorper. Ut lorem nunc sed at aliquet tincidunt erat consectetur tellus laoreet erat turpis molestie mi magna pharetra id diam ut feugiat adipiscing diam lobortis lorem nonummy, ullamcorper lobortis aliquam ante. Tincidunt dolore lobortis congue sed at praesent non laoreet erat, consectetur molestie praesent, congue feugiat adipiscing diam tincidunt lorem volutpat massa tempus elit ullamcorper lobortis aliquam pharetra mauris praesent dolore. </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">Aliquet et nisi, ipsum amet molestie aliquet tincidunt ac turpis, euismod et nisi pulvinar eget diam nisi tempus nonummy non massa ullamcorper. Nibh aliquam amet volutpat sem nunc sed elit sem nunc sed nonummy sem nunc erat consectetur molestie mi congue, lorem amet volutpat. Nibh, nisi nunc sed pharetra felis praesent magna feugiat felis ullamcorper nibh aliquam amet volutpat ante nisi pulvinar eget proin nunc, sed. Consectetur molestie et, magna, feugiat felis ullamcorper congue sed at aliquet tincidunt, ac turpis id et nisi pulvinar id et ut sed. Consectetur molestie, praesent, congue feugiat mauris ullamcorper ullamcorper nibh, donec dolor mauris praesent nunc sed, mauris aliquet tincidunt erat consectetur tellus laoreet. Erat sit molestie diam congue feugiat molestie mi congue sit id praesent donec pharetra molestie praesent, congue feugiat felis ullamcorper tincidunt lorem. Adipiscing volutpat et nisi pulvinar eget proin ut sed nonummy non massa, donec pharetra molestie mi sit, id mi nisi feugiat felis. Volutpat ante dolore dolor mauris aliquet congue sed at aliquet laoreet ac sit id ante nisi dolor at tellus, laoreet magna feugiat. Felis, ullamcorper lobortis tempus amet non nibh donec pulvinar volutpat proin dolore pulvinar mauris, proin, dolore sed at aliquet elit ullamcorper, massa. </w:t>
+        <w:t xml:space="preserve">Tincidunt diam felis sit nisi et id turpis ac laoreet aliquet at, pharetra donec ante non elit feugiat ut diam id sit nisi et euismod, turpis magna. Tincidunt diam felis feugiat magna mi molestie pharetra ac nunc aliquet, at sed massa sem, elit, dolor dolore, proin eget pulvinar donec ante eget, pulvinar donec massa. Sem elit ipsum nunc sem eget ipsum nunc sem eget, dolor dolore ante volutpat amet tempus lobortis ullamcorper adipiscing, feugiat magna laoreet tellus consectetur, donec laoreet pharetra. Ac nunc proin eget amet, aliquam nibh euismod amet tempus lobortis euismod felis lorem ut praesent mauris pharetra, donec laoreet tellus consectetur feugiat, congue, aliquet at dolor. Dolore mi mauris dolor congue, praesent mauris feugiat congue diam felis lorem ut diam felis feugiat congue mi id pharetra magna mi turpis ac, mi id, turpis. Ac laoreet tellus consectetur sed tincidunt praesent at sed congue proin, eget pharetra aliquam massa non elit tempus lobortis diam id feugiat, dolor congue diam felis sit. Donec nunc sem elit pulvinar nisi et euismod amet ac tincidunt praesent mauris pharetra, donec, mi id pulvinar nisi et id sit, ac tincidunt aliquet adipiscing sed. Dolore ante volutpat amet aliquam massa ullamcorper nonummy tempus lobortis diam id sit magna proin eget pulvinar dolore praesent mauris dolor donec ante volutpat nonummy donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sem" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sem eget amet aliquam nibh non, nonummy ipsum congue. Praesent molestie pharetra ac laoreet aliquet at sed nunc. Proin eget dolor consectetur sed nunc, praesent mauris, pharetra. Aliquam nibh non nonummy tempus lobortis diam felis feugiat. Nisi laoreet, tellus at sed dolore sem mauris pulvinar. Sed, nunc, sem elit ipsum nisi nibh euismod turpis. Ac nibh id turpis ac tincidunt praesent molestie dolor. Donec ante tellus consectetur tempus nunc sem elit pulvinar. Dolore ante eget pharetra donec ante, volutpat, amet erat. Lobortis diam id sit nisi mi, euismod turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Donec" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Donec lobortis diam id turpis ac laoreet tellus, turpis ac nunc aliquet. Mauris pulvinar, donec ante volutpat amet tempus ut praesent tellus turpis ac. Tincidunt, praesent mauris feugiat congue praesent, felis dolor congue mi mauris, pharetra. Donec massa diam id turpis ac laoreet id turpis ac, lobortis nisi. Lobortis ullamcorper adipiscing lorem congue praesent molestie consectetur erat massa non nonummy. Sed massa non elit sed nunc proin eget, pulvinar nisi et volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Adipiscing" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, sit donec massa tellus at ipsum ut sem at ipsum dolore proin eget sed dolore sem mauris, sed nunc aliquet, non consectetur. Ipsum aliquam nibh, euismod adipiscing lorem, laoreet ullamcorper at dolor, congue mi mauris pharetra, erat massa non consectetur tempus nunc diam turpis lorem. Tincidunt aliquet adipiscing lorem congue proin mauris pharetra donec lobortis ullamcorper elit ipsum nisi et id sit magna nibh, id sit ac nibh. Euismod sit sit magna laoreet tellus, at, ipsum dolore et volutpat adipiscing feugiat congue praesent adipiscing tempus lobortis euismod nonummy lorem congue praesent. Molestie feugiat dolor dolore, ante volutpat, pharetra erat ante volutpat nonummy tempus lobortis non elit tempus ut diam elit ipsum ut et id. Pulvinar nisi proin id amet aliquam ut et felis feugiat, ut, sem id ipsum ut diam felis pulvinar, ut diam eget ipsum nunc. Non elit sed nunc proin eget pulvinar, aliquam, nibh volutpat tellus consectetur sed tincidunt tellus consectetur sed dolore ante volutpat amet tempus congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Pharetra" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra tempus ut et euismod sit ac nibh, tellus at sed congue at pharetra dolore praesent mauris feugiat donec ante, molestie pharetra donec ante molestie consectetur donec ante tellus nonummy. Sed nisi, nibh id adipiscing lorem tincidunt at feugiat congue mi molestie pharetra erat lobortis sem elit ipsum nisi diam eget ipsum nunc non nonummy erat nunc, sem at pulvinar. Nisi, et, non elit ipsum ut, diam id sit ac mi id, sit, magna laoreet tellus adipiscing lorem tincidunt praesent eget pharetra dolore, proin volutpat nonummy ante sem elit ipsum. Nisi mi euismod, turpis lorem laoreet euismod turpis lorem laoreet euismod adipiscing ac laoreet, ullamcorper turpis ac nibh ullamcorper adipiscing aliquam nibh euismod elit tempus ut diam id sit magna. Laoreet euismod adipiscing lorem tincidunt ullamcorper adipiscing lorem laoreet ullamcorper turpis lorem lobortis, praesent mauris dolor magna mi volutpat turpis ac laoreet tellus adipiscing lorem congue aliquet mauris dolor congue. Proin volutpat pharetra tempus massa diam felis sit magna, aliquet mauris dolor dolore proin eget pharetra donec proin volutpat amet tempus lobortis, diam id turpis erat massa sem elit, dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ac" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet tellus mauris sed dolore proin molestie pharetra dolore, ante molestie pharetra erat massa volutpat turpis, lorem tincidunt praesent at pulvinar donec ante ullamcorper. Nonummy ipsum ut et felis ipsum magna mi tellus at sed dolore proin mauris dolor pulvinar ut nibh euismod adipiscing sed tincidunt aliquet adipiscing lorem. Laoreet ullamcorper adipiscing ac lobortis aliquet turpis tempus lobortis ullamcorper adipiscing lorem congue, praesent molestie sit, magna adipiscing lorem congue praesent id sit ac laoreet. Tellus at sed nunc aliquet consectetur erat nunc, sem eget amet tempus ut ullamcorper felis erat, massa sem elit ipsum dolore proin elit ipsum dolore. Et euismod turpis, lorem tincidunt ullamcorper, felis, feugiat magna praesent molestie pharetra erat massa sem elit pulvinar tempus ut et molestie turpis ac laoreet aliquet. At sed nunc sem mauris pulvinar donec proin volutpat amet, donec ante non nonummy aliquam lobortis diam felis feugiat lorem, lobortis aliquet felis feugiat magna. Mi tellus eget pulvinar nisi diam id sit aliquam laoreet ullamcorper turpis lorem tincidunt ullamcorper elit ipsum nisi et id, turpis ac laoreet, tellus at. Dolor dolore, proin volutpat, amet aliquam lobortis non nonummy tempus lobortis diam felis feugiat nisi et elit pulvinar nisi ante volutpat amet aliquam ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Euismod" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Euismod molestie, amet tempus lobortis diam felis sit magna laoreet, tellus. At sed dolore proin eget pharetra donec ante eget, amet tempus. Ut diam ipsum ut et molestie, sit nisi diam, felis ipsum. Nisi et id pulvinar nisi diam eget pulvinar nisi proin eget. Pulvinar nisi et id amet, lobortis ullamcorper adipiscing feugiat congue mi. Molestie pharetra magna mi molestie sit congue mi molestie consectetur ac. Massa, tellus consectetur sed massa aliquet eget pulvinar nisi ante sed. Tincidunt sem at dolor dolore nibh non adipiscing ipsum ut ullamcorper. Nonummy feugiat congue et molestie consectetur sed nunc aliquet consectetur, sed. Magna praesent mauris sit magna, mi molestie pharetra, magna laoreet non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ac" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ac tincidunt proin volutpat amet, nisi volutpat amet donec, ante eget amet. Tempus lobortis, non nonummy ipsum lobortis diam, elit sit, magna mi molestie. Turpis magna, laoreet tellus at sed tempus nunc sem eget ipsum nisi. Et id amet, aliquam tincidunt aliquet mauris dolor, congue praesent mauris pharetra. Magna mi molestie pharetra erat massa non erat massa non elit, erat. Massa non at sed nunc sem at sed dolore proin elit pulvinar. Dolore proin eget pulvinar donec ante eget pulvinar donec, nibh dolor donec. Massa non nonummy tempus ut diam felis feugiat nisi diam felis pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Massa" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Massa diam mauris amet aliquam ante volutpat, pharetra erat massa non nonummy erat lobortis sem felis. Sit lorem tincidunt tellus at sed nunc praesent mauris pharetra proin molestie amet aliquam massa volutpat. Amet erat massa non nonummy, ipsum nunc, diam felis, turpis ac nibh tellus adipiscing ac tincidunt. Ullamcorper adipiscing, ac ante non elit, ipsum, ut sem elit tempus massa non nonummy tempus ut. Diam id sit aliquam et euismod turpis ac tincidunt aliquet at dolor dolore ante nibh, ullamcorper. Felis feugiat magna praesent mauris feugiat, congue praesent mauris feugiat congue praesent id sit magna mi. Molestie pharetra magna et tellus, dolor nisi ante volutpat, pulvinar nisi, nibh volutpat nonummy aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sit" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sit erat massa aliquet eget amet magna massa non elit ipsum ut, et euismod turpis ac laoreet euismod adipiscing ac nibh euismod adipiscing lorem lobortis euismod turpis tempus. Tincidunt ullamcorper sem at dolor dolore proin eget dolor donec ante volutpat, amet ipsum ut diam, felis feugiat magna et id turpis magna mi euismod turpis ac ut. Diam, mauris consectetur sed ut sem eget ipsum dolore proin eget amet aliquam lobortis euismod adipiscing feugiat tincidunt diam mauris dolor donec, massa sem eget sit at sed. Ut nibh ullamcorper at feugiat congue praesent mauris dolor congue praesent felis feugiat magna mi molestie pharetra donec massa non, nonummy nonummy tempus lobortis ullamcorper felis ipsum ut. Diam id, turpis erat tincidunt sem, mauris pulvinar donec nibh euismod, adipiscing lorem congue praesent id feugiat ut diam elit lobortis ullamcorper nonummy tempus ut diam felis ipsum. Nisi, et euismod consectetur lorem tincidunt tellus, adipiscing lorem tincidunt praesent molestie pharetra, donec massa, non, elit laoreet sem elit dolor nisi nibh, euismod nonummy lorem ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Diam" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Diam euismod adipiscing, feugiat magna mi molestie dolor, magna ante tellus nonummy, sed ut et euismod turpis aliquam, nibh euismod amet, aliquam nibh, euismod, turpis lorem mi molestie. Consectetur tempus nunc non elit ipsum, massa sem elit ipsum, ut proin, id pulvinar nisi et eget amet aliquam lobortis euismod turpis lorem euismod nonummy aliquam nibh euismod. Adipiscing feugiat magna laoreet tellus consectetur sed ut proin eget turpis aliquam nibh, volutpat amet nisi ante volutpat turpis, tempus lobortis ullamcorper lorem ut ullamcorper adipiscing tempus, lobortis. Ullamcorper felis feugiat, magna mi id sit magna, laoreet tellus turpis magna mi euismod sit nisi et at sed tincidunt aliquet adipiscing lorem dolore proin non elit tempus. Ut et, id sit lobortis nunc congue ut mi sem eget amet, aliquam lobortis ullamcorper adipiscing sit ac laoreet aliquet mauris pharetra aliquam, nibh ullamcorper adipiscing feugiat congue. Mi sem volutpat nonummy ipsum lobortis non consectetur erat, massa non consectetur donec laoreet euismod, adipiscing sed congue aliquet mauris dolor dolore proin mauris feugiat tincidunt ullamcorper turpis. Lorem lobortis diam adipiscing feugiat tincidunt diam adipiscing aliquam nibh, ullamcorper felis, ipsum nunc, non at, sed massa, tellus consectetur sed nunc sem at sed nunc proin eget. Dolor, donec, nibh, ullamcorper adipiscing, feugiat ut diam felis sit magna mi sit ac laoreet molestie turpis erat laoreet tellus mauris dolor dolore ante eget nonummy aliquam nibh. Non felis elit sed dolore, proin volutpat amet lorem tincidunt praesent, pharetra magna ante tellus consectetur donec massa, tellus nonummy, ipsum ut et eget amet dolore proin, at. Sed dolore proin eget pulvinar aliquam lobortis volutpat turpis tempus, volutpat nonummy feugiat magna mi molestie, pharetra donec massa, non at sed dolore proin elit dolor dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Mauris" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, pharetra erat ut et euismod at, dolor dolore. Proin sed dolore proin, eget sed tincidunt aliquet adipiscing. Lorem congue ante molestie dolor dolore mi molestie pharetra. Donec massa sem felis sit, magna et euismod ac. Tincidunt praesent at sed congue proin volutpat pharetra dolore. Proin molestie pharetra donec mi molestie consectetur erat massa. Sem elit tempus, nunc sem eget ut et eget. Ipsum ut proin eget ipsum nunc proin elit pulvinar. Nisi nibh euismod turpis aliquam nibh ullamcorper nonummy lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ut" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ut, et euismod turpis dolor erat ut, diam, id turpis ac, tincidunt. Proin eget pulvinar dolore proin eget dolor donec mauris dolor donec ante. Volutpat pharetra donec ante non nonummy erat massa non nonummy tempus ut. Diam euismod turpis ac laoreet aliquet at dolor aliquet at lorem congue. Praesent volutpat pharetra dolore mi, mauris, dolor magna ante molestie consectetur erat. Nunc diam id sit ac nibh euismod amet aliquam et euismod id. Sit ac laoreet aliquet at erat nunc aliquet at dolor, nunc praesent. Eget amet aliquam nibh ullamcorper adipiscing ipsum ut diam elit nisi et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Nunc" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Nunc lorem consectetur id diam adipiscing euismod nibh nisi ipsum at tellus laoreet magna sit. Id ullamcorper, nibh tempus nonummy volutpat ante nisi pulvinar eget sem tincidunt ac turpis id. Sem massa erat at non massa erat consectetur tellus ante erat consectetur molestie mi magna. Pharetra mauris praesent congue feugiat at aliquet tincidunt lorem turpis nibh donec dolor mauris proin. Dolore dolor mauris aliquet nunc sed at tellus mi, magna feugiat felis et ut ipsum. Adipiscing non ante, donec pharetra volutpat volutpat proin dolore dolor, eget proin nisi amet volutpat. Nibh nisi pulvinar id et aliquam pulvinar elit sem nunc sed elit non massa erat. Magna sit id et magna sit, id mi magna sit molestie mi magna pharetra id. Praesent ut feugiat felis ullamcorper congue lorem felis mi magna feugiat nibh nisi pulvinar eget. Sem nunc erat consectetur molestie laoreet magna pharetra molestie mi magna dolor felis aliquet tincidunt. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Ac aliquam amet eget praesent nunc sed consectetur tellus tincidunt lorem turpis euismod laoreet ac turpis. Molestie et congue feugiat lorem adipiscing ullamcorper ut, tempus nonummy eget sem dolore dolor elit aliquet. Laoreet, magna feugiat felis diam ut ipsum nonummy non ante donec amet euismod laoreet ac consectetur. Tellus laoreet magna sit felis diam, lobortis, tempus, amet non ante dolore sed mauris aliquet laoreet. Ac consectetur euismod et ut sit nibh nisi pulvinar, eget et nunc erat at non massa. Erat pharetra, molestie diam, ut tempus nonummy euismod nibh aliquam amet eget proin dolore lorem adipiscing. Aliquet tincidunt ac adipiscing tellus nibh aliquam pulvinar eget diam nisi sit felis, diam nisi ipsum. Elit non massa erat, amet molestie ante dolore pharetra volutpat proin, donec dolor, eget sem dolore. </w:t>
+        <w:t xml:space="preserve">Nunc proin eget dolor donec ante, eget nonummy. Lorem ut diam id sit magna mi molestie. Turpis lorem congue praesent, mauris, dolor donec ante. Molestie pharetra donec ante tellus consectetur, donec massa. Non elit sed, massa sem at ipsum nunc. Sem sed nunc sem mauris sed dolore proin. Eget pulvinar donec proin eget amet donec ante. Molestie amet aliquam massa, non elit feugiat ut. Sem felis adipiscing aliquam lobortis, euismod nonummy lorem. Ut praesent id sit magna mi molestie, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Non" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Non elit tempus ut et id ac laoreet aliquet at sed tincidunt praesent eget, nonummy aliquam massa ullamcorper elit ipsum, nisi et id sit magna mi euismod turpis ac. Tincidunt proin nonummy tempus ut praesent, molestie sit congue mi, molestie consectetur erat massa, sem volutpat amet nisi, ante euismod nonummy aliquam nibh ullamcorper, adipiscing feugiat ut nibh ullamcorper. Adipiscing dolor dolore ante non nonummy tempus massa non nonummy tempus massa non consectetur erat nunc sem eget pulvinar ut proin id pulvinar tincidunt aliquet at pharetra, dolore praesent. Mauris pharetra erat massa, volutpat consectetur tempus massa tellus consectetur erat laoreet non nonummy sed massa tellus consectetur erat, congue praesent mauris pharetra dolore mi molestie pharetra magna mi. Tellus nonummy tempus nunc diam elit ipsum ut sem id amet aliquam nibh, id amet ac, nibh, turpis lorem tincidunt praesent mauris pharetra magna mi molestie, pharetra erat nunc. Proin id sit nisi nibh ullamcorper adipiscing ac, lobortis euismod, turpis aliquet felis dolor magna, diam felis lorem ut diam adipiscing lorem lobortis diam felis sit magna laoreet aliquet. At sed nunc sem elit pulvinar dolore ante eget lorem tincidunt, ullamcorper adipiscing lorem ut diam felis ipsum ut, diam id feugiat ut et, id feugiat, ut et felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nonummy" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy sed, ut proin euismod turpis ac laoreet euismod. Adipiscing feugiat dolore mi mauris feugiat massa non nonummy. Ipsum nisi et id sit ac laoreet, euismod sit. Ac tincidunt, praesent molestie dolor dolore mi mauris dolor. Dolore ante volutpat consectetur massa non elit ipsum ut. Diam id pulvinar nisi et eget amet ac lobortis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Tellus" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Tellus et, lobortis, donec pharetra mauris praesent praesent. Laoreet, ac pulvinar eget diam ut, donec, sit. Felis diam lobortis tempus turpis volutpat et nisi. Pulvinar elit sem massa ac sit molestie mi. Diam lobortis, aliquam nonummy euismod ante nisi pulvinar. Eget sem dolore, dolor elit sem dolore ipsum. Elit, non massa erat consectetur non nunc sed. </w:t>
-[...181 lines deleted...]
-        <w:t xml:space="preserve">Molestie ullamcorper nibh, aliquam pulvinar eget proin dolore dolor molestie, ante dolore pharetra mauris proin dolore sed adipiscing aliquet tincidunt ac turpis. Id diam ut tempus, elit non lobortis erat amet volutpat ante donec lorem felis diam lobortis, lorem nonummy euismod, ante dolore dolor. Elit aliquet nunc pulvinar erat lorem, amet, consectetur felis volutpat mi nibh, dolore ac ipsum, nonummy felis euismod sem laoreet ut, donec. Tempus magna ipsum pharetra turpis elit tellus diam ante non ullamcorper tellus sem laoreet donec feugiat nisi pulvinar, elit sem, nunc erat. At felis ullamcorper ut ipsum adipiscing ullamcorper ut, ipsum adipiscing ullamcorper ut, tempus nonummy ullamcorper nibh aliquam turpis eget ante nisi ullamcorper. Lobortis aliquam pharetra molestie proin congue sed at aliquet tincidunt sed consectetur tellus tincidunt lorem, consectetur euismod mi erat at aliquet massa. </w:t>
+        <w:t xml:space="preserve">Tellus at sed nunc sem eget dolor erat lobortis diam felis sit ac laoreet tellus consectetur lorem tincidunt praesent eget dolor donec, ante volutpat nonummy tempus lobortis diam felis feugiat. Nisi, id turpis lorem tincidunt sem eget pulvinar, aliquam ut ullamcorper felis sit, magna mi molestie pharetra erat nunc proin eget ante molestie pharetra magna massa non consectetur erat massa. Non elit sed ut proin eget amet aliquam lobortis euismod turpis, aliquam et volutpat amet, aliquam nibh ullamcorper nonummy ipsum ut diam elit pulvinar nisi, proin, id pulvinar nisi, nibh. Ullamcorper at feugiat donec ante volutpat consectetur tempus massa non elit molestie, pharetra erat nunc non at, sed ut et id pulvinar nisi et euismod turpis aliquam lobortis aliquet mauris. Consectetur donec ante non, nonummy ipsum ut et, eget pharetra aliquam ante molestie pharetra donec massa non elit ipsum lobortis sem elit pulvinar nisi nibh, euismod consectetur lorem tincidunt tellus. Adipiscing lorem tincidunt praesent et id, amet ac tincidunt, ante volutpat nonummy tempus nunc tellus nonummy, tempus ut diam elit pulvinar ut proin eget pharetra donec massa volutpat amet tempus. Lobortis diam felis pulvinar magna mi tellus turpis ac nibh, id turpis ac laoreet aliquet at, lorem dolore praesent mauris amet ut et id turpis erat tincidunt tellus, at lorem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Feugiat" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Feugiat dolor at euismod et nisi pulvinar eget diam ut. Tempus nonummy molestie mi magna dolor felis sed consectetur molestie. Praesent ut ipsum id ullamcorper lobortis aliquam amet volutpat proin. Dolore sed consectetur aliquet, tincidunt erat turpis, molestie mi, congue. Proin dolore pharetra volutpat lobortis aliquam amet volutpat ante donec. Dolor mauris, sem tincidunt erat, turpis id et nisi feugiat. Felis non massa tempus, amet non nibh nibh nisi, sit. Id et magna turpis euismod mi magna consectetur tellus laoreet. </w:t>
-[...97 lines deleted...]
-        <w:t xml:space="preserve">Erat, feugiat felis, ullamcorper lobortis tempus nonummy, magna dolor felis aliquet, dolore dolor molestie ante dolore dolor mauris praesent tincidunt ac turpis euismod, nibh ac turpis euismod laoreet nisi. Pulvinar, nonummy sem ut ipsum felis diam ut feugiat adipiscing non nibh aliquam amet euismod nibh aliquam nonummy euismod lobortis tempus amet euismod, et, nisi dolor, at tellus nonummy. Eget praesent nunc lorem adipiscing euismod nibh nisi ipsum felis diam lobortis tempus consectetur volutpat mi donec feugiat at, ullamcorper, nibh nisi pulvinar sit nonummy ullamcorper nibh aliquam nonummy. Ullamcorper nibh tempus amet eget, proin dolore sed elit, sem nunc erat consectetur non, massa magna sit felis diam lobortis id sem massa tempus, nonummy non massa dolore dolor. At ullamcorper tincidunt lorem adipiscing tellus nibh aliquam turpis euismod laoreet ac turpis euismod, mi magna sit felis donec nonummy volutpat ante donec pharetra volutpat, ante donec pharetra, mauris. Praesent, nunc dolor eget proin dolore dolor at dolore lorem adipiscing, ullamcorper nibh ac turpis euismod laoreet ac, consectetur tellus nibh, ac turpis euismod et, nisi sit felis ullamcorper. Lobortis erat amet volutpat, ante donec laoreet magna sit molestie ante, donec consectetur volutpat massa donec dolor mauris mi dolore dolor volutpat proin congue sed adipiscing, ullamcorper nibh nisi. Ipsum elit non massa praesent magna feugiat mauris praesent, congue lorem at praesent congue feugiat at ullamcorper, laoreet ac turpis euismod nibh, nisi pulvinar eget diam nunc erat consectetur. Volutpat ante donec pharetra molestie proin dolore pharetra eget ante dolore dolor at aliquet tincidunt ac sit id diam lobortis tempus nonummy non massa erat amet volutpat massa donec. </w:t>
+        <w:t xml:space="preserve">Feugiat donec massa non elit feugiat magna laoreet euismod consectetur lorem nunc, aliquet mauris, pulvinar donec ante, volutpat amet tempus massa non elit, ipsum congue proin volutpat amet, aliquam. Nibh euismod amet aliquam lobortis euismod nonummy lorem congue mi tellus consectetur sed nunc non elit pulvinar aliquam et eget pulvinar lobortis ullamcorper felis lorem lobortis praesent mauris feugiat. Magna laoreet tellus, nonummy sed nunc proin elit amet ac lobortis ullamcorper turpis ac tincidunt aliquet felis ipsum ut diam eget sit magna nibh euismod turpis sed congue praesent. Mauris dolor donec, ante non amet tempus lobortis sem elit ipsum ut, diam at lorem nunc praesent eget pharetra donec praesent, mauris pharetra dolore proin volutpat amet erat massa. Sem felis pulvinar ut diam felis pulvinar nisi nibh id turpis donec proin volutpat, amet tempus ut et id turpis erat tincidunt aliquet elit pulvinar nisi ante volutpat pulvinar. Aliquam nibh non nonummy donec proin eget amet aliquam massa aliquet at erat massa, proin eget pulvinar nisi proin eget, dolor dolore sem mauris sed tincidunt tellus mauris sed. Praesent at sed tincidunt aliquet adipiscing lorem tincidunt praesent felis feugiat magna mi molestie pharetra, magna mi molestie consectetur erat massa non elit ipsum nisi proin ullamcorper felis feugiat. Nisi et felis feugiat ut et euismod turpis ac tincidunt aliquet at sed nunc praesent mauris pharetra dolore proin molestie dolor donec mi molestie elit dolor nisi ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Eget" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Eget, nonummy amet, ac lobortis, ullamcorper at feugiat tincidunt praesent mauris. Feugiat magna mi molestie pharetra donec mi tellus consectetur erat massa. Non elit, sed dolore ut ullamcorper elit feugiat lobortis non elit. Ipsum nisi et, id sit ac laoreet aliquet mauris sed congue. Proin volutpat amet aliquam ante non nonummy ac mi id sit. Magna laoreet euismod turpis ac nibh, euismod sit aliquam nibh tellus. Adipiscing, lorem congue aliquet adipiscing feugiat tincidunt aliquet at feugiat congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> XE "Euismod" </w:instrText>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Euismod diam ut praesent lobortis nisi amet id proin dolore ipsum elit non massa sed nonummy non. Mauris sem nunc sed at sem tincidunt ac sit molestie pharetra volutpat ante donec pharetra volutpat proin. Dolore sed at aliquet laoreet ac sit euismod diam ut tempus nonummy non, massa erat amet molestie. Ante euismod laoreet aliquam sit, euismod nibh magna sit euismod et ut ipsum nonummy non massa tempus. Nonummy volutpat praesent congue, sed at aliquet tincidunt dolor eget praesent tincidunt ac turpis id et nisi. Ipsum nonummy ullamcorper lobortis tempus nonummy volutpat massa aliquam amet eget, proin dolore sed mauris proin donec. Aliquet laoreet ac sit molestie, mi magna feugiat molestie mi congue sit felis ullamcorper ut feugiat felis. Ullamcorper ut tempus adipiscing ullamcorper, tincidunt tempus, turpis euismod congue ipsum felis diam ut ipsum felis diam. Ut aliquam amet eget ante donec pulvinar mauris sem nunc sed at sem massa erat consectetur, tellus. </w:t>
+        <w:instrText xml:space="preserve"> XE "Praesent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Praesent volutpat nonummy tempus lobortis ullamcorper felis feugiat congue et molestie sit nisi diam felis ipsum ut diam elit. Pulvinar laoreet aliquet, at dolor, nunc praesent eget pharetra donec ante ullamcorper, nonummy ipsum congue et felis sit magna. Mi euismod turpis lorem laoreet, euismod nonummy tempus, lobortis non nonummy ipsum magna praesent id sit magna laoreet molestie. Turpis erat tincidunt tellus consectetur erat, tincidunt tellus, consectetur ac laoreet tellus adipiscing tempus nibh non adipiscing feugiat congue. Diam id turpis ac laoreet molestie, sit ac laoreet euismod sit magna nibh tellus at sed nunc nunc proin. Eget amet aliquam nibh ullamcorper adipiscing, lorem tincidunt aliquet mauris dolor magna ante tellus nonummy tempus massa non nonummy. Sed nunc non at sed nunc congue diam id feugiat nisi et id sit nisi et euismod sit nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INDEX \h "A" \c 2 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
@@ -482,152 +482,112 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Ac</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 2</w:t>
-[...33 lines deleted...]
-        <w:t>At</w:t>
+        <w:t>, 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Adipiscing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Dolor</w:t>
-[...25 lines deleted...]
-        <w:t>, 6</w:t>
+        <w:t>Diam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Donec</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
@@ -638,525 +598,605 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:t>Eget</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Erat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 7</w:t>
+        <w:t>, 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Euismod</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 5, 7</w:t>
+        <w:t>, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Feugiat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 5</w:t>
+        <w:t>, 2, 7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>I</w:t>
-[...19 lines deleted...]
-        <w:t>, 6</w:t>
+        <w:t>L</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Laoreet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>L</w:t>
-[...19 lines deleted...]
-        <w:t>, 1, 2</w:t>
+        <w:t>M</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Magna</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Massa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>M</w:t>
-[...13 lines deleted...]
-        <w:t>Magna</w:t>
+        <w:t>N</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Non</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Molestie</w:t>
-[...5 lines deleted...]
-        <w:t>, 5</w:t>
+        <w:t>Nonummy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Nunc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>N</w:t>
-[...13 lines deleted...]
-        <w:t>Nibh</w:t>
+        <w:t>P</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Pharetra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Praesent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Proin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 1</w:t>
-      </w:r>
-[...38 lines deleted...]
-        <w:t>, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>P</w:t>
-[...19 lines deleted...]
-        <w:t>, 5</w:t>
+        <w:t>S</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Tellus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 2, 3</w:t>
+        <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Tincidunt</w:t>
-      </w:r>
-[...18 lines deleted...]
-        <w:t>Turpis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Ullamcorper</w:t>
-[...18 lines deleted...]
-      <w:r>
         <w:t>Ut</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 4, 6</w:t>
+        <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -1722,51 +1762,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R598f258d716d454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6d582e01161b489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R435dd43c06304e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0440f6f22fc24bfc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3493b3b5a2194a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf4709180ea1540a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4cafdc1818a5462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R99e9fc8eb22c47ad" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>