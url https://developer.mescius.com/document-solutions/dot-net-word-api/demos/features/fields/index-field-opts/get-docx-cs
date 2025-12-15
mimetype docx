--- v2 (2025-12-15)
+++ v3 (2025-12-15)
@@ -1,471 +1,471 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd29c920814af483f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7a93a46cad204649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rea724bd3e46641b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9e6d4f5e3fc3496b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb1bb580fe3c94ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R88abf04edc6b45da" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> XE "Diam" </w:instrText>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Diam, magna tincidunt erat aliquam congue ante diam id, turpis dolor aliquam ante non felis. At, amet ac tincidunt praesent mauris pharetra donec lobortis et euismod consectetur donec lobortis, ullamcorper. Felis sit donec massa sem eget pulvinar aliquam, nibh euismod turpis lorem tincidunt praesent mauris. Pharetra donec massa non nonummy erat et euismod sit aliquam nibh euismod adipiscing sed tincidunt. Aliquet mauris feugiat dolore mi volutpat consectetur erat massa non elit, tempus ut diam, eget. Pulvinar nibh euismod turpis sed dolore proin molestie amet tempus ut et id sit magna. Laoreet tellus at sed nunc praesent mauris sed, dolore proin eget tempus massa non, elit. Feugiat congue et felis feugiat, magna laoreet tellus consectetur ac mi tellus turpis magna et. </w:t>
+        <w:instrText xml:space="preserve"> XE "Turpis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Turpis euismod massa aliquam magna ut laoreet proin diam, tellus elit lorem tincidunt mi, volutpat elit. Turpis, erat tincidunt aliquet mauris pulvinar, aliquam lobortis diam felis pharetra donec massa non at amet. Ac tincidunt aliquet mauris donec, massa non elit ipsum, ut proin eget pulvinar, aliquam laoreet ullamcorper. Adipiscing lorem tincidunt aliquet felis dolor congue praesent mauris pharetra donec ante tellus sit magna mi. Molestie consectetur sed, dolore proin volutpat amet ac lobortis, ullamcorper mauris pharetra donec massa sem elit. Ipsum nisi nibh aliquet id turpis ac lobortis euismod adipiscing, lorem tincidunt praesent felis dolor magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Tincidunt" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt nibh ullamcorper id consectetur mi molestie pharetra donec. Nisi laoreet euismod consectetur, sed tincidunt praesent, mauris pulvinar. Aliquam nibh ullamcorper adipiscing ipsum ut diam molestie, consectetur. Sed dolore consectetur erat massa sem elit pulvinar, nisi. Nibh euismod, adipiscing ac tincidunt aliquet mauris dolor congue. Praesent molestie pharetra donec massa non pharetra magna mi. Pulvinar aliquam nibh ullamcorper nonummy tempus lobortis non nonummy. Tempus lobortis non amet, erat massa sem consectetur, erat. Massa sem elit pulvinar nisi turpis lorem, laoreet, euismod. Adipiscing sed congue proin volutpat amet erat lobortis non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Mauris" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Mauris amet donec massa adipiscing feugiat congue, praesent molestie consectetur erat nunc sem eget, ipsum nisi proin id pulvinar aliquam nibh. Euismod turpis, aliquam nibh euismod, amet aliquam et, euismod, turpis ac laoreet euismod turpis ac, tincidunt tellus at sed dolore proin. Volutpat pharetra donec, mi volutpat amet tempus lobortis sem nonummy mauris amet aliquam ante, non elit tempus ut, ullamcorper felis, feugiat. Nisi mi, euismod consectetur ac tincidunt aliquet at dolor, dolore praesent mauris dolor, euismod adipiscing lorem congue, mi, volutpat nonummy ipsum. Nisi, mi tellus consectetur sed, nunc praesent mauris sed nunc praesent mauris, sed dolore proin molestie nonummy erat massa nisi, et. Euismod consectetur lorem laoreet aliquet at dolor dolore proin eget nonummy, tempus lobortis ullamcorper felis feugiat congue diam felis sit magna. Mi tellus consectetur turpis sed dolore ante volutpat pharetra aliquam massa non nonummy tempus ut diam felis, sit magna mi tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Tellus" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, volutpat nonummy ipsum magna massa aliquet, at dolor, dolore et ullamcorper felis feugiat congue praesent mauris feugiat ut praesent nunc sem elit. Ipsum aliquam lobortis aliquet at feugiat tincidunt praesent felis lorem, tincidunt, diam felis feugiat donec massa sem nonummy erat, nunc, et id at. Sed nisi nibh euismod turpis tempus lobortis ullamcorper adipiscing feugiat, congue praesent felis sit donec laoreet non nonummy ipsum ut et id amet. Aliquam nibh sit erat nunc, aliquet mauris dolor donec proin, eget amet donec ante non nonummy tempus, massa, non nonummy tempus ut diam. Felis sit magna aliquam nibh ullamcorper adipiscing lorem ut diam id pharetra, ac laoreet sem, elit ipsum nunc proin elit dolor nisi ante. Euismod amet tempus nibh euismod adipiscing adipiscing lorem tincidunt praesent mauris dolor donec massa non, nonummy tempus massa non diam id pulvinar nisi. Et id sit magna nibh euismod turpis ac laoreet elit ipsum, nisi et tellus at sed dolore ante eget amet tempus ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sem" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sem euismod adipiscing lorem tincidunt, mi molestie nonummy, tempus nunc non nonummy ipsum nisi et eget sit aliquam nibh euismod turpis. Feugiat dolore euismod adipiscing lorem ut diam nonummy tempus nibh ullamcorper felis sit magna mi, molestie consectetur sed nunc proin eget. Pulvinar tempus lobortis ullamcorper adipiscing, tempus at sed congue proin, mauris pharetra, aliquam massa non nonummy tempus, lobortis diam felis pulvinar. Nisi et felis sit ac tincidunt tellus at dolor dolore ante non molestie nonummy ipsum nisi, mi tellus turpis erat, tincidunt. Aliquet mauris pulvinar aliquam nibh volutpat pulvinar donec nibh non nonummy tempus lobortis non magna nibh tellus at dolor dolore proin. Eget pharetra aliquam, massa volutpat amet donec massa ullamcorper felis sit ac tincidunt aliquet mauris dolor dolore proin volutpat amet sed. Donec lobortis non nonummy tempus massa non nonummy, tempus lobortis, diam, id sit magna, mi euismod turpis lorem laoreet, tellus at. Dolor donec proin eget dolor lobortis aliquet molestie molestie consectetur ac nunc aliquet mauris sed, nunc proin eget pulvinar donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Tincidunt" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt praesent sem felis pulvinar ac tincidunt aliquet mauris pulvinar aliquam lobortis diam id molestie pharetra erat massa aliquet elit dolor. Nunc, aliquet elit dolor dolore ante volutpat amet donec nibh non nonummy lorem ut praesent felis feugiat ut lobortis ullamcorper felis. Feugiat nisi et id turpis ac laoreet tellus turpis lorem tincidunt tellus adipiscing, sed donec massa volutpat amet tempus massa non. Elit feugiat lorem tincidunt praesent mauris dolor magna mi mauris sit magna mi molestie consectetur erat massa sem elit ipsum nunc. Sem eget pulvinar, sem, elit pulvinar, aliquam et euismod turpis aliquam laoreet, aliquet adipiscing feugiat congue praesent felis pharetra dolore ante. Volutpat nonummy tempus, ut diam id turpis magna laoreet magna mi tellus consectetur ac mi tellus sit nisi et id sit. Ac tincidunt sem mauris, dolor dolore ante volutpat, amet aliquam massa non nonummy feugiat ut, turpis tempus lobortis aliquet adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sed" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore ante volutpat, felis sit magna mi molestie. Sit ac laoreet aliquet at dolor nunc praesent volutpat. Nonummy feugiat congue laoreet, non at, ipsum nisi et. Euismod, turpis ac tincidunt erat massa diam euismod turpis. Ac laoreet tellus adipiscing aliquam laoreet aliquet at lorem. Congue praesent molestie pharetra dolore ante non consectetur erat. Lobortis diam turpis aliquam, nibh id turpis ac tincidunt. Aliquet at dolor, congue, mi volutpat pharetra erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Turpis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Turpis sem id nibh ante sem, consectetur feugiat, magna laoreet aliquet eget, amet aliquam nibh ullamcorper adipiscing, feugiat magna, laoreet tellus at, pulvinar, aliquam, nibh, ullamcorper adipiscing feugiat eget ipsum. Ac tincidunt praesent volutpat nonummy tempus lobortis ullamcorper elit tempus lobortis ullamcorper id turpis ac tincidunt aliquet consectetur sed nunc proin eget amet pharetra donec massa non nonummy ipsum ut. Et molestie turpis ac laoreet tellus sit magna et euismod turpis lorem laoreet aliquet at dolor tincidunt ullamcorper at dolor dolore mi volutpat nonummy tempus nisi et, euismod consectetur lorem. Laoreet praesent, mauris pulvinar donec nibh ullamcorper nonummy ipsum lobortis diam id feugiat ut, diam id pulvinar ut diam felis, sit magna nibh euismod adipiscing ac laoreet ullamcorper turpis lorem. Tincidunt praesent at dolor dolore mi molestie pharetra, donec, mi ut, sem nonummy sed nunc non nonummy erat laoreet tellus, sit magna et id sit, magna mi tellus consectetur, erat. Tincidunt sem, ante non elit ipsum ut proin eget pulvinar nisi proin eget amet aliquam lobortis euismod adipiscing lorem tincidunt diam mauris dolor donec ante tellus pharetra donec laoreet magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Aliquam" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam congue mi sem, elit pulvinar adipiscing lorem congue praesent mauris dolor dolore ante non nonummy tempus massa non nonummy. Sed ut et id turpis ac nibh, ullamcorper turpis ac lobortis mi tellus consectetur sed nunc sem mauris pulvinar, aliquam. Nibh ullamcorper felis feugiat ut ullamcorper felis feugiat magna praesent id feugiat magna, et tellus tellus consectetur lorem laoreet tellus. Adipiscing lorem congue proin eget pharetra aliquam lobortis diam, felis feugiat nisi et id sit ac laoreet tellus consectetur mauris. Pharetra donec, mi molestie sit ac laoreet molestie pharetra magna diam, id sit, nisi mi id, sit ac laoreet tellus. At pulvinar donec nibh non massa tellus pharetra erat massa aliquet at sed tincidunt aliquet at sed tincidunt aliquet at. Dolor dolore ante volutpat nonummy lorem lobortis diam adipiscing feugiat, congue et lorem, lobortis aliquet mauris dolor congue, mi molestie. Consectetur erat, massa tellus consectetur sed nunc sem at ipsum nisi et euismod, turpis aliquam lobortis euismod nisi nibh aliquet. At dolor donec proin eget pharetra aliquam lobortis, diam molestie pharetra magna mi, molestie turpis magna mi euismod, turpis ac. Laoreet aliquet, at, pulvinar adipiscing ipsum ut praesent id sit ac massa, sem elit sed nunc proin elit sed dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sit" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sit sed nunc sem elit ipsum nunc sem eget pulvinar nisi nibh volutpat nunc sem eget sit ac nibh ullamcorper at dolor dolore ante volutpat nonummy tempus. Magna, mi euismod turpis magna mi tellus turpis ac laoreet tellus adipiscing ac, nibh, euismod amet aliquam nibh euismod turpis tempus, et euismod adipiscing lorem tincidunt praesent. Mauris sit donec laoreet non consectetur, erat massa tellus consectetur nonummy tempus, ut, mi molestie consectetur, erat laoreet aliquet at dolor nunc proin mauris dolor nunc proin. Volutpat nonummy tempus lobortis ullamcorper mauris dolor magna mi, mauris dolor magna mi molestie pharetra donec laoreet tellus pharetra magna praesent id pharetra magna, diam felis ipsum. Ut et id feugiat nisi dolore proin eget, amet aliquam proin eget pharetra, aliquam massa non nonummy tempus lobortis ullamcorper elit tempus lobortis non nonummy erat massa. Non elit ipsum ut diam et id amet aliquam nibh euismod turpis ac lobortis ullamcorper adipiscing lorem tincidunt diam adipiscing lorem lobortis diam felis sit aliquet mauris. Pharetra congue aliquet turpis ac lobortis euismod adipiscing tempus tincidunt aliquet adipiscing lorem tincidunt diam nonummy lorem lobortis ullamcorper, felis sit, magna, mi non at magna laoreet. Tellus consectetur erat nunc sem eget pulvinar, donec lobortis ullamcorper felis, sit magna, mi tellus consectetur erat laoreet non elit ipsum dolore et volutpat, praesent mauris dolor. Magna mi tellus consectetur erat laoreet tellus consectetur erat, nunc non elit ipsum dolore proin volutpat amet aliquam et eget, amet aliquam nibh euismod sem elit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Aliquet" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet euismod adipiscing dolor congue mi tellus consectetur erat nunc non elit ipsum ut proin elit ipsum nisi et, euismod, at dolor donec massa volutpat consectetur erat. Massa diam elit ipsum nunc non at erat laoreet non at erat nunc aliquet at sed, tincidunt proin sem felis pulvinar magna laoreet, tellus, turpis ac tincidunt. Aliquet mauris sed congue aliquet at lorem, tincidunt aliquet felis feugiat congue praesent mauris pharetra donec massa ante non nonummy tempus, ut ullamcorper elit ipsum, ut ullamcorper. Id turpis magna mi, euismod turpis lorem nunc sem at sed dolore ante nonummy ipsum lobortis ullamcorper elit sit magna tincidunt aliquet, at, sed nunc sem mauris. Pulvinar aliquam ante, non adipiscing tempus lobortis non adipiscing tempus ut diam molestie consectetur sed dolore sem eget pulvinar aliquam nibh ullamcorper nonummy lorem congue diam id. Sit ac laoreet tellus at erat laoreet aliquet at erat laoreet aliquet consectetur ipsum ut diam eget pulvinar nisi proin elit sed, nunc, sem elit erat massa. Sem elit pulvinar dolore aliquet at ante tellus, consectetur sed ut et eget sit aliquam et id amet nisi et volutpat dolor nisi, et, euismod turpis tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Lorem" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Lorem congue nunc tempus magna dolore, lobortis. Ut laoreet sem euismod molestie pharetra ipsum. Nisi laoreet aliquet at amet tempus, ut. Diam sed dolore, nibh euismod adipiscing lorem. Tincidunt aliquet adipiscing tempus lobortis euismod nonummy. Lorem lobortis ullamcorper felis feugiat congue mi. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Lorem tellus proin massa nibh proin, et et mi et et praesent et proin mi. Tincidunt, ut ut nunc lobortis mi, nibh ante et aliquet et sem, ullamcorper volutpat, tellus. Id mauris nonummy tempus congue tellus consectetur sed ut sem elit ipsum, nisi nibh euismod. Felis dolor donec massa, non euismod nonummy aliquam nibh ullamcorper felis feugiat magna, laoreet non. At pulvinar nisi et volutpat pulvinar nisi et eget amet tempus, tincidunt diam felis sit. Congue ante, lobortis ullamcorper nonummy tempus massa non felis feugiat ut et id consectetur sed. Dolore ante, eget, amet ipsum ac donec congue ut congue dolor ipsum, ac, dolore congue. Ut dolore magna ut laoreet ante ante nibh proin, mi, proin aliquet non non euismod. </w:t>
+        <w:t xml:space="preserve">Lorem dolore ante non nonummy tempus ut diam felis feugiat nisi. Laoreet tellus consectetur, nonummy tempus lobortis non nonummy tempus ut et. Id, pharetra ac laoreet tellus consectetur sed nunc sem at sed. Nunc sem mauris dolor dolore proin eget ullamcorper felis feugiat congue. Et id sit magna mi molestie turpis erat nunc, proin eget. Amet aliquam lobortis ullamcorper, adipiscing lorem lobortis, ullamcorper adipiscing ipsum, tincidunt. Praesent molestie dolor donec massa non nonummy tempus nunc diam, elit. Pulvinar nisi, et id sit nisi nibh id amet aliquam laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Lobortis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis diam mauris dolor magna, mi tellus. Consectetur sed nunc proin id sit, nisi. Et id amet mi tellus at dolor. Dolore proin volutpat amet aliquam, nibh non. Nonummy lorem, ut, praesent id sit, magna. Mi molestie turpis ac massa aliquet, at. Sem eget pulvinar tempus lobortis ullamcorper adipiscing. Tempus lobortis diam felis feugiat magna et. Molestie pharetra magna mi molestie consectetur erat. Tincidunt sem at aliquet mauris sed, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Aliquet" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet mauris amet tempus ut diam felis feugiat. Nisi mi, tellus elit dolor dolore, nibh nonummy. Sed nisi et id turpis ac nibh id. Turpis ac lobortis euismod adipiscing feugiat dolore ante. Volutpat nonummy tempus ut sem eget pulvinar ut. Mauris pharetra donec lobortis non elit feugiat nisi. Mi euismod, turpis ac laoreet tellus, turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sit" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sit donec massa non aliquam nibh ullamcorper adipiscing ac, tincidunt mi molestie consectetur erat massa. Volutpat consectetur erat massa, sem elit ipsum nisi et euismod adipiscing sed congue sem, eget. Amet nisi nibh, euismod nonummy lorem ut, diam mauris sit donec laoreet tellus at, erat. Nunc proin id, amet aliquam nibh euismod aliquam lobortis ullamcorper adipiscing lorem ut ullamcorper felis. Feugiat magna mi tellus pharetra erat massa aliquet elit sed dolore proin eget pulvinar aliquam. Nibh euismod nonummy feugiat congue, praesent id sit, magna laoreet tellus turpis magna mi tellus. Consectetur sed dolore aliquet mauris pulvinar dolore proin eget pulvinar donec proin amet aliquam et. Id, amet aliquam et euismod amet aliquam ante volutpat, amet aliquam ante volutpat nonummy tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ante" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ante diam felis feugiat nisi, et felis ipsum ut sem elit pulvinar nisi et euismod adipiscing, ac laoreet aliquet at dolor dolore praesent, lobortis. Diam id turpis magna mi tellus consectetur ac laoreet, euismod sit, nisi nibh id sit ac nibh, euismod adipiscing feugiat congue praesent mauris sem. Elit ipsum nunc non nonummy tempus nunc sem elit sed nunc non, elit sed nunc sem at erat massa, aliquet consectetur sed nunc sem. Mauris, dolor nonummy tempus, ut diam felis ipsum ut diam felis ipsum ut et, id feugiat magna et molestie at sed nunc aliquet mauris. Dolor mauris, pharetra erat massa non, eget pulvinar nisi et id amet aliquam nibh ullamcorper felis dolor magna praesent molestie sit donec massa tellus. Consectetur sed massa non mauris pharetra aliquam lobortis diam elit ipsum ut diam felis pulvinar ut diam elit ipsum ut diam eget pulvinar ut. Et euismod turpis aliquam et id id turpis ac mi tellus turpis magna laoreet tellus turpis, magna, tincidunt praesent mauris dolor dolore praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Consectetur" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur sed nunc sem elit dolor aliquam nibh pharetra adipiscing aliquet euismod adipiscing. Feugiat feugiat nisi, et, id turpis at amet aliquam, lobortis diam, felis sit. Magna laoreet tellus consectetur ac laoreet tellus eget adipiscing consectetur, ipsum sed aliquam. Magna massa et ante et magna laoreet aliquet consectetur lorem tincidunt sem mauris. Dolor dolore, praesent eget amet tempus lobortis non nonummy ipsum, lobortis ullamcorper elit. Tempus lobortis non elit ipsum nisi, diam tellus non tellus eget turpis dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nunc" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nunc sit, amet pharetra consectetur amet euismod non, aliquet euismod volutpat felis feugiat nisi et. Aliquet eget nonummy, tempus tincidunt praesent, molestie sit donec laoreet, tellus at, ipsum ut, et. Euismod pulvinar nisi nibh aliquet mauris pharetra erat nunc sem eget pulvinar ut et euismod. Adipiscing lorem congue praesent mauris pharetra, erat lobortis ullamcorper felis feugiat, at, pulvinar donec ante. Volutpat amet tempus ut praesent molestie consectetur sed, nunc proin id turpis ac lobortis ullamcorper. Felis dolor donec massa mauris sit magna mi molestie sit magna mi tellus consectetur erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Adipiscing" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Adipiscing, sit donec massa sem at elit pulvinar aliquam. Nibh ullamcorper mauris, pharetra donec ante non nonummy, ipsum. Ut, et tellus adipiscing lorem congue praesent mauris dolor. Donec massa non, amet feugiat congue diam molestie consectetur. Erat nunc diam euismod turpis ac laoreet aliquet adipiscing. Sed dolore proin, molestie dolor, donec ante molestie dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ante" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ante sem eget ipsum aliquam laoreet praesent mauris. Dolor congue proin mauris pharetra dolore mi molestie. Pharetra tempus ut diam donec ante volutpat amet. Tempus ut praesent felis feugiat ut et molestie. Turpis ac laoreet molestie consectetur erat tincidunt, aliquet. Consectetur sed nunc aliquet, at praesent id sit. Ac, laoreet tellus pharetra ac laoreet tellus, consectetur. Sed dolore proin volutpat pulvinar nisi nibh euismod. Adipiscing lorem ut diam felis feugiat, ut pharetra. Erat massa tellus consectetur dolor dolore et volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "At" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">At pulvinar aliquam congue, mi, molestie donec, massa non, elit ipsum nisi diam felis pulvinar nisi diam eget ipsum ut. Et, euismod at dolor dolore proin volutpat pharetra dolore proin volutpat euismod felis feugiat congue praesent mauris, dolor donec mi. Tellus consectetur sed ut, et id turpis ac nibh, euismod turpis ac lobortis ullamcorper felis tellus consectetur, sed ut et. Euismod adipiscing lorem laoreet, ullamcorper at feugiat tincidunt aliquet at dolor dolore mi molestie pharetra donec mi molestie pharetra magna. Praesent id sit, congue et id pharetra magna diam elit feugiat nisi et id sit ut sem elit erat, massa. Sem elit sed massa non consectetur ac laoreet tellus consectetur erat nunc proin eget, dolor dolore nibh euismod amet tempus. Lobortis ullamcorper felis lorem lobortis ullamcorper felis feugiat congue diam id turpis erat massa non nonummy tempus nunc non nonummy. Ipsum nunc sem, nonummy sed massa non at sed, nunc, sem, eget pulvinar, nisi lobortis euismod turpis, aliquam lobortis ante. Volutpat, tellus elit ipsum, nisi proin, elit sit aliquam nibh id pulvinar aliquam nibh euismod amet tempus nibh euismod nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ac" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ac nunc sem eget amet lorem tincidunt mi non aliquet at, sed nunc ante, eget amet donec massa molestie pharetra aliquam proin. Volutpat amet tempus ut et id turpis magna et, euismod, sit magna dolor dolore praesent, eget, amet tempus ut diam felis feugiat. Magna, et euismod, consectetur erat nunc aliquet consectetur lorem tincidunt praesent mauris sed dolore praesent, ullamcorper elit ipsum ut diam felis feugiat. Nisi diam id sit ac tincidunt aliquet at sed dolore ante volutpat nonummy tempus, ut diam id pharetra, tellus at sed, tincidunt. Sem eget dolor dolore proin volutpat, nonummy tempus lobortis ullamcorper adipiscing ipsum congue mi molestie pharetra ac laoreet tellus consectetur, pharetra, magna. Ante molestie, consectetur donec laoreet molestie pharetra erat laoreet tellus pharetra ac laoreet tellus at sed massa aliquet at erat tincidunt aliquet. Mauris pulvinar aliquam, ipsum, nisi et id amet ac, lobortis euismod turpis ac tincidunt ullamcorper felis feugiat magna mi tellus pharetra erat. Massa sem elit ut et id pharetra ac laoreet aliquet at pulvinar nisi proin eget pulvinar nisi ante volutpat amet donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Feugiat" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Feugiat magna mi euismod consectetur sed nunc proin eget amet donec ante volutpat amet aliquam lobortis sed nunc sem eget amet tempus congue praesent mauris, pharetra. Donec massa non eget pulvinar nisi nibh euismod turpis ac laoreet euismod amet, lorem tincidunt erat ut diam elit ipsum, nisi et id turpis ac tincidunt. Aliquet mauris pharetra donec proin volutpat amet tempus lobortis non nonummy donec ante molestie donec nibh volutpat nonummy, lorem congue diam felis feugiat congue mi id. Turpis ac nunc sem elit dolor, dolore ante volutpat, amet tempus lobortis, non nonummy tempus massa non, amet aliquam massa molestie, pharetra erat, lobortis diam felis. Pulvinar magna mi euismod consectetur lorem tincidunt aliquet at sed tincidunt ullamcorper ut ullamcorper elit ipsum, nisi et molestie sit ut diam felis pulvinar nisi et. Id turpis aliquam et id turpis ac laoreet euismod adipiscing lorem tincidunt praesent ipsum ut et id sit nisi diam id pulvinar nunc diam, elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sem" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sem euismod adipiscing pharetra erat massa sem. Felis, ipsum nisi et id pulvinar nisi. Et euismod adipiscing nibh aliquet felis feugiat. Congue ante tellus pharetra aliquam lobortis, ullamcorper. Felis sit, ac massa aliquet, elit sed. Dolore proin elit pulvinar aliquam lobortis ullamcorper. Adipiscing lorem tincidunt euismod adipiscing tempus amet. Tempus lobortis diam id sit magna, laoreet. Aliquet mauris pulvinar nisi ante volutpat amet. Donec ante volutpat amet aliquam massa ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Mi" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Mi sem elit feugiat magna mi. Tellus mauris amet tempus nibh, ullamcorper. Felis sit donec mi non at. Sed nunc proin volutpat turpis ac. Tincidunt aliquet consectetur, lorem tincidunt aliquet. Mauris sed dolore proin volutpat nonummy. Tempus lobortis ullamcorper felis feugiat nisi. Diam felis pulvinar nisi eget pulvinar. Aliquam id pharetra erat massa aliquet. At turpis feugiat congue aliquet, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Id" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Id turpis sed tincidunt proin euismod. Nibh ullamcorper felis sit magna et. Tellus consectetur sed nunc sem eget. Dolor nunc sem mauris pulvinar aliquam. Nibh euismod, adipiscing feugiat congue praesent. Id id turpis magna, nibh tellus. At sed dolore proin eget amet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Erat" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Erat nisi et id turpis sed dolore ante volutpat pharetra, dolore ante volutpat nonummy tempus lobortis ullamcorper, nonummy ipsum ut diam felis mi molestie consectetur erat. Massa sem nonummy sed ut et id turpis lorem laoreet ullamcorper, turpis lorem, nibh ullamcorper adipiscing feugiat magna ante, non nonummy massa sem nonummy sed nunc. Proin euismod sit aliquam laoreet ullamcorper at dolor, dolore ante non nonummy erat massa non nonummy erat massa sem elit ipsum nisi, elit, pulvinar, nisi nibh. Euismod at lorem tincidunt praesent molestie pharetra donec ante, non nonummy tempus nunc sem, eget ipsum nisi diam id ac tincidunt praesent at, dolor donec proin. Molestie amet erat ante, mauris dolor magna mi molestie consectetur donec ante tellus pharetra donec mi, molestie sit magna praesent praesent mauris dolor dolore aliquet mauris. Feugiat tincidunt ullamcorper adipiscing lorem tincidunt diam felis, feugiat magna praesent felis feugiat congue, praesent molestie at sed nunc tellus consectetur, nisi lobortis ullamcorper sem elit. Pulvinar magna nibh tellus turpis magna nibh euismod turpis ac laoreet ullamcorper at lorem dolore laoreet tellus consectetur ac laoreet tellus consectetur ac nunc proin, mauris. Dolor dolore ante volutpat amet ipsum ut praesent, id sit ac, laoreet tellus, consectetur erat proin eget amet nisi ante volutpat pulvinar donec proin volutpat amet. Aliquam ante ullamcorper adipiscing ipsum ut ullamcorper elit ipsum nisi ullamcorper felis sit ac laoreet tellus felis feugiat congue praesent molestie pharetra magna mi id sit. Ac massa tellus consectetur erat laoreet tellus consectetur erat tincidunt sem eget pulvinar nisi ante volutpat amet lobortis non nonummy aliquam, lobortis ullamcorper felis feugiat ut. </w:t>
+        <w:t xml:space="preserve">Erat nunc et euismod, adipiscing lorem tincidunt aliquet at magna laoreet aliquet at, sed tincidunt aliquet adipiscing sed. Congue ante volutpat amet tempus massa ullamcorper id feugiat ut diam id sit nisi mi tellus mauris pulvinar. Aliquam, nibh volutpat pharetra, donec massa ullamcorper nonummy erat, massa non felis feugiat nisi mi tellus consectetur lorem. Tincidunt aliquet at sed nunc eget ipsum dolore proin eget pulvinar nisi proin eget pulvinar nisi nibh ullamcorper. Adipiscing feugiat congue praesent mauris sit magna laoreet tellus at magna mi molestie turpis ac laoreet molestie consectetur. Ac tincidunt aliquet at lorem nunc praesent at sed dolore ante non, amet tempus lobortis ullamcorper elit feugiat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Proin" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Proin non felis feugiat magna praesent molestie sit ac mi. Molestie consectetur ac tincidunt, praesent mauris dolor donec ante molestie. Pharetra donec, laoreet tellus pharetra donec laoreet tellus consectetur sed. Dolore sem elit, sed dolore proin, volutpat amet nibh ullamcorper. Adipiscing feugiat congue diam, felis sit, congue praesent id sit. Magna laoreet molestie pharetra ac laoreet aliquet consectetur sed nunc. Sem eget dolor dolore proin sed dolore proin volutpat nonummy. </w:t>
-[...279 lines deleted...]
-        <w:t xml:space="preserve">Non elit tempus ut et id ac laoreet aliquet at sed tincidunt praesent eget, nonummy aliquam massa ullamcorper elit ipsum, nisi et id sit magna mi euismod turpis ac. Tincidunt proin nonummy tempus ut praesent, molestie sit congue mi, molestie consectetur erat massa, sem volutpat amet nisi, ante euismod nonummy aliquam nibh ullamcorper, adipiscing feugiat ut nibh ullamcorper. Adipiscing dolor dolore ante non nonummy tempus massa non nonummy tempus massa non consectetur erat nunc sem eget pulvinar ut proin id pulvinar tincidunt aliquet at pharetra, dolore praesent. Mauris pharetra erat massa, volutpat consectetur tempus massa tellus consectetur erat laoreet non nonummy sed massa tellus consectetur erat, congue praesent mauris pharetra dolore mi molestie pharetra magna mi. Tellus nonummy tempus nunc diam elit ipsum ut sem id amet aliquam nibh, id amet ac, nibh, turpis lorem tincidunt praesent mauris pharetra magna mi molestie, pharetra erat nunc. Proin id sit nisi nibh ullamcorper adipiscing ac, lobortis euismod, turpis aliquet felis dolor magna, diam felis lorem ut diam adipiscing lorem lobortis diam felis sit magna laoreet aliquet. At sed nunc sem elit pulvinar dolore ante eget lorem tincidunt, ullamcorper adipiscing lorem ut diam felis ipsum ut, diam id feugiat ut et, id feugiat, ut et felis. </w:t>
+        <w:t xml:space="preserve">Proin volutpat, adipiscing sit congue mi tellus consectetur ipsum dolore proin elit dolor nunc aliquet consectetur lorem proin eget amet donec, ante non adipiscing feugiat. Congue et id pharetra, ac massa aliquet elit dolor dolore proin mauris pulvinar nisi nibh euismod tellus at sed dolore proin eget amet aliquam, lobortis. Diam elit ipsum lobortis non nonummy donec ante volutpat nonummy tempus, nunc non, elit pulvinar nisi et eget, ac tincidunt, praesent at feugiat, congue praesent. Mauris pharetra donec ante volutpat pharetra donec ante tellus nonummy tempus nunc sem nonummy sed nunc aliquet at lorem laoreet, ullamcorper at dolor, congue aliquet. Felis feugiat tincidunt ullamcorper adipiscing tempus lobortis euismod nonummy, aliquam nibh, non nonummy tempus massa ullamcorper adipiscing tempus non nonummy erat massa sem nonummy erat. Massa volutpat nonummy tempus nunc sem elit sed nisi et euismod adipiscing ac, laoreet, ullamcorper adipiscing lorem tincidunt ullamcorper adipiscing nibh euismod turpis lorem tincidunt. Mi tellus pharetra donec ante tellus consectetur erat massa non at pulvinar, nisi et eget id, feugiat lobortis diam felis pulvinar nisi diam felis pulvinar. Magna nibh euismod turpis ac nibh proin nunc laoreet praesent ullamcorper tellus eget turpis, pharetra tempus amet ipsum, magna dolore nibh mi sem id at. Nonummy sit erat nisi laoreet proin ullamcorper non elit turpis dolor tempus magna massa proin euismod volutpat felis, dolor lorem magna nunc nibh aliquet eget. Nonummy pharetra, pulvinar sed tempus, congue mi molestie feugiat nisi diam felis ipsum ut diam id sit magna nibh euismod amet donec nibh non nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Nonummy" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Nonummy sed, ut proin euismod turpis ac laoreet euismod. Adipiscing feugiat dolore mi mauris feugiat massa non nonummy. Ipsum nisi et id sit ac laoreet, euismod sit. Ac tincidunt, praesent molestie dolor dolore mi mauris dolor. Dolore ante volutpat consectetur massa non elit ipsum ut. Diam id pulvinar nisi et eget amet ac lobortis. </w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">Eget, nonummy amet, ac lobortis, ullamcorper at feugiat tincidunt praesent mauris. Feugiat magna mi molestie pharetra donec mi tellus consectetur erat massa. Non elit, sed dolore ut ullamcorper elit feugiat lobortis non elit. Ipsum nisi et, id sit ac laoreet aliquet mauris sed congue. Proin volutpat amet aliquam ante non nonummy ac mi id sit. Magna laoreet euismod turpis ac nibh, euismod sit aliquam nibh tellus. Adipiscing, lorem congue aliquet adipiscing feugiat tincidunt aliquet at feugiat congue. </w:t>
+        <w:t xml:space="preserve">Nonummy sit lorem aliquam nibh non felis feugiat ut, praesent molestie pharetra, ac laoreet aliquet at erat nunc proin elit dolor nisi ante eget mi tellus consectetur. Erat nunc proin eget amet aliquam lobortis ullamcorper adipiscing feugiat dolore mi volutpat nonummy tempus, nunc et id sit nisi nibh euismod ante non nonummy ipsum congue. Et molestie sit ac laoreet, euismod turpis ac nibh euismod consectetur ac nibh euismod turpis ac tincidunt praesent at sed congue, proin volutpat amet tempus tincidunt aliquet. Adipiscing feugiat, congue mi mauris sit donec laoreet tellus pharetra erat massa sem elit, sed dolore proin volutpat molestie consectetur erat nunc proin mauris sed dolore, proin. Volutpat amet donec ante ullamcorper adipiscing ipsum ut laoreet tellus at ipsum dolore proin, eget amet aliquam diam id sit nisi, et id adipiscing lorem tincidunt aliquet. Mauris dolor dolore ante non, consectetur ipsum lobortis non elit ipsum ut et eget pulvinar nisi proin sed nunc, sem eget, amet ac lobortis aliquet adipiscing dolor. Magna mi tellus consectetur donec mi, tellus, consectetur erat massa nibh ullamcorper adipiscing ac lobortis ullamcorper turpis lorem lobortis, ullamcorper nonummy aliquam lobortis euismod nonummy tempus nibh. Ullamcorper felis feugiat congue ullamcorper felis, feugiat, congue mi laoreet, euismod consectetur ac mi euismod turpis, sed nunc proin mauris pharetra donec ante volutpat amet donec ante. Volutpat nonummy, ipsum lobortis non amet erat massa volutpat felis sit congue, praesent mauris pharetra donec laoreet tellus at pulvinar nisi nibh euismod turpis ac, lobortis feugiat. Tincidunt, mi molestie consectetur tempus nunc non nonummy erat diam id, sit ac mi molestie turpis ac laoreet tellus turpis ac mi id turpis ac laoreet aliquet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> XE "Praesent" </w:instrText>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Praesent volutpat nonummy tempus lobortis ullamcorper felis feugiat congue et molestie sit nisi diam felis ipsum ut diam elit. Pulvinar laoreet aliquet, at dolor, nunc praesent eget pharetra donec ante ullamcorper, nonummy ipsum congue et felis sit magna. Mi euismod turpis lorem laoreet, euismod nonummy tempus, lobortis non nonummy ipsum magna praesent id sit magna laoreet molestie. Turpis erat tincidunt tellus consectetur erat, tincidunt tellus, consectetur ac laoreet tellus adipiscing tempus nibh non adipiscing feugiat congue. Diam id turpis ac laoreet molestie, sit ac laoreet euismod sit magna nibh tellus at sed nunc nunc proin. Eget amet aliquam nibh ullamcorper adipiscing, lorem tincidunt aliquet mauris dolor magna ante tellus nonummy tempus massa non nonummy. Sed nunc non at sed nunc congue diam id feugiat nisi et id sit nisi et euismod sit nisi. </w:t>
+        <w:instrText xml:space="preserve"> XE "Euismod" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Euismod mauris pharetra tempus nunc, diam id sit aliquam laoreet tellus erat massa aliquet. Elit amet ac lobortis euismod turpis tempus lobortis euismod, nonummy tempus, tincidunt praesent felis. Sit donec, laoreet non at sed massa non congue ante sem nonummy pulvinar magna. Mi, aliquet eget dolor dolore praesent eget amet tempus lobortis non nonummy donec proin. Molestie pharetra erat ante volutpat erat nunc, sem mauris sed, tincidunt aliquet at sed. Nunc proin eget pharetra, dolore ante volutpat pharetra donec, ante volutpat pharetra dolore at. Dolor donec proin eget amet tempus ut diam felis sit ac, mi, tellus consectetur. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INDEX \h "A" \c 2 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
@@ -482,721 +482,721 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Ac</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:t>, 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Adipiscing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:t>, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Adipiscing</w:t>
-[...5 lines deleted...]
-        <w:t>, 3</w:t>
+        <w:t>Aliquam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Aliquet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3, 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 4, 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>At</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>D</w:t>
-[...39 lines deleted...]
-        <w:t>, 3</w:t>
+        <w:t>C</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Consectetur</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Eget</w:t>
+        <w:t>Erat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Euismod</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 7</w:t>
-      </w:r>
-[...38 lines deleted...]
-        <w:t>, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Feugiat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 2, 7</w:t>
+        <w:t>, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>L</w:t>
-[...39 lines deleted...]
-        <w:t>, 1, 2</w:t>
+        <w:t>I</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Id</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>M</w:t>
-[...59 lines deleted...]
-        <w:t>, 5</w:t>
+        <w:t>L</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Lobortis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>N</w:t>
-[...53 lines deleted...]
-        <w:t>Nunc</w:t>
+        <w:t>M</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Mi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>P</w:t>
-[...13 lines deleted...]
-        <w:t>Pharetra</w:t>
+        <w:t>N</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Nonummy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Nunc</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 4</w:t>
-      </w:r>
-[...38 lines deleted...]
-        <w:t>, 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>S</w:t>
-[...39 lines deleted...]
-        <w:t>, 2, 5</w:t>
+        <w:t>P</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Proin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>T</w:t>
-[...39 lines deleted...]
-        <w:t>, 3</w:t>
+        <w:t>S</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1, 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>U</w:t>
-[...19 lines deleted...]
-        <w:t>, 6</w:t>
+        <w:t>T</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Tellus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Tincidunt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1, 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Turpis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -1762,51 +1762,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3493b3b5a2194a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf4709180ea1540a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4cafdc1818a5462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R99e9fc8eb22c47ad" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R249eec2abbef4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdcdade40988f4489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ree29f5dc9e1541ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc28918bad7344525" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>