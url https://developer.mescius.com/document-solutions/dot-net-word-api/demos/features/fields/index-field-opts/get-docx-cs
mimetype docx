--- v3 (2025-12-15)
+++ v4 (2025-12-18)
@@ -1,471 +1,471 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9e6d4f5e3fc3496b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb1bb580fe3c94ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R88abf04edc6b45da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9c9b371607b74c3d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra4ef5b4f630a44fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raa5ba5eaab2d45e2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> XE "Turpis" </w:instrText>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Turpis euismod massa aliquam magna ut laoreet proin diam, tellus elit lorem tincidunt mi, volutpat elit. Turpis, erat tincidunt aliquet mauris pulvinar, aliquam lobortis diam felis pharetra donec massa non at amet. Ac tincidunt aliquet mauris donec, massa non elit ipsum, ut proin eget pulvinar, aliquam laoreet ullamcorper. Adipiscing lorem tincidunt aliquet felis dolor congue praesent mauris pharetra donec ante tellus sit magna mi. Molestie consectetur sed, dolore proin volutpat amet ac lobortis, ullamcorper mauris pharetra donec massa sem elit. Ipsum nisi nibh aliquet id turpis ac lobortis euismod adipiscing, lorem tincidunt praesent felis dolor magna. </w:t>
+        <w:instrText xml:space="preserve"> XE "Diam" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Diam, aliquet eget sem eget ipsum nisi tincidunt aliquet mauris pharetra erat lobortis id ipsum nunc diam, nonummy erat ante tellus pharetra magna diam adipiscing tempus lobortis volutpat pharetra congue. Ante mauris feugiat tincidunt euismod dolor, laoreet at dolor nunc tellus consectetur magna et id erat, laoreet, id ipsum lobortis non pharetra congue aliquet adipiscing nisi proin consectetur magna diam. Elit tempus lobortis consectetur magna praesent adipiscing tempus ante at lorem laoreet id pulvinar massa molestie pharetra congue ullamcorper amet donec praesent at lorem nibh, eget sed tellus turpis nisi. Diam consectetur erat ante molestie, feugiat lobortis ullamcorper, amet donec proin mauris lorem laoreet id ipsum laoreet id turpis ac et elit tempus non consectetur congue, diam felis lorem, lobortis. Volutpat pharetra tincidunt, ullamcorper adipiscing, nisi proin at erat mi felis ipsum massa molestie dolor tincidunt euismod amet nisi proin dolor tincidunt euismod pulvinar ut tellus pharetra magna ullamcorper molestie. Sit congue, ullamcorper, amet donec praesent adipiscing ac et elit laoreet id erat mi felis tempus ante eget lorem nibh nonummy donec praesent, adipiscing tempus massa volutpat dolor, laoreet id. Pulvinar dolore aliquet turpis magna diam consectetur ante felis tempus proin at, ac nibh eget ipsum laoreet id ipsum massa mauris lorem nibh, eget sed massa id ipsum massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Pharetra" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra, ullamcorper molestie amet tempus ante molestie, feugiat congue euismod amet proin at sed tincidunt. Praesent at lorem laoreet id sit, ut non consectetur congue diam nonummy donec proin mauris. Dolor congue aliquet, amet nisi sem lorem nibh id ipsum massa tellus sit ut ullamcorper. Amet, aliquam proin at lorem nibh eget erat, massa molestie feugiat ut non, pharetra magna. Aliquet tempus nibh eget dolor tincidunt tellus turpis ut non pharetra congue ullamcorper nonummy aliquam. Proin adipiscing aliquam, et eget erat laoreet felis ipsum massa dolor tincidunt, euismod dolor tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Pulvinar" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar aliquam ante volutpat, pulvinar dolore aliquet turpis, nisi diam, nonummy magna id feugiat lobortis. Volutpat dolor lobortis ullamcorper pulvinar, nunc tellus, sit, nisi non pharetra, magna diam nonummy, aliquam. Proin at ac nibh, elit erat mi id ut non pharetra tincidunt aliquet amet dolore. Sem at ac et elit donec mi adipiscing aliquam proin at magna diam consectetur congue. Ullamcorper amet proin at ac nibh eget ipsum, nunc aliquet turpis ut non dolor, tincidunt. Ullamcorper pulvinar dolore aliquet turpis, magna sem consectetur donec diam nonummy nibh eget lorem nibh. Id pulvinar nunc aliquet turpis ut non dolor tincidunt ullamcorper, turpis aliquam proin at ac. Et felis tempus ante, mauris lorem nibh amet congue ullamcorper pulvinar nunc molestie sit lobortis. Volutpat dolor, dolore aliquet turpis nisi aliquet turpis ut non dolor tincidunt ullamcorper pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Congue" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Congue laoreet molestie sit nisi sem consectetur dolore, praesent adipiscing tempus ante, mauris sed laoreet euismod ipsum, nunc consectetur donec mi felis tempus massa mauris dolor. Tincidunt ullamcorper turpis aliquam proin consectetur, magna diam nonummy erat mi felis aliquam ante mauris ac id ipsum laoreet id tempus massa molestie lorem nibh eget. Ipsum laoreet molestie ipsum, lobortis volutpat feugiat lobortis volutpat dolor tincidunt felis pulvinar nunc, molestie feugiat ullamcorper amet dolore aliquet adipiscing aliquam sem consectetur magna diam. Nonummy erat mi felis lorem nibh elit erat mi elit, donec mi adipiscing aliquam mauris lorem nibh eget sed laoreet, id ipsum massa molestie feugiat lobortis. Volutpat pulvinar massa molestie ipsum massa molestie feugiat lobortis eget, sed laoreet id tempus tellus pharetra magna diam nonummy congue ullamcorper amet dolore tellus sit ut. Ullamcorper amet dolore aliquet amet nisi sem turpis nisi sem nonummy donec praesent nonummy donec non amet dolore aliquet turpis aliquam sem at ac et elit. Erat massa mauris lorem et eget sed laoreet id ac laoreet id ipsum ut non pharetra congue ullamcorper amet, congue, ullamcorper turpis dolore tellus turpis nisi. Ullamcorper pharetra donec praesent adipiscing nisi proin mauris lorem laoreet, ipsum, ante molestie, feugiat ut ullamcorper nonummy donec aliquet turpis, nisi aliquet pharetra, lobortis non pharetra. Dolore aliquet amet nisi sem turpis nisi sem pharetra congue euismod donec ante eget sed laoreet euismod pulvinar nunc molestie sit ut volutpat, pharetra, dolore aliquet. Turpis nisi proin elit ac mi felis tempus mi felis tempus ante dolor laoreet id sed laoreet molestie sit ut ullamcorper amet dolore aliquet adipiscing aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Non" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Non adipiscing, aliquam nibh non pharetra dolore aliquet adipiscing lorem nibh. Eget, sed mi id magna et elit erat mi adipiscing aliquam. Nibh volutpat dolor nunc aliquet turpis nisi sem pharetra congue diam. Elit aliquam ante mauris ac et eget, laoreet euismod pulvinar ut. Sem elit erat massa molestie feugiat lobortis volutpat dolor congue ullamcorper. Adipiscing ac et at ac et elit tempus mi felis ante. At ac et elit tempus mi felis aliquam proin adipiscing, aliquam. Et elit donec diam nonummy donec aliquet at aliquam proin euismod. Dolore sem turpis ac, mi euismod ipsum, ante mauris feugiat lobortis. Volutpat pulvinar tincidunt tellus sit ut sem consectetur ac diam elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nisi" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nisi nibh eget sed tincidunt euismod, pulvinar ut non sit nisi sem elit erat laoreet felis tempus ante molestie feugiat nibh eget dolor tincidunt euismod. Ipsum nunc molestie feugiat, lobortis volutpat amet nunc tellus nisi sem at, ac mi felis ipsum massa molestie feugiat tincidunt euismod, amet dolore sem turpis. Magna diam elit donec praesent adipiscing tempus proin, mauris et elit erat laoreet id ipsum ante mauris lorem et elit erat mi elit erat praesent. Felis tempus ante mauris lorem nibh, eget sed massa pharetra congue ullamcorper pharetra tincidunt euismod pulvinar nunc, molestie feugiat, lobortis, volutpat dolor tincidunt volutpat dolor. Tincidunt tellus pulvinar massa molestie feugiat tincidunt ullamcorper nonummy praesent, at aliquam et elit erat et felis aliquam massa mauris feugiat congue euismod pulvinar nunc. Tellus turpis ut non feugiat, lobortis, volutpat dolor laoreet euismod ipsum, non pharetra congue ullamcorper amet congue aliquet turpis aliquam proin at ac et nonummy. Donec, praesent felis lorem tincidunt felis, tempus ante eget sed tincidunt euismod pulvinar nunc molestie feugiat lobortis non dolor, tincidunt euismod, pulvinar dolore, sem at. Magna et elit erat mi mauris, tempus at magna nibh eget, sed mi id ipsum massa, molestie sed laoreet, eget sed massa tellus sit nisi. Diam nonummy donec diam, adipiscing tempus ante eget, pulvinar aliquet turpis nisi sem at donec diam, nonummy dolore ullamcorper turpis nisi proin consectetur magna diam. Nonummy erat ante molestie dolor lobortis eget sed, laoreet id sed non, sit magna diam adipiscing, aliquam proin, adipiscing ac et eget erat mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Consectetur" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur erat laoreet molestie, feugiat lobortis non, pharetra, congue aliquet amet dolore tellus sit congue non pharetra lobortis volutpat pharetra congue ullamcorper nonummy donec sem turpis magna. Diam elit sed laoreet id tempus massa molestie feugiat laoreet euismod amet nisi sem magna et elit donec praesent, adipiscing aliquam proin consectetur, ut tellus sit congue. Ullamcorper, nonummy donec, aliquet turpis ut, non consectetur ut ullamcorper amet congue, ullamcorper turpis aliquet turpis nisi sem consectetur donec praesent nonummy donec praesent adipiscing aliquam sem. Consectetur donec mi id ipsum, ante mauris lorem nibh eget laoreet molestie feugiat ut non consectetur magna diam amet dolore aliquet turpis nisi sem pharetra congue, non. Pharetra dolore ullamcorper pulvinar massa tellus sit ut ullamcorper pharetra ullamcorper adipiscing nisi sem at magna diam consectetur donec diam adipiscing tempus proin mauris ac et elit. Erat mi id feugiat lobortis, volutpat dolor congue, euismod nunc tellus turpis magna diam nonummy magna praesent adipiscing aliquam ante mauris sed nibh eget ipsum laoreet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sed" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sed nunc euismod ipsum lobortis mauris dolor tincidunt euismod amet aliquam praesent ac et id pulvinar nisi. Sem consectetur magna ullamcorper nonummy, erat mi adipiscing aliquam proin elit ac et elit erat, praesent adipiscing. Tempus ante mauris lorem tellus sit nisi sem consectetur congue ullamcorper pharetra dolore aliquet turpis dolore sem. At ac et felis erat, mi felis lorem nibh eget sed laoreet sit ut sem consectetur magna. Mi id, tempus lobortis volutpat dolor lobortis volutpat dolor tincidunt tellus turpis magna non pharetra, congue euismod. Pulvinar aliquet sit nisi sem consectetur magna praesent adipiscing aliquam ante mauris lorem et eget, sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Non" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Non elit praesent felis aliquam ante eget sed laoreet id. Ipsum laoreet id, ipsum lobortis volutpat feugiat lobortis volutpat dolor. Massa aliquet turpis magna diam consectetur diam adipiscing donec aliquet. Consectetur ac, nibh eget, sed massa molestie ipsum massa molestie. Feugiat tincidunt id ipsum massa id ipsum massa molestie feugiat. Lobortis amet dolore sem consectetur magna diam consectetur, magna diam. Nonummy donec proin, mauris sed laoreet euismod pulvinar dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Dolor" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Dolor magna adipiscing tempus sem consectetur magna et elit sed laoreet molestie, feugiat lobortis volutpat, dolor. Tincidunt id amet nunc sem consectetur magna diam nonummy donec turpis aliquam sem at ac et. Elit sed massa, molestie feugiat ut volutpat sed tincidunt euismod amet nunc aliquet turpis lobortis volutpat. Dolor tincidunt euismod dolore sem consectetur, nisi diam nonummy donec mi felis lorem ante eget lorem. Nibh id pulvinar massa tellus sit ut non pharetra dolore ullamcorper turpis nisi sem magna diam. Felis ipsum nunc molestie feugiat nibh eget sed laoreet id ipsum laoreet id ipsum, ante, mauris. Lorem nibh eget dolor laoreet pulvinar ut volutpat dolor tincidunt ullamcorper amet donec ante mauris ac. Et eget sed mi felis, aliquam proin mauris lorem lobortis, eget sed mi id feugiat lobortis. Dolor congue euismod amet dolore tellus sit nisi sem, pharetra congue ullamcorper amet, congue aliquet amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Dolor" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Dolor donec praesent mauris tempus proin at magna diam nonummy donec mi felis lorem, nibh eget dolor congue ullamcorper amet dolore sem. Consectetur et felis feugiat massa molestie feugiat tincidunt euismod pulvinar nunc, aliquet at magna diam nonummy donec praesent, adipiscing tempus ante mauris. Sed laoreet euismod nunc tellus sit nisi sem nonummy magna diam turpis nisi aliquet turpis nunc tellus sit ut non pharetra congue. Aliquet turpis nisi sem pharetra congue ullamcorper pharetra aliquet turpis nisi aliquet turpis magna diam elit, erat ante mauris lorem nibh eget. Sed nibh id ipsum massa molestie feugiat lobortis non pharetra euismod ipsum massa aliquet turpis magna diam nonummy donec praesent nonummy, aliquam. Sem consectetur nisi sem pharetra congue non, dolor tincidunt euismod pulvinar massa molestie feugiat ullamcorper elit, erat praesent felis, aliquam ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Mauris" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Mauris, dolor tincidunt tellus sit ut sem congue ullamcorper amet donec proin at, ac et elit erat et nonummy erat, mi adipiscing. Lorem nibh, eget sed tincidunt euismod ipsum massa molestie ipsum eget sed congue aliquet turpis dolore aliquet turpis ut volutpat dolor tincidunt. Euismod pulvinar nunc tellus turpis nisi sem nonummy donec praesent felis tempus ante sed nibh eget ipsum, massa tellus, feugiat ut ullamcorper. Amet donec mi felis tempus nibh eget sed laoreet id, ipsum nunc, tellus sit congue non pharetra ullamcorper amet nunc non consectetur. Magna diam amet dolore aliquet turpis dolore tellus turpis nisi diam elit erat ante felis lorem ante mauris ac elit sed laoreet. Id ipsum massa molestie feugiat nibh volutpat sed mi felis tempus ante molestie dolor congue ullamcorper amet dolore tellus sit, ut non. Consectetur donec id ipsum ante mauris ac nibh eget sed mi, id tempus massa molestie lorem nibh mauris sed laoreet eget erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Aliquam" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam nibh id ipsum nunc, tellus consectetur. Magna et elit donec, mi felis tempus. Ante mauris lorem et elit mi mauris. Lorem nibh, eget dolor tincidunt euismod ipsum. Nunc sem eget sed massa molestie sit. Lobortis non, pharetra congue, euismod, pulvinar dolore. Aliquet magna nibh id ipsum, massa id. Feugiat lobortis volutpat sed laoreet eget ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Erat" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Erat, tincidunt tellus turpis, magna diam elit. Ipsum molestie feugiat ut ullamcorper amet dolore. Aliquet, adipiscing ac nibh, eget sed laoreet. Id sit ut non pharetra congue aliquet. Amet dolore aliquet sit nisi pharetra, magna. Praesent, felis tempus proin mauris sed laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ante" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ante non pharetra donec proin adipiscing, aliquam et at erat. Laoreet feugiat nisi non dolor congue ullamcorper pulvinar nunc euismod. Pulvinar ut tellus sit congue ullamcorper dolor tincidunt euismod pulvinar. Nunc tellus, turpis congue ullamcorper amet praesent felis tempus nibh. Mauris sed tincidunt euismod sit ut tellus pharetra magna ullamcorper. Amet dolore aliquet turpis aliquam proin elit erat et elit. Erat felis tempus ante mauris erat mi elit tempus ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Amet" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Amet ac laoreet, id pulvinar, nunc sem consectetur magna diam nonummy mi felis aliquam nibh mauris sed tincidunt euismod ipsum massa tellus. Pharetra magna ullamcorper nonummy aliquam proin adipiscing ac proin at ac et nonummy donec, felis tempus ante eget sed laoreet id sed. Laoreet mauris lorem nibh eget sed tincidunt ullamcorper pulvinar dolore tellus sit lobortis volutpat feugiat nibh eget laoreet id tempus massa mauris. Feugiat lobortis, volutpat pulvinar tincidunt tellus pulvinar nunc molestie feugiat lobortis volutpat sed nibh id ipsum nunc id lobortis non pharetra congue. Ullamcorper amet nunc, euismod pulvinar massa, molestie feugiat lobortis non pharetra dolore aliquet turpis ut sem, consectetur magna diam amet dolore aliquet. Turpis sem, turpis magna diam elit, erat mi adipiscing aliquam proin adipiscing ac diam nonummy erat mi molestie ipsum massa molestie dolor. Tincidunt euismod ipsum nunc molestie feugiat diam consectetur magna praesent adipiscing aliquam proin at ac nibh, eget erat laoreet, id tempus ut. Ullamcorper amet dolore pulvinar dolore tellus sit ut sem consectetur congue, ullamcorper amet nunc tellus sit nisi diam nonummy erat mi adipiscing. Tempus, ante mauris ac proin elit, erat et dolore aliquet turpis nisi sem at ac et elit donec praesent felis aliquam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Volutpat" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy erat ante molestie feugiat lobortis euismod. Pulvinar nunc aliquet, consectetur magna et eget sed. Massa molestie sit ut nonummy dolore aliquet amet. Nisi aliquet sit ut, volutpat feugiat lobortis euismod. Dolor laoreet id ipsum ante felis lorem nibh. Volutpat dolor laoreet eget sed molestie sit ut. Non pharetra dolore magna nunc ante ullamcorper tellus. Elit eget, pharetra donec ante molestie pharetra donec. Massa sem, felis feugiat ut diam id consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Pharetra" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra pulvinar nisi sem elit erat massa tellus sit ut non pharetra amet dolore sem consectetur magna, diam pulvinar ut non pharetra, magna. Mi molestie feugiat lobortis molestie dolor tincidunt, ullamcorper amet dolore aliquet turpis magna diam, nonummy donec mi mauris, lorem ante mauris tempus, ante. Mauris dolor tincidunt, euismod pulvinar nunc molestie feugiat lobortis molestie feugiat nibh elit sed laoreet euismod feugiat massa molestie dolor lobortis volutpat sed. Id pulvinar nunc tellus sit ut, non amet donec, aliquet, turpis nisi sem at sed et nonummy donec praesent turpis aliquam proin consectetur. Nibh, euismod sit ut tellus sit ut ullamcorper amet donec praesent adipiscing nisi sem consectetur magna et felis ipsum massa mauris lorem nibh. Eget sed nunc tellus ac diam nonummy magna ullamcorper nonummy donec praesent adipiscing nisi proin consectetur congue ullamcorper amet donec aliquet adipiscing tempus. Proin elit, erat mi id, tempus massa molestie ut, ullamcorper nonummy dolore aliquet turpis ut proin elit ac mi felis tempus ante mauris. Lorem lobortis eget sed tincidunt consectetur ac nibh elit, erat mi molestie feugiat, lobortis laoreet non at ipsum nunc lobortis ullamcorper at dolor. Dolore mi, felis, tempus nibh mauris sed laoreet id ut sem, consectetur magna praesent adipiscing aliquam aliquet adipiscing ac, et elit, ac et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Pulvinar" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar nisi sem elit erat mi id tempus massa molestie feugiat tincidunt ullamcorper amet, dolore, aliquet, turpis nisi sem consectetur euismod pulvinar. Nunc aliquet turpis nisi sem consectetur magna diam nonummy donec praesent adipiscing ac et eget erat laoreet id feugiat lobortis volutpat dolor. Volutpat amet dolore aliquet turpis magna, sem, consectetur magna diam nonummy, donec praesent turpis dolore aliquet, sit ut non pharetra dolore aliquet. Turpis nisi sem at, magna consectetur donec diam nonummy donec praesent at ac et at erat mi felis ipsum lobortis volutpat dolor. Lobortis euismod, amet nunc tellus sit sem consectetur magna praesent adipiscing donec praesent at aliquam proin at erat praesent adipiscing donec praesent. Adipiscing ac lobortis, volutpat sed laoreet id feugiat ut volutpat consectetur, diam nonummy, tempus nibh mauris lorem, nibh eget sed laoreet id. Sit congue ullamcorper elit tempus ante mauris ac et at ac mi elit tempus mi mauris ante volutpat dolor nunc aliquet sit. Ut, non at, magna et felis aliquam proin at lorem et elit erat et tempus massa volutpat, dolor tincidunt ullamcorper pulvinar, nunc. Aliquet, at lorem nibh eget ipsum massa tellus, pharetra ut non amet dolore praesent turpis nisi aliquet at, et elit, erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Elit" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Elit sit lobortis non pharetra congue amet nisi sem at magna, et elit erat laoreet. Molestie feugiat, lobortis volutpat dolor tincidunt ullamcorper, amet nisi aliquet consectetur ac diam nonummy donec. Mi lorem nibh volutpat sed laoreet eget erat, mi mauris feugiat nibh eget dolor tincidunt. Euismod pulvinar nunc molestie ipsum ante molestie feugiat nibh elit erat, elit tempus ante mauris. Feugiat tincidunt euismod pulvinar dolore, aliquet turpis nisi sem pharetra ut ullamcorper pharetra dolore praesent. Turpis ac proin at diam elit tempus lobortis volutpat dolor tincidunt ullamcorper, amet dolore praesent. Turpis aliquam diam nonummy erat praesent adipiscing donec, aliquet turpis aliquam sem consectetur, magna et. Elit ante mauris tempus ante mauris lorem nibh eget erat mi, felis lorem lobortis volutpat. Sed tincidunt, ullamcorper, pulvinar massa molestie feugiat massa volutpat, dolor dolore ullamcorper nunc tellus sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Non" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Non elit sed laoreet molestie feugiat lobortis molestie lorem nibh amet dolore tellus sit, ut non dolor tincidunt euismod dolor laoreet id tempus massa molestie. Feugiat ut ullamcorper amet congue ullamcorper sit ut non sit ut pharetra dolore praesent turpis aliquam nibh eget sed tincidunt euismod ipsum massa molestie, feugiat. Lobortis eget sed nibh id pulvinar massa molestie feugiat massa molestie lobortis volutpat, dolor nunc molestie feugiat massa molestie feugiat tincidunt euismod pulvinar nunc id. Pulvinar nunc, tellus sit lobortis volutpat sed nibh id nunc tellus sit ut non, dolor congue ullamcorper amet nisi sem at ac diam elit tempus. Ante tellus feugiat lobortis volutpat, sed tincidunt ullamcorper pulvinar, ut non magna diam elit erat mi mauris lorem nibh elit sed laoreet id pulvinar ut. Diam nonummy donec praesent adipiscing aliquam proin at ac et at ac et tempus massa mauris feugiat, nibh eget sed laoreet tellus, pulvinar nunc tellus. Sit congue euismod, dolor nunc tellus, sit ut sem pharetra magna felis tempus, ante molestie dolor tincidunt euismod pulvinar nunc tellus turpis nisi non, nonummy. Donec mi felis tempus ante mauris sed laoreet euismod, ipsum nunc, tellus feugiat, mauris, dolor tincidunt euismod amet nunc aliquet sit ut non nonummy magna. Praesent felis tempus, ante mauris lorem nibh id pulvinar nunc, non sit ut non, pharetra ullamcorper turpis nisi aliquet consectetur nisi sem consectetur donec praesent. Felis tempus, proin mauris lorem nibh eget sed laoreet id feugiat lobortis molestie feugiat nibh, id sed molestie ipsum lobortis volutpat dolor lobortis euismod dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Mi" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus sit ut non pharetra congue aliquet amet dolore sem turpis. Nisi sem, consectetur donec praesent adipiscing nisi proin at lorem id ipsum. Massa molestie ipsum massa mauris sed laoreet id, sed massa molestie feugiat. Massa molestie lorem nibh mauris, sed laoreet felis, tempus ante molestie, nibh. Eget, dolor, congue tellus pulvinar ut non consectetur ac et elit erat. Praesent adipiscing aliquam proin consectetur magna sem consectetur magna diam amet donec. Proin, magna et nonummy magna praesent felis tempus ante molestie feugiat congue. Ullamcorper amet dolore aliquet, consectetur nisi diam, nonummy donec praesent adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Lobortis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis ullamcorper adipiscing tempus massa volutpat pharetra dolore aliquet turpis aliquam et consectetur erat et elit erat mi lorem lobortis volutpat dolor nunc aliquet turpis aliquam proin at ac. Et felis tempus ante molestie feugiat tincidunt euismod pulvinar nunc tellus sit nisi consectetur magna diam nonummy aliquam nibh mauris lorem nibh id pulvinar nunc tellus feugiat lobortis molestie. Feugiat tincidunt volutpat dolor tincidunt molestie sit ut sem pharetra ante molestie feugiat, lobortis, volutpat dolor nunc tellus sit ut non pharetra ut non dolor tincidunt euismod ipsum massa. Tellus turpis, nisi sem, nonummy, praesent nonummy aliquam proin at ac diam elit, erat praesent adipiscing tempus ante at ac et eget sed massa molestie ipsum lobortis, volutpat pharetra. Congue ullamcorper amet tellus pulvinar ut tellus pharetra congue ullamcorper amet dolore aliquet turpis nisi sem at ac diam felis tempus mi adipiscing tempus et elit erat mi, elit. Mi mauris, tempus nibh eget dolor laoreet euismod pulvinar nunc non pharetra ut non pharetra tincidunt volutpat sed laoreet molestie ut non consectetur magna diam, nonummy, aliquam, sem consectetur. Magna diam consectetur magna ullamcorper pharetra congue ullamcorper turpis nisi non pharetra congue, non amet dolore ullamcorper pulvinar euismod pulvinar ut non consectetur magna diam adipiscing aliquam ante mauris. Lorem nibh eget ipsum massa molestie, feugiat lobortis volutpat, dolor lobortis volutpat sed mi id ipsum mauris feugiat lobortis euismod dolor tincidunt id ipsum massa molestie, feugiat nibh eget. Lorem laoreet id sed laoreet id ipsum massa molestie feugiat lobortis volutpat, sed tincidunt ipsum massa mauris lorem lobortis eget sed laoreet eget ipsum nunc molestie ipsum lobortis non. Pharetra, tincidunt ullamcorper amet dolore aliquet sit ut non pharetra congue euismod dolore tellus sit ut sem consectetur magna diam adipiscing donec proin adipiscing ac nibh elit, erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nonummy" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy lorem lobortis volutpat dolor laoreet id ipsum massa, non magna, diam nonummy dolore proin, at ac, proin at magna, diam nonummy donec, aliquet turpis, nisi. Aliquet consectetur ac diam consectetur magna, ullamcorper nonummy aliquam adipiscing aliquam proin elit erat mi, felis tempus ante mauris lorem nibh eget dolor, laoreet id ipsum. Ante, molestie feugiat ut euismod dolor nunc, tellus ut tellus, sit ut ullamcorper nonummy donec praesent adipiscing ac et eget sed tincidunt euismod ipsum massa molestie. Pharetra tincidunt ullamcorper amet, donec adipiscing lorem nibh, id pulvinar nunc non pharetra congue non amet dolore praesent adipiscing nisi ante at ac et elit donec. Mi mauris, lorem ante at aliquam nonummy erat, mi adipiscing aliquam proin at aliquam et at ac et elit erat mi, mauris lorem nibh eget lorem. Nibh eget erat mi felis tempus ante lorem et eget erat et felis aliquam praesent adipiscing ac proin at magna diam consectetur magna diam amet, dolore. Aliquet turpis nisi sem, consectetur donec, diam sit congue, ullamcorper nonummy donec praesent adipiscing ac et elit erat laoreet felis tempus ante molestie dolor lobortis euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Aliquam" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam, lobortis non amet, donec praesent adipiscing, aliquam proin elit, sed laoreet felis, ipsum massa. Molestie, feugiat lobortis pulvinar nunc tellus turpis nisi non pharetra congue ullamcorper amet dolore ullamcorper. Turpis nisi sem consectetur, ac, mi id ipsum massa mauris, feugiat lobortis sed laoreet id. Ipsum massa tellus, sit, ut non amet dolore ullamcorper amet nunc tellus sit ut non. Dolor tincidunt ullamcorper amet dolore sem consectetur magna diam lobortis volutpat dolor nunc euismod pulvinar. Massa molestie sit lobortis non dolor tincidunt id ipsum laoreet id ipsum massa, molestie feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Proin" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Proin eget dolor tincidunt tellus sit nisi sem at ac ipsum massa molestie dolor tincidunt euismod, pulvinar dolore aliquet turpis, nisi diam nonummy. Erat mi molestie feugiat lobortis mauris lorem et, nonummy erat mi felis, proin mauris lorem, lobortis volutpat pulvinar laoreet molestie feugiat lobortis volutpat. Pharetra magna diam nonummy donec proin at ac et nonummy donec diam nonummy dolore, pulvinar massa molestie feugiat ut non dolor congue, ullamcorper. Turpis aliquam sem consectetur magna, sem consectetur donec diam adipiscing tempus ante eget lorem eget sed laoreet id ipsum ante mauris lorem tincidunt. Volutpat dolor tincidunt euismod, pulvinar lobortis volutpat feugiat tincidunt volutpat, dolor laoreet eget sed, massa, id feugiat lobortis amet dolore, aliquet turpis nisi. Proin consectetur, magna et nonummy donec aliquet turpis nisi sem turpis magna, et elit erat mi adipiscing donec proin turpis ut non erat. Mi felis erat praesent adipiscing nisi sem consectetur magna, non consectetur donec diam nonummy tempus ante at lorem et erat mi id ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Mauris" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Mauris feugiat lobortis ullamcorper amet dolore aliquet sit, sem, nonummy donec mi, mauris. Lorem nibh mauris sed tincidunt id ipsum massa tellus sit congue non pharetra. Congue praesent turpis dolore tellus pulvinar, ut dolor congue ullamcorper nonummy donec aliquet. Adipiscing, ac et at sed, laoreet felis, ipsum massa volutpat dolor tincidunt euismod. Amet dolore, tellus sit magna et erat mi mauris lorem lobortis volutpat dolor. Tincidunt euismod pulvinar nunc non pharetra ut, non amet dolore, aliquet adipiscing nisi. Sem elit sed felis ipsum massa tellus sit tincidunt, euismod amet dolore aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Euismod" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Euismod turpis dolore aliquet consectetur, ac et elit aliquet turpis aliquam ante mauris. Sed laoreet eget tempus ante, adipiscing tempus proin mauris, lorem laoreet eget erat. Mi elit aliquam proin adipiscing aliquam proin ac, et elit erat ante mauris. Lorem lobortis volutpat sed tincidunt, euismod sit nisi sem consectetur magna ullamcorper nonummy. Dolore praesent turpis, nisi sem consectetur laoreet id feugiat lobortis non pharetra tincidunt. Euismod pulvinar tincidunt id ipsum, massa tellus sit ut, non dolor tincidunt ullamcorper. Amet dolore tellus, lobortis ullamcorper amet dolore ullamcorper amet dolore aliquet turpis nisi. Non sit ut euismod dolor laoreet eget sed laoreet felis tempus ante mauris. Lorem laoreet id mi id ipsum massa molestie, feugiat lobortis volutpat, dolor laoreet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Tincidunt" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Tincidunt nibh ullamcorper id consectetur mi molestie pharetra donec. Nisi laoreet euismod consectetur, sed tincidunt praesent, mauris pulvinar. Aliquam nibh ullamcorper adipiscing ipsum ut diam molestie, consectetur. Sed dolore consectetur erat massa sem elit pulvinar, nisi. Nibh euismod, adipiscing ac tincidunt aliquet mauris dolor congue. Praesent molestie pharetra donec massa non pharetra magna mi. Pulvinar aliquam nibh ullamcorper nonummy tempus lobortis non nonummy. Tempus lobortis non amet, erat massa sem consectetur, erat. Massa sem elit pulvinar nisi turpis lorem, laoreet, euismod. Adipiscing sed congue proin volutpat amet erat lobortis non. </w:t>
-[...377 lines deleted...]
-        <w:t xml:space="preserve">Nonummy sit lorem aliquam nibh non felis feugiat ut, praesent molestie pharetra, ac laoreet aliquet at erat nunc proin elit dolor nisi ante eget mi tellus consectetur. Erat nunc proin eget amet aliquam lobortis ullamcorper adipiscing feugiat dolore mi volutpat nonummy tempus, nunc et id sit nisi nibh euismod ante non nonummy ipsum congue. Et molestie sit ac laoreet, euismod turpis ac nibh euismod consectetur ac nibh euismod turpis ac tincidunt praesent at sed congue, proin volutpat amet tempus tincidunt aliquet. Adipiscing feugiat, congue mi mauris sit donec laoreet tellus pharetra erat massa sem elit, sed dolore proin volutpat molestie consectetur erat nunc proin mauris sed dolore, proin. Volutpat amet donec ante ullamcorper adipiscing ipsum ut laoreet tellus at ipsum dolore proin, eget amet aliquam diam id sit nisi, et id adipiscing lorem tincidunt aliquet. Mauris dolor dolore ante non, consectetur ipsum lobortis non elit ipsum ut et eget pulvinar nisi proin sed nunc, sem eget, amet ac lobortis aliquet adipiscing dolor. Magna mi tellus consectetur donec mi, tellus, consectetur erat massa nibh ullamcorper adipiscing ac lobortis ullamcorper turpis lorem lobortis, ullamcorper nonummy aliquam lobortis euismod nonummy tempus nibh. Ullamcorper felis feugiat congue ullamcorper felis, feugiat, congue mi laoreet, euismod consectetur ac mi euismod turpis, sed nunc proin mauris pharetra donec ante volutpat amet donec ante. Volutpat nonummy, ipsum lobortis non amet erat massa volutpat felis sit congue, praesent mauris pharetra donec laoreet tellus at pulvinar nisi nibh euismod turpis ac, lobortis feugiat. Tincidunt, mi molestie consectetur tempus nunc non nonummy erat diam id, sit ac mi molestie turpis ac laoreet tellus turpis ac mi id turpis ac laoreet aliquet. </w:t>
+        <w:t xml:space="preserve">Tincidunt tellus sit nisi sem sit non, dolor congue ullamcorper turpis nisi proin. At ac diam consectetur magna diam amet dolore, aliquet consectetur magna sem, nonummy. Donec praesent amet dolore ullamcorper massa tellus feugiat ut non pharetra congue ullamcorper. Turpis nisi, sem turpis, ut diam consectetur magna ullamcorper amet dolore aliquet turpis. Nisi sem nonummy erat felis tempus ante at ac et elit sed mi. Felis feugiat massa, mauris lorem ante mauris, ac et elit erat praesent adipiscing. Aliquam lobortis turpis aliquam proin, at, ac et, nonummy erat mi felis tempus. Nibh volutpat, pharetra dolore praesent turpis aliquam sem consectetur magna diam nonummy dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> XE "Euismod" </w:instrText>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Euismod mauris pharetra tempus nunc, diam id sit aliquam laoreet tellus erat massa aliquet. Elit amet ac lobortis euismod turpis tempus lobortis euismod, nonummy tempus, tincidunt praesent felis. Sit donec, laoreet non at sed massa non congue ante sem nonummy pulvinar magna. Mi, aliquet eget dolor dolore praesent eget amet tempus lobortis non nonummy donec proin. Molestie pharetra erat ante volutpat erat nunc, sem mauris sed, tincidunt aliquet at sed. Nunc proin eget pharetra, dolore ante volutpat pharetra donec, ante volutpat pharetra dolore at. Dolor donec proin eget amet tempus ut diam felis sit ac, mi, tellus consectetur. </w:t>
+        <w:instrText xml:space="preserve"> XE "Consectetur" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur ipsum nunc non pharetra congue diam adipiscing aliquam ante at ac laoreet id. Ipsum, massa aliquet, turpis mi felis erat ante volutpat feugiat tincidunt euismod pulvinar, nunc. Aliquet sit ut non consectetur ut non pharetra dolore, praesent adipiscing nisi sem at. Et felis tempus ante mauris lorem nibh eget lorem tincidunt euismod sit ut sem. Pharetra magna ullamcorper pharetra dolore aliquet adipiscing aliquam proin at, ac mi ipsum massa. Molestie, dolor congue ullamcorper, amet donec sem, consectetur, magna et nonummy, donec praesent adipiscing. Aliquam praesent at ac et at ac et tempus ante felis tempus ante mauris. Sed tincidunt euismod, pulvinar nunc tellus sit congue ullamcorper amet congue tellus sit nunc. Tellus pharetra magna ullamcorper amet dolore amet nunc tellus turpis nisi sem consectetur magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INDEX \h "A" \c 2 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
@@ -476,727 +476,687 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Ac</w:t>
-[...19 lines deleted...]
-        <w:t>Adipiscing</w:t>
+        <w:t>Aliquam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 4, 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Amet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Aliquam</w:t>
-[...38 lines deleted...]
-      <w:r>
         <w:t>Ante</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 4, 5</w:t>
-[...19 lines deleted...]
-        <w:t>, 5</w:t>
+        <w:t>, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:t>Congue</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Consectetur</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 4</w:t>
+        <w:t>, 2, 7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>E</w:t>
-[...39 lines deleted...]
-        <w:t>, 7</w:t>
+        <w:t>D</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Diam</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Dolor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>F</w:t>
-[...13 lines deleted...]
-        <w:t>Feugiat</w:t>
+        <w:t>E</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Elit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Erat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Euismod</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>I</w:t>
-[...13 lines deleted...]
-        <w:t>Id</w:t>
+        <w:t>L</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Lobortis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>L</w:t>
-[...39 lines deleted...]
-        <w:t>, 3</w:t>
+        <w:t>M</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3, 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Mi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>M</w:t>
-[...33 lines deleted...]
-        <w:t>Mi</w:t>
+        <w:t>N</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Nisi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Non</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2, 3, 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Nonummy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>N</w:t>
-[...39 lines deleted...]
-        <w:t>, 4</w:t>
+        <w:t>P</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Pharetra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1, 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Proin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Pulvinar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>P</w:t>
-[...19 lines deleted...]
-        <w:t>, 6</w:t>
+        <w:t>S</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>S</w:t>
-[...59 lines deleted...]
-        <w:t>, 3, 4</w:t>
+        <w:t>T</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Tincidunt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>T</w:t>
-[...59 lines deleted...]
-        <w:t>, 1, 2</w:t>
+        <w:t>V</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Volutpat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -1762,51 +1722,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R249eec2abbef4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdcdade40988f4489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ree29f5dc9e1541ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc28918bad7344525" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcaf31678e81d4794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1e7d1880773447d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdf06e9a2fd724b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb71e1dc2417d448e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>