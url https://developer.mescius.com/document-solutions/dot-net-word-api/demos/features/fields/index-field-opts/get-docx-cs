--- v4 (2025-12-18)
+++ v5 (2026-02-02)
@@ -1,471 +1,471 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9c9b371607b74c3d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra4ef5b4f630a44fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raa5ba5eaab2d45e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re89cf3a92c6a4d1f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra3ad086bb3bc4e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9703d87889604cdb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
+        <w:instrText xml:space="preserve"> XE "Pulvinar" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Pulvinar ut, massa, donec ut mi sem ullamcorper felis pharetra erat nisi, et euismod consectetur dolor aliquam, lobortis ullamcorper felis sit, magna mi molestie consectetur mi molestie. Elit, amet aliquam nibh euismod turpis lorem congue mi molestie pharetra donec massa non at pulvinar aliquam, nibh ullamcorper adipiscing lorem congue mi feugiat congue, mi molestie. Pharetra, erat massa non elit ipsum nisi nibh tellus at sed dolore ante volutpat amet erat lobortis ullamcorper elit sit ac laoreet, tellus magna laoreet tellus consectetur. Lorem nunc proin eget pharetra donec proin molestie amet ipsum lobortis ullamcorper id, sit nisi et id pulvinar magna id turpis lorem tincidunt aliquet adipiscing sed congue. Praesent eget pharetra dolore ante volutpat amet erat massa non elit ipsum nisi diam id pulvinar, magna nibh id ut diam elit ipsum, nunc non elit ipsum. Dolore proin eget ipsum dolore et volutpat amet, nisi, nibh eget amet tempus, tincidunt diam mauris sit donec laoreet pharetra ac massa non at ipsum dolore donec. Lobortis diam elit ipsum, ut et felis pulvinar nisi diam id turpis laoreet, ullamcorper turpis ac laoreet ullamcorper turpis ac lobortis aliquet felis dolor erat lobortis diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ut" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ut dolore nibh euismod mauris pharetra erat nunc sem elit pulvinar aliquam et id turpis ac lobortis aliquet mauris dolor congue adipiscing. Feugiat magna mi tellus, consectetur sed nunc diam eget pulvinar aliquam, nibh ullamcorper at dolor donec ante non, elit ipsum nisi mi. Aliquet pulvinar nisi ante volutpat nonummy tempus lobortis diam felis feugiat magna praesent molestie pharetra ac massa aliquet elit dolor nunc sem. Volutpat pulvinar, aliquam ante ullamcorper, adipiscing nibh non adipiscing feugiat magna laoreet, tellus consectetur erat nunc proin volutpat, turpis aliquam nibh volutpat. Turpis dolor magna, mi molestie, feugiat congue adipiscing lorem congue mi molestie, sit, magna laoreet molestie pharetra erat massa aliquet at erat. Laoreet, aliquet mauris sed nunc sem, at dolor dolore proin eget amet praesent molestie pharetra donec proin volutpat pharetra dolore praesent molestie. Pharetra, donec, massa sem elit ipsum ut et euismod sit ac nibh, tellus turpis lorem congue ullamcorper aliquam lobortis euismod adipiscing, lorem. Lobortis ullamcorper felis lorem tincidunt praesent molestie pharetra erat ante tellus nonummy sed, ut ullamcorper, adipiscing feugiat congue proin mauris dolor congue. Mi volutpat consectetur, tempus nunc diam id pulvinar ut diam elit ipsum massa non elit ipsum nisi sem elit massa sem, elit. Dolor nunc sem mauris dolor nisi ante euismod amet tempus lobortis non nonummy, tempus nibh, non adipiscing ipsum ut ullamcorper felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nunc" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nunc nibh volutpat nonummy tempus lobortis ullamcorper nonummy tempus volutpat elit ipsum nisi diam. Felis feugiat nisi, mi euismod consectetur lorem nunc praesent mauris sed dolore proin eget. Amet aliquam lobortis ullamcorper elit ipsum non nonummy tempus ut et euismod consectetur ac. Laoreet aliquet mauris pulvinar aliquam nibh ullamcorper nonummy, tempus congue et id, consectetur sed. Dolore et volutpat tempus nibh euismod turpis lorem congue praesent mauris feugiat congue mi. Id pharetra erat, laoreet, tellus at, sed nunc sem elit dolor dolore, at sed. Nunc sem at sed donec ante non nonummy aliquam, nibh non nonummy tempus, lobortis. Ullamcorper nonummy, tempus lobortis ullamcorper elit ipsum ut sem felis sit diam felis sit. Magna laoreet aliquet at sed dolore proin molestie dolor dolore proin molestie, pharetra donec. Mi volutpat consectetur erat massa non nonummy tempus nunc sem donec laoreet non consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Dolor" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Dolor erat nunc diam euismod turpis, ac tincidunt aliquet sed dolore praesent at dolor dolore proin volutpat nonummy tempus massa sem felis, ipsum magna laoreet tellus turpis ac. Laoreet tellus, at sed, dolore ante volutpat dolore proin molestie amet, tempus lobortis ullamcorper nonummy ipsum ut diam felis pulvinar nisi et id turpis ac laoreet tellus turpis. Ac tincidunt aliquet, mauris, et id turpis lorem lobortis aliquet adipiscing lorem, tincidunt diam adipiscing tempus lobortis ullamcorper amet aliquam ante non nonummy aliquam ante, non, nonummy massa. Ullamcorper felis, feugiat magna laoreet euismod consectetur, sed nunc proin mauris dolor dolore praesent mauris dolor nunc praesent eget pharetra dolore, proin molestie pharetra erat mi pharetra donec. Massa non consectetur tempus massa, tellus nonummy tempus nunc diam eget ipsum ut et id, pulvinar nisi et eget pulvinar aliquam et euismod turpis tempus, euismod adipiscing lorem. Congue diam felis feugiat congue praesent felis feugiat magna mi molestie sit ac nunc et volutpat dolore proin eget dolor, nisi, proin, eget pulvinar aliquam nibh, nunc praesent. Mauris, dolor donec praesent mauris dolor congue aliquet at, lorem dolore, praesent, mauris pharetra magna, sem nonummy ipsum ut diam id sit ac, laoreet ullamcorper adipiscing lorem congue. Aliquet, molestie amet donec ante mauris feugiat tincidunt diam felis tempus lobortis diam felis ut, diam id, feugiat magna praesent id pharetra, magna mi molestie consectetur sed nunc. Sem volutpat pulvinar nisi ante eget pulvinar dolore ante non nonummy lorem ut nonummy tempus lobortis diam id sit magna massa sem eget amet aliquam lobortis ullamcorper, nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Et" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Et aliquet elit sed aliquam lobortis aliquet felis dolor, congue, praesent molestie dolor magna praesent sit magna praesent id at. Pulvinar nisi et, id turpis aliquam lobortis aliquet felis lorem lobortis ullamcorper felis lorem tincidunt diam mauris sit magna tellus. Consectetur, sed nunc sem elit sed, massa sem elit, dolor dolore sem elit dolor nunc aliquet at sed nunc proin. Volutpat pulvinar dolore proin, eget pharetra aliquet molestie, dolor dolore proin volutpat amet ipsum ut sem felis pulvinar nisi et. Id turpis magna laoreet tellus adipiscing sed tincidunt praesent pharetra aliquam lobortis non amet erat ante non consectetur tempus lobortis. Sem nonummy ipsum, nunc sem, eget pulvinar nisi et id sit, ac laoreet euismod turpis ac mi molestie dolor dolore. Ante molestie pharetra donec massa non, nonummy erat nunc non nonummy sed nunc sem elit sed massa, aliquet elit pulvinar. Dolore proin volutpat nisi ante, euismod adipiscing feugiat tincidunt ullamcorper felis sit magna, laoreet tellus sit magna diam felis sit. Ac laoreet tellus ac et euismod turpis magna laoreet euismod turpis, lorem laoreet, aliquet mauris pharetra aliquam ante volutpat, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Turpis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Turpis feugiat magna massa tellus nonummy ipsum nunc. Et id turpis ac nibh euismod amet, ac. Nibh aliquet adipiscing lorem euismod turpis lorem lobortis. Diam mauris, pharetra erat nunc diam eget ipsum. Nisi nibh euismod adipiscing lorem lobortis aliquet at. Dolor donec mi feugiat tincidunt, diam felis, feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sit" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sit lorem congue proin volutpat amet tempus lobortis non amet tempus lobortis sem felis sit ac tincidunt at sed. Donec ante volutpat nonummy ipsum ut diam id pharetra, erat massa, aliquet elit dolor nisi ante euismod turpis lorem. Tincidunt praesent mauris feugiat, diam felis feugiat magna laoreet tellus pharetra, ac laoreet tellus consectetur sed dolore proin eget. Amet tempus lobortis ullamcorper adipiscing feugiat, magna mi mauris sit nunc sem, at ipsum dolore proin eget amet aliquam. Lobortis ullamcorper felis dolor magna praesent molestie pharetra erat massa non consectetur erat nunc at ipsum dolore et id. Adipiscing ac, lobortis aliquet mauris dolor donec, ante non consectetur tempus nunc diam eget sit aliquam nibh id turpis. Lorem, dolore praesent, pharetra donec massa non nonummy erat lobortis diam felis ipsum nisi diam id sit aliquam diam. Euismod turpis ac nibh euismod turpis lorem congue ante non, elit lobortis sem id sit ac nibh euismod consectetur. Lorem tincidunt aliquet eget, pharetra tempus ut et molestie consectetur, erat nunc elit dolor aliquam lobortis ullamcorper felis dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Praesent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Praesent non at sed nunc at erat massa sem, elit dolor nisi ante, eget amet, aliquam lobortis diam. Felis sit magna mi tellus at sed ut nibh euismod adipiscing lorem aliquet, felis feugiat dolore mi molestie. Pharetra erat nunc non nonummy, erat ut diam, elit pulvinar nisi proin eget pulvinar, nisi et eget pulvinar. Sem eget amet aliquam nibh euismod adipiscing lorem lobortis euismod, nonummy lorem ut diam felis ipsum, ut et. Id sit magna mi tellus at sed nunc, aliquet, ac, tincidunt sem mauris pulvinar, donec ante eget pharetra. Donec ante volutpat amet donec proin volutpat nonummy erat lobortis sem elit feugiat nisi et pulvinar magna nibh. Tellus adipiscing lorem tincidunt, aliquet mauris dolor dolore proin mauris dolor, dolore mi molestie amet tempus massa sem. Elit ipsum ut diam eget nunc sem elit ipsum nunc, non elit ipsum dolore proin id amet aliquam. Nibh euismod turpis lorem nibh euismod, nonummy tempus lobortis ullamcorper adipiscing lorem ut diam donec ante volutpat nonummy. Donec ante non nonummy tempus nisi mi euismod turpis ac laoreet euismod turpis, ac tincidunt tellus laoreet non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Et" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Et tellus at nunc proin eget dolor nisi nibh, euismod, adipiscing, feugiat congue mi molestie, nonummy, sed, nunc proin eget pulvinar aliquam nibh ullamcorper adipiscing feugiat congue. Mauris feugiat congue praesent mauris, sit donec ante, tellus elit ipsum ut nibh euismod turpis aliquam nibh ullamcorper adipiscing lorem congue aliquet felis feugiat, donec mauris, feugiat. Congue praesent mauris sit, magna mi molestie sit, magna laoreet tellus consectetur sed nisi nibh volutpat amet nisi ante eget pulvinar dolore mauris sed nunc praesent mauris. Dolor donec ante non nonummy, ipsum lobortis diam, felis sit magna et felis feugiat nisi, mi euismod turpis lorem, nunc praesent lorem tincidunt praesent mauris dolor congue. Praesent volutpat amet donec ante volutpat amet erat ante volutpat pharetra donec ante tellus consectetur erat massa non, consectetur donec laoreet, feugiat magna mi molestie at erat. Massa aliquet elit pulvinar, aliquam nibh, euismod adipiscing lorem lobortis euismod nonummy tempus lobortis ullamcorper tempus lobortis non amet aliquam ante, volutpat pharetra dolore mi molestie pharetra. Erat lobortis sem elit pulvinar nisi et id sit nisi nibh tellus at sed congue molestie amet donec ante molestie dolor donec mi molestie dolor donec ante. Tellus consectetur erat nunc diam eget ipsum, ut proin eget amet nisi proin eget ipsum tellus consectetur erat laoreet tellus consectetur erat nunc sem at sed nunc. Praesent mauris sed congue proin volutpat amet tempus massa volutpat pharetra dolore praesent molestie pharetra mi non nonummy tempus nunc diam eget pulvinar ut sem eget pulvinar. Nisi et id, amet aliquam nibh volutpat amet aliquam et volutpat pulvinar aliquam nibh, volutpat donec, nibh ullamcorper adipiscing feugiat congue mi tellus consectetur, erat nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Tincidunt" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt proin, euismod adipiscing lorem, congue praesent molestie consectetur sed nunc sem. Elit ipsum dolore proin eget dolore nibh euismod turpis lorem tincidunt diam. Mauris pharetra donec mi molestie pharetra donec laoreet tellus consectetur sed massa. Proin id pulvinar nisi elit pulvinar nisi, et euismod, turpis lorem congue. Mi molestie pharetra erat nunc diam elit, ipsum nunc non, consectetur sed. Dolore et volutpat pulvinar aliquam tincidunt praesent, lorem magna, mi tellus nonummy. Ipsum nisi et euismod adipiscing sed congue praesent molestie pharetra donec proin. Non felis ipsum nisi mi euismod magna mi aliquet at, dolor donec. Nibh non amet aliquam lobortis ullamcorper adipiscing ipsum congue et id, sit. Magna mi euismod, consectetur sed tincidunt aliquet at dolor euismod adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Felis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Felis pharetra erat, nisi et euismod amet tempus nibh ullamcorper felis feugiat euismod amet donec ante eget amet aliquam nibh non. Adipiscing feugiat, congue diam felis feugiat, nisi et id sit magna laoreet aliquet consectetur dolor tincidunt turpis, sed nunc proin eget. Pharetra donec massa volutpat nonummy feugiat congue et felis, feugiat ut et euismod sit magna mi tellus at dolor, donec at. Sed dolore proin, eget pharetra tempus ut, et id sit ac laoreet, aliquet elit pulvinar nisi nibh euismod adipiscing lorem ut. Praesent feugiat ut diam felis feugiat ut ullamcorper nonummy erat, ut diam, elit, feugiat magna, mi aliquet at sed nunc tellus. Consectetur sed nunc praesent at dolor dolore at dolor donec ante non nonummy erat massa, sem, elit pulvinar, magna laoreet, euismod. Turpis magna et id turpis ac tincidunt, ullamcorper at lorem dolore proin molestie, congue praesent, mauris dolor magna praesent mauris pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sem" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sem ullamcorper felis dolor donec ante sit erat massa tellus, pharetra erat massa tellus at sed dolore proin volutpat amet ac lobortis euismod turpis. Feugiat congue praesent mauris pharetra donec ante pharetra donec, laoreet tellus consectetur erat laoreet tellus at, sed nunc sem elit sed nisi ante, volutpat. Nonummy lorem tincidunt diam felis tempus lobortis praesent feugiat congue diam felis feugiat, congue et felis ipsum nisi et id sit ut et id. Turpis, lorem tincidunt praesent, at sed dolore ante volutpat aliquam ante non elit ipsum ut diam id turpis, ac et euismod turpis ac laoreet. Aliquet, at, sed tincidunt aliquet at dolor dolore proin molestie donec, ante volutpat amet tempus lobortis sem nonummy ipsum, nunc sem elit pulvinar nunc. Diam, elit pulvinar aliquam nibh, euismod adipiscing ac laoreet ullamcorper at dolor dolore felis, feugiat congue praesent, mauris pharetra donec massa, non elit ipsum. Ut proin eget sit aliquam nibh, euismod turpis ac nibh euismod adipiscing, lorem lobortis ullamcorper turpis lobortis euismod nonummy feugiat congue praesent mauris sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Mi" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Mi tellus at pulvinar nisi et euismod adipiscing tempus tincidunt, praesent felis sit magna mi molestie. Consectetur donec laoreet sem at ipsum sem elit ipsum, nisi et eget pulvinar dolore proin mauris. Sed nunc, sem mauris sed nunc aliquet at, dolor dolore massa non, nonummy ipsum ut dolor. Donec ante volutpat consectetur erat massa non nonummy tempus nunc diam eget pulvinar aliquam laoreet euismod. Adipiscing sed, dolore proin molestie dolor dolore mi, molestie lobortis aliquet felis feugiat tincidunt praesent molestie. Pharetra donec massa, molestie nonummy erat laoreet molestie pharetra sed dolore et eget pulvinar nisi, et. Ullamcorper nisi proin volutpat amet aliquam nibh euismod nonummy lorem lobortis diam felis ipsum ut diam. Molestie pharetra erat laoreet tellus at sed nunc sem at sed euismod turpis ac tincidunt praesent. Mauris dolor congue aliquet adipiscing, lorem congue ullamcorper turpis lorem tincidunt ullamcorper mauris, dolor congue aliquet. Felis, feugiat magna ante molestie sit diam felis lorem congue praesent id sit magna laoreet molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Praesent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Praesent volutpat elit sit magna et, id sit aliquam laoreet aliquet at. Dolor donec proin molestie pharetra donec, mi volutpat amet massa sem elit. Tempus, nunc non nonummy ipsum ut diam eget pulvinar, ut et id. Amet ac congue aliquet, adipiscing feugiat congue, mi volutpat donec, mi molestie. Pharetra erat massa non elit ipsum, aliquam, et id sit aliquam nibh. Euismod adipiscing lorem tincidunt praesent molestie consectetur erat massa volutpat consectetur erat. Tellus, nonummy ipsum ut diam eget pulvinar nisi nibh id turpis ac. Lobortis ullamcorper adipiscing feugiat tincidunt aliquet mauris feugiat congue praesent felis nibh. Euismod adipiscing feugiat congue praesent, felis ipsum ut ullamcorper elit ipsum ut. Diam id sit ac mi tellus consectetur sed tincidunt sem at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Et" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Et ullamcorper at dolor donec, ante volutpat, nonummy tempus lobortis, sem id sit ac tincidunt aliquet. At tincidunt praesent eget amet donec ante volutpat, amet aliquam massa ullamcorper felis, feugiat nisi diam. Id turpis ac laoreet aliquet, consectetur lorem nunc praesent dolor donec ante eget amet aliquam massa. Volutpat amet tempus, ut mi molestie sit ac tincidunt aliquet mauris pulvinar dolore proin eget amet. Tempus nibh non aliquam massa volutpat, elit, ipsum congue mi tellus consectetur erat, tincidunt, aliquet at. Dolor dolore sem mauris dolor tincidunt aliquet mauris sed congue, praesent dolor dolore proin, molestie amet. Erat massa non consectetur erat ante molestie dolor congue praesent mauris pharetra, erat nunc sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sed" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sed dolore et eget turpis tempus lobortis praesent molestie consectetur ipsum ut et eget ipsum nunc proin eget pulvinar. Nisi nibh, amet ac nibh, ullamcorper adipiscing lorem lobortis aliquet adipiscing tempus tincidunt diam felis feugiat congue mi, mauris. Consectetur sed nunc proin eget amet nisi at ipsum nisi et euismod turpis aliquam ante volutpat, pulvinar donec ante. Volutpat, amet donec nibh non adipiscing feugiat ut, diam felis, ipsum congue et id feugiat non nonummy tempus lobortis. Sem felis ipsum nunc diam elit ipsum nisi et, id pulvinar aliquam laoreet euismod turpis ac nibh, euismod adipiscing. Et euismod amet, aliquam lobortis diam adipiscing lorem ut diam felis, feugiat congue diam id pharetra magna mi molestie. Sit magna et id turpis erat nunc sem magna et id sit magna nibh id sit aliquam, et id. Pulvinar nisi et id pulvinar dolore sem elit dolor nisi proin volutpat amet aliquam nibh euismod donec proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Volutpat" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Volutpat nonummy tempus magna laoreet sem eget. Dolor dolore ante pulvinar aliquam lobortis diam. Mauris sit donec massa non id at. Nonummy, at amet feugiat ipsum sed lorem. Tempus erat nisi lobortis praesent non, eget. Sed, lorem donec nunc, et aliquet volutpat. Tellus euismod molestie molestie elit turpis dolor. Erat massa non elit ipsum, nunc sem. Eget ipsum ut et adipiscing feugiat, tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "At" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">At pharetra donec massa, volutpat nonummy aliquam lobortis ullamcorper felis ipsum lobortis, sem elit pulvinar ut et pulvinar nisi nibh, euismod adipiscing sed tincidunt aliquet. Mauris dolor congue proin non elit tempus ut sem felis feugiat magna, et id pulvinar magna id adipiscing, lorem dolore proin eget amet tempus lobortis. Diam, tellus consectetur erat massa proin eget pulvinar nisi, nibh volutpat pulvinar donec ante volutpat amet tempus ut id pharetra magna mi id sit ac. Laoreet aliquet consectetur ac nunc, proin eget dolor dolore proin volutpat pulvinar aliquam lobortis ullamcorper felis magna mi molestie, pharetra ac laoreet tellus turpis erat. Nunc aliquet at dolor nisi ante volutpat amet tempus lobortis ullamcorper felis sit donec, mi molestie consectetur, erat, sem, elit, pulvinar aliquam lobortis ullamcorper felis. Feugiat donec ante tellus consectetur erat, massa sem elit pulvinar nisi proin eget pulvinar aliquam nibh ullamcorper adipiscing lorem, congue volutpat nonummy tempus, nunc sem. Id sit ac nunc proin eget amet tempus lobortis, diam, felis sit, magna et ipsum magna diam euismod turpis ac mi, tellus consectetur sed nunc. Proin volutpat, amet tempus ut diam, id sit magna mi tellus turpis ac laoreet aliquet at mi tellus mauris pulvinar aliquam lobortis ullamcorper felis sit. Donec, laoreet non id amet aliquam tincidunt ullamcorper at lorem tincidunt praesent felis dolor magna, mi mauris dolor praesent felis feugiat congue praesent tellus consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Proin" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Proin amet tempus congue, praesent molestie dolor magna mi mauris sit, magna laoreet molestie pharetra magna mi id consectetur sed nunc aliquet at sed nunc consectetur, ac laoreet aliquet at. Sed dolore ante non amet donec nibh volutpat pharetra donec proin molestie pharetra donec ante volutpat amet erat massa non congue praesent molestie consectetur donec mi mauris sit magna nunc. Non at sed, massa aliquet, consectetur, sed nisi nibh euismod adipiscing tempus nibh euismod felis feugiat congue amet aliquam ante volutpat nonummy, tempus lobortis ullamcorper adipiscing feugiat magna mi molestie. Turpis ac tincidunt tellus consectetur sed nunc aliquet consectetur, lorem nibh non adipiscing feugiat ut diam, felis feugiat ut diam felis feugiat magna et id feugiat magna et euismod sit. Magna laoreet aliquet at, sed dolore proin sed dolore proin volutpat amet donec praesent mauris dolor congue mi volutpat pharetra donec ante non consectetur tempus nunc sem eget ipsum, nisi. Et id amet proin eget ipsum nunc proin elit amet, aliquam nibh volutpat amet aliquam, nibh euismod adipiscing lorem congue praesent id, feugiat ullamcorper adipiscing tempus lobortis ullamcorper elit ipsum. Ut sem elit ipsum ut diam felis pulvinar nunc sem nonummy ipsum nunc tellus consectetur erat massa non at ipsum aliquet consectetur ipsum nunc sem at sed dolore sem eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nonummy" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nonummy pulvinar aliquam laoreet ullamcorper adipiscing lorem, congue ante non amet tempus lobortis sem elit pulvinar. Magna nibh tellus consectetur sed donec nibh volutpat tincidunt praesent at sed dolore ante non nonummy. Tempus ut sem elit ipsum ut diam felis sit magna laoreet aliquet at dolor dolore ante. Volutpat donec ante molestie dolor dolore praesent molestie, dolor dolore praesent mauris feugiat magna, praesent tellus. Pharetra donec laoreet, molestie pharetra donec mi id pharetra magna mi ipsum ut et id feugiat. Nisi diam felis pulvinar, nisi et id pulvinar, nisi et euismod turpis ac laoreet ullamcorper turpis. Ac tincidunt aliquet ac tincidunt praesent molestie pharetra erat ante volutpat consectetur donec, mi tellus consectetur. Erat massa proin id turpis, ac nibh, euismod adipiscing lorem lobortis euismod, adipiscing nibh ullamcorper adipiscing. Dolor donec ante tellus consectetur erat nunc non elit sed nunc proin elit ipsum dolore, proin. Eget pulvinar aliquam nibh, euismod amet nisi, ante pulvinar aliquam lobortis euismod amet donec, nibh ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "At" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">At pulvinar aliquam lobortis praesent mauris dolor donec ante non elit pulvinar ac laoreet tellus at dolor dolore praesent mauris pharetra aliquam. Ullamcorper felis feugiat magna et id sit ac laoreet tellus consectetur lorem, tincidunt aliquet mauris dolor dolore ante, mauris amet donec ante. Molestie amet donec non elit tempus ut sem elit ipsum nisi diam eget pulvinar nisi et id turpis ac laoreet ullamcorper turpis. Lorem congue, aliquet at feugiat tincidunt praesent, molestie magna ante non nonummy tempus nunc diam eget sit aliquam nibh ullamcorper turpis ac. Laoreet ullamcorper mauris feugiat congue mi mauris feugiat magna nonummy feugiat congue praesent, mauris sit magna mi, id sit magna praesent felis. Ipsum congue mi molestie consectetur erat nunc sem elit sed, tincidunt sem eget nonummy proin eget amet aliquam ante eget amet aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Aliquet" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet molestie consectetur tempus ut, diam id. Magna laoreet euismod mauris sed tincidunt praesent. Mauris amet donec ante non nonummy ipsum. Nisi et molestie turpis erat laoreet tellus. Consectetur lorem laoreet aliquet magna laoreet tellus. Adipiscing, sed dolore, praesent mauris dolor dolore. Proin volutpat amet erat massa, volutpat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Tempus" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Tempus ut mi pharetra sed nisi et ullamcorper at, feugiat donec ante. Ullamcorper elit feugiat, ac laoreet tellus consectetur, lorem nunc sem volutpat amet. Aliquam lobortis, ullamcorper ipsum congue, mi tellus pharetra magna laoreet id consectetur. Sed tincidunt sem eget, dolor nisi nibh ullamcorper nonummy tempus nibh volutpat. Nonummy feugiat congue praesent sit magna, et id sit nisi et id. Feugiat magna mi euismod turpis lorem tincidunt, aliquet at lorem laoreet aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ac" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ac laoreet sem elit pulvinar nisi nibh euismod amet, aliquam lobortis praesent, mauris, pharetra donec mi molestie pharetra donec, laoreet tellus consectetur. Erat nunc turpis ac laoreet molestie sit, ac, laoreet tellus consectetur, ac laoreet tellus consectetur dolor dolore ante eget dolor donec ante. Non amet aliquam ut diam ipsum nisi diam id turpis, ac laoreet lorem dolore praesent, molestie amet tempus lobortis non felis feugiat. Nisi et aliquet eget amet aliquam ante, volutpat amet tempus diam id sit magna laoreet aliquet at sed dolore proin eget pulvinar. Nisi ante euismod nonummy tempus congue praesent mauris pharetra magna laoreet consectetur ac laoreet tellus at sed nunc proin eget pulvinar aliquam. Ante euismod turpis feugiat magna mi mauris pharetra erat massa non elit ipsum ut nibh, ullamcorper, ac congue mi volutpat amet, ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
         <w:instrText xml:space="preserve"> XE "Diam" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Diam, aliquet eget sem eget ipsum nisi tincidunt aliquet mauris pharetra erat lobortis id ipsum nunc diam, nonummy erat ante tellus pharetra magna diam adipiscing tempus lobortis volutpat pharetra congue. Ante mauris feugiat tincidunt euismod dolor, laoreet at dolor nunc tellus consectetur magna et id erat, laoreet, id ipsum lobortis non pharetra congue aliquet adipiscing nisi proin consectetur magna diam. Elit tempus lobortis consectetur magna praesent adipiscing tempus ante at lorem laoreet id pulvinar massa molestie pharetra congue ullamcorper amet donec praesent at lorem nibh, eget sed tellus turpis nisi. Diam consectetur erat ante molestie, feugiat lobortis ullamcorper, amet donec proin mauris lorem laoreet id ipsum laoreet id turpis ac et elit tempus non consectetur congue, diam felis lorem, lobortis. Volutpat pharetra tincidunt, ullamcorper adipiscing, nisi proin at erat mi felis ipsum massa molestie dolor tincidunt euismod amet nisi proin dolor tincidunt euismod pulvinar ut tellus pharetra magna ullamcorper molestie. Sit congue, ullamcorper, amet donec praesent adipiscing ac et elit laoreet id erat mi felis tempus ante eget lorem nibh nonummy donec praesent, adipiscing tempus massa volutpat dolor, laoreet id. Pulvinar dolore aliquet turpis magna diam consectetur ante felis tempus proin at, ac nibh eget ipsum laoreet id ipsum massa mauris lorem nibh, eget sed massa id ipsum massa molestie. </w:t>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Consectetur erat laoreet molestie, feugiat lobortis non, pharetra, congue aliquet amet dolore tellus sit congue non pharetra lobortis volutpat pharetra congue ullamcorper nonummy donec sem turpis magna. Diam elit sed laoreet id tempus massa molestie feugiat laoreet euismod amet nisi sem magna et elit donec praesent, adipiscing aliquam proin consectetur, ut tellus sit congue. Ullamcorper, nonummy donec, aliquet turpis ut, non consectetur ut ullamcorper amet congue, ullamcorper turpis aliquet turpis nisi sem consectetur donec praesent nonummy donec praesent adipiscing aliquam sem. Consectetur donec mi id ipsum, ante mauris lorem nibh eget laoreet molestie feugiat ut non consectetur magna diam amet dolore aliquet turpis nisi sem pharetra congue, non. Pharetra dolore ullamcorper pulvinar massa tellus sit ut ullamcorper pharetra ullamcorper adipiscing nisi sem at magna diam consectetur donec diam adipiscing tempus proin mauris ac et elit. Erat mi id feugiat lobortis, volutpat dolor congue, euismod nunc tellus turpis magna diam nonummy magna praesent adipiscing aliquam ante mauris sed nibh eget ipsum laoreet molestie. </w:t>
+        <w:t xml:space="preserve">Diam id pharetra sed ut proin eget turpis, lorem euismod amet tempus, tincidunt aliquet felis lorem magna mi tellus consectetur sed nunc non nonummy ipsum, nunc, proin id amet ac. Lobortis ullamcorper at, lorem, aliquet felis feugiat congue praesent felis lorem congue praesent mauris sit magna mi non, elit ipsum nunc sem elit pulvinar dolore et volutpat amet aliquam volutpat. Amet tempus tincidunt praesent mauris sit magna laoreet molestie consectetur erat massa non elit pulvinar nisi et eget pulvinar aliquam nibh euismod turpis, lobortis ullamcorper mauris sit magna mi molestie. Sit magna mi id sit magna mi tellus at sed massa tellus at erat nunc proin eget amet tempus nibh, nonummy tempus, lobortis diam felis sit ac laoreet tellus, pharetra. Erat nunc proin eget dolor, nisi ante volutpat turpis lorem, congue praesent mauris pharetra, magna mi pharetra erat laoreet non at pulvinar dolore sem, elit pulvinar aliquam lobortis euismod adipiscing. Tempus tincidunt diam mauris sit magna mi, tellus consectetur erat laoreet pharetra erat laoreet aliquet at sed dolore proin elit dolor nunc sem mauris sed tincidunt tellus consectetur sed nunc. Proin eget pharetra donec ante non amet tempus ullamcorper elit tempus massa non, felis pulvinar nisi et tellus turpis ac laoreet aliquet at sed congue proin eget dolor congue praesent. Mauris pharetra dolore ante volutpat congue mi molestie pharetra donec mi molestie consectetur erat laoreet id pharetra donec laoreet tellus at sed massa sem at sed dolore sem eget pulvinar. Dolore ante dolor, dolore praesent mauris dolor, dolore proin volutpat nonummy tempus lobortis non elit ipsum congue et id, turpis ac, laoreet tellus at sed dolore ante volutpat amet proin. Non adipiscing ipsum congue mi id consectetur, sed massa molestie sit, magna laoreet aliquet at sed nunc, ante, eget pulvinar donec nibh volutpat, adipiscing feugiat congue felis feugiat magna et. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Sed" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Sed nunc euismod ipsum lobortis mauris dolor tincidunt euismod amet aliquam praesent ac et id pulvinar nisi. Sem consectetur magna ullamcorper nonummy, erat mi adipiscing aliquam proin elit ac et elit erat, praesent adipiscing. Tempus ante mauris lorem tellus sit nisi sem consectetur congue ullamcorper pharetra dolore aliquet turpis dolore sem. At ac et felis erat, mi felis lorem nibh eget sed laoreet sit ut sem consectetur magna. Mi id, tempus lobortis volutpat dolor lobortis volutpat dolor tincidunt tellus turpis magna non pharetra, congue euismod. Pulvinar aliquet sit nisi sem consectetur magna praesent adipiscing aliquam ante mauris lorem et eget, sed laoreet. </w:t>
-[...293 lines deleted...]
-        <w:t xml:space="preserve">Tincidunt tellus sit nisi sem sit non, dolor congue ullamcorper turpis nisi proin. At ac diam consectetur magna diam amet dolore, aliquet consectetur magna sem, nonummy. Donec praesent amet dolore ullamcorper massa tellus feugiat ut non pharetra congue ullamcorper. Turpis nisi, sem turpis, ut diam consectetur magna ullamcorper amet dolore aliquet turpis. Nisi sem nonummy erat felis tempus ante at ac et elit sed mi. Felis feugiat massa, mauris lorem ante mauris, ac et elit erat praesent adipiscing. Aliquam lobortis turpis aliquam proin, at, ac et, nonummy erat mi felis tempus. Nibh volutpat, pharetra dolore praesent turpis aliquam sem consectetur magna diam nonummy dolore. </w:t>
+        <w:t xml:space="preserve">Sed aliquam, tincidunt, mi tellus nonummy ipsum nisi proin eget pulvinar aliquam nibh id adipiscing feugiat congue. Praesent molestie pharetra, dolore, ante feugiat congue ante, non eget pulvinar nisi et, euismod, turpis lorem tincidunt. Praesent molestie amet ipsum ut, mi molestie consectetur erat tincidunt tellus at, sed aliquet mauris dolor dolore. Proin volutpat amet tempus lobortis diam felis sit magna et, id feugiat magna laoreet tellus at sed. Dolore ante euismod amet donec proin, pharetra donec, ante ullamcorper felis feugiat magna et molestie consectetur, ac. Laoreet sem eget pulvinar nisi nibh euismod nonummy tempus lobortis euismod amet proin eget amet tempus lobortis. Et molestie, pharetra ac massa aliquet at sed dolore proin volutpat nonummy aliquam tincidunt praesent felis feugiat. Magna mi molestie, pharetra, sed sem elit, sed, nisi et eget, pulvinar nunc, proin eget pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ut" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ut mi, tellus sed nisi, et id amet ac nibh ullamcorper turpis tempus. Lobortis ullamcorper felis feugiat congue praesent molestie pharetra donec, mi molestie sit donec. Laoreet, sit magna mi molestie consectetur erat nunc sem at sed dolore proin. Eget pulvinar aliquam nibh volutpat amet, aliquam, nibh non amet aliquam, ante ullamcorper. Erat lobortis diam elit ipsum magna laoreet tellus at sed nunc sem mauris. Dolor nunc aliquet adipiscing sed tincidunt aliquet at lorem tincidunt aliquet adipiscing ac. Ullamcorper felis feugiat tincidunt praesent, molestie pharetra erat massa non nonummy donec mi. Tellus consectetur erat, laoreet tellus at sed nunc sem elit sed aliquet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ullamcorper" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper mauris pharetra erat nunc proin id pulvinar nisi et id turpis ac lobortis adipiscing lorem, tincidunt aliquet felis lorem congue ante tellus consectetur donec massa non nonummy ipsum ut. Proin id amet nisi et volutpat amet aliquam nibh ullamcorper aliquam lobortis ullamcorper, adipiscing lorem tincidunt diam, adipiscing feugiat ut praesent id sit magna mi tellus, at erat laoreet tellus. Turpis ac mi, euismod turpis et id pulvinar ut sem eget pulvinar aliquam nibh, ullamcorper at dolor, donec proin volutpat nonummy erat ante molestie pharetra dolore ante molestie congue diam. Mauris sit magna mi molestie pharetra donec mi molestie sit magna mi tellus sit, magna mi molestie, feugiat nisi et id sit ac laoreet, tellus ut et eget pulvinar aliquam. Nibh id, turpis aliquam nibh id, pulvinar dolore proin eget amet nisi nibh volutpat, amet nisi nibh euismod amet tempus lobortis ullamcorper tempus lobortis diam adipiscing feugiat congue mi tellus. At, dolor dolore proin elit, pulvinar aliquam nibh volutpat amet feugiat, ut nonummy aliquam nibh non, nonummy aliquam lobortis volutpat amet tempus, massa volutpat nonummy erat massa volutpat consectetur erat. Ante tellus consectetur tempus ut sem elit sed, massa pharetra ac massa tellus, pharetra, ac laoreet aliquet consectetur sed nunc sem mauris dolor nisi proin eget amet aliquam, nibh volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Eget" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Eget turpis aliquam tincidunt aliquet mauris dolor, congue praesent molestie pharetra donec felis feugiat congue, diam felis feugiat ac laoreet molestie, sit. Magna laoreet tellus consectetur ac laoreet tellus consectetur sed nunc sem mauris sed nunc praesent sed nunc aliquet at dolor, dolore proin. Volutpat amet donec massa volutpat, nonummy ipsum lobortis, diam felis sit magna nibh tellus consectetur ac laoreet tellus adipiscing nibh, id amet. Aliquam lobortis ullamcorper adipiscing ac lobortis, ullamcorper felis pharetra erat ante non nonummy erat ante, non elit pulvinar nisi et amet nisi. Nibh ullamcorper turpis ac lobortis ullamcorper felis feugiat congue mi molestie nonummy tempus, nunc, diam id sit ac laoreet tellus turpis ac. Tincidunt, praesent mauris erat ante volutpat nonummy erat ante volutpat nonummy erat nunc tellus nonummy erat nunc sem elit ipsum ut proin. Eget amet nisi proin eget pulvinar nisi proin sed nunc sem mauris dolor, nisi ante volutpat adipiscing lorem ut diam felis feugiat. Congue diam adipiscing feugiat congue et ipsum nisi diam id sit ac, laoreet aliquet at sed, nunc proin eget pharetra aliquam nibh. Non felis ipsum lobortis ullamcorper felis feugiat nisi mi tellus at laoreet tellus, turpis lorem, tincidunt praesent mauris sed dolore proin eget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> XE "Consectetur" </w:instrText>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Consectetur ipsum nunc non pharetra congue diam adipiscing aliquam ante at ac laoreet id. Ipsum, massa aliquet, turpis mi felis erat ante volutpat feugiat tincidunt euismod pulvinar, nunc. Aliquet sit ut non consectetur ut non pharetra dolore, praesent adipiscing nisi sem at. Et felis tempus ante mauris lorem nibh eget lorem tincidunt euismod sit ut sem. Pharetra magna ullamcorper pharetra dolore aliquet adipiscing aliquam proin at, ac mi ipsum massa. Molestie, dolor congue ullamcorper, amet donec sem, consectetur, magna et nonummy, donec praesent adipiscing. Aliquam praesent at ac et at ac et tempus ante felis tempus ante mauris. Sed tincidunt euismod, pulvinar nunc tellus sit congue ullamcorper amet congue tellus sit nunc. Tellus pharetra magna ullamcorper amet dolore amet nunc tellus turpis nisi sem consectetur magna. </w:t>
+        <w:instrText xml:space="preserve"> XE "Congue" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Congue mi volutpat amet tempus ut diam felis sit magna laoreet euismod adipiscing lorem tincidunt aliquet at sed tincidunt, aliquet mauris. Dolor dolore turpis ac lobortis ullamcorper adipiscing feugiat tincidunt praesent tellus consectetur donec massa tellus, consectetur sed nunc proin elit sed. Nunc sem eget pulvinar nisi nibh pulvinar dolore proin mauris pulvinar dolore, sem mauris amet donec nibh non amet aliquam ut. Diam felis feugiat magna, mi molestie turpis ac et id turpis magna elit tempus massa non consectetur erat ante, tellus, nonummy. Sed nunc non at erat nunc aliquet consectetur sed nunc sem elit dolor nisi mauris pulvinar donec nibh euismod felis, feugiat. Magna laoreet molestie feugiat lobortis ullamcorper felis tempus lobortis et molestie turpis magna, laoreet, tellus at sed nunc sem, at laoreet. Tellus at lorem laoreet aliquet at, sed dolore praesent molestie dolor donec ante, non elit feugiat magna et id sit magna. Laoreet aliquet, at sed nunc adipiscing lorem tincidunt praesent at feugiat dolore ante volutpat amet donec, massa, non felis ipsum ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INDEX \h "A" \c 2 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
@@ -476,687 +476,748 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Aliquam</w:t>
-[...45 lines deleted...]
-        <w:t>, 4</w:t>
+        <w:t>Ac</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Aliquet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>At</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 5, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Congue</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 1</w:t>
-[...19 lines deleted...]
-        <w:t>, 2, 7</w:t>
+        <w:t>, 8</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Diam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:t>, 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Dolor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:t>, 1</w:t>
-      </w:r>
-[...18 lines deleted...]
-        <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Elit</w:t>
-[...45 lines deleted...]
-        <w:t>, 7</w:t>
+        <w:t>Eget</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Et</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2, 3, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>L</w:t>
-[...19 lines deleted...]
-        <w:t>, 6</w:t>
+        <w:t>F</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Felis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Mauris</w:t>
-[...18 lines deleted...]
-      <w:r>
         <w:t>Mi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 6</w:t>
+        <w:t>, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Nisi</w:t>
-[...38 lines deleted...]
-      <w:r>
         <w:t>Nonummy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Nunc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Pharetra</w:t>
-[...5 lines deleted...]
-        <w:t>, 1, 4</w:t>
+        <w:t>Praesent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Proin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 7</w:t>
+        <w:t>, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Pulvinar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 1, 5</w:t>
+        <w:t>, 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Sed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 3</w:t>
+        <w:t>, 4, 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:t>Tempus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Tincidunt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 7</w:t>
+        <w:t>, 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Turpis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ullamcorper</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ut</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1, 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="IndexHeading"/>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:t>V</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Volutpat</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 4</w:t>
+        <w:t>, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -1722,51 +1783,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcaf31678e81d4794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1e7d1880773447d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdf06e9a2fd724b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb71e1dc2417d448e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb9a0d276caa24a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R50b2078e4c274a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdfe295079c32421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2bc353f504ea4305" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>