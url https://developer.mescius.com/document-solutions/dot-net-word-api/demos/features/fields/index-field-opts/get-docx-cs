--- v5 (2026-02-02)
+++ v6 (2026-02-02)
@@ -1,471 +1,471 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re89cf3a92c6a4d1f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra3ad086bb3bc4e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9703d87889604cdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R07b03cd9c9324480" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6913dd4e7a6a4bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re4719421982c4afd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
+        <w:instrText xml:space="preserve"> XE "Non" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Non nonummy amet, sit lorem sed tempus nunc congue aliquam lorem pulvinar consectetur, nonummy. Pulvinar lorem sed ipsum feugiat amet, amet turpis pharetra pharetra sit, feugiat dolor pulvinar. Pharetra pulvinar sit pharetra, amet turpis elit mauris eget, felis at pharetra adipiscing at. At nonummy id molestie euismod aliquet non diam proin mi massa congue aliquam ac. Ipsum lorem ipsum consectetur adipiscing eget, id tellus euismod aliquet diam, mi ante laoreet. Lobortis dolor turpis aliquam lobortis congue ut lobortis congue aliquam donec donec ac erat. Aliquam ut congue aliquam ac ipsum, dolor pulvinar pharetra nonummy feugiat sed sit consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nisi" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nisi feugiat ac, dolore volutpat at amet ipsum, ipsum dolor turpis dolore ante et mi. Id amet sit feugiat pulvinar feugiat pharetra, ipsum feugiat pharetra turpis nonummy molestie, euismod tellus. Non volutpat euismod molestie volutpat tellus volutpat euismod et aliquet sem ullamcorper, aliquet sem praesent. Praesent et mi, nibh tincidunt ut congue mi euismod tellus non ullamcorper sem diam proin. Nibh ullamcorper aliquet volutpat id molestie eget molestie volutpat aliquet proin et ante nibh massa. Congue donec ante ante nibh nunc donec tempus erat tempus lorem consectetur amet adipiscing elit. Felis at elit id volutpat euismod non ullamcorper ante laoreet massa tincidunt nunc nisi donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Id" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Id adipiscing adipiscing consectetur dolor turpis consectetur adipiscing at elit, felis. At elit mauris eget molestie non ullamcorper sem praesent ante nibh. Laoreet dolore ut congue dolore magna tempus lorem, dolor feugiat feugiat. Pulvinar feugiat dolor pulvinar sit amet turpis pharetra nonummy mauris euismod. Tellus volutpat aliquet et congue nisi erat feugiat amet adipiscing pharetra. Pharetra turpis nonummy, id eget tellus diam nunc tincidunt nisi, ac. Erat lorem dolor, sit amet adipiscing eget, tellus ullamcorper nibh massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Tempus" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Tempus nisi magna nunc nisi tincidunt massa massa tincidunt nunc congue congue ut nunc ut congue, tincidunt nunc congue. Nunc ut lobortis dolore magna donec aliquam erat aliquam, aliquam erat tempus lorem erat tempus, dolor, turpis felis volutpat. Aliquet non eget molestie molestie, praesent et massa ut donec sed pulvinar, feugiat, nonummy eget euismod, donec diam mi. Proin volutpat euismod sem et ante mauris id tellus non tellus non praesent ante, laoreet lobortis lobortis nunc magna. Tempus feugiat sed sit lorem ipsum sit amet turpis consectetur adipiscing euismod non diam ante tincidunt ut congue, dolore. Magna donec aliquam ac feugiat dolor sit consectetur nonummy mauris eget tellus ullamcorper aliquet non aliquet, sem mi dolore. Aliquam ut dolore nisi congue dolore ut congue nunc nisi magna tempus sed feugiat pharetra amet at amet turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sem" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sem volutpat euismod molestie ullamcorper, aliquet et mi lobortis tincidunt, lobortis. Lobortis nunc congue ante nibh massa lobortis nunc nunc mi massa. Lobortis dolore congue, tempus ac ipsum sit adipiscing eget proin dolore. Dolor at tellus tincidunt erat turpis euismod mi magna sit elit. Diam at, aliquet laoreet ac turpis, id diam ut ipsum elit. Sem ante donec pharetra mauris aliquet lobortis ac turpis euismod nibh. Ac adipiscing aliquet laoreet ac praesent ante tincidunt nisi erat tempus. Pulvinar, consectetur elit volutpat ullamcorper et nunc erat feugiat nonummy eget. Aliquet et massa congue tempus sed, tempus dolor turpis elit id. Non proin tincidunt, aliquam amet at molestie diam ante tincidunt, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nibh" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nibh non mi magna feugiat adipiscing euismod proin dolore sed at non laoreet erat at sem massa erat pharetra molestie praesent donec feugiat felis, diam, ante, dolore dolor mauris. Aliquet lobortis aliquam, pulvinar eget et nisi sit eget diam nunc erat nonummy, tellus ante donec dolor mauris aliquet tincidunt lorem nunc sed consectetur tellus laoreet donec consectetur id. Diam lobortis tempus adipiscing diam congue feugiat adipiscing aliquet tincidunt, feugiat adipiscing, aliquet tincidunt lorem turpis euismod eget praesent laoreet ac turpis euismod et nunc erat consectetur molestie mi. Congue lorem adipiscing ullamcorper nibh nisi amet eget sem nunc erat consectetur tellus, laoreet ac turpis id diam nisi, feugiat elit ullamcorper massa, erat pharetra volutpat ante donec pharetra. Eget aliquet tincidunt lorem adipiscing, tellus laoreet lorem turpis id dolore sed, turpis nonummy at, id tellus ullamcorper ante nibh nunc magna sit adipiscing eget sem tincidunt magna pulvinar. Nonummy felis, euismod sem laoreet ut non aliquet nibh nunc magna feugiat amet consectetur elit molestie, volutpat, sem et mi nibh nunc magna aliquam sed sit nonummy felis, eget. Euismod molestie mauris id nunc erat, turpis id et congue, feugiat id ullamcorper lobortis donec dolor mauris tellus laoreet magna sit id non ante donec dolor felis aliquet tincidunt. Ac pulvinar lorem adipiscing eget proin, ut ipsum elit, non ante donec, sit tellus ante donec, dolor mauris mi dolore feugiat nonummy, ullamcorper ut lorem felis praesent ut lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Praesent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Praesent laoreet nisi pulvinar eget non mi magna, dolor. Adipiscing, euismod lobortis tempus turpis, euismod nibh nisi dolore. Lorem sit euismod nibh magna consectetur tellus nibh magna. Pulvinar, elit sem massa erat nonummy volutpat ante donec. Amet volutpat proin dolore pulvinar mauris aliquet tincidunt ac. Sit id diam nisi, sit id mi, nisi sit. Felis diam lobortis tempus adipiscing ullamcorper ante aliquam pharetra. Mauris praesent, nunc sed nisi sit euismod, et ut. Ipsum nonummy non massa aliquam amet molestie praesent congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Dolore" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ullamcorper ante dolore dolor at, tellus laoreet, magna feugiat elit diam lobortis tempus elit. Ullamcorper massa aliquam nonummy non nibh aliquam amet volutpat proin nibh aliquam amet volutpat et. Nisi pulvinar volutpat et nisi amet id et aliquam pulvinar, elit, non massa donec consectetur. Tellus mi magna pharetra molestie, diam lobortis erat amet non massa aliquam pharetra mauris praesent. Dolore dolor mauris praesent nunc dolor mauris ante donec pulvinar eget, proin dolore dolor at. Aliquet laoreet massa, erat pharetra molestie laoreet erat, consectetur tellus mi congue feugiat adipiscing euismod. Ante dolore dolor elit proin dolore sed consectetur tellus laoreet aliquam sit id proin, ut. Ipsum eget diam nunc donec, dolor mauris ullamcorper lobortis tempus amet eget proin dolore ipsum. Elit sem, nunc ipsum consectetur molestie laoreet ut, pulvinar felis diam ut pulvinar id et. Nisi sit molestie mi magna feugiat, elit ullamcorper lobortis tempus, nonummy non nibh aliquam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nisi" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nisi erat pharetra felis aliquet lobortis, aliquam amet volutpat proin nunc sed at sem nunc nunc sed elit tellus mi tincidunt, lorem pulvinar eget proin dolore, dolor. Consectetur molestie mi magna sit id, praesent ut tempus nonummy non nibh aliquam amet elit diam, ut ipsum elit sem ut, ipsum elit, ullamcorper lobortis aliquam dolor. Mauris aliquet nibh nisi sit id diam ut sed nonummy sem, nibh ac adipiscing euismod tincidunt lorem turpis id et nisi pulvinar eget diam ut ipsum eget. Sem ante, erat, consectetur, volutpat massa tempus feugiat nonummy non ante aliquam pharetra volutpat ante aliquam amet volutpat nibh aliquam pulvinar eget proin nunc sed, at sem. Nunc ac pharetra tellus mi magna pharetra id sem massa erat pharetra, molestie praesent congue feugiat mauris, praesent congue dolor mauris mi dolore dolor mauris proin, dolore. Dolor, at tellus laoreet ac turpis euismod, proin tincidunt erat consectetur euismod mi nisi ipsum felis, diam ut aliquam amet volutpat ante donec dolor mauris, praesent tincidunt. Nunc lorem, consectetur tellus laoreet ac turpis molestie laoreet erat consectetur non nunc sed consectetur, tellus laoreet donec consectetur tellus massa, ipsum consectetur, molestie mi congue dolor. Dolor mauris aliquet lobortis ac turpis id proin ut pulvinar elit diam ut ipsum eget, sem nunc tempus, nonummy non massa donec dolor adipiscing ullamcorper tincidunt lorem. Amet volutpat proin dolore sed, at tellus laoreet magna ipsum felis sem, massa donec dolor felis ullamcorper lobortis, lorem adipiscing, ullamcorper nibh ac, amet euismod nibh aliquam. Donec pulvinar mauris aliquet nunc lorem turpis euismod laoreet magna ipsum nonummy ullamcorper lobortis erat pharetra volutpat ante donec pharetra volutpat nibh aliquam amet volutpat ante, ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ante" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ante, congue mi, congue ac amet eget tellus, mi magna. Sit adipiscing, non ante nunc sed mauris sem, nunc sed. Consectetur euismod mi magna turpis molestie tincidunt ac sit eget. Diam massa tempus nonummy tellus mi magna, dolor adipiscing aliquet. Tincidunt ac turpis euismod nibh ac turpis, ullamcorper laoreet lorem. Mauris aliquet laoreet ac turpis id et nisi ipsum nonummy. Non ante dolore feugiat adipiscing aliquet tincidunt, lorem turpis id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Tincidunt" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt ut ipsum consectetur non ante magna feugiat mauris praesent congue feugiat mauris. Aliquet lobortis aliquam turpis euismod nibh nisi amet eget proin nunc ipsum euismod. Diam nunc tempus nonummy sem lobortis erat nonummy, non lobortis erat amet volutpat. Proin congue sed mauris praesent, nunc, sed at aliquet laoreet aliquam amet volutpat. Et dolore pulvinar eget, sem nunc, ipsum elit sem ut, erat consectetur non. Laoreet magna pharetra felis praesent, donec pharetra mauris praesent lobortis lorem amet molestie. Ante dolore pharetra molestie proin, tincidunt ac adipiscing tellus, nibh magna sit felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Dolore" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Dolore ac turpis eget sem massa donec, sit felis diam tincidunt lorem adipiscing, euismod. Ante nisi pulvinar eget proin dolore ipsum at molestie mi nunc erat consectetur tellus. Mi congue lorem adipiscing ullamcorper tincidunt tempus turpis euismod nibh ac amet euismod nibh. Nisi, pulvinar eget sem nunc ipsum, sit eget sem nunc tempus nonummy volutpat ante. Erat, amet non ante erat amet molestie praesent, donec pharetra eget proin, dolore sed. Pulvinar pharetra amet, at euismod et ante, lobortis massa congue donec, dolor turpis eget. Molestie diam proin dolore ac ipsum consectetur mauris ullamcorper ante nunc nisi tempus dolor. At adipiscing volutpat aliquet et diam, proin tincidunt massa magna tempus sed sit pharetra. Turpis elit aliquet massa sed consectetur sem nunc sed nonummy non ut, ipsum, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Molestie" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Molestie diam lobortis dolore lorem sit elit, sem massa donec consectetur molestie praesent praesent laoreet aliquam pulvinar at tellus mi congue feugiat felis praesent tincidunt lorem adipiscing. Volutpat ante nisi pulvinar volutpat proin, nunc erat at aliquet eget sem nunc pulvinar elit sem, massa donec pharetra mauris mi congue feugiat mauris aliquet, tincidunt, feugiat. Adipiscing euismod nibh nisi pulvinar, eget proin ut pulvinar nonummy euismod lobortis, tempus, amet eget, proin nunc dolor eget sem nunc ac consectetur non massa erat at. Tellus, mi magna feugiat, felis massa erat consectetur volutpat ante erat dolor molestie mi congue dolor at ullamcorper laoreet aliquam turpis, id et nunc ipsum elit sem. Massa donec, pharetra molestie euismod erat, feugiat sed ipsum dolor pulvinar at felis non praesent nibh nunc magna feugiat turpis eget aliquet et, massa lobortis dolore erat. Ipsum, pharetra turpis at adipiscing eget proin dolore sed at aliquet mi nisi feugiat felis diam ut ipsum, felis ullamcorper massa laoreet ac turpis tellus ante donec. Amet, volutpat ante nisi amet, volutpat et nisi amet, volutpat et nisi pulvinar id proin ut, ipsum elit proin nisi pulvinar eget non massa donec proin nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Pharetra" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra felis ullamcorper ante dolore lorem turpis lobortis aliquam amet elit sem, massa ac sit id, et ut feugiat felis, diam lobortis aliquam, dolor, at tellus nibh magna sit. Euismod diam lobortis erat sit id ullamcorper massa donec dolor mauris aliquet tincidunt lorem at praesent dolore dolor mauris proin dolore dolor at euismod laoreet ac turpis id, tellus. Mi, congue ipsum amet volutpat proin dolore dolor mauris sem, nunc pulvinar, eget proin, nisi pulvinar eget proin nisi amet id et nisi amet euismod et nibh dolore sed. Adipiscing, euismod diam ut pulvinar felis diam ut sit felis non massa erat pharetra molestie praesent congue sed at, id diam lobortis erat consectetur volutpat ante donec dolor mauris. Aliquet laoreet, ac turpis id proin nunc erat consectetur molestie mi magna feugiat felis, praesent, tincidunt, tempus pulvinar elit tellus et magna feugiat adipiscing ullamcorper nibh, aliquam amet volutpat. Ante dolore sed at sem tincidunt erat consectetur aliquet, massa magna sit molestie mi congue erat sit id ullamcorper, lobortis aliquam amet euismod nibh aliquam amet euismod nibh aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Tempus" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Tempus dolor mauris ullamcorper nibh aliquam turpis euismod et nunc erat nonummy non massa donec pharetra feugiat, turpis euismod et dolore. Ipsum at non laoreet magna pharetra molestie, mi magna sit felis diam, tincidunt feugiat felis mi congue dolor at aliquet pharetra. Felis diam, lobortis tempus nonummy non ante aliquam pulvinar volutpat ante nisi dolor elit aliquet tincidunt ac turpis molestie laoreet, ac. Pharetra id praesent laoreet donec pharetra molestie mi magna pharetra volutpat nunc ipsum nonummy volutpat massa tempus, elit non, massa donec. Pharetra mauris aliquet tincidunt lorem nonummy ullamcorper, nibh aliquam amet volutpat proin nunc sed consectetur tellus et nisi feugiat nonummy mauris. Eget molestie praesent lobortis dolore ac sed feugiat pulvinar consectetur felis et mi tincidunt, ac pulvinar ipsum pharetra eget, ullamcorper et. Ut donec tempus lorem, pulvinar consectetur mauris ullamcorper sem mi massa tincidunt dolore, congue dolore aliquam sed, massa donec sit molestie. Praesent tincidunt aliquam nonummy euismod nibh aliquam, pulvinar volutpat et dolore ipsum eget et nisi adipiscing, euismod nibh ac consectetur, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Et" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Et ut erat pharetra felis pharetra felis euismod ante dolore dolor at tellus laoreet ac ipsum elit. Non proin tincidunt lorem turpis id proin ut ipsum elit diam ut et lobortis tempus nonummy non. Ante dolore feugiat adipiscing ullamcorper, laoreet ac adipiscing id et ut ipsum elit sem massa, erat consectetur. Volutpat mi dolore amet, non ante donec pharetra eget nibh, donec pharetra eget proin dolore sed at. Tellus mi ac sit felis et ut sit molestie mi ac pharetra tellus, ac sit euismod nibh. Ac, sit id, et ut ipsum elit sem massa erat pharetra mauris aliquet lobortis ac turpis ullamcorper. Laoreet aliquam aliquam amet eget ante aliquam pulvinar, eget proin dolore pulvinar elit proin dolore pulvinar eget. Proin dolore ipsum eget proin, nisi ipsum elit non massa erat pharetra diam tincidunt tempus pulvinar mauris. Aliquet laoreet magna sit id, et magna feugiat felis diam, ut ipsum adipiscing ullamcorper lobortis aliquam nonummy. Eget proin donec dolor ante dolore pulvinar, elit aliquet massa erat consectetur, tellus, et ut sit id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Euismod" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Euismod sem nunc erat turpis tellus et ut ipsum nonummy non ante donec, dolor mauris proin dolore pulvinar mauris dolore sed at aliquet tincidunt sed, at aliquet massa, sed. At tellus nunc sed at sem nunc, sed consectetur molestie mi congue lorem felis diam dolor mauris mi magna feugiat felis, praesent, lobortis, lorem, turpis id et, ut ipsum. At non nunc ipsum nonummy tellus praesent congue lorem adipiscing ullamcorper tincidunt turpis volutpat et adipiscing ullamcorper lobortis tempus nonummy ullamcorper lobortis lorem, nonummy euismod, ante dolore, dolor at. Aliquet mi erat consectetur molestie et pharetra molestie laoreet magna consectetur non laoreet donec sit mauris praesent magna dolor mauris ante erat consectetur non lobortis, tempus amet molestie massa. Aliquam amet volutpat proin dolor mauris aliquet laoreet ac consectetur, tellus tincidunt ac turpis tellus mi magna sit felis diam massa ipsum nonummy non massa dolore pharetra eget praesent. Nunc dolor praesent nunc, dolor at tellus laoreet ac turpis id ullamcorper massa donec pharetra, mauris praesent laoreet aliquam sit eget proin consectetur euismod mi magna sit id diam. Ut tempus, nonummy volutpat massa donec amet volutpat ante dolore pharetra eget proin dolore dolor eget, sem nunc dolor mauris, euismod et aliquam amet id et nisi pulvinar id. Nibh nisi ipsum elit, diam ut, sed nonummy tellus ante magna dolor mauris praesent congue lorem turpis, molestie praesent tincidunt ac sit id, et nisi pulvinar elit non ante. Erat pharetra mauris aliquet lobortis, nisi dolor consectetur molestie et ut ipsum amet non massa congue lorem adipiscing ullamcorper lobortis aliquam amet eget proin dolore dolor elit aliquet massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Lorem" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Lorem sit eget diam massa, donec pharetra molestie ante donec, dolor at ullamcorper congue feugiat dolor mauris aliquet nunc, pharetra, eget proin nunc dolor mauris aliquet. Tincidunt erat consectetur, tellus tincidunt, ac turpis molestie et, magna feugiat felis, ullamcorper laoreet erat pharetra tellus mi donec pharetra mauris diam tincidunt, lorem adipiscing, ullamcorper. Lobortis aliquam turpis ullamcorper laoreet lorem adipiscing, euismod laoreet aliquam sit id diam nisi aliquam amet euismod nibh aliquam amet volutpat proin nisi pulvinar elit sem. Massa erat consectetur tellus massa erat, consectetur tellus, massa erat felis aliquet, congue feugiat mauris praesent dolore pharetra molestie proin donec pharetra volutpat proin dolore dolor. Mauris praesent nunc sed, at aliquet tincidunt ac turpis, euismod laoreet proin dolore dolor at ullamcorper laoreet aliquam turpis id et ut tempus consectetur molestie, mi. Congue feugiat adipiscing aliquet tincidunt ac turpis euismod et nisi pulvinar elit, tellus, laoreet aliquam pulvinar id diam, ut erat consectetur volutpat mi, congue, lorem turpis. Volutpat proin nisi, pulvinar elit proin tincidunt ac turpis, euismod nibh nisi, sit felis et ut tempus, nonummy non, ante donec dolor at ullamcorper laoreet ac. Adipiscing id et, nisi, pulvinar id diam donec dolor mauris sem tincidunt erat at, aliquet massa sed consectetur tellus laoreet magna, feugiat felis diam lobortis tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nibh" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nibh nisi, tempus nonummy volutpat praesent nibh aliquam pulvinar elit sem dolore ipsum elit elit sem laoreet donec pharetra. Molestie praesent, tincidunt lorem turpis euismod nibh nisi pulvinar eget proin nisi amet id et nisi amet id et. Ut magna sit felis sem massa tempus elit diam lobortis ipsum nonummy volutpat ante donec pharetra molestie praesent congue. Dolor mauris praesent nunc dolor at aliquet lobortis nisi pulvinar eget sem nunc erat consectetur aliquet massa erat consectetur. Molestie laoreet donec pharetra molestie mi, donec sit molestie, mi magna erat consectetur euismod et magna ipsum elit diam. Lobortis donec amet molestie proin donec pharetra eget praesent nunc sed consectetur aliquet nunc dolor at sem tincidunt et. Nunc, ac pharetra molestie mi congue feugiat adipiscing euismod ante donec pulvinar eget proin dolore pulvinar eget proin dolore. Sed at sem massa erat pharetra, molestie, ut ipsum id diam, nisi pulvinar felis diam lobortis ipsum elit diam. Lobortis erat pharetra mauris proin dolore sed mauris turpis, euismod diam nisi ipsum elit non ante, erat pharetra molestie. Mi dolore, dolor, at praesent tincidunt, lorem turpis, id et nisi ipsum eget et nisi pulvinar, turpis euismod et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
         <w:instrText xml:space="preserve"> XE "Pulvinar" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Pulvinar ut, massa, donec ut mi sem ullamcorper felis pharetra erat nisi, et euismod consectetur dolor aliquam, lobortis ullamcorper felis sit, magna mi molestie consectetur mi molestie. Elit, amet aliquam nibh euismod turpis lorem congue mi molestie pharetra donec massa non at pulvinar aliquam, nibh ullamcorper adipiscing lorem congue mi feugiat congue, mi molestie. Pharetra, erat massa non elit ipsum nisi nibh tellus at sed dolore ante volutpat amet erat lobortis ullamcorper elit sit ac laoreet, tellus magna laoreet tellus consectetur. Lorem nunc proin eget pharetra donec proin molestie amet ipsum lobortis ullamcorper id, sit nisi et id pulvinar magna id turpis lorem tincidunt aliquet adipiscing sed congue. Praesent eget pharetra dolore ante volutpat amet erat massa non elit ipsum nisi diam id pulvinar, magna nibh id ut diam elit ipsum, nunc non elit ipsum. Dolore proin eget ipsum dolore et volutpat amet, nisi, nibh eget amet tempus, tincidunt diam mauris sit donec laoreet pharetra ac massa non at ipsum dolore donec. Lobortis diam elit ipsum, ut et felis pulvinar nisi diam id turpis laoreet, ullamcorper turpis ac laoreet ullamcorper turpis ac lobortis aliquet felis dolor erat lobortis diam. </w:t>
+        <w:t xml:space="preserve">Pulvinar consectetur molestie laoreet magna sit tempus nonummy non, ante nunc, sed turpis. Id sem massa donec pharetra mauris ullamcorper nibh nisi ipsum at non laoreet. Ac feugiat id diam ut congue dolor felis diam lobortis tempus amet euismod. Proin dolore ipsum id, et dolore ipsum eget sem massa donec, sit felis. Ullamcorper lobortis dolore lorem mi congue sit id diam lobortis tempus amet volutpat. Proin laoreet nisi pulvinar id et, nisi feugiat elit diam ut tempus nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Pharetra" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Pharetra adipiscing euismod nibh aliquam pulvinar mauris aliquet. Laoreet magna sit, felis diam nisi ipsum felis. Diam ut tempus adipiscing non nibh lobortis lorem. Adipiscing diam nibh, aliquam pulvinar volutpat et nisi. Sed at aliquet laoreet erat consectetur molestie laoreet. Magna sit, id praesent, magna sit, elit non. Ante, donec dolor molestie mi congue feugiat at. Aliquet tincidunt feugiat at aliquet tincidunt ac turpis. Euismod et nisi sit id diam nisi pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Amet" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Amet at sem dolore erat consectetur, molestie et ut, ipsum adipiscing non nibh aliquam amet eget proin dolore sed mi dolore dolor adipiscing euismod nibh ac adipiscing euismod. Nibh ac turpis euismod proin ut ipsum nonummy non nunc tempus, consectetur volutpat mi magna tincidunt lorem at ullamcorper laoreet aliquam pulvinar eget sem ut ipsum elit diam. Nunc erat nonummy tellus massa, tempus nonummy volutpat ante donec amet non lobortis tempus, pulvinar eget proin ut sed nonummy sem nunc sed nonummy non nunc erat pharetra. Molestie praesent dolore dolor mauris aliquet tincidunt, ac elit non massa erat pharetra molestie, mi magna feugiat felis aliquet lobortis aliquam amet eget et nisi, pulvinar, eget proin. Ut sed consectetur tellus laoreet, erat consectetur tellus ante donec pharetra volutpat ante dolore dolor mauris ante dolore amet volutpat proin donec pharetra, eget praesent tincidunt ac turpis. Euismod et nisi, ipsum elit sem tincidunt ac amet volutpat nibh ac turpis, ullamcorper nibh aliquam sit id proin nisi erat pharetra tellus, massa erat consectetur lobortis erat. Nonummy volutpat massa erat amet volutpat massa tempus adipiscing ullamcorper lobortis ipsum adipiscing diam lobortis tempus amet volutpat ante nisi pulvinar, mauris sem tincidunt ac elit, ullamcorper massa. Donec dolor molestie praesent dolore dolor eget proin nunc dolor at tellus tincidunt ac consectetur, euismod mi magna feugiat felis diam magna sit ullamcorper lobortis aliquam nonummy ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Turpis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Turpis felis non tempus amet volutpat mi. Tincidunt aliquam amet eget, et ut sed. Nonummy non massa donec sit mauris mi. Congue lorem adipiscing ullamcorper lobortis aliquam aliquet. Lobortis aliquam pulvinar eget proin nunc erat. Consectetur tellus laoreet donec pharetra mauris diam. Tincidunt feugiat molestie mi magna pharetra, molestie. Mi congue pulvinar eget proin dolore ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Mauris" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Mauris euismod diam massa erat consectetur molestie diam, tincidunt tempus amet eget proin nisi ipsum elit nunc, sed consectetur non laoreet donec sit mauris diam ut lorem adipiscing, ullamcorper. Nibh nisi amet eget et nisi pulvinar elit sem laoreet ac, sit mi congue lorem adipiscing non lobortis, tempus nonummy euismod nibh aliquam amet volutpat proin dolore dolor at. Tellus mi magna sit molestie mi, congue feugiat at praesent nunc dolor at sem nunc pulvinar eget sem tincidunt erat consectetur aliquet, nunc erat consectetur molestie et congue feugiat. Adipiscing, non ante, pulvinar eget ante donec, pulvinar mauris proin dolore dolor at, sem massa erat consectetur tellus, massa sed consectetur, molestie mi magna feugiat felis diam ut tempus. Adipiscing ante dolore pulvinar volutpat nibh nisi pulvinar, volutpat proin dolore ipsum, eget sem ut ipsum at non laoreet magna sit mauris mi congue dolor mauris praesent feugiat felis. Aliquet lobortis lorem, at praesent congue feugiat mauris aliquet tincidunt, ac turpis eget diam nisi pulvinar eget nibh turpis euismod et nisi feugiat elit non ante erat amet non. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Ut" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Ut dolore nibh euismod mauris pharetra erat nunc sem elit pulvinar aliquam et id turpis ac lobortis aliquet mauris dolor congue adipiscing. Feugiat magna mi tellus, consectetur sed nunc diam eget pulvinar aliquam, nibh ullamcorper at dolor donec ante non, elit ipsum nisi mi. Aliquet pulvinar nisi ante volutpat nonummy tempus lobortis diam felis feugiat magna praesent molestie pharetra ac massa aliquet elit dolor nunc sem. Volutpat pulvinar, aliquam ante ullamcorper, adipiscing nibh non adipiscing feugiat magna laoreet, tellus consectetur erat nunc proin volutpat, turpis aliquam nibh volutpat. Turpis dolor magna, mi molestie, feugiat congue adipiscing lorem congue mi molestie, sit, magna laoreet molestie pharetra erat massa aliquet at erat. Laoreet, aliquet mauris sed nunc sem, at dolor dolore proin eget amet praesent molestie pharetra donec proin volutpat pharetra dolore praesent molestie. Pharetra, donec, massa sem elit ipsum ut et euismod sit ac nibh, tellus turpis lorem congue ullamcorper aliquam lobortis euismod adipiscing, lorem. Lobortis ullamcorper felis lorem tincidunt praesent molestie pharetra erat ante tellus nonummy sed, ut ullamcorper, adipiscing feugiat congue proin mauris dolor congue. Mi volutpat consectetur, tempus nunc diam id pulvinar ut diam elit ipsum massa non elit ipsum nisi sem elit massa sem, elit. Dolor nunc sem mauris dolor nisi ante euismod amet tempus lobortis non nonummy, tempus nibh, non adipiscing ipsum ut ullamcorper felis sit. </w:t>
-[...363 lines deleted...]
-        <w:t xml:space="preserve">Ullamcorper mauris pharetra erat nunc proin id pulvinar nisi et id turpis ac lobortis adipiscing lorem, tincidunt aliquet felis lorem congue ante tellus consectetur donec massa non nonummy ipsum ut. Proin id amet nisi et volutpat amet aliquam nibh ullamcorper aliquam lobortis ullamcorper, adipiscing lorem tincidunt diam, adipiscing feugiat ut praesent id sit magna mi tellus, at erat laoreet tellus. Turpis ac mi, euismod turpis et id pulvinar ut sem eget pulvinar aliquam nibh, ullamcorper at dolor, donec proin volutpat nonummy erat ante molestie pharetra dolore ante molestie congue diam. Mauris sit magna mi molestie pharetra donec mi molestie sit magna mi tellus sit, magna mi molestie, feugiat nisi et id sit ac laoreet, tellus ut et eget pulvinar aliquam. Nibh id, turpis aliquam nibh id, pulvinar dolore proin eget amet nisi nibh volutpat, amet nisi nibh euismod amet tempus lobortis ullamcorper tempus lobortis diam adipiscing feugiat congue mi tellus. At, dolor dolore proin elit, pulvinar aliquam nibh volutpat amet feugiat, ut nonummy aliquam nibh non, nonummy aliquam lobortis volutpat amet tempus, massa volutpat nonummy erat massa volutpat consectetur erat. Ante tellus consectetur tempus ut sem elit sed, massa pharetra ac massa tellus, pharetra, ac laoreet aliquet consectetur sed nunc sem mauris dolor nisi proin eget amet aliquam, nibh volutpat. </w:t>
+        <w:t xml:space="preserve">Ut pulvinar eget proin nunc lorem turpis euismod. Et magna feugiat id mi, ut ipsum elit. Non ut, feugiat adipiscing ullamcorper lobortis tempus nonummy. Non aliquam pulvinar volutpat proin dolore dolor elit. Aliquet tincidunt erat turpis tellus et ut ipsum. Adipiscing, non nibh aliquam amet volutpat nibh donec. Pulvinar volutpat lorem felis diam congue feugiat adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Aliquam" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam sed consectetur, id diam congue feugiat id diam congue feugiat adipiscing ullamcorper lobortis nisi ullamcorper lobortis, aliquam pulvinar eget proin dolore, pulvinar. Eget non nunc erat consectetur non massa donec sit mauris praesent congue feugiat adipiscing euismod nibh amet euismod nibh ac amet volutpat nibh. Dolore ipsum, elit sem massa, donec consectetur molestie massa donec, pharetra molestie mi congue feugiat adipiscing ullamcorper nibh aliquam pulvinar et, aliquam amet. Eget et aliquam sit id proin nunc sed consectetur tellus massa erat elit, non massa erat consectetur molestie, mi dolore at praesent dolore. Dolor mauris praesent tincidunt ac turpis euismod nibh magna turpis id et ut ipsum elit diam ut tempus amet non massa donec pharetra. Mauris dolore dolor, at aliquet, nunc sed eget proin dolore dolor mauris proin nunc ac consectetur tellus tincidunt erat at, aliquet massa sed. Consectetur tellus laoreet, erat sem nunc sed nonummy non nunc tempus elit diam nisi pulvinar felis diam ut ipsum, felis volutpat lobortis aliquam. Pharetra ante aliquam pharetra eget ante donec dolor at tellus laoreet lorem at tellus laoreet, ac feugiat, id et magna sit id et. Ut, ipsum amet volutpat proin, lorem at, tellus laoreet, ac turpis tellus tincidunt sed, consectetur tellus laoreet erat consectetur tellus mi, ac pharetra. Id praesent, magna feugiat felis diam congue sit mauris donec pharetra mauris aliquet magna dolor mauris praesent congue dolor mauris proin donec pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nibh" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nibh nisi ipsum elit volutpat ante congue feugiat felis aliquet lobortis aliquam amet id et aliquam amet id proin pulvinar. Elit tellus, mi congue feugiat felis ullamcorper tincidunt tempus turpis, euismod et, dolore sed consectetur molestie et magna sit felis. Ullamcorper nibh nonummy volutpat ante dolore pulvinar eget ante nisi pulvinar volutpat nibh ac turpis, volutpat nibh nisi pulvinar eget. Et ut pulvinar id proin nunc erat consectetur tellus ipsum elit, sem lobortis erat consectetur molestie mi donec pharetra mauris. Aliquet laoreet lorem at ullamcorper nibh nisi ipsum elit, sem massa donec sem ut erat consectetur volutpat ante dolore dolor. At aliquet congue lorem turpis, euismod et ut ipsum eget sem ut pulvinar, elit non massa tempus elit sem ipsum. Nonummy volutpat, ante erat amet molestie ante, donec dolor at tellus laoreet aliquam sit id et, nisi ipsum felis sem. Lobortis erat elit volutpat lobortis tempus mi congue ipsum adipiscing non massa tempus adipiscing non lobortis tempus nonummy ullamcorper, ante. Aliquam pulvinar volutpat ante dolore, sed, proin, nunc erat consectetur aliquet laoreet erat pharetra molestie mi donec sit molestie ante. Donec pharetra molestie ante donec consectetur volutpat mi dolore feugiat, at ullamcorper lobortis at, ullamcorper laoreet lorem turpis id nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nisi" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nisi tempus non lobortis donec dolor molestie mi. Dolore dolor mauris aliquet, congue dolor at tellus. Nibh aliquam pulvinar, eget sem massa, magna, feugiat. Adipiscing euismod aliquam amet volutpat sem nunc sed. At, non massa donec sit id praesent congue. Feugiat, adipiscing ullamcorper lobortis, lorem adipiscing ullamcorper nibh. Aliquam pulvinar eget ac adipiscing ullamcorper nibh aliquam. Amet id, proin nisi pulvinar eget diam ut. Ipsum nonummy non ante tempus nonummy, non lobortis. Erat amet non lobortis elit ullamcorper lobortis tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Eget" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Eget turpis aliquam tincidunt aliquet mauris dolor, congue praesent molestie pharetra donec felis feugiat congue, diam felis feugiat ac laoreet molestie, sit. Magna laoreet tellus consectetur ac laoreet tellus consectetur sed nunc sem mauris sed nunc praesent sed nunc aliquet at dolor, dolore proin. Volutpat amet donec massa volutpat, nonummy ipsum lobortis, diam felis sit magna nibh tellus consectetur ac laoreet tellus adipiscing nibh, id amet. Aliquam lobortis ullamcorper adipiscing ac lobortis, ullamcorper felis pharetra erat ante non nonummy erat ante, non elit pulvinar nisi et amet nisi. Nibh ullamcorper turpis ac lobortis ullamcorper felis feugiat congue mi molestie nonummy tempus, nunc, diam id sit ac laoreet tellus turpis ac. Tincidunt, praesent mauris erat ante volutpat nonummy erat ante volutpat nonummy erat nunc tellus nonummy erat nunc sem elit ipsum ut proin. Eget amet nisi proin eget pulvinar nisi proin sed nunc sem mauris dolor, nisi ante volutpat adipiscing lorem ut diam felis feugiat. Congue diam adipiscing feugiat congue et ipsum nisi diam id sit ac, laoreet aliquet at sed, nunc proin eget pharetra aliquam nibh. Non felis ipsum lobortis ullamcorper felis feugiat nisi mi tellus at laoreet tellus, turpis lorem, tincidunt praesent mauris sed dolore proin eget. </w:t>
+        <w:t xml:space="preserve">Eget tellus ante donec consectetur mauris, praesent congue feugiat felis aliquet. Tincidunt, adipiscing ullamcorper lobortis nisi pulvinar eget non nunc ipsum, elit. Non nunc sed nonummy non massa erat nonummy sem lobortis, tempus. Consectetur molestie, mi dolore molestie proin dolore dolor eget proin dolore. Pharetra mauris aliquet, nunc lorem at sem tincidunt sed at tellus. Laoreet magna sit molestie et, magna feugiat felis, lobortis tempus nonummy. Ullamcorper lobortis tempus nonummy ullamcorper lobortis tempus pulvinar eget proin nunc. Dolor elit sem nunc erat consectetur aliquet mi magna non massa. Donec pharetra, molestie mi magna sit mauris praesent congue feugiat mauris. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> XE "Congue" </w:instrText>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Congue mi volutpat amet tempus ut diam felis sit magna laoreet euismod adipiscing lorem tincidunt aliquet at sed tincidunt, aliquet mauris. Dolor dolore turpis ac lobortis ullamcorper adipiscing feugiat tincidunt praesent tellus consectetur donec massa tellus, consectetur sed nunc proin elit sed. Nunc sem eget pulvinar nisi nibh pulvinar dolore proin mauris pulvinar dolore, sem mauris amet donec nibh non amet aliquam ut. Diam felis feugiat magna, mi molestie turpis ac et id turpis magna elit tempus massa non consectetur erat ante, tellus, nonummy. Sed nunc non at erat nunc aliquet consectetur sed nunc sem elit dolor nisi mauris pulvinar donec nibh euismod felis, feugiat. Magna laoreet molestie feugiat lobortis ullamcorper felis tempus lobortis et molestie turpis magna, laoreet, tellus at sed nunc sem, at laoreet. Tellus at lorem laoreet aliquet at, sed dolore praesent molestie dolor donec ante, non elit feugiat magna et id sit magna. Laoreet aliquet, at sed nunc adipiscing lorem tincidunt praesent at feugiat dolore ante volutpat amet donec, massa, non felis ipsum ut. </w:t>
+        <w:instrText xml:space="preserve"> XE "Mi" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Mi ut erat nonummy ante donec dolor adipiscing tellus tincidunt, ac pulvinar eget diam nunc donec, pharetra felis praesent dolore dolor mauris ante. Tincidunt lorem adipiscing ullamcorper laoreet lorem tellus laoreet ac sit euismod et magna turpis euismod laoreet magna sit felis, sem ut tempus nonummy. Volutpat massa tempus nonummy non lobortis ipsum nonummy ut, ipsum nonummy non massa erat consectetur molestie mi dolore feugiat adipiscing euismod nibh nisi. Pulvinar at tellus mi, donec pharetra mauris diam ut amet volutpat nibh nisi pulvinar volutpat et aliquam pulvinar, eget sem dolore sed elit. Sem, nunc sed nonummy non laoreet donec pharetra molestie praesent congue feugiat praesent tincidunt lorem turpis ullamcorper nibh ac turpis euismod nibh, ac. Pulvinar eget sem nunc ipsum nonummy non massa donec dolor felis mi congue dolor mauris mi, turpis, euismod nibh aliquam sit eget, diam. Nisi ipsum pharetra, molestie mi donec pharetra volutpat mi congue, lorem turpis volutpat et dolore amet id et aliquam turpis adipiscing id diam. Nunc tempus consectetur volutpat, mi magna dolor molestie mi dolore feugiat mauris aliquet laoreet sed adipiscing, sit eget sem nunc tempus consectetur molestie. Ante magna pharetra volutpat mi congue feugiat at, ullamcorper tincidunt lorem turpis euismod laoreet ac turpis id et nisi, pulvinar dolor felis ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INDEX \h "A" \c 2 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
@@ -476,748 +476,707 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Ac</w:t>
+        <w:t>Aliquam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Aliquet</w:t>
-[...25 lines deleted...]
-        <w:t>, 5, 6</w:t>
+        <w:t>Amet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>C</w:t>
-[...19 lines deleted...]
-        <w:t>, 8</w:t>
+        <w:t>D</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Dolore</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>D</w:t>
-[...39 lines deleted...]
-        <w:t>, 1</w:t>
+        <w:t>E</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Eget</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Et</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Euismod</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>E</w:t>
-[...39 lines deleted...]
-        <w:t>, 2, 3, 4</w:t>
+        <w:t>I</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Id</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>F</w:t>
-[...19 lines deleted...]
-        <w:t>, 3</w:t>
+        <w:t>L</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Lorem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:t>Mauris</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Mi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 4</w:t>
+        <w:t>, 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Molestie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Nonummy</w:t>
-[...19 lines deleted...]
-        <w:t>Nunc</w:t>
+        <w:t>Nibh</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1, 5, 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Nisi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1, 2, 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Non</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:t>Pharetra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3, 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Praesent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 2, 4</w:t>
-[...13 lines deleted...]
-        <w:t>Proin</w:t>
+        <w:t>, 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Pulvinar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 5</w:t>
-      </w:r>
-[...18 lines deleted...]
-        <w:t>, 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Sed</w:t>
-[...18 lines deleted...]
-      <w:r>
         <w:t>Sem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 4</w:t>
-[...19 lines deleted...]
-        <w:t>, 2</w:t>
+        <w:t>, 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Tempus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:t>, 1, 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Tincidunt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Turpis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:t>, 6</w:t>
-      </w:r>
-[...38 lines deleted...]
-        <w:t>, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Ullamcorper</w:t>
-[...18 lines deleted...]
-      <w:r>
         <w:t>Ut</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 1, 7</w:t>
-[...40 lines deleted...]
-        <w:t>, 5</w:t>
+        <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -1783,51 +1742,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb9a0d276caa24a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R50b2078e4c274a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdfe295079c32421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2bc353f504ea4305" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Red83c52d675144cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R98999291c0034850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1c4b70c0ba1f44ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcb2f773f84a846a7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>