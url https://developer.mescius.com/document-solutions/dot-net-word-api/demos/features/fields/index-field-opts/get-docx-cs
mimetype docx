--- v6 (2026-02-02)
+++ v7 (2026-03-20)
@@ -1,471 +1,471 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R07b03cd9c9324480" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6913dd4e7a6a4bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re4719421982c4afd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8b41f0cd39fa4f80" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9584d994b8044260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra5c19994876c47a7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
+        <w:instrText xml:space="preserve"> XE "Felis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Felis tellus, volutpat, turpis, felis non praesent lobortis nunc sed sit nonummy volutpat praesent tincidunt turpis tellus, tincidunt, sed, consectetur tellus tincidunt nisi ipsum amet molestie. Elit elit at eget tellus diam lobortis dolore aliquam erat feugiat dolor turpis sem mi tincidunt nisi dolor sit elit volutpat praesent nibh nunc, magna, feugiat. Pharetra at id non praesent nibh dolore lorem ipsum pharetra turpis at molestie ante nibh massa ut donec lorem ipsum elit sem massa sed, consectetur molestie. Praesent tincidunt lorem turpis volutpat proin nisi dolor elit aliquet laoreet sit felis diam ut lorem adipiscing non nibh, aliquam amet euismod lobortis aliquam amet volutpat. Ante nunc sed at tellus massa erat consectetur tellus laoreet magna tellus massa donec pharetra molestie praesent, magna pharetra tellus ante donec dolor mauris praesent congue. Lorem turpis euismod et aliquam amet elit proin, ut sed nonummy, non sed nonummy non massa donec consectetur molestie, praesent tincidunt feugiat adipiscing elit sem dolore. Sed at non, mi donec pharetra, praesent ut feugiat molestie mi magna, pharetra molestie mi congue feugiat felis ullamcorper lobortis ac turpis euismod et aliquam pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nisi" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nisi eget molestie, pulvinar consectetur felis non praesent laoreet ut donec sit adipiscing volutpat ante nunc consectetur, euismod diam massa magna feugiat, turpis eget sem, massa ac sit adipiscing non. Ullamcorper nibh ut sed consectetur mauris praesent tincidunt tempus nonummy aliquet laoreet magna feugiat felis diam congue sit id non, massa aliquam pharetra mauris praesent nunc sed adipiscing euismod et. Nisi pulvinar id mi nisi feugiat id magna ipsum nonummy non massa aliquam, amet volutpat nibh tempus nonummy volutpat ante aliquam nonummy euismod lobortis tempus turpis ullamcorper, lobortis aliquam amet. Eget dolore sed consectetur, molestie mi magna feugiat, id mi donec consectetur tellus ante, erat pharetra molestie praesent tincidunt lorem felis aliquet tincidunt ac amet id et turpis id et. Nisi pulvinar eget diam nunc erat pharetra mauris mi, congue lorem adipiscing ullamcorper nibh ac amet euismod lobortis ac pulvinar elit sem nunc erat non massa, donec pharetra molestie praesent. Tincidunt lorem, adipiscing, eget ante aliquam amet volutpat nibh nisi pulvinar, elit non massa elit sem nunc sed consectetur molestie praesent congue feugiat felis diam lobortis aliquam amet eget proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Aliquet" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet diam ante congue feugiat at id sem laoreet magna feugiat nonummy volutpat ante nunc lorem consectetur tellus laoreet ac aliquet, laoreet ac consectetur tellus laoreet ac sit id. Praesent lobortis ipsum nonummy non nibh aliquam, nonummy euismod nibh aliquam amet, eget aliquet, tincidunt consectetur, aliquet, laoreet ac sit felis ullamcorper lobortis tempus nonummy, volutpat ante aliquam amet. Mauris praesent nunc lorem at aliquet nunc erat consectetur, aliquet laoreet ac turpis nunc erat consectetur non laoreet erat consectetur, non massa sed nonummy non massa, erat pharetra volutpat. Praesent congue feugiat felis, aliquet congue lorem id et nisi pulvinar eget proin ut sed, elit diam ut pulvinar, felis diam, nisi pulvinar felis diam nisi feugiat felis diam. Congue ipsum elit diam ut, id ullamcorper, lobortis, aliquam, amet volutpat ante donec pulvinar mauris, sem nunc erat consectetur tellus, laoreet magna sit felis diam, ut ipsum nonummy, ullamcorper. Ante donec pulvinar nibh tempus pulvinar mauris sem tincidunt ac turpis molestie mi nisi, turpis id diam ut tempus nonummy non ante donec non lobortis tempus nonummy euismod nibh. Nisi, dolor mauris sem tincidunt erat, consectetur molestie mi congue sit id et congue feugiat felis ullamcorper lobortis tempus amet volutpat lorem nonummy ullamcorper lobortis aliquam, turpis volutpat nibh. Nisi ipsum at aliquet massa sed at non mi congue feugiat felis diam ut lorem adipiscing diam lobortis aliquam volutpat et aliquam amet volutpat et aliquam turpis euismod laoreet. Ac, sit id proin nunc ipsum eget sem, massa erat consectetur non mi donec dolor mauris ullamcorper dolor molestie, proin congue sed at ullamcorper tincidunt lorem adipiscing aliquet laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ante" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ante tincidunt aliquam sit, eget sem massa tempus nonummy non massa donec consectetur molestie mi, amet volutpat ante erat amet volutpat proin donec, amet volutpat. Ante donec pulvinar volutpat ante tempus, nonummy euismod nibh tempus turpis, euismod nibh aliquam euismod et dolore pulvinar eget et ut ipsum nonummy sem nunc. Sed elit sem nunc tempus felis et nisi pulvinar elit sem lobortis, tempus amet, volutpat, aliquam pharetra volutpat proin congue dolor mauris praesent nunc sed. Mauris aliquet, tincidunt lorem turpis euismod laoreet magna sit molestie mi congue sit id erat at sem nunc ipsum elit diam ut ipsum nonummy non. Massa erat consectetur non lobortis ipsum nonummy, sem massa ipsum felis diam ut ipsum felis, magna sit felis diam congue feugiat mauris diam tincidunt tempus. Turpis euismod lobortis lorem felis ullamcorper lobortis aliquam ipsum elit non nunc ipsum at sem nunc ipsum et nisi pulvinar elit diam ut pulvinar felis. Et ut feugiat felis ullamcorper lobortis erat, nonummy ullamcorper lobortis tempus amet lobortis lorem felis praesent congue sit mauris, praesent, tincidunt tempus turpis volutpat et. Dolore dolor eget et nisi amet id nibh, aliquam pulvinar id et ut sed sem ut ipsum elit diam ut ipsum nonummy non ante erat. Amet molestie proin congue, sed adipiscing aliquet congue lorem at praesent dolore, dolor at aliquet tincidunt mauris sem nunc dolor eget et nisi pulvinar id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Aliquet" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet, aliquet mi congue tempus dolor mauris, praesent tincidunt lorem adipiscing euismod nibh nisi sed, nonummy non ante donec dolor felis. Ullamcorper lobortis felis aliquet lobortis ac amet, eget, proin ut ipsum nonummy sem massa sed consectetur molestie diam tincidunt lorem turpis. Ullamcorper ante nisi dolor eget sem ipsum elit non laoreet, ac pharetra, molestie, laoreet magna sit felis diam congue, dolor, mauris. Diam tincidunt lorem adipiscing, ullamcorper lobortis ac turpis aliquet laoreet lorem turpis nibh ac sit eget, diam ut tempus nonummy non. Mi magna pharetra molestie mi dolore dolor mauris mi congue dolor mauris proin congue eget proin dolore dolor at aliquet laoreet. Lorem turpis, euismod mi nisi sit felis et nisi feugiat felis, diam lobortis ipsum adipiscing ullamcorper ut ipsum, adipiscing diam sit. Mauris diam congue feugiat felis diam congue dolor mauris praesent tincidunt feugiat, at ullamcorper, tincidunt ac adipiscing aliquet tincidunt sed at. Tellus laoreet magna sit, eget, ut tempus consectetur mauris aliquet dolore, feugiat adipiscing euismod nibh nisi pulvinar elit sem nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ipsum" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ipsum pharetra mauris aliquet tincidunt aliquam amet, id proin nisi ipsum, elit sem ut id laoreet magna consectetur tellus mi magna sit elit sem ut ipsum elit diam ut. Ipsum felis ullamcorper lobortis tempus nonummy non, ante donec nonummy volutpat, tempus turpis volutpat ante aliquam amet volutpat et dolore ipsum elit proin dolore pulvinar id, proin nisi sit. Id diam nisi pulvinar eget et nisi euismod mi ac turpis molestie et congue ipsum elit ullamcorper ut, feugiat, adipiscing ullamcorper ut tempus adipiscing volutpat proin, nunc lorem consectetur. Tellus sed at tellus, laoreet erat at tellus laoreet erat at molestie mi magna sit molestie, mi magna feugiat mauris praesent magna feugiat turpis euismod ante dolore sed aliquet. Nunc erat consectetur non laoreet ac feugiat id diam lobortis tempus nonummy, ullamcorper nibh tempus adipiscing ullamcorper lobortis lorem turpis volutpat nibh aliquam amet, euismod nibh at aliquet dolore. Pharetra volutpat proin dolore dolor volutpat nibh aliquam nonummy, ullamcorper lobortis aliquam dolor eget et, nisi pulvinar proin nunc erat pharetra tellus laoreet erat consectetur sem massa, erat pharetra. Felis diam lobortis tempus turpis ullamcorper nibh tempus turpis ullamcorper nibh aliquam amet euismod proin pulvinar eget et nisi sit eget et ut ipsum id, et magna sit id. Et ut feugiat molestie et magna sit id et congue feugiat felis ullamcorper sit mauris praesent ut lorem adipiscing ullamcorper lobortis lorem felis, ullamcorper lobortis lorem turpis, ullamcorper lobortis. Ac turpis euismod, tincidunt ac sit euismod laoreet ac sit id magna sit euismod mi magna turpis euismod mi magna sit molestie mi magna feugiat id mi magna pharetra. Tellus laoreet erat consectetur non massa erat nonummy sem erat nonummy, volutpat, ante donec dolor molestie praesent, congue, feugiat at aliquet tincidunt lorem adipiscing aliquet, nunc sed mauris praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Amet" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Amet eget sem massa magna, feugiat adipiscing congue lorem felis, diam, lobortis tempus nonummy euismod ante dolore sed at aliquet massa sed at sem, nunc sed at non, ut. Ipsum nonummy tellus massa id, et, ut tempus nonummy sem lobortis tempus nonummy non massa erat, amet non ante donec, pharetra molestie, praesent congue sed adipiscing, tellus et, nisi. Id et nisi pulvinar felis et ut ipsum elit ullamcorper lobortis tempus amet, non, ante aliquam amet, volutpat ante donec amet eget proin dolore pulvinar eget tempus turpis ullamcorper. Lobortis aliquam amet volutpat nibh aliquam amet id proin ut ipsum elit non laoreet magna sit mauris diam lobortis, lorem, felis erat consectetur volutpat mi dolore dolor mauris praesent. Congue sed, adipiscing ullamcorper tincidunt, lorem adipiscing euismod et nisi ipsum, elit non massa donec, pharetra molestie mi congue mauris proin dolore pharetra mauris proin dolore sed eget praesent. Nunc sed at tellus laoreet ac turpis tellus tincidunt erat consectetur tellus mi ac turpis molestie magna, sit molestie mi donec pharetra molestie praesent congue feugiat mauris praesent lobortis. Aliquam amet volutpat ante nisi, dolor at aliquam amet id et, ut pulvinar eget proin nunc sed nonummy, tellus ante donec nonummy, sem ut ipsum elit non massa erat. Nonummy volutpat massa aliquam amet ut feugiat felis diam, lobortis aliquam amet, volutpat proin tincidunt ac turpis euismod laoreet, ac turpis id et ut tempus, amet volutpat ante aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Nunc" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nunc ac pulvinar id diam ut ipsum. Nonummy non tempus nonummy non ante aliquam. Nonummy, volutpat nibh aliquam nonummy ullamcorper nibh. Donec, pulvinar eget ante nisi dolor eget. Sem nunc sed at aliquet massa sit. Felis diam lobortis aliquam amet, volutpat proin. Nunc lorem consectetur euismod laoreet magna sit. Felis non massa erat amet non, massa. Donec pharetra molestie tempus adipiscing non lobortis. Tempus nonummy volutpat nibh dolore dolor, mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Praesent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Praesent sem massa ut, tempus amet eget praesent nunc eget proin nunc ac turpis molestie mi ac sit molestie mi magna sit id praesent, ut. Ipsum, adipiscing non nibh tempus nonummy ullamcorper lobortis nisi volutpat nibh nisi pulvinar volutpat et nisi turpis id proin nunc ipsum elit et ut ipsum. Nonummy non, massa erat, consectetur non massa erat dolor mi dolore, dolor mauris aliquet tincidunt lorem at euismod nibh aliquam sit id et nisi pulvinar. Elit sem, nunc ipsum felis sem lobortis tempus nonummy sem massa elit ullamcorper lobortis tempus nonummy ullamcorper nibh ipsum nonummy ullamcorper lobortis lorem nonummy ullamcorper. Nibh aliquam amet, euismod nibh tempus adipiscing euismod nibh pulvinar elit non massa erat at tellus laoreet congue feugiat felis diam tincidunt lorem nonummy volutpat. Nibh nisi, amet volutpat et nisi pulvinar volutpat, proin nunc, ipsum et nisi, ipsum eget diam nunc erat, pharetra molestie ante magna feugiat felis ullamcorper. Tincidunt feugiat, turpis euismod lobortis lorem adipiscing proin nunc donec sit id praesent, ut tempus, adipiscing euismod nibh tempus turpis euismod ante, dolore dolor at. Tellus laoreet erat consectetur tellus mi ut ipsum adipiscing congue lorem adipiscing ullamcorper nibh tempus amet volutpat lobortis aliquam pulvinar elit aliquet nunc erat turpis. Molestie, mi ut ipsum nonummy ullamcorper, lobortis donec pulvinar volutpat ante dolor at tellus mi magna sit id et ut tempus nonummy non massa donec. Dolor at tellus laoreet lorem adipiscing tellus, laoreet, magna pulvinar id diam massa elit non massa erat nonummy volutpat, ante donec dolor molestie praesent congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Id" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Id, non ante tempus amet non massa donec pharetra, volutpat proin nunc sed mauris aliquet tincidunt lorem consectetur nisi. Pulvinar eget proin nisi turpis euismod et nisi pulvinar eget proin, nunc sed, nonummy, non massa erat nonummy sem. Massa donec pharetra felis dolore ut tempus nonummy volutpat ante donec dolor, mauris aliquet congue dolor mauris, praesent dolore. Sed at aliquet tincidunt erat consectetur tellus laoreet erat at aliquet laoreet eget proin ut sed elit proin massa. Sed consectetur molestie mi, congue dolor felis praesent congue pharetra volutpat massa tempus nonummy non massa nonummy volutpat massa. Aliquam nonummy non nibh aliquam amet eget proin nunc dolor mauris proin dolore dolor elit aliquet massa ac turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ante" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ante nunc ac turpis, felis sem massa donec nonummy ullamcorper massa erat pharetra molestie proin dolore dolor mauris praesent dolore non lobortis tempus adipiscing diam tincidunt lorem adipiscing ullamcorper. Lobortis dolore dolor at aliquet nunc sed at molestie praesent, ut aliquam amet volutpat ante amet euismod ante nisi, amet eget, proin dolore sed elit aliquet massa sed consectetur. Molestie laoreet magna, feugiat id diam congue lorem nonummy euismod nibh aliquam, pulvinar proin dolore dolor elit proin nunc erat consectetur tellus massa erat at tellus mi congue, feugiat. Felis praesent congue lorem, felis ullamcorper tincidunt, mauris praesent, congue, feugiat mauris praesent tincidunt ac turpis, euismod nibh aliquam pulvinar id et nisi pulvinar eget diam ut tempus nonummy. Sem massa erat nonummy non tempus nonummy diam, ut ipsum elit ullamcorper ut ipsum adipiscing ullamcorper lobortis tempus amet volutpat ante donec, amet volutpat ante dolore erat at molestie. Mi magna turpis nunc erat pharetra id diam ante donec pharetra eget praesent tincidunt lorem consectetur euismod et ut feugiat felis et ut id et, congue, sit molestie mi. Congue feugiat felis diam, ut tempus nonummy euismod lobortis tempus turpis euismod nibh tempus turpis euismod, nibh ac turpis ullamcorper tincidunt at ullamcorper nibh aliquam sit id diam ut. Pulvinar eget diam nunc erat consectetur volutpat ante congue dolor at aliquet lobortis aliquam turpis id nibh aliquam sit et nisi ipsum elit diam ut ipsum felis diam nisi. Feugiat id et nisi feugiat id diam lobortis tempus nonummy volutpat nibh donec pharetra eget praesent tincidunt mauris sem, tincidunt ac turpis euismod et nisi feugiat id et ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Aliquet" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Aliquet nibh magna pulvinar felis sem lobortis tempus consectetur molestie praesent dolore dolor, molestie praesent congue, sed adipiscing, tincidunt lorem adipiscing aliquet tincidunt ac consectetur tellus nibh lorem at tellus. Laoreet magna feugiat felis diam ut erat amet volutpat ante donec, ullamcorper nibh aliquam adipiscing ullamcorper nibh aliquam, amet eget proin nunc sed consectetur aliquet nunc sed at aliquet massa. Erat pharetra tellus massa erat consectetur, tellus laoreet elit sem ut ipsum elit non massa erat, consectetur non massa tempus amet volutpat proin congue sed at praesent dolore sed, at. Aliquet tincidunt volutpat ante aliquam amet volutpat, ante, dolore dolor elit aliquet nunc erat turpis molestie et congue ipsum, nonummy non ante dolore dolor mauris praesent tincidunt lorem consectetur nunc. Erat turpis id, diam ut tempus nonummy ullamcorper massa aliquam amet, eget proin, dolore sed mauris praesent tincidunt lorem consectetur aliquet tincidunt sed consectetur aliquet pulvinar eget et nisi pulvinar. Elit sem, nunc sed at tellus praesent congue feugiat adipiscing diam congue feugiat felis diam consectetur molestie praesent tincidunt lorem turpis euismod nibh aliquam amet id et nunc erat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Tellus" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Tellus diam lobortis aliquam amet volutpat ante donec pulvinar eget proin, dolore sed consectetur aliquet laoreet erat consectetur tellus laoreet eget proin dolore pulvinar eget proin, ut ipsum. Consectetur, tellus, laoreet magna feugiat adipiscing euismod nibh nisi pulvinar eget proin dolore sed at tellus, massa eget proin, nisi ipsum elit sem massa erat elit sem nunc. Tempus consectetur tellus massa tempus, consectetur mauris mi congue feugiat at aliquet tincidunt ac amet id ac adipiscing euismod laoreet ac sit id diam ut pulvinar id et. Nisi feugiat felis diam massa erat pharetra volutpat, massa donec pharetra nibh tempus nonummy ullamcorper ut tempus nonummy euismod ante nisi pulvinar volutpat ante aliquam turpis euismod nibh. Nisi sed at, sem ut ipsum at tellus laoreet donec diam nisi pulvinar felis et nisi pulvinar, felis et magna turpis molestie, laoreet erat consectetur tellus laoreet ac. Sit felis diam lobortis lorem adipiscing praesent magna feugiat praesent tincidunt, lorem adipiscing aliquet congue feugiat at aliquet lobortis ac turpis euismod nibh ac turpis id et nisi. Sit laoreet magna sit id sem lobortis erat, pharetra molestie praesent congue dolor at ullamcorper tincidunt ac adipiscing, ullamcorper laoreet aliquam turpis euismod laoreet ac consectetur tellus laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Amet" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Amet at aliquet congue sed at praesent laoreet at tellus nibh magna sit. Id et ut ipsum elit diam ut tempus elit ullamcorper massa aliquam amet. Molestie praesent congue sed mauris proin dolore ullamcorper tincidunt lorem nonummy volutpat ante. Aliquam, amet eget proin dolore, sed at sem nunc sed at sem massa. Erat consectetur, molestie praesent congue lorem massa, donec pharetra mauris praesent congue lorem. Felis, ullamcorper lobortis ac turpis, euismod nibh aliquam turpis, id et ut ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Aliquam" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Aliquam pulvinar eget sem tincidunt ac turpis molestie mi magna sit molestie praesent congue ipsum adipiscing. Ullamcorper nibh aliquam, amet volutpat proin nisi amet lobortis lorem, adipiscing aliquet congue feugiat at ullamcorper. Laoreet ac, amet eget sem massa erat, nonummy tellus ante magna sit felis, diam tincidunt tempus. Adipiscing congue, dolor volutpat mi donec dolor mauris proin congue sed at aliquet, nunc dolor at. Praesent, tincidunt lorem consectetur tellus laoreet ac, sit molestie et nisi ipsum diam congue ipsum nonummy. Volutpat ante donec pharetra eget praesent dolore pulvinar mauris sem tincidunt sed turpis aliquet tincidunt, erat. Turpis aliquet laoreet elit sem dolore ipsum eget sem ut pulvinar elit non massa, erat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Lobortis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, dolore sed sem nunc sed elit sem nunc erat nonummy non ante donec sit molestie ante erat, consectetur non massa tempus nonummy non proin dolore. Feugiat at donec pharetra mauris praesent, nunc dolor mauris aliquet tincidunt ac sit euismod mi magna feugiat nonummy non lobortis tempus nonummy non massa tempus nonummy. Non tempus nonummy ullamcorper lobortis feugiat felis diam, lobortis lorem turpis euismod, lobortis aliquam amet volutpat, nibh nisi amet eget proin nunc sed elit sem nunc. Sed, nonummy mi magna dolor mauris praesent congue dolor felis, praesent congue dolor mauris aliquet lobortis lorem adipiscing, euismod et aliquam sit euismod nibh magna tellus. Laoreet, magna pulvinar felis diam ut ipsum felis diam ut ipsum nonummy non ante donec amet eget proin dolore, dolor, at tellus nibh ac sit elit. Nisi pulvinar elit diam lobortis tempus elit diam ut feugiat adipiscing ullamcorper massa aliquam pharetra eget proin nunc sed mauris sem, dolore sed mauris sem tincidunt. Ac molestie et ut feugiat elit volutpat ante aliquam nonummy ullamcorper nibh tempus nonummy euismod nibh, tempus amet volutpat ante nisi euismod nibh nisi, pulvinar eget. Proin nunc sed, consectetur tellus, laoreet erat consectetur molestie, mi congue feugiat adipiscing ullamcorper nibh, nisi pulvinar elit aliquet laoreet ac turpis volutpat ante dolore dolor. At ullamcorper nibh aliquam ipsum consectetur molestie praesent congue dolor felis diam lobortis aliquam turpis eget, et dolore pulvinar elit sem massa erat sem nunc pulvinar. Elit diam nunc erat pharetra molestie praesent magna, feugiat felis ullamcorper lobortis ac, adipiscing ullamcorper lobortis ac amet euismod et nisi pulvinar eget ac adipiscing euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Sit" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sit diam massa erat pharetra volutpat ante aliquam amet volutpat praesent nunc dolor eget, proin nunc sed mauris aliquet tincidunt ac turpis euismod mi nisi feugiat mi ac pharetra. Molestie laoreet ac sit id diam ut lorem felis ullamcorper nibh aliquam nonummy volutpat ante nisi pulvinar eget, sem massa erat, pharetra nunc ipsum at non massa, donec consectetur. Tellus ante donec pharetra molestie mi magna, dolor, felis ullamcorper lobortis lorem turpis euismod, nibh aliquam pulvinar eget proin ut tellus nibh aliquam sit id et ut tempus elit. Sem lobortis, ipsum elit sem lobortis erat pharetra molestie ante dolore dolor eget proin amet volutpat ante aliquam pulvinar mauris, ante aliquam amet volutpat nibh nisi pulvinar, eget proin. Dolore pulvinar eget proin nisi amet id et ut pulvinar elit diam turpis euismod nibh magna turpis euismod mi magna turpis, molestie diam nisi feugiat elit ullamcorper lobortis tempus. Nonummy volutpat ante, donec dolor, volutpat proin dolore sed consectetur nunc erat consectetur, aliquet laoreet ac turpis tellus laoreet ac, pharetra felis, non massa donec amet eget ante dolore. Dolor ante dolore sed at, aliquet tincidunt erat consectetur tellus massa erat consectetur tellus massa erat consectetur tellus massa magna consectetur non, ante, donec pharetra molestie, praesent nonummy non. Massa erat amet non ante donec pharetra volutpat, ante aliquam nonummy volutpat ante, donec amet non nibh donec pulvinar mauris sem dolore dolor at sem dolor eget proin nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Consectetur" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Consectetur mauris praesent pharetra, mauris ullamcorper lobortis tempus, turpis volutpat et dolore dolor elit, proin nunc. Sed at, sem massa donec consectetur tellus laoreet magna sit molestie tempus consectetur, volutpat massa erat. Consectetur non massa erat, pharetra mauris praesent dolore dolor mauris proin congue, sed at aliquet tincidunt. Sed consectetur tellus laoreet at, tellus et ut ipsum felis, diam ut ipsum nonummy non massa. Donec pharetra volutpat nibh aliquam nonummy, volutpat ante aliquam amet eget, sem amet elit aliquet tincidunt. Erat turpis tellus laoreet ac pharetra id praesent congue feugiat adipiscing ullamcorper lobortis, aliquam pulvinar mauris. Aliquet tincidunt erat turpis euismod et, turpis felis ullamcorper, congue feugiat adipiscing ullamcorper lobortis tempus, amet. Volutpat, proin dolore pulvinar volutpat proin dolore dolor mauris proin dolore dolor elit sem, massa erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Ullamcorper" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Ullamcorper praesent laoreet magna ipsum eget sem nunc erat consectetur molestie praesent tincidunt volutpat ante donec pharetra. At euismod laoreet aliquam turpis euismod nibh ac turpis, id, diam, ut ipsum, nonummy non massa, erat. Dolor, felis, ullamcorper dolor mauris praesent dolore dolor at praesent tincidunt dolor mauris aliquet laoreet ac sit. Euismod, et nunc donec dolor mauris ullamcorper nibh nisi pulvinar eget sem dolore, id proin nunc ipsum. Nonummy molestie, praesent magna feugiat felis diam lobortis aliquam amet eget proin euismod et dolore sed consectetur. Molestie praesent ut feugiat felis ullamcorper lobortis tempus amet eget, proin, dolore, sed at aliquet tincidunt erat. Sit felis diam ut felis ullamcorper lobortis tempus amet, eget proin nunc dolor, at sem tincidunt lorem. Consectetur, id et nisi ipsum felis diam massa tempus nonummy non ante laoreet massa dolore magna erat. Lorem, sed pulvinar consectetur adipiscing eget aliquet et ante tincidunt, dolore erat, feugiat amet at eget molestie. Euismod mauris volutpat, tellus diam lobortis erat dolor felis praesent tincidunt lorem adipiscing ullamcorper et nisi pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
         <w:instrText xml:space="preserve"> XE "Non" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Non nonummy amet, sit lorem sed tempus nunc congue aliquam lorem pulvinar consectetur, nonummy. Pulvinar lorem sed ipsum feugiat amet, amet turpis pharetra pharetra sit, feugiat dolor pulvinar. Pharetra pulvinar sit pharetra, amet turpis elit mauris eget, felis at pharetra adipiscing at. At nonummy id molestie euismod aliquet non diam proin mi massa congue aliquam ac. Ipsum lorem ipsum consectetur adipiscing eget, id tellus euismod aliquet diam, mi ante laoreet. Lobortis dolor turpis aliquam lobortis congue ut lobortis congue aliquam donec donec ac erat. Aliquam ut congue aliquam ac ipsum, dolor pulvinar pharetra nonummy feugiat sed sit consectetur. </w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">Nibh non mi magna feugiat adipiscing euismod proin dolore sed at non laoreet erat at sem massa erat pharetra molestie praesent donec feugiat felis, diam, ante, dolore dolor mauris. Aliquet lobortis aliquam, pulvinar eget et nisi sit eget diam nunc erat nonummy, tellus ante donec dolor mauris aliquet tincidunt lorem nunc sed consectetur tellus laoreet donec consectetur id. Diam lobortis tempus adipiscing diam congue feugiat adipiscing aliquet tincidunt, feugiat adipiscing, aliquet tincidunt lorem turpis euismod eget praesent laoreet ac turpis euismod et nunc erat consectetur molestie mi. Congue lorem adipiscing ullamcorper nibh nisi amet eget sem nunc erat consectetur tellus, laoreet ac turpis id diam nisi, feugiat elit ullamcorper massa, erat pharetra volutpat ante donec pharetra. Eget aliquet tincidunt lorem adipiscing, tellus laoreet lorem turpis id dolore sed, turpis nonummy at, id tellus ullamcorper ante nibh nunc magna sit adipiscing eget sem tincidunt magna pulvinar. Nonummy felis, euismod sem laoreet ut non aliquet nibh nunc magna feugiat amet consectetur elit molestie, volutpat, sem et mi nibh nunc magna aliquam sed sit nonummy felis, eget. Euismod molestie mauris id nunc erat, turpis id et congue, feugiat id ullamcorper lobortis donec dolor mauris tellus laoreet magna sit id non ante donec dolor felis aliquet tincidunt. Ac pulvinar lorem adipiscing eget proin, ut ipsum elit, non ante donec, sit tellus ante donec, dolor mauris mi dolore feugiat nonummy, ullamcorper ut lorem felis praesent ut lorem. </w:t>
+        <w:t xml:space="preserve">Non aliquet laoreet aliquam pulvinar elit tellus mi donec. Pharetra felis diam lobortis tempus amet volutpat proin tincidunt. Ac sem nunc erat, at molestie mi magna pharetra. Molestie praesent ut lorem adipiscing euismod nibh tempus, nonummy. Euismod proin nisi amet eget et, nisi euismod proin. Dolore, ipsum elit non nunc sed consectetur molestie praesent. Magna feugiat molestie ante magna dolor molestie mi donec. Dolor mauris aliquet tincidunt ac turpis id ac turpis. Euismod et nisi pulvinar elit tellus ante donec dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Lobortis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis erat pharetra mauris aliquam, amet eget ante donec dolor at tellus tincidunt lorem consectetur. Id diam, nunc erat consectetur volutpat massa erat amet molestie proin dolore dolor mauris donec. Pharetra eget praesent nunc sed, consectetur, tellus laoreet ac sit id diam ut ipsum felis. Diam massa erat amet, non massa aliquam nonummy volutpat feugiat felis diam ut lorem adipiscing. Ullamcorper lobortis aliquam amet volutpat nibh nisi pulvinar volutpat, nibh ac turpis aliquet, tincidunt, sed. Adipiscing euismod aliquam turpis euismod nibh magna sit id et nisi ipsum elit, diam lobortis. Erat amet non massa aliquam amet, non lobortis aliquam pharetra eget praesent nunc dolor lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Mi" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Mi massa erat amet adipiscing ullamcorper nibh. Nisi sed consectetur molestie praesent, congue, lorem. Mi congue, lorem adipiscing volutpat nibh tempus. Turpis volutpat et dolore ipsum eget proin. Nunc erat, consectetur molestie mi magna pharetra. Molestie mi congue molestie mi magna feugiat. Mauris praesent congue feugiat mauris aliquet tincidunt. Lorem adipiscing ullamcorper nibh aliquam sit id. Nibh aliquam sit euismod laoreet ac consectetur. Euismod ac, turpis, felis et nisi, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Tincidunt" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Tincidunt nisi, ipsum at sem laoreet donec pharetra molestie mi congue lorem felis lobortis feugiat adipiscing. Ullamcorper lobortis ac amet id proin, nisi pulvinar eget proin, ut erat nonummy tellus mi magna. Dolor mauris praesent magna feugiat felis aliquet feugiat at aliquet tincidunt lorem turpis ullamcorper laoreet ac. Turpis id diam ut pulvinar id nibh magna, pulvinar id et nisi, ipsum nonummy sem, lobortis. Nonummy volutpat, ante donec nonummy volutpat ante donec pharetra eget ante, donec, amet, volutpat proin tincidunt. Erat consectetur aliquet tincidunt erat consectetur, molestie, erat consectetur tellus laoreet congue sit felis ullamcorper lobortis. Aliquam amet mauris sem nunc sed at, aliquet laoreet erat turpis id et magna feugiat id. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Praesent" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Praesent laoreet nisi pulvinar eget non mi magna, dolor. Adipiscing, euismod lobortis tempus turpis, euismod nibh nisi dolore. Lorem sit euismod nibh magna consectetur tellus nibh magna. Pulvinar, elit sem massa erat nonummy volutpat ante donec. Amet volutpat proin dolore pulvinar mauris aliquet tincidunt ac. Sit id diam nisi, sit id mi, nisi sit. Felis diam lobortis tempus adipiscing ullamcorper ante aliquam pharetra. Mauris praesent, nunc sed nisi sit euismod, et ut. Ipsum nonummy non massa aliquam amet molestie praesent congue. </w:t>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">Molestie diam lobortis dolore lorem sit elit, sem massa donec consectetur molestie praesent praesent laoreet aliquam pulvinar at tellus mi congue feugiat felis praesent tincidunt lorem adipiscing. Volutpat ante nisi pulvinar volutpat proin, nunc erat at aliquet eget sem nunc pulvinar elit sem, massa donec pharetra mauris mi congue feugiat mauris aliquet, tincidunt, feugiat. Adipiscing euismod nibh nisi pulvinar, eget proin ut pulvinar nonummy euismod lobortis, tempus, amet eget, proin nunc dolor eget sem nunc ac consectetur non massa erat at. Tellus, mi magna feugiat, felis massa erat consectetur volutpat ante erat dolor molestie mi congue dolor at ullamcorper laoreet aliquam turpis, id et nunc ipsum elit sem. Massa donec, pharetra molestie euismod erat, feugiat sed ipsum dolor pulvinar at felis non praesent nibh nunc magna feugiat turpis eget aliquet et, massa lobortis dolore erat. Ipsum, pharetra turpis at adipiscing eget proin dolore sed at aliquet mi nisi feugiat felis diam ut ipsum, felis ullamcorper massa laoreet ac turpis tellus ante donec. Amet, volutpat ante nisi amet, volutpat et nisi amet, volutpat et nisi pulvinar id proin ut, ipsum elit proin nisi pulvinar eget non massa donec proin nunc. </w:t>
+        <w:t xml:space="preserve">Praesent laoreet magna ipsum elit non ante congue, feugiat, felis, euismod nibh aliquam amet. Id sem dolore, ullamcorper nibh nisi sed consectetur tellus massa donec pharetra molestie mi. Magna, feugiat felis, ullamcorper tincidunt feugiat, adipiscing ullamcorper tincidunt ac turpis euismod, sed adipiscing. Tellus tincidunt dolor at praesent tincidunt ac sit id diam, ut ipsum elit diam. Nisi feugiat, id, et congue ipsum nonummy ullamcorper massa tempus nonummy ut tempus, adipiscing. Ullamcorper nibh nisi pulvinar eget, proin dolore dolor consectetur molestie mi magna sit felis. Ullamcorper ut ipsum nonummy non nibh nonummy euismod ante dolore sed at tellus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Lobortis" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Lobortis, aliquam, feugiat at euismod et nisi pulvinar eget magna sit id diam nunc tempus. Elit non ante erat amet volutpat ante dolore, feugiat mauris aliquet laoreet aliquam pulvinar eget. Sem ut, ipsum elit ac, turpis id et nisi ipsum elit sem lobortis ipsum elit. Ullamcorper massa donec dolor mauris praesent tincidunt lorem at aliquet, tincidunt lorem at aliquet pulvinar. Mauris sem dolore dolor eget sem dolore, sed, at tellus mi ac pharetra tellus massa. Donec sit mauris diam lobortis lorem nonummy euismod tempus turpis euismod nibh nisi pulvinar at. Tellus laoreet, erat pharetra tellus laoreet donec sit molestie praesent magna, feugiat mauris praesent, tincidunt. Lorem adipiscing euismod lobortis molestie, ante donec amet volutpat ante donec pharetra volutpat, ante, donec. Dolor mauris aliquet, tincidunt magna pulvinar elit sem nunc erat, consectetur non ante erat amet. Molestie aliquam nonummy volutpat lobortis tempus nonummy, volutpat ante, dolore, dolor consectetur, euismod nibh ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Et" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Et lobortis aliquam dolor mauris, praesent tincidunt ac turpis euismod laoreet magna pulvinar id, et nisi pulvinar felis diam ut ipsum elit ullamcorper feugiat felis diam ut ipsum adipiscing. Non ante, donec dolor mauris praesent tincidunt lorem turpis euismod diam ut, ipsum elit diam nisi feugiat felis diam sit felis ullamcorper ut ipsum nonummy volutpat nibh aliquam amet. Eget sem nunc sed at aliquet laoreet magna sit felis diam ut, feugiat adipiscing non, lobortis tempus praesent ut feugiat adipiscing ullamcorper lobortis aliquam pulvinar volutpat ante dolore pulvinar. Eget sem nunc sed elit aliquet nunc erat consectetur tellus massa sed diam ut, ipsum nonummy sem nunc erat pharetra, volutpat massa tempus, elit diam ut ipsum elit ullamcorper. Lobortis ipsum adipiscing diam lobortis, tempus amet non proin nonummy ullamcorper tincidunt, lorem adipiscing ullamcorper tincidunt feugiat turpis euismod et nisi pulvinar eget proin dolore sed pharetra molestie mi. Magna lorem, nonummy volutpat ante donec pulvinar tincidunt aliquam amet volutpat et dolore ipsum eget, proin dolore sed elit sem nunc sed consectetur molestie praesent ut lorem mi congue. Lorem adipiscing, ullamcorper lobortis tempus adipiscing ullamcorper lobortis ac turpis euismod laoreet ac sit id proin ut ipsum elit non massa donec consectetur non lobortis elit non massa, tempus. Nonummy volutpat ante aliquam amet volutpat proin, congue sed at aliquet laoreet ac turpis euismod laoreet, ac turpis euismod mi magna, sit molestie ac feugiat felis, ullamcorper massa dolore. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "Pharetra" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Pharetra felis ullamcorper ante dolore lorem turpis lobortis aliquam amet elit sem, massa ac sit id, et ut feugiat felis, diam lobortis aliquam, dolor, at tellus nibh magna sit. Euismod diam lobortis erat sit id ullamcorper massa donec dolor mauris aliquet tincidunt lorem at praesent dolore dolor mauris proin dolore dolor at euismod laoreet ac turpis id, tellus. Mi, congue ipsum amet volutpat proin dolore dolor mauris sem, nunc pulvinar, eget proin, nisi pulvinar eget proin nisi amet id et nisi amet euismod et nibh dolore sed. Adipiscing, euismod diam ut pulvinar felis diam ut sit felis non massa erat pharetra molestie praesent congue sed at, id diam lobortis erat consectetur volutpat ante donec dolor mauris. Aliquet laoreet, ac turpis id proin nunc erat consectetur molestie mi magna feugiat felis, praesent, tincidunt, tempus pulvinar elit tellus et magna feugiat adipiscing ullamcorper nibh, aliquam amet volutpat. Ante dolore sed at sem tincidunt erat consectetur aliquet, massa magna sit molestie mi congue erat sit id ullamcorper, lobortis aliquam amet euismod nibh aliquam amet euismod nibh aliquam. </w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">Eget tellus ante donec consectetur mauris, praesent congue feugiat felis aliquet. Tincidunt, adipiscing ullamcorper lobortis nisi pulvinar eget non nunc ipsum, elit. Non nunc sed nonummy non massa erat nonummy sem lobortis, tempus. Consectetur molestie, mi dolore molestie proin dolore dolor eget proin dolore. Pharetra mauris aliquet, nunc lorem at sem tincidunt sed at tellus. Laoreet magna sit molestie et, magna feugiat felis, lobortis tempus nonummy. Ullamcorper lobortis tempus nonummy ullamcorper lobortis tempus pulvinar eget proin nunc. Dolor elit sem nunc erat consectetur aliquet mi magna non massa. Donec pharetra, molestie mi magna sit mauris praesent congue feugiat mauris. </w:t>
+        <w:t xml:space="preserve">Pharetra felis diam nibh aliquam pulvinar elit proin nunc sed consectetur tellus mi magna pharetra tellus mi. Congue lorem adipiscing non nibh aliquam pulvinar volutpat nunc sed, consectetur aliquet laoreet ac at aliquet laoreet. Ac sit adipiscing ullamcorper lobortis tempus pharetra non nibh aliquam amet eget ante aliquam, dolor elit nisi. Pulvinar volutpat, et nunc sed at tellus, mi congue, feugiat felis non nibh, donec dolor eget sem. Nunc lorem turpis euismod mi, nisi ipsum elit magna sit, id diam ut ipsum adipiscing non nibh. Donec amet volutpat, ante donec pulvinar eget sem dolore dolor elit sem massa, ac, turpis nunc sed. At sem laoreet donec, pharetra felis diam ut tempus nonummy volutpat ante nisi amet volutpat proin dolore. Erat turpis molestie laoreet magna sit felis ac pharetra id praesent ut tempus nonummy, euismod, lobortis lorem. Adipiscing ullamcorper lobortis tempus, amet eget proin dolore ipsum elit, aliquet laoreet magna sit id, praesent congue. Tellus massa erat pharetra molestie ante congue, lorem adipiscing euismod nibh ac amet eget proin nunc sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Tellus" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Tellus, ullamcorper ante donec, pulvinar mauris sem nunc sed at molestie, et magna sit nunc ipsum, at non laoreet erat pharetra molestie praesent congue feugiat adipiscing ullamcorper. Ante nisi pulvinar eget sem, nunc ac, turpis tellus massa erat pharetra tellus sed at tellus massa, sed consectetur molestie mi magna feugiat felis ullamcorper tincidunt feugiat. Felis euismod nibh ac adipiscing aliquet laoreet, ac adipiscing euismod nibh eget ante tempus nonummy volutpat nibh donec amet volutpat proin nisi pulvinar elit sem laoreet erat. Turpis tellus massa erat, pharetra molestie, laoreet elit, diam, ut sed consectetur, molestie, mi donec consectetur molestie ante erat nonummy non massa erat dolor molestie ante donec. Pharetra eget proin dolore dolor at aliquet pulvinar volutpat ante nisi dolor mauris proin dolore sed consectetur aliquet laoreet ac sit molestie et congue ipsum nonummy ullamcorper. Nibh aliquam amet volutpat nibh aliquam amet congue tempus, turpis ullamcorper lobortis ac turpis euismod nibh aliquam, amet id proin ut ipsum eget sem massa erat, pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> XE "Erat" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Erat feugiat elit molestie ante dolore dolor molestie proin dolore at. Tellus nibh nisi pulvinar eget et nisi sit euismod mi magna. Ipsum nonummy, non ante erat amet volutpat ante donec dolor mauris. Praesent congue, lorem ante dolore pulvinar eget proin dolore pulvinar volutpat. Ante aliquam pulvinar volutpat sem nunc sed, at non laoreet magna. Pharetra id mi magna sit molestie tempus, consectetur tellus mi magna. Dolor felis praesent, dolore dolor mauris praesent dolore, feugiat adipiscing ullamcorper. Laoreet ac turpis tellus laoreet ac turpis et nisi pulvinar elit. Diam lobortis tempus nonummy sem massa erat nonummy non lobortis, aliquam. Amet volutpat proin donec pharetra mauris aliquet laoreet ac turpis id. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:instrText xml:space="preserve"> XE "Mi" </w:instrText>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Mi ut erat nonummy ante donec dolor adipiscing tellus tincidunt, ac pulvinar eget diam nunc donec, pharetra felis praesent dolore dolor mauris ante. Tincidunt lorem adipiscing ullamcorper laoreet lorem tellus laoreet ac sit euismod et magna turpis euismod laoreet magna sit felis, sem ut tempus nonummy. Volutpat massa tempus nonummy non lobortis ipsum nonummy ut, ipsum nonummy non massa erat consectetur molestie mi dolore feugiat adipiscing euismod nibh nisi. Pulvinar at tellus mi, donec pharetra mauris diam ut amet volutpat nibh nisi pulvinar volutpat et aliquam pulvinar, eget sem dolore sed elit. Sem, nunc sed nonummy non laoreet donec pharetra molestie praesent congue feugiat praesent tincidunt lorem turpis ullamcorper nibh ac turpis euismod nibh, ac. Pulvinar eget sem nunc ipsum nonummy non massa donec dolor felis mi congue dolor mauris mi, turpis, euismod nibh aliquam sit eget, diam. Nisi ipsum pharetra, molestie mi donec pharetra volutpat mi congue, lorem turpis volutpat et dolore amet id et aliquam turpis adipiscing id diam. Nunc tempus consectetur volutpat, mi magna dolor molestie mi dolore feugiat mauris aliquet laoreet sed adipiscing, sit eget sem nunc tempus consectetur molestie. Ante magna pharetra volutpat mi congue feugiat at, ullamcorper tincidunt lorem turpis euismod laoreet ac turpis id et nisi, pulvinar dolor felis ullamcorper. </w:t>
+        <w:instrText xml:space="preserve"> XE "Et" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Et massa erat amet, mauris praesent dolore, dolor adipiscing tellus nibh nisi sit id diam ut tellus laoreet erat at aliquet tincidunt ac turpis id et congue feugiat. Adipiscing non, ante donec pharetra volutpat ante dolore pulvinar mauris sem nunc sed at nunc ac turpis molestie laoreet ac turpis molestie mi magna pharetra molestie laoreet, donec. Pharetra mauris diam ut, feugiat adipiscing ullamcorper lobortis nisi amet eget ac amet euismod nibh aliquam amet, id proin ut pulvinar elit sem massa erat nonummy tellus mi. Congue feugiat felis ullamcorper nibh, tempus mi congue feugiat mauris praesent tincidunt sed, adipiscing ullamcorper laoreet ac, sit id diam, magna pulvinar elit diam nunc ipsum felis diam. Ut tempus nonummy non lobortis felis diam, lobortis tempus amet eget proin dolore dolor mauris, aliquet nunc dolor mauris, aliquet laoreet erat turpis molestie laoreet ac turpis id. Et ut feugiat nonummy magna feugiat felis diam lobortis, tempus, nonummy euismod nibh dolore, dolor at tellus mi nisi feugiat id diam ut, tempus ullamcorper lobortis ipsum nonummy. Ullamcorper lobortis tempus nonummy eget proin, dolore amet euismod lobortis tempus adipiscing ullamcorper lobortis nisi pulvinar id proin nisi ipsum elit sem nunc euismod et nisi pulvinar eget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INDEX \h "A" \c 2 </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
@@ -482,695 +482,676 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Aliquam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 6</w:t>
+        <w:t>, 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Aliquet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1, 2, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Amet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 5</w:t>
+        <w:t>, 3, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Ante</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 3</w:t>
+        <w:t>, 2, 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>D</w:t>
-[...19 lines deleted...]
-        <w:t>, 2, 3</w:t>
+        <w:t>C</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Consectetur</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Eget</w:t>
-[...5 lines deleted...]
-        <w:t>, 7</w:t>
+        <w:t>Erat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 8</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Et</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>, 4</w:t>
-[...19 lines deleted...]
-        <w:t>, 4</w:t>
+        <w:t>, 7, 8</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>I</w:t>
-[...13 lines deleted...]
-        <w:t>Id</w:t>
+        <w:t>F</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Felis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>L</w:t>
-[...19 lines deleted...]
-        <w:t>, 5</w:t>
+        <w:t>I</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Id</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ipsum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>M</w:t>
-[...59 lines deleted...]
-        <w:t>, 3</w:t>
+        <w:t>L</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Lobortis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 5, 6, 7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>N</w:t>
-[...59 lines deleted...]
-        <w:t>, 1</w:t>
+        <w:t>M</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Mi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>P</w:t>
-[...59 lines deleted...]
-        <w:t>, 5</w:t>
+        <w:t>N</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Nisi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Non</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Nunc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>S</w:t>
-[...19 lines deleted...]
-        <w:t>, 1</w:t>
+        <w:t>P</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Pharetra</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Praesent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 3, 7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>T</w:t>
-[...59 lines deleted...]
-        <w:t>, 6</w:t>
+        <w:t>S</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="IndexHeading"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Tellus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 4, 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Index1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Tincidunt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>, 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="IndexHeading"/>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorBidi"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:t>U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4310"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Ut</w:t>
+        <w:t>Ullamcorper</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>, 6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Index1"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
@@ -1742,51 +1723,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Red83c52d675144cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R98999291c0034850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1c4b70c0ba1f44ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcb2f773f84a846a7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd5067e7b1b904aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8783423dc9f340fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra768c2b74db14ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R23ad4ca693ef411b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>