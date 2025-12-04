--- v0 (2025-10-17)
+++ v1 (2025-12-04)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1dc05a6451e94870" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R13e619cfd25d400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R34354e8e150a4585" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R78136787c44d4a8e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1b46a87fcd374ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6d5fe608b6c84252" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Among other things, fields allow to insert hyperlinks into documents. Following is a hyperlink to a web address. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;http://www.google.com&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;https://developer.mescius.com/&quot; \o &quot;Click to open MESCIUS web page&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 1"/>
           </w:rPr>
           <w:t>Click to go to developer.mescius.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="1637569615622074192"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="5761067504448555993"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1637569615622074192"/>
+      <w:bookmarkEnd w:id="5761067504448555993"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkEnd&quot; \o &quot;Jumo to BookmarkEnd&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -535,55 +535,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="17865268158621828164"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="1197691548663007318"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17865268158621828164"/>
+      <w:bookmarkEnd w:id="1197691548663007318"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkTop&quot; \o &quot;Jumo to BookmarkTop&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1128,51 +1128,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbd6aa0f670634b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfd1dc65960a14ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4fffbed7f78d4ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7be4ee4ec14c439b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6951282e1c9846d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc50bfb2f0d824fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b999d39d5104c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4d19e2677f6d41a1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>