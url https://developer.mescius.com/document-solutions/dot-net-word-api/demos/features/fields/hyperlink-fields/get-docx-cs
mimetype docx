--- v1 (2025-12-04)
+++ v2 (2025-12-14)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R78136787c44d4a8e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1b46a87fcd374ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6d5fe608b6c84252" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbd500078322a406f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2051c531b93c475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf68e050d15dd4120" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Among other things, fields allow to insert hyperlinks into documents. Following is a hyperlink to a web address. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;http://www.google.com&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;https://developer.mescius.com/&quot; \o &quot;Click to open MESCIUS web page&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 1"/>
           </w:rPr>
           <w:t>Click to go to developer.mescius.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="5761067504448555993"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="8496488598401304926"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5761067504448555993"/>
+      <w:bookmarkEnd w:id="8496488598401304926"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkEnd&quot; \o &quot;Jumo to BookmarkEnd&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -535,55 +535,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="1197691548663007318"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="9513987970612903384"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1197691548663007318"/>
+      <w:bookmarkEnd w:id="9513987970612903384"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkTop&quot; \o &quot;Jumo to BookmarkTop&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1128,51 +1128,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6951282e1c9846d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc50bfb2f0d824fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b999d39d5104c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4d19e2677f6d41a1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0c875ca199384ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R07ed9c0d589b4c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3cf7dc2cc4d643af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rba54b5723ee14601" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>