--- v2 (2025-12-14)
+++ v3 (2025-12-17)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbd500078322a406f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2051c531b93c475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf68e050d15dd4120" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcfdde401136b4647" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R68f7d395425d40f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R05c817eb6ac44dd3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Among other things, fields allow to insert hyperlinks into documents. Following is a hyperlink to a web address. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;http://www.google.com&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;https://developer.mescius.com/&quot; \o &quot;Click to open MESCIUS web page&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 1"/>
           </w:rPr>
           <w:t>Click to go to developer.mescius.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="8496488598401304926"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="6405996453128185164"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8496488598401304926"/>
+      <w:bookmarkEnd w:id="6405996453128185164"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkEnd&quot; \o &quot;Jumo to BookmarkEnd&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -535,55 +535,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="9513987970612903384"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="8236239896073379088"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9513987970612903384"/>
+      <w:bookmarkEnd w:id="8236239896073379088"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkTop&quot; \o &quot;Jumo to BookmarkTop&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1128,51 +1128,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0c875ca199384ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R07ed9c0d589b4c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3cf7dc2cc4d643af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rba54b5723ee14601" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd94a079452d44676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R36e9c471546a4356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1f9aae26f3974931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb381d2cfb9fa4a63" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>