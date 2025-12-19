--- v3 (2025-12-17)
+++ v4 (2025-12-19)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcfdde401136b4647" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R68f7d395425d40f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R05c817eb6ac44dd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1ae08fff7f874ba6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R38744d67ed3f4a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra8f146a01ac641fd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Among other things, fields allow to insert hyperlinks into documents. Following is a hyperlink to a web address. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;http://www.google.com&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;https://developer.mescius.com/&quot; \o &quot;Click to open MESCIUS web page&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 1"/>
           </w:rPr>
           <w:t>Click to go to developer.mescius.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="6405996453128185164"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="15198913934966547441"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6405996453128185164"/>
+      <w:bookmarkEnd w:id="15198913934966547441"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkEnd&quot; \o &quot;Jumo to BookmarkEnd&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -535,55 +535,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="8236239896073379088"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="13762690000765844450"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8236239896073379088"/>
+      <w:bookmarkEnd w:id="13762690000765844450"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkTop&quot; \o &quot;Jumo to BookmarkTop&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1128,51 +1128,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd94a079452d44676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R36e9c471546a4356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1f9aae26f3974931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb381d2cfb9fa4a63" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R25732d928bc94079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R195581a20ef5454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R942eb811d26d43a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2b4d31ec8f3c4b3a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>