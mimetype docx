--- v4 (2025-12-19)
+++ v5 (2026-02-02)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1ae08fff7f874ba6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R38744d67ed3f4a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra8f146a01ac641fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5e7cf7289ffb48aa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2b43c97e7ff34d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R18bf4fc96892467a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Among other things, fields allow to insert hyperlinks into documents. Following is a hyperlink to a web address. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;http://www.google.com&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;https://developer.mescius.com/&quot; \o &quot;Click to open MESCIUS web page&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 1"/>
           </w:rPr>
           <w:t>Click to go to developer.mescius.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="15198913934966547441"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="9753075507182957007"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15198913934966547441"/>
+      <w:bookmarkEnd w:id="9753075507182957007"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkEnd&quot; \o &quot;Jumo to BookmarkEnd&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -535,55 +535,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="13762690000765844450"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="16115606516427418363"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13762690000765844450"/>
+      <w:bookmarkEnd w:id="16115606516427418363"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkTop&quot; \o &quot;Jumo to BookmarkTop&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1128,51 +1128,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R25732d928bc94079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R195581a20ef5454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R942eb811d26d43a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2b4d31ec8f3c4b3a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3b6aaab5489d4c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R56874df0bb6b4214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra3c98dd7e7d84cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re54463c8135f4850" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>