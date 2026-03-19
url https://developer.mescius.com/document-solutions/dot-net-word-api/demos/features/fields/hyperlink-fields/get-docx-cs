--- v5 (2026-02-02)
+++ v6 (2026-03-19)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5e7cf7289ffb48aa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2b43c97e7ff34d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R18bf4fc96892467a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R464cc346df334eba" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R788d0afb095d42bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9113737fa27f44d5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Among other things, fields allow to insert hyperlinks into documents. Following is a hyperlink to a web address. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;http://www.google.com&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;https://developer.mescius.com/&quot; \o &quot;Click to open MESCIUS web page&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 1"/>
           </w:rPr>
           <w:t>Click to go to developer.mescius.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="9753075507182957007"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="4436242180807803777"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9753075507182957007"/>
+      <w:bookmarkEnd w:id="4436242180807803777"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkEnd&quot; \o &quot;Jumo to BookmarkEnd&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -535,55 +535,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="16115606516427418363"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="2040391397703481052"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16115606516427418363"/>
+      <w:bookmarkEnd w:id="2040391397703481052"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkTop&quot; \o &quot;Jumo to BookmarkTop&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1128,51 +1128,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3b6aaab5489d4c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R56874df0bb6b4214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra3c98dd7e7d84cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re54463c8135f4850" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R09ee3822ef8b4563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbc892981afdf4e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3b0ed759cadb4d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6032b58027994e87" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>