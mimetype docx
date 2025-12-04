--- v0 (2025-10-17)
+++ v1 (2025-12-04)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbf1b018762714d10" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3b54a758709f4b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7a8390d34dde4f8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reaed17b9129b411b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0d51518c4002435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R06502ff84a2c4ffb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Among other things, fields allow to insert hyperlinks into documents. Following is a hyperlink to a web address. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;http://www.google.com&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;https://developer.mescius.com/&quot; \o &quot;Click to open MESCIUS web page&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 1"/>
           </w:rPr>
           <w:t>Click to go to developer.mescius.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="1423225517561515862"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="12259550991910783895"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1423225517561515862"/>
+      <w:bookmarkEnd w:id="12259550991910783895"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkEnd&quot; \o &quot;Jumo to BookmarkEnd&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -535,55 +535,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="1126017287337594018"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="9346224270300708900"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1126017287337594018"/>
+      <w:bookmarkEnd w:id="9346224270300708900"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkTop&quot; \o &quot;Jumo to BookmarkTop&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1128,51 +1128,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf1d78d915e1946e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9fb912fed41c4b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbc3374007d2a41e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbc3f8bc1973b4d3d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfa768cf429934be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f5ef09b9c134ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R16c34ec988ce4c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc24765a350d644fd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>