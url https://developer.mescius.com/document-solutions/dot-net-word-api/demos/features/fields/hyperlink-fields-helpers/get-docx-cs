--- v1 (2025-12-04)
+++ v2 (2025-12-14)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reaed17b9129b411b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0d51518c4002435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R06502ff84a2c4ffb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb8c206514b2240a3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0a615034a6cd4eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ac9d5aaa18f4a20" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Among other things, fields allow to insert hyperlinks into documents. Following is a hyperlink to a web address. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;http://www.google.com&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;https://developer.mescius.com/&quot; \o &quot;Click to open MESCIUS web page&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 1"/>
           </w:rPr>
           <w:t>Click to go to developer.mescius.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="12259550991910783895"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="7757762829729887397"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12259550991910783895"/>
+      <w:bookmarkEnd w:id="7757762829729887397"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkEnd&quot; \o &quot;Jumo to BookmarkEnd&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -535,55 +535,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="9346224270300708900"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="12721099000725475284"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9346224270300708900"/>
+      <w:bookmarkEnd w:id="12721099000725475284"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkTop&quot; \o &quot;Jumo to BookmarkTop&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1128,51 +1128,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfa768cf429934be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f5ef09b9c134ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R16c34ec988ce4c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc24765a350d644fd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfb4ea5897001452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R81d611824bec4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0df15c2134e44946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf852fa5bef3448b0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>