--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb8c206514b2240a3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0a615034a6cd4eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ac9d5aaa18f4a20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcd1d5d5e2114450f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5cbd3eaceca14a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R940f5f412d3942e4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Among other things, fields allow to insert hyperlinks into documents. Following is a hyperlink to a web address. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;http://www.google.com&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;https://developer.mescius.com/&quot; \o &quot;Click to open MESCIUS web page&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 1"/>
           </w:rPr>
           <w:t>Click to go to developer.mescius.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="7757762829729887397"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="14849128643745133375"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7757762829729887397"/>
+      <w:bookmarkEnd w:id="14849128643745133375"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkEnd&quot; \o &quot;Jumo to BookmarkEnd&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -535,55 +535,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="12721099000725475284"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="7472951344314395412"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12721099000725475284"/>
+      <w:bookmarkEnd w:id="7472951344314395412"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkTop&quot; \o &quot;Jumo to BookmarkTop&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1128,51 +1128,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfb4ea5897001452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R81d611824bec4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0df15c2134e44946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf852fa5bef3448b0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R921025e78e7e4a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R15c97cfe950a45cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf95a315b57944350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R54cba12729e54147" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>