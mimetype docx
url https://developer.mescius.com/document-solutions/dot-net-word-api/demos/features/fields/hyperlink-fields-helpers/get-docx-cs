--- v3 (2025-12-16)
+++ v4 (2025-12-19)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcd1d5d5e2114450f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5cbd3eaceca14a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R940f5f412d3942e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b5611d54a944061" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1a7d5972244c4caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfff52035a50847cf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Among other things, fields allow to insert hyperlinks into documents. Following is a hyperlink to a web address. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;http://www.google.com&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;https://developer.mescius.com/&quot; \o &quot;Click to open MESCIUS web page&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 1"/>
           </w:rPr>
           <w:t>Click to go to developer.mescius.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="14849128643745133375"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="15734367053251204628"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14849128643745133375"/>
+      <w:bookmarkEnd w:id="15734367053251204628"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkEnd&quot; \o &quot;Jumo to BookmarkEnd&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -535,55 +535,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="7472951344314395412"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="18393551406773967766"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7472951344314395412"/>
+      <w:bookmarkEnd w:id="18393551406773967766"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkTop&quot; \o &quot;Jumo to BookmarkTop&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1128,51 +1128,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R921025e78e7e4a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R15c97cfe950a45cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf95a315b57944350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R54cba12729e54147" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra5fda44e95914ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3222b63842cf4d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R07715d370c7b4f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R856647d604cd4089" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>