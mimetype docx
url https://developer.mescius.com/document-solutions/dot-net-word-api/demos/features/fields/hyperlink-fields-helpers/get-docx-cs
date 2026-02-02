--- v4 (2025-12-19)
+++ v5 (2026-02-02)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b5611d54a944061" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1a7d5972244c4caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfff52035a50847cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra0c218cecec94788" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0880e5b55bab47f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4b8e3fc7354e42b0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Among other things, fields allow to insert hyperlinks into documents. Following is a hyperlink to a web address. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;http://www.google.com&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;https://developer.mescius.com/&quot; \o &quot;Click to open MESCIUS web page&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 1"/>
           </w:rPr>
           <w:t>Click to go to developer.mescius.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="15734367053251204628"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="14389061708178699645"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15734367053251204628"/>
+      <w:bookmarkEnd w:id="14389061708178699645"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkEnd&quot; \o &quot;Jumo to BookmarkEnd&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -535,55 +535,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="18393551406773967766"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="12327216725510277636"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18393551406773967766"/>
+      <w:bookmarkEnd w:id="12327216725510277636"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkTop&quot; \o &quot;Jumo to BookmarkTop&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1128,51 +1128,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra5fda44e95914ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3222b63842cf4d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R07715d370c7b4f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R856647d604cd4089" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R15e2d6b641904d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R957eae721ab4450a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R933bc9ba8516406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R44fe9b78783c43a0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>