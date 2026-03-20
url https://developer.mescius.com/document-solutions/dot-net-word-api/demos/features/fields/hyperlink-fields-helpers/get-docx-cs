--- v5 (2026-02-02)
+++ v6 (2026-03-20)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra0c218cecec94788" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0880e5b55bab47f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4b8e3fc7354e42b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7c67a2ef0aa44997" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4fd75a68f43b4034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re791918fecad4a48" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Among other things, fields allow to insert hyperlinks into documents. Following is a hyperlink to a web address. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;http://www.google.com&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
       <w:fldSimple w:instr="HYPERLINK &quot;https://developer.mescius.com/&quot; \o &quot;Click to open MESCIUS web page&quot; &#9; &quot;_blank&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 1"/>
           </w:rPr>
           <w:t>Click to go to developer.mescius.com.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="14389061708178699645"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="3165434874139465288"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14389061708178699645"/>
+      <w:bookmarkEnd w:id="3165434874139465288"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkEnd&quot; \o &quot;Jumo to BookmarkEnd&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -535,55 +535,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="12327216725510277636"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="13997343243443162185"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12327216725510277636"/>
+      <w:bookmarkEnd w:id="13997343243443162185"/>
       <w:fldSimple w:instr="HYPERLINK \l &quot;BookmarkTop&quot; \o &quot;Jumo to BookmarkTop&quot;">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink style 2"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1128,51 +1128,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R15e2d6b641904d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R957eae721ab4450a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R933bc9ba8516406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R44fe9b78783c43a0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R329c86dc20374332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra2457b144d784566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re551e948d3d44b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re95adb8698404956" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>