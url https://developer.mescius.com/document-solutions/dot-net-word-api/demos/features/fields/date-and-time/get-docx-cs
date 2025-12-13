--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,377 +1,377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5e4b5ae9e3234c2d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8290d2aabd694471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R17f279f6df404c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re06b87b099c24448" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0b77f17c08c54c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb648bce2ee3346ad" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">DATE field with default formatting: </w:t>
       </w:r>
       <w:fldSimple w:instr="DATE">
         <w:r>
-          <w:t>11/3/2025</w:t>
+          <w:t>12/13/2025</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve">TIME field with default formatting: </w:t>
       </w:r>
       <w:fldSimple w:instr="TIME">
         <w:r>
-          <w:t>6:44 AM</w:t>
+          <w:t>5:35 AM</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table demonstrates some custom date/time formats. The left column shows the field code, right column contains the actual field using that code.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy&quot;">
               <w:r>
-                <w:t>11/3/2025</w:t>
+                <w:t>12/13/2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "dddd, MMMM dd, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;dddd, MMMM dd, yyyy&quot;">
               <w:r>
-                <w:t>Monday, November 03, 2025</w:t>
+                <w:t>Saturday, December 13, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMMM d, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMMM d, yyyy&quot;">
               <w:r>
-                <w:t>November 3, 2025</w:t>
+                <w:t>December 13, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yy&quot;">
               <w:r>
-                <w:t>11/3/25</w:t>
+                <w:t>12/13/25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "yyyy-MM-dd"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;yyyy-MM-dd&quot;">
               <w:r>
-                <w:t>2025-11-03</w:t>
+                <w:t>2025-12-13</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "d-MMM-yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;d-MMM-yy&quot;">
               <w:r>
-                <w:t>3-Nov-25</w:t>
+                <w:t>13-Dec-25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M.d.yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M.d.yyyy&quot;">
               <w:r>
-                <w:t>11.3.2025</w:t>
+                <w:t>12.13.2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMM. d, yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMM. d, yy&quot;">
               <w:r>
-                <w:t>Nov. 3, 25</w:t>
+                <w:t>Dec. 13, 25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "d MMMM yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;d MMMM yyyy&quot;">
               <w:r>
-                <w:t>3 November 2025</w:t>
+                <w:t>13 December 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMMM yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMMM yy&quot;">
               <w:r>
-                <w:t>November 25</w:t>
+                <w:t>December 25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMM-yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMM-yy&quot;">
               <w:r>
-                <w:t>Nov-25</w:t>
+                <w:t>Dec-25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy h:mm am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy h:mm am/pm&quot;">
               <w:r>
-                <w:t>11/3/2025 6:44 AM</w:t>
+                <w:t>12/13/2025 5:35 AM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy h:mm:ss am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy h:mm:ss am/pm&quot;">
               <w:r>
-                <w:t>11/3/2025 6:44:31 AM</w:t>
+                <w:t>12/13/2025 5:35:16 AM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "h:mm am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;h:mm am/pm&quot;">
               <w:r>
-                <w:t>6:44 AM</w:t>
+                <w:t>5:35 AM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "h:mm:ss am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;h:mm:ss am/pm&quot;">
               <w:r>
-                <w:t>6:44:31 AM</w:t>
+                <w:t>5:35:16 AM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "HH:mm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;HH:mm&quot;">
               <w:r>
-                <w:t>06:44</w:t>
+                <w:t>05:35</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "'Today is 'MMMM d, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;'Today is 'MMMM d, yyyy&quot;">
               <w:r>
-                <w:t>Today is November 3, 2025</w:t>
+                <w:t>Today is December 13, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -910,51 +910,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re1869a6bcf0547c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1c4903e3c76947bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R61fbaf046ddb4f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra3b77fd38dc24115" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R27ce50295b9b4c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R722af3902ad14c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R07b73a9a2bca4d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0aab7d88a7e94121" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>