--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,233 +1,233 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re06b87b099c24448" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0b77f17c08c54c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb648bce2ee3346ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rabbc542573f14414" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R43f8f848eaa145b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R799061479a0841d5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">DATE field with default formatting: </w:t>
       </w:r>
       <w:fldSimple w:instr="DATE">
         <w:r>
-          <w:t>12/13/2025</w:t>
+          <w:t>12/14/2025</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve">TIME field with default formatting: </w:t>
       </w:r>
       <w:fldSimple w:instr="TIME">
         <w:r>
-          <w:t>5:35 AM</w:t>
+          <w:t>6:25 PM</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table demonstrates some custom date/time formats. The left column shows the field code, right column contains the actual field using that code.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy&quot;">
               <w:r>
-                <w:t>12/13/2025</w:t>
+                <w:t>12/14/2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "dddd, MMMM dd, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;dddd, MMMM dd, yyyy&quot;">
               <w:r>
-                <w:t>Saturday, December 13, 2025</w:t>
+                <w:t>Sunday, December 14, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMMM d, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMMM d, yyyy&quot;">
               <w:r>
-                <w:t>December 13, 2025</w:t>
+                <w:t>December 14, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yy&quot;">
               <w:r>
-                <w:t>12/13/25</w:t>
+                <w:t>12/14/25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "yyyy-MM-dd"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;yyyy-MM-dd&quot;">
               <w:r>
-                <w:t>2025-12-13</w:t>
+                <w:t>2025-12-14</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "d-MMM-yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;d-MMM-yy&quot;">
               <w:r>
-                <w:t>13-Dec-25</w:t>
+                <w:t>14-Dec-25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M.d.yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M.d.yyyy&quot;">
               <w:r>
-                <w:t>12.13.2025</w:t>
+                <w:t>12.14.2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMM. d, yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMM. d, yy&quot;">
               <w:r>
-                <w:t>Dec. 13, 25</w:t>
+                <w:t>Dec. 14, 25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "d MMMM yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;d MMMM yyyy&quot;">
               <w:r>
-                <w:t>13 December 2025</w:t>
+                <w:t>14 December 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMMM yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMMM yy&quot;">
               <w:r>
                 <w:t>December 25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
@@ -237,141 +237,141 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMM-yy&quot;">
               <w:r>
                 <w:t>Dec-25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy h:mm am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy h:mm am/pm&quot;">
               <w:r>
-                <w:t>12/13/2025 5:35 AM</w:t>
+                <w:t>12/14/2025 6:25 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy h:mm:ss am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy h:mm:ss am/pm&quot;">
               <w:r>
-                <w:t>12/13/2025 5:35:16 AM</w:t>
+                <w:t>12/14/2025 6:25:13 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "h:mm am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;h:mm am/pm&quot;">
               <w:r>
-                <w:t>5:35 AM</w:t>
+                <w:t>6:25 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "h:mm:ss am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;h:mm:ss am/pm&quot;">
               <w:r>
-                <w:t>5:35:16 AM</w:t>
+                <w:t>6:25:13 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "HH:mm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;HH:mm&quot;">
               <w:r>
-                <w:t>05:35</w:t>
+                <w:t>18:25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "'Today is 'MMMM d, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;'Today is 'MMMM d, yyyy&quot;">
               <w:r>
-                <w:t>Today is December 13, 2025</w:t>
+                <w:t>Today is December 14, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -910,51 +910,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R27ce50295b9b4c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R722af3902ad14c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R07b73a9a2bca4d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0aab7d88a7e94121" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc453c37f19514d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R882265137c1a4a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra9651759a5ae4ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R675e331df04a4bf8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>