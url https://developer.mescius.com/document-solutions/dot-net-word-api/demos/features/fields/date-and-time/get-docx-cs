--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,233 +1,233 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rabbc542573f14414" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R43f8f848eaa145b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R799061479a0841d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R99ec970c3bf64d0f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R04f0c07b67514d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfbd78fb3cac5435e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">DATE field with default formatting: </w:t>
       </w:r>
       <w:fldSimple w:instr="DATE">
         <w:r>
-          <w:t>12/14/2025</w:t>
+          <w:t>12/16/2025</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve">TIME field with default formatting: </w:t>
       </w:r>
       <w:fldSimple w:instr="TIME">
         <w:r>
-          <w:t>6:25 PM</w:t>
+          <w:t>2:53 PM</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table demonstrates some custom date/time formats. The left column shows the field code, right column contains the actual field using that code.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy&quot;">
               <w:r>
-                <w:t>12/14/2025</w:t>
+                <w:t>12/16/2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "dddd, MMMM dd, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;dddd, MMMM dd, yyyy&quot;">
               <w:r>
-                <w:t>Sunday, December 14, 2025</w:t>
+                <w:t>Tuesday, December 16, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMMM d, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMMM d, yyyy&quot;">
               <w:r>
-                <w:t>December 14, 2025</w:t>
+                <w:t>December 16, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yy&quot;">
               <w:r>
-                <w:t>12/14/25</w:t>
+                <w:t>12/16/25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "yyyy-MM-dd"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;yyyy-MM-dd&quot;">
               <w:r>
-                <w:t>2025-12-14</w:t>
+                <w:t>2025-12-16</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "d-MMM-yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;d-MMM-yy&quot;">
               <w:r>
-                <w:t>14-Dec-25</w:t>
+                <w:t>16-Dec-25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M.d.yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M.d.yyyy&quot;">
               <w:r>
-                <w:t>12.14.2025</w:t>
+                <w:t>12.16.2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMM. d, yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMM. d, yy&quot;">
               <w:r>
-                <w:t>Dec. 14, 25</w:t>
+                <w:t>Dec. 16, 25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "d MMMM yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;d MMMM yyyy&quot;">
               <w:r>
-                <w:t>14 December 2025</w:t>
+                <w:t>16 December 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMMM yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMMM yy&quot;">
               <w:r>
                 <w:t>December 25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
@@ -237,141 +237,141 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMM-yy&quot;">
               <w:r>
                 <w:t>Dec-25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy h:mm am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy h:mm am/pm&quot;">
               <w:r>
-                <w:t>12/14/2025 6:25 PM</w:t>
+                <w:t>12/16/2025 2:53 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy h:mm:ss am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy h:mm:ss am/pm&quot;">
               <w:r>
-                <w:t>12/14/2025 6:25:13 PM</w:t>
+                <w:t>12/16/2025 2:53:01 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "h:mm am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;h:mm am/pm&quot;">
               <w:r>
-                <w:t>6:25 PM</w:t>
+                <w:t>2:53 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "h:mm:ss am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;h:mm:ss am/pm&quot;">
               <w:r>
-                <w:t>6:25:13 PM</w:t>
+                <w:t>2:53:01 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "HH:mm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;HH:mm&quot;">
               <w:r>
-                <w:t>18:25</w:t>
+                <w:t>14:53</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "'Today is 'MMMM d, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;'Today is 'MMMM d, yyyy&quot;">
               <w:r>
-                <w:t>Today is December 14, 2025</w:t>
+                <w:t>Today is December 16, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -910,51 +910,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc453c37f19514d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R882265137c1a4a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra9651759a5ae4ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R675e331df04a4bf8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2d80f9fdf3a84927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdee76208f72048d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbb6b145daa3e4708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3389d0ff5e0f4c7b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>