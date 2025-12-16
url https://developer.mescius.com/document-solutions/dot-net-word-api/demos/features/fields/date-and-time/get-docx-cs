--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,61 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R99ec970c3bf64d0f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R04f0c07b67514d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfbd78fb3cac5435e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R491a686e164f4894" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R416b838fbf9a4491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R63c9b8b2917a453b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">DATE field with default formatting: </w:t>
       </w:r>
       <w:fldSimple w:instr="DATE">
         <w:r>
           <w:t>12/16/2025</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve">TIME field with default formatting: </w:t>
       </w:r>
       <w:fldSimple w:instr="TIME">
         <w:r>
-          <w:t>2:53 PM</w:t>
+          <w:t>5:12 PM</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table demonstrates some custom date/time formats. The left column shows the field code, right column contains the actual field using that code.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
@@ -237,123 +237,123 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMM-yy&quot;">
               <w:r>
                 <w:t>Dec-25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy h:mm am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy h:mm am/pm&quot;">
               <w:r>
-                <w:t>12/16/2025 2:53 PM</w:t>
+                <w:t>12/16/2025 5:12 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy h:mm:ss am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy h:mm:ss am/pm&quot;">
               <w:r>
-                <w:t>12/16/2025 2:53:01 PM</w:t>
+                <w:t>12/16/2025 5:12:13 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "h:mm am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;h:mm am/pm&quot;">
               <w:r>
-                <w:t>2:53 PM</w:t>
+                <w:t>5:12 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "h:mm:ss am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;h:mm:ss am/pm&quot;">
               <w:r>
-                <w:t>2:53:01 PM</w:t>
+                <w:t>5:12:13 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "HH:mm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;HH:mm&quot;">
               <w:r>
-                <w:t>14:53</w:t>
+                <w:t>17:12</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "'Today is 'MMMM d, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;'Today is 'MMMM d, yyyy&quot;">
               <w:r>
                 <w:t>Today is December 16, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
@@ -910,51 +910,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2d80f9fdf3a84927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdee76208f72048d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbb6b145daa3e4708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3389d0ff5e0f4c7b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R49cfd08c134a4c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1d5e6d5374ee47df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R294de48ff8c94b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re8840195e43b42cf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>