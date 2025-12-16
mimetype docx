--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,61 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R491a686e164f4894" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R416b838fbf9a4491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R63c9b8b2917a453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re5c907ffcca948dc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8113ce1b2d0d4cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6c1008a3eeda483c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">DATE field with default formatting: </w:t>
       </w:r>
       <w:fldSimple w:instr="DATE">
         <w:r>
           <w:t>12/16/2025</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve">TIME field with default formatting: </w:t>
       </w:r>
       <w:fldSimple w:instr="TIME">
         <w:r>
-          <w:t>5:12 PM</w:t>
+          <w:t>8:46 PM</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table demonstrates some custom date/time formats. The left column shows the field code, right column contains the actual field using that code.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
@@ -237,123 +237,123 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMM-yy&quot;">
               <w:r>
                 <w:t>Dec-25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy h:mm am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy h:mm am/pm&quot;">
               <w:r>
-                <w:t>12/16/2025 5:12 PM</w:t>
+                <w:t>12/16/2025 8:46 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy h:mm:ss am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy h:mm:ss am/pm&quot;">
               <w:r>
-                <w:t>12/16/2025 5:12:13 PM</w:t>
+                <w:t>12/16/2025 8:46:07 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "h:mm am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;h:mm am/pm&quot;">
               <w:r>
-                <w:t>5:12 PM</w:t>
+                <w:t>8:46 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "h:mm:ss am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;h:mm:ss am/pm&quot;">
               <w:r>
-                <w:t>5:12:13 PM</w:t>
+                <w:t>8:46:07 PM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "HH:mm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;HH:mm&quot;">
               <w:r>
-                <w:t>17:12</w:t>
+                <w:t>20:46</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "'Today is 'MMMM d, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;'Today is 'MMMM d, yyyy&quot;">
               <w:r>
                 <w:t>Today is December 16, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
@@ -910,51 +910,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R49cfd08c134a4c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1d5e6d5374ee47df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R294de48ff8c94b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re8840195e43b42cf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7198261e50944a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R39abed3136ac4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2ed30298abd34f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9827d3cb00d04ba0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>