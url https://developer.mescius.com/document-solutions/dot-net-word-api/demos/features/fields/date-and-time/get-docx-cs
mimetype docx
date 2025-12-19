--- v5 (2025-12-16)
+++ v6 (2025-12-19)
@@ -1,233 +1,233 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re5c907ffcca948dc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8113ce1b2d0d4cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6c1008a3eeda483c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R630771523214492c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc2c625d91e854230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R45343f2c2d0f4cf7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">DATE field with default formatting: </w:t>
       </w:r>
       <w:fldSimple w:instr="DATE">
         <w:r>
-          <w:t>12/16/2025</w:t>
+          <w:t>12/19/2025</w:t>
         </w:r>
       </w:fldSimple>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve">TIME field with default formatting: </w:t>
       </w:r>
       <w:fldSimple w:instr="TIME">
         <w:r>
-          <w:t>8:46 PM</w:t>
+          <w:t>7:17 AM</w:t>
         </w:r>
       </w:fldSimple>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table demonstrates some custom date/time formats. The left column shows the field code, right column contains the actual field using that code.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy&quot;">
               <w:r>
-                <w:t>12/16/2025</w:t>
+                <w:t>12/19/2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "dddd, MMMM dd, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;dddd, MMMM dd, yyyy&quot;">
               <w:r>
-                <w:t>Tuesday, December 16, 2025</w:t>
+                <w:t>Friday, December 19, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMMM d, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMMM d, yyyy&quot;">
               <w:r>
-                <w:t>December 16, 2025</w:t>
+                <w:t>December 19, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yy&quot;">
               <w:r>
-                <w:t>12/16/25</w:t>
+                <w:t>12/19/25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "yyyy-MM-dd"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;yyyy-MM-dd&quot;">
               <w:r>
-                <w:t>2025-12-16</w:t>
+                <w:t>2025-12-19</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "d-MMM-yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;d-MMM-yy&quot;">
               <w:r>
-                <w:t>16-Dec-25</w:t>
+                <w:t>19-Dec-25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M.d.yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M.d.yyyy&quot;">
               <w:r>
-                <w:t>12.16.2025</w:t>
+                <w:t>12.19.2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMM. d, yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMM. d, yy&quot;">
               <w:r>
-                <w:t>Dec. 16, 25</w:t>
+                <w:t>Dec. 19, 25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "d MMMM yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;d MMMM yyyy&quot;">
               <w:r>
-                <w:t>16 December 2025</w:t>
+                <w:t>19 December 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "MMMM yy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMMM yy&quot;">
               <w:r>
                 <w:t>December 25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
@@ -237,141 +237,141 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;MMM-yy&quot;">
               <w:r>
                 <w:t>Dec-25</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy h:mm am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy h:mm am/pm&quot;">
               <w:r>
-                <w:t>12/16/2025 8:46 PM</w:t>
+                <w:t>12/19/2025 7:17 AM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "M/d/yyyy h:mm:ss am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;M/d/yyyy h:mm:ss am/pm&quot;">
               <w:r>
-                <w:t>12/16/2025 8:46:07 PM</w:t>
+                <w:t>12/19/2025 7:17:30 AM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "h:mm am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;h:mm am/pm&quot;">
               <w:r>
-                <w:t>8:46 PM</w:t>
+                <w:t>7:17 AM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "h:mm:ss am/pm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;h:mm:ss am/pm&quot;">
               <w:r>
-                <w:t>8:46:07 PM</w:t>
+                <w:t>7:17:30 AM</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "HH:mm"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;HH:mm&quot;">
               <w:r>
-                <w:t>20:46</w:t>
+                <w:t>07:17</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>DATE \@ "'Today is 'MMMM d, yyyy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:fldSimple w:instr="DATE \@ &quot;'Today is 'MMMM d, yyyy&quot;">
               <w:r>
-                <w:t>Today is December 16, 2025</w:t>
+                <w:t>Today is December 19, 2025</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -910,51 +910,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7198261e50944a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R39abed3136ac4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2ed30298abd34f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9827d3cb00d04ba0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8e9d67f4b164455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8d2195dc7b7a4a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf05e237381a549ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R73d190aa000b4109" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>