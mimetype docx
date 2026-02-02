--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,379 +1,587 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R630771523214492c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc2c625d91e854230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R45343f2c2d0f4cf7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6dd4366d0d8e4be2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4d599c98377f4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2b38c09183294a4b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">DATE field with default formatting: </w:t>
       </w:r>
-      <w:fldSimple w:instr="DATE">
-[...3 lines deleted...]
-      </w:fldSimple>
       <w:r>
-        <w:cr/>
-        <w:t xml:space="preserve">TIME field with default formatting: </w:t>
+        <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:fldSimple w:instr="TIME">
-[...3 lines deleted...]
-      </w:fldSimple>
+      <w:r>
+        <w:instrText xml:space="preserve"> DATE </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>2/2/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>The following table demonstrates some custom date/time formats. The left column shows the field code, right column contains the actual field using that code.</w:t>
+        <w:t xml:space="preserve">TIME field with default formatting: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TIME </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:t>1:24 PM</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t>The following table demonstrates some custom date/time formats. The left column shows the date/time format, the right column contains the calculated field value.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>DATE \@ "M/d/yyyy"</w:t>
-[...297 lines deleted...]
-            </w:fldSimple>
+              <w:t>M/d/yyyy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "M/d/yyyy" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>2/2/2026</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>dddd, MMMM dd, yyyy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "dddd, MMMM dd, yyyy" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>Monday, February 02, 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>MMMM d, yyyy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>February 2, 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>M/d/yy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "M/d/yy" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>2/2/26</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>yyyy-MM-dd</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "yyyy-MM-dd" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>2026-02-02</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>d-MMM-yy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "d-MMM-yy" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>2-Feb-26</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>M.d.yyyy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "M.d.yyyy" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>2.2.2026</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>MMM. d, yy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "MMM. d, yy" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>Feb. 2, 26</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>d MMMM yyyy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "d MMMM yyyy" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>2 February 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>MMMM yy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "MMMM yy" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>February 26</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>MMM-yy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "MMM-yy" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>Feb-26</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>M/d/yyyy h:mm am/pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "M/d/yyyy h:mm am/pm" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>2/2/2026 1:24 PM</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>M/d/yyyy h:mm:ss am/pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "M/d/yyyy h:mm:ss am/pm" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>2/2/2026 1:24:21 PM</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>h:mm am/pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "h:mm am/pm" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>1:24 PM</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>h:mm:ss am/pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "h:mm:ss am/pm" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>1:24:21 PM</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>HH:mm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "HH:mm" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>13:24</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>'Today is 'MMMM d, yyyy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> DATE \@ "'Today is 'MMMM d, yyyy" </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:t>Today is February 2, 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -910,51 +1118,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8e9d67f4b164455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8d2195dc7b7a4a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf05e237381a549ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R73d190aa000b4109" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb9a1d30346a64598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R94a89e58459d43a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcc51912aa4b549bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0ebe5b10cc834237" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>