--- v7 (2026-02-02)
+++ v8 (2026-03-19)
@@ -1,583 +1,583 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6dd4366d0d8e4be2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4d599c98377f4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2b38c09183294a4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0e1cd1b4a2884e3d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfb5749a9a0304c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ree60f60a07a44baf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">DATE field with default formatting: </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> DATE </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>2/2/2026</w:t>
+        <w:t>3/19/2026</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">TIME field with default formatting: </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TIME </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>1:24 PM</w:t>
+        <w:t>11:00 PM</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table demonstrates some custom date/time formats. The left column shows the date/time format, the right column contains the calculated field value.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>M/d/yyyy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "M/d/yyyy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>2/2/2026</w:t>
+              <w:t>3/19/2026</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>dddd, MMMM dd, yyyy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "dddd, MMMM dd, yyyy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>Monday, February 02, 2026</w:t>
+              <w:t>Thursday, March 19, 2026</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>MMMM d, yyyy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>February 2, 2026</w:t>
+              <w:t>March 19, 2026</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>M/d/yy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "M/d/yy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>2/2/26</w:t>
+              <w:t>3/19/26</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>yyyy-MM-dd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "yyyy-MM-dd" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>2026-02-02</w:t>
+              <w:t>2026-03-19</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>d-MMM-yy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "d-MMM-yy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>2-Feb-26</w:t>
+              <w:t>19-Mar-26</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>M.d.yyyy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "M.d.yyyy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>2.2.2026</w:t>
+              <w:t>3.19.2026</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>MMM. d, yy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "MMM. d, yy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>Feb. 2, 26</w:t>
+              <w:t>Mar. 19, 26</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>d MMMM yyyy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "d MMMM yyyy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>2 February 2026</w:t>
+              <w:t>19 March 2026</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>MMMM yy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "MMMM yy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>February 26</w:t>
+              <w:t>March 26</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>MMM-yy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "MMM-yy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>Feb-26</w:t>
+              <w:t>Mar-26</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>M/d/yyyy h:mm am/pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "M/d/yyyy h:mm am/pm" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>2/2/2026 1:24 PM</w:t>
+              <w:t>3/19/2026 11:00 PM</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>M/d/yyyy h:mm:ss am/pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "M/d/yyyy h:mm:ss am/pm" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>2/2/2026 1:24:21 PM</w:t>
+              <w:t>3/19/2026 11:00:03 PM</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>h:mm am/pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "h:mm am/pm" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>1:24 PM</w:t>
+              <w:t>11:00 PM</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>h:mm:ss am/pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "h:mm:ss am/pm" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>1:24:21 PM</w:t>
+              <w:t>11:00:03 PM</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>HH:mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "HH:mm" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>13:24</w:t>
+              <w:t>23:00</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>'Today is 'MMMM d, yyyy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "'Today is 'MMMM d, yyyy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>Today is February 2, 2026</w:t>
+              <w:t>Today is March 19, 2026</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1118,51 +1118,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb9a1d30346a64598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R94a89e58459d43a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcc51912aa4b549bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0ebe5b10cc834237" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R99dbef022a484e35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R12e7217aa7124e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf33e08396c464690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R66f4d40219d64858" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>