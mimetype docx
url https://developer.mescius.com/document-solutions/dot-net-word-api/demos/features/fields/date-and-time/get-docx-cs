--- v8 (2026-03-19)
+++ v9 (2026-03-20)
@@ -1,351 +1,351 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0e1cd1b4a2884e3d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfb5749a9a0304c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ree60f60a07a44baf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9ef1045334944df5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbecf95e854d54bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc22efd8ad48c4042" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">DATE field with default formatting: </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> DATE </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>3/19/2026</w:t>
+        <w:t>3/20/2026</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">TIME field with default formatting: </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TIME </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
-        <w:t>11:00 PM</w:t>
+        <w:t>12:47 AM</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The following table demonstrates some custom date/time formats. The left column shows the date/time format, the right column contains the calculated field value.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>M/d/yyyy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "M/d/yyyy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>3/19/2026</w:t>
+              <w:t>3/20/2026</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>dddd, MMMM dd, yyyy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "dddd, MMMM dd, yyyy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>Thursday, March 19, 2026</w:t>
+              <w:t>Friday, March 20, 2026</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>MMMM d, yyyy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>March 19, 2026</w:t>
+              <w:t>March 20, 2026</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>M/d/yy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "M/d/yy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>3/19/26</w:t>
+              <w:t>3/20/26</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>yyyy-MM-dd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "yyyy-MM-dd" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>2026-03-19</w:t>
+              <w:t>2026-03-20</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>d-MMM-yy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "d-MMM-yy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>19-Mar-26</w:t>
+              <w:t>20-Mar-26</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>M.d.yyyy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "M.d.yyyy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>3.19.2026</w:t>
+              <w:t>3.20.2026</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>MMM. d, yy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "MMM. d, yy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>Mar. 19, 26</w:t>
+              <w:t>Mar. 20, 26</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>d MMMM yyyy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "d MMMM yyyy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>19 March 2026</w:t>
+              <w:t>20 March 2026</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>MMMM yy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "MMMM yy" </w:instrText>
             </w:r>
             <w:r>
@@ -388,196 +388,196 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>M/d/yyyy h:mm am/pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "M/d/yyyy h:mm am/pm" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>3/19/2026 11:00 PM</w:t>
+              <w:t>3/20/2026 12:47 AM</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>M/d/yyyy h:mm:ss am/pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "M/d/yyyy h:mm:ss am/pm" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>3/19/2026 11:00:03 PM</w:t>
+              <w:t>3/20/2026 12:47:58 AM</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>h:mm am/pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "h:mm am/pm" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>11:00 PM</w:t>
+              <w:t>12:47 AM</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>h:mm:ss am/pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "h:mm:ss am/pm" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>11:00:03 PM</w:t>
+              <w:t>12:47:58 AM</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>HH:mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "HH:mm" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>23:00</w:t>
+              <w:t>00:47</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>'Today is 'MMMM d, yyyy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> DATE \@ "'Today is 'MMMM d, yyyy" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
-              <w:t>Today is March 19, 2026</w:t>
+              <w:t>Today is March 20, 2026</w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1118,51 +1118,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R99dbef022a484e35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R12e7217aa7124e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf33e08396c464690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R66f4d40219d64858" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R59bf838716dc446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1b852b5de5e5487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra3d30b1e6f664ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra8ee54f7a2114462" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>