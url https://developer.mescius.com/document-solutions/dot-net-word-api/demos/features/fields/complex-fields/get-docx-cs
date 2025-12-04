--- v0 (2025-10-17)
+++ v1 (2025-12-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rea8448e1d23e4fdd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd624303adcae44f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a9423b49a62481b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R071704d1585d42f4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R19914749a35c454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R74267fb3946a4ba9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Testing whether it is the New Year yet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Today is </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve">IF </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
@@ -624,51 +624,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R53c74d4ca8c8400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd0f3e92a50334dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R30c6190e02184d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rceb6c3ea0933488b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1952f8a3623d4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rabc0969be60243b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbc9f9d7dcada4e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e131c0bbc224081" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>