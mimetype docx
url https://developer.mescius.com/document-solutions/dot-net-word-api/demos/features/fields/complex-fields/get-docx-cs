--- v1 (2025-12-04)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R071704d1585d42f4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R19914749a35c454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R74267fb3946a4ba9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R53905fe3805e459c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R46086135d41045a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra4a36bc0819241f9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Testing whether it is the New Year yet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Today is </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve">IF </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
@@ -624,51 +624,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1952f8a3623d4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rabc0969be60243b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbc9f9d7dcada4e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e131c0bbc224081" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R17014e068f3746ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4136470829ca4e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R395ed4dee6a54e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb35b45ce3da24519" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>