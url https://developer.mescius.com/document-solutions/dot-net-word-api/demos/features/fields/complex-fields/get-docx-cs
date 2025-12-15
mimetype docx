--- v2 (2025-12-14)
+++ v3 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R53905fe3805e459c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R46086135d41045a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra4a36bc0819241f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra59e710426344f79" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R009887e8339342f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R87aefab81eaa4c5b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Testing whether it is the New Year yet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Today is </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve">IF </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
@@ -624,51 +624,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R17014e068f3746ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4136470829ca4e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R395ed4dee6a54e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb35b45ce3da24519" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R51f15e2995be48f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R13a3e7e8865e4f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raab50d237b1f4d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2837a9c64d8741c6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>