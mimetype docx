--- v3 (2025-12-15)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra59e710426344f79" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R009887e8339342f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R87aefab81eaa4c5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reaf17e414d8f4846" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7f11336ede4641b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R284809c5bca24dac" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Testing whether it is the New Year yet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Today is </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve">IF </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
@@ -624,51 +624,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R51f15e2995be48f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R13a3e7e8865e4f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raab50d237b1f4d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2837a9c64d8741c6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R823dc864681a45c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra52baffdb9884f67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2d2c49522d7541a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6357001d46bb4f5d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>