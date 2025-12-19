--- v4 (2025-12-16)
+++ v5 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reaf17e414d8f4846" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7f11336ede4641b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R284809c5bca24dac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcb5b34d2f5e5447d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf1c159615ce24e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R29a615e32dcc4cec" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Testing whether it is the New Year yet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Today is </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve">IF </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
@@ -624,51 +624,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R823dc864681a45c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra52baffdb9884f67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2d2c49522d7541a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6357001d46bb4f5d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6f257aa86fca4ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc0e2a5550e2248af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re29ddbd546a7427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8e6b23eabe564fb7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>