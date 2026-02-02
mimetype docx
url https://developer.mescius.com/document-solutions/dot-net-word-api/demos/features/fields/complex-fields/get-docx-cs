--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcb5b34d2f5e5447d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf1c159615ce24e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R29a615e32dcc4cec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6932f9d9c07649b6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R951c08c21a2143ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc738dd8d2e6a4988" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Testing whether it is the New Year yet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Today is </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve">IF </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
@@ -624,51 +624,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6f257aa86fca4ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc0e2a5550e2248af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re29ddbd546a7427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8e6b23eabe564fb7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R682ef93e45e04ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rec4e2721609f43f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4d50fbe6cfe14c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R85d6009fb0f34e79" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>