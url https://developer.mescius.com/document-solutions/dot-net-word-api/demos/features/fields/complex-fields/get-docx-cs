--- v6 (2026-02-02)
+++ v7 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6932f9d9c07649b6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R951c08c21a2143ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc738dd8d2e6a4988" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R04aaa5c1b5f847fc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rce4d350f4e91466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc609939df90341a2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Testing whether it is the New Year yet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Today is </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve">IF </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
@@ -624,51 +624,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R682ef93e45e04ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rec4e2721609f43f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4d50fbe6cfe14c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R85d6009fb0f34e79" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R18771c9fd3ff4e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0338da1737294cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R569b64eee3884fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd29fe86cf9414c26" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>