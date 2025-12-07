--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -638,70 +638,70 @@
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc478732556 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00BF703F" w:rsidP="00E83C8E" w:rsidRDefault="00D165CE" w14:paraId="50A5F014" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732546" w:id="18305356674635850398"/>
+      <w:bookmarkStart w:name="_Toc478732546" w:id="577040649037859542"/>
       <w:bookmarkStart w:name="_Toc478732395" w:id="1"/>
       <w:bookmarkStart w:name="_Toc478732474" w:id="2"/>
       <w:bookmarkStart w:name="_Toc478732541" w:id="3"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Preface - About this </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00DE319E">
         <w:t>E-boo</w:t>
       </w:r>
       <w:bookmarkStart w:name="goals-and-motivation" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="007007B6">
         <w:t>k and why it exists</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="18305356674635850398"/>
+      <w:bookmarkEnd w:id="577040649037859542"/>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="00BF703F" w:rsidRDefault="001D76AB" w14:paraId="08F7FDF2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE5A8D" w:rsidP="00BF703F" w:rsidRDefault="00D165CE" w14:paraId="2CD5D5C0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">Overall, this </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F" w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve"> has a singular, focused goal:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
@@ -1014,66 +1014,66 @@
         <w:t xml:space="preserve"> the current state of JavaScript frameworks. Whether you're just trying to support a variety of developers (like </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>me!)</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> or you're </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t xml:space="preserve">embarking </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>on a new web project, it never hurts to have a quick</w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>, accessible guide</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> that summarizes your options. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="3D3FE0FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732547" w:id="4900572788114629259"/>
+      <w:bookmarkStart w:name="_Toc478732547" w:id="11602919880147836948"/>
       <w:bookmarkStart w:name="significance-by-association" w:id="5"/>
       <w:bookmarkStart w:name="_Toc478732262" w:id="6"/>
       <w:bookmarkStart w:name="_Toc478732396" w:id="7"/>
       <w:bookmarkStart w:name="_Toc478732475" w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Significance by Association</w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>: Top Companies Love Frameworks</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="4900572788114629259"/>
+      <w:bookmarkEnd w:id="11602919880147836948"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="56A6D2C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the top JavaScript frameworks discussed in this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are</w:t>
       </w:r>
       <w:r w:rsidR="005B1E25">
         <w:t xml:space="preserve"> made</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by Google and Facebook. </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>F</w:t>
       </w:r>
       <w:r>
@@ -1122,62 +1122,62 @@
         <w:t xml:space="preserve"> is intended for everyone, but depending on your experience, you may want to start at a different point.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2056" w:rsidRDefault="000C2056" w14:paraId="5AFACA0D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semibold" w:hAnsi="Segoe UI Semibold" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="reading-guide" w:id="9"/>
       <w:bookmarkStart w:name="_Toc478732263" w:id="10"/>
       <w:bookmarkStart w:name="_Toc478732397" w:id="11"/>
       <w:bookmarkStart w:name="_Toc478732476" w:id="12"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="095F3AD2" w14:textId="517D9CF2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732548" w:id="16645223162308281058"/>
+      <w:bookmarkStart w:name="_Toc478732548" w:id="8914753925466469275"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t>Reading Guide</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="001D76AB">
         <w:br/>
       </w:r>
-      <w:bookmarkEnd w:id="16645223162308281058"/>
+      <w:bookmarkEnd w:id="8914753925466469275"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="07E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="true" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2712"/>
         <w:gridCol w:w="6638"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidTr="009305EE" w14:paraId="290887E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="001D76AB" w14:paraId="25604329" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
@@ -1433,87 +1433,87 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="00D165CE" w14:paraId="13E4CB7C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">...fitting a framework. This section talks about how to decide which framework is right for your projects. Even if you're already familiar with the latest and greatest in JavaScript frameworks, the concluding sections of the </w:t>
             </w:r>
             <w:r w:rsidR="00DE319E">
               <w:t>e-book</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> may be useful in helping you start new projects utilizing them.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="1B95E47A" w14:textId="0CA94B99">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732549" w:id="8529794508521567976"/>
+      <w:bookmarkStart w:name="_Toc478732549" w:id="12641861258923238055"/>
       <w:bookmarkStart w:name="introduction---a-shifting-view" w:id="13"/>
       <w:bookmarkStart w:name="_Toc478732398" w:id="14"/>
       <w:bookmarkStart w:name="_Toc478732477" w:id="15"/>
       <w:bookmarkStart w:name="_Toc478732542" w:id="16"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Part 1. A Quick Look at JavaScript</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="8529794508521567976"/>
+      <w:bookmarkEnd w:id="12641861258923238055"/>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="606AEB25" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732550" w:id="1818901927376583174"/>
+      <w:bookmarkStart w:name="_Toc478732550" w:id="14118414150501907990"/>
       <w:bookmarkStart w:name="the-humble-beginnings-of-javascript" w:id="17"/>
       <w:bookmarkStart w:name="the-language-itself" w:id="18"/>
       <w:bookmarkStart w:name="_Toc478732399" w:id="19"/>
       <w:bookmarkStart w:name="_Toc478732478" w:id="20"/>
       <w:bookmarkStart w:name="_Toc478732543" w:id="21"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>About JavaScript as a Language</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="1818901927376583174"/>
+      <w:bookmarkEnd w:id="14118414150501907990"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="00CBC795" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you haven't used JavaScript yet, don't fear! </w:t>
       </w:r>
       <w:r w:rsidR="00C42A91">
         <w:t>This</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is the best and most exciting time to learn this beautiful, dazzling, bewildering language. The reason this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> exists is because of the booming web development field, and right now the focus of that field is JavaScript. Relatively recent developments like the release of the Node.js server platform, rich updates to browser APIs, and codification of new JavaScript language specifications have established JavaScript as a viable option for programming </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -1750,64 +1750,64 @@
         </w:rPr>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidRPr="004B351E" w:rsidR="00653E9D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003862CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="001D76AB" w:rsidRDefault="001D76AB" w14:paraId="2BC79AEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:name="a-rich-history" w:id="22"/>
       <w:bookmarkStart w:name="where-is-javascript-now" w:id="23"/>
       <w:bookmarkStart w:name="what-is-a-javascript-framework" w:id="24"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="238F1E09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732551" w:id="18206114913584145564"/>
+      <w:bookmarkStart w:name="_Toc478732551" w:id="1578918007453594580"/>
       <w:bookmarkStart w:name="_Toc478732400" w:id="25"/>
       <w:bookmarkStart w:name="_Toc478732479" w:id="26"/>
       <w:bookmarkStart w:name="_Toc478732544" w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">1.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>What is a JavaScript Framework?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="18206114913584145564"/>
+      <w:bookmarkEnd w:id="1578918007453594580"/>
     </w:p>
     <w:p w:rsidR="00186A6C" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="448011FE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>When I say "JavaScript framework</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t>", I'm referring to a front</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">end "MVC" framework written in and designed to be used with JavaScript. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00071466" w14:paraId="003F0522" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
@@ -1871,66 +1871,66 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>JavaScript frameworks are all about separating out your concerns, man</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00071466" w:rsidR="00697009" w:rsidP="004B351E" w:rsidRDefault="00697009" w14:paraId="0CB4A440" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="PullQuote"/>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:pPr>
       <w:r w:rsidRPr="00071466">
         <w:lastRenderedPageBreak/>
         <w:t>JavaScript frameworks are all about separating out your concerns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="090DD5E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732552" w:id="16371635914018288606"/>
+      <w:bookmarkStart w:name="_Toc478732552" w:id="5783528449028201190"/>
       <w:bookmarkStart w:name="mvc-and-other-software-design-patterns" w:id="28"/>
       <w:bookmarkStart w:name="_Toc478732401" w:id="29"/>
       <w:bookmarkStart w:name="_Toc478732480" w:id="30"/>
       <w:bookmarkStart w:name="_Toc478732545" w:id="31"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">1.3. </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00D165CE">
         <w:t>MVC and Other Software Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:bookmarkEnd w:id="16371635914018288606"/>
+      <w:bookmarkEnd w:id="5783528449028201190"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00850D2F" w14:paraId="72D334E0" w14:textId="1B0C1838">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="3A09EA0C" wp14:anchorId="33ACC78E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>1052830</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1581150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3838575" cy="4186323"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="35" name="Picture 35"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -2013,56 +2013,56 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> variations of this exact pattern exist</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> and frameworks utilize all kinds of different "parts." You could probably describe most JavaScript frameworks as having these parts, but rather than try to pin down exact implementations right now, just try to understand the concept.</w:t>
       </w:r>
       <w:bookmarkStart w:name="_GoBack" w:id="32"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w:rsidRPr="00697009" w:rsidR="00697009" w:rsidP="00CC46C3" w:rsidRDefault="00CC46C3" w14:paraId="2BA07B00" w14:textId="472601AB">
       <w:pPr>
         <w:pStyle w:val="ImageCaption"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC46C3">
         <w:t>Fig 1. A simplistic depiction of the components of a typical MVC software architecture along with the actions associated with each.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="469B8B16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732553" w:id="5006731597713351290"/>
+      <w:bookmarkStart w:name="_Toc478732553" w:id="5139534290358600821"/>
       <w:r w:rsidRPr="004B351E">
         <w:lastRenderedPageBreak/>
         <w:t>The model</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5006731597713351290"/>
+      <w:bookmarkEnd w:id="5139534290358600821"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="5833ADE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>In MVC software, the model is a standalone unit that represents the data your application uses. If you're building an application that lets city residents register their pets online, for example, you might have a model for dogs and a model for cats:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="51A32167" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="SourceCode"/>
         <w:wordWrap/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="VerbatimChar"/>
         </w:rPr>
         <w:t>Model Dog {</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -2268,55 +2268,55 @@
         <w:t xml:space="preserve">. Other parts can interact with the model, </w:t>
       </w:r>
       <w:r w:rsidR="00082AB7">
         <w:t xml:space="preserve">but </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the model </w:t>
       </w:r>
       <w:r w:rsidR="0043224C">
         <w:t>explicitly puts forth rules for such interaction</w:t>
       </w:r>
       <w:r>
         <w:t>. This is essential</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as it allows you to abstract data management away from the user-facing parts of the app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="08F55F52" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732554" w:id="13686425525352600609"/>
+      <w:bookmarkStart w:name="_Toc478732554" w:id="12526563217519060690"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The view</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13686425525352600609"/>
+      <w:bookmarkEnd w:id="12526563217519060690"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="485679BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The view of an application is the part with which </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t xml:space="preserve">users and developers are </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">most familiar. The view is simply a compartment for holding controls and other UI elements that allow users to interact with your application. Many platforms refer to views as "forms" or </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"pages." Specifically, you can think of views as HTML pages on the web or XAML forms on Windows. </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t>Front-end</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> code can be used to directly modify the view (e.g. JavaScript animations on the web), but in many cases</w:t>
       </w:r>
@@ -2408,55 +2408,55 @@
         <w:t xml:space="preserve"> freely</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="0B3F79C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Until the dawn of MVC frameworks, developers had a tough time tackling this issue. Many developers had no choice but to combine view markup with data access logic and other computations. As we all know, this leads to an unresponsive and unpleasant experience for the user. Luckily, MVC (and similar) frameworks solve this issue by abstracting away code that deals with data manipulation and other calculation. We've already seen how the model contributes to the solution by giving us another place to worry about data, but now let's check out the controller's role in making our lives easier. (Computers do live to serve us, </w:t>
       </w:r>
       <w:r w:rsidR="00131750">
         <w:t>right?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Right...?)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="1D2F9B4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732555" w:id="11236095206525179772"/>
+      <w:bookmarkStart w:name="_Toc478732555" w:id="17895246723160572705"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The controller</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11236095206525179772"/>
+      <w:bookmarkEnd w:id="17895246723160572705"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="4665311C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>If we think about an MVC application as analogous to a human brain, the model would be the brain's memories, the view would be the senses and the voice (for communicating with the outside world), and the controller would be everything else. The controller of an application takes many different forms across various frameworks, but its purpose is universal: masterminding the operations of an app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D016B" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="3319E719" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We'll talk about how controllers are implemented for each of the frameworks </w:t>
       </w:r>
       <w:r w:rsidR="009D016B">
         <w:t>we cover</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -2938,61 +2938,61 @@
         <w:t xml:space="preserve"> event to which the controller can subscribe and respond accordingly. Typically, the controller can also provide access to properties and methods </w:t>
       </w:r>
       <w:r w:rsidR="00AD217F">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r>
         <w:t>the view can access if it so chooses. The point is, the view has control over information flow.</w:t>
       </w:r>
       <w:r w:rsidR="004305C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="004305C3" w14:paraId="6C1EC620" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>That’s the classic, original way of thinking that led to the development of frameworks. Many applications are still designed with the MVC pattern, but several popular variations exist. In fact, some of the frameworks we will discuss lend themselves more to other software design patterns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="73A3B195" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732556" w:id="13232158968637717060"/>
+      <w:bookmarkStart w:name="_Toc478732556" w:id="18039331466167491271"/>
       <w:bookmarkStart w:name="variations-on-design-patterns" w:id="33"/>
       <w:bookmarkStart w:name="_Toc478732268" w:id="34"/>
       <w:bookmarkStart w:name="_Toc478732402" w:id="35"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Variations on Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="13232158968637717060"/>
+      <w:bookmarkEnd w:id="18039331466167491271"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="69E099FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>The important thing to denote here is that</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> these patterns </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">provide the developer with the tools </w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r>
         <w:t>need to separate concerns</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>