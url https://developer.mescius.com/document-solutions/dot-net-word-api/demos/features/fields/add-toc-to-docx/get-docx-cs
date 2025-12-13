--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -638,70 +638,70 @@
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc478732556 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00BF703F" w:rsidP="00E83C8E" w:rsidRDefault="00D165CE" w14:paraId="50A5F014" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732546" w:id="577040649037859542"/>
+      <w:bookmarkStart w:name="_Toc478732546" w:id="17385160655791056748"/>
       <w:bookmarkStart w:name="_Toc478732395" w:id="1"/>
       <w:bookmarkStart w:name="_Toc478732474" w:id="2"/>
       <w:bookmarkStart w:name="_Toc478732541" w:id="3"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Preface - About this </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00DE319E">
         <w:t>E-boo</w:t>
       </w:r>
       <w:bookmarkStart w:name="goals-and-motivation" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="007007B6">
         <w:t>k and why it exists</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="577040649037859542"/>
+      <w:bookmarkEnd w:id="17385160655791056748"/>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="00BF703F" w:rsidRDefault="001D76AB" w14:paraId="08F7FDF2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE5A8D" w:rsidP="00BF703F" w:rsidRDefault="00D165CE" w14:paraId="2CD5D5C0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">Overall, this </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F" w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve"> has a singular, focused goal:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
@@ -1014,66 +1014,66 @@
         <w:t xml:space="preserve"> the current state of JavaScript frameworks. Whether you're just trying to support a variety of developers (like </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>me!)</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> or you're </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t xml:space="preserve">embarking </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>on a new web project, it never hurts to have a quick</w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>, accessible guide</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> that summarizes your options. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="3D3FE0FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732547" w:id="11602919880147836948"/>
+      <w:bookmarkStart w:name="_Toc478732547" w:id="121448589687986893"/>
       <w:bookmarkStart w:name="significance-by-association" w:id="5"/>
       <w:bookmarkStart w:name="_Toc478732262" w:id="6"/>
       <w:bookmarkStart w:name="_Toc478732396" w:id="7"/>
       <w:bookmarkStart w:name="_Toc478732475" w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Significance by Association</w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>: Top Companies Love Frameworks</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="11602919880147836948"/>
+      <w:bookmarkEnd w:id="121448589687986893"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="56A6D2C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the top JavaScript frameworks discussed in this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are</w:t>
       </w:r>
       <w:r w:rsidR="005B1E25">
         <w:t xml:space="preserve"> made</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by Google and Facebook. </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>F</w:t>
       </w:r>
       <w:r>
@@ -1122,62 +1122,62 @@
         <w:t xml:space="preserve"> is intended for everyone, but depending on your experience, you may want to start at a different point.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2056" w:rsidRDefault="000C2056" w14:paraId="5AFACA0D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semibold" w:hAnsi="Segoe UI Semibold" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="reading-guide" w:id="9"/>
       <w:bookmarkStart w:name="_Toc478732263" w:id="10"/>
       <w:bookmarkStart w:name="_Toc478732397" w:id="11"/>
       <w:bookmarkStart w:name="_Toc478732476" w:id="12"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="095F3AD2" w14:textId="517D9CF2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732548" w:id="8914753925466469275"/>
+      <w:bookmarkStart w:name="_Toc478732548" w:id="5977541036156812102"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t>Reading Guide</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="001D76AB">
         <w:br/>
       </w:r>
-      <w:bookmarkEnd w:id="8914753925466469275"/>
+      <w:bookmarkEnd w:id="5977541036156812102"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="07E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="true" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2712"/>
         <w:gridCol w:w="6638"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidTr="009305EE" w14:paraId="290887E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="001D76AB" w14:paraId="25604329" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
@@ -1433,87 +1433,87 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="00D165CE" w14:paraId="13E4CB7C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">...fitting a framework. This section talks about how to decide which framework is right for your projects. Even if you're already familiar with the latest and greatest in JavaScript frameworks, the concluding sections of the </w:t>
             </w:r>
             <w:r w:rsidR="00DE319E">
               <w:t>e-book</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> may be useful in helping you start new projects utilizing them.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="1B95E47A" w14:textId="0CA94B99">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732549" w:id="12641861258923238055"/>
+      <w:bookmarkStart w:name="_Toc478732549" w:id="13370640700199310364"/>
       <w:bookmarkStart w:name="introduction---a-shifting-view" w:id="13"/>
       <w:bookmarkStart w:name="_Toc478732398" w:id="14"/>
       <w:bookmarkStart w:name="_Toc478732477" w:id="15"/>
       <w:bookmarkStart w:name="_Toc478732542" w:id="16"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Part 1. A Quick Look at JavaScript</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="12641861258923238055"/>
+      <w:bookmarkEnd w:id="13370640700199310364"/>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="606AEB25" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732550" w:id="14118414150501907990"/>
+      <w:bookmarkStart w:name="_Toc478732550" w:id="15025354135388402808"/>
       <w:bookmarkStart w:name="the-humble-beginnings-of-javascript" w:id="17"/>
       <w:bookmarkStart w:name="the-language-itself" w:id="18"/>
       <w:bookmarkStart w:name="_Toc478732399" w:id="19"/>
       <w:bookmarkStart w:name="_Toc478732478" w:id="20"/>
       <w:bookmarkStart w:name="_Toc478732543" w:id="21"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>About JavaScript as a Language</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="14118414150501907990"/>
+      <w:bookmarkEnd w:id="15025354135388402808"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="00CBC795" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you haven't used JavaScript yet, don't fear! </w:t>
       </w:r>
       <w:r w:rsidR="00C42A91">
         <w:t>This</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is the best and most exciting time to learn this beautiful, dazzling, bewildering language. The reason this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> exists is because of the booming web development field, and right now the focus of that field is JavaScript. Relatively recent developments like the release of the Node.js server platform, rich updates to browser APIs, and codification of new JavaScript language specifications have established JavaScript as a viable option for programming </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -1750,64 +1750,64 @@
         </w:rPr>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidRPr="004B351E" w:rsidR="00653E9D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003862CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="001D76AB" w:rsidRDefault="001D76AB" w14:paraId="2BC79AEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:name="a-rich-history" w:id="22"/>
       <w:bookmarkStart w:name="where-is-javascript-now" w:id="23"/>
       <w:bookmarkStart w:name="what-is-a-javascript-framework" w:id="24"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="238F1E09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732551" w:id="1578918007453594580"/>
+      <w:bookmarkStart w:name="_Toc478732551" w:id="11979871569859162414"/>
       <w:bookmarkStart w:name="_Toc478732400" w:id="25"/>
       <w:bookmarkStart w:name="_Toc478732479" w:id="26"/>
       <w:bookmarkStart w:name="_Toc478732544" w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">1.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>What is a JavaScript Framework?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="1578918007453594580"/>
+      <w:bookmarkEnd w:id="11979871569859162414"/>
     </w:p>
     <w:p w:rsidR="00186A6C" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="448011FE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>When I say "JavaScript framework</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t>", I'm referring to a front</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">end "MVC" framework written in and designed to be used with JavaScript. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00071466" w14:paraId="003F0522" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
@@ -1871,66 +1871,66 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>JavaScript frameworks are all about separating out your concerns, man</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00071466" w:rsidR="00697009" w:rsidP="004B351E" w:rsidRDefault="00697009" w14:paraId="0CB4A440" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="PullQuote"/>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:pPr>
       <w:r w:rsidRPr="00071466">
         <w:lastRenderedPageBreak/>
         <w:t>JavaScript frameworks are all about separating out your concerns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="090DD5E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732552" w:id="5783528449028201190"/>
+      <w:bookmarkStart w:name="_Toc478732552" w:id="4959453780126621217"/>
       <w:bookmarkStart w:name="mvc-and-other-software-design-patterns" w:id="28"/>
       <w:bookmarkStart w:name="_Toc478732401" w:id="29"/>
       <w:bookmarkStart w:name="_Toc478732480" w:id="30"/>
       <w:bookmarkStart w:name="_Toc478732545" w:id="31"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">1.3. </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00D165CE">
         <w:t>MVC and Other Software Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:bookmarkEnd w:id="5783528449028201190"/>
+      <w:bookmarkEnd w:id="4959453780126621217"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00850D2F" w14:paraId="72D334E0" w14:textId="1B0C1838">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="3A09EA0C" wp14:anchorId="33ACC78E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>1052830</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1581150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3838575" cy="4186323"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="35" name="Picture 35"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -2013,56 +2013,56 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> variations of this exact pattern exist</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> and frameworks utilize all kinds of different "parts." You could probably describe most JavaScript frameworks as having these parts, but rather than try to pin down exact implementations right now, just try to understand the concept.</w:t>
       </w:r>
       <w:bookmarkStart w:name="_GoBack" w:id="32"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w:rsidRPr="00697009" w:rsidR="00697009" w:rsidP="00CC46C3" w:rsidRDefault="00CC46C3" w14:paraId="2BA07B00" w14:textId="472601AB">
       <w:pPr>
         <w:pStyle w:val="ImageCaption"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC46C3">
         <w:t>Fig 1. A simplistic depiction of the components of a typical MVC software architecture along with the actions associated with each.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="469B8B16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732553" w:id="5139534290358600821"/>
+      <w:bookmarkStart w:name="_Toc478732553" w:id="5833385955504860240"/>
       <w:r w:rsidRPr="004B351E">
         <w:lastRenderedPageBreak/>
         <w:t>The model</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5139534290358600821"/>
+      <w:bookmarkEnd w:id="5833385955504860240"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="5833ADE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>In MVC software, the model is a standalone unit that represents the data your application uses. If you're building an application that lets city residents register their pets online, for example, you might have a model for dogs and a model for cats:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="51A32167" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="SourceCode"/>
         <w:wordWrap/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="VerbatimChar"/>
         </w:rPr>
         <w:t>Model Dog {</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -2268,55 +2268,55 @@
         <w:t xml:space="preserve">. Other parts can interact with the model, </w:t>
       </w:r>
       <w:r w:rsidR="00082AB7">
         <w:t xml:space="preserve">but </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the model </w:t>
       </w:r>
       <w:r w:rsidR="0043224C">
         <w:t>explicitly puts forth rules for such interaction</w:t>
       </w:r>
       <w:r>
         <w:t>. This is essential</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as it allows you to abstract data management away from the user-facing parts of the app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="08F55F52" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732554" w:id="12526563217519060690"/>
+      <w:bookmarkStart w:name="_Toc478732554" w:id="671976165317857289"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The view</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12526563217519060690"/>
+      <w:bookmarkEnd w:id="671976165317857289"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="485679BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The view of an application is the part with which </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t xml:space="preserve">users and developers are </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">most familiar. The view is simply a compartment for holding controls and other UI elements that allow users to interact with your application. Many platforms refer to views as "forms" or </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"pages." Specifically, you can think of views as HTML pages on the web or XAML forms on Windows. </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t>Front-end</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> code can be used to directly modify the view (e.g. JavaScript animations on the web), but in many cases</w:t>
       </w:r>
@@ -2408,55 +2408,55 @@
         <w:t xml:space="preserve"> freely</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="0B3F79C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Until the dawn of MVC frameworks, developers had a tough time tackling this issue. Many developers had no choice but to combine view markup with data access logic and other computations. As we all know, this leads to an unresponsive and unpleasant experience for the user. Luckily, MVC (and similar) frameworks solve this issue by abstracting away code that deals with data manipulation and other calculation. We've already seen how the model contributes to the solution by giving us another place to worry about data, but now let's check out the controller's role in making our lives easier. (Computers do live to serve us, </w:t>
       </w:r>
       <w:r w:rsidR="00131750">
         <w:t>right?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Right...?)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="1D2F9B4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732555" w:id="17895246723160572705"/>
+      <w:bookmarkStart w:name="_Toc478732555" w:id="5862580261819902827"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The controller</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17895246723160572705"/>
+      <w:bookmarkEnd w:id="5862580261819902827"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="4665311C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>If we think about an MVC application as analogous to a human brain, the model would be the brain's memories, the view would be the senses and the voice (for communicating with the outside world), and the controller would be everything else. The controller of an application takes many different forms across various frameworks, but its purpose is universal: masterminding the operations of an app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D016B" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="3319E719" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We'll talk about how controllers are implemented for each of the frameworks </w:t>
       </w:r>
       <w:r w:rsidR="009D016B">
         <w:t>we cover</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -2938,61 +2938,61 @@
         <w:t xml:space="preserve"> event to which the controller can subscribe and respond accordingly. Typically, the controller can also provide access to properties and methods </w:t>
       </w:r>
       <w:r w:rsidR="00AD217F">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r>
         <w:t>the view can access if it so chooses. The point is, the view has control over information flow.</w:t>
       </w:r>
       <w:r w:rsidR="004305C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="004305C3" w14:paraId="6C1EC620" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>That’s the classic, original way of thinking that led to the development of frameworks. Many applications are still designed with the MVC pattern, but several popular variations exist. In fact, some of the frameworks we will discuss lend themselves more to other software design patterns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="73A3B195" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732556" w:id="18039331466167491271"/>
+      <w:bookmarkStart w:name="_Toc478732556" w:id="13695810938562199571"/>
       <w:bookmarkStart w:name="variations-on-design-patterns" w:id="33"/>
       <w:bookmarkStart w:name="_Toc478732268" w:id="34"/>
       <w:bookmarkStart w:name="_Toc478732402" w:id="35"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Variations on Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="18039331466167491271"/>
+      <w:bookmarkEnd w:id="13695810938562199571"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="69E099FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>The important thing to denote here is that</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> these patterns </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">provide the developer with the tools </w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r>
         <w:t>need to separate concerns</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>