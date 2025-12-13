--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -638,70 +638,70 @@
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc478732556 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00BF703F" w:rsidP="00E83C8E" w:rsidRDefault="00D165CE" w14:paraId="50A5F014" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732546" w:id="17385160655791056748"/>
+      <w:bookmarkStart w:name="_Toc478732546" w:id="4390104106138441973"/>
       <w:bookmarkStart w:name="_Toc478732395" w:id="1"/>
       <w:bookmarkStart w:name="_Toc478732474" w:id="2"/>
       <w:bookmarkStart w:name="_Toc478732541" w:id="3"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Preface - About this </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00DE319E">
         <w:t>E-boo</w:t>
       </w:r>
       <w:bookmarkStart w:name="goals-and-motivation" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="007007B6">
         <w:t>k and why it exists</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="17385160655791056748"/>
+      <w:bookmarkEnd w:id="4390104106138441973"/>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="00BF703F" w:rsidRDefault="001D76AB" w14:paraId="08F7FDF2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE5A8D" w:rsidP="00BF703F" w:rsidRDefault="00D165CE" w14:paraId="2CD5D5C0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">Overall, this </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F" w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve"> has a singular, focused goal:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
@@ -1014,66 +1014,66 @@
         <w:t xml:space="preserve"> the current state of JavaScript frameworks. Whether you're just trying to support a variety of developers (like </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>me!)</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> or you're </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t xml:space="preserve">embarking </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>on a new web project, it never hurts to have a quick</w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>, accessible guide</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> that summarizes your options. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="3D3FE0FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732547" w:id="121448589687986893"/>
+      <w:bookmarkStart w:name="_Toc478732547" w:id="14127470092857798781"/>
       <w:bookmarkStart w:name="significance-by-association" w:id="5"/>
       <w:bookmarkStart w:name="_Toc478732262" w:id="6"/>
       <w:bookmarkStart w:name="_Toc478732396" w:id="7"/>
       <w:bookmarkStart w:name="_Toc478732475" w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Significance by Association</w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>: Top Companies Love Frameworks</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="121448589687986893"/>
+      <w:bookmarkEnd w:id="14127470092857798781"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="56A6D2C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the top JavaScript frameworks discussed in this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are</w:t>
       </w:r>
       <w:r w:rsidR="005B1E25">
         <w:t xml:space="preserve"> made</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by Google and Facebook. </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>F</w:t>
       </w:r>
       <w:r>
@@ -1122,62 +1122,62 @@
         <w:t xml:space="preserve"> is intended for everyone, but depending on your experience, you may want to start at a different point.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2056" w:rsidRDefault="000C2056" w14:paraId="5AFACA0D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semibold" w:hAnsi="Segoe UI Semibold" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="reading-guide" w:id="9"/>
       <w:bookmarkStart w:name="_Toc478732263" w:id="10"/>
       <w:bookmarkStart w:name="_Toc478732397" w:id="11"/>
       <w:bookmarkStart w:name="_Toc478732476" w:id="12"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="095F3AD2" w14:textId="517D9CF2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732548" w:id="5977541036156812102"/>
+      <w:bookmarkStart w:name="_Toc478732548" w:id="7917248182130333411"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t>Reading Guide</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="001D76AB">
         <w:br/>
       </w:r>
-      <w:bookmarkEnd w:id="5977541036156812102"/>
+      <w:bookmarkEnd w:id="7917248182130333411"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="07E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="true" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2712"/>
         <w:gridCol w:w="6638"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidTr="009305EE" w14:paraId="290887E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="001D76AB" w14:paraId="25604329" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
@@ -1433,87 +1433,87 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="00D165CE" w14:paraId="13E4CB7C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">...fitting a framework. This section talks about how to decide which framework is right for your projects. Even if you're already familiar with the latest and greatest in JavaScript frameworks, the concluding sections of the </w:t>
             </w:r>
             <w:r w:rsidR="00DE319E">
               <w:t>e-book</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> may be useful in helping you start new projects utilizing them.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="1B95E47A" w14:textId="0CA94B99">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732549" w:id="13370640700199310364"/>
+      <w:bookmarkStart w:name="_Toc478732549" w:id="14786808073380227349"/>
       <w:bookmarkStart w:name="introduction---a-shifting-view" w:id="13"/>
       <w:bookmarkStart w:name="_Toc478732398" w:id="14"/>
       <w:bookmarkStart w:name="_Toc478732477" w:id="15"/>
       <w:bookmarkStart w:name="_Toc478732542" w:id="16"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Part 1. A Quick Look at JavaScript</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="13370640700199310364"/>
+      <w:bookmarkEnd w:id="14786808073380227349"/>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="606AEB25" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732550" w:id="15025354135388402808"/>
+      <w:bookmarkStart w:name="_Toc478732550" w:id="13104036125238571130"/>
       <w:bookmarkStart w:name="the-humble-beginnings-of-javascript" w:id="17"/>
       <w:bookmarkStart w:name="the-language-itself" w:id="18"/>
       <w:bookmarkStart w:name="_Toc478732399" w:id="19"/>
       <w:bookmarkStart w:name="_Toc478732478" w:id="20"/>
       <w:bookmarkStart w:name="_Toc478732543" w:id="21"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>About JavaScript as a Language</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="15025354135388402808"/>
+      <w:bookmarkEnd w:id="13104036125238571130"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="00CBC795" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you haven't used JavaScript yet, don't fear! </w:t>
       </w:r>
       <w:r w:rsidR="00C42A91">
         <w:t>This</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is the best and most exciting time to learn this beautiful, dazzling, bewildering language. The reason this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> exists is because of the booming web development field, and right now the focus of that field is JavaScript. Relatively recent developments like the release of the Node.js server platform, rich updates to browser APIs, and codification of new JavaScript language specifications have established JavaScript as a viable option for programming </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -1750,64 +1750,64 @@
         </w:rPr>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidRPr="004B351E" w:rsidR="00653E9D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003862CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="001D76AB" w:rsidRDefault="001D76AB" w14:paraId="2BC79AEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:name="a-rich-history" w:id="22"/>
       <w:bookmarkStart w:name="where-is-javascript-now" w:id="23"/>
       <w:bookmarkStart w:name="what-is-a-javascript-framework" w:id="24"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="238F1E09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732551" w:id="11979871569859162414"/>
+      <w:bookmarkStart w:name="_Toc478732551" w:id="7962601047758242475"/>
       <w:bookmarkStart w:name="_Toc478732400" w:id="25"/>
       <w:bookmarkStart w:name="_Toc478732479" w:id="26"/>
       <w:bookmarkStart w:name="_Toc478732544" w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">1.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>What is a JavaScript Framework?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="11979871569859162414"/>
+      <w:bookmarkEnd w:id="7962601047758242475"/>
     </w:p>
     <w:p w:rsidR="00186A6C" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="448011FE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>When I say "JavaScript framework</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t>", I'm referring to a front</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">end "MVC" framework written in and designed to be used with JavaScript. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00071466" w14:paraId="003F0522" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
@@ -1871,66 +1871,66 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>JavaScript frameworks are all about separating out your concerns, man</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00071466" w:rsidR="00697009" w:rsidP="004B351E" w:rsidRDefault="00697009" w14:paraId="0CB4A440" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="PullQuote"/>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:pPr>
       <w:r w:rsidRPr="00071466">
         <w:lastRenderedPageBreak/>
         <w:t>JavaScript frameworks are all about separating out your concerns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="090DD5E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732552" w:id="4959453780126621217"/>
+      <w:bookmarkStart w:name="_Toc478732552" w:id="7877921553989417303"/>
       <w:bookmarkStart w:name="mvc-and-other-software-design-patterns" w:id="28"/>
       <w:bookmarkStart w:name="_Toc478732401" w:id="29"/>
       <w:bookmarkStart w:name="_Toc478732480" w:id="30"/>
       <w:bookmarkStart w:name="_Toc478732545" w:id="31"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">1.3. </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00D165CE">
         <w:t>MVC and Other Software Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:bookmarkEnd w:id="4959453780126621217"/>
+      <w:bookmarkEnd w:id="7877921553989417303"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00850D2F" w14:paraId="72D334E0" w14:textId="1B0C1838">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="3A09EA0C" wp14:anchorId="33ACC78E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>1052830</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1581150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3838575" cy="4186323"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="35" name="Picture 35"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -2013,56 +2013,56 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> variations of this exact pattern exist</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> and frameworks utilize all kinds of different "parts." You could probably describe most JavaScript frameworks as having these parts, but rather than try to pin down exact implementations right now, just try to understand the concept.</w:t>
       </w:r>
       <w:bookmarkStart w:name="_GoBack" w:id="32"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w:rsidRPr="00697009" w:rsidR="00697009" w:rsidP="00CC46C3" w:rsidRDefault="00CC46C3" w14:paraId="2BA07B00" w14:textId="472601AB">
       <w:pPr>
         <w:pStyle w:val="ImageCaption"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC46C3">
         <w:t>Fig 1. A simplistic depiction of the components of a typical MVC software architecture along with the actions associated with each.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="469B8B16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732553" w:id="5833385955504860240"/>
+      <w:bookmarkStart w:name="_Toc478732553" w:id="15782003614277059779"/>
       <w:r w:rsidRPr="004B351E">
         <w:lastRenderedPageBreak/>
         <w:t>The model</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5833385955504860240"/>
+      <w:bookmarkEnd w:id="15782003614277059779"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="5833ADE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>In MVC software, the model is a standalone unit that represents the data your application uses. If you're building an application that lets city residents register their pets online, for example, you might have a model for dogs and a model for cats:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="51A32167" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="SourceCode"/>
         <w:wordWrap/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="VerbatimChar"/>
         </w:rPr>
         <w:t>Model Dog {</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -2268,55 +2268,55 @@
         <w:t xml:space="preserve">. Other parts can interact with the model, </w:t>
       </w:r>
       <w:r w:rsidR="00082AB7">
         <w:t xml:space="preserve">but </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the model </w:t>
       </w:r>
       <w:r w:rsidR="0043224C">
         <w:t>explicitly puts forth rules for such interaction</w:t>
       </w:r>
       <w:r>
         <w:t>. This is essential</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as it allows you to abstract data management away from the user-facing parts of the app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="08F55F52" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732554" w:id="671976165317857289"/>
+      <w:bookmarkStart w:name="_Toc478732554" w:id="8647225044112795993"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The view</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="671976165317857289"/>
+      <w:bookmarkEnd w:id="8647225044112795993"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="485679BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The view of an application is the part with which </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t xml:space="preserve">users and developers are </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">most familiar. The view is simply a compartment for holding controls and other UI elements that allow users to interact with your application. Many platforms refer to views as "forms" or </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"pages." Specifically, you can think of views as HTML pages on the web or XAML forms on Windows. </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t>Front-end</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> code can be used to directly modify the view (e.g. JavaScript animations on the web), but in many cases</w:t>
       </w:r>
@@ -2408,55 +2408,55 @@
         <w:t xml:space="preserve"> freely</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="0B3F79C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Until the dawn of MVC frameworks, developers had a tough time tackling this issue. Many developers had no choice but to combine view markup with data access logic and other computations. As we all know, this leads to an unresponsive and unpleasant experience for the user. Luckily, MVC (and similar) frameworks solve this issue by abstracting away code that deals with data manipulation and other calculation. We've already seen how the model contributes to the solution by giving us another place to worry about data, but now let's check out the controller's role in making our lives easier. (Computers do live to serve us, </w:t>
       </w:r>
       <w:r w:rsidR="00131750">
         <w:t>right?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Right...?)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="1D2F9B4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732555" w:id="5862580261819902827"/>
+      <w:bookmarkStart w:name="_Toc478732555" w:id="9965120177972957099"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The controller</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5862580261819902827"/>
+      <w:bookmarkEnd w:id="9965120177972957099"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="4665311C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>If we think about an MVC application as analogous to a human brain, the model would be the brain's memories, the view would be the senses and the voice (for communicating with the outside world), and the controller would be everything else. The controller of an application takes many different forms across various frameworks, but its purpose is universal: masterminding the operations of an app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D016B" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="3319E719" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We'll talk about how controllers are implemented for each of the frameworks </w:t>
       </w:r>
       <w:r w:rsidR="009D016B">
         <w:t>we cover</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -2938,61 +2938,61 @@
         <w:t xml:space="preserve"> event to which the controller can subscribe and respond accordingly. Typically, the controller can also provide access to properties and methods </w:t>
       </w:r>
       <w:r w:rsidR="00AD217F">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r>
         <w:t>the view can access if it so chooses. The point is, the view has control over information flow.</w:t>
       </w:r>
       <w:r w:rsidR="004305C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="004305C3" w14:paraId="6C1EC620" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>That’s the classic, original way of thinking that led to the development of frameworks. Many applications are still designed with the MVC pattern, but several popular variations exist. In fact, some of the frameworks we will discuss lend themselves more to other software design patterns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="73A3B195" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732556" w:id="13695810938562199571"/>
+      <w:bookmarkStart w:name="_Toc478732556" w:id="6954910026826293658"/>
       <w:bookmarkStart w:name="variations-on-design-patterns" w:id="33"/>
       <w:bookmarkStart w:name="_Toc478732268" w:id="34"/>
       <w:bookmarkStart w:name="_Toc478732402" w:id="35"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Variations on Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="13695810938562199571"/>
+      <w:bookmarkEnd w:id="6954910026826293658"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="69E099FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>The important thing to denote here is that</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> these patterns </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">provide the developer with the tools </w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r>
         <w:t>need to separate concerns</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>