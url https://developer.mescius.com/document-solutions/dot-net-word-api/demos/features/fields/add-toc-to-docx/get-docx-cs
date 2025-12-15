--- v3 (2025-12-13)
+++ v4 (2025-12-15)
@@ -638,70 +638,70 @@
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc478732556 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00BF703F" w:rsidP="00E83C8E" w:rsidRDefault="00D165CE" w14:paraId="50A5F014" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732546" w:id="4390104106138441973"/>
+      <w:bookmarkStart w:name="_Toc478732546" w:id="10777853078060757021"/>
       <w:bookmarkStart w:name="_Toc478732395" w:id="1"/>
       <w:bookmarkStart w:name="_Toc478732474" w:id="2"/>
       <w:bookmarkStart w:name="_Toc478732541" w:id="3"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Preface - About this </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00DE319E">
         <w:t>E-boo</w:t>
       </w:r>
       <w:bookmarkStart w:name="goals-and-motivation" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="007007B6">
         <w:t>k and why it exists</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="4390104106138441973"/>
+      <w:bookmarkEnd w:id="10777853078060757021"/>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="00BF703F" w:rsidRDefault="001D76AB" w14:paraId="08F7FDF2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE5A8D" w:rsidP="00BF703F" w:rsidRDefault="00D165CE" w14:paraId="2CD5D5C0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">Overall, this </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F" w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve"> has a singular, focused goal:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
@@ -1014,66 +1014,66 @@
         <w:t xml:space="preserve"> the current state of JavaScript frameworks. Whether you're just trying to support a variety of developers (like </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>me!)</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> or you're </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t xml:space="preserve">embarking </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>on a new web project, it never hurts to have a quick</w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>, accessible guide</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> that summarizes your options. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="3D3FE0FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732547" w:id="14127470092857798781"/>
+      <w:bookmarkStart w:name="_Toc478732547" w:id="7892027007187004381"/>
       <w:bookmarkStart w:name="significance-by-association" w:id="5"/>
       <w:bookmarkStart w:name="_Toc478732262" w:id="6"/>
       <w:bookmarkStart w:name="_Toc478732396" w:id="7"/>
       <w:bookmarkStart w:name="_Toc478732475" w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Significance by Association</w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>: Top Companies Love Frameworks</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="14127470092857798781"/>
+      <w:bookmarkEnd w:id="7892027007187004381"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="56A6D2C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the top JavaScript frameworks discussed in this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are</w:t>
       </w:r>
       <w:r w:rsidR="005B1E25">
         <w:t xml:space="preserve"> made</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by Google and Facebook. </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>F</w:t>
       </w:r>
       <w:r>
@@ -1122,62 +1122,62 @@
         <w:t xml:space="preserve"> is intended for everyone, but depending on your experience, you may want to start at a different point.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2056" w:rsidRDefault="000C2056" w14:paraId="5AFACA0D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semibold" w:hAnsi="Segoe UI Semibold" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="reading-guide" w:id="9"/>
       <w:bookmarkStart w:name="_Toc478732263" w:id="10"/>
       <w:bookmarkStart w:name="_Toc478732397" w:id="11"/>
       <w:bookmarkStart w:name="_Toc478732476" w:id="12"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="095F3AD2" w14:textId="517D9CF2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732548" w:id="7917248182130333411"/>
+      <w:bookmarkStart w:name="_Toc478732548" w:id="4444612472748675713"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t>Reading Guide</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="001D76AB">
         <w:br/>
       </w:r>
-      <w:bookmarkEnd w:id="7917248182130333411"/>
+      <w:bookmarkEnd w:id="4444612472748675713"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="07E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="true" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2712"/>
         <w:gridCol w:w="6638"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidTr="009305EE" w14:paraId="290887E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="001D76AB" w14:paraId="25604329" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
@@ -1433,87 +1433,87 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="00D165CE" w14:paraId="13E4CB7C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">...fitting a framework. This section talks about how to decide which framework is right for your projects. Even if you're already familiar with the latest and greatest in JavaScript frameworks, the concluding sections of the </w:t>
             </w:r>
             <w:r w:rsidR="00DE319E">
               <w:t>e-book</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> may be useful in helping you start new projects utilizing them.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="1B95E47A" w14:textId="0CA94B99">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732549" w:id="14786808073380227349"/>
+      <w:bookmarkStart w:name="_Toc478732549" w:id="10816978067011610191"/>
       <w:bookmarkStart w:name="introduction---a-shifting-view" w:id="13"/>
       <w:bookmarkStart w:name="_Toc478732398" w:id="14"/>
       <w:bookmarkStart w:name="_Toc478732477" w:id="15"/>
       <w:bookmarkStart w:name="_Toc478732542" w:id="16"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Part 1. A Quick Look at JavaScript</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="14786808073380227349"/>
+      <w:bookmarkEnd w:id="10816978067011610191"/>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="606AEB25" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732550" w:id="13104036125238571130"/>
+      <w:bookmarkStart w:name="_Toc478732550" w:id="9689346469390483973"/>
       <w:bookmarkStart w:name="the-humble-beginnings-of-javascript" w:id="17"/>
       <w:bookmarkStart w:name="the-language-itself" w:id="18"/>
       <w:bookmarkStart w:name="_Toc478732399" w:id="19"/>
       <w:bookmarkStart w:name="_Toc478732478" w:id="20"/>
       <w:bookmarkStart w:name="_Toc478732543" w:id="21"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>About JavaScript as a Language</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="13104036125238571130"/>
+      <w:bookmarkEnd w:id="9689346469390483973"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="00CBC795" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you haven't used JavaScript yet, don't fear! </w:t>
       </w:r>
       <w:r w:rsidR="00C42A91">
         <w:t>This</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is the best and most exciting time to learn this beautiful, dazzling, bewildering language. The reason this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> exists is because of the booming web development field, and right now the focus of that field is JavaScript. Relatively recent developments like the release of the Node.js server platform, rich updates to browser APIs, and codification of new JavaScript language specifications have established JavaScript as a viable option for programming </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -1750,64 +1750,64 @@
         </w:rPr>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidRPr="004B351E" w:rsidR="00653E9D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003862CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="001D76AB" w:rsidRDefault="001D76AB" w14:paraId="2BC79AEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:name="a-rich-history" w:id="22"/>
       <w:bookmarkStart w:name="where-is-javascript-now" w:id="23"/>
       <w:bookmarkStart w:name="what-is-a-javascript-framework" w:id="24"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="238F1E09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732551" w:id="7962601047758242475"/>
+      <w:bookmarkStart w:name="_Toc478732551" w:id="13224787928307909874"/>
       <w:bookmarkStart w:name="_Toc478732400" w:id="25"/>
       <w:bookmarkStart w:name="_Toc478732479" w:id="26"/>
       <w:bookmarkStart w:name="_Toc478732544" w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">1.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>What is a JavaScript Framework?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="7962601047758242475"/>
+      <w:bookmarkEnd w:id="13224787928307909874"/>
     </w:p>
     <w:p w:rsidR="00186A6C" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="448011FE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>When I say "JavaScript framework</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t>", I'm referring to a front</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">end "MVC" framework written in and designed to be used with JavaScript. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00071466" w14:paraId="003F0522" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
@@ -1871,66 +1871,66 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>JavaScript frameworks are all about separating out your concerns, man</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00071466" w:rsidR="00697009" w:rsidP="004B351E" w:rsidRDefault="00697009" w14:paraId="0CB4A440" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="PullQuote"/>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:pPr>
       <w:r w:rsidRPr="00071466">
         <w:lastRenderedPageBreak/>
         <w:t>JavaScript frameworks are all about separating out your concerns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="090DD5E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732552" w:id="7877921553989417303"/>
+      <w:bookmarkStart w:name="_Toc478732552" w:id="14397784601863252608"/>
       <w:bookmarkStart w:name="mvc-and-other-software-design-patterns" w:id="28"/>
       <w:bookmarkStart w:name="_Toc478732401" w:id="29"/>
       <w:bookmarkStart w:name="_Toc478732480" w:id="30"/>
       <w:bookmarkStart w:name="_Toc478732545" w:id="31"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">1.3. </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00D165CE">
         <w:t>MVC and Other Software Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:bookmarkEnd w:id="7877921553989417303"/>
+      <w:bookmarkEnd w:id="14397784601863252608"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00850D2F" w14:paraId="72D334E0" w14:textId="1B0C1838">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="3A09EA0C" wp14:anchorId="33ACC78E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>1052830</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1581150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3838575" cy="4186323"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="35" name="Picture 35"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -2013,56 +2013,56 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> variations of this exact pattern exist</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> and frameworks utilize all kinds of different "parts." You could probably describe most JavaScript frameworks as having these parts, but rather than try to pin down exact implementations right now, just try to understand the concept.</w:t>
       </w:r>
       <w:bookmarkStart w:name="_GoBack" w:id="32"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w:rsidRPr="00697009" w:rsidR="00697009" w:rsidP="00CC46C3" w:rsidRDefault="00CC46C3" w14:paraId="2BA07B00" w14:textId="472601AB">
       <w:pPr>
         <w:pStyle w:val="ImageCaption"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC46C3">
         <w:t>Fig 1. A simplistic depiction of the components of a typical MVC software architecture along with the actions associated with each.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="469B8B16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732553" w:id="15782003614277059779"/>
+      <w:bookmarkStart w:name="_Toc478732553" w:id="15013988549356427913"/>
       <w:r w:rsidRPr="004B351E">
         <w:lastRenderedPageBreak/>
         <w:t>The model</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15782003614277059779"/>
+      <w:bookmarkEnd w:id="15013988549356427913"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="5833ADE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>In MVC software, the model is a standalone unit that represents the data your application uses. If you're building an application that lets city residents register their pets online, for example, you might have a model for dogs and a model for cats:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="51A32167" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="SourceCode"/>
         <w:wordWrap/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="VerbatimChar"/>
         </w:rPr>
         <w:t>Model Dog {</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -2268,55 +2268,55 @@
         <w:t xml:space="preserve">. Other parts can interact with the model, </w:t>
       </w:r>
       <w:r w:rsidR="00082AB7">
         <w:t xml:space="preserve">but </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the model </w:t>
       </w:r>
       <w:r w:rsidR="0043224C">
         <w:t>explicitly puts forth rules for such interaction</w:t>
       </w:r>
       <w:r>
         <w:t>. This is essential</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as it allows you to abstract data management away from the user-facing parts of the app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="08F55F52" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732554" w:id="8647225044112795993"/>
+      <w:bookmarkStart w:name="_Toc478732554" w:id="17642588431754514126"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The view</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8647225044112795993"/>
+      <w:bookmarkEnd w:id="17642588431754514126"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="485679BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The view of an application is the part with which </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t xml:space="preserve">users and developers are </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">most familiar. The view is simply a compartment for holding controls and other UI elements that allow users to interact with your application. Many platforms refer to views as "forms" or </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"pages." Specifically, you can think of views as HTML pages on the web or XAML forms on Windows. </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t>Front-end</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> code can be used to directly modify the view (e.g. JavaScript animations on the web), but in many cases</w:t>
       </w:r>
@@ -2408,55 +2408,55 @@
         <w:t xml:space="preserve"> freely</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="0B3F79C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Until the dawn of MVC frameworks, developers had a tough time tackling this issue. Many developers had no choice but to combine view markup with data access logic and other computations. As we all know, this leads to an unresponsive and unpleasant experience for the user. Luckily, MVC (and similar) frameworks solve this issue by abstracting away code that deals with data manipulation and other calculation. We've already seen how the model contributes to the solution by giving us another place to worry about data, but now let's check out the controller's role in making our lives easier. (Computers do live to serve us, </w:t>
       </w:r>
       <w:r w:rsidR="00131750">
         <w:t>right?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Right...?)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="1D2F9B4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732555" w:id="9965120177972957099"/>
+      <w:bookmarkStart w:name="_Toc478732555" w:id="8190762295805532915"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The controller</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9965120177972957099"/>
+      <w:bookmarkEnd w:id="8190762295805532915"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="4665311C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>If we think about an MVC application as analogous to a human brain, the model would be the brain's memories, the view would be the senses and the voice (for communicating with the outside world), and the controller would be everything else. The controller of an application takes many different forms across various frameworks, but its purpose is universal: masterminding the operations of an app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D016B" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="3319E719" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We'll talk about how controllers are implemented for each of the frameworks </w:t>
       </w:r>
       <w:r w:rsidR="009D016B">
         <w:t>we cover</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -2938,61 +2938,61 @@
         <w:t xml:space="preserve"> event to which the controller can subscribe and respond accordingly. Typically, the controller can also provide access to properties and methods </w:t>
       </w:r>
       <w:r w:rsidR="00AD217F">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r>
         <w:t>the view can access if it so chooses. The point is, the view has control over information flow.</w:t>
       </w:r>
       <w:r w:rsidR="004305C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="004305C3" w14:paraId="6C1EC620" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>That’s the classic, original way of thinking that led to the development of frameworks. Many applications are still designed with the MVC pattern, but several popular variations exist. In fact, some of the frameworks we will discuss lend themselves more to other software design patterns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="73A3B195" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732556" w:id="6954910026826293658"/>
+      <w:bookmarkStart w:name="_Toc478732556" w:id="12403387008196086876"/>
       <w:bookmarkStart w:name="variations-on-design-patterns" w:id="33"/>
       <w:bookmarkStart w:name="_Toc478732268" w:id="34"/>
       <w:bookmarkStart w:name="_Toc478732402" w:id="35"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Variations on Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="6954910026826293658"/>
+      <w:bookmarkEnd w:id="12403387008196086876"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="69E099FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>The important thing to denote here is that</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> these patterns </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">provide the developer with the tools </w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r>
         <w:t>need to separate concerns</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>