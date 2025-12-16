--- v4 (2025-12-15)
+++ v5 (2025-12-16)
@@ -638,70 +638,70 @@
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc478732556 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00BF703F" w:rsidP="00E83C8E" w:rsidRDefault="00D165CE" w14:paraId="50A5F014" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732546" w:id="10777853078060757021"/>
+      <w:bookmarkStart w:name="_Toc478732546" w:id="15373847920561520680"/>
       <w:bookmarkStart w:name="_Toc478732395" w:id="1"/>
       <w:bookmarkStart w:name="_Toc478732474" w:id="2"/>
       <w:bookmarkStart w:name="_Toc478732541" w:id="3"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Preface - About this </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00DE319E">
         <w:t>E-boo</w:t>
       </w:r>
       <w:bookmarkStart w:name="goals-and-motivation" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="007007B6">
         <w:t>k and why it exists</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="10777853078060757021"/>
+      <w:bookmarkEnd w:id="15373847920561520680"/>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="00BF703F" w:rsidRDefault="001D76AB" w14:paraId="08F7FDF2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE5A8D" w:rsidP="00BF703F" w:rsidRDefault="00D165CE" w14:paraId="2CD5D5C0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">Overall, this </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F" w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve"> has a singular, focused goal:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
@@ -1014,66 +1014,66 @@
         <w:t xml:space="preserve"> the current state of JavaScript frameworks. Whether you're just trying to support a variety of developers (like </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>me!)</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> or you're </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t xml:space="preserve">embarking </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>on a new web project, it never hurts to have a quick</w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>, accessible guide</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> that summarizes your options. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="3D3FE0FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732547" w:id="7892027007187004381"/>
+      <w:bookmarkStart w:name="_Toc478732547" w:id="1929637521417708574"/>
       <w:bookmarkStart w:name="significance-by-association" w:id="5"/>
       <w:bookmarkStart w:name="_Toc478732262" w:id="6"/>
       <w:bookmarkStart w:name="_Toc478732396" w:id="7"/>
       <w:bookmarkStart w:name="_Toc478732475" w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Significance by Association</w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>: Top Companies Love Frameworks</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="7892027007187004381"/>
+      <w:bookmarkEnd w:id="1929637521417708574"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="56A6D2C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the top JavaScript frameworks discussed in this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are</w:t>
       </w:r>
       <w:r w:rsidR="005B1E25">
         <w:t xml:space="preserve"> made</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by Google and Facebook. </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>F</w:t>
       </w:r>
       <w:r>
@@ -1122,62 +1122,62 @@
         <w:t xml:space="preserve"> is intended for everyone, but depending on your experience, you may want to start at a different point.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2056" w:rsidRDefault="000C2056" w14:paraId="5AFACA0D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semibold" w:hAnsi="Segoe UI Semibold" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="reading-guide" w:id="9"/>
       <w:bookmarkStart w:name="_Toc478732263" w:id="10"/>
       <w:bookmarkStart w:name="_Toc478732397" w:id="11"/>
       <w:bookmarkStart w:name="_Toc478732476" w:id="12"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="095F3AD2" w14:textId="517D9CF2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732548" w:id="4444612472748675713"/>
+      <w:bookmarkStart w:name="_Toc478732548" w:id="2778939073985710590"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t>Reading Guide</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="001D76AB">
         <w:br/>
       </w:r>
-      <w:bookmarkEnd w:id="4444612472748675713"/>
+      <w:bookmarkEnd w:id="2778939073985710590"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="07E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="true" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2712"/>
         <w:gridCol w:w="6638"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidTr="009305EE" w14:paraId="290887E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="001D76AB" w14:paraId="25604329" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
@@ -1433,87 +1433,87 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="00D165CE" w14:paraId="13E4CB7C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">...fitting a framework. This section talks about how to decide which framework is right for your projects. Even if you're already familiar with the latest and greatest in JavaScript frameworks, the concluding sections of the </w:t>
             </w:r>
             <w:r w:rsidR="00DE319E">
               <w:t>e-book</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> may be useful in helping you start new projects utilizing them.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="1B95E47A" w14:textId="0CA94B99">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732549" w:id="10816978067011610191"/>
+      <w:bookmarkStart w:name="_Toc478732549" w:id="4862226575974525312"/>
       <w:bookmarkStart w:name="introduction---a-shifting-view" w:id="13"/>
       <w:bookmarkStart w:name="_Toc478732398" w:id="14"/>
       <w:bookmarkStart w:name="_Toc478732477" w:id="15"/>
       <w:bookmarkStart w:name="_Toc478732542" w:id="16"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Part 1. A Quick Look at JavaScript</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="10816978067011610191"/>
+      <w:bookmarkEnd w:id="4862226575974525312"/>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="606AEB25" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732550" w:id="9689346469390483973"/>
+      <w:bookmarkStart w:name="_Toc478732550" w:id="1930665096119461478"/>
       <w:bookmarkStart w:name="the-humble-beginnings-of-javascript" w:id="17"/>
       <w:bookmarkStart w:name="the-language-itself" w:id="18"/>
       <w:bookmarkStart w:name="_Toc478732399" w:id="19"/>
       <w:bookmarkStart w:name="_Toc478732478" w:id="20"/>
       <w:bookmarkStart w:name="_Toc478732543" w:id="21"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>About JavaScript as a Language</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="9689346469390483973"/>
+      <w:bookmarkEnd w:id="1930665096119461478"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="00CBC795" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you haven't used JavaScript yet, don't fear! </w:t>
       </w:r>
       <w:r w:rsidR="00C42A91">
         <w:t>This</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is the best and most exciting time to learn this beautiful, dazzling, bewildering language. The reason this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> exists is because of the booming web development field, and right now the focus of that field is JavaScript. Relatively recent developments like the release of the Node.js server platform, rich updates to browser APIs, and codification of new JavaScript language specifications have established JavaScript as a viable option for programming </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -1750,64 +1750,64 @@
         </w:rPr>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidRPr="004B351E" w:rsidR="00653E9D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003862CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="001D76AB" w:rsidRDefault="001D76AB" w14:paraId="2BC79AEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:name="a-rich-history" w:id="22"/>
       <w:bookmarkStart w:name="where-is-javascript-now" w:id="23"/>
       <w:bookmarkStart w:name="what-is-a-javascript-framework" w:id="24"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="238F1E09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732551" w:id="13224787928307909874"/>
+      <w:bookmarkStart w:name="_Toc478732551" w:id="2739339663086839802"/>
       <w:bookmarkStart w:name="_Toc478732400" w:id="25"/>
       <w:bookmarkStart w:name="_Toc478732479" w:id="26"/>
       <w:bookmarkStart w:name="_Toc478732544" w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">1.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>What is a JavaScript Framework?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="13224787928307909874"/>
+      <w:bookmarkEnd w:id="2739339663086839802"/>
     </w:p>
     <w:p w:rsidR="00186A6C" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="448011FE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>When I say "JavaScript framework</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t>", I'm referring to a front</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">end "MVC" framework written in and designed to be used with JavaScript. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00071466" w14:paraId="003F0522" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
@@ -1871,66 +1871,66 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>JavaScript frameworks are all about separating out your concerns, man</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00071466" w:rsidR="00697009" w:rsidP="004B351E" w:rsidRDefault="00697009" w14:paraId="0CB4A440" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="PullQuote"/>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:pPr>
       <w:r w:rsidRPr="00071466">
         <w:lastRenderedPageBreak/>
         <w:t>JavaScript frameworks are all about separating out your concerns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="090DD5E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732552" w:id="14397784601863252608"/>
+      <w:bookmarkStart w:name="_Toc478732552" w:id="11191842984227289328"/>
       <w:bookmarkStart w:name="mvc-and-other-software-design-patterns" w:id="28"/>
       <w:bookmarkStart w:name="_Toc478732401" w:id="29"/>
       <w:bookmarkStart w:name="_Toc478732480" w:id="30"/>
       <w:bookmarkStart w:name="_Toc478732545" w:id="31"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">1.3. </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00D165CE">
         <w:t>MVC and Other Software Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:bookmarkEnd w:id="14397784601863252608"/>
+      <w:bookmarkEnd w:id="11191842984227289328"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00850D2F" w14:paraId="72D334E0" w14:textId="1B0C1838">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="3A09EA0C" wp14:anchorId="33ACC78E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>1052830</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1581150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3838575" cy="4186323"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="35" name="Picture 35"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -2013,56 +2013,56 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> variations of this exact pattern exist</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> and frameworks utilize all kinds of different "parts." You could probably describe most JavaScript frameworks as having these parts, but rather than try to pin down exact implementations right now, just try to understand the concept.</w:t>
       </w:r>
       <w:bookmarkStart w:name="_GoBack" w:id="32"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w:rsidRPr="00697009" w:rsidR="00697009" w:rsidP="00CC46C3" w:rsidRDefault="00CC46C3" w14:paraId="2BA07B00" w14:textId="472601AB">
       <w:pPr>
         <w:pStyle w:val="ImageCaption"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC46C3">
         <w:t>Fig 1. A simplistic depiction of the components of a typical MVC software architecture along with the actions associated with each.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="469B8B16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732553" w:id="15013988549356427913"/>
+      <w:bookmarkStart w:name="_Toc478732553" w:id="14933405845541754072"/>
       <w:r w:rsidRPr="004B351E">
         <w:lastRenderedPageBreak/>
         <w:t>The model</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15013988549356427913"/>
+      <w:bookmarkEnd w:id="14933405845541754072"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="5833ADE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>In MVC software, the model is a standalone unit that represents the data your application uses. If you're building an application that lets city residents register their pets online, for example, you might have a model for dogs and a model for cats:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="51A32167" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="SourceCode"/>
         <w:wordWrap/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="VerbatimChar"/>
         </w:rPr>
         <w:t>Model Dog {</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -2268,55 +2268,55 @@
         <w:t xml:space="preserve">. Other parts can interact with the model, </w:t>
       </w:r>
       <w:r w:rsidR="00082AB7">
         <w:t xml:space="preserve">but </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the model </w:t>
       </w:r>
       <w:r w:rsidR="0043224C">
         <w:t>explicitly puts forth rules for such interaction</w:t>
       </w:r>
       <w:r>
         <w:t>. This is essential</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as it allows you to abstract data management away from the user-facing parts of the app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="08F55F52" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732554" w:id="17642588431754514126"/>
+      <w:bookmarkStart w:name="_Toc478732554" w:id="3723952513891121492"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The view</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17642588431754514126"/>
+      <w:bookmarkEnd w:id="3723952513891121492"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="485679BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The view of an application is the part with which </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t xml:space="preserve">users and developers are </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">most familiar. The view is simply a compartment for holding controls and other UI elements that allow users to interact with your application. Many platforms refer to views as "forms" or </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"pages." Specifically, you can think of views as HTML pages on the web or XAML forms on Windows. </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t>Front-end</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> code can be used to directly modify the view (e.g. JavaScript animations on the web), but in many cases</w:t>
       </w:r>
@@ -2408,55 +2408,55 @@
         <w:t xml:space="preserve"> freely</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="0B3F79C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Until the dawn of MVC frameworks, developers had a tough time tackling this issue. Many developers had no choice but to combine view markup with data access logic and other computations. As we all know, this leads to an unresponsive and unpleasant experience for the user. Luckily, MVC (and similar) frameworks solve this issue by abstracting away code that deals with data manipulation and other calculation. We've already seen how the model contributes to the solution by giving us another place to worry about data, but now let's check out the controller's role in making our lives easier. (Computers do live to serve us, </w:t>
       </w:r>
       <w:r w:rsidR="00131750">
         <w:t>right?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Right...?)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="1D2F9B4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732555" w:id="8190762295805532915"/>
+      <w:bookmarkStart w:name="_Toc478732555" w:id="15286463237294054562"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The controller</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8190762295805532915"/>
+      <w:bookmarkEnd w:id="15286463237294054562"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="4665311C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>If we think about an MVC application as analogous to a human brain, the model would be the brain's memories, the view would be the senses and the voice (for communicating with the outside world), and the controller would be everything else. The controller of an application takes many different forms across various frameworks, but its purpose is universal: masterminding the operations of an app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D016B" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="3319E719" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We'll talk about how controllers are implemented for each of the frameworks </w:t>
       </w:r>
       <w:r w:rsidR="009D016B">
         <w:t>we cover</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -2938,61 +2938,61 @@
         <w:t xml:space="preserve"> event to which the controller can subscribe and respond accordingly. Typically, the controller can also provide access to properties and methods </w:t>
       </w:r>
       <w:r w:rsidR="00AD217F">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r>
         <w:t>the view can access if it so chooses. The point is, the view has control over information flow.</w:t>
       </w:r>
       <w:r w:rsidR="004305C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="004305C3" w14:paraId="6C1EC620" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>That’s the classic, original way of thinking that led to the development of frameworks. Many applications are still designed with the MVC pattern, but several popular variations exist. In fact, some of the frameworks we will discuss lend themselves more to other software design patterns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="73A3B195" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732556" w:id="12403387008196086876"/>
+      <w:bookmarkStart w:name="_Toc478732556" w:id="4553342582493901230"/>
       <w:bookmarkStart w:name="variations-on-design-patterns" w:id="33"/>
       <w:bookmarkStart w:name="_Toc478732268" w:id="34"/>
       <w:bookmarkStart w:name="_Toc478732402" w:id="35"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Variations on Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="12403387008196086876"/>
+      <w:bookmarkEnd w:id="4553342582493901230"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="69E099FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>The important thing to denote here is that</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> these patterns </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">provide the developer with the tools </w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r>
         <w:t>need to separate concerns</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>