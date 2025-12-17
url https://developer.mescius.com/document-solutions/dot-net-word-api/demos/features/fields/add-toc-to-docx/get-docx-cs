--- v5 (2025-12-16)
+++ v6 (2025-12-17)
@@ -638,70 +638,70 @@
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc478732556 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00BF703F" w:rsidP="00E83C8E" w:rsidRDefault="00D165CE" w14:paraId="50A5F014" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732546" w:id="15373847920561520680"/>
+      <w:bookmarkStart w:name="_Toc478732546" w:id="570840465608367320"/>
       <w:bookmarkStart w:name="_Toc478732395" w:id="1"/>
       <w:bookmarkStart w:name="_Toc478732474" w:id="2"/>
       <w:bookmarkStart w:name="_Toc478732541" w:id="3"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Preface - About this </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00DE319E">
         <w:t>E-boo</w:t>
       </w:r>
       <w:bookmarkStart w:name="goals-and-motivation" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="007007B6">
         <w:t>k and why it exists</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="15373847920561520680"/>
+      <w:bookmarkEnd w:id="570840465608367320"/>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="00BF703F" w:rsidRDefault="001D76AB" w14:paraId="08F7FDF2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE5A8D" w:rsidP="00BF703F" w:rsidRDefault="00D165CE" w14:paraId="2CD5D5C0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">Overall, this </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F" w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve"> has a singular, focused goal:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
@@ -1014,66 +1014,66 @@
         <w:t xml:space="preserve"> the current state of JavaScript frameworks. Whether you're just trying to support a variety of developers (like </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>me!)</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> or you're </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t xml:space="preserve">embarking </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>on a new web project, it never hurts to have a quick</w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>, accessible guide</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> that summarizes your options. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="3D3FE0FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732547" w:id="1929637521417708574"/>
+      <w:bookmarkStart w:name="_Toc478732547" w:id="1879472306583705307"/>
       <w:bookmarkStart w:name="significance-by-association" w:id="5"/>
       <w:bookmarkStart w:name="_Toc478732262" w:id="6"/>
       <w:bookmarkStart w:name="_Toc478732396" w:id="7"/>
       <w:bookmarkStart w:name="_Toc478732475" w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Significance by Association</w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>: Top Companies Love Frameworks</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="1929637521417708574"/>
+      <w:bookmarkEnd w:id="1879472306583705307"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="56A6D2C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the top JavaScript frameworks discussed in this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are</w:t>
       </w:r>
       <w:r w:rsidR="005B1E25">
         <w:t xml:space="preserve"> made</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by Google and Facebook. </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>F</w:t>
       </w:r>
       <w:r>
@@ -1122,62 +1122,62 @@
         <w:t xml:space="preserve"> is intended for everyone, but depending on your experience, you may want to start at a different point.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2056" w:rsidRDefault="000C2056" w14:paraId="5AFACA0D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semibold" w:hAnsi="Segoe UI Semibold" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="reading-guide" w:id="9"/>
       <w:bookmarkStart w:name="_Toc478732263" w:id="10"/>
       <w:bookmarkStart w:name="_Toc478732397" w:id="11"/>
       <w:bookmarkStart w:name="_Toc478732476" w:id="12"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="095F3AD2" w14:textId="517D9CF2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732548" w:id="2778939073985710590"/>
+      <w:bookmarkStart w:name="_Toc478732548" w:id="11878668728847364974"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t>Reading Guide</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="001D76AB">
         <w:br/>
       </w:r>
-      <w:bookmarkEnd w:id="2778939073985710590"/>
+      <w:bookmarkEnd w:id="11878668728847364974"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="07E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="true" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2712"/>
         <w:gridCol w:w="6638"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidTr="009305EE" w14:paraId="290887E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="001D76AB" w14:paraId="25604329" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
@@ -1433,87 +1433,87 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="00D165CE" w14:paraId="13E4CB7C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">...fitting a framework. This section talks about how to decide which framework is right for your projects. Even if you're already familiar with the latest and greatest in JavaScript frameworks, the concluding sections of the </w:t>
             </w:r>
             <w:r w:rsidR="00DE319E">
               <w:t>e-book</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> may be useful in helping you start new projects utilizing them.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="1B95E47A" w14:textId="0CA94B99">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732549" w:id="4862226575974525312"/>
+      <w:bookmarkStart w:name="_Toc478732549" w:id="8492580961904172188"/>
       <w:bookmarkStart w:name="introduction---a-shifting-view" w:id="13"/>
       <w:bookmarkStart w:name="_Toc478732398" w:id="14"/>
       <w:bookmarkStart w:name="_Toc478732477" w:id="15"/>
       <w:bookmarkStart w:name="_Toc478732542" w:id="16"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Part 1. A Quick Look at JavaScript</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="4862226575974525312"/>
+      <w:bookmarkEnd w:id="8492580961904172188"/>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="606AEB25" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732550" w:id="1930665096119461478"/>
+      <w:bookmarkStart w:name="_Toc478732550" w:id="4781544730209525732"/>
       <w:bookmarkStart w:name="the-humble-beginnings-of-javascript" w:id="17"/>
       <w:bookmarkStart w:name="the-language-itself" w:id="18"/>
       <w:bookmarkStart w:name="_Toc478732399" w:id="19"/>
       <w:bookmarkStart w:name="_Toc478732478" w:id="20"/>
       <w:bookmarkStart w:name="_Toc478732543" w:id="21"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>About JavaScript as a Language</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="1930665096119461478"/>
+      <w:bookmarkEnd w:id="4781544730209525732"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="00CBC795" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you haven't used JavaScript yet, don't fear! </w:t>
       </w:r>
       <w:r w:rsidR="00C42A91">
         <w:t>This</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is the best and most exciting time to learn this beautiful, dazzling, bewildering language. The reason this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> exists is because of the booming web development field, and right now the focus of that field is JavaScript. Relatively recent developments like the release of the Node.js server platform, rich updates to browser APIs, and codification of new JavaScript language specifications have established JavaScript as a viable option for programming </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -1750,64 +1750,64 @@
         </w:rPr>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidRPr="004B351E" w:rsidR="00653E9D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003862CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="001D76AB" w:rsidRDefault="001D76AB" w14:paraId="2BC79AEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:name="a-rich-history" w:id="22"/>
       <w:bookmarkStart w:name="where-is-javascript-now" w:id="23"/>
       <w:bookmarkStart w:name="what-is-a-javascript-framework" w:id="24"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="238F1E09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732551" w:id="2739339663086839802"/>
+      <w:bookmarkStart w:name="_Toc478732551" w:id="9922596539375288083"/>
       <w:bookmarkStart w:name="_Toc478732400" w:id="25"/>
       <w:bookmarkStart w:name="_Toc478732479" w:id="26"/>
       <w:bookmarkStart w:name="_Toc478732544" w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">1.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>What is a JavaScript Framework?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="2739339663086839802"/>
+      <w:bookmarkEnd w:id="9922596539375288083"/>
     </w:p>
     <w:p w:rsidR="00186A6C" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="448011FE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>When I say "JavaScript framework</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t>", I'm referring to a front</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">end "MVC" framework written in and designed to be used with JavaScript. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00071466" w14:paraId="003F0522" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
@@ -1871,66 +1871,66 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>JavaScript frameworks are all about separating out your concerns, man</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00071466" w:rsidR="00697009" w:rsidP="004B351E" w:rsidRDefault="00697009" w14:paraId="0CB4A440" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="PullQuote"/>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:pPr>
       <w:r w:rsidRPr="00071466">
         <w:lastRenderedPageBreak/>
         <w:t>JavaScript frameworks are all about separating out your concerns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="090DD5E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732552" w:id="11191842984227289328"/>
+      <w:bookmarkStart w:name="_Toc478732552" w:id="10683394999108891760"/>
       <w:bookmarkStart w:name="mvc-and-other-software-design-patterns" w:id="28"/>
       <w:bookmarkStart w:name="_Toc478732401" w:id="29"/>
       <w:bookmarkStart w:name="_Toc478732480" w:id="30"/>
       <w:bookmarkStart w:name="_Toc478732545" w:id="31"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">1.3. </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00D165CE">
         <w:t>MVC and Other Software Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:bookmarkEnd w:id="11191842984227289328"/>
+      <w:bookmarkEnd w:id="10683394999108891760"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00850D2F" w14:paraId="72D334E0" w14:textId="1B0C1838">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="3A09EA0C" wp14:anchorId="33ACC78E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>1052830</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1581150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3838575" cy="4186323"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="35" name="Picture 35"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -2013,56 +2013,56 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> variations of this exact pattern exist</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> and frameworks utilize all kinds of different "parts." You could probably describe most JavaScript frameworks as having these parts, but rather than try to pin down exact implementations right now, just try to understand the concept.</w:t>
       </w:r>
       <w:bookmarkStart w:name="_GoBack" w:id="32"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w:rsidRPr="00697009" w:rsidR="00697009" w:rsidP="00CC46C3" w:rsidRDefault="00CC46C3" w14:paraId="2BA07B00" w14:textId="472601AB">
       <w:pPr>
         <w:pStyle w:val="ImageCaption"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC46C3">
         <w:t>Fig 1. A simplistic depiction of the components of a typical MVC software architecture along with the actions associated with each.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="469B8B16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732553" w:id="14933405845541754072"/>
+      <w:bookmarkStart w:name="_Toc478732553" w:id="16826879388858828217"/>
       <w:r w:rsidRPr="004B351E">
         <w:lastRenderedPageBreak/>
         <w:t>The model</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14933405845541754072"/>
+      <w:bookmarkEnd w:id="16826879388858828217"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="5833ADE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>In MVC software, the model is a standalone unit that represents the data your application uses. If you're building an application that lets city residents register their pets online, for example, you might have a model for dogs and a model for cats:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="51A32167" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="SourceCode"/>
         <w:wordWrap/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="VerbatimChar"/>
         </w:rPr>
         <w:t>Model Dog {</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -2268,55 +2268,55 @@
         <w:t xml:space="preserve">. Other parts can interact with the model, </w:t>
       </w:r>
       <w:r w:rsidR="00082AB7">
         <w:t xml:space="preserve">but </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the model </w:t>
       </w:r>
       <w:r w:rsidR="0043224C">
         <w:t>explicitly puts forth rules for such interaction</w:t>
       </w:r>
       <w:r>
         <w:t>. This is essential</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as it allows you to abstract data management away from the user-facing parts of the app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="08F55F52" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732554" w:id="3723952513891121492"/>
+      <w:bookmarkStart w:name="_Toc478732554" w:id="17334677658731493240"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The view</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3723952513891121492"/>
+      <w:bookmarkEnd w:id="17334677658731493240"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="485679BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The view of an application is the part with which </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t xml:space="preserve">users and developers are </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">most familiar. The view is simply a compartment for holding controls and other UI elements that allow users to interact with your application. Many platforms refer to views as "forms" or </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"pages." Specifically, you can think of views as HTML pages on the web or XAML forms on Windows. </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t>Front-end</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> code can be used to directly modify the view (e.g. JavaScript animations on the web), but in many cases</w:t>
       </w:r>
@@ -2408,55 +2408,55 @@
         <w:t xml:space="preserve"> freely</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="0B3F79C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Until the dawn of MVC frameworks, developers had a tough time tackling this issue. Many developers had no choice but to combine view markup with data access logic and other computations. As we all know, this leads to an unresponsive and unpleasant experience for the user. Luckily, MVC (and similar) frameworks solve this issue by abstracting away code that deals with data manipulation and other calculation. We've already seen how the model contributes to the solution by giving us another place to worry about data, but now let's check out the controller's role in making our lives easier. (Computers do live to serve us, </w:t>
       </w:r>
       <w:r w:rsidR="00131750">
         <w:t>right?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Right...?)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="1D2F9B4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732555" w:id="15286463237294054562"/>
+      <w:bookmarkStart w:name="_Toc478732555" w:id="2116553112774604287"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The controller</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15286463237294054562"/>
+      <w:bookmarkEnd w:id="2116553112774604287"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="4665311C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>If we think about an MVC application as analogous to a human brain, the model would be the brain's memories, the view would be the senses and the voice (for communicating with the outside world), and the controller would be everything else. The controller of an application takes many different forms across various frameworks, but its purpose is universal: masterminding the operations of an app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D016B" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="3319E719" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We'll talk about how controllers are implemented for each of the frameworks </w:t>
       </w:r>
       <w:r w:rsidR="009D016B">
         <w:t>we cover</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -2938,61 +2938,61 @@
         <w:t xml:space="preserve"> event to which the controller can subscribe and respond accordingly. Typically, the controller can also provide access to properties and methods </w:t>
       </w:r>
       <w:r w:rsidR="00AD217F">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r>
         <w:t>the view can access if it so chooses. The point is, the view has control over information flow.</w:t>
       </w:r>
       <w:r w:rsidR="004305C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="004305C3" w14:paraId="6C1EC620" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>That’s the classic, original way of thinking that led to the development of frameworks. Many applications are still designed with the MVC pattern, but several popular variations exist. In fact, some of the frameworks we will discuss lend themselves more to other software design patterns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="73A3B195" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732556" w:id="4553342582493901230"/>
+      <w:bookmarkStart w:name="_Toc478732556" w:id="4302245357893525305"/>
       <w:bookmarkStart w:name="variations-on-design-patterns" w:id="33"/>
       <w:bookmarkStart w:name="_Toc478732268" w:id="34"/>
       <w:bookmarkStart w:name="_Toc478732402" w:id="35"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Variations on Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="4553342582493901230"/>
+      <w:bookmarkEnd w:id="4302245357893525305"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="69E099FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>The important thing to denote here is that</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> these patterns </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">provide the developer with the tools </w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r>
         <w:t>need to separate concerns</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>