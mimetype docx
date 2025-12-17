--- v6 (2025-12-17)
+++ v7 (2025-12-17)
@@ -638,70 +638,70 @@
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc478732556 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00BF703F" w:rsidP="00E83C8E" w:rsidRDefault="00D165CE" w14:paraId="50A5F014" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732546" w:id="570840465608367320"/>
+      <w:bookmarkStart w:name="_Toc478732546" w:id="5917120224375426968"/>
       <w:bookmarkStart w:name="_Toc478732395" w:id="1"/>
       <w:bookmarkStart w:name="_Toc478732474" w:id="2"/>
       <w:bookmarkStart w:name="_Toc478732541" w:id="3"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Preface - About this </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00DE319E">
         <w:t>E-boo</w:t>
       </w:r>
       <w:bookmarkStart w:name="goals-and-motivation" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="007007B6">
         <w:t>k and why it exists</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="570840465608367320"/>
+      <w:bookmarkEnd w:id="5917120224375426968"/>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="00BF703F" w:rsidRDefault="001D76AB" w14:paraId="08F7FDF2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE5A8D" w:rsidP="00BF703F" w:rsidRDefault="00D165CE" w14:paraId="2CD5D5C0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">Overall, this </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F" w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve"> has a singular, focused goal:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
@@ -1014,66 +1014,66 @@
         <w:t xml:space="preserve"> the current state of JavaScript frameworks. Whether you're just trying to support a variety of developers (like </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>me!)</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> or you're </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t xml:space="preserve">embarking </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>on a new web project, it never hurts to have a quick</w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>, accessible guide</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> that summarizes your options. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="3D3FE0FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732547" w:id="1879472306583705307"/>
+      <w:bookmarkStart w:name="_Toc478732547" w:id="6232263024996009332"/>
       <w:bookmarkStart w:name="significance-by-association" w:id="5"/>
       <w:bookmarkStart w:name="_Toc478732262" w:id="6"/>
       <w:bookmarkStart w:name="_Toc478732396" w:id="7"/>
       <w:bookmarkStart w:name="_Toc478732475" w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Significance by Association</w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>: Top Companies Love Frameworks</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="1879472306583705307"/>
+      <w:bookmarkEnd w:id="6232263024996009332"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="56A6D2C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the top JavaScript frameworks discussed in this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are</w:t>
       </w:r>
       <w:r w:rsidR="005B1E25">
         <w:t xml:space="preserve"> made</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by Google and Facebook. </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>F</w:t>
       </w:r>
       <w:r>
@@ -1122,62 +1122,62 @@
         <w:t xml:space="preserve"> is intended for everyone, but depending on your experience, you may want to start at a different point.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2056" w:rsidRDefault="000C2056" w14:paraId="5AFACA0D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semibold" w:hAnsi="Segoe UI Semibold" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="reading-guide" w:id="9"/>
       <w:bookmarkStart w:name="_Toc478732263" w:id="10"/>
       <w:bookmarkStart w:name="_Toc478732397" w:id="11"/>
       <w:bookmarkStart w:name="_Toc478732476" w:id="12"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="095F3AD2" w14:textId="517D9CF2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732548" w:id="11878668728847364974"/>
+      <w:bookmarkStart w:name="_Toc478732548" w:id="9520476556918984088"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t>Reading Guide</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="001D76AB">
         <w:br/>
       </w:r>
-      <w:bookmarkEnd w:id="11878668728847364974"/>
+      <w:bookmarkEnd w:id="9520476556918984088"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="07E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="true" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2712"/>
         <w:gridCol w:w="6638"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidTr="009305EE" w14:paraId="290887E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="001D76AB" w14:paraId="25604329" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
@@ -1433,87 +1433,87 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="00D165CE" w14:paraId="13E4CB7C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">...fitting a framework. This section talks about how to decide which framework is right for your projects. Even if you're already familiar with the latest and greatest in JavaScript frameworks, the concluding sections of the </w:t>
             </w:r>
             <w:r w:rsidR="00DE319E">
               <w:t>e-book</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> may be useful in helping you start new projects utilizing them.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="1B95E47A" w14:textId="0CA94B99">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732549" w:id="8492580961904172188"/>
+      <w:bookmarkStart w:name="_Toc478732549" w:id="10548622525086970774"/>
       <w:bookmarkStart w:name="introduction---a-shifting-view" w:id="13"/>
       <w:bookmarkStart w:name="_Toc478732398" w:id="14"/>
       <w:bookmarkStart w:name="_Toc478732477" w:id="15"/>
       <w:bookmarkStart w:name="_Toc478732542" w:id="16"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Part 1. A Quick Look at JavaScript</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="8492580961904172188"/>
+      <w:bookmarkEnd w:id="10548622525086970774"/>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="606AEB25" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732550" w:id="4781544730209525732"/>
+      <w:bookmarkStart w:name="_Toc478732550" w:id="2273922918435217622"/>
       <w:bookmarkStart w:name="the-humble-beginnings-of-javascript" w:id="17"/>
       <w:bookmarkStart w:name="the-language-itself" w:id="18"/>
       <w:bookmarkStart w:name="_Toc478732399" w:id="19"/>
       <w:bookmarkStart w:name="_Toc478732478" w:id="20"/>
       <w:bookmarkStart w:name="_Toc478732543" w:id="21"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>About JavaScript as a Language</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="4781544730209525732"/>
+      <w:bookmarkEnd w:id="2273922918435217622"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="00CBC795" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you haven't used JavaScript yet, don't fear! </w:t>
       </w:r>
       <w:r w:rsidR="00C42A91">
         <w:t>This</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is the best and most exciting time to learn this beautiful, dazzling, bewildering language. The reason this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> exists is because of the booming web development field, and right now the focus of that field is JavaScript. Relatively recent developments like the release of the Node.js server platform, rich updates to browser APIs, and codification of new JavaScript language specifications have established JavaScript as a viable option for programming </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -1750,64 +1750,64 @@
         </w:rPr>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidRPr="004B351E" w:rsidR="00653E9D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003862CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="001D76AB" w:rsidRDefault="001D76AB" w14:paraId="2BC79AEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:name="a-rich-history" w:id="22"/>
       <w:bookmarkStart w:name="where-is-javascript-now" w:id="23"/>
       <w:bookmarkStart w:name="what-is-a-javascript-framework" w:id="24"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="238F1E09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732551" w:id="9922596539375288083"/>
+      <w:bookmarkStart w:name="_Toc478732551" w:id="2438272167915112253"/>
       <w:bookmarkStart w:name="_Toc478732400" w:id="25"/>
       <w:bookmarkStart w:name="_Toc478732479" w:id="26"/>
       <w:bookmarkStart w:name="_Toc478732544" w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">1.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>What is a JavaScript Framework?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="9922596539375288083"/>
+      <w:bookmarkEnd w:id="2438272167915112253"/>
     </w:p>
     <w:p w:rsidR="00186A6C" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="448011FE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>When I say "JavaScript framework</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t>", I'm referring to a front</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">end "MVC" framework written in and designed to be used with JavaScript. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00071466" w14:paraId="003F0522" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
@@ -1871,66 +1871,66 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>JavaScript frameworks are all about separating out your concerns, man</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00071466" w:rsidR="00697009" w:rsidP="004B351E" w:rsidRDefault="00697009" w14:paraId="0CB4A440" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="PullQuote"/>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:pPr>
       <w:r w:rsidRPr="00071466">
         <w:lastRenderedPageBreak/>
         <w:t>JavaScript frameworks are all about separating out your concerns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="090DD5E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732552" w:id="10683394999108891760"/>
+      <w:bookmarkStart w:name="_Toc478732552" w:id="5031589421310618365"/>
       <w:bookmarkStart w:name="mvc-and-other-software-design-patterns" w:id="28"/>
       <w:bookmarkStart w:name="_Toc478732401" w:id="29"/>
       <w:bookmarkStart w:name="_Toc478732480" w:id="30"/>
       <w:bookmarkStart w:name="_Toc478732545" w:id="31"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">1.3. </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00D165CE">
         <w:t>MVC and Other Software Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:bookmarkEnd w:id="10683394999108891760"/>
+      <w:bookmarkEnd w:id="5031589421310618365"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00850D2F" w14:paraId="72D334E0" w14:textId="1B0C1838">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="3A09EA0C" wp14:anchorId="33ACC78E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>1052830</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1581150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3838575" cy="4186323"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="35" name="Picture 35"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -2013,56 +2013,56 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> variations of this exact pattern exist</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> and frameworks utilize all kinds of different "parts." You could probably describe most JavaScript frameworks as having these parts, but rather than try to pin down exact implementations right now, just try to understand the concept.</w:t>
       </w:r>
       <w:bookmarkStart w:name="_GoBack" w:id="32"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w:rsidRPr="00697009" w:rsidR="00697009" w:rsidP="00CC46C3" w:rsidRDefault="00CC46C3" w14:paraId="2BA07B00" w14:textId="472601AB">
       <w:pPr>
         <w:pStyle w:val="ImageCaption"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC46C3">
         <w:t>Fig 1. A simplistic depiction of the components of a typical MVC software architecture along with the actions associated with each.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="469B8B16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732553" w:id="16826879388858828217"/>
+      <w:bookmarkStart w:name="_Toc478732553" w:id="2902764701065800907"/>
       <w:r w:rsidRPr="004B351E">
         <w:lastRenderedPageBreak/>
         <w:t>The model</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16826879388858828217"/>
+      <w:bookmarkEnd w:id="2902764701065800907"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="5833ADE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>In MVC software, the model is a standalone unit that represents the data your application uses. If you're building an application that lets city residents register their pets online, for example, you might have a model for dogs and a model for cats:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="51A32167" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="SourceCode"/>
         <w:wordWrap/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="VerbatimChar"/>
         </w:rPr>
         <w:t>Model Dog {</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -2268,55 +2268,55 @@
         <w:t xml:space="preserve">. Other parts can interact with the model, </w:t>
       </w:r>
       <w:r w:rsidR="00082AB7">
         <w:t xml:space="preserve">but </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the model </w:t>
       </w:r>
       <w:r w:rsidR="0043224C">
         <w:t>explicitly puts forth rules for such interaction</w:t>
       </w:r>
       <w:r>
         <w:t>. This is essential</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as it allows you to abstract data management away from the user-facing parts of the app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="08F55F52" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732554" w:id="17334677658731493240"/>
+      <w:bookmarkStart w:name="_Toc478732554" w:id="2983118235999905685"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The view</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17334677658731493240"/>
+      <w:bookmarkEnd w:id="2983118235999905685"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="485679BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The view of an application is the part with which </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t xml:space="preserve">users and developers are </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">most familiar. The view is simply a compartment for holding controls and other UI elements that allow users to interact with your application. Many platforms refer to views as "forms" or </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"pages." Specifically, you can think of views as HTML pages on the web or XAML forms on Windows. </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t>Front-end</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> code can be used to directly modify the view (e.g. JavaScript animations on the web), but in many cases</w:t>
       </w:r>
@@ -2408,55 +2408,55 @@
         <w:t xml:space="preserve"> freely</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="0B3F79C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Until the dawn of MVC frameworks, developers had a tough time tackling this issue. Many developers had no choice but to combine view markup with data access logic and other computations. As we all know, this leads to an unresponsive and unpleasant experience for the user. Luckily, MVC (and similar) frameworks solve this issue by abstracting away code that deals with data manipulation and other calculation. We've already seen how the model contributes to the solution by giving us another place to worry about data, but now let's check out the controller's role in making our lives easier. (Computers do live to serve us, </w:t>
       </w:r>
       <w:r w:rsidR="00131750">
         <w:t>right?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Right...?)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="1D2F9B4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732555" w:id="2116553112774604287"/>
+      <w:bookmarkStart w:name="_Toc478732555" w:id="9456977701404843866"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The controller</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2116553112774604287"/>
+      <w:bookmarkEnd w:id="9456977701404843866"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="4665311C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>If we think about an MVC application as analogous to a human brain, the model would be the brain's memories, the view would be the senses and the voice (for communicating with the outside world), and the controller would be everything else. The controller of an application takes many different forms across various frameworks, but its purpose is universal: masterminding the operations of an app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D016B" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="3319E719" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We'll talk about how controllers are implemented for each of the frameworks </w:t>
       </w:r>
       <w:r w:rsidR="009D016B">
         <w:t>we cover</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -2938,61 +2938,61 @@
         <w:t xml:space="preserve"> event to which the controller can subscribe and respond accordingly. Typically, the controller can also provide access to properties and methods </w:t>
       </w:r>
       <w:r w:rsidR="00AD217F">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r>
         <w:t>the view can access if it so chooses. The point is, the view has control over information flow.</w:t>
       </w:r>
       <w:r w:rsidR="004305C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="004305C3" w14:paraId="6C1EC620" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>That’s the classic, original way of thinking that led to the development of frameworks. Many applications are still designed with the MVC pattern, but several popular variations exist. In fact, some of the frameworks we will discuss lend themselves more to other software design patterns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="73A3B195" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732556" w:id="4302245357893525305"/>
+      <w:bookmarkStart w:name="_Toc478732556" w:id="6410432291854460380"/>
       <w:bookmarkStart w:name="variations-on-design-patterns" w:id="33"/>
       <w:bookmarkStart w:name="_Toc478732268" w:id="34"/>
       <w:bookmarkStart w:name="_Toc478732402" w:id="35"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Variations on Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="4302245357893525305"/>
+      <w:bookmarkEnd w:id="6410432291854460380"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="69E099FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>The important thing to denote here is that</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> these patterns </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">provide the developer with the tools </w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r>
         <w:t>need to separate concerns</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>