--- v7 (2025-12-17)
+++ v8 (2025-12-18)
@@ -638,70 +638,70 @@
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc478732556 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00BF703F" w:rsidP="00E83C8E" w:rsidRDefault="00D165CE" w14:paraId="50A5F014" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732546" w:id="5917120224375426968"/>
+      <w:bookmarkStart w:name="_Toc478732546" w:id="6432680655817141540"/>
       <w:bookmarkStart w:name="_Toc478732395" w:id="1"/>
       <w:bookmarkStart w:name="_Toc478732474" w:id="2"/>
       <w:bookmarkStart w:name="_Toc478732541" w:id="3"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Preface - About this </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00DE319E">
         <w:t>E-boo</w:t>
       </w:r>
       <w:bookmarkStart w:name="goals-and-motivation" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="007007B6">
         <w:t>k and why it exists</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="5917120224375426968"/>
+      <w:bookmarkEnd w:id="6432680655817141540"/>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="00BF703F" w:rsidRDefault="001D76AB" w14:paraId="08F7FDF2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE5A8D" w:rsidP="00BF703F" w:rsidRDefault="00D165CE" w14:paraId="2CD5D5C0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">Overall, this </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F" w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve"> has a singular, focused goal:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
@@ -1014,66 +1014,66 @@
         <w:t xml:space="preserve"> the current state of JavaScript frameworks. Whether you're just trying to support a variety of developers (like </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>me!)</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> or you're </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t xml:space="preserve">embarking </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>on a new web project, it never hurts to have a quick</w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>, accessible guide</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> that summarizes your options. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="3D3FE0FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732547" w:id="6232263024996009332"/>
+      <w:bookmarkStart w:name="_Toc478732547" w:id="15368072399795073059"/>
       <w:bookmarkStart w:name="significance-by-association" w:id="5"/>
       <w:bookmarkStart w:name="_Toc478732262" w:id="6"/>
       <w:bookmarkStart w:name="_Toc478732396" w:id="7"/>
       <w:bookmarkStart w:name="_Toc478732475" w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Significance by Association</w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>: Top Companies Love Frameworks</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="6232263024996009332"/>
+      <w:bookmarkEnd w:id="15368072399795073059"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="56A6D2C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the top JavaScript frameworks discussed in this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are</w:t>
       </w:r>
       <w:r w:rsidR="005B1E25">
         <w:t xml:space="preserve"> made</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by Google and Facebook. </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>F</w:t>
       </w:r>
       <w:r>
@@ -1122,62 +1122,62 @@
         <w:t xml:space="preserve"> is intended for everyone, but depending on your experience, you may want to start at a different point.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2056" w:rsidRDefault="000C2056" w14:paraId="5AFACA0D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semibold" w:hAnsi="Segoe UI Semibold" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="reading-guide" w:id="9"/>
       <w:bookmarkStart w:name="_Toc478732263" w:id="10"/>
       <w:bookmarkStart w:name="_Toc478732397" w:id="11"/>
       <w:bookmarkStart w:name="_Toc478732476" w:id="12"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="095F3AD2" w14:textId="517D9CF2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732548" w:id="9520476556918984088"/>
+      <w:bookmarkStart w:name="_Toc478732548" w:id="14860219833461463528"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t>Reading Guide</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="001D76AB">
         <w:br/>
       </w:r>
-      <w:bookmarkEnd w:id="9520476556918984088"/>
+      <w:bookmarkEnd w:id="14860219833461463528"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="07E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="true" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2712"/>
         <w:gridCol w:w="6638"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidTr="009305EE" w14:paraId="290887E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="001D76AB" w14:paraId="25604329" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
@@ -1433,87 +1433,87 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="00D165CE" w14:paraId="13E4CB7C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">...fitting a framework. This section talks about how to decide which framework is right for your projects. Even if you're already familiar with the latest and greatest in JavaScript frameworks, the concluding sections of the </w:t>
             </w:r>
             <w:r w:rsidR="00DE319E">
               <w:t>e-book</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> may be useful in helping you start new projects utilizing them.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="1B95E47A" w14:textId="0CA94B99">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732549" w:id="10548622525086970774"/>
+      <w:bookmarkStart w:name="_Toc478732549" w:id="5891855467602152671"/>
       <w:bookmarkStart w:name="introduction---a-shifting-view" w:id="13"/>
       <w:bookmarkStart w:name="_Toc478732398" w:id="14"/>
       <w:bookmarkStart w:name="_Toc478732477" w:id="15"/>
       <w:bookmarkStart w:name="_Toc478732542" w:id="16"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Part 1. A Quick Look at JavaScript</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="10548622525086970774"/>
+      <w:bookmarkEnd w:id="5891855467602152671"/>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="606AEB25" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732550" w:id="2273922918435217622"/>
+      <w:bookmarkStart w:name="_Toc478732550" w:id="11429986250427150596"/>
       <w:bookmarkStart w:name="the-humble-beginnings-of-javascript" w:id="17"/>
       <w:bookmarkStart w:name="the-language-itself" w:id="18"/>
       <w:bookmarkStart w:name="_Toc478732399" w:id="19"/>
       <w:bookmarkStart w:name="_Toc478732478" w:id="20"/>
       <w:bookmarkStart w:name="_Toc478732543" w:id="21"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>About JavaScript as a Language</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="2273922918435217622"/>
+      <w:bookmarkEnd w:id="11429986250427150596"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="00CBC795" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you haven't used JavaScript yet, don't fear! </w:t>
       </w:r>
       <w:r w:rsidR="00C42A91">
         <w:t>This</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is the best and most exciting time to learn this beautiful, dazzling, bewildering language. The reason this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> exists is because of the booming web development field, and right now the focus of that field is JavaScript. Relatively recent developments like the release of the Node.js server platform, rich updates to browser APIs, and codification of new JavaScript language specifications have established JavaScript as a viable option for programming </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -1750,64 +1750,64 @@
         </w:rPr>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidRPr="004B351E" w:rsidR="00653E9D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003862CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="001D76AB" w:rsidRDefault="001D76AB" w14:paraId="2BC79AEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:name="a-rich-history" w:id="22"/>
       <w:bookmarkStart w:name="where-is-javascript-now" w:id="23"/>
       <w:bookmarkStart w:name="what-is-a-javascript-framework" w:id="24"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="238F1E09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732551" w:id="2438272167915112253"/>
+      <w:bookmarkStart w:name="_Toc478732551" w:id="9392276960289686281"/>
       <w:bookmarkStart w:name="_Toc478732400" w:id="25"/>
       <w:bookmarkStart w:name="_Toc478732479" w:id="26"/>
       <w:bookmarkStart w:name="_Toc478732544" w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">1.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>What is a JavaScript Framework?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="2438272167915112253"/>
+      <w:bookmarkEnd w:id="9392276960289686281"/>
     </w:p>
     <w:p w:rsidR="00186A6C" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="448011FE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>When I say "JavaScript framework</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t>", I'm referring to a front</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">end "MVC" framework written in and designed to be used with JavaScript. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00071466" w14:paraId="003F0522" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
@@ -1871,66 +1871,66 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>JavaScript frameworks are all about separating out your concerns, man</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00071466" w:rsidR="00697009" w:rsidP="004B351E" w:rsidRDefault="00697009" w14:paraId="0CB4A440" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="PullQuote"/>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:pPr>
       <w:r w:rsidRPr="00071466">
         <w:lastRenderedPageBreak/>
         <w:t>JavaScript frameworks are all about separating out your concerns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="090DD5E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732552" w:id="5031589421310618365"/>
+      <w:bookmarkStart w:name="_Toc478732552" w:id="3136944091602234169"/>
       <w:bookmarkStart w:name="mvc-and-other-software-design-patterns" w:id="28"/>
       <w:bookmarkStart w:name="_Toc478732401" w:id="29"/>
       <w:bookmarkStart w:name="_Toc478732480" w:id="30"/>
       <w:bookmarkStart w:name="_Toc478732545" w:id="31"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">1.3. </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00D165CE">
         <w:t>MVC and Other Software Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:bookmarkEnd w:id="5031589421310618365"/>
+      <w:bookmarkEnd w:id="3136944091602234169"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00850D2F" w14:paraId="72D334E0" w14:textId="1B0C1838">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="3A09EA0C" wp14:anchorId="33ACC78E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>1052830</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1581150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3838575" cy="4186323"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="35" name="Picture 35"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -2013,56 +2013,56 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> variations of this exact pattern exist</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> and frameworks utilize all kinds of different "parts." You could probably describe most JavaScript frameworks as having these parts, but rather than try to pin down exact implementations right now, just try to understand the concept.</w:t>
       </w:r>
       <w:bookmarkStart w:name="_GoBack" w:id="32"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w:rsidRPr="00697009" w:rsidR="00697009" w:rsidP="00CC46C3" w:rsidRDefault="00CC46C3" w14:paraId="2BA07B00" w14:textId="472601AB">
       <w:pPr>
         <w:pStyle w:val="ImageCaption"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC46C3">
         <w:t>Fig 1. A simplistic depiction of the components of a typical MVC software architecture along with the actions associated with each.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="469B8B16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732553" w:id="2902764701065800907"/>
+      <w:bookmarkStart w:name="_Toc478732553" w:id="15992546949193539009"/>
       <w:r w:rsidRPr="004B351E">
         <w:lastRenderedPageBreak/>
         <w:t>The model</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2902764701065800907"/>
+      <w:bookmarkEnd w:id="15992546949193539009"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="5833ADE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>In MVC software, the model is a standalone unit that represents the data your application uses. If you're building an application that lets city residents register their pets online, for example, you might have a model for dogs and a model for cats:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="51A32167" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="SourceCode"/>
         <w:wordWrap/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="VerbatimChar"/>
         </w:rPr>
         <w:t>Model Dog {</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -2268,55 +2268,55 @@
         <w:t xml:space="preserve">. Other parts can interact with the model, </w:t>
       </w:r>
       <w:r w:rsidR="00082AB7">
         <w:t xml:space="preserve">but </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the model </w:t>
       </w:r>
       <w:r w:rsidR="0043224C">
         <w:t>explicitly puts forth rules for such interaction</w:t>
       </w:r>
       <w:r>
         <w:t>. This is essential</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as it allows you to abstract data management away from the user-facing parts of the app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="08F55F52" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732554" w:id="2983118235999905685"/>
+      <w:bookmarkStart w:name="_Toc478732554" w:id="5317267332334229689"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The view</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2983118235999905685"/>
+      <w:bookmarkEnd w:id="5317267332334229689"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="485679BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The view of an application is the part with which </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t xml:space="preserve">users and developers are </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">most familiar. The view is simply a compartment for holding controls and other UI elements that allow users to interact with your application. Many platforms refer to views as "forms" or </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"pages." Specifically, you can think of views as HTML pages on the web or XAML forms on Windows. </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t>Front-end</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> code can be used to directly modify the view (e.g. JavaScript animations on the web), but in many cases</w:t>
       </w:r>
@@ -2408,55 +2408,55 @@
         <w:t xml:space="preserve"> freely</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="0B3F79C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Until the dawn of MVC frameworks, developers had a tough time tackling this issue. Many developers had no choice but to combine view markup with data access logic and other computations. As we all know, this leads to an unresponsive and unpleasant experience for the user. Luckily, MVC (and similar) frameworks solve this issue by abstracting away code that deals with data manipulation and other calculation. We've already seen how the model contributes to the solution by giving us another place to worry about data, but now let's check out the controller's role in making our lives easier. (Computers do live to serve us, </w:t>
       </w:r>
       <w:r w:rsidR="00131750">
         <w:t>right?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Right...?)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="1D2F9B4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732555" w:id="9456977701404843866"/>
+      <w:bookmarkStart w:name="_Toc478732555" w:id="8839207016519400127"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The controller</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9456977701404843866"/>
+      <w:bookmarkEnd w:id="8839207016519400127"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="4665311C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>If we think about an MVC application as analogous to a human brain, the model would be the brain's memories, the view would be the senses and the voice (for communicating with the outside world), and the controller would be everything else. The controller of an application takes many different forms across various frameworks, but its purpose is universal: masterminding the operations of an app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D016B" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="3319E719" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We'll talk about how controllers are implemented for each of the frameworks </w:t>
       </w:r>
       <w:r w:rsidR="009D016B">
         <w:t>we cover</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -2938,61 +2938,61 @@
         <w:t xml:space="preserve"> event to which the controller can subscribe and respond accordingly. Typically, the controller can also provide access to properties and methods </w:t>
       </w:r>
       <w:r w:rsidR="00AD217F">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r>
         <w:t>the view can access if it so chooses. The point is, the view has control over information flow.</w:t>
       </w:r>
       <w:r w:rsidR="004305C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="004305C3" w14:paraId="6C1EC620" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>That’s the classic, original way of thinking that led to the development of frameworks. Many applications are still designed with the MVC pattern, but several popular variations exist. In fact, some of the frameworks we will discuss lend themselves more to other software design patterns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="73A3B195" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732556" w:id="6410432291854460380"/>
+      <w:bookmarkStart w:name="_Toc478732556" w:id="4175401871211111102"/>
       <w:bookmarkStart w:name="variations-on-design-patterns" w:id="33"/>
       <w:bookmarkStart w:name="_Toc478732268" w:id="34"/>
       <w:bookmarkStart w:name="_Toc478732402" w:id="35"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Variations on Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="6410432291854460380"/>
+      <w:bookmarkEnd w:id="4175401871211111102"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="69E099FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>The important thing to denote here is that</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> these patterns </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">provide the developer with the tools </w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r>
         <w:t>need to separate concerns</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>