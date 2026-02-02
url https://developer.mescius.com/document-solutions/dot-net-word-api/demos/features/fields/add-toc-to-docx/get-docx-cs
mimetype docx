--- v8 (2025-12-18)
+++ v9 (2026-02-02)
@@ -638,70 +638,70 @@
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc478732556 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00BF703F" w:rsidP="00E83C8E" w:rsidRDefault="00D165CE" w14:paraId="50A5F014" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732546" w:id="6432680655817141540"/>
+      <w:bookmarkStart w:name="_Toc478732546" w:id="3674949221112468320"/>
       <w:bookmarkStart w:name="_Toc478732395" w:id="1"/>
       <w:bookmarkStart w:name="_Toc478732474" w:id="2"/>
       <w:bookmarkStart w:name="_Toc478732541" w:id="3"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Preface - About this </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00DE319E">
         <w:t>E-boo</w:t>
       </w:r>
       <w:bookmarkStart w:name="goals-and-motivation" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="007007B6">
         <w:t>k and why it exists</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="6432680655817141540"/>
+      <w:bookmarkEnd w:id="3674949221112468320"/>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="00BF703F" w:rsidRDefault="001D76AB" w14:paraId="08F7FDF2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE5A8D" w:rsidP="00BF703F" w:rsidRDefault="00D165CE" w14:paraId="2CD5D5C0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">Overall, this </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F" w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve"> has a singular, focused goal:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
@@ -1014,66 +1014,66 @@
         <w:t xml:space="preserve"> the current state of JavaScript frameworks. Whether you're just trying to support a variety of developers (like </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>me!)</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> or you're </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t xml:space="preserve">embarking </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>on a new web project, it never hurts to have a quick</w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>, accessible guide</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> that summarizes your options. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="3D3FE0FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732547" w:id="15368072399795073059"/>
+      <w:bookmarkStart w:name="_Toc478732547" w:id="11542263343046209516"/>
       <w:bookmarkStart w:name="significance-by-association" w:id="5"/>
       <w:bookmarkStart w:name="_Toc478732262" w:id="6"/>
       <w:bookmarkStart w:name="_Toc478732396" w:id="7"/>
       <w:bookmarkStart w:name="_Toc478732475" w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Significance by Association</w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>: Top Companies Love Frameworks</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="15368072399795073059"/>
+      <w:bookmarkEnd w:id="11542263343046209516"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="56A6D2C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the top JavaScript frameworks discussed in this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are</w:t>
       </w:r>
       <w:r w:rsidR="005B1E25">
         <w:t xml:space="preserve"> made</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by Google and Facebook. </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>F</w:t>
       </w:r>
       <w:r>
@@ -1122,62 +1122,62 @@
         <w:t xml:space="preserve"> is intended for everyone, but depending on your experience, you may want to start at a different point.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2056" w:rsidRDefault="000C2056" w14:paraId="5AFACA0D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semibold" w:hAnsi="Segoe UI Semibold" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="reading-guide" w:id="9"/>
       <w:bookmarkStart w:name="_Toc478732263" w:id="10"/>
       <w:bookmarkStart w:name="_Toc478732397" w:id="11"/>
       <w:bookmarkStart w:name="_Toc478732476" w:id="12"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="095F3AD2" w14:textId="517D9CF2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732548" w:id="14860219833461463528"/>
+      <w:bookmarkStart w:name="_Toc478732548" w:id="12735156131679099618"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t>Reading Guide</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="001D76AB">
         <w:br/>
       </w:r>
-      <w:bookmarkEnd w:id="14860219833461463528"/>
+      <w:bookmarkEnd w:id="12735156131679099618"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="07E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="true" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2712"/>
         <w:gridCol w:w="6638"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidTr="009305EE" w14:paraId="290887E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="001D76AB" w14:paraId="25604329" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
@@ -1433,87 +1433,87 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="00D165CE" w14:paraId="13E4CB7C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">...fitting a framework. This section talks about how to decide which framework is right for your projects. Even if you're already familiar with the latest and greatest in JavaScript frameworks, the concluding sections of the </w:t>
             </w:r>
             <w:r w:rsidR="00DE319E">
               <w:t>e-book</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> may be useful in helping you start new projects utilizing them.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="1B95E47A" w14:textId="0CA94B99">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732549" w:id="5891855467602152671"/>
+      <w:bookmarkStart w:name="_Toc478732549" w:id="6627429275763443808"/>
       <w:bookmarkStart w:name="introduction---a-shifting-view" w:id="13"/>
       <w:bookmarkStart w:name="_Toc478732398" w:id="14"/>
       <w:bookmarkStart w:name="_Toc478732477" w:id="15"/>
       <w:bookmarkStart w:name="_Toc478732542" w:id="16"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Part 1. A Quick Look at JavaScript</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="5891855467602152671"/>
+      <w:bookmarkEnd w:id="6627429275763443808"/>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="606AEB25" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732550" w:id="11429986250427150596"/>
+      <w:bookmarkStart w:name="_Toc478732550" w:id="2468456254059335617"/>
       <w:bookmarkStart w:name="the-humble-beginnings-of-javascript" w:id="17"/>
       <w:bookmarkStart w:name="the-language-itself" w:id="18"/>
       <w:bookmarkStart w:name="_Toc478732399" w:id="19"/>
       <w:bookmarkStart w:name="_Toc478732478" w:id="20"/>
       <w:bookmarkStart w:name="_Toc478732543" w:id="21"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>About JavaScript as a Language</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="11429986250427150596"/>
+      <w:bookmarkEnd w:id="2468456254059335617"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="00CBC795" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you haven't used JavaScript yet, don't fear! </w:t>
       </w:r>
       <w:r w:rsidR="00C42A91">
         <w:t>This</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is the best and most exciting time to learn this beautiful, dazzling, bewildering language. The reason this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> exists is because of the booming web development field, and right now the focus of that field is JavaScript. Relatively recent developments like the release of the Node.js server platform, rich updates to browser APIs, and codification of new JavaScript language specifications have established JavaScript as a viable option for programming </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -1750,64 +1750,64 @@
         </w:rPr>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidRPr="004B351E" w:rsidR="00653E9D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003862CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="001D76AB" w:rsidRDefault="001D76AB" w14:paraId="2BC79AEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:name="a-rich-history" w:id="22"/>
       <w:bookmarkStart w:name="where-is-javascript-now" w:id="23"/>
       <w:bookmarkStart w:name="what-is-a-javascript-framework" w:id="24"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="238F1E09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732551" w:id="9392276960289686281"/>
+      <w:bookmarkStart w:name="_Toc478732551" w:id="15010023420838718768"/>
       <w:bookmarkStart w:name="_Toc478732400" w:id="25"/>
       <w:bookmarkStart w:name="_Toc478732479" w:id="26"/>
       <w:bookmarkStart w:name="_Toc478732544" w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">1.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>What is a JavaScript Framework?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="9392276960289686281"/>
+      <w:bookmarkEnd w:id="15010023420838718768"/>
     </w:p>
     <w:p w:rsidR="00186A6C" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="448011FE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>When I say "JavaScript framework</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t>", I'm referring to a front</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">end "MVC" framework written in and designed to be used with JavaScript. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00071466" w14:paraId="003F0522" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
@@ -1871,66 +1871,66 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>JavaScript frameworks are all about separating out your concerns, man</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00071466" w:rsidR="00697009" w:rsidP="004B351E" w:rsidRDefault="00697009" w14:paraId="0CB4A440" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="PullQuote"/>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:pPr>
       <w:r w:rsidRPr="00071466">
         <w:lastRenderedPageBreak/>
         <w:t>JavaScript frameworks are all about separating out your concerns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="090DD5E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732552" w:id="3136944091602234169"/>
+      <w:bookmarkStart w:name="_Toc478732552" w:id="906858781582685660"/>
       <w:bookmarkStart w:name="mvc-and-other-software-design-patterns" w:id="28"/>
       <w:bookmarkStart w:name="_Toc478732401" w:id="29"/>
       <w:bookmarkStart w:name="_Toc478732480" w:id="30"/>
       <w:bookmarkStart w:name="_Toc478732545" w:id="31"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">1.3. </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00D165CE">
         <w:t>MVC and Other Software Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:bookmarkEnd w:id="3136944091602234169"/>
+      <w:bookmarkEnd w:id="906858781582685660"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00850D2F" w14:paraId="72D334E0" w14:textId="1B0C1838">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="3A09EA0C" wp14:anchorId="33ACC78E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>1052830</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1581150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3838575" cy="4186323"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="35" name="Picture 35"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -2013,56 +2013,56 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> variations of this exact pattern exist</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> and frameworks utilize all kinds of different "parts." You could probably describe most JavaScript frameworks as having these parts, but rather than try to pin down exact implementations right now, just try to understand the concept.</w:t>
       </w:r>
       <w:bookmarkStart w:name="_GoBack" w:id="32"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w:rsidRPr="00697009" w:rsidR="00697009" w:rsidP="00CC46C3" w:rsidRDefault="00CC46C3" w14:paraId="2BA07B00" w14:textId="472601AB">
       <w:pPr>
         <w:pStyle w:val="ImageCaption"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC46C3">
         <w:t>Fig 1. A simplistic depiction of the components of a typical MVC software architecture along with the actions associated with each.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="469B8B16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732553" w:id="15992546949193539009"/>
+      <w:bookmarkStart w:name="_Toc478732553" w:id="12441751818895282989"/>
       <w:r w:rsidRPr="004B351E">
         <w:lastRenderedPageBreak/>
         <w:t>The model</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15992546949193539009"/>
+      <w:bookmarkEnd w:id="12441751818895282989"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="5833ADE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>In MVC software, the model is a standalone unit that represents the data your application uses. If you're building an application that lets city residents register their pets online, for example, you might have a model for dogs and a model for cats:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="51A32167" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="SourceCode"/>
         <w:wordWrap/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="VerbatimChar"/>
         </w:rPr>
         <w:t>Model Dog {</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -2268,55 +2268,55 @@
         <w:t xml:space="preserve">. Other parts can interact with the model, </w:t>
       </w:r>
       <w:r w:rsidR="00082AB7">
         <w:t xml:space="preserve">but </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the model </w:t>
       </w:r>
       <w:r w:rsidR="0043224C">
         <w:t>explicitly puts forth rules for such interaction</w:t>
       </w:r>
       <w:r>
         <w:t>. This is essential</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as it allows you to abstract data management away from the user-facing parts of the app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="08F55F52" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732554" w:id="5317267332334229689"/>
+      <w:bookmarkStart w:name="_Toc478732554" w:id="12902978324176934086"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The view</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5317267332334229689"/>
+      <w:bookmarkEnd w:id="12902978324176934086"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="485679BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The view of an application is the part with which </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t xml:space="preserve">users and developers are </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">most familiar. The view is simply a compartment for holding controls and other UI elements that allow users to interact with your application. Many platforms refer to views as "forms" or </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"pages." Specifically, you can think of views as HTML pages on the web or XAML forms on Windows. </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t>Front-end</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> code can be used to directly modify the view (e.g. JavaScript animations on the web), but in many cases</w:t>
       </w:r>
@@ -2408,55 +2408,55 @@
         <w:t xml:space="preserve"> freely</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="0B3F79C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Until the dawn of MVC frameworks, developers had a tough time tackling this issue. Many developers had no choice but to combine view markup with data access logic and other computations. As we all know, this leads to an unresponsive and unpleasant experience for the user. Luckily, MVC (and similar) frameworks solve this issue by abstracting away code that deals with data manipulation and other calculation. We've already seen how the model contributes to the solution by giving us another place to worry about data, but now let's check out the controller's role in making our lives easier. (Computers do live to serve us, </w:t>
       </w:r>
       <w:r w:rsidR="00131750">
         <w:t>right?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Right...?)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="1D2F9B4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732555" w:id="8839207016519400127"/>
+      <w:bookmarkStart w:name="_Toc478732555" w:id="5959040414549761219"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The controller</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8839207016519400127"/>
+      <w:bookmarkEnd w:id="5959040414549761219"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="4665311C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>If we think about an MVC application as analogous to a human brain, the model would be the brain's memories, the view would be the senses and the voice (for communicating with the outside world), and the controller would be everything else. The controller of an application takes many different forms across various frameworks, but its purpose is universal: masterminding the operations of an app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D016B" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="3319E719" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We'll talk about how controllers are implemented for each of the frameworks </w:t>
       </w:r>
       <w:r w:rsidR="009D016B">
         <w:t>we cover</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -2938,61 +2938,61 @@
         <w:t xml:space="preserve"> event to which the controller can subscribe and respond accordingly. Typically, the controller can also provide access to properties and methods </w:t>
       </w:r>
       <w:r w:rsidR="00AD217F">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r>
         <w:t>the view can access if it so chooses. The point is, the view has control over information flow.</w:t>
       </w:r>
       <w:r w:rsidR="004305C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="004305C3" w14:paraId="6C1EC620" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>That’s the classic, original way of thinking that led to the development of frameworks. Many applications are still designed with the MVC pattern, but several popular variations exist. In fact, some of the frameworks we will discuss lend themselves more to other software design patterns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="73A3B195" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732556" w:id="4175401871211111102"/>
+      <w:bookmarkStart w:name="_Toc478732556" w:id="11378667374356205369"/>
       <w:bookmarkStart w:name="variations-on-design-patterns" w:id="33"/>
       <w:bookmarkStart w:name="_Toc478732268" w:id="34"/>
       <w:bookmarkStart w:name="_Toc478732402" w:id="35"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Variations on Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="4175401871211111102"/>
+      <w:bookmarkEnd w:id="11378667374356205369"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="69E099FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>The important thing to denote here is that</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> these patterns </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">provide the developer with the tools </w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r>
         <w:t>need to separate concerns</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>