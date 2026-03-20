--- v9 (2026-02-02)
+++ v10 (2026-03-20)
@@ -638,70 +638,70 @@
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGEREF _Toc478732556 \h </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00BF703F" w:rsidP="00E83C8E" w:rsidRDefault="00D165CE" w14:paraId="50A5F014" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732546" w:id="3674949221112468320"/>
+      <w:bookmarkStart w:name="_Toc478732546" w:id="2763265356909563641"/>
       <w:bookmarkStart w:name="_Toc478732395" w:id="1"/>
       <w:bookmarkStart w:name="_Toc478732474" w:id="2"/>
       <w:bookmarkStart w:name="_Toc478732541" w:id="3"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Preface - About this </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00DE319E">
         <w:t>E-boo</w:t>
       </w:r>
       <w:bookmarkStart w:name="goals-and-motivation" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="007007B6">
         <w:t>k and why it exists</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="3674949221112468320"/>
+      <w:bookmarkEnd w:id="2763265356909563641"/>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="00BF703F" w:rsidRDefault="001D76AB" w14:paraId="08F7FDF2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE5A8D" w:rsidP="00BF703F" w:rsidRDefault="00D165CE" w14:paraId="2CD5D5C0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">Overall, this </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F" w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve"> has a singular, focused goal:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF703F">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
@@ -1014,66 +1014,66 @@
         <w:t xml:space="preserve"> the current state of JavaScript frameworks. Whether you're just trying to support a variety of developers (like </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>me!)</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> or you're </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t xml:space="preserve">embarking </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>on a new web project, it never hurts to have a quick</w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>, accessible guide</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> that summarizes your options. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="3D3FE0FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732547" w:id="11542263343046209516"/>
+      <w:bookmarkStart w:name="_Toc478732547" w:id="3709708377483046460"/>
       <w:bookmarkStart w:name="significance-by-association" w:id="5"/>
       <w:bookmarkStart w:name="_Toc478732262" w:id="6"/>
       <w:bookmarkStart w:name="_Toc478732396" w:id="7"/>
       <w:bookmarkStart w:name="_Toc478732475" w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Significance by Association</w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>: Top Companies Love Frameworks</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="11542263343046209516"/>
+      <w:bookmarkEnd w:id="3709708377483046460"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="56A6D2C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Some of the top JavaScript frameworks discussed in this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>e-book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are</w:t>
       </w:r>
       <w:r w:rsidR="005B1E25">
         <w:t xml:space="preserve"> made</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by Google and Facebook. </w:t>
       </w:r>
       <w:r w:rsidR="009A43C4">
         <w:t>F</w:t>
       </w:r>
       <w:r>
@@ -1122,62 +1122,62 @@
         <w:t xml:space="preserve"> is intended for everyone, but depending on your experience, you may want to start at a different point.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C2056" w:rsidRDefault="000C2056" w14:paraId="5AFACA0D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Semibold" w:hAnsi="Segoe UI Semibold" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="reading-guide" w:id="9"/>
       <w:bookmarkStart w:name="_Toc478732263" w:id="10"/>
       <w:bookmarkStart w:name="_Toc478732397" w:id="11"/>
       <w:bookmarkStart w:name="_Toc478732476" w:id="12"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="095F3AD2" w14:textId="517D9CF2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732548" w:id="12735156131679099618"/>
+      <w:bookmarkStart w:name="_Toc478732548" w:id="11933443616275808718"/>
       <w:r w:rsidRPr="001D76AB">
         <w:lastRenderedPageBreak/>
         <w:t>Reading Guide</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="001D76AB">
         <w:br/>
       </w:r>
-      <w:bookmarkEnd w:id="12735156131679099618"/>
+      <w:bookmarkEnd w:id="11933443616275808718"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="07E0" w:firstRow="true" w:lastRow="true" w:firstColumn="true" w:lastColumn="true" w:noHBand="true" w:noVBand="true"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2712"/>
         <w:gridCol w:w="6638"/>
       </w:tblGrid>
       <w:tr w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidTr="009305EE" w14:paraId="290887E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="001D76AB" w14:paraId="25604329" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
@@ -1433,87 +1433,87 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00396FD2" w:rsidP="009305EE" w:rsidRDefault="00D165CE" w14:paraId="13E4CB7C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">...fitting a framework. This section talks about how to decide which framework is right for your projects. Even if you're already familiar with the latest and greatest in JavaScript frameworks, the concluding sections of the </w:t>
             </w:r>
             <w:r w:rsidR="00DE319E">
               <w:t>e-book</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> may be useful in helping you start new projects utilizing them.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="1B95E47A" w14:textId="0CA94B99">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732549" w:id="6627429275763443808"/>
+      <w:bookmarkStart w:name="_Toc478732549" w:id="8758662174830924994"/>
       <w:bookmarkStart w:name="introduction---a-shifting-view" w:id="13"/>
       <w:bookmarkStart w:name="_Toc478732398" w:id="14"/>
       <w:bookmarkStart w:name="_Toc478732477" w:id="15"/>
       <w:bookmarkStart w:name="_Toc478732542" w:id="16"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Part 1. A Quick Look at JavaScript</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="6627429275763443808"/>
+      <w:bookmarkEnd w:id="8758662174830924994"/>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="001D76AB" w:rsidRDefault="007007B6" w14:paraId="606AEB25" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732550" w:id="2468456254059335617"/>
+      <w:bookmarkStart w:name="_Toc478732550" w:id="8655370912321992895"/>
       <w:bookmarkStart w:name="the-humble-beginnings-of-javascript" w:id="17"/>
       <w:bookmarkStart w:name="the-language-itself" w:id="18"/>
       <w:bookmarkStart w:name="_Toc478732399" w:id="19"/>
       <w:bookmarkStart w:name="_Toc478732478" w:id="20"/>
       <w:bookmarkStart w:name="_Toc478732543" w:id="21"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
       <w:r w:rsidR="001D76AB">
         <w:t>About JavaScript as a Language</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="2468456254059335617"/>
+      <w:bookmarkEnd w:id="8655370912321992895"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="00CBC795" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you haven't used JavaScript yet, don't fear! </w:t>
       </w:r>
       <w:r w:rsidR="00C42A91">
         <w:t>This</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is the best and most exciting time to learn this beautiful, dazzling, bewildering language. The reason this </w:t>
       </w:r>
       <w:r w:rsidR="00DE319E">
         <w:t>book</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> exists is because of the booming web development field, and right now the focus of that field is JavaScript. Relatively recent developments like the release of the Node.js server platform, rich updates to browser APIs, and codification of new JavaScript language specifications have established JavaScript as a viable option for programming </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -1750,64 +1750,64 @@
         </w:rPr>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidRPr="004B351E" w:rsidR="00653E9D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003862CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D76AB" w:rsidP="001D76AB" w:rsidRDefault="001D76AB" w14:paraId="2BC79AEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:name="a-rich-history" w:id="22"/>
       <w:bookmarkStart w:name="where-is-javascript-now" w:id="23"/>
       <w:bookmarkStart w:name="what-is-a-javascript-framework" w:id="24"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="238F1E09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732551" w:id="15010023420838718768"/>
+      <w:bookmarkStart w:name="_Toc478732551" w:id="8429147647851922779"/>
       <w:bookmarkStart w:name="_Toc478732400" w:id="25"/>
       <w:bookmarkStart w:name="_Toc478732479" w:id="26"/>
       <w:bookmarkStart w:name="_Toc478732544" w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">1.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>What is a JavaScript Framework?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="15010023420838718768"/>
+      <w:bookmarkEnd w:id="8429147647851922779"/>
     </w:p>
     <w:p w:rsidR="00186A6C" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="448011FE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>When I say "JavaScript framework</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t>", I'm referring to a front</w:t>
       </w:r>
       <w:r w:rsidR="00653E9D">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">end "MVC" framework written in and designed to be used with JavaScript. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00071466" w14:paraId="003F0522" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
@@ -1871,66 +1871,66 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>JavaScript frameworks are all about separating out your concerns, man</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00071466" w:rsidR="00697009" w:rsidP="004B351E" w:rsidRDefault="00697009" w14:paraId="0CB4A440" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="PullQuote"/>
         <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
       </w:pPr>
       <w:r w:rsidRPr="00071466">
         <w:lastRenderedPageBreak/>
         <w:t>JavaScript frameworks are all about separating out your concerns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00E83C8E" w:rsidRDefault="007007B6" w14:paraId="090DD5E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732552" w:id="906858781582685660"/>
+      <w:bookmarkStart w:name="_Toc478732552" w:id="13663522265254496733"/>
       <w:bookmarkStart w:name="mvc-and-other-software-design-patterns" w:id="28"/>
       <w:bookmarkStart w:name="_Toc478732401" w:id="29"/>
       <w:bookmarkStart w:name="_Toc478732480" w:id="30"/>
       <w:bookmarkStart w:name="_Toc478732545" w:id="31"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">1.3. </w:t>
       </w:r>
       <w:r w:rsidRPr="001D76AB" w:rsidR="00D165CE">
         <w:t>MVC and Other Software Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:bookmarkEnd w:id="906858781582685660"/>
+      <w:bookmarkEnd w:id="13663522265254496733"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00850D2F" w14:paraId="72D334E0" w14:textId="1B0C1838">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="3A09EA0C" wp14:anchorId="33ACC78E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>1052830</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1581150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3838575" cy="4186323"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="35" name="Picture 35"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -2013,56 +2013,56 @@
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> variations of this exact pattern exist</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D165CE">
         <w:t xml:space="preserve"> and frameworks utilize all kinds of different "parts." You could probably describe most JavaScript frameworks as having these parts, but rather than try to pin down exact implementations right now, just try to understand the concept.</w:t>
       </w:r>
       <w:bookmarkStart w:name="_GoBack" w:id="32"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w:rsidRPr="00697009" w:rsidR="00697009" w:rsidP="00CC46C3" w:rsidRDefault="00CC46C3" w14:paraId="2BA07B00" w14:textId="472601AB">
       <w:pPr>
         <w:pStyle w:val="ImageCaption"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC46C3">
         <w:t>Fig 1. A simplistic depiction of the components of a typical MVC software architecture along with the actions associated with each.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="469B8B16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732553" w:id="12441751818895282989"/>
+      <w:bookmarkStart w:name="_Toc478732553" w:id="10053079610281100341"/>
       <w:r w:rsidRPr="004B351E">
         <w:lastRenderedPageBreak/>
         <w:t>The model</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12441751818895282989"/>
+      <w:bookmarkEnd w:id="10053079610281100341"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="5833ADE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>In MVC software, the model is a standalone unit that represents the data your application uses. If you're building an application that lets city residents register their pets online, for example, you might have a model for dogs and a model for cats:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="51A32167" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="SourceCode"/>
         <w:wordWrap/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="VerbatimChar"/>
         </w:rPr>
         <w:t>Model Dog {</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
@@ -2268,55 +2268,55 @@
         <w:t xml:space="preserve">. Other parts can interact with the model, </w:t>
       </w:r>
       <w:r w:rsidR="00082AB7">
         <w:t xml:space="preserve">but </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the model </w:t>
       </w:r>
       <w:r w:rsidR="0043224C">
         <w:t>explicitly puts forth rules for such interaction</w:t>
       </w:r>
       <w:r>
         <w:t>. This is essential</w:t>
       </w:r>
       <w:r w:rsidR="00697009">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as it allows you to abstract data management away from the user-facing parts of the app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="08F55F52" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732554" w:id="12902978324176934086"/>
+      <w:bookmarkStart w:name="_Toc478732554" w:id="6829478222374655226"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The view</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12902978324176934086"/>
+      <w:bookmarkEnd w:id="6829478222374655226"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="485679BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The view of an application is the part with which </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t xml:space="preserve">users and developers are </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">most familiar. The view is simply a compartment for holding controls and other UI elements that allow users to interact with your application. Many platforms refer to views as "forms" or </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">"pages." Specifically, you can think of views as HTML pages on the web or XAML forms on Windows. </w:t>
       </w:r>
       <w:r w:rsidR="0009423D">
         <w:t>Front-end</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> code can be used to directly modify the view (e.g. JavaScript animations on the web), but in many cases</w:t>
       </w:r>
@@ -2408,55 +2408,55 @@
         <w:t xml:space="preserve"> freely</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="0B3F79C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Until the dawn of MVC frameworks, developers had a tough time tackling this issue. Many developers had no choice but to combine view markup with data access logic and other computations. As we all know, this leads to an unresponsive and unpleasant experience for the user. Luckily, MVC (and similar) frameworks solve this issue by abstracting away code that deals with data manipulation and other calculation. We've already seen how the model contributes to the solution by giving us another place to worry about data, but now let's check out the controller's role in making our lives easier. (Computers do live to serve us, </w:t>
       </w:r>
       <w:r w:rsidR="00131750">
         <w:t>right?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Right...?)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004B351E" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="1D2F9B4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732555" w:id="5959040414549761219"/>
+      <w:bookmarkStart w:name="_Toc478732555" w:id="2257746367503403716"/>
       <w:r w:rsidRPr="004B351E">
         <w:t>The controller</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5959040414549761219"/>
+      <w:bookmarkEnd w:id="2257746367503403716"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="4665311C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>If we think about an MVC application as analogous to a human brain, the model would be the brain's memories, the view would be the senses and the voice (for communicating with the outside world), and the controller would be everything else. The controller of an application takes many different forms across various frameworks, but its purpose is universal: masterminding the operations of an app.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D016B" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="3319E719" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">We'll talk about how controllers are implemented for each of the frameworks </w:t>
       </w:r>
       <w:r w:rsidR="009D016B">
         <w:t>we cover</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -2938,61 +2938,61 @@
         <w:t xml:space="preserve"> event to which the controller can subscribe and respond accordingly. Typically, the controller can also provide access to properties and methods </w:t>
       </w:r>
       <w:r w:rsidR="00AD217F">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r>
         <w:t>the view can access if it so chooses. The point is, the view has control over information flow.</w:t>
       </w:r>
       <w:r w:rsidR="004305C3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="004305C3" w14:paraId="6C1EC620" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FirstParagraph"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>That’s the classic, original way of thinking that led to the development of frameworks. Many applications are still designed with the MVC pattern, but several popular variations exist. In fact, some of the frameworks we will discuss lend themselves more to other software design patterns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D76AB" w:rsidR="00396FD2" w:rsidP="00AA2B51" w:rsidRDefault="00D165CE" w14:paraId="73A3B195" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc478732556" w:id="11378667374356205369"/>
+      <w:bookmarkStart w:name="_Toc478732556" w:id="9207841930566628342"/>
       <w:bookmarkStart w:name="variations-on-design-patterns" w:id="33"/>
       <w:bookmarkStart w:name="_Toc478732268" w:id="34"/>
       <w:bookmarkStart w:name="_Toc478732402" w:id="35"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="001D76AB">
         <w:t>Variations on Design Patterns</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
-      <w:bookmarkEnd w:id="11378667374356205369"/>
+      <w:bookmarkEnd w:id="9207841930566628342"/>
     </w:p>
     <w:p w:rsidR="00396FD2" w:rsidP="00DA5100" w:rsidRDefault="00D165CE" w14:paraId="69E099FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>The important thing to denote here is that</w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve"> these patterns </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">provide the developer with the tools </w:t>
       </w:r>
       <w:r w:rsidR="00974A9E">
         <w:t xml:space="preserve">they </w:t>
       </w:r>
       <w:r>
         <w:t>need to separate concerns</w:t>
       </w:r>
       <w:r w:rsidR="00CE7F72">
         <w:t xml:space="preserve">, and they </w:t>
       </w:r>
       <w:r>