--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R93184412a0564ee7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra12a18dc2d554a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8b47740e8e0e4b47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcbf28cf503054df6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcab4f3cdf8c0464a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R72821a247df24c7e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFC000" w:themeColor="accent4"/>
           <w:sz w:val="144"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:contourW="0" w14:prstMaterial="softEdge">
             <w14:bevelT w14:w="25400" w14:h="38100" w14:prst="circle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>Text effects Preset 5</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
@@ -577,51 +577,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5aa0becca5f14e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6171e87004964481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf4d7d3dabb9342f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf97b5b2f39624efe" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc035e0ef29104dbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc786378d1af745ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc602e8cafad24dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5f5e20e9169840df" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>