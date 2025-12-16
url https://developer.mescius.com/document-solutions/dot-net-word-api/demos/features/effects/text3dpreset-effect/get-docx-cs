--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcbf28cf503054df6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcab4f3cdf8c0464a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R72821a247df24c7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R76594a6fbd494d5a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb7d5e77780fe41db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5daac672e424409c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFC000" w:themeColor="accent4"/>
           <w:sz w:val="144"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:contourW="0" w14:prstMaterial="softEdge">
             <w14:bevelT w14:w="25400" w14:h="38100" w14:prst="circle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>Text effects Preset 5</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
@@ -577,51 +577,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc035e0ef29104dbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc786378d1af745ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc602e8cafad24dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5f5e20e9169840df" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1ffcc32ae79b4fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb3950a6202864f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3ac2b224953d4f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0c017168487741b5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>