--- v2 (2025-12-16)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R76594a6fbd494d5a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb7d5e77780fe41db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5daac672e424409c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re3eb33cb079d4f7f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rffe9fa0d7e494f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R976eb5ac6a2c4ad7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFC000" w:themeColor="accent4"/>
           <w:sz w:val="144"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:contourW="0" w14:prstMaterial="softEdge">
             <w14:bevelT w14:w="25400" w14:h="38100" w14:prst="circle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>Text effects Preset 5</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
@@ -577,51 +577,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1ffcc32ae79b4fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb3950a6202864f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3ac2b224953d4f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0c017168487741b5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdbcf50447c4448fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd1d628156aac4d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R76406beada124c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R02074d96a6bc49d8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>