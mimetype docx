--- v3 (2025-12-16)
+++ v4 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re3eb33cb079d4f7f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rffe9fa0d7e494f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R976eb5ac6a2c4ad7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra2ba3b6c28994c03" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc525b0b3141341c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R259835d378a0412a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFC000" w:themeColor="accent4"/>
           <w:sz w:val="144"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:contourW="0" w14:prstMaterial="softEdge">
             <w14:bevelT w14:w="25400" w14:h="38100" w14:prst="circle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>Text effects Preset 5</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
@@ -577,51 +577,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdbcf50447c4448fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd1d628156aac4d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R76406beada124c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R02074d96a6bc49d8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc757a4f6a05f4c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R562cd0018d7e43ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R22157f4e97144828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc6f72504069d44a5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>