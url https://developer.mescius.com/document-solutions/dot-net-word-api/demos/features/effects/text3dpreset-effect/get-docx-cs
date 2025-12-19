--- v4 (2025-12-17)
+++ v5 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra2ba3b6c28994c03" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc525b0b3141341c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R259835d378a0412a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Refd2826379ba4547" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc6e0dda7bee446d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0d6fe30970064780" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFC000" w:themeColor="accent4"/>
           <w:sz w:val="144"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:contourW="0" w14:prstMaterial="softEdge">
             <w14:bevelT w14:w="25400" w14:h="38100" w14:prst="circle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>Text effects Preset 5</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
@@ -577,51 +577,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc757a4f6a05f4c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R562cd0018d7e43ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R22157f4e97144828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc6f72504069d44a5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdca25e0fc04346e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R41096f43e4a54d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R860c7920ae5d4b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rafe5af00ffcf4375" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>