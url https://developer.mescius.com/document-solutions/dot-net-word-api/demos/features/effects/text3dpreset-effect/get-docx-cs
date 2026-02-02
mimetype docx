--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Refd2826379ba4547" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc6e0dda7bee446d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0d6fe30970064780" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R555bf2b2bd594fd1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R394cda6bd30349ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0547cbfe09b04e5e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFC000" w:themeColor="accent4"/>
           <w:sz w:val="144"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:contourW="0" w14:prstMaterial="softEdge">
             <w14:bevelT w14:w="25400" w14:h="38100" w14:prst="circle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>Text effects Preset 5</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
@@ -577,51 +577,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdca25e0fc04346e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R41096f43e4a54d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R860c7920ae5d4b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rafe5af00ffcf4375" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc943e0c2c03a4623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0b4fa3ab14b74280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc3399dc5fb3d49ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3ee3f5b1e1f247a5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>