--- v6 (2026-02-02)
+++ v7 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R555bf2b2bd594fd1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R394cda6bd30349ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0547cbfe09b04e5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4fdcd27152bc44d8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R32585541d9da46df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb4157e569d034105" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFC000" w:themeColor="accent4"/>
           <w:sz w:val="144"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:contourW="0" w14:prstMaterial="softEdge">
             <w14:bevelT w14:w="25400" w14:h="38100" w14:prst="circle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>Text effects Preset 5</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
@@ -577,51 +577,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc943e0c2c03a4623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0b4fa3ab14b74280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc3399dc5fb3d49ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3ee3f5b1e1f247a5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R00d6966308eb42bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R56e2b29d4ee840fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8d63331925d344f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfe0f212c375f47eb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>