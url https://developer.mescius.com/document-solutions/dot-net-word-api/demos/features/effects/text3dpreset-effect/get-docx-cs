--- v7 (2026-02-02)
+++ v8 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4fdcd27152bc44d8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R32585541d9da46df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb4157e569d034105" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5b73a4aac8ef42c3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rda0c2a02fbdb4273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf1eb2c01937d4e49" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFC000" w:themeColor="accent4"/>
           <w:sz w:val="144"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:contourW="0" w14:prstMaterial="softEdge">
             <w14:bevelT w14:w="25400" w14:h="38100" w14:prst="circle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>Text effects Preset 5</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
@@ -577,51 +577,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R00d6966308eb42bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R56e2b29d4ee840fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8d63331925d344f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfe0f212c375f47eb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R69c5846f238340a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd7757798837a426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re9c3e97df83a45a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7f3af33d2942460d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>