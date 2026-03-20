--- v8 (2026-03-19)
+++ v9 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5b73a4aac8ef42c3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rda0c2a02fbdb4273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf1eb2c01937d4e49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6ddda6a5f4f4478a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R02fca80f76f34c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd7ba50c832994267" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FFC000" w:themeColor="accent4"/>
           <w:sz w:val="144"/>
           <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:round/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:contourW="0" w14:prstMaterial="softEdge">
             <w14:bevelT w14:w="25400" w14:h="38100" w14:prst="circle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>Text effects Preset 5</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
@@ -577,51 +577,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R69c5846f238340a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd7757798837a426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re9c3e97df83a45a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7f3af33d2942460d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra93e4439cc0841ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R592630eb7d874c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb8bbf30f3313454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6ab25212d49140d3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>