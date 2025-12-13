--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R79d82e49a2514e2b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1302209eb41143eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb476f721395f4fa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R56d74d7cb43f4564" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R25c2ac729561452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8369f0a22dc54556" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="144"/>
           <w14:textOutline>
             <w14:noFill/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:prstMaterial="matte">
             <w14:bevelT w14:w="63500" w14:h="12700" w14:prst="angle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>3D effects</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdb6a18247a32413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re3df71aed7964174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4c786ad1cbb74f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdd4ca1e9c4bf4591" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R68b5da34722c44d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R004606336af84f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R537b2d3f4af94474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R60dfcda5a66849db" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>