--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R56d74d7cb43f4564" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R25c2ac729561452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8369f0a22dc54556" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9797a0efcb964c11" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5c377b7301594ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2de5224080a84acd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="144"/>
           <w14:textOutline>
             <w14:noFill/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:prstMaterial="matte">
             <w14:bevelT w14:w="63500" w14:h="12700" w14:prst="angle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>3D effects</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R68b5da34722c44d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R004606336af84f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R537b2d3f4af94474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R60dfcda5a66849db" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9cd366443edc4cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R56b1a226ffb1444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R41d76e042a104639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb5636ce22b654897" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>