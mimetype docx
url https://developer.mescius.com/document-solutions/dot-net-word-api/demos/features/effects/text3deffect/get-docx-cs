--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9797a0efcb964c11" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5c377b7301594ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2de5224080a84acd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd1a4967f4ddd4cf0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rca7a42f0fc994e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R302fdfc4d13e4355" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="144"/>
           <w14:textOutline>
             <w14:noFill/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:prstMaterial="matte">
             <w14:bevelT w14:w="63500" w14:h="12700" w14:prst="angle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>3D effects</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9cd366443edc4cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R56b1a226ffb1444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R41d76e042a104639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb5636ce22b654897" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4d8e0c79a1374e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6d86f9710480461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6eb24207104d410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7c108e7d1bea476a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>