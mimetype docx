--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd1a4967f4ddd4cf0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rca7a42f0fc994e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R302fdfc4d13e4355" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdff981ab6ccb4338" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc181ba025bd94a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re87a77e0fd364462" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="144"/>
           <w14:textOutline>
             <w14:noFill/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:prstMaterial="matte">
             <w14:bevelT w14:w="63500" w14:h="12700" w14:prst="angle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>3D effects</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4d8e0c79a1374e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6d86f9710480461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6eb24207104d410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7c108e7d1bea476a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R294bfd709e954f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R63f96d8c6b7d4f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R482178660a5c47e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1b42ac54b40c42c6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>