--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdff981ab6ccb4338" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc181ba025bd94a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re87a77e0fd364462" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd63f3014df8247a7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R000b60c5ab9242af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2cf5cdba284d4de7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="144"/>
           <w14:textOutline>
             <w14:noFill/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:prstMaterial="matte">
             <w14:bevelT w14:w="63500" w14:h="12700" w14:prst="angle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>3D effects</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R294bfd709e954f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R63f96d8c6b7d4f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R482178660a5c47e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1b42ac54b40c42c6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R515600ffe7804721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R38734a0770c84787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbc680315436d4c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd3579cec3c8649ac" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>