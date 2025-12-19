--- v5 (2025-12-16)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd63f3014df8247a7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R000b60c5ab9242af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2cf5cdba284d4de7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd93fe31db92d43aa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9ee9e7b1774a4efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R307e4506573c47eb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="144"/>
           <w14:textOutline>
             <w14:noFill/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:prstMaterial="matte">
             <w14:bevelT w14:w="63500" w14:h="12700" w14:prst="angle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>3D effects</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R515600ffe7804721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R38734a0770c84787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbc680315436d4c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd3579cec3c8649ac" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rabce10e290c84e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcced749dddc645dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R775ee71566b84a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb2b26a2e154942eb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>