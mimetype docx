--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd93fe31db92d43aa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9ee9e7b1774a4efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R307e4506573c47eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R117ea7fe670949be" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0e96b51f326b45c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R06c0fd9ded21470e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="144"/>
           <w14:textOutline>
             <w14:noFill/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:prstMaterial="matte">
             <w14:bevelT w14:w="63500" w14:h="12700" w14:prst="angle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>3D effects</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rabce10e290c84e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcced749dddc645dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R775ee71566b84a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb2b26a2e154942eb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf6e24d6bd87b4e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2b6f400774294e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4a5f2ece8c0e4afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7bfb4a48510146fb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>