--- v7 (2026-02-02)
+++ v8 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R117ea7fe670949be" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0e96b51f326b45c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R06c0fd9ded21470e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Red75724844b74681" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ree99878b9c154463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R57477986bb5e4053" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="144"/>
           <w14:textOutline>
             <w14:noFill/>
           </w14:textOutline>
           <w14:props3d w14:extrusionH="57150" w14:prstMaterial="matte">
             <w14:bevelT w14:w="63500" w14:h="12700" w14:prst="angle"/>
           </w14:props3d>
         </w:rPr>
         <w:t>3D effects</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -575,51 +575,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf6e24d6bd87b4e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2b6f400774294e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4a5f2ece8c0e4afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7bfb4a48510146fb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1b36519fcb544ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R92cbc013eb0d4ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R44e2d5a13bd24030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7bf8248b5c2445a1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>