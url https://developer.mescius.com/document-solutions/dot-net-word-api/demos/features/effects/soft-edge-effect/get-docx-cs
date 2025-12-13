--- v0 (2025-11-01)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfade96a6d247481c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2553d73741bf4231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd620eadf348c4c5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4f354e457f87494a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R867de5e232d54c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R391f4ef79a91453b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star7">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Recfb8710e55b4b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R07d969af69294ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfd54f52167a94298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R777a0c4b846b49d5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3f63815a0cbb4fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2da1a989465c4333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra12eb11cbc3f4016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R169b993197874f1a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>