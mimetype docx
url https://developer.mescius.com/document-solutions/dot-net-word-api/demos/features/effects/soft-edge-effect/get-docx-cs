--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4f354e457f87494a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R867de5e232d54c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R391f4ef79a91453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc25a9f409e244a32" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R721684f707cb4b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc4077cc7a9624886" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star7">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3f63815a0cbb4fd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2da1a989465c4333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra12eb11cbc3f4016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R169b993197874f1a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rba36c763607b49e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f5cf66deaee4eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R37c82861b839420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R65daab155d2f4c41" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>