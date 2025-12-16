--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc25a9f409e244a32" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R721684f707cb4b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc4077cc7a9624886" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdef14570e0914f57" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3ef432f5ea1f4a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R06fdddb13159474e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star7">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rba36c763607b49e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f5cf66deaee4eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R37c82861b839420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R65daab155d2f4c41" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9c773b26f5c943ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf29781b258f04ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R93bbaecf448e40f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb04b24bd6fcb4a99" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>