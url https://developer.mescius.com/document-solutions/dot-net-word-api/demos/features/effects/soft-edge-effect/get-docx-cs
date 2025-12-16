--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdef14570e0914f57" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3ef432f5ea1f4a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R06fdddb13159474e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2f5e816b1c7c4b07" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcf7bf2fefd2e448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra18344b61c8a4f3c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star7">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9c773b26f5c943ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf29781b258f04ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R93bbaecf448e40f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb04b24bd6fcb4a99" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R36e49174fd0a4472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4dbb3b684b034a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfc709bfa98f046e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7ffbf60e9a21412d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>