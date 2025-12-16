--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2f5e816b1c7c4b07" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcf7bf2fefd2e448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra18344b61c8a4f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7f94b16de3c84515" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R92816c9b6296427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R837e7b110e6c4029" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star7">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R36e49174fd0a4472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4dbb3b684b034a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfc709bfa98f046e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7ffbf60e9a21412d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra38909464a1a4771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1160b43a1f184dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4e9d86af89fd4f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re06846f84c54489e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>