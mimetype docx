--- v5 (2025-12-16)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7f94b16de3c84515" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R92816c9b6296427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R837e7b110e6c4029" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R98764cdc440f439b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1fd9f6b52bf841a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5be4828c7dd74cdd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star7">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra38909464a1a4771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1160b43a1f184dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4e9d86af89fd4f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re06846f84c54489e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9aa49dfa2bb245dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R66a3278803d84f8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcfc36397d3824298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5daa6c8b31f7481e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>