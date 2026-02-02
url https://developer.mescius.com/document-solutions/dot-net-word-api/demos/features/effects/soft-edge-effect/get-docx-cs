--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R98764cdc440f439b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1fd9f6b52bf841a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5be4828c7dd74cdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0c356061a2704cfb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R26bcc3e305004cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6ebbea9c5c074c80" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star7">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9aa49dfa2bb245dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R66a3278803d84f8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcfc36397d3824298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5daa6c8b31f7481e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rab43ea6d957e4236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R355bdb90df514d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R312fdf3a870e4962" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd91787e664f340ff" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>