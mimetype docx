--- v7 (2026-02-02)
+++ v8 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0c356061a2704cfb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R26bcc3e305004cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6ebbea9c5c074c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rff165b2077aa4e3a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6d0e4cda659c466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rce2426db5ebb4bc1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star7">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rab43ea6d957e4236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R355bdb90df514d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R312fdf3a870e4962" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd91787e664f340ff" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R26d525db72744809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R81848a9257174b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Racc10e83c5144552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1ca4f3149a4b41cc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>