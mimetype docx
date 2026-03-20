--- v8 (2026-03-19)
+++ v9 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rff165b2077aa4e3a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6d0e4cda659c466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rce2426db5ebb4bc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3772843433da4341" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd1032d1553ff419b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3d371c0b4f9b4f82" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star7">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R26d525db72744809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R81848a9257174b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Racc10e83c5144552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1ca4f3149a4b41cc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2eba815b4232447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf0b0799c5c9d45af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0579e5a213fe44fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R19b834f5614f48bf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>