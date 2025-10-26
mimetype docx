--- v0 (2025-10-26)
+++ v1 (2025-10-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7936d613fda54809" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbae2e418986c48f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4d6e8a41ebbb40e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R187ced77abc145fa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcfec2689dc754e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rce866a83a1874e1c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -604,51 +604,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd23bcba5dfe4401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd2bf5852daaf4c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R64323807039648f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd136342f4d3c4d31" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9463554266124518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R08e4f11dc90f4186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1ff0253543884250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R092ace6ceae24b8c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>