--- v1 (2025-10-26)
+++ v2 (2025-10-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R187ced77abc145fa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcfec2689dc754e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rce866a83a1874e1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb5706c2cc2154f6e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2b8b633886dd467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1e48bc1c7bf0478b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -604,51 +604,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9463554266124518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R08e4f11dc90f4186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1ff0253543884250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R092ace6ceae24b8c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf85cf7ed4f96460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1cf336e1dc2d4e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b6ac7782a864491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5cae1ed09ed54a3c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>