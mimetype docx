--- v2 (2025-10-26)
+++ v3 (2025-12-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb5706c2cc2154f6e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2b8b633886dd467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1e48bc1c7bf0478b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7ab30c829a804a0f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf7060bfcd03e4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbc9776e1a5bb4372" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -604,51 +604,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf85cf7ed4f96460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1cf336e1dc2d4e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b6ac7782a864491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5cae1ed09ed54a3c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5a68c6bfa55d40d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd41c9f573da84e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc416495e03ea44fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R642dd7502f094807" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>