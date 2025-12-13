--- v3 (2025-12-11)
+++ v4 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7ab30c829a804a0f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf7060bfcd03e4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbc9776e1a5bb4372" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf1d6124aaf0c4d54" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R13809bd0fac04e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4653019212ce4730" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -604,51 +604,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5a68c6bfa55d40d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd41c9f573da84e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc416495e03ea44fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R642dd7502f094807" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd45eb592a586472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R406a1f5685834037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R12d7c38c483a487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9b4d1372b2e0486f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>