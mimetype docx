--- v4 (2025-12-13)
+++ v5 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf1d6124aaf0c4d54" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R13809bd0fac04e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4653019212ce4730" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b2a97264ba94bed" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re30b110154804fd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R09348ad218a240fa" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -604,51 +604,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd45eb592a586472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R406a1f5685834037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R12d7c38c483a487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9b4d1372b2e0486f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4aa7340b6f144ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R43614b1fb8af4c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R46ced399107d4365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R05c9cafcbfe9407b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>