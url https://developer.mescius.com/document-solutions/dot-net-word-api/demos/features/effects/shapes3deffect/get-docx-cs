--- v5 (2025-12-13)
+++ v6 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b2a97264ba94bed" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re30b110154804fd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R09348ad218a240fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd3e9691b727e42af" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2fec7e16fd844413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9ecaebdf722a4d0f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -604,51 +604,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4aa7340b6f144ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R43614b1fb8af4c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R46ced399107d4365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R05c9cafcbfe9407b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd000309a826143e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra3363c5fa61649aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Refea1f0f891f4488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbfddd79d3ac74a68" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>