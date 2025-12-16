--- v6 (2025-12-14)
+++ v7 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd3e9691b727e42af" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2fec7e16fd844413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9ecaebdf722a4d0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R66a5a81274eb44e2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4e501c51a7674d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R195028b134f943b9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -604,51 +604,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd000309a826143e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra3363c5fa61649aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Refea1f0f891f4488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbfddd79d3ac74a68" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rebd0192ab94547f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd8690c8dbf1d4792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rda501b641c5642e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf1777cc914414c81" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>