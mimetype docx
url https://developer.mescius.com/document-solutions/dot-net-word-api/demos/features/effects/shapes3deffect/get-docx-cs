--- v7 (2025-12-16)
+++ v8 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R66a5a81274eb44e2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4e501c51a7674d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R195028b134f943b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R858df56fef844616" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0f97920ee4354ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R070d39c3426f426c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -604,51 +604,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rebd0192ab94547f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd8690c8dbf1d4792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rda501b641c5642e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf1777cc914414c81" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6e6ca78be99042a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra459d1d5f3fd42b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reab2adb0b36e471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R670be8ed410b4f16" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>