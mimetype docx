--- v8 (2025-12-16)
+++ v9 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R858df56fef844616" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0f97920ee4354ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R070d39c3426f426c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc4264a685c064756" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf815b779ac5b4a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0a6b797e6a9b4083" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -604,51 +604,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6e6ca78be99042a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra459d1d5f3fd42b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reab2adb0b36e471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R670be8ed410b4f16" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R053ad3a5f3bb45e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9776e3658f7a4afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf42b7f2c35bd451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R85344dc635b4445d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>