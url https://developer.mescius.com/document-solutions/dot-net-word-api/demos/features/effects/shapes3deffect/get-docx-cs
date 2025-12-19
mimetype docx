--- v9 (2025-12-17)
+++ v10 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc4264a685c064756" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf815b779ac5b4a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0a6b797e6a9b4083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb4cf7559fffb417e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb232be70bb6d43b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd07710812d414584" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -604,51 +604,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R053ad3a5f3bb45e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9776e3658f7a4afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf42b7f2c35bd451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R85344dc635b4445d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb8cf04e48b134416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3a61754435784782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0fb7c7aeeb79404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1b10cc3791e54a15" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>