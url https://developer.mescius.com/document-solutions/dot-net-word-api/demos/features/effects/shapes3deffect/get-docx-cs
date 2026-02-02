--- v10 (2025-12-19)
+++ v11 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb4cf7559fffb417e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb232be70bb6d43b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd07710812d414584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R61f6939cf2144f95" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdd09d9d5a82444b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfdb49d136cd54a06" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -604,51 +604,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb8cf04e48b134416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3a61754435784782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0fb7c7aeeb79404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1b10cc3791e54a15" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9f028e425e3741fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R693c1f6a9bab4ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc656248e84044042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6a98ae0cd7964acb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>