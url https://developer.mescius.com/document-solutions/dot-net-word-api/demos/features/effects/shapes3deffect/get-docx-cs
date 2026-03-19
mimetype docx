--- v11 (2026-02-02)
+++ v12 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R61f6939cf2144f95" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdd09d9d5a82444b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfdb49d136cd54a06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R84975c7c43ba4122" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdb42bb651603490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R99c65fd96e084e95" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -604,51 +604,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9f028e425e3741fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R693c1f6a9bab4ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc656248e84044042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6a98ae0cd7964acb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb441d6bba2a44918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdb2e00e0cb88482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5ef7fcf3712a4194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R20391b01d6e74e50" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>