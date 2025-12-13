--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc3d2aba8446d4a30" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R37d5f94b71894052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R51a47ceb90b94710" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R60faf73ed194417d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R016d97b1d8ef45c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R34b772f717aa49ff" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -616,51 +616,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reb8b0d734b714617" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R303c802915cb42cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R769e8f57c5d8490e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rae86e013a39b41c7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4bb46a51351c4ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1aa30b03172e4c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8c15ff97c7f94ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8015f74da18849e1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>