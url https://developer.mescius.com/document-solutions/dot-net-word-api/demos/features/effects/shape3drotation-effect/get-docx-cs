--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R60faf73ed194417d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R016d97b1d8ef45c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R34b772f717aa49ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3822b933dd694bee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R515b150af8ff463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf7ce3dd81bb042d8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -616,51 +616,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4bb46a51351c4ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1aa30b03172e4c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8c15ff97c7f94ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8015f74da18849e1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7f2dc887d2cd4c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2f0b05581f8c4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf038f70eae7249aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra6e5313fed3849ea" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>