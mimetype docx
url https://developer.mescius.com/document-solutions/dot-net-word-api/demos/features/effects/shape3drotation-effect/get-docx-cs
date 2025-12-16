--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3822b933dd694bee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R515b150af8ff463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf7ce3dd81bb042d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raa8a0b3f76394fdb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0fd45dd0a83e49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0fae88b349a0448e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -616,51 +616,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7f2dc887d2cd4c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2f0b05581f8c4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf038f70eae7249aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra6e5313fed3849ea" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R186d7bcb3305440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0b51bbb81d734c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2dc3559da471483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4eca68441c69402b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>