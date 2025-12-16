--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raa8a0b3f76394fdb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0fd45dd0a83e49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0fae88b349a0448e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R91568c71d4264229" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc81c9e9115434c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R962140a75d6d4b53" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -616,51 +616,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R186d7bcb3305440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0b51bbb81d734c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2dc3559da471483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4eca68441c69402b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6b5ac874174248e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R621747d1cbae453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R684a653743fc4dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf0821c1425034b16" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>