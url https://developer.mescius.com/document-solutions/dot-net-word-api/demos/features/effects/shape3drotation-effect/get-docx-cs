--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R91568c71d4264229" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc81c9e9115434c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R962140a75d6d4b53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R64d9b438feef47b1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raf4e6324bf984b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R87da047ca00c463f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -616,51 +616,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6b5ac874174248e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R621747d1cbae453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R684a653743fc4dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf0821c1425034b16" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9d2301eff99242b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R03a8e18b8e3e42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R06e362ad25f7466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R36d2dc5c9b4544c2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>