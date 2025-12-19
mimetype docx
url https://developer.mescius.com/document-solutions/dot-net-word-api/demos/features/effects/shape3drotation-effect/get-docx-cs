--- v5 (2025-12-16)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R64d9b438feef47b1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raf4e6324bf984b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R87da047ca00c463f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rea4d0a7565a54353" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R94a200a300144fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7c4fb72d2bb442d5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -616,51 +616,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9d2301eff99242b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R03a8e18b8e3e42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R06e362ad25f7466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R36d2dc5c9b4544c2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R451460174252477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R531ecf16be4b4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R51349ee60d714cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbb2323dfcb024fa6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>