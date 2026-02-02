--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rea4d0a7565a54353" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R94a200a300144fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7c4fb72d2bb442d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R14aa3ef722404c1d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R91e2c131452848ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ecd387c032f42bc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -616,51 +616,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R451460174252477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R531ecf16be4b4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R51349ee60d714cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbb2323dfcb024fa6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc2a87ff5bbb64b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re394cef667bc4229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re717a991a86e411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R61b2625adcb44e9e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>