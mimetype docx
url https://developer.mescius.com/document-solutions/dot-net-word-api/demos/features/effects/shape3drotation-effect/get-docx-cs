--- v7 (2026-02-02)
+++ v8 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R14aa3ef722404c1d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R91e2c131452848ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ecd387c032f42bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4480e8319bcd4887" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0f386485a6684713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3d2805af67644d9e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -616,51 +616,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc2a87ff5bbb64b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re394cef667bc4229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re717a991a86e411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R61b2625adcb44e9e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf5d4a45b278b426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Racdfaa745fb04eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0eb84cb9bd974251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re7ec0eefa43141fc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>