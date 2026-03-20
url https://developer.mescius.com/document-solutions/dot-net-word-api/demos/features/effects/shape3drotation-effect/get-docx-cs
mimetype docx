--- v8 (2026-03-19)
+++ v9 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4480e8319bcd4887" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0f386485a6684713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3d2805af67644d9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra13a3a876d764995" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6ccec7df72204998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9134a857dd694e7a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -616,51 +616,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf5d4a45b278b426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Racdfaa745fb04eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0eb84cb9bd974251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re7ec0eefa43141fc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5811b2b44f4a4ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb2ffd6547d234182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re5888000283b4e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R82a025d08cd94c7e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>