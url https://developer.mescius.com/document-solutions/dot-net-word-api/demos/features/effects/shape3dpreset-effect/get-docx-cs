--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7ffbf7138629436a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rae676a9939d14768" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf21d3640ac094b67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2d7c2a0daa964bf6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd6444162aa0c4546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R398d7266d49f4fda" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -623,51 +623,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3f7f6bd7545c4d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8b334efc390841d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R292973b0c1444878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf3fdd6094a4f48f7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R172c02742f3342c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R22cd0e8da35a4bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R27c081a9b78d4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8ba9b6f08435476f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>