--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2d7c2a0daa964bf6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd6444162aa0c4546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R398d7266d49f4fda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7a63139dd629471f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R12d68713c85f4354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re4fe564dd93b48d4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -623,51 +623,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R172c02742f3342c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R22cd0e8da35a4bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R27c081a9b78d4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8ba9b6f08435476f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8a4b24f2719947e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc6312211b1c240d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R95f74b07e64d4f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rae115c95fa4e4d0e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>