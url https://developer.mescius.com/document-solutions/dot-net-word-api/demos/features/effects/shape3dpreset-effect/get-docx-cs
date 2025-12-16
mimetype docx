--- v2 (2025-12-16)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7a63139dd629471f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R12d68713c85f4354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re4fe564dd93b48d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4528266d2c2a41f6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R80a3d2b1d45a480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R88735537261b4b5f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -623,51 +623,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8a4b24f2719947e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc6312211b1c240d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R95f74b07e64d4f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rae115c95fa4e4d0e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R11faba894120417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rad4754ccaf444dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb4f2fc76f82744f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R53570faa95294565" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>