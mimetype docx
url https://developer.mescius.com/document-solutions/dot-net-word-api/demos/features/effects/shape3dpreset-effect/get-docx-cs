--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4528266d2c2a41f6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R80a3d2b1d45a480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R88735537261b4b5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R83d0dc4467fb42c0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra88e767c175f40fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd7597d88651f4567" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -623,51 +623,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R11faba894120417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rad4754ccaf444dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb4f2fc76f82744f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R53570faa95294565" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8a54defe868441fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2d4213260d7747ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf16b8bccba86497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R887dec8f1bab43cd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>