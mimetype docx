--- v4 (2025-12-16)
+++ v5 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R83d0dc4467fb42c0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra88e767c175f40fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd7597d88651f4567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0c46f39841304172" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R837e2d5a8437422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6d57cb195d5e4068" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -623,51 +623,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8a54defe868441fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2d4213260d7747ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf16b8bccba86497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R887dec8f1bab43cd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R45f3430aa2d647f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb04f6858f6b34d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdf5fd97a49fe435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R988bbd8b7d5a43d5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>