--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0c46f39841304172" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R837e2d5a8437422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6d57cb195d5e4068" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf190a6ec0ee6433d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R532dbefae21f4e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R30bc8faa3e574dc3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -623,51 +623,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R45f3430aa2d647f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb04f6858f6b34d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdf5fd97a49fe435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R988bbd8b7d5a43d5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7558f3dfe3e742ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rab0c5f122002436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7fb928dcecd34792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R574dd17976ac49d7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>