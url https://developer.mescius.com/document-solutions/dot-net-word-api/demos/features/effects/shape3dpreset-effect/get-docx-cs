--- v6 (2026-02-02)
+++ v7 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf190a6ec0ee6433d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R532dbefae21f4e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R30bc8faa3e574dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R69beaf24f9d34ed7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfa19d3333aaf4da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf154c69c676b4f7b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -623,51 +623,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7558f3dfe3e742ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rab0c5f122002436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7fb928dcecd34792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R574dd17976ac49d7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R87e991aa5f8e4308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R50102e459f5343c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R76e9d5fae2c443c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R39837c6f397d4632" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>