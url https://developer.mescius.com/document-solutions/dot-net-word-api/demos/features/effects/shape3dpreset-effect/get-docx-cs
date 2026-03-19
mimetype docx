--- v7 (2026-02-02)
+++ v8 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R69beaf24f9d34ed7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfa19d3333aaf4da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf154c69c676b4f7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R16ca1899f6504c85" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf42666f39a5e44ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R21b69d56f7a34ce7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -623,51 +623,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R87e991aa5f8e4308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R50102e459f5343c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R76e9d5fae2c443c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R39837c6f397d4632" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc006e559065a48d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rae0e6ad9be8a4dfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R519d579dcbb544d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6f7eb8181c754885" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>