--- v8 (2026-03-19)
+++ v9 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R16ca1899f6504c85" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf42666f39a5e44ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R21b69d56f7a34ce7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R875c7608f1324af1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5d30fd7c89504c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R19e20cbc55aa41ae" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2540000" cy="2540000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2540000" cy="2540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -623,51 +623,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc006e559065a48d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rae0e6ad9be8a4dfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R519d579dcbb544d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6f7eb8181c754885" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R36c6ec5b4b684bdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R231adfc22be647d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcbf1c66fac8e48c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R014ffe9f3a3b4389" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>