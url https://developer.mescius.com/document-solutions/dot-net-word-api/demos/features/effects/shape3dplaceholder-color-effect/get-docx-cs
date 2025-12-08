--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R704d72506f2243b8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2b511b9e46474185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R33d2374831864750" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8a167be3153c4bbe" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R189febe31cc54cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R601a31de5e2844d5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -601,51 +601,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6bb9803bc8664535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6c491de2b4cc42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1e814e8083e74423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc2fc65a49606462f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf5e5b56feafd4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7ecad59da62949b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R039fbd7e00cd4a9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R406fa910bf92466a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>