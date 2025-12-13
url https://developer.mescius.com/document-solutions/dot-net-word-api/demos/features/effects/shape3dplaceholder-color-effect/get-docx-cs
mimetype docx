--- v1 (2025-12-08)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8a167be3153c4bbe" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R189febe31cc54cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R601a31de5e2844d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8fece3c2a5374d85" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R81cf91b0beb24b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Red1c9a435d27432d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -601,51 +601,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf5e5b56feafd4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7ecad59da62949b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R039fbd7e00cd4a9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R406fa910bf92466a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4aa76fb1bfb44f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R064c14e6bec942d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0cac7429784e4eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R78fbeb771754491a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>