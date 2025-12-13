--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8fece3c2a5374d85" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R81cf91b0beb24b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Red1c9a435d27432d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb4d2647be3194d79" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf76b4c8c0c7f4c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbde05fba663049d2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -601,51 +601,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4aa76fb1bfb44f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R064c14e6bec942d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0cac7429784e4eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R78fbeb771754491a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc5e7db128a574645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R39906cd953074be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6da2bba55be74963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rddfdc579bbd64732" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>