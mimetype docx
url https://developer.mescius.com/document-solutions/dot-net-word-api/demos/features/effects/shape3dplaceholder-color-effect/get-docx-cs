--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb4d2647be3194d79" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf76b4c8c0c7f4c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbde05fba663049d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R97a5161397584724" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4cb5fceeaa5f424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R86611b6b908741a2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -601,51 +601,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc5e7db128a574645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R39906cd953074be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6da2bba55be74963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rddfdc579bbd64732" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R36185373586a4cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc831c55b74854e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdf91a6eb1c9d4272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R36fe5b38418043ac" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>