--- v4 (2025-12-14)
+++ v5 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R97a5161397584724" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4cb5fceeaa5f424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R86611b6b908741a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4b37755935db4b99" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R576713ea88d84556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rec120ea2b8724b69" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -601,51 +601,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R36185373586a4cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc831c55b74854e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdf91a6eb1c9d4272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R36fe5b38418043ac" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8ae7bb5c63d744e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R21f25d23aa684fc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb77d70a4cd484429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfb4a454c3f4c4848" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>