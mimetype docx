--- v5 (2025-12-16)
+++ v6 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4b37755935db4b99" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R576713ea88d84556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rec120ea2b8724b69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra07f8428e6664199" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reee2f281574a4c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R767b6d7a27634880" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -601,51 +601,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8ae7bb5c63d744e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R21f25d23aa684fc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb77d70a4cd484429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfb4a454c3f4c4848" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R03a2346c79a346eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R526d6a9f325a4558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R23b486b99dac40bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R92e0ff654b214867" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>