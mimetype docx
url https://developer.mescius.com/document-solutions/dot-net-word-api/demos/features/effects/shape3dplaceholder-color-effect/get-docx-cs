--- v6 (2025-12-16)
+++ v7 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra07f8428e6664199" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reee2f281574a4c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R767b6d7a27634880" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R67986abc6b7546e0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R483c9e7cf7ec4e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R80b6f486bf3f40b7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -601,51 +601,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R03a2346c79a346eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R526d6a9f325a4558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R23b486b99dac40bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R92e0ff654b214867" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1b17ef8e126d43c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re0306dbf10204cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra36503e52628435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb65ef734bf0e4814" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>