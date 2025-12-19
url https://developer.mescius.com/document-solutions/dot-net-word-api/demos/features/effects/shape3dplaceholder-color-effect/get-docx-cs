--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R67986abc6b7546e0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R483c9e7cf7ec4e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R80b6f486bf3f40b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R81dee165a3724ae2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R94625b16c83b4e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7186eec0ddc24f96" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -601,51 +601,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1b17ef8e126d43c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re0306dbf10204cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra36503e52628435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb65ef734bf0e4814" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R67c701c74f2148bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0fec7b9ec749408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra00628588c394806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ree552e65b2f740cb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>