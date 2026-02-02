--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R81dee165a3724ae2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R94625b16c83b4e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7186eec0ddc24f96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R90bc8926f20443cd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0f32f9d2d5cd440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R054fac0c158347f2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -601,51 +601,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R67c701c74f2148bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0fec7b9ec749408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra00628588c394806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ree552e65b2f740cb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R39b917c83608427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd4c7590175d4463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf09d74df237e4ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcf4aa840ab71463d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>