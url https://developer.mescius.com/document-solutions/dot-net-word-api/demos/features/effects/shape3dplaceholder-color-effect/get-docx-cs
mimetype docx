--- v9 (2026-02-02)
+++ v10 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R90bc8926f20443cd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0f32f9d2d5cd440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R054fac0c158347f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R19e4ab3b8a984357" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf8c107fa6a494551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra7eaa3e18e09443f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -601,51 +601,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R39b917c83608427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd4c7590175d4463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf09d74df237e4ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcf4aa840ab71463d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R50a884576b4b4259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbffd9df8310d440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbdf0fcf80c194905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5a1b2708fad946ea" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>