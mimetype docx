--- v10 (2026-03-20)
+++ v11 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R19e4ab3b8a984357" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf8c107fa6a494551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra7eaa3e18e09443f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R543d5fc97ce046b7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R126f58cc184e4ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re0ddcefaacc64e0b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -601,51 +601,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R50a884576b4b4259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbffd9df8310d440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbdf0fcf80c194905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5a1b2708fad946ea" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R80d83d2ac76a49db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R10064e0db0934c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3a2dd4ff135a4498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb357309dd6f14c48" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>