--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc11a7244162e4f4d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ree09dfe746654dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbd7a699d827940d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R181f2b2ee7d6479a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra0893a717eb249a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra6d0431a47074a23" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -599,51 +599,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R12574afd3f15408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra6e3bce59d8a414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf1e70f500a4d4dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0a52815d19d74c31" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9c032838c0d846ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2ba2bbefd026487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R00a77141b72a4661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfc25b91940094bde" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>