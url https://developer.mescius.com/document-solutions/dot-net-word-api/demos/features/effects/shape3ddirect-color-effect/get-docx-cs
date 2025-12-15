--- v1 (2025-12-13)
+++ v2 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R181f2b2ee7d6479a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra0893a717eb249a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra6d0431a47074a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2359624499ef498a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc999ead2185843f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4919f4c481ec442b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -599,51 +599,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9c032838c0d846ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2ba2bbefd026487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R00a77141b72a4661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfc25b91940094bde" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R238c10f85e1b40ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R54b971c14b944b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbb778e61ab2a4351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re6e8c488fda648af" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>