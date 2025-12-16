--- v2 (2025-12-15)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2359624499ef498a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc999ead2185843f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4919f4c481ec442b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R99adbe637ccb4ff6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc8e62673e79a4028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8a3d4bb4d2c84a6f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -599,51 +599,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R238c10f85e1b40ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R54b971c14b944b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbb778e61ab2a4351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re6e8c488fda648af" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc122418b36594bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc2f83c4594034149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6e97d227e8204bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd3d4ce1766f1464a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>