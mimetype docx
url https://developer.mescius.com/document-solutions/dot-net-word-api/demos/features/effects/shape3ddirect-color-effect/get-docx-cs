--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R99adbe637ccb4ff6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc8e62673e79a4028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8a3d4bb4d2c84a6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd0b19fc297b94377" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1bd15901fcee4968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8029d821f537471b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -599,51 +599,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc122418b36594bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc2f83c4594034149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6e97d227e8204bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd3d4ce1766f1464a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R956265e1675f4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R15112d3570bb4a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R796d99b3328d4b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcf0d584182084a9d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>