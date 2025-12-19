--- v4 (2025-12-16)
+++ v5 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd0b19fc297b94377" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1bd15901fcee4968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8029d821f537471b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0da3976ab1b14493" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc1b33a4c716748c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R404617b574f442dc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -599,51 +599,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R956265e1675f4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R15112d3570bb4a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R796d99b3328d4b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcf0d584182084a9d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R463392b36efa410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3046da53d1984fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb4b6ecbda0b846be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8ab74d8195a7439a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>