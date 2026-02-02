--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0da3976ab1b14493" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc1b33a4c716748c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R404617b574f442dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4fd56577e61d4789" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ree9e0960329449da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf0e3a450209e46bd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -599,51 +599,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R463392b36efa410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3046da53d1984fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb4b6ecbda0b846be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8ab74d8195a7439a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b88c5e2d4ed4415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R584caa1757da4505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4373e2eab9274aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5838668d431f42fa" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>