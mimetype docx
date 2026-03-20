--- v6 (2026-02-02)
+++ v7 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4fd56577e61d4789" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ree9e0960329449da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf0e3a450209e46bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R857166664fca4b5d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra2dd97055e884c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3f099947d51547cd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
@@ -599,51 +599,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b88c5e2d4ed4415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R584caa1757da4505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4373e2eab9274aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5838668d431f42fa" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra07d87e1525348b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R081601b3be9649e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R499bb8819fe5451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re75f9c2e9a4a484e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>