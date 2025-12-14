--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R047ebddac20e4eca" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R155f433de4a14e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1510c7052e5d49af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rff2316dfafb541bd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R39c3ef29864a4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9a454617d0554649" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> TREADSTONE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
       </w:r>
@@ -658,51 +658,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R80c5fbbb7c19436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R39a2de79c9874dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0dbc4cf758d04b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R47ba7352a32b47de" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R922a52b77c6447b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R33b38c16f5914bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R14863a4c56e84854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbabc17cf889a4c1c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>