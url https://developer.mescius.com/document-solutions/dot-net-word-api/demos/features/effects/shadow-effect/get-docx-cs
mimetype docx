--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rff2316dfafb541bd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R39c3ef29864a4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9a454617d0554649" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5b28044272b34a20" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4a8aced064db47cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R17109920b4454578" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> TREADSTONE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
       </w:r>
@@ -658,51 +658,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R922a52b77c6447b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R33b38c16f5914bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R14863a4c56e84854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbabc17cf889a4c1c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1fdb57fe1f5c4717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2d5fbf25d67e4675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2c333a5918924125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9de97244d76843f3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>