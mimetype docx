--- v2 (2025-12-16)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5b28044272b34a20" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4a8aced064db47cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R17109920b4454578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfa8b125fcb7645e5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R70786ef94a864095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0962de01b8384cb6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> TREADSTONE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
       </w:r>
@@ -658,51 +658,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1fdb57fe1f5c4717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2d5fbf25d67e4675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2c333a5918924125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9de97244d76843f3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc7b7b96e322049ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0a0bbb1efa6c44b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfadd4ac47a994ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Redd270ee4cbc4a86" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>