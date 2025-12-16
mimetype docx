--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfa8b125fcb7645e5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R70786ef94a864095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0962de01b8384cb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf6a98b0359b841ba" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcd6ac3cda5354d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0cbb365280844027" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> TREADSTONE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
       </w:r>
@@ -658,51 +658,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc7b7b96e322049ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0a0bbb1efa6c44b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfadd4ac47a994ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Redd270ee4cbc4a86" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R33c832a83c7740fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rad4441b7a9bf4c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R96c27b078fcc47fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7e66615e41b14cde" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>