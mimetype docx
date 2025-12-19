--- v4 (2025-12-16)
+++ v5 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf6a98b0359b841ba" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcd6ac3cda5354d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0cbb365280844027" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rde9c8fa5d80540fb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3e6830819fb445cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd68b754bad0747c3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> TREADSTONE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
       </w:r>
@@ -658,51 +658,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R33c832a83c7740fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rad4441b7a9bf4c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R96c27b078fcc47fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7e66615e41b14cde" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb685ca71c3644ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1aaac7ca7e854525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc6118816f8d5405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb56245ef0b584cf3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>