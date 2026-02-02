--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rde9c8fa5d80540fb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3e6830819fb445cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd68b754bad0747c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfa30f16fdb3d4754" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ref3212510e8d4b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6bd4f16fe66b4a2b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> TREADSTONE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
       </w:r>
@@ -658,51 +658,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb685ca71c3644ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1aaac7ca7e854525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc6118816f8d5405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb56245ef0b584cf3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R608db71089214ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra27031383b534b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdcf1bfec2cc24851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R91b2cc63011f48da" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>