--- v6 (2026-02-02)
+++ v7 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfa30f16fdb3d4754" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ref3212510e8d4b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6bd4f16fe66b4a2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R28966c9b84054f07" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc02c6bda37b84845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R32802a7564304a0d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> TREADSTONE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
       </w:r>
@@ -658,51 +658,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R608db71089214ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra27031383b534b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdcf1bfec2cc24851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R91b2cc63011f48da" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R39d53b11647543e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R62e43d2cc0b74901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb6b10bdde5ce409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8f462552ca994092" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>