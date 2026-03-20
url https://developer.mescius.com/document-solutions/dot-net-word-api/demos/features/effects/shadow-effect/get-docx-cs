--- v7 (2026-03-19)
+++ v8 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R28966c9b84054f07" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc02c6bda37b84845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R32802a7564304a0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1f532b3f5be94179" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbfea451cd5a94585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9ed98cb57140421a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="My Style"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> TREADSTONE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
         <w:t xml:space="preserve"> </w:t>
         <w:cr/>
       </w:r>
@@ -658,51 +658,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R39d53b11647543e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R62e43d2cc0b74901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb6b10bdde5ce409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8f462552ca994092" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R68e50e772b0846b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R193daa7ac7af4a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R82411a2541674a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8b688b441ffc4ebf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>