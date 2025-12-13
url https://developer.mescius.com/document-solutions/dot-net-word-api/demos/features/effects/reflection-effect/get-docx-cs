--- v0 (2025-11-07)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra87d52858e1c46af" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9aa2d9b9adfb45d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0b62d2564ca846bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9660416568e246b5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3327cbfca01c4ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf8e8d8351bb7446a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -699,51 +699,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R96b3bb87d9f14a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc21c4be86b3e4c60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1373ed1dc33d4dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R445edb72d9bc4a8d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R25615fdcf9344a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra074344bceba448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcbdebc16575e432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf9556a6bda3a4f09" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>