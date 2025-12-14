--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9660416568e246b5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3327cbfca01c4ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf8e8d8351bb7446a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b11443959554ea0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4a2c682219064d84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf326e05371ef4b6e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -699,51 +699,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R25615fdcf9344a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra074344bceba448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcbdebc16575e432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf9556a6bda3a4f09" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R19775a9e2e9a4fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5c81772bcdb94020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc03a1046f7154131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R55f39e27b2474ecf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>