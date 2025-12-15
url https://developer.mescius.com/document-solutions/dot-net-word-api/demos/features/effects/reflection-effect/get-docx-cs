--- v2 (2025-12-14)
+++ v3 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b11443959554ea0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4a2c682219064d84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf326e05371ef4b6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9db338b437ad4a43" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R530c8e9ecb624ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb0e80e26f14d4e6b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -699,51 +699,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R19775a9e2e9a4fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5c81772bcdb94020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc03a1046f7154131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R55f39e27b2474ecf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc200089400504ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf641aa6f2b464da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb45a228192a745fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbc1b9313ad4b4983" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>