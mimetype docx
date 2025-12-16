--- v3 (2025-12-15)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9db338b437ad4a43" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R530c8e9ecb624ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb0e80e26f14d4e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R21fb6b39a5c540c6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9eff7177dcad4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R975f1dff84c4434e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -699,51 +699,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc200089400504ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf641aa6f2b464da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb45a228192a745fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbc1b9313ad4b4983" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd274111fa9dd486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5f843de6796a47d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra19f7524662340e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfdc910e50afa4247" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>