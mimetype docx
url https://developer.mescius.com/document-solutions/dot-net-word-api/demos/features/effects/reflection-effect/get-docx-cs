--- v4 (2025-12-16)
+++ v5 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R21fb6b39a5c540c6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9eff7177dcad4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R975f1dff84c4434e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8734166d3133404a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raaf46a82fcbb4a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra80e946cd72b426a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -699,51 +699,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd274111fa9dd486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5f843de6796a47d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra19f7524662340e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfdc910e50afa4247" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re61989f1ed4c4b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R816364fb42a2482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3b6b029289844411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5412156da931470e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>