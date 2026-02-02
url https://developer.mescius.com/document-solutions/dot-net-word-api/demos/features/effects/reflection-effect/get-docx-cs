--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8734166d3133404a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raaf46a82fcbb4a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra80e946cd72b426a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3db8a23bdbf54f5f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R96383869560e4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc79773b131144d60" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -699,51 +699,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re61989f1ed4c4b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R816364fb42a2482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3b6b029289844411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5412156da931470e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb409d99554c84c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re3feefc67f774099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R19c5bee259ad4e1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2a8bc94c557f45fd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>