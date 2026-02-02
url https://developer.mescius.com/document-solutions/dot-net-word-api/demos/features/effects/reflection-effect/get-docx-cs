--- v6 (2026-02-02)
+++ v7 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3db8a23bdbf54f5f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R96383869560e4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc79773b131144d60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3a78b197b9374404" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9ab8a35b2f0d4d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcf2e16506be44bf8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -699,51 +699,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb409d99554c84c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re3feefc67f774099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R19c5bee259ad4e1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2a8bc94c557f45fd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra350d592378749fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9e21a2879422479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdb09def115544dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb686396fed394ae4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>