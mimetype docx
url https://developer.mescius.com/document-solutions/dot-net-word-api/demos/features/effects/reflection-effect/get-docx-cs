--- v7 (2026-02-02)
+++ v8 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3a78b197b9374404" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9ab8a35b2f0d4d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcf2e16506be44bf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5749e0bbb4894d6f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb6bd9e5b05864f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8b88cdaf964949cd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text reflection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -699,51 +699,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra350d592378749fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9e21a2879422479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdb09def115544dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb686396fed394ae4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3877a8f5fdda4242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc69fd65e6ef44273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R17986ff7224a42dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R838224f3c0aa41b9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>