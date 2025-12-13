--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R918871f631a64674" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re85b80137cfe4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Refbb9eb98c424967" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9d1ac77f49c64673" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R08b443d63b58497c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R996e3e5805e54b3c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -753,51 +753,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9095acab63354d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb897478c3e5b471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R17ccb102e9634c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0d7bdf8e36474d43" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7ce391a9d42e47d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R73bcfe09452a4994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd9399a4461c044eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R93281a1d41a141c9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>