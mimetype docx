--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9d1ac77f49c64673" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R08b443d63b58497c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R996e3e5805e54b3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R21ffffb69b6f4301" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5ff75355d5dd4e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R336f3aea6147485f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -753,51 +753,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7ce391a9d42e47d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R73bcfe09452a4994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd9399a4461c044eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R93281a1d41a141c9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R56be6aea92754b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf03c2a9f634c4deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8e315525941743e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd4ee265327004d08" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>