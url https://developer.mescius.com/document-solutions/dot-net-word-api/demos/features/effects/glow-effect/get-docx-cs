--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R21ffffb69b6f4301" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5ff75355d5dd4e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R336f3aea6147485f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R910d61bbd7bb47d7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5c4c632a320f4dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a97aa4543f14042" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -753,51 +753,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R56be6aea92754b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf03c2a9f634c4deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8e315525941743e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd4ee265327004d08" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd14487cc43ac46de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf1babf33f9774310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdea92dfb59224437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R595739270eca496e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>