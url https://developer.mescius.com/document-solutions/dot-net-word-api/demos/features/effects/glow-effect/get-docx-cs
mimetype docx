--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R910d61bbd7bb47d7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5c4c632a320f4dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a97aa4543f14042" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcbe2b12969c244b6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb39e0b9b239549c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R44004626f6fb4c98" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -753,51 +753,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd14487cc43ac46de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf1babf33f9774310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdea92dfb59224437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R595739270eca496e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf01c07d49f224ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcb992cf121b448bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3d24c7d1287b46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc478ab64451640df" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>