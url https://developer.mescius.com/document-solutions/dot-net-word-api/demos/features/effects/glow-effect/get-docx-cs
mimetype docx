--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcbe2b12969c244b6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb39e0b9b239549c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R44004626f6fb4c98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb494acd54770491b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R94842be9cb37438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1c5dbf7f54546ca" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -753,51 +753,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf01c07d49f224ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcb992cf121b448bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3d24c7d1287b46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc478ab64451640df" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ref4801b9e52e4341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra0bd65efab4842c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3e2bbb6d79c74771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4b381511a3254f3d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>