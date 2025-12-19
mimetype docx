--- v5 (2025-12-16)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb494acd54770491b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R94842be9cb37438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1c5dbf7f54546ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf7f24721bd2a4a03" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1de51053a69a47bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf47bdedb038d406f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -753,51 +753,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ref4801b9e52e4341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra0bd65efab4842c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3e2bbb6d79c74771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4b381511a3254f3d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R316db17125834eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R60b5ec5fcd3044c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R375f6665487b46e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R16feaf619a2949ec" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>