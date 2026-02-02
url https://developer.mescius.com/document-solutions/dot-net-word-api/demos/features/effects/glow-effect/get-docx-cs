--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf7f24721bd2a4a03" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1de51053a69a47bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf47bdedb038d406f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R729f855d04e64b1f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra5996b868a364bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5cacf4f061684427" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -753,51 +753,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R316db17125834eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R60b5ec5fcd3044c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R375f6665487b46e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R16feaf619a2949ec" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R49309b5497fa4fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4ccad0227c474d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1745a2c5710b4fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7d9706423c0b40da" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>