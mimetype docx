--- v7 (2026-02-02)
+++ v8 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R729f855d04e64b1f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra5996b868a364bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5cacf4f061684427" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R52e0103e553d44f7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdd1c76239a1e465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7d50b054357f4166" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -753,51 +753,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R49309b5497fa4fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4ccad0227c474d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1745a2c5710b4fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7d9706423c0b40da" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8e9d6fccb49e4a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfb51373e1e514105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9c14fc6d76b843c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R14e41c62b92049ed" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>