--- v8 (2026-03-19)
+++ v9 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R52e0103e553d44f7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdd1c76239a1e465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7d50b054357f4166" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf8db8307f98c489b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R385e9c4a27b84851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8a09681dd1c5426a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style0"/>
       </w:pPr>
       <w:r>
         <w:t>Custom text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="style1"/>
       </w:pPr>
       <w:r>
         <w:t>Built-in text glow.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
@@ -753,51 +753,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8e9d6fccb49e4a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfb51373e1e514105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9c14fc6d76b843c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R14e41c62b92049ed" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R10081954be5842bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re7214d05efc146e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdb6433c3c85f4a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R755cda072e944dc8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>