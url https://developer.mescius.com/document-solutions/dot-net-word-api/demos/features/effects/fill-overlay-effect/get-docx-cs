--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0d4c60987e5244a4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Red4dc91b67fb4d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8747333894114549" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re1f8e6756aee4c1f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rad4e2085299e4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R71b5f4c9f69148a4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star8">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="ADD8E6"/>
@@ -713,51 +713,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R329cab8a43c342a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf63b1926ff5245ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6c352a3ed39844ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1d3f86b58a8d46c2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbbe5b68094ab4288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re82a02a9b54d4ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8eda40da815b46f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R63a727ef401546df" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>