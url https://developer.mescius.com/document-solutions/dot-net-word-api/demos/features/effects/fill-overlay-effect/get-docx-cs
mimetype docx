--- v1 (2025-12-08)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re1f8e6756aee4c1f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rad4e2085299e4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R71b5f4c9f69148a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R28873b2a88ba488b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re86c5dcb6c644b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R65f7915298674dfd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star8">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="ADD8E6"/>
@@ -713,51 +713,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbbe5b68094ab4288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re82a02a9b54d4ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8eda40da815b46f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R63a727ef401546df" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd44fae5f5f5d468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reb1c60b18e7f462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raef72d51ed624126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfdd5e4a60ca94a1e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>