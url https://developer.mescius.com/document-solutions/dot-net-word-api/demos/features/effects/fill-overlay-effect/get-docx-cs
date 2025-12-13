--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R28873b2a88ba488b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re86c5dcb6c644b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R65f7915298674dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4b5059e5dbdf4001" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R944378f6b69d4307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2fc804d99def4ca2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star8">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="ADD8E6"/>
@@ -713,51 +713,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd44fae5f5f5d468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reb1c60b18e7f462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raef72d51ed624126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfdd5e4a60ca94a1e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8d1a511e77ae43c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf4058e168d104d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0806b3405c3545aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb323ac887fb5481b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>