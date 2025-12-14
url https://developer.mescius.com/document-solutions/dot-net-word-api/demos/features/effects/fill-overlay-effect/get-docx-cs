--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4b5059e5dbdf4001" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R944378f6b69d4307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2fc804d99def4ca2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R30993d3cd7264805" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7813878225724e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra03c2bd8544d4122" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star8">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="ADD8E6"/>
@@ -713,51 +713,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8d1a511e77ae43c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf4058e168d104d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0806b3405c3545aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb323ac887fb5481b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R73efd7f587464f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R49aa2453e04c4859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc6a1945741bc4744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R11df68d2c64044a0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>