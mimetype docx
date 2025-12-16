--- v4 (2025-12-14)
+++ v5 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R30993d3cd7264805" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7813878225724e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra03c2bd8544d4122" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd62159d149f04bda" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfeaab131d40945fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R802d7ef3539f42f9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star8">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="ADD8E6"/>
@@ -713,51 +713,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R73efd7f587464f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R49aa2453e04c4859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc6a1945741bc4744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R11df68d2c64044a0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb143c33626464913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2c9c7cfabdf24e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R902da590a1834b45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2ab7aa314ad2471b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>