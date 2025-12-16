--- v5 (2025-12-16)
+++ v6 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd62159d149f04bda" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfeaab131d40945fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R802d7ef3539f42f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbbed36c2bd6640f1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7d91192b4064485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb99728600cd64955" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star8">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="ADD8E6"/>
@@ -713,51 +713,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb143c33626464913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2c9c7cfabdf24e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R902da590a1834b45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2ab7aa314ad2471b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6f3383a011b54fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R73ea0a6829204477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R17efc9a7c2b14625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf344fae1581b4d65" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>