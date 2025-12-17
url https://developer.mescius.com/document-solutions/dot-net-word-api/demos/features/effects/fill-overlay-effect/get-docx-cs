--- v6 (2025-12-16)
+++ v7 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbbed36c2bd6640f1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7d91192b4064485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb99728600cd64955" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re9111977d51a4028" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R29db77e3d2604edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0b5da2eb769f4723" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star8">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="ADD8E6"/>
@@ -713,51 +713,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6f3383a011b54fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R73ea0a6829204477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R17efc9a7c2b14625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf344fae1581b4d65" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rec2a507e5f9142b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc588719d54a1410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3bc93c1ae0b94980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R118e702fc6c141fe" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>