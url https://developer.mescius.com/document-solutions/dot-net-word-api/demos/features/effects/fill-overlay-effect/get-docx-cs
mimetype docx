--- v7 (2025-12-17)
+++ v8 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re9111977d51a4028" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R29db77e3d2604edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0b5da2eb769f4723" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R41f0fb253ab34dc5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0a5aa6a0615e4e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rebaca7438be1461e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star8">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="ADD8E6"/>
@@ -713,51 +713,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rec2a507e5f9142b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc588719d54a1410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3bc93c1ae0b94980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R118e702fc6c141fe" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf1e57862523340b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9376289c73a74405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfc1624238d7040e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R79c52c1901884d14" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>