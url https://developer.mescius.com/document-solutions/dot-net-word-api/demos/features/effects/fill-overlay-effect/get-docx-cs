--- v8 (2026-02-02)
+++ v9 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R41f0fb253ab34dc5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0a5aa6a0615e4e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rebaca7438be1461e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R06f85f2b37144601" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7993b38db3f34370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0353b36e419a4c5d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star8">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="ADD8E6"/>
@@ -713,51 +713,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf1e57862523340b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9376289c73a74405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfc1624238d7040e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R79c52c1901884d14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R130a13254e3d4ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5f57b174eb62454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R176cfc8833fb4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd2234a85e03a4115" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>