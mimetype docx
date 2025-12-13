--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2ee50493c8e44e72" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdcbef4f683ff4675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb4ee041fb5724bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra3d72ab750a74030" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R378cf8255766480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7a30bf40186e4e4c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star4">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R75561407976943be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R71d801693de94c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra8ee6eb88c23405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R55b82baa61ed42f2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd6ea42e05c9a458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1885e7bc8bd747da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ref0d99d73a734030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf86e37a2b234499f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>