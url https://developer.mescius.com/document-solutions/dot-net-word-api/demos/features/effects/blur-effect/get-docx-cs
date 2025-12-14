--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra3d72ab750a74030" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R378cf8255766480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7a30bf40186e4e4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R61b9f4ee7c4640cb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R762c258eae02450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6d7c936c7f9f4cb1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star4">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd6ea42e05c9a458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1885e7bc8bd747da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ref0d99d73a734030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf86e37a2b234499f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R43b05ed0d81e4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfc43682291324a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re3d9a30055344d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2fb2cc08857c4eb7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>