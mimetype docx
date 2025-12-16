--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R61b9f4ee7c4640cb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R762c258eae02450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6d7c936c7f9f4cb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2a8746d044e94341" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R40fe9136369a49d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re43fb89c32d24ad3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star4">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R43b05ed0d81e4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfc43682291324a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re3d9a30055344d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2fb2cc08857c4eb7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7699781de2de4ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc4c22c6e29484cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R08c117b109c8487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf229d0f67f93467d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>