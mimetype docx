--- v3 (2025-12-16)
+++ v4 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2a8746d044e94341" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R40fe9136369a49d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re43fb89c32d24ad3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd1355da60d7e4e07" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R98b566f6a79b42a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re79dac52b9924251" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star4">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7699781de2de4ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc4c22c6e29484cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R08c117b109c8487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf229d0f67f93467d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R01b1cc19ce5c4c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfb56b038fbd944da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b0d1df2b47545a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0e2247ebff754d8c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>