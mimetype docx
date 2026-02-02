--- v4 (2025-12-19)
+++ v5 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd1355da60d7e4e07" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R98b566f6a79b42a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re79dac52b9924251" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rba50d007ed664eac" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re5f2d8dbe2cc4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R09c84d19486347dd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star4">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R01b1cc19ce5c4c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfb56b038fbd944da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b0d1df2b47545a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0e2247ebff754d8c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R78d3eb1bfd9045ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R63cf9542b43647cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R143edbe748d744af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R008f5900330c442f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>