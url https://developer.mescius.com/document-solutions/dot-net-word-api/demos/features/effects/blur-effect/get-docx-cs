--- v5 (2026-02-02)
+++ v6 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rba50d007ed664eac" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re5f2d8dbe2cc4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R09c84d19486347dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1d9a25e1c4174ddc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R396fdcb2726a4d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd625c7e55b324f45" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star4">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R78d3eb1bfd9045ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R63cf9542b43647cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R143edbe748d744af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R008f5900330c442f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1c318b9ca84d4e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4c9a6ec59144441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc77ba06126654935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb6b592998fac4696" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>