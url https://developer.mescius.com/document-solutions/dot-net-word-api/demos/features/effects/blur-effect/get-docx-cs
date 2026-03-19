--- v6 (2026-02-02)
+++ v7 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1d9a25e1c4174ddc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R396fdcb2726a4d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd625c7e55b324f45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9af8204f5fb44def" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfd1bb18bcfc74b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf59d50f70e4f41c9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star4">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1c318b9ca84d4e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4c9a6ec59144441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc77ba06126654935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb6b592998fac4696" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd4b9ea85ea864d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7fb00b7c78d54c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R241edcc09c7b4cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R28f9b1c5c1e245f8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>