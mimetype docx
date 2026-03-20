--- v7 (2026-03-19)
+++ v8 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9af8204f5fb44def" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfd1bb18bcfc74b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf59d50f70e4f41c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9ad0f7ae61344c12" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1c8f8f9ffb6746ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8d4d208a76bc4c07" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1270000" cy="1270000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                 <wps:wsp>
                   <wps:cNvSpPr/>
                   <wps:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1270000" cy="1270000"/>
                     </a:xfrm>
                     <a:prstGeom prst="star4">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:solidFill>
                       <a:srgbClr val="FFFF00"/>
@@ -669,51 +669,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd4b9ea85ea864d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7fb00b7c78d54c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R241edcc09c7b4cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R28f9b1c5c1e245f8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8500c1d0318f412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbdf612ae94554e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rff33f82e988247f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf21c42fbc5a14624" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>