--- v0 (2025-11-06)
+++ v1 (2025-12-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb2d860cdc0f74360" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R51cfcb5488af4990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd6c2a16a60024c96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7d6b32ec45c14860" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfb355a6bd6634880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re69e3d2ce47d4774" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Time used to create 100 instances of GcWordDocument: 00:00:03.4336314.</w:t>
+        <w:t>Time used to create 100 instances of GcWordDocument: 00:00:03.5710561.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -564,51 +564,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9e29ebab0eca4cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R89555fcc7188407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc4473e49c8c44211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1a96c39068b540dd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7c3c5dde5de64363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3ae46dacd2ff46a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R79c208d755344ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd9b3ff99f24a4ced" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>