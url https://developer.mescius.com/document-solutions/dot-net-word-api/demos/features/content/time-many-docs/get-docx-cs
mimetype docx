--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7d6b32ec45c14860" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfb355a6bd6634880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re69e3d2ce47d4774" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcd8b867945794194" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re5552e0715654370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8fe1aab8686b4af7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Time used to create 100 instances of GcWordDocument: 00:00:03.5710561.</w:t>
+        <w:t>Time used to create 100 instances of GcWordDocument: 00:00:03.4115310.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -564,51 +564,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7c3c5dde5de64363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3ae46dacd2ff46a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R79c208d755344ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd9b3ff99f24a4ced" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6b1f374de1cd4a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R740811d2ae224838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd45c8b99001649b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ree1fa970dfa04f5a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>