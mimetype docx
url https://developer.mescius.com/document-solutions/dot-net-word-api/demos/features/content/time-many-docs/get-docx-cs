--- v2 (2025-12-16)
+++ v3 (2025-12-19)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcd8b867945794194" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re5552e0715654370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8fe1aab8686b4af7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8f46fe4730244866" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8106febee7b94e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7aaad93d7f7d4a85" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Time used to create 100 instances of GcWordDocument: 00:00:03.4115310.</w:t>
+        <w:t>Time used to create 100 instances of GcWordDocument: 00:00:03.3865973.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -564,51 +564,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6b1f374de1cd4a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R740811d2ae224838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd45c8b99001649b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ree1fa970dfa04f5a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb728861b9fc44904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R88fe81f34a024b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R67807a3b5a704ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6047de7a10b1414d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>