--- v3 (2025-12-19)
+++ v4 (2026-02-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8f46fe4730244866" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8106febee7b94e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7aaad93d7f7d4a85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcd4cfc88f1964b88" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0a4b4586f0544b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R280f42945f8c4cee" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Time used to create 100 instances of GcWordDocument: 00:00:03.3865973.</w:t>
+        <w:t>Time used to create 100 instances of GcWordDocument: 00:00:04.2776441.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -564,51 +564,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb728861b9fc44904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R88fe81f34a024b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R67807a3b5a704ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6047de7a10b1414d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R086b8e24712e4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd03d32f1f5984ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3585c7991853411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc59dd3a6f25c47fa" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>