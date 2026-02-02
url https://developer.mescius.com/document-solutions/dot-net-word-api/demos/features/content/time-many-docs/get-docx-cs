--- v4 (2026-02-02)
+++ v5 (2026-02-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcd4cfc88f1964b88" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0a4b4586f0544b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R280f42945f8c4cee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R22b0d0d9fcf7482f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R94ef57657c864bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R941da6097f4b4c4a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Time used to create 100 instances of GcWordDocument: 00:00:04.2776441.</w:t>
+        <w:t>Time used to create 100 instances of GcWordDocument: 00:00:03.5417237.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -564,51 +564,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R086b8e24712e4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd03d32f1f5984ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3585c7991853411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc59dd3a6f25c47fa" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R52771b87d24b4637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2ec6d64921374836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9e5a2dc4c5d74bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R472c97e28a6a4a8b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>