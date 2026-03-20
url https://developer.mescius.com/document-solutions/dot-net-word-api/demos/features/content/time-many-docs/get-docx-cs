--- v5 (2026-02-02)
+++ v6 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R22b0d0d9fcf7482f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R94ef57657c864bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R941da6097f4b4c4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1b49d38ef97441e3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc0568be09f7c4c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1e81592e62444d32" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Time used to create 100 instances of GcWordDocument: 00:00:03.5417237.</w:t>
+        <w:t>Time used to create 100 instances of GcWordDocument: 00:00:03.5192947.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -564,51 +564,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R52771b87d24b4637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2ec6d64921374836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9e5a2dc4c5d74bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R472c97e28a6a4a8b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Red4a5b8978f145b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R638dd601f0584b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb87ad1a7582d44de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R51cf58bf07b64214" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>