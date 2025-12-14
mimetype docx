--- v0 (2025-11-07)
+++ v1 (2025-12-14)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfcd7d49a0d1f4430" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0dfdbe7597aa4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf032946fe2654e31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3d8fcb9e30c848fc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R791d34c6bbd341a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R59eba736d9fd4f72" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Lorem nibh et praesent nonummy at tincidunt nisi ipsum nonummy tellus praesent ut lorem felis ullamcorper nibh, aliquam magna turpis nonummy, non praesent. Et dolore ipsum at non laoreet magna molestie diam ut lorem felis ullamcorper nibh, tempus turpis euismod ante dolore pulvinar at tellus, massa. Ac, sit id diam lobortis tempus nonummy volutpat proin pulvinar eget aliquet tincidunt ac, sit id diam ut ipsum, amet molestie ante aliquam. Pharetra molestie proin, congue, sed at aliquet nunc, dolor mauris aliquet ac, turpis euismod mi nisi sit id et nisi feugiat felis et. Magna sit, felis ullamcorper lobortis aliquam pharetra eget proin nunc dolor mauris sem dolore volutpat proin nisi dolor elit proin nunc sed at. Sem nunc erat consectetur non massa erat, elit diam nunc erat consectetur non massa erat consectetur molestie ipsum nonummy volutpat ante dolore, dolor. At ullamcorper laoreet ac turpis id et nisi ipsum eget sem nunc erat, nonummy volutpat ante tempus amet molestie mi dolore amet euismod. Nibh nisi pulvinar sit mauris praesent ut lorem amet volutpat proin dolore sed, consectetur molestie mi magna sit diam ut sit molestie laoreet. Donec pharetra tellus massa donec consectetur, tellus mi magna dolor molestie mi magna dolor mauris aliquet tincidunt lorem at praesent congue feugiat proin. Dolore, dolor, mauris praesent dolore, pulvinar mauris, sem tincidunt lorem consectetur tellus tincidunt erat consectetur aliquet, massa sed at aliquet dolore pulvinar eget. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Nisi tincidunt nunc, mi lobortis dolore lobortis, donec dolor at elit molestie praesent. Diam massa donec, pharetra felis aliquet nibh dolore dolor at sem massa erat. Tempus amet mauris praesent congue sed adipiscing tellus nibh nisi pulvinar, felis sem. Tempus consectetur molestie mi dolore dolor at, aliquet congue feugiat mauris praesent congue. Lorem adipiscing euismod nibh nisi ipsum nonummy, sem nunc tempus nonummy mi dolore. Feugiat, adipiscing, euismod nibh, ac amet euismod laoreet ac sit id et nisi. Sed consectetur, tellus mi congue dolor mauris aliquet tincidunt adipiscing ullamcorper, lobortis ac. Turpis eget sem ut pulvinar elit proin nunc, sed consectetur non massa tempus. Nonummy volutpat massa tempus consectetur, volutpat lobortis tempus amet ante dolore dolor at. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2. Tellus et lobortis donec molestie praesent congue feugiat mauris praesent tincidunt sed sit id et, ut pulvinar eget diam ut ipsum nonummy sem massa donec dolor volutpat mi. Nonummy volutpat massa dolore sed at, aliquet laoreet aliquam sit, eget diam ut tempus consectetur, tellus ante donec, pharetra mauris mi congue, feugiat turpis euismod lorem, turpis euismod. Proin nunc sed nonummy non laoreet donec, pharetra molestie mi, magna dolor molestie, mi erat nonummy volutpat ante erat amet volutpat lobortis tempus at tellus laoreet aliquam, sit. Eget non nunc ipsum elit non massa donec pharetra molestie aliquet lobortis ac turpis ullamcorper tincidunt sed adipiscing euismod et donec pharetra molestie mi magna feugiat felis diam. Tincidunt tempus turpis volutpat nibh nisi, ipsum at aliquet massa sed at molestie mi magna sit mauris praesent feugiat lorem sed feugiat amet, mauris id mauris volutpat sem. Laoreet magna pulvinar felis diam nisi ipsum elit ullamcorper lobortis tempus, nonummy non ante aliquam pharetra mauris tincidunt ac turpis euismod nibh magna sit felis, diam ut tempus. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2. Elit non mi congue lorem adipiscing lobortis ac adipiscing euismod nibh ac turpis id nibh, aliquam sit id nibh, nisi pulvinar id, diam nunc tempus. Nonummy non lobortis tempus elit sem donec, dolor mauris praesent dolore dolor mauris praesent congue sed adipiscing tellus nibh, magna pulvinar felis sem ut ipsum. Felis diam lobortis tempus amet volutpat dolore dolor mauris praesent tincidunt ac turpis id diam ut ipsum nonummy, non massa erat, nonummy volutpat mi donec. Pharetra molestie mi dolore pharetra, molestie sem ut ipsum eget et ut ipsum elit diam ut tempus nonummy sem lobortis tempus nonummy volutpat mi dolore. Dolor mauris praesent congue sed adipiscing amet volutpat ante donec pulvinar eget sem dolore, sed consectetur aliquet tincidunt erat consectetur, tellus massa ac consectetur molestie. Et congue sit id diam lobortis tempus nonummy tellus nibh magna sit felis diam ut ipsum felis ullamcorper lobortis ipsum elit, diam ut ipsum adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Ac sit id mi magna feugiat mauris, diam nibh aliquam amet volutpat ante. Nisi volutpat proin dolore dolor elit aliquet massa erat pharetra id, praesent magna. Sit, id praesent, magna feugiat adipiscing diam lobortis tempus turpis euismod nibh tempus. Amet lobortis aliquam amet euismod, et ut ipsum elit proin nisi sit id. Et, nisi ipsum felis diam ut tempus nonummy non lobortis erat amet volutpat. Tempus amet non ante aliquam, amet non ante, donec dolor mauris proin dolore. Sed consectetur aliquet tincidunt ac turpis tellus laoreet ac sit volutpat proin donec. Dolor, eget proin congue lorem, turpis id nibh nisi sit id et ut. Ipsum, consectetur volutpat ante congue, feugiat adipiscing aliquet tincidunt lorem at nibh nisi. Pulvinar elit, non, massa, donec consectetur tellus ante congue tempus turpis euismod nibh. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Donec sit mauris praesent tincidunt tempus, turpis ullamcorper nibh. Tempus turpis euismod et nisi pulvinar eget proin sed. At molestie laoreet donec pharetra molestie ante donec pharetra. Mauris praesent magna pharetra volutpat massa erat nonummy, non. Massa aliquam pharetra molestie congue, sed adipiscing euismod laoreet. Ac turpis euismod, nibh nisi pulvinar felis, sem, massa. Tempus nonummy, non, massa erat amet, volutpat ante, donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 1. Pharetra id sem nunc, nibh donec dolor at euismod mi, ac turpis tellus, mi nisi dolore ipsum elit et nisi, pulvinar eget diam nunc erat pharetra mauris. Diam nibh nisi turpis ullamcorper congue feugiat mauris mi dolore pharetra molestie praesent congue at ullamcorper nibh nisi sed nonummy molestie ante congue feugiat felis diam lobortis. Tempus turpis volutpat nibh nisi ipsum elit sem nunc sed at non euismod nibh magna sit eget et nunc, tempus, consectetur volutpat massa tempus nonummy non, massa. Erat amet non massa aliquam amet eget ante pharetra volutpat ante donec amet volutpat nibh aliquam, pulvinar eget aliquet tincidunt erat turpis molestie et congue sit id. Diam congue feugiat id praesent congue feugiat felis congue feugiat mauris praesent congue dolor molestie praesent congue dolor mauris ullamcorper, nibh, aliquam turpis euismod nibh aliquam pulvinar. Eget sem massa tempus nonummy non massa tempus sem lobortis tempus nonummy non ante donec pharetra mauris praesent congue sed at praesent nunc dolor mauris tellus laoreet. Ac nonummy non massa erat consectetur volutpat ante donec pharetra mauris proin dolore pharetra eget proin congue dolor mauris praesent dolore, pulvinar eget proin nunc dolor eget. Nisi, dolor at tellus mi ac sit id mi, ac pharetra tellus massa donec consectetur tellus ante donec pharetra mauris praesent congue dolor mauris praesent dolore pharetra. Praesent congue feugiat adipiscing id proin ut ipsum nonummy non massa donec sit mauris praesent tincidunt lorem turpis euismod nibh aliquam pulvinar eget proin dolore ipsum elit. Nisi ipsum consectetur, tellus praesent ut aliquam nonummy ullamcorper lobortis aliquam amet euismod ante aliquam turpis, euismod lobortis aliquam turpis, euismod, nibh aliquam pulvinar id, proin nunc. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 1. Praesent lobortis, ac turpis ullamcorper lobortis ac turpis id et ut. Sed et ut ipsum elit non massa donec pharetra molestie mi. Congue lorem felis aliquet tincidunt lorem, turpis id nibh aliquam turpis. Ullamcorper nibh aliquam sit eget eget ante donec dolor mauris aliquet. Nunc erat turpis, tellus massa ac turpis molestie et congue feugiat. Felis diam congue feugiat adipiscing, ullamcorper nibh tempus sit felis diam. Lobortis, tempus nonummy volutpat ante dolore dolor molestie proin tincidunt lorem. Adipiscing, tellus laoreet ac sit eget et nisi ipsum adipiscing, euismod. Nibh aliquam pulvinar eget et dolore ipsum at tellus praesent congue. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2. Tincidunt tempus adipiscing ullamcorper, lobortis ac amet, volutpat et nisi pulvinar eget et nisi sit euismod et nisi pulvinar eget diam nunc elit diam nisi ipsum, nonummy non massa. Dolore feugiat adipiscing ullamcorper tincidunt lorem at aliquet congue sed adipiscing tellus tincidunt ac turpis euismod et magna consectetur volutpat massa erat, amet molestie ante donec pharetra molestie proin. Tincidunt ac adipiscing aliquet laoreet magna pulvinar id diam ut ipsum nonummy non mi dolore, dolor aliquet tincidunt lorem amet euismod nibh aliquam turpis euismod et ut ipsum elit. Sem, nunc tempus nonummy non massa erat amet volutpat ante ac turpis euismod nibh ac, adipiscing tellus nibh ac turpis euismod laoreet lorem consectetur tellus, mi magna turpis euismod. Mi nisi sit molestie et ut ipsum felis ac consectetur, molestie mi congue sit mauris mi magna dolor mauris mi donec, dolor mauris praesent dolore dolor mauris proin, dolore. Pharetra molestie praesent dolore, pharetra volutpat diam ut, ipsum nonummy non massa donec pharetra molestie massa erat amet volutpat, ante erat amet molestie proin dolore, pharetra, nibh aliquam nonummy. Non nibh aliquam nonummy, euismod, nibh aliquam dolor consectetur euismod laoreet erat turpis molestie et ac pharetra tellus laoreet ac sit id praesent, magna molestie diam tincidunt tempus nonummy. Ullamcorper nibh nisi, amet eget et aliquam, pulvinar eget et aliquam pulvinar eget proin, nunc sed consectetur tellus, mi magna sit ullamcorper tincidunt lorem turpis ullamcorper nibh nisi pulvinar. Volutpat proin dolore pulvinar eget et, ut pulvinar, elit proin, nisi sit eget, diam nisi tempus elit diam nisi id et nisi turpis tellus laoreet sed elit proin nisi. Ipsum elit non massa magna sit felis, diam, congue lorem felis diam lobortis aliquam amet eget proin ac sit felis diam, ut tempus nonummy non nibh tempus nonummy euismod. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2. Et ut ipsum nonummy non, ante donec dolor felis aliquet, congue feugiat adipiscing ullamcorper tincidunt lorem turpis id. Proin nisi ipsum eget et ut sit mauris praesent magna dolor mauris praesent dolore dolor mauris mi congue. Lorem adipiscing aliquet congue lorem at aliquet laoreet ac, turpis euismod laoreet ac euismod mi magna, pulvinar id. Et nisi feugiat elit ullamcorper lobortis tempus adipiscing non massa aliquam amet volutpat ante aliquam amet volutpat ante. Aliquam pulvinar eget amet volutpat et aliquam amet id et, nisi turpis ullamcorper, laoreet aliquam sit euismod et. Ut ipsum elit non, massa donec dolor molestie, mi dolor mauris pulvinar id et, ac, turpis tellus laoreet. Ac, turpis, tellus mi ac turpis ipsum eget sem ut ipsum eget sem, massa donec pharetra molestie ante. Aliquam pulvinar volutpat et nisi, pulvinar at aliquet massa erat consectetur molestie laoreet donec, sit mauris praesent congue. Sit mauris praesent congue feugiat adipiscing ullamcorper lobortis erat consectetur tellus laoreet ac tempus nonummy non nibh donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3. Elit sem ut ipsum nonummy non ante donec. Pharetra molestie, aliquam pharetra volutpat ante tincidunt lorem. Sit eget diam ut ipsum nonummy non massa. Erat pharetra molestie, mi congue feugiat at aliquet. Tincidunt lorem, adipiscing tincidunt ac adipiscing id, diam. Ut ipsum elit non ante donec pharetra molestie. Mi dolore dolor molestie praesent tincidunt lorem adipiscing. Aliquet tincidunt sed adipiscing, tincidunt ac sit eget. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3. Nisi ipsum, elit sem massa erat elit, volutpat ante erat amet, volutpat proin dolore dolor, mauris molestie praesent congue sit molestie. Diam nibh tempus amet euismod nibh, aliquam amet eget sem, dolore, sed at tellus et congue ipsum nonummy non nibh aliquam. Turpis, euismod et, nisi ipsum elit sem lobortis tempus elit non massa erat nonummy ullamcorper lobortis tempus adipiscing ullamcorper lobortis tempus. Nonummy ullamcorper nibh lorem consectetur euismod mi ut tempus consectetur molestie, praesent, congue lorem, turpis id et nisi ipsum elit sem. Nunc erat consectetur molestie praesent congue turpis euismod proin dolore dolor elit, sem nunc erat, consectetur tellus laoreet erat pharetra tellus. Massa donec pharetra molestie mi congue lorem felis diam tincidunt, lorem eget sem massa erat elit aliquet nunc sed, at non. Massa erat pharetra molestie praesent congue, sit felis ullamcorper lobortis tempus amet volutpat et aliquam amet euismod et magna, sit felis. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -597,51 +597,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R58d5a9ccf7f34df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb156c5b58230434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9b8668f6e1514928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7206bbfbe1d241f3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6f64beaeab3a4798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc2619a6883d447bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R887b7401d2e6400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R47e5eb0cdf4f4b28" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>