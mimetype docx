--- v1 (2025-12-14)
+++ v2 (2025-12-15)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3d8fcb9e30c848fc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R791d34c6bbd341a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R59eba736d9fd4f72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2f560f88295e4c18" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf4e3f1a8826d45ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc05c86dc6dc7430f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Nisi tincidunt nunc, mi lobortis dolore lobortis, donec dolor at elit molestie praesent. Diam massa donec, pharetra felis aliquet nibh dolore dolor at sem massa erat. Tempus amet mauris praesent congue sed adipiscing tellus nibh nisi pulvinar, felis sem. Tempus consectetur molestie mi dolore dolor at, aliquet congue feugiat mauris praesent congue. Lorem adipiscing euismod nibh nisi ipsum nonummy, sem nunc tempus nonummy mi dolore. Feugiat, adipiscing, euismod nibh, ac amet euismod laoreet ac sit id et nisi. Sed consectetur, tellus mi congue dolor mauris aliquet tincidunt adipiscing ullamcorper, lobortis ac. Turpis eget sem ut pulvinar elit proin nunc, sed consectetur non massa tempus. Nonummy volutpat massa tempus consectetur, volutpat lobortis tempus amet ante dolore dolor at. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Lobortis sit amet ac feugiat lorem pulvinar at felis ullamcorper. Amet mauris tellus nibh ut ipsum nonummy molestie praesent tincidunt. Ac amet elit tellus laoreet erat sit felis ullamcorper nibh. Dolore sed at tellus laoreet at euismod et ut tempus. Consectetur molestie praesent donec dolor at aliquet laoreet aliquam sit. Elit non massa erat consectetur non massa erat pharetra molestie. Erat consectetur molestie mi donec pharetra volutpat, ante aliquam nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2. Elit non mi congue lorem adipiscing lobortis ac adipiscing euismod nibh ac turpis id nibh, aliquam sit id nibh, nisi pulvinar id, diam nunc tempus. Nonummy non lobortis tempus elit sem donec, dolor mauris praesent dolore dolor mauris praesent congue sed adipiscing tellus nibh, magna pulvinar felis sem ut ipsum. Felis diam lobortis tempus amet volutpat dolore dolor mauris praesent tincidunt ac turpis id diam ut ipsum nonummy, non massa erat, nonummy volutpat mi donec. Pharetra molestie mi dolore pharetra, molestie sem ut ipsum eget et ut ipsum elit diam ut tempus nonummy sem lobortis tempus nonummy volutpat mi dolore. Dolor mauris praesent congue sed adipiscing amet volutpat ante donec pulvinar eget sem dolore, sed consectetur aliquet tincidunt erat consectetur, tellus massa ac consectetur molestie. Et congue sit id diam lobortis tempus nonummy tellus nibh magna sit felis diam ut ipsum felis ullamcorper lobortis ipsum elit, diam ut ipsum adipiscing. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2. Lobortis tempus, amet eget aliquam pulvinar at aliquet laoreet magna sit felis. Et ut feugiat adipiscing non ante donec pulvinar eget praesent, nunc lorem. Consectetur, euismod et, ut ipsum sem ut ipsum elit ullamcorper, ut aliquam. Amet eget, proin donec dolor mauris, proin, nunc, sed consectetur, id et. Nisi ipsum nonummy sem lobortis elit diam ut tempus amet non ante. Aliquam pharetra, eget proin dolore, lorem at aliquet laoreet lorem consectetur euismod. Mi ac, sit id diam ut tempus nonummy congue feugiat nonummy non. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Donec sit mauris praesent tincidunt tempus, turpis ullamcorper nibh. Tempus turpis euismod et nisi pulvinar eget proin sed. At molestie laoreet donec pharetra molestie ante donec pharetra. Mauris praesent magna pharetra volutpat massa erat nonummy, non. Massa aliquam pharetra molestie congue, sed adipiscing euismod laoreet. Ac turpis euismod, nibh nisi pulvinar felis, sem, massa. Tempus nonummy, non, massa erat amet, volutpat ante, donec. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Adipiscing id diam ante, magna feugiat aliquet lobortis lorem turpis volutpat et nisi ipsum elit proin. Ut sed elit proin nisi ipsum, nonummy, non massa erat pharetra molestie praesent tincidunt lorem aliquet. Tincidunt ac turpis id et nisi pulvinar eget proin ut ipsum eget diam nisi pulvinar felis. Diam nisi ipsum felis diam lobortis ipsum nonummy elit proin nisi amet id et nisi pulvinar. Eget diam ut ipsum nonummy non massa tempus nonummy non ante erat nonummy sem lobortis tempus. Nonummy non tempus, amet volutpat proin dolore dolor mauris proin nunc sed at tellus laoreet, magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 1. Praesent lobortis, ac turpis ullamcorper lobortis ac turpis id et ut. Sed et ut ipsum elit non massa donec pharetra molestie mi. Congue lorem felis aliquet tincidunt lorem, turpis id nibh aliquam turpis. Ullamcorper nibh aliquam sit eget eget ante donec dolor mauris aliquet. Nunc erat turpis, tellus massa ac turpis molestie et congue feugiat. Felis diam congue feugiat adipiscing, ullamcorper nibh tempus sit felis diam. Lobortis, tempus nonummy volutpat ante dolore dolor molestie proin tincidunt lorem. Adipiscing, tellus laoreet ac sit eget et nisi ipsum adipiscing, euismod. Nibh aliquam pulvinar eget et dolore ipsum at tellus praesent congue. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 1. Euismod sem tincidunt, lorem, turpis id sem ut tempus. Amet non ante dolore feugiat at aliquet aliquam pulvinar. Eget diam nunc pulvinar eget diam nisi ipsum elit. Sem lobortis tempus elit non massa donec amet molestie. Praesent congue, sed at tellus tincidunt sed nonummy non. Massa magna feugiat adipiscing, euismod lobortis lorem turpis euismod. Nibh aliquam ipsum eget proin aliquam turpis ullamcorper laoreet. Aliquam sit eget nunc tempus elit sem nunc tempus. Elit non massa tempus elit diam congue ipsum elit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2. Et ut ipsum nonummy non, ante donec dolor felis aliquet, congue feugiat adipiscing ullamcorper tincidunt lorem turpis id. Proin nisi ipsum eget et ut sit mauris praesent magna dolor mauris praesent dolore dolor mauris mi congue. Lorem adipiscing aliquet congue lorem at aliquet laoreet ac, turpis euismod laoreet ac euismod mi magna, pulvinar id. Et nisi feugiat elit ullamcorper lobortis tempus adipiscing non massa aliquam amet volutpat ante aliquam amet volutpat ante. Aliquam pulvinar eget amet volutpat et aliquam amet id et, nisi turpis ullamcorper, laoreet aliquam sit euismod et. Ut ipsum elit non, massa donec dolor molestie, mi dolor mauris pulvinar id et, ac, turpis tellus laoreet. Ac, turpis, tellus mi ac turpis ipsum eget sem ut ipsum eget sem, massa donec pharetra molestie ante. Aliquam pulvinar volutpat et nisi, pulvinar at aliquet massa erat consectetur molestie laoreet donec, sit mauris praesent congue. Sit mauris praesent congue feugiat adipiscing ullamcorper lobortis erat consectetur tellus laoreet ac tempus nonummy non nibh donec. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2. Mauris aliquet tincidunt magna sit id sem nunc tempus. Felis et ut feugiat elit sem lobortis tempus elit. Non massa donec volutpat nibh aliquam nonummy ullamcorper lobortis. Tempus nonummy euismod nibh aliquam, turpis volutpat proin nisi. Pulvinar, elit sem massa erat pharetra molestie mi congue. Dolor at aliquet tincidunt ac sit id diam ut. Ipsum nonummy non, lobortis tempus, nonummy ullamcorper massa ipsum. Elit non massa donec amet non, ante donec volutpat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3. Nisi ipsum, elit sem massa erat elit, volutpat ante erat amet, volutpat proin dolore dolor, mauris molestie praesent congue sit molestie. Diam nibh tempus amet euismod nibh, aliquam amet eget sem, dolore, sed at tellus et congue ipsum nonummy non nibh aliquam. Turpis, euismod et, nisi ipsum elit sem lobortis tempus elit non massa erat nonummy ullamcorper lobortis tempus adipiscing ullamcorper lobortis tempus. Nonummy ullamcorper nibh lorem consectetur euismod mi ut tempus consectetur molestie, praesent, congue lorem, turpis id et nisi ipsum elit sem. Nunc erat consectetur molestie praesent congue turpis euismod proin dolore dolor elit, sem nunc erat, consectetur tellus laoreet erat pharetra tellus. Massa donec pharetra molestie mi congue lorem felis diam tincidunt, lorem eget sem massa erat elit aliquet nunc sed, at non. Massa erat pharetra molestie praesent congue, sit felis ullamcorper lobortis tempus amet volutpat et aliquam amet euismod et magna, sit felis. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3. Diam tincidunt lorem amet eget proin. Dolore dolor elit sem, dolore sed. Consectetur ullamcorper lobortis donec amet mauris. Praesent tincidunt lorem at tellus laoreet. Ac sit id, et magna feugiat. Id ullamcorper lobortis tempus adipiscing volutpat. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -597,51 +597,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6f64beaeab3a4798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc2619a6883d447bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R887b7401d2e6400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R47e5eb0cdf4f4b28" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8ec61707d0b740f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R97c13db155c748f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R610babb3ece045cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf451a9346f95492c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>