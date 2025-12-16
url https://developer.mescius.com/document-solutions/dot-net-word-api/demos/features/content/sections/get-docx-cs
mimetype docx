--- v2 (2025-12-15)
+++ v3 (2025-12-16)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2f560f88295e4c18" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf4e3f1a8826d45ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc05c86dc6dc7430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb89a3b8c4450413e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R17d7c91d191b4cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R411fbddc5eed4493" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Lobortis sit amet ac feugiat lorem pulvinar at felis ullamcorper. Amet mauris tellus nibh ut ipsum nonummy molestie praesent tincidunt. Ac amet elit tellus laoreet erat sit felis ullamcorper nibh. Dolore sed at tellus laoreet at euismod et ut tempus. Consectetur molestie praesent donec dolor at aliquet laoreet aliquam sit. Elit non massa erat consectetur non massa erat pharetra molestie. Erat consectetur molestie mi donec pharetra volutpat, ante aliquam nonummy. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Turpis nonummy proin diam ut sed nonummy tellus ante donec pharetra ipsum consectetur molestie. Ullamcorper, lobortis feugiat mauris praesent magna consectetur non mi donec consectetur volutpat erat nonummy. Diam, lobortis ipsum id massa ipsum eget et ac adipiscing tellus tincidunt dolor volutpat. Lobortis tempus molestie massa ipsum, id laoreet sed elit nunc pulvinar euismod lobortis feugiat. Molestie ante, tempus felis mi donec, nonummy sem ut sit tellus nunc dolor eget. Proin nisi amet ullamcorper congue dolor mi erat nonummy ullamcorper congue consectetur sem nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2. Lobortis tempus, amet eget aliquam pulvinar at aliquet laoreet magna sit felis. Et ut feugiat adipiscing non ante donec pulvinar eget praesent, nunc lorem. Consectetur, euismod et, ut ipsum sem ut ipsum elit ullamcorper, ut aliquam. Amet eget, proin donec dolor mauris, proin, nunc, sed consectetur, id et. Nisi ipsum nonummy sem lobortis elit diam ut tempus amet non ante. Aliquam pharetra, eget proin dolore, lorem at aliquet laoreet lorem consectetur euismod. Mi ac, sit id diam ut tempus nonummy congue feugiat nonummy non. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2. Mi magna nonummy diam sit id tincidunt erat elit proin ac at aliquet dolore amet diam congue at, proin aliquam, adipiscing. Tellus, nunc amet, euismod magna pharetra tellus ipsum felis mi erat, elit et ac adipiscing proin donec elit diam magna consectetur. Non massa pulvinar id laoreet sed eget nibh lorem felis praesent nonummy sem nisi turpis tellus nunc amet aliquet dolore nonummy. Proin dolore pulvinar euismod tincidunt feugiat molestie massa, ipsum, id laoreet sed eget et ac mauris, ante adipiscing praesent ac consectetur. Sem ut turpis, aliquet nunc pulvinar ullamcorper tincidunt, feugiat molestie nunc sit euismod tincidunt pulvinar volutpat tincidunt, lorem mauris tempus felis. Mi ac at, sem nisi turpis aliquet dolore amet, ullamcorper congue pharetra tellus ut pulvinar tellus nunc pulvinar ullamcorper congue pharetra. Non, massa tempus felis magna, pharetra non ut sit tellus tincidunt, sed eget, nibh tempus felis mi, erat felis mi ac. At sem aliquam adipiscing praesent erat elit diam, magna pharetra nunc, donec at proin aliquam turpis, praesent nunc amet ullamcorper congue. Pharetra non ut sit euismod nunc amet euismod tincidunt, volutpat lobortis feugiat id mi sed id laoreet lorem mauris ante lorem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Adipiscing id diam ante, magna feugiat aliquet lobortis lorem turpis volutpat et nisi ipsum elit proin. Ut sed elit proin nisi ipsum, nonummy, non massa erat pharetra molestie praesent tincidunt lorem aliquet. Tincidunt ac turpis id et nisi pulvinar eget proin ut ipsum eget diam nisi pulvinar felis. Diam nisi ipsum felis diam lobortis ipsum nonummy elit proin nisi amet id et nisi pulvinar. Eget diam ut ipsum nonummy non massa tempus nonummy non ante erat nonummy sem lobortis tempus. Nonummy non tempus, amet volutpat proin dolore dolor mauris proin nunc sed at tellus laoreet, magna. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Ut pulvinar euismod laoreet dolor eget, et aliquam at. Praesent donec nonummy mi ac at proin aliquam at. Dolore pharetra non ut sit molestie massa tempus, id. Mi sed elit nibh lorem molestie massa ipsum id. Laoreet sed eget nibh lorem mauris massa felis praesent. Congue sit molestie ante ipsum id tincidunt sed eget. Nibh lorem molestie massa ipsum id laoreet sed id. Nibh ac at praesent donec ullamcorper congue sit non. Ut sit tellus tincidunt pulvinar ullamcorper congue consectetur non. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 1. Euismod sem tincidunt, lorem, turpis id sem ut tempus. Amet non ante dolore feugiat at aliquet aliquam pulvinar. Eget diam nunc pulvinar eget diam nisi ipsum elit. Sem lobortis tempus elit non massa donec amet molestie. Praesent congue, sed at tellus tincidunt sed nonummy non. Massa magna feugiat adipiscing, euismod lobortis lorem turpis euismod. Nibh aliquam ipsum eget proin aliquam turpis ullamcorper laoreet. Aliquam sit eget nunc tempus elit sem nunc tempus. Elit non massa tempus elit diam congue ipsum elit. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 1. Turpis tellus nunc dolor euismod tincidunt dolor volutpat massa ipsum felis laoreet erat, eget et aliquam at, proin aliquam, nonummy ullamcorper feugiat tellus ut pulvinar, tellus tincidunt dolor ullamcorper. Congue dolor volutpat nunc sit euismod tincidunt dolor volutpat lobortis dolor volutpat lobortis sit molestie nunc pulvinar congue pharetra non, ut sit tellus nunc sit euismod nunc pulvinar euismod. Tincidunt dolor volutpat lobortis sit tellus massa pulvinar euismod dolore amet ullamcorper magna consectetur nisi turpis aliquet aliquam adipiscing mi sed eget laoreet sed eget nibh lorem mauris ante. Tempus elit, et magna consectetur aliquet dolore amet aliquet nonummy praesent magna pharetra tellus massa, ipsum euismod laoreet sed mauris ante, tempus felis mi, erat elit, et magna, turpis. Aliquet nisi turpis ullamcorper congue dolor massa ipsum felis mi erat elit tincidunt lorem mauris, nibh lorem molestie, massa tempus id mi sed at et aliquam adipiscing praesent donec. Amet non ut sit massa sed elit nibh lorem turpis, tellus dolore pulvinar euismod congue pharetra sem nisi consectetur, proin dolore turpis aliquet congue non ut, sit tellus nunc. Pulvinar id laoreet, sed eget nibh feugiat mauris massa ipsum, id mi erat eget nibh feugiat mauris massa feugiat molestie laoreet ipsum nibh ac at praesent dolore amet diam. Magna consectetur non, ut, pulvinar id laoreet lorem mauris ante aliquam adipiscing praesent donec nonummy, diam ac elit et ac ut turpis aliquet nunc pulvinar ullamcorper congue consectetur sem. Nisi turpis sem nisi adipiscing praesent, erat magna nonummy diam ac at proin aliquam felis praesent donec elit massa ipsum molestie, massa ipsum id, tincidunt sed, molestie proin tempus. Felis mi, erat elit et lorem eget nibh lorem, mauris mi erat, elit diam, magna at dolore pulvinar ullamcorper congue dolor ullamcorper ut, sit tellus nunc ipsum id tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2. Mauris aliquet tincidunt magna sit id sem nunc tempus. Felis et ut feugiat elit sem lobortis tempus elit. Non massa donec volutpat nibh aliquam nonummy ullamcorper lobortis. Tempus nonummy euismod nibh aliquam, turpis volutpat proin nisi. Pulvinar, elit sem massa erat pharetra molestie mi congue. Dolor at aliquet tincidunt ac sit id diam ut. Ipsum nonummy non, lobortis tempus, nonummy ullamcorper massa ipsum. Elit non massa donec amet non, ante donec volutpat. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2. Dolor eget lobortis lorem mauris mi tempus elit et turpis aliquet, nunc ipsum id laoreet dolor volutpat lobortis feugiat tellus ut sit tellus nunc. Pulvinar ullamcorper congue, dolor, molestie massa pulvinar tellus nunc amet tincidunt dolor ullamcorper ut pharetra non ut pulvinar, euismod tincidunt sed eget nibh feugiat. Molestie mi donec nonummy diam, ac at proin aliquam turpis aliquet amet non ut sit molestie nunc, pulvinar euismod tincidunt dolor volutpat nibh lorem. Adipiscing praesent donec nonummy, diam nisi consectetur sem tempus felis, tempus elit diam ac elit nibh lorem, mauris ante tempus felis mi erat elit. Et aliquam adipiscing aliquet dolore amet diam congue consectetur non nisi turpis tellus dolor volutpat lobortis lorem mauris massa ipsum id laoreet erat elit. Proin ac at proin aliquam felis mi erat, felis et, ac at aliquet nisi pulvinar euismod pharetra volutpat ut, sit tellus nunc pulvinar, id. Laoreet lorem at nibh lorem molestie, massa ipsum, tellus tincidunt dolor volutpat lobortis lorem mauris lobortis lorem mauris ante tempus felis mi erat, consectetur. Sem ut sit, euismod laoreet sed eget ante lorem mauris ante tempus felis mi erat eget nibh feugiat ante tempus elit et ac consectetur. Sem nisi adipiscing proin tempus adipiscing diam magna nonummy diam magna turpis aliquet aliquam, nonummy praesent donec elit et ac consectetur nisi amet euismod. Tincidunt feugiat molestie, massa ipsum adipiscing mi erat eget nibh nisi consectetur tellus dolore amet euismod tincidunt dolor non, ut consectetur sem nisi turpis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3. Diam tincidunt lorem amet eget proin. Dolore dolor elit sem, dolore sed. Consectetur ullamcorper lobortis donec amet mauris. Praesent tincidunt lorem at tellus laoreet. Ac sit id, et magna feugiat. Id ullamcorper lobortis tempus adipiscing volutpat. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3. Tempus, nonummy diam, magna consectetur sem ut pulvinar euismod tincidunt. Dolor eget nibh aliquam adipiscing praesent erat elit mi erat. Elit et aliquam adipiscing, praesent amet non lobortis sit molestie. Massa erat elit diam magna turpis aliquet nisi amet, diam. Congue pharetra non lobortis ipsum, molestie massa pulvinar euismod feugiat. Molestie proin, donec nonummy ullamcorper donec nonummy diam ac consectetur. Proin, aliquam adipiscing diam magna consectetur sem ut turpis tellus. Dolore dolor euismod congue molestie massa ipsum id laoreet erat. Elit nibh lorem mauris nibh lorem felis mi erat felis. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -597,51 +597,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8ec61707d0b740f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R97c13db155c748f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R610babb3ece045cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf451a9346f95492c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R18accc139ab441cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbf9f07892c9748ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd2ba4d64e5aa4b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9998540bbbce4772" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>