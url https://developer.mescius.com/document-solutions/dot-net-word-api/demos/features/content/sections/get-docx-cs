--- v3 (2025-12-16)
+++ v4 (2025-12-19)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb89a3b8c4450413e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R17d7c91d191b4cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R411fbddc5eed4493" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdde443c2d0b64346" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdbaf8d1800a44832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R97a2a900005745c7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Turpis nonummy proin diam ut sed nonummy tellus ante donec pharetra ipsum consectetur molestie. Ullamcorper, lobortis feugiat mauris praesent magna consectetur non mi donec consectetur volutpat erat nonummy. Diam, lobortis ipsum id massa ipsum eget et ac adipiscing tellus tincidunt dolor volutpat. Lobortis tempus molestie massa ipsum, id laoreet sed elit nunc pulvinar euismod lobortis feugiat. Molestie ante, tempus felis mi donec, nonummy sem ut sit tellus nunc dolor eget. Proin nisi amet ullamcorper congue dolor mi erat nonummy ullamcorper congue consectetur sem nisi. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Laoreet ac congue ac mi aliquet volutpat amet aliquam, ante volutpat dolor tincidunt aliquet consectetur et euismod sit nisi sem at at ac laoreet eget sed laoreet. Sem elit sed tincidunt tellus sit magna sem consectetur donec praesent adipiscing aliquam eget sed tincidunt, tellus turpis aliquam et at ac et felis, tempus, lobortis ullamcorper. Elit erat massa molestie feugiat nibh volutpat sed laoreet, id ipsum tellus sit congue ullamcorper nonummy, donec praesent adipiscing nisi sem consectetur ac et elit tempus lobortis. Volutpat pharetra magna diam adipiscing tempus nibh volutpat nunc aliquet adipiscing ac et eget sed laoreet id ipsum ante molestie feugiat, tincidunt euismod pulvinar dolore aliquet consectetur. Magna diam, elit erat mi felis lorem, nibh dolor nunc tellus sit ut sem at erat laoreet, id ipsum massa molestie dolor lobortis euismod amet nisi aliquet. Consectetur magna diam, nonummy magna, diam nonummy praesent adipiscing, aliquam, proin elit erat et adipiscing aliquam, proin adipiscing aliquam proin praesent felis aliquam sem at magna diam. Donec praesent felis tempus ante at aliquam sem consectetur congue ullamcorper pharetra congue ullamcorper amet dolore sem consectetur magna diam nonummy donec aliquet turpis dolore tellus sit. Diam elit erat mi mauris tempus ante at ac et at erat, laoreet tellus feugiat ut non pharetra, tincidunt ullamcorper amet, dolore aliquet turpis nisi diam nonummy. Praesent felis, tempus lobortis, non nonummy donec praesent adipiscing ac, nibh eget erat, laoreet id ipsum lobortis non dolor congue ullamcorper, amet nisi sem consectetur magna nibh. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2. Mi magna nonummy diam sit id tincidunt erat elit proin ac at aliquet dolore amet diam congue at, proin aliquam, adipiscing. Tellus, nunc amet, euismod magna pharetra tellus ipsum felis mi erat, elit et ac adipiscing proin donec elit diam magna consectetur. Non massa pulvinar id laoreet sed eget nibh lorem felis praesent nonummy sem nisi turpis tellus nunc amet aliquet dolore nonummy. Proin dolore pulvinar euismod tincidunt feugiat molestie massa, ipsum, id laoreet sed eget et ac mauris, ante adipiscing praesent ac consectetur. Sem ut turpis, aliquet nunc pulvinar ullamcorper tincidunt, feugiat molestie nunc sit euismod tincidunt pulvinar volutpat tincidunt, lorem mauris tempus felis. Mi ac at, sem nisi turpis aliquet dolore amet, ullamcorper congue pharetra tellus ut pulvinar tellus nunc pulvinar ullamcorper congue pharetra. Non, massa tempus felis magna, pharetra non ut sit tellus tincidunt, sed eget, nibh tempus felis mi, erat felis mi ac. At sem aliquam adipiscing praesent erat elit diam, magna pharetra nunc, donec at proin aliquam turpis, praesent nunc amet ullamcorper congue. Pharetra non ut sit euismod nunc amet euismod tincidunt, volutpat lobortis feugiat id mi sed id laoreet lorem mauris ante lorem. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2. Id ipsum massa molestie, feugiat tincidunt. Ullamcorper amet dolore proin consectetur magna. Et id ipsum laoreet mauris lorem. Nibh eget sed nibh eget erat. Molestie ipsum massa molestie feugiat, lobortis. Volutpat dolor tincidunt euismod consectetur magna. Et id erat mi felis aliquam. Proin adipiscing nisi sem at magna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Ut pulvinar euismod laoreet dolor eget, et aliquam at. Praesent donec nonummy mi ac at proin aliquam at. Dolore pharetra non ut sit molestie massa tempus, id. Mi sed elit nibh lorem molestie massa ipsum id. Laoreet sed eget nibh lorem mauris massa felis praesent. Congue sit molestie ante ipsum id tincidunt sed eget. Nibh lorem molestie massa ipsum id laoreet sed id. Nibh ac at praesent donec ullamcorper congue sit non. Ut sit tellus tincidunt pulvinar ullamcorper congue consectetur non. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Laoreet id feugiat lobortis, volutpat nonummy tempus massa. Molestie dolor lobortis volutpat sed laoreet euismod nisi. Proin at ac praesent felis tempus ante at. Lorem, nibh elit erat mi felis, tempus massa. Volutpat dolor congue euismod dolor tincidunt id, ipsum. Molestie sit ut volutpat dolor, laoreet id pulvinar. Massa id ipsum massa mauris, feugiat tincidunt euismod. Pulvinar dolore tellus turpis, nisi sem consectetur donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 1. Turpis tellus nunc dolor euismod tincidunt dolor volutpat massa ipsum felis laoreet erat, eget et aliquam at, proin aliquam, nonummy ullamcorper feugiat tellus ut pulvinar, tellus tincidunt dolor ullamcorper. Congue dolor volutpat nunc sit euismod tincidunt dolor volutpat lobortis dolor volutpat lobortis sit molestie nunc pulvinar congue pharetra non, ut sit tellus nunc sit euismod nunc pulvinar euismod. Tincidunt dolor volutpat lobortis sit tellus massa pulvinar euismod dolore amet ullamcorper magna consectetur nisi turpis aliquet aliquam adipiscing mi sed eget laoreet sed eget nibh lorem mauris ante. Tempus elit, et magna consectetur aliquet dolore amet aliquet nonummy praesent magna pharetra tellus massa, ipsum euismod laoreet sed mauris ante, tempus felis mi, erat elit, et magna, turpis. Aliquet nisi turpis ullamcorper congue dolor massa ipsum felis mi erat elit tincidunt lorem mauris, nibh lorem molestie, massa tempus id mi sed at et aliquam adipiscing praesent donec. Amet non ut sit massa sed elit nibh lorem turpis, tellus dolore pulvinar euismod congue pharetra sem nisi consectetur, proin dolore turpis aliquet congue non ut, sit tellus nunc. Pulvinar id laoreet, sed eget nibh feugiat mauris massa ipsum, id mi erat eget nibh feugiat mauris massa feugiat molestie laoreet ipsum nibh ac at praesent dolore amet diam. Magna consectetur non, ut, pulvinar id laoreet lorem mauris ante aliquam adipiscing praesent donec nonummy, diam ac elit et ac ut turpis aliquet nunc pulvinar ullamcorper congue consectetur sem. Nisi turpis sem nisi adipiscing praesent, erat magna nonummy diam ac at proin aliquam felis praesent donec elit massa ipsum molestie, massa ipsum id, tincidunt sed, molestie proin tempus. Felis mi, erat elit et lorem eget nibh lorem, mauris mi erat, elit diam, magna at dolore pulvinar ullamcorper congue dolor ullamcorper ut, sit tellus nunc ipsum id tincidunt. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 1. Et felis, tempus mi molestie lorem lobortis volutpat pulvinar, tincidunt mauris sed laoreet id ipsum nunc non pharetra magna praesent, adipiscing ipsum ante, molestie dolor. Tincidunt euismod amet, nisi sem consectetur, magna, sem consectetur congue ullamcorper tincidunt, euismod, sit nisi diam, elit erat mi felis ipsum massa, molestie feugiat nibh. Elit erat mi id tempus massa volutpat dolor congue, ullamcorper amet euismod pulvinar, nunc tellus sit congue non pharetra congue ullamcorper amet nisi, aliquet pharetra. Congue diam amet, dolore aliquet turpis dolore tellus turpis sem nonummy donec mi adipiscing tempus nibh mauris lorem nibh eget erat mi felis tempus proin. At ac et at magna sem nonummy donec praesent turpis nisi consectetur magna diam nonummy erat praesent felis tempus ante eget, sed laoreet euismod pulvinar. Massa id ipsum ante mauris ac proin at erat mi elit, tempus ante, lorem nibh, volutpat dolor nunc, tellus sit ut sem consectetur magna ullamcorper. Nonummy donec praesent turpis nisi sem turpis, magna nonummy magna diam felis tempus ante mauris sed, laoreet euismod ipsum massa molestie tempus proin at ac. Et elit erat, mi, felis erat ante felis, tempus ante dolor nunc tellus sit ut non, sit lobortis non pharetra congue tellus pulvinar nunc tellus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2. Dolor eget lobortis lorem mauris mi tempus elit et turpis aliquet, nunc ipsum id laoreet dolor volutpat lobortis feugiat tellus ut sit tellus nunc. Pulvinar ullamcorper congue, dolor, molestie massa pulvinar tellus nunc amet tincidunt dolor ullamcorper ut pharetra non ut pulvinar, euismod tincidunt sed eget nibh feugiat. Molestie mi donec nonummy diam, ac at proin aliquam turpis aliquet amet non ut sit molestie nunc, pulvinar euismod tincidunt dolor volutpat nibh lorem. Adipiscing praesent donec nonummy, diam nisi consectetur sem tempus felis, tempus elit diam ac elit nibh lorem, mauris ante tempus felis mi erat elit. Et aliquam adipiscing aliquet dolore amet diam congue consectetur non nisi turpis tellus dolor volutpat lobortis lorem mauris massa ipsum id laoreet erat elit. Proin ac at proin aliquam felis mi erat, felis et, ac at aliquet nisi pulvinar euismod pharetra volutpat ut, sit tellus nunc pulvinar, id. Laoreet lorem at nibh lorem molestie, massa ipsum, tellus tincidunt dolor volutpat lobortis lorem mauris lobortis lorem mauris ante tempus felis mi erat, consectetur. Sem ut sit, euismod laoreet sed eget ante lorem mauris ante tempus felis mi erat eget nibh feugiat ante tempus elit et ac consectetur. Sem nisi adipiscing proin tempus adipiscing diam magna nonummy diam magna turpis aliquet aliquam, nonummy praesent donec elit et ac consectetur nisi amet euismod. Tincidunt feugiat molestie, massa ipsum adipiscing mi erat eget nibh nisi consectetur tellus dolore amet euismod tincidunt dolor non, ut consectetur sem nisi turpis. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2. Tempus, massa molestie pharetra, congue euismod, amet dolore aliquet consectetur magna diam consectetur donec mauris sit. Ut ullamcorper amet donec praesent turpis dolore aliquet consectetur magna ullamcorper amet congue ullamcorper amet dolore. Aliquet turpis magna diam nonummy magna amet nunc tellus turpis nisi sem consectetur magna, diam adipiscing. Aliquam ante, at ac et at erat mi id ipsum ut non consectetur congue euismod pulvinar. Nunc at ac et nonummy erat praesent felis tempus, proin adipiscing lorem lobortis eget sed laoreet. Felis tempus ante molestie lorem, ante mauris lorem eget sed ante molestie lorem lobortis, volutpat pharetra. Dolore ullamcorper turpis nisi aliquet consectetur, congue, diam nonummy congue ullamcorper turpis nisi sem at ac. Diam elit, erat molestie lorem nibh mauris lorem nibh id ipsum massa molestie sit ut volutpat. Dolor tincidunt ullamcorper amet dolore tellus sit lobortis volutpat dolor tincidunt volutpat sed euismod pulvinar massa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3. Tempus, nonummy diam, magna consectetur sem ut pulvinar euismod tincidunt. Dolor eget nibh aliquam adipiscing praesent erat elit mi erat. Elit et aliquam adipiscing, praesent amet non lobortis sit molestie. Massa erat elit diam magna turpis aliquet nisi amet, diam. Congue pharetra non lobortis ipsum, molestie massa pulvinar euismod feugiat. Molestie proin, donec nonummy ullamcorper donec nonummy diam ac consectetur. Proin, aliquam adipiscing diam magna consectetur sem ut turpis tellus. Dolore dolor euismod congue molestie massa ipsum id laoreet erat. Elit nibh lorem mauris nibh lorem felis mi erat felis. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3. Eget dolor laoreet euismod amet tellus turpis, nisi non amet, dolore praesent turpis nisi aliquet turpis nunc. Non pharetra congue non dolor tincidunt id ipsum massa, id ipsum, massa molestie nibh id pulvinar laoreet. Tellus consectetur ac et felis tempus, ante mauris tempus ante mauris ac, nibh eget sed, laoreet id. Ipsum massa molestie sed ullamcorper turpis ac nibh, eget dolor laoreet id tempus ante mauris lorem nibh. Eget, sed tincidunt tellus sit ut non pharetra ut non pharetra congue aliquet nisi sem consectetur magna. Sem nonummy donec aliquet adipiscing tempus, ante at ac et, elit, sed massa tellus feugiat, lobortis non. Pharetra congue praesent nisi nibh euismod sed massa, id ipsum ante, molestie feugiat lobortis volutpat sed laoreet. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -597,51 +597,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R18accc139ab441cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbf9f07892c9748ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd2ba4d64e5aa4b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9998540bbbce4772" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9816552ab5b042cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R058626de993b4966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R324bc16abcf64185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc5be305fba3f4cd3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>