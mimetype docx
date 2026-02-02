--- v4 (2025-12-19)
+++ v5 (2026-02-02)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdde443c2d0b64346" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdbaf8d1800a44832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R97a2a900005745c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbbddc41ff15e41c5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdd799599b40a4de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Red9233d9b4bd4fe2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Laoreet ac congue ac mi aliquet volutpat amet aliquam, ante volutpat dolor tincidunt aliquet consectetur et euismod sit nisi sem at at ac laoreet eget sed laoreet. Sem elit sed tincidunt tellus sit magna sem consectetur donec praesent adipiscing aliquam eget sed tincidunt, tellus turpis aliquam et at ac et felis, tempus, lobortis ullamcorper. Elit erat massa molestie feugiat nibh volutpat sed laoreet, id ipsum tellus sit congue ullamcorper nonummy, donec praesent adipiscing nisi sem consectetur ac et elit tempus lobortis. Volutpat pharetra magna diam adipiscing tempus nibh volutpat nunc aliquet adipiscing ac et eget sed laoreet id ipsum ante molestie feugiat, tincidunt euismod pulvinar dolore aliquet consectetur. Magna diam, elit erat mi felis lorem, nibh dolor nunc tellus sit ut sem at erat laoreet, id ipsum massa molestie dolor lobortis euismod amet nisi aliquet. Consectetur magna diam, nonummy magna, diam nonummy praesent adipiscing, aliquam, proin elit erat et adipiscing aliquam, proin adipiscing aliquam proin praesent felis aliquam sem at magna diam. Donec praesent felis tempus ante at aliquam sem consectetur congue ullamcorper pharetra congue ullamcorper amet dolore sem consectetur magna diam nonummy donec aliquet turpis dolore tellus sit. Diam elit erat mi mauris tempus ante at ac et at erat, laoreet tellus feugiat ut non pharetra, tincidunt ullamcorper amet, dolore aliquet turpis nisi diam nonummy. Praesent felis, tempus lobortis, non nonummy donec praesent adipiscing ac, nibh eget erat, laoreet id ipsum lobortis non dolor congue ullamcorper, amet nisi sem consectetur magna nibh. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Ullamcorper, eget et sem euismod mauris amet ipsum nisi nunc sem at nonummy feugiat magna, pulvinar ac, tincidunt proin molestie amet. Sit erat massa, sem eget pulvinar nisi proin eget dolor nisi proin volutpat adipiscing lorem ut diam felis feugiat magna pulvinar. Aliquam tincidunt praesent mauris dolor erat lobortis diam felis, ipsum ut et eget turpis ac laoreet tellus adipiscing sed dolore proin. Molestie dolor dolore congue aliquet felis lorem tincidunt diam felis feugiat magna praesent felis sit magna, mi molestie sit ac laoreet. Tellus at sed massa aliquet, volutpat consectetur tempus massa volutpat pharetra donec ante tellus elit ipsum nisi et id sit aliquam. Laoreet euismod adipiscing ac tincidunt aliquet felis lorem tincidunt praesent laoreet non elit pulvinar nisi et id pulvinar nisi et eget. Amet ac lobortis ullamcorper felis dolor congue diam mauris feugiat congue diam adipiscing tempus nibh diam felis feugiat ut diam id. Turpis ac mi euismod turpis ac laoreet aliquet consectetur lorem nunc proin eget tellus at ipsum congue diam, felis sit ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2. Id ipsum massa molestie, feugiat tincidunt. Ullamcorper amet dolore proin consectetur magna. Et id ipsum laoreet mauris lorem. Nibh eget sed nibh eget erat. Molestie ipsum massa molestie feugiat, lobortis. Volutpat dolor tincidunt euismod consectetur magna. Et id erat mi felis aliquam. Proin adipiscing nisi sem at magna. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2. Et nibh praesent mauris dolor dolore. Massa ullamcorper elit tempus ut et. Id turpis sed dolore ante volutpat. Amet tempus lobortis ullamcorper felis, feugiat. Donec ut diam felis sit ac. Et id turpis erat tincidunt sem. Mauris pulvinar aliquam, lobortis ullamcorper felis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Laoreet id feugiat lobortis, volutpat nonummy tempus massa. Molestie dolor lobortis volutpat sed laoreet euismod nisi. Proin at ac praesent felis tempus ante at. Lorem, nibh elit erat mi felis, tempus massa. Volutpat dolor congue euismod dolor tincidunt id, ipsum. Molestie sit ut volutpat dolor, laoreet id pulvinar. Massa id ipsum massa mauris, feugiat tincidunt euismod. Pulvinar dolore tellus turpis, nisi sem consectetur donec. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Pharetra, donec lobortis diam id sit magna laoreet aliquet at erat nunc proin mauris pulvinar aliquam nibh ullamcorper. Adipiscing, sit, donec mi laoreet aliquet elit, sed dolore et euismod adipiscing lorem tincidunt, mi tellus consectetur tempus. Nunc diam, id turpis, aliquam et, id pulvinar dolore proin eget id turpis magna tincidunt aliquet consectetur lorem. Laoreet sem mauris pulvinar aliquam lobortis ullamcorper adipiscing feugiat magna mi molestie pharetra ac laoreet tellus turpis magna. Laoreet at sed dolore proin mauris, sed dolore praesent mauris dolor dolore proin mauris pharetra congue praesent mauris. Pharetra dolore praesent mauris pharetra magna volutpat pulvinar aliquam nibh ullamcorper adipiscing ipsum magna et id pharetra, erat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 1. Et felis, tempus mi molestie lorem lobortis volutpat pulvinar, tincidunt mauris sed laoreet id ipsum nunc non pharetra magna praesent, adipiscing ipsum ante, molestie dolor. Tincidunt euismod amet, nisi sem consectetur, magna, sem consectetur congue ullamcorper tincidunt, euismod, sit nisi diam, elit erat mi felis ipsum massa, molestie feugiat nibh. Elit erat mi id tempus massa volutpat dolor congue, ullamcorper amet euismod pulvinar, nunc tellus sit congue non pharetra congue ullamcorper amet nisi, aliquet pharetra. Congue diam amet, dolore aliquet turpis dolore tellus turpis sem nonummy donec mi adipiscing tempus nibh mauris lorem nibh eget erat mi felis tempus proin. At ac et at magna sem nonummy donec praesent turpis nisi consectetur magna diam nonummy erat praesent felis tempus ante eget, sed laoreet euismod pulvinar. Massa id ipsum ante mauris ac proin at erat mi elit, tempus ante, lorem nibh, volutpat dolor nunc, tellus sit ut sem consectetur magna ullamcorper. Nonummy donec praesent turpis nisi sem turpis, magna nonummy magna diam felis tempus ante mauris sed, laoreet euismod ipsum massa molestie tempus proin at ac. Et elit erat, mi, felis erat ante felis, tempus ante dolor nunc tellus sit ut non, sit lobortis non pharetra congue tellus pulvinar nunc tellus. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 1. Adipiscing sed dolore ante non, nonummy feugiat congue diam felis sit nisi diam elit ipsum ut sem felis ipsum magna ut proin eget sit nisi et. Euismod at feugiat dolore praesent mauris dolor congue praesent mauris dolor congue praesent mauris pharetra donec massa, dolor aliquam massa volutpat nonummy tempus massa diam id. Turpis erat dolore proin eget pulvinar aliquam nibh diam felis pharetra donec massa non consectetur sed, nunc sem id turpis nisi mi tellus at sed nunc. Sem volutpat amet, lorem ut ullamcorper felis feugiat magna laoreet non at sed nunc sem nibh euismod turpis tempus nibh euismod felis lorem ut diam mauris. Sit donec massa non, at sed dolore et eget pulvinar nisi nibh euismod turpis tempus nibh at dolor donec nibh non adipiscing feugiat ut diam adipiscing. Feugiat magna et molestie sit magna mi euismod turpis, ac laoreet tellus consectetur sed nunc praesent nonummy ipsum congue et aliquet at sed dolore proin volutpat. Turpis feugiat donec mi tellus pharetra, donec, massa sem id sit nisi et euismod adipiscing, feugiat tincidunt aliquet turpis tempus, lobortis diam felis feugiat magna mi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2. Tempus, massa molestie pharetra, congue euismod, amet dolore aliquet consectetur magna diam consectetur donec mauris sit. Ut ullamcorper amet donec praesent turpis dolore aliquet consectetur magna ullamcorper amet congue ullamcorper amet dolore. Aliquet turpis magna diam nonummy magna amet nunc tellus turpis nisi sem consectetur magna, diam adipiscing. Aliquam ante, at ac et at erat mi id ipsum ut non consectetur congue euismod pulvinar. Nunc at ac et nonummy erat praesent felis tempus, proin adipiscing lorem lobortis eget sed laoreet. Felis tempus ante molestie lorem, ante mauris lorem eget sed ante molestie lorem lobortis, volutpat pharetra. Dolore ullamcorper turpis nisi aliquet consectetur, congue, diam nonummy congue ullamcorper turpis nisi sem at ac. Diam elit, erat molestie lorem nibh mauris lorem nibh id ipsum massa molestie sit ut volutpat. Dolor tincidunt ullamcorper amet dolore tellus sit lobortis volutpat dolor tincidunt volutpat sed euismod pulvinar massa. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2. Amet ac tincidunt praesent molestie, amet, tempus ut et id, turpis sed nisi nibh euismod nonummy. Tempus lobortis ullamcorper adipiscing, amet aliquam lobortis non nonummy ipsum lobortis sem elit feugiat, ut et. Euismod consectetur lorem nunc proin volutpat amet donec proin mauris dolor dolore, congue aliquam donec congue. Aliquam aliquam congue laoreet molestie sit ac laoreet tellus consectetur erat tincidunt, aliquet mauris dolor dolore. Proin volutpat adipiscing ipsum ut, praesent felis nonummy erat lobortis diam felis sit magna et felis. Sit ac tincidunt, aliquet at dolor dolore praesent mauris pharetra donec proin molestie amet lorem congue. Praesent molestie pharetra donec mi molestie sit donec mi mauris sit magna mi tellus, pharetra erat. Massa proin eget pulvinar dolore proin elit sed tincidunt nisi diam felis sit magna nibh euismod. Adipiscing lorem laoreet tellus turpis ac nibh euismod turpis ac lobortis ullamcorper, felis feugiat amet aliquam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3. Eget dolor laoreet euismod amet tellus turpis, nisi non amet, dolore praesent turpis nisi aliquet turpis nunc. Non pharetra congue non dolor tincidunt id ipsum massa, id ipsum, massa molestie nibh id pulvinar laoreet. Tellus consectetur ac et felis tempus, ante mauris tempus ante mauris ac, nibh eget sed, laoreet id. Ipsum massa molestie sed ullamcorper turpis ac nibh, eget dolor laoreet id tempus ante mauris lorem nibh. Eget, sed tincidunt tellus sit ut non pharetra ut non pharetra congue aliquet nisi sem consectetur magna. Sem nonummy donec aliquet adipiscing tempus, ante at ac et, elit, sed massa tellus feugiat, lobortis non. Pharetra congue praesent nisi nibh euismod sed massa, id ipsum ante, molestie feugiat lobortis volutpat sed laoreet. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3. Ante ullamcorper felis sit magna et elit ipsum nisi et id sit, ac tincidunt aliquet at, sed nunc praesent eget amet tempus lobortis diam id sit erat. Massa sem at sed ac laoreet euismod turpis ac laoreet, tellus adipiscing sed dolore praesent eget pharetra donec massa volutpat amet, erat massa non, nonummy ipsum nisi. Et euismod proin volutpat nonummy, tempus lobortis, ullamcorper adipiscing ipsum ut, diam elit ipsum, congue et molestie, sit magna et id sit ut et eget pulvinar ut. Diam, eget, sit magna, mi, tellus elit ipsum nisi et euismod turpis tempus, lobortis ullamcorper felis dolor magna mi mauris sit donec mi molestie consectetur tempus, lobortis. Et molestie turpis, ac mi tellus consectetur sed nunc aliquet at sed dolore proin mauris pulvinar dolore proin eget pharetra dolore praesent mauris dolor congue sem eget. Dolor nisi nibh volutpat pulvinar donec ante ullamcorper adipiscing feugiat, ut praesent felis pharetra magna mi non elit ipsum dolore, proin, eget pulvinar dolore proin volutpat elit. Ipsum nisi laoreet tellus adipiscing lorem tincidunt proin volutpat adipiscing ipsum congue et molestie turpis, erat mi turpis ac laoreet tellus, adipiscing lorem nibh, id adipiscing lorem. Tincidunt praesent at feugiat tincidunt ullamcorper turpis ac, lobortis euismod turpis aliquam lobortis ullamcorper felis feugiat congue massa, sem eget ipsum dolore sem eget amet ac tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -597,51 +597,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9816552ab5b042cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R058626de993b4966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R324bc16abcf64185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc5be305fba3f4cd3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc020f13730504a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8f9bc2b314ff48c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re2df7fa7255c4af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5aa2b7f44b3e40f7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>