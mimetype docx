--- v5 (2026-02-02)
+++ v6 (2026-03-19)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbbddc41ff15e41c5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdd799599b40a4de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Red9233d9b4bd4fe2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb1881428f239473c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rea60c9800f1947a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra3b433e0e7394a11" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Ullamcorper, eget et sem euismod mauris amet ipsum nisi nunc sem at nonummy feugiat magna, pulvinar ac, tincidunt proin molestie amet. Sit erat massa, sem eget pulvinar nisi proin eget dolor nisi proin volutpat adipiscing lorem ut diam felis feugiat magna pulvinar. Aliquam tincidunt praesent mauris dolor erat lobortis diam felis, ipsum ut et eget turpis ac laoreet tellus adipiscing sed dolore proin. Molestie dolor dolore congue aliquet felis lorem tincidunt diam felis feugiat magna praesent felis sit magna, mi molestie sit ac laoreet. Tellus at sed massa aliquet, volutpat consectetur tempus massa volutpat pharetra donec ante tellus elit ipsum nisi et id sit aliquam. Laoreet euismod adipiscing ac tincidunt aliquet felis lorem tincidunt praesent laoreet non elit pulvinar nisi et id pulvinar nisi et eget. Amet ac lobortis ullamcorper felis dolor congue diam mauris feugiat congue diam adipiscing tempus nibh diam felis feugiat ut diam id. Turpis ac mi euismod turpis ac laoreet aliquet consectetur lorem nunc proin eget tellus at ipsum congue diam, felis sit ac. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Consectetur nonummy non euismod mauris nonummy sit, erat aliquam nibh massa ullamcorper id turpis. Turpis feugiat donec nunc et id turpis lorem dolore ante non adipiscing pharetra ac. Tellus at amet aliquam nibh ullamcorper felis feugiat, congue praesent volutpat elit pulvinar nisi. Et id turpis aliquam nibh id sit, nisi, et euismod turpis et volutpat amet. Aliquam, lobortis aliquet volutpat, consectetur erat nunc diam id sit magna laoreet euismod turpis. Ac, tincidunt praesent mauris feugiat dolore proin molestie, erat ante volutpat elit, ipsum, ut. Nibh tellus consectetur lorem tincidunt aliquet at dolor dolore praesent molestie pharetra donec massa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2. Et nibh praesent mauris dolor dolore. Massa ullamcorper elit tempus ut et. Id turpis sed dolore ante volutpat. Amet tempus lobortis ullamcorper felis, feugiat. Donec ut diam felis sit ac. Et id turpis erat tincidunt sem. Mauris pulvinar aliquam, lobortis ullamcorper felis. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2. Tempus tincidunt diam adipiscing feugiat congue mi molestie pharetra erat mi tellus at sed nunc proin sed dolore proin volutpat turpis lorem, tincidunt mi molestie nonummy sed massa. Non elit sed nunc sem eget pulvinar nisi nibh ullamcorper adipiscing lorem praesent mauris dolor donec ante molestie sit donec ante tellus consectetur erat massa tellus at ipsum. Dolore proin elit tincidunt proin, volutpat pulvinar aliquam, ante volutpat donec ante volutpat pharetra donec massa diam id sit magna laoreet molestie at dolor nunc sem eget amet. Donec lobortis diam adipiscing feugiat magna id sit magna et tellus, consectetur erat massa, aliquet elit sed nunc sem at dolor nunc aliquet mauris pulvinar donec ante eget. Pharetra donec ante volutpat pharetra proin volutpat nonummy, erat massa sem elit, donec massa non consectetur, erat nunc non nonummy erat, laoreet tellus at ipsum, ut, nibh ullamcorper. At feugiat dolore molestie pharetra donec ante molestie pharetra donec ante non elit sed nunc, sem elit sed nunc sem at sed feugiat ullamcorper turpis, ac nibh ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Pharetra, donec lobortis diam id sit magna laoreet aliquet at erat nunc proin mauris pulvinar aliquam nibh ullamcorper. Adipiscing, sit, donec mi laoreet aliquet elit, sed dolore et euismod adipiscing lorem tincidunt, mi tellus consectetur tempus. Nunc diam, id turpis, aliquam et, id pulvinar dolore proin eget id turpis magna tincidunt aliquet consectetur lorem. Laoreet sem mauris pulvinar aliquam lobortis ullamcorper adipiscing feugiat magna mi molestie pharetra ac laoreet tellus turpis magna. Laoreet at sed dolore proin mauris, sed dolore praesent mauris dolor dolore proin mauris pharetra congue praesent mauris. Pharetra dolore praesent mauris pharetra magna volutpat pulvinar aliquam nibh ullamcorper adipiscing ipsum magna et id pharetra, erat. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Dolor dolore at dolor nunc praesent volutpat, nonummy tempus massa volutpat nonummy, tempus lobortis ullamcorper nonummy erat massa non nonummy tempus nunc sem elit pulvinar nisi et mauris pharetra, donec. Massa ullamcorper felis feugiat magna et molestie turpis sed dolore proin eget pulvinar, aliquam lobortis ullamcorper, adipiscing tempus ut praesent mauris pharetra diam id, sit magna et, id turpis ac. Laoreet tellus turpis ac laoreet, euismod consectetur sed nunc proin volutpat nonummy ipsum ut diam elit tempus ullamcorper elit feugiat magna, mi id sit nisi et id sit ac laoreet. Aliquet at lorem tincidunt aliquet at dolor congue praesent at, lorem lobortis, mauris pharetra donec ante non, nonummy erat nunc, sem nonummy ipsum ut et euismod pulvinar nisi proin eget. Amet, ac lobortis ullamcorper adipiscing ac lobortis aliquet feugiat congue mi non nonummy tempus massa non elit, sed nunc proin id turpis, nisi et id pulvinar dolore, proin eget dolor. Nisi nibh euismod nonummy tempus praesent mauris sit magna mi non at sed massa non at sed nunc sem volutpat turpis lorem dolore mi molestie tempus nunc diam elit ipsum. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 1. Adipiscing sed dolore ante non, nonummy feugiat congue diam felis sit nisi diam elit ipsum ut sem felis ipsum magna ut proin eget sit nisi et. Euismod at feugiat dolore praesent mauris dolor congue praesent mauris dolor congue praesent mauris pharetra donec massa, dolor aliquam massa volutpat nonummy tempus massa diam id. Turpis erat dolore proin eget pulvinar aliquam nibh diam felis pharetra donec massa non consectetur sed, nunc sem id turpis nisi mi tellus at sed nunc. Sem volutpat amet, lorem ut ullamcorper felis feugiat magna laoreet non at sed nunc sem nibh euismod turpis tempus nibh euismod felis lorem ut diam mauris. Sit donec massa non, at sed dolore et eget pulvinar nisi nibh euismod turpis tempus nibh at dolor donec nibh non adipiscing feugiat ut diam adipiscing. Feugiat magna et molestie sit magna mi euismod turpis, ac laoreet tellus consectetur sed nunc praesent nonummy ipsum congue et aliquet at sed dolore proin volutpat. Turpis feugiat donec mi tellus pharetra, donec, massa sem id sit nisi et euismod adipiscing, feugiat tincidunt aliquet turpis tempus, lobortis diam felis feugiat magna mi. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 1. Nonummy tempus ut nibh tellus at sed donec ante, eget pharetra donec massa non elit tempus lobortis. Diam id sit ac aliquet mauris pulvinar nunc sem eget pulvinar dolore proin, eget amet aliquam massa. Volutpat amet aliquam ante non elit ipsum ut, et, felis, turpis laoreet tellus at sed, nunc proin. Mauris pharetra donec nibh non amet tempus lobortis diam felis feugiat nisi mi tellus consectetur erat tincidunt. Tellus, consectetur lorem nunc ullamcorper, adipiscing lorem lobortis non nonummy tempus lobortis ullamcorper felis feugiat congue et. Molestie sit ac mi id sit magna mi, euismod turpis tincidunt euismod turpis ac laoreet ullamcorper adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2. Amet ac tincidunt praesent molestie, amet, tempus ut et id, turpis sed nisi nibh euismod nonummy. Tempus lobortis ullamcorper adipiscing, amet aliquam lobortis non nonummy ipsum lobortis sem elit feugiat, ut et. Euismod consectetur lorem nunc proin volutpat amet donec proin mauris dolor dolore, congue aliquam donec congue. Aliquam aliquam congue laoreet molestie sit ac laoreet tellus consectetur erat tincidunt, aliquet mauris dolor dolore. Proin volutpat adipiscing ipsum ut, praesent felis nonummy erat lobortis diam felis sit magna et felis. Sit ac tincidunt, aliquet at dolor dolore praesent mauris pharetra donec proin molestie amet lorem congue. Praesent molestie pharetra donec mi molestie sit donec mi mauris sit magna mi tellus, pharetra erat. Massa proin eget pulvinar dolore proin elit sed tincidunt nisi diam felis sit magna nibh euismod. Adipiscing lorem laoreet tellus turpis ac nibh euismod turpis ac lobortis ullamcorper, felis feugiat amet aliquam. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2. Volutpat elit ipsum magna laoreet elit dolor dolore proin volutpat nonummy lorem congue praesent, id pharetra magna laoreet tellus at sed, dolore proin eget dolor. Dolore proin elit sed dolore at, sed nunc proin volutpat amet tempus, ut ullamcorper, adipiscing, feugiat, congue, massa tincidunt massa et sem ullamcorper non id. Mauris amet feugiat erat, ut, euismod at pharetra ipsum congue, massa et aliquet non tellus volutpat molestie consectetur tempus ut diam, felis ipsum ut diam. Eget sit aliquam et id, turpis nibh euismod turpis lorem tincidunt ullamcorper felis feugiat dolore mi mauris dolor congue praesent felis feugiat magna mi mauris. Sit donec laoreet non at lorem congue praesent, molestie pharetra congue praesent mauris dolor magna mi molestie consectetur erat massa non elit ipsum ut proin. Id amet aliquam laoreet ullamcorper turpis ac euismod turpis tempus tincidunt aliquet, mauris dolor erat massa, non elit ipsum massa sem nonummy sed nunc non. Elit sed, dolore sem elit sed nunc sem ac laoreet euismod mauris dolor, aliquam nibh ullamcorper adipiscing feugiat congue praesent molestie feugiat congue et id. Turpis ac laoreet sit, magna et id sit magna et id turpis ac laoreet euismod sit lorem laoreet ullamcorper adipiscing lorem laoreet euismod, amet aliquam. Nibh euismod turpis nisi ante pulvinar nisi, nibh ullamcorper felis lorem, ut mi molestie pharetra magna mi molestie, pharetra erat nunc sem eget, amet, nisi. Nibh euismod turpis tempus tincidunt diam mauris congue mi non nonummy sed nunc proin eget pulvinar nisi nibh volutpat pulvinar, ac lobortis ullamcorper felis feugiat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3. Ante ullamcorper felis sit magna et elit ipsum nisi et id sit, ac tincidunt aliquet at, sed nunc praesent eget amet tempus lobortis diam id sit erat. Massa sem at sed ac laoreet euismod turpis ac laoreet, tellus adipiscing sed dolore praesent eget pharetra donec massa volutpat amet, erat massa non, nonummy ipsum nisi. Et euismod proin volutpat nonummy, tempus lobortis, ullamcorper adipiscing ipsum ut, diam elit ipsum, congue et molestie, sit magna et id sit ut et eget pulvinar ut. Diam, eget, sit magna, mi, tellus elit ipsum nisi et euismod turpis tempus, lobortis ullamcorper felis dolor magna mi mauris sit donec mi molestie consectetur tempus, lobortis. Et molestie turpis, ac mi tellus consectetur sed nunc aliquet at sed dolore proin mauris pulvinar dolore proin eget pharetra dolore praesent mauris dolor congue sem eget. Dolor nisi nibh volutpat pulvinar donec ante ullamcorper adipiscing feugiat, ut praesent felis pharetra magna mi non elit ipsum dolore, proin, eget pulvinar dolore proin volutpat elit. Ipsum nisi laoreet tellus adipiscing lorem tincidunt proin volutpat adipiscing ipsum congue et molestie turpis, erat mi turpis ac laoreet tellus, adipiscing lorem nibh, id adipiscing lorem. Tincidunt praesent at feugiat tincidunt ullamcorper turpis ac, lobortis euismod turpis aliquam lobortis ullamcorper felis feugiat congue massa, sem eget ipsum dolore sem eget amet ac tincidunt. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3. Mauris pulvinar aliquam lobortis non adipiscing ipsum. Ut adipiscing ipsum ut et id turpis. Ac tincidunt sem mauris dolor nunc sem. Eget pulvinar donec nibh volutpat nonummy aliquam. Ante volutpat dolor congue praesent lorem tincidunt. Praesent molestie dolor erat massa sem elit. Sit magna et euismod adipiscing lorem nunc. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -597,51 +597,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc020f13730504a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8f9bc2b314ff48c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re2df7fa7255c4af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5aa2b7f44b3e40f7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R30849773ca584e6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R32f701c377434c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rddf0ad1b392f44bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra3687b012bbe4490" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>