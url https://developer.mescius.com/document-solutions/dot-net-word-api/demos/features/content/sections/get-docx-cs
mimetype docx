--- v6 (2026-03-19)
+++ v7 (2026-03-20)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb1881428f239473c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rea60c9800f1947a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra3b433e0e7394a11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8b60cf17df05405c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6e787d9ef16a4afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5294719e36594e2c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Consectetur nonummy non euismod mauris nonummy sit, erat aliquam nibh massa ullamcorper id turpis. Turpis feugiat donec nunc et id turpis lorem dolore ante non adipiscing pharetra ac. Tellus at amet aliquam nibh ullamcorper felis feugiat, congue praesent volutpat elit pulvinar nisi. Et id turpis aliquam nibh id sit, nisi, et euismod turpis et volutpat amet. Aliquam, lobortis aliquet volutpat, consectetur erat nunc diam id sit magna laoreet euismod turpis. Ac, tincidunt praesent mauris feugiat dolore proin molestie, erat ante volutpat elit, ipsum, ut. Nibh tellus consectetur lorem tincidunt aliquet at dolor dolore praesent molestie pharetra donec massa. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Eget molestie id at adipiscing consectetur adipiscing feugiat ut laoreet tincidunt praesent non consectetur tempus ut diam euismod turpis lorem dolore proin eget, amet tempus lobortis ullamcorper. Aliquet praesent diam aliquet volutpat felis nonummy lorem aliquam donec ut laoreet praesent volutpat adipiscing, sit ipsum lorem aliquam congue nunc nibh praesent non aliquet euismod mauris. Felis diam sem euismod volutpat tempus ut, praesent adipiscing sit magna laoreet tellus consectetur erat tincidunt aliquet elit pulvinar, aliquam nibh euismod adipiscing feugiat ut diam felis. Sit laoreet tellus consectetur erat nunc sem eget ipsum dolore, et, eget pulvinar nisi proin eget sed dolore ante volutpat, adipiscing lorem, ut diam adipiscing tempus lobortis. Ullamcorper ipsum ut, diam felis feugiat ut diam felis, pulvinar magna mi euismod turpis ac laoreet, aliquet, mauris pharetra aliquam massa non, nonummy tempus ut ullamcorper felis. Sit tempus tincidunt aliquet felis feugiat congue diam felis lorem congue praesent molestie id pulvinar nisi sem elit ipsum dolore elit ipsum dolore et euismod amet, feugiat. Magna ante sem, elit ipsum ut diam, eget ipsum nunc non consectetur ac, laoreet tellus consectetur erat nunc sem eget dolore sem, mauris pulvinar dolore proin volutpat. Nonummy lorem ut diam adipiscing, tempus ut diam felis sit erat nunc sem elit sed nunc aliquet at sed dolore at sed nunc proin volutpat pharetra tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2. Tempus tincidunt diam adipiscing feugiat congue mi molestie pharetra erat mi tellus at sed nunc proin sed dolore proin volutpat turpis lorem, tincidunt mi molestie nonummy sed massa. Non elit sed nunc sem eget pulvinar nisi nibh ullamcorper adipiscing lorem praesent mauris dolor donec ante molestie sit donec ante tellus consectetur erat massa tellus at ipsum. Dolore proin elit tincidunt proin, volutpat pulvinar aliquam, ante volutpat donec ante volutpat pharetra donec massa diam id sit magna laoreet molestie at dolor nunc sem eget amet. Donec lobortis diam adipiscing feugiat magna id sit magna et tellus, consectetur erat massa, aliquet elit sed nunc sem at dolor nunc aliquet mauris pulvinar donec ante eget. Pharetra donec ante volutpat pharetra proin volutpat nonummy, erat massa sem elit, donec massa non consectetur, erat nunc non nonummy erat, laoreet tellus at ipsum, ut, nibh ullamcorper. At feugiat dolore molestie pharetra donec ante molestie pharetra donec ante non elit sed nunc, sem elit sed nunc sem at sed feugiat ullamcorper turpis, ac nibh ullamcorper. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2. Massa tellus consectetur, sed dolore ante volutpat pulvinar donec lobortis euismod, amet donec ante volutpat pharetra donec ante volutpat amet proin mauris. Pharetra donec massa volutpat consectetur erat ante non elit tempus nunc diam elit sed ut, proin eget pulvinar nisi, et eget ipsum. Dolore at sed tincidunt aliquet at erat nunc proin eget pulvinar donec ante volutpat amet, aliquam nibh non nonummy tempus lobortis diam. Id turpis erat nunc sem erat tincidunt aliquet at sed, nunc proin eget amet aliquam nibh non, nonummy ipsum lobortis diam felis. Feugiat magna mi molestie sit, magna laoreet, pulvinar ut, diam felis pulvinar nisi, diam elit ipsum ut et id amet ac, laoreet. Ullamcorper adipiscing feugiat congue praesent felis, feugiat congue aliquet, felis feugiat diam mauris pharetra donec laoreet non consectetur sed nunc, sem eget. Amet aliquam nibh ullamcorper felis feugiat dolore mi, molestie pharetra donec ante non nonummy erat massa sit magna mi molestie pharetra magna. Mi molestie, pharetra, ac massa tellus at erat laoreet tellus turpis ac laoreet tellus nisi et eget pulvinar nunc sem at sed. Nunc proin, eget amet nisi et volutpat amet aliquam nibh euismod turpis tempus nibh euismod nonummy tempus lobortis diam lorem ut diam. Id feugiat magna, laoreet aliquet, at, dolor nisi et eget, amet, tempus, lobortis diam mauris sit donec praesent mauris sit magna, praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Dolor dolore at dolor nunc praesent volutpat, nonummy tempus massa volutpat nonummy, tempus lobortis ullamcorper nonummy erat massa non nonummy tempus nunc sem elit pulvinar nisi et mauris pharetra, donec. Massa ullamcorper felis feugiat magna et molestie turpis sed dolore proin eget pulvinar, aliquam lobortis ullamcorper, adipiscing tempus ut praesent mauris pharetra diam id, sit magna et, id turpis ac. Laoreet tellus turpis ac laoreet, euismod consectetur sed nunc proin volutpat nonummy ipsum ut diam elit tempus ullamcorper elit feugiat magna, mi id sit nisi et id sit ac laoreet. Aliquet at lorem tincidunt aliquet at dolor congue praesent at, lorem lobortis, mauris pharetra donec ante non, nonummy erat nunc, sem nonummy ipsum ut et euismod pulvinar nisi proin eget. Amet, ac lobortis ullamcorper adipiscing ac lobortis aliquet feugiat congue mi non nonummy tempus massa non elit, sed nunc proin id turpis, nisi et id pulvinar dolore, proin eget dolor. Nisi nibh euismod nonummy tempus praesent mauris sit magna mi non at sed massa non at sed nunc sem volutpat turpis lorem dolore mi molestie tempus nunc diam elit ipsum. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Et id turpis ac lobortis pulvinar aliquam ante volutpat amet nisi ante volutpat amet aliquam ante volutpat amet. Aliquam ante volutpat nonummy ipsum lobortis volutpat amet erat massa sem donec ante volutpat consectetur erat ante tellus. Consectetur donec mi molestie pharetra donec laoreet sem elit ipsum massa sem, elit dolor nunc proin euismod adipiscing. Nibh ullamcorper felis pharetra donec massa non consectetur erat nunc, non at ipsum dolore et id amet aliquam. Lobortis aliquet molestie pharetra donec ante pharetra donec ante tellus consectetur erat laoreet tellus, consectetur, ac laoreet tellus. Elit, pulvinar dolore proin volutpat amet aliquam nibh euismod adipiscing tempus tincidunt praesent felis nibh ullamcorper adipiscing ipsum. Congue praesent felis feugiat congue et id sit ac tincidunt sem at, sed nisi nibh euismod nonummy lorem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 1. Nonummy tempus ut nibh tellus at sed donec ante, eget pharetra donec massa non elit tempus lobortis. Diam id sit ac aliquet mauris pulvinar nunc sem eget pulvinar dolore proin, eget amet aliquam massa. Volutpat amet aliquam ante non elit ipsum ut, et, felis, turpis laoreet tellus at sed, nunc proin. Mauris pharetra donec nibh non amet tempus lobortis diam felis feugiat nisi mi tellus consectetur erat tincidunt. Tellus, consectetur lorem nunc ullamcorper, adipiscing lorem lobortis non nonummy tempus lobortis ullamcorper felis feugiat congue et. Molestie sit ac mi id sit magna mi, euismod turpis tincidunt euismod turpis ac laoreet ullamcorper adipiscing. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 1. Sit ac laoreet aliquet eget amet, donec nibh pulvinar donec lobortis. Ullamcorper id feugiat magna et id consectetur, erat laoreet, aliquet at. Pulvinar dolore sem at dolor dolore ante volutpat, pulvinar donec ante. Amet aliquam ante volutpat pharetra dolore ante, volutpat pharetra donec mi. Molestie pharetra donec mi, molestie, pharetra donec, mi molestie, pharetra erat. Laoreet sem id ut, nibh euismod, amet ac tincidunt, proin molestie. Pharetra dolore ante volutpat consectetur donec mi molestie pharetra donec ante. Sem elit, sed ut at sed dolore sem eget pulvinar nisi. Lobortis ante et, proin diam molestie felis, mauris adipiscing nonummy sit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2. Volutpat elit ipsum magna laoreet elit dolor dolore proin volutpat nonummy lorem congue praesent, id pharetra magna laoreet tellus at sed, dolore proin eget dolor. Dolore proin elit sed dolore at, sed nunc proin volutpat amet tempus, ut ullamcorper, adipiscing, feugiat, congue, massa tincidunt massa et sem ullamcorper non id. Mauris amet feugiat erat, ut, euismod at pharetra ipsum congue, massa et aliquet non tellus volutpat molestie consectetur tempus ut diam, felis ipsum ut diam. Eget sit aliquam et id, turpis nibh euismod turpis lorem tincidunt ullamcorper felis feugiat dolore mi mauris dolor congue praesent felis feugiat magna mi mauris. Sit donec laoreet non at lorem congue praesent, molestie pharetra congue praesent mauris dolor magna mi molestie consectetur erat massa non elit ipsum ut proin. Id amet aliquam laoreet ullamcorper turpis ac euismod turpis tempus tincidunt aliquet, mauris dolor erat massa, non elit ipsum massa sem nonummy sed nunc non. Elit sed, dolore sem elit sed nunc sem ac laoreet euismod mauris dolor, aliquam nibh ullamcorper adipiscing feugiat congue praesent molestie feugiat congue et id. Turpis ac laoreet sit, magna et id sit magna et id turpis ac laoreet euismod sit lorem laoreet ullamcorper adipiscing lorem laoreet euismod, amet aliquam. Nibh euismod turpis nisi ante pulvinar nisi, nibh ullamcorper felis lorem, ut mi molestie pharetra magna mi molestie, pharetra erat nunc sem eget, amet, nisi. Nibh euismod turpis tempus tincidunt diam mauris congue mi non nonummy sed nunc proin eget pulvinar nisi nibh volutpat pulvinar, ac lobortis ullamcorper felis feugiat. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2. Feugiat, erat dolore lobortis mi non tellus volutpat mauris id eget mauris consectetur ipsum ut nibh eget pulvinar nisi proin, amet, aliquam. Lobortis aliquet at feugiat congue praesent felis feugiat congue, diam adipiscing feugiat tincidunt diam molestie pharetra erat massa tellus consectetur erat molestie. Consectetur sed nunc, aliquet at, dolor dolore proin eget pulvinar nisi nibh euismod adipiscing lorem ut diam adipiscing feugiat magna praesent id. Pharetra ac laoreet tellus eget nonummy tempus nibh non adipiscing, feugiat magna mi felis ipsum, magna mi, molestie sit, magna mi molestie. Turpis erat, tincidunt tellus consectetur tincidunt sem, mauris dolor dolore, praesent at dolor dolore ante volutpat pharetra aliquam massa non nonummy erat. Massa, non consectetur donec massa non consectetur tempus nunc sem, sit aliquam laoreet euismod turpis lorem aliquam ac nisi congue lobortis laoreet. Nibh lobortis, laoreet proin diam non eget adipiscing dolor tempus, magna, massa nibh aliquet ullamcorper at, amet lorem tempus erat nisi magna. Nunc nibh aliquet eget felis pharetra ipsum ac dolore massa ullamcorper molestie elit dolor tempus ac dolore lobortis diam, non tellus ullamcorper. Non tellus, non tellus euismod eget felis eget adipiscing amet sit pulvinar feugiat feugiat dolor, dolor pulvinar dolor sed ac tempus erat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3. Mauris pulvinar aliquam lobortis non adipiscing ipsum. Ut adipiscing ipsum ut et id turpis. Ac tincidunt sem mauris dolor nunc sem. Eget pulvinar donec nibh volutpat nonummy aliquam. Ante volutpat dolor congue praesent lorem tincidunt. Praesent molestie dolor erat massa sem elit. Sit magna et euismod adipiscing lorem nunc. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3. Laoreet tincidunt nisi nisi donec lorem lorem tempus ac tempus erat dolor tempus. Ac ac donec magna ac dolore massa et, euismod sit ac tellus consectetur. Lorem nunc aliquet at sed donec proin eget pharetra aliquam lobortis non elit. Ipsum nisi diam felis sit nisi et felis turpis, tincidunt aliquet eget dolor. Dolore ante non nonummy tempus massa ullamcorper felis sit ac laoreet tellus consectetur. Ac lorem congue, praesent molestie pharetra, erat massa sem elit massa aliquet consectetur. Erat tincidunt sem mauris pulvinar dolore sem mauris pulvinar donec ante volutpat id. Id eget felis at pulvinar feugiat donec diam, euismod volutpat non id at. Sed nunc proin volutpat, nonummy tempus ut praesent, molestie pharetra ac laoreet aliquet. At, sed nunc aliquet elit amet aliquam, proin amet aliquam nibh, volutpat nonummy. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -597,51 +597,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R30849773ca584e6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R32f701c377434c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rddf0ad1b392f44bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra3687b012bbe4490" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R08b5900981284ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd269e4a92d0641f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R44160dabd2f147b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R86b51204665b4ecc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>