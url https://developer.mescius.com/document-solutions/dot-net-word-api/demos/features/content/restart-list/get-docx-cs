--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re88a5030cd454a90" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R55f22ec633e548fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8767ddaec15143cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R10b053c1b9f2475f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcf5b788c859b41cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbb87320561e248fb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1074,51 +1074,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R117e3485b15647c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rabb7314b955d4c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5b183b46f6b84fbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9e06be4d46e243cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc2443ad64227409b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd46110ca8c8241fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R39a72579f4b24c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra2c8bd10e5d94177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R66b40e4bca534772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0796e6d4bea249df" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>