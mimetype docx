--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R10b053c1b9f2475f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcf5b788c859b41cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbb87320561e248fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re80697bcecf14381" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R134fa78d6d024d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re10cf30e2e9542d6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1074,51 +1074,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd46110ca8c8241fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R39a72579f4b24c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra2c8bd10e5d94177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R66b40e4bca534772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0796e6d4bea249df" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0b66a1b95ba24e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4cf56bd4bb0b4389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R41582d058cce46c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R59e7e227aa6b4ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R73fbf4b324ac4d5c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>