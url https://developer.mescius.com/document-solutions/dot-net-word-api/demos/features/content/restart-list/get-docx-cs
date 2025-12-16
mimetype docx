--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re80697bcecf14381" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R134fa78d6d024d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re10cf30e2e9542d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0f2fba21b8134753" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ref86461ffe104c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb4d079bd9a494941" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1074,51 +1074,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0b66a1b95ba24e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4cf56bd4bb0b4389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R41582d058cce46c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R59e7e227aa6b4ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R73fbf4b324ac4d5c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R02942628eb6f41d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R056b917d3c0e4b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb59531ba066c43c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8c2ce097a95c4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb405124a03a34c1f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>