--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0f2fba21b8134753" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ref86461ffe104c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb4d079bd9a494941" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc9eb424293f94898" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra9d96c799cc346a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb7b85f69081541e7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1074,51 +1074,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R02942628eb6f41d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R056b917d3c0e4b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb59531ba066c43c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8c2ce097a95c4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb405124a03a34c1f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7d781ec7ed784005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re75872ac4e7a45a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R94ca30a4a6954d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R49900fd6ab414833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3dd4dcd9e1cc4814" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>