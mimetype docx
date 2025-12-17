--- v4 (2025-12-16)
+++ v5 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc9eb424293f94898" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra9d96c799cc346a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb7b85f69081541e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R74357cb70e814e30" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2b0215b5a6ce4eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2de57c7727d74efb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1074,51 +1074,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7d781ec7ed784005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re75872ac4e7a45a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R94ca30a4a6954d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R49900fd6ab414833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3dd4dcd9e1cc4814" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1892f56456854cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1c0cff0fde104dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0373d3c1acfd4622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R163546ae8e2b4ad8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2bb3bd3f26354cdb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>