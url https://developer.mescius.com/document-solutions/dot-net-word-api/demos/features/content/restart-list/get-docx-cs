--- v5 (2025-12-17)
+++ v6 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R74357cb70e814e30" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2b0215b5a6ce4eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2de57c7727d74efb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1a200ca0eac449ba" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb9d8cde4a10245b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R585a29c96c214c61" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1074,51 +1074,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1892f56456854cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1c0cff0fde104dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0373d3c1acfd4622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R163546ae8e2b4ad8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2bb3bd3f26354cdb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R44177086ad224d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb3efd42e209a47aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3be90c466fc04394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R20f6fe13d76d46a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcbbba7d8af834c5a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>