--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1a200ca0eac449ba" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb9d8cde4a10245b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R585a29c96c214c61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd2b01be6155349ea" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R390dab5afb924ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9791f15ee25d43bd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1074,51 +1074,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R44177086ad224d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb3efd42e209a47aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3be90c466fc04394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R20f6fe13d76d46a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcbbba7d8af834c5a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6b98f22959764fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5c3564433db54ab8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R08c2017839d24a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rfde28416b2c74aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R44e9e257b3f94e74" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>