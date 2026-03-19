--- v7 (2026-02-02)
+++ v8 (2026-03-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd2b01be6155349ea" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R390dab5afb924ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9791f15ee25d43bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R00f29d1996ba413e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbaa4ae7f113f4879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8cfb376d5cd54867" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1074,51 +1074,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6b98f22959764fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5c3564433db54ab8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R08c2017839d24a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rfde28416b2c74aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R44e9e257b3f94e74" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rde0e56e61d444bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7f7e5d44793c4ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfb5dcf1071f747e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R88baee3c6383485c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R165d5c84951f4688" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>