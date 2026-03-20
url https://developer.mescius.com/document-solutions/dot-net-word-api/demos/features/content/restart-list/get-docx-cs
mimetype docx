--- v8 (2026-03-19)
+++ v9 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R00f29d1996ba413e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbaa4ae7f113f4879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8cfb376d5cd54867" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R39448ba249bb47e6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra522f04c01bc4fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R00ed990c9e274324" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1074,51 +1074,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rde0e56e61d444bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7f7e5d44793c4ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfb5dcf1071f747e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R88baee3c6383485c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R165d5c84951f4688" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8f3e9d07e9894486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4121e9e54b5349b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R60d5af666063408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra2875e8ba39c4982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R25c38a15ef1944ec" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>