--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,450 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdad819e6cbc34ddc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R10c596e367934ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re6772b9d9b174515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb66b0b1ee58445a8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R72b07ccd92274da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd6394bd851ef4176" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Different picture wrapping styles and alignments.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In line with text':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut pulvinar feugiat mi sem euismod, laoreet sem euismod at id. Id adipiscing amet tempus ut diam volutpat consectetur tempus ut et. Aliquam tincidunt praesent at feugiat dolore, proin volutpat nonummy ipsum ac. Tincidunt aliquet mauris dolor aliquam lobortis ullamcorper, consectetur sed nunc sem. Eget turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt praesent molestie dolor</w:t>
+        <w:t xml:space="preserve">Adipiscing proin felis erat nunc elit pharetra sed donec ut ut. Proin volutpat euismod sem molestie mauris elit adipiscing consectetur feugiat sed. Aliquam aliquam, magna dolore ut ut nunc ut congue donec, magna. Congue nunc nisi donec nisi, nisi dolore sed tempus sed sed. Lorem sed sed tempus sed tempus feugiat sed tempus, tempus erat. Erat aliquam ac donec ut congue tincidunt, u</w:t>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="990600" cy="742950"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56f89d06214c4e6d"/>
+                    <a:blip r:embed="R29fb6159ec0d4bcc"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Donec ante non nonummy tempus nunc diam id, adipiscing sed nunc. Aliquet, adipiscing ipsum ut et id turpis magna mi molestie, turpis. Erat nunc aliquet, at lorem laoreet aliquet at sed dolore proin. Non adipiscing ut diam elit tempus ut diam felis feugiat ut. Sem elit ipsum nisi et id sit nisi nibh tellus at. Lorem congue praesent mauris, sed dolore proin dolor congue praesent felis. </w:t>
+        <w:t xml:space="preserve">t ut nunc nibh. Mi mi aliquet, sem aliquet, proin mi proin nibh laoreet, aliquet. Non non tellus non diam praesent diam diam aliquet, volutpat euismod. At consectetur elit adipiscing elit adipiscing at, nonummy felis at eget. Mauris volutpat id adipiscing consectetur nonummy adipiscing consectetur nonummy at eget. Id, mauris eget id, eget amet sit consectetur, amet turpis nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Square', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut pulvinar feugiat mi sem euismod, laoreet sem euismod at id. Id adipiscing amet tempus ut diam volutpat consectetur tempus ut et. Aliquam tincidunt praesent at feugiat dolore, proin volutpat nonummy ipsum ac. Tincidunt aliquet mauris dolor aliquam lobortis ullamcorper, consectetur sed nunc sem. Eget turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt praesent molestie dolor</w:t>
+        <w:t xml:space="preserve">Adipiscing proin felis erat nunc elit pharetra sed donec ut ut. Proin volutpat euismod sem molestie mauris elit adipiscing consectetur feugiat sed. Aliquam aliquam, magna dolore ut ut nunc ut congue donec, magna. Congue nunc nisi donec nisi, nisi dolore sed tempus sed sed. Lorem sed sed tempus sed tempus feugiat sed tempus, tempus erat. Erat aliquam ac donec ut congue tincidunt, u</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56f89d06214c4e6d"/>
+                    <a:blip r:embed="R29fb6159ec0d4bcc"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Donec ante non nonummy tempus nunc diam id, adipiscing sed nunc. Aliquet, adipiscing ipsum ut et id turpis magna mi molestie, turpis. Erat nunc aliquet, at lorem laoreet aliquet at sed dolore proin. Non adipiscing ut diam elit tempus ut diam felis feugiat ut. Sem elit ipsum nisi et id sit nisi nibh tellus at. Lorem congue praesent mauris, sed dolore proin dolor congue praesent felis. </w:t>
+        <w:t xml:space="preserve">t ut nunc nibh. Mi mi aliquet, sem aliquet, proin mi proin nibh laoreet, aliquet. Non non tellus non diam praesent diam diam aliquet, volutpat euismod. At consectetur elit adipiscing elit adipiscing at, nonummy felis at eget. Mauris volutpat id adipiscing consectetur nonummy adipiscing consectetur nonummy at eget. Id, mauris eget id, eget amet sit consectetur, amet turpis nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Tight', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut pulvinar feugiat mi sem euismod, laoreet sem euismod at id. Id adipiscing amet tempus ut diam volutpat consectetur tempus ut et. Aliquam tincidunt praesent at feugiat dolore, proin volutpat nonummy ipsum ac. Tincidunt aliquet mauris dolor aliquam lobortis ullamcorper, consectetur sed nunc sem. Eget turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt praesent molestie dolor</w:t>
+        <w:t xml:space="preserve">Adipiscing proin felis erat nunc elit pharetra sed donec ut ut. Proin volutpat euismod sem molestie mauris elit adipiscing consectetur feugiat sed. Aliquam aliquam, magna dolore ut ut nunc ut congue donec, magna. Congue nunc nisi donec nisi, nisi dolore sed tempus sed sed. Lorem sed sed tempus sed tempus feugiat sed tempus, tempus erat. Erat aliquam ac donec ut congue tincidunt, u</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56f89d06214c4e6d"/>
+                    <a:blip r:embed="R29fb6159ec0d4bcc"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Donec ante non nonummy tempus nunc diam id, adipiscing sed nunc. Aliquet, adipiscing ipsum ut et id turpis magna mi molestie, turpis. Erat nunc aliquet, at lorem laoreet aliquet at sed dolore proin. Non adipiscing ut diam elit tempus ut diam felis feugiat ut. Sem elit ipsum nisi et id sit nisi nibh tellus at. Lorem congue praesent mauris, sed dolore proin dolor congue praesent felis. </w:t>
+        <w:t xml:space="preserve">t ut nunc nibh. Mi mi aliquet, sem aliquet, proin mi proin nibh laoreet, aliquet. Non non tellus non diam praesent diam diam aliquet, volutpat euismod. At consectetur elit adipiscing elit adipiscing at, nonummy felis at eget. Mauris volutpat id adipiscing consectetur nonummy adipiscing consectetur nonummy at eget. Id, mauris eget id, eget amet sit consectetur, amet turpis nonummy. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Through', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut pulvinar feugiat mi sem euismod, laoreet sem euismod at id. Id adipiscing amet tempus ut diam volutpat consectetur tempus ut et. Aliquam tincidunt praesent at feugiat dolore, proin volutpat nonummy ipsum ac. Tincidunt aliquet mauris dolor aliquam lobortis ullamcorper, consectetur sed nunc sem. Eget turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt praesent molestie dolor</w:t>
+        <w:t xml:space="preserve">Adipiscing proin felis erat nunc elit pharetra sed donec ut ut. Proin volutpat euismod sem molestie mauris elit adipiscing consectetur feugiat sed. Aliquam aliquam, magna dolore ut ut nunc ut congue donec, magna. Congue nunc nisi donec nisi, nisi dolore sed tempus sed sed. Lorem sed sed tempus sed tempus feugiat sed tempus, tempus erat. Erat aliquam ac donec ut congue tincidunt, u</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="4" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56f89d06214c4e6d"/>
+                    <a:blip r:embed="R29fb6159ec0d4bcc"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Donec ante non nonummy tempus nunc diam id, adipiscing sed nunc. Aliquet, adipiscing ipsum ut et id turpis magna mi molestie, turpis. Erat nunc aliquet, at lorem laoreet aliquet at sed dolore proin. Non adipiscing ut diam elit tempus ut diam felis feugiat ut. Sem elit ipsum nisi et id sit nisi nibh tellus at. Lorem congue praesent mauris, sed dolore proin dolor congue praesent felis. </w:t>
+        <w:t xml:space="preserve">t ut nunc nibh. Mi mi aliquet, sem aliquet, proin mi proin nibh laoreet, aliquet. Non non tellus non diam praesent diam diam aliquet, volutpat euismod. At consectetur elit adipiscing elit adipiscing at, nonummy felis at eget. Mauris volutpat id adipiscing consectetur nonummy adipiscing consectetur nonummy at eget. Id, mauris eget id, eget amet sit consectetur, amet turpis nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Top and Bottom', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut pulvinar feugiat mi sem euismod, laoreet sem euismod at id. Id adipiscing amet tempus ut diam volutpat consectetur tempus ut et. Aliquam tincidunt praesent at feugiat dolore, proin volutpat nonummy ipsum ac. Tincidunt aliquet mauris dolor aliquam lobortis ullamcorper, consectetur sed nunc sem. Eget turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt praesent molestie dolor</w:t>
+        <w:t xml:space="preserve">Adipiscing proin felis erat nunc elit pharetra sed donec ut ut. Proin volutpat euismod sem molestie mauris elit adipiscing consectetur feugiat sed. Aliquam aliquam, magna dolore ut ut nunc ut congue donec, magna. Congue nunc nisi donec nisi, nisi dolore sed tempus sed sed. Lorem sed sed tempus sed tempus feugiat sed tempus, tempus erat. Erat aliquam ac donec ut congue tincidunt, u</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="5" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56f89d06214c4e6d"/>
+                    <a:blip r:embed="R29fb6159ec0d4bcc"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Donec ante non nonummy tempus nunc diam id, adipiscing sed nunc. Aliquet, adipiscing ipsum ut et id turpis magna mi molestie, turpis. Erat nunc aliquet, at lorem laoreet aliquet at sed dolore proin. Non adipiscing ut diam elit tempus ut diam felis feugiat ut. Sem elit ipsum nisi et id sit nisi nibh tellus at. Lorem congue praesent mauris, sed dolore proin dolor congue praesent felis. </w:t>
+        <w:t xml:space="preserve">t ut nunc nibh. Mi mi aliquet, sem aliquet, proin mi proin nibh laoreet, aliquet. Non non tellus non diam praesent diam diam aliquet, volutpat euismod. At consectetur elit adipiscing elit adipiscing at, nonummy felis at eget. Mauris volutpat id adipiscing consectetur nonummy adipiscing consectetur nonummy at eget. Id, mauris eget id, eget amet sit consectetur, amet turpis nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Behind text', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut pulvinar feugiat mi sem euismod, laoreet sem euismod at id. Id adipiscing amet tempus ut diam volutpat consectetur tempus ut et. Aliquam tincidunt praesent at feugiat dolore, proin volutpat nonummy ipsum ac. Tincidunt aliquet mauris dolor aliquam lobortis ullamcorper, consectetur sed nunc sem. Eget turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt praesent molestie dolor</w:t>
+        <w:t xml:space="preserve">Adipiscing proin felis erat nunc elit pharetra sed donec ut ut. Proin volutpat euismod sem molestie mauris elit adipiscing consectetur feugiat sed. Aliquam aliquam, magna dolore ut ut nunc ut congue donec, magna. Congue nunc nisi donec nisi, nisi dolore sed tempus sed sed. Lorem sed sed tempus sed tempus feugiat sed tempus, tempus erat. Erat aliquam ac donec ut congue tincidunt, u</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56f89d06214c4e6d"/>
+                    <a:blip r:embed="R29fb6159ec0d4bcc"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Donec ante non nonummy tempus nunc diam id, adipiscing sed nunc. Aliquet, adipiscing ipsum ut et id turpis magna mi molestie, turpis. Erat nunc aliquet, at lorem laoreet aliquet at sed dolore proin. Non adipiscing ut diam elit tempus ut diam felis feugiat ut. Sem elit ipsum nisi et id sit nisi nibh tellus at. Lorem congue praesent mauris, sed dolore proin dolor congue praesent felis. </w:t>
+        <w:t xml:space="preserve">t ut nunc nibh. Mi mi aliquet, sem aliquet, proin mi proin nibh laoreet, aliquet. Non non tellus non diam praesent diam diam aliquet, volutpat euismod. At consectetur elit adipiscing elit adipiscing at, nonummy felis at eget. Mauris volutpat id adipiscing consectetur nonummy adipiscing consectetur nonummy at eget. Id, mauris eget id, eget amet sit consectetur, amet turpis nonummy. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In front of text', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut pulvinar feugiat mi sem euismod, laoreet sem euismod at id. Id adipiscing amet tempus ut diam volutpat consectetur tempus ut et. Aliquam tincidunt praesent at feugiat dolore, proin volutpat nonummy ipsum ac. Tincidunt aliquet mauris dolor aliquam lobortis ullamcorper, consectetur sed nunc sem. Eget turpis lorem tincidunt ullamcorper adipiscing lorem tincidunt praesent molestie dolor</w:t>
+        <w:t xml:space="preserve">Adipiscing proin felis erat nunc elit pharetra sed donec ut ut. Proin volutpat euismod sem molestie mauris elit adipiscing consectetur feugiat sed. Aliquam aliquam, magna dolore ut ut nunc ut congue donec, magna. Congue nunc nisi donec nisi, nisi dolore sed tempus sed sed. Lorem sed sed tempus sed tempus feugiat sed tempus, tempus erat. Erat aliquam ac donec ut congue tincidunt, u</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R56f89d06214c4e6d"/>
+                    <a:blip r:embed="R29fb6159ec0d4bcc"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Donec ante non nonummy tempus nunc diam id, adipiscing sed nunc. Aliquet, adipiscing ipsum ut et id turpis magna mi molestie, turpis. Erat nunc aliquet, at lorem laoreet aliquet at sed dolore proin. Non adipiscing ut diam elit tempus ut diam felis feugiat ut. Sem elit ipsum nisi et id sit nisi nibh tellus at. Lorem congue praesent mauris, sed dolore proin dolor congue praesent felis. </w:t>
+        <w:t xml:space="preserve">t ut nunc nibh. Mi mi aliquet, sem aliquet, proin mi proin nibh laoreet, aliquet. Non non tellus non diam praesent diam diam aliquet, volutpat euismod. At consectetur elit adipiscing elit adipiscing at, nonummy felis at eget. Mauris volutpat id adipiscing consectetur nonummy adipiscing consectetur nonummy at eget. Id, mauris eget id, eget amet sit consectetur, amet turpis nonummy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -1020,51 +1020,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4a406d14d70b4d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R85e85228937b40c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R050c80127ca94517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R56f89d06214c4e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd230d0a411344d0c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8b1d08fdbd224d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2e3f14bd1df045ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1aafb562d4ae4b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R29fb6159ec0d4bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R153660a71c8a408c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>