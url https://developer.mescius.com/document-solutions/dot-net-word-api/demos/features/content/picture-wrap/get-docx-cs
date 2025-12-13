--- v1 (2025-12-08)
+++ v2 (2025-12-13)
@@ -1,450 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb66b0b1ee58445a8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R72b07ccd92274da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd6394bd851ef4176" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R47fa0708fa4e4b50" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R03c255adfbcd43a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R41bef1676d154f9f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Different picture wrapping styles and alignments.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In line with text':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing proin felis erat nunc elit pharetra sed donec ut ut. Proin volutpat euismod sem molestie mauris elit adipiscing consectetur feugiat sed. Aliquam aliquam, magna dolore ut ut nunc ut congue donec, magna. Congue nunc nisi donec nisi, nisi dolore sed tempus sed sed. Lorem sed sed tempus sed tempus feugiat sed tempus, tempus erat. Erat aliquam ac donec ut congue tincidunt, u</w:t>
+        <w:t xml:space="preserve">Dolor dolor pharetra ullamcorper, non nibh laoreet nibh proin et nibh. Ipsum dolor feugiat erat nunc ante non eget amet lorem, dolore. Lobortis, diam id elit pulvinar aliquam nibh ullamcorper felis feugiat, magna. Ante tellus elit, sed nisi laoreet euismod, adipiscing id amet ac. Lobortis, ullamcorper mauris dolor dolore mi volutpat consectetur, tempus ut, et. Euismod adipiscing lorem laoreet, eui</w:t>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="990600" cy="742950"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R29fb6159ec0d4bcc"/>
+                    <a:blip r:embed="Rc57de5cf9340413a"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">t ut nunc nibh. Mi mi aliquet, sem aliquet, proin mi proin nibh laoreet, aliquet. Non non tellus non diam praesent diam diam aliquet, volutpat euismod. At consectetur elit adipiscing elit adipiscing at, nonummy felis at eget. Mauris volutpat id adipiscing consectetur nonummy adipiscing consectetur nonummy at eget. Id, mauris eget id, eget amet sit consectetur, amet turpis nonummy. </w:t>
+        <w:t xml:space="preserve">smod turpis ac tincidunt aliquet at id. Feugiat, elit sit magna laoreet tellus, at dolor dolore ante euismod. Nonummy lorem lobortis ullamcorper adipiscing ipsum congue diam felis ipsum ut. Et id volutpat, nonummy tempus lobortis, sem felis sit magna, laoreet. Aliquet eget pharetra, donec nibh eget dolor donec massa ullamcorper nonummy. Ipsum, ut et id sit magna laoreet, mi mauris consectetur sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Square', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing proin felis erat nunc elit pharetra sed donec ut ut. Proin volutpat euismod sem molestie mauris elit adipiscing consectetur feugiat sed. Aliquam aliquam, magna dolore ut ut nunc ut congue donec, magna. Congue nunc nisi donec nisi, nisi dolore sed tempus sed sed. Lorem sed sed tempus sed tempus feugiat sed tempus, tempus erat. Erat aliquam ac donec ut congue tincidunt, u</w:t>
+        <w:t xml:space="preserve">Dolor dolor pharetra ullamcorper, non nibh laoreet nibh proin et nibh. Ipsum dolor feugiat erat nunc ante non eget amet lorem, dolore. Lobortis, diam id elit pulvinar aliquam nibh ullamcorper felis feugiat, magna. Ante tellus elit, sed nisi laoreet euismod, adipiscing id amet ac. Lobortis, ullamcorper mauris dolor dolore mi volutpat consectetur, tempus ut, et. Euismod adipiscing lorem laoreet, eui</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R29fb6159ec0d4bcc"/>
+                    <a:blip r:embed="Rc57de5cf9340413a"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">t ut nunc nibh. Mi mi aliquet, sem aliquet, proin mi proin nibh laoreet, aliquet. Non non tellus non diam praesent diam diam aliquet, volutpat euismod. At consectetur elit adipiscing elit adipiscing at, nonummy felis at eget. Mauris volutpat id adipiscing consectetur nonummy adipiscing consectetur nonummy at eget. Id, mauris eget id, eget amet sit consectetur, amet turpis nonummy. </w:t>
+        <w:t xml:space="preserve">smod turpis ac tincidunt aliquet at id. Feugiat, elit sit magna laoreet tellus, at dolor dolore ante euismod. Nonummy lorem lobortis ullamcorper adipiscing ipsum congue diam felis ipsum ut. Et id volutpat, nonummy tempus lobortis, sem felis sit magna, laoreet. Aliquet eget pharetra, donec nibh eget dolor donec massa ullamcorper nonummy. Ipsum, ut et id sit magna laoreet, mi mauris consectetur sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Tight', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing proin felis erat nunc elit pharetra sed donec ut ut. Proin volutpat euismod sem molestie mauris elit adipiscing consectetur feugiat sed. Aliquam aliquam, magna dolore ut ut nunc ut congue donec, magna. Congue nunc nisi donec nisi, nisi dolore sed tempus sed sed. Lorem sed sed tempus sed tempus feugiat sed tempus, tempus erat. Erat aliquam ac donec ut congue tincidunt, u</w:t>
+        <w:t xml:space="preserve">Dolor dolor pharetra ullamcorper, non nibh laoreet nibh proin et nibh. Ipsum dolor feugiat erat nunc ante non eget amet lorem, dolore. Lobortis, diam id elit pulvinar aliquam nibh ullamcorper felis feugiat, magna. Ante tellus elit, sed nisi laoreet euismod, adipiscing id amet ac. Lobortis, ullamcorper mauris dolor dolore mi volutpat consectetur, tempus ut, et. Euismod adipiscing lorem laoreet, eui</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R29fb6159ec0d4bcc"/>
+                    <a:blip r:embed="Rc57de5cf9340413a"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">t ut nunc nibh. Mi mi aliquet, sem aliquet, proin mi proin nibh laoreet, aliquet. Non non tellus non diam praesent diam diam aliquet, volutpat euismod. At consectetur elit adipiscing elit adipiscing at, nonummy felis at eget. Mauris volutpat id adipiscing consectetur nonummy adipiscing consectetur nonummy at eget. Id, mauris eget id, eget amet sit consectetur, amet turpis nonummy. </w:t>
+        <w:t xml:space="preserve">smod turpis ac tincidunt aliquet at id. Feugiat, elit sit magna laoreet tellus, at dolor dolore ante euismod. Nonummy lorem lobortis ullamcorper adipiscing ipsum congue diam felis ipsum ut. Et id volutpat, nonummy tempus lobortis, sem felis sit magna, laoreet. Aliquet eget pharetra, donec nibh eget dolor donec massa ullamcorper nonummy. Ipsum, ut et id sit magna laoreet, mi mauris consectetur sed. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Through', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing proin felis erat nunc elit pharetra sed donec ut ut. Proin volutpat euismod sem molestie mauris elit adipiscing consectetur feugiat sed. Aliquam aliquam, magna dolore ut ut nunc ut congue donec, magna. Congue nunc nisi donec nisi, nisi dolore sed tempus sed sed. Lorem sed sed tempus sed tempus feugiat sed tempus, tempus erat. Erat aliquam ac donec ut congue tincidunt, u</w:t>
+        <w:t xml:space="preserve">Dolor dolor pharetra ullamcorper, non nibh laoreet nibh proin et nibh. Ipsum dolor feugiat erat nunc ante non eget amet lorem, dolore. Lobortis, diam id elit pulvinar aliquam nibh ullamcorper felis feugiat, magna. Ante tellus elit, sed nisi laoreet euismod, adipiscing id amet ac. Lobortis, ullamcorper mauris dolor dolore mi volutpat consectetur, tempus ut, et. Euismod adipiscing lorem laoreet, eui</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="4" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R29fb6159ec0d4bcc"/>
+                    <a:blip r:embed="Rc57de5cf9340413a"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">t ut nunc nibh. Mi mi aliquet, sem aliquet, proin mi proin nibh laoreet, aliquet. Non non tellus non diam praesent diam diam aliquet, volutpat euismod. At consectetur elit adipiscing elit adipiscing at, nonummy felis at eget. Mauris volutpat id adipiscing consectetur nonummy adipiscing consectetur nonummy at eget. Id, mauris eget id, eget amet sit consectetur, amet turpis nonummy. </w:t>
+        <w:t xml:space="preserve">smod turpis ac tincidunt aliquet at id. Feugiat, elit sit magna laoreet tellus, at dolor dolore ante euismod. Nonummy lorem lobortis ullamcorper adipiscing ipsum congue diam felis ipsum ut. Et id volutpat, nonummy tempus lobortis, sem felis sit magna, laoreet. Aliquet eget pharetra, donec nibh eget dolor donec massa ullamcorper nonummy. Ipsum, ut et id sit magna laoreet, mi mauris consectetur sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Top and Bottom', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing proin felis erat nunc elit pharetra sed donec ut ut. Proin volutpat euismod sem molestie mauris elit adipiscing consectetur feugiat sed. Aliquam aliquam, magna dolore ut ut nunc ut congue donec, magna. Congue nunc nisi donec nisi, nisi dolore sed tempus sed sed. Lorem sed sed tempus sed tempus feugiat sed tempus, tempus erat. Erat aliquam ac donec ut congue tincidunt, u</w:t>
+        <w:t xml:space="preserve">Dolor dolor pharetra ullamcorper, non nibh laoreet nibh proin et nibh. Ipsum dolor feugiat erat nunc ante non eget amet lorem, dolore. Lobortis, diam id elit pulvinar aliquam nibh ullamcorper felis feugiat, magna. Ante tellus elit, sed nisi laoreet euismod, adipiscing id amet ac. Lobortis, ullamcorper mauris dolor dolore mi volutpat consectetur, tempus ut, et. Euismod adipiscing lorem laoreet, eui</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="5" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R29fb6159ec0d4bcc"/>
+                    <a:blip r:embed="Rc57de5cf9340413a"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">t ut nunc nibh. Mi mi aliquet, sem aliquet, proin mi proin nibh laoreet, aliquet. Non non tellus non diam praesent diam diam aliquet, volutpat euismod. At consectetur elit adipiscing elit adipiscing at, nonummy felis at eget. Mauris volutpat id adipiscing consectetur nonummy adipiscing consectetur nonummy at eget. Id, mauris eget id, eget amet sit consectetur, amet turpis nonummy. </w:t>
+        <w:t xml:space="preserve">smod turpis ac tincidunt aliquet at id. Feugiat, elit sit magna laoreet tellus, at dolor dolore ante euismod. Nonummy lorem lobortis ullamcorper adipiscing ipsum congue diam felis ipsum ut. Et id volutpat, nonummy tempus lobortis, sem felis sit magna, laoreet. Aliquet eget pharetra, donec nibh eget dolor donec massa ullamcorper nonummy. Ipsum, ut et id sit magna laoreet, mi mauris consectetur sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Behind text', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing proin felis erat nunc elit pharetra sed donec ut ut. Proin volutpat euismod sem molestie mauris elit adipiscing consectetur feugiat sed. Aliquam aliquam, magna dolore ut ut nunc ut congue donec, magna. Congue nunc nisi donec nisi, nisi dolore sed tempus sed sed. Lorem sed sed tempus sed tempus feugiat sed tempus, tempus erat. Erat aliquam ac donec ut congue tincidunt, u</w:t>
+        <w:t xml:space="preserve">Dolor dolor pharetra ullamcorper, non nibh laoreet nibh proin et nibh. Ipsum dolor feugiat erat nunc ante non eget amet lorem, dolore. Lobortis, diam id elit pulvinar aliquam nibh ullamcorper felis feugiat, magna. Ante tellus elit, sed nisi laoreet euismod, adipiscing id amet ac. Lobortis, ullamcorper mauris dolor dolore mi volutpat consectetur, tempus ut, et. Euismod adipiscing lorem laoreet, eui</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R29fb6159ec0d4bcc"/>
+                    <a:blip r:embed="Rc57de5cf9340413a"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">t ut nunc nibh. Mi mi aliquet, sem aliquet, proin mi proin nibh laoreet, aliquet. Non non tellus non diam praesent diam diam aliquet, volutpat euismod. At consectetur elit adipiscing elit adipiscing at, nonummy felis at eget. Mauris volutpat id adipiscing consectetur nonummy adipiscing consectetur nonummy at eget. Id, mauris eget id, eget amet sit consectetur, amet turpis nonummy. </w:t>
+        <w:t xml:space="preserve">smod turpis ac tincidunt aliquet at id. Feugiat, elit sit magna laoreet tellus, at dolor dolore ante euismod. Nonummy lorem lobortis ullamcorper adipiscing ipsum congue diam felis ipsum ut. Et id volutpat, nonummy tempus lobortis, sem felis sit magna, laoreet. Aliquet eget pharetra, donec nibh eget dolor donec massa ullamcorper nonummy. Ipsum, ut et id sit magna laoreet, mi mauris consectetur sed. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In front of text', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing proin felis erat nunc elit pharetra sed donec ut ut. Proin volutpat euismod sem molestie mauris elit adipiscing consectetur feugiat sed. Aliquam aliquam, magna dolore ut ut nunc ut congue donec, magna. Congue nunc nisi donec nisi, nisi dolore sed tempus sed sed. Lorem sed sed tempus sed tempus feugiat sed tempus, tempus erat. Erat aliquam ac donec ut congue tincidunt, u</w:t>
+        <w:t xml:space="preserve">Dolor dolor pharetra ullamcorper, non nibh laoreet nibh proin et nibh. Ipsum dolor feugiat erat nunc ante non eget amet lorem, dolore. Lobortis, diam id elit pulvinar aliquam nibh ullamcorper felis feugiat, magna. Ante tellus elit, sed nisi laoreet euismod, adipiscing id amet ac. Lobortis, ullamcorper mauris dolor dolore mi volutpat consectetur, tempus ut, et. Euismod adipiscing lorem laoreet, eui</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R29fb6159ec0d4bcc"/>
+                    <a:blip r:embed="Rc57de5cf9340413a"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">t ut nunc nibh. Mi mi aliquet, sem aliquet, proin mi proin nibh laoreet, aliquet. Non non tellus non diam praesent diam diam aliquet, volutpat euismod. At consectetur elit adipiscing elit adipiscing at, nonummy felis at eget. Mauris volutpat id adipiscing consectetur nonummy adipiscing consectetur nonummy at eget. Id, mauris eget id, eget amet sit consectetur, amet turpis nonummy. </w:t>
+        <w:t xml:space="preserve">smod turpis ac tincidunt aliquet at id. Feugiat, elit sit magna laoreet tellus, at dolor dolore ante euismod. Nonummy lorem lobortis ullamcorper adipiscing ipsum congue diam felis ipsum ut. Et id volutpat, nonummy tempus lobortis, sem felis sit magna, laoreet. Aliquet eget pharetra, donec nibh eget dolor donec massa ullamcorper nonummy. Ipsum, ut et id sit magna laoreet, mi mauris consectetur sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -1020,51 +1020,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8b1d08fdbd224d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2e3f14bd1df045ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1aafb562d4ae4b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R29fb6159ec0d4bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R153660a71c8a408c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re4f08da79f424280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf4b888f1e3ab4ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rccbd878740214b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rc57de5cf9340413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4284cf2a46994cb3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>