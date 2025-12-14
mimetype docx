--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,450 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R47fa0708fa4e4b50" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R03c255adfbcd43a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R41bef1676d154f9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbae93044fb234227" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3c7fcdf3b68344f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re1ab7b4de5414e8f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Different picture wrapping styles and alignments.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In line with text':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor dolor pharetra ullamcorper, non nibh laoreet nibh proin et nibh. Ipsum dolor feugiat erat nunc ante non eget amet lorem, dolore. Lobortis, diam id elit pulvinar aliquam nibh ullamcorper felis feugiat, magna. Ante tellus elit, sed nisi laoreet euismod, adipiscing id amet ac. Lobortis, ullamcorper mauris dolor dolore mi volutpat consectetur, tempus ut, et. Euismod adipiscing lorem laoreet, eui</w:t>
+        <w:t xml:space="preserve">Ullamcorper lobortis sem laoreet magna dolore, lorem turpis nonummy molestie diam. Felis sem nunc donec feugiat pulvinar dolore sed consectetur, molestie mi. Magna feugiat felis ullamcorper, lobortis donec amet eget praesent laoreet, ac. Sit felis sem lobortis tempus nonummy non donec dolor mauris aliquet. Tincidunt, ac turpis euismod nibh aliquam sit id non massa, donec. Dolor felis aliquet lobortis temp</w:t>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="990600" cy="742950"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rc57de5cf9340413a"/>
+                    <a:blip r:embed="Rcb05ff57a2864f0b"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">smod turpis ac tincidunt aliquet at id. Feugiat, elit sit magna laoreet tellus, at dolor dolore ante euismod. Nonummy lorem lobortis ullamcorper adipiscing ipsum congue diam felis ipsum ut. Et id volutpat, nonummy tempus lobortis, sem felis sit magna, laoreet. Aliquet eget pharetra, donec nibh eget dolor donec massa ullamcorper nonummy. Ipsum, ut et id sit magna laoreet, mi mauris consectetur sed. </w:t>
+        <w:t xml:space="preserve">us pulvinar eget proin nisi ipsum elit. Sem ipsum, elit non massa erat, pharetra molestie mi congue, dolor. Adipiscing ullamcorper lobortis nisi pulvinar volutpat, et dolore sed consectetur id. Ullamcorper massa amet, volutpat nibh aliquam pulvinar eget ante dolore pulvinar. Mauris sem nunc sed elit sem, nunc erat at id mi. Congue, ipsum, adipiscing non nibh aliquam amet lobortis, tempus nonummy euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Square', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor dolor pharetra ullamcorper, non nibh laoreet nibh proin et nibh. Ipsum dolor feugiat erat nunc ante non eget amet lorem, dolore. Lobortis, diam id elit pulvinar aliquam nibh ullamcorper felis feugiat, magna. Ante tellus elit, sed nisi laoreet euismod, adipiscing id amet ac. Lobortis, ullamcorper mauris dolor dolore mi volutpat consectetur, tempus ut, et. Euismod adipiscing lorem laoreet, eui</w:t>
+        <w:t xml:space="preserve">Ullamcorper lobortis sem laoreet magna dolore, lorem turpis nonummy molestie diam. Felis sem nunc donec feugiat pulvinar dolore sed consectetur, molestie mi. Magna feugiat felis ullamcorper, lobortis donec amet eget praesent laoreet, ac. Sit felis sem lobortis tempus nonummy non donec dolor mauris aliquet. Tincidunt, ac turpis euismod nibh aliquam sit id non massa, donec. Dolor felis aliquet lobortis temp</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rc57de5cf9340413a"/>
+                    <a:blip r:embed="Rcb05ff57a2864f0b"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">smod turpis ac tincidunt aliquet at id. Feugiat, elit sit magna laoreet tellus, at dolor dolore ante euismod. Nonummy lorem lobortis ullamcorper adipiscing ipsum congue diam felis ipsum ut. Et id volutpat, nonummy tempus lobortis, sem felis sit magna, laoreet. Aliquet eget pharetra, donec nibh eget dolor donec massa ullamcorper nonummy. Ipsum, ut et id sit magna laoreet, mi mauris consectetur sed. </w:t>
+        <w:t xml:space="preserve">us pulvinar eget proin nisi ipsum elit. Sem ipsum, elit non massa erat, pharetra molestie mi congue, dolor. Adipiscing ullamcorper lobortis nisi pulvinar volutpat, et dolore sed consectetur id. Ullamcorper massa amet, volutpat nibh aliquam pulvinar eget ante dolore pulvinar. Mauris sem nunc sed elit sem, nunc erat at id mi. Congue, ipsum, adipiscing non nibh aliquam amet lobortis, tempus nonummy euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Tight', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor dolor pharetra ullamcorper, non nibh laoreet nibh proin et nibh. Ipsum dolor feugiat erat nunc ante non eget amet lorem, dolore. Lobortis, diam id elit pulvinar aliquam nibh ullamcorper felis feugiat, magna. Ante tellus elit, sed nisi laoreet euismod, adipiscing id amet ac. Lobortis, ullamcorper mauris dolor dolore mi volutpat consectetur, tempus ut, et. Euismod adipiscing lorem laoreet, eui</w:t>
+        <w:t xml:space="preserve">Ullamcorper lobortis sem laoreet magna dolore, lorem turpis nonummy molestie diam. Felis sem nunc donec feugiat pulvinar dolore sed consectetur, molestie mi. Magna feugiat felis ullamcorper, lobortis donec amet eget praesent laoreet, ac. Sit felis sem lobortis tempus nonummy non donec dolor mauris aliquet. Tincidunt, ac turpis euismod nibh aliquam sit id non massa, donec. Dolor felis aliquet lobortis temp</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rc57de5cf9340413a"/>
+                    <a:blip r:embed="Rcb05ff57a2864f0b"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">smod turpis ac tincidunt aliquet at id. Feugiat, elit sit magna laoreet tellus, at dolor dolore ante euismod. Nonummy lorem lobortis ullamcorper adipiscing ipsum congue diam felis ipsum ut. Et id volutpat, nonummy tempus lobortis, sem felis sit magna, laoreet. Aliquet eget pharetra, donec nibh eget dolor donec massa ullamcorper nonummy. Ipsum, ut et id sit magna laoreet, mi mauris consectetur sed. </w:t>
+        <w:t xml:space="preserve">us pulvinar eget proin nisi ipsum elit. Sem ipsum, elit non massa erat, pharetra molestie mi congue, dolor. Adipiscing ullamcorper lobortis nisi pulvinar volutpat, et dolore sed consectetur id. Ullamcorper massa amet, volutpat nibh aliquam pulvinar eget ante dolore pulvinar. Mauris sem nunc sed elit sem, nunc erat at id mi. Congue, ipsum, adipiscing non nibh aliquam amet lobortis, tempus nonummy euismod. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Through', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor dolor pharetra ullamcorper, non nibh laoreet nibh proin et nibh. Ipsum dolor feugiat erat nunc ante non eget amet lorem, dolore. Lobortis, diam id elit pulvinar aliquam nibh ullamcorper felis feugiat, magna. Ante tellus elit, sed nisi laoreet euismod, adipiscing id amet ac. Lobortis, ullamcorper mauris dolor dolore mi volutpat consectetur, tempus ut, et. Euismod adipiscing lorem laoreet, eui</w:t>
+        <w:t xml:space="preserve">Ullamcorper lobortis sem laoreet magna dolore, lorem turpis nonummy molestie diam. Felis sem nunc donec feugiat pulvinar dolore sed consectetur, molestie mi. Magna feugiat felis ullamcorper, lobortis donec amet eget praesent laoreet, ac. Sit felis sem lobortis tempus nonummy non donec dolor mauris aliquet. Tincidunt, ac turpis euismod nibh aliquam sit id non massa, donec. Dolor felis aliquet lobortis temp</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="4" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rc57de5cf9340413a"/>
+                    <a:blip r:embed="Rcb05ff57a2864f0b"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">smod turpis ac tincidunt aliquet at id. Feugiat, elit sit magna laoreet tellus, at dolor dolore ante euismod. Nonummy lorem lobortis ullamcorper adipiscing ipsum congue diam felis ipsum ut. Et id volutpat, nonummy tempus lobortis, sem felis sit magna, laoreet. Aliquet eget pharetra, donec nibh eget dolor donec massa ullamcorper nonummy. Ipsum, ut et id sit magna laoreet, mi mauris consectetur sed. </w:t>
+        <w:t xml:space="preserve">us pulvinar eget proin nisi ipsum elit. Sem ipsum, elit non massa erat, pharetra molestie mi congue, dolor. Adipiscing ullamcorper lobortis nisi pulvinar volutpat, et dolore sed consectetur id. Ullamcorper massa amet, volutpat nibh aliquam pulvinar eget ante dolore pulvinar. Mauris sem nunc sed elit sem, nunc erat at id mi. Congue, ipsum, adipiscing non nibh aliquam amet lobortis, tempus nonummy euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Top and Bottom', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor dolor pharetra ullamcorper, non nibh laoreet nibh proin et nibh. Ipsum dolor feugiat erat nunc ante non eget amet lorem, dolore. Lobortis, diam id elit pulvinar aliquam nibh ullamcorper felis feugiat, magna. Ante tellus elit, sed nisi laoreet euismod, adipiscing id amet ac. Lobortis, ullamcorper mauris dolor dolore mi volutpat consectetur, tempus ut, et. Euismod adipiscing lorem laoreet, eui</w:t>
+        <w:t xml:space="preserve">Ullamcorper lobortis sem laoreet magna dolore, lorem turpis nonummy molestie diam. Felis sem nunc donec feugiat pulvinar dolore sed consectetur, molestie mi. Magna feugiat felis ullamcorper, lobortis donec amet eget praesent laoreet, ac. Sit felis sem lobortis tempus nonummy non donec dolor mauris aliquet. Tincidunt, ac turpis euismod nibh aliquam sit id non massa, donec. Dolor felis aliquet lobortis temp</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="5" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rc57de5cf9340413a"/>
+                    <a:blip r:embed="Rcb05ff57a2864f0b"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">smod turpis ac tincidunt aliquet at id. Feugiat, elit sit magna laoreet tellus, at dolor dolore ante euismod. Nonummy lorem lobortis ullamcorper adipiscing ipsum congue diam felis ipsum ut. Et id volutpat, nonummy tempus lobortis, sem felis sit magna, laoreet. Aliquet eget pharetra, donec nibh eget dolor donec massa ullamcorper nonummy. Ipsum, ut et id sit magna laoreet, mi mauris consectetur sed. </w:t>
+        <w:t xml:space="preserve">us pulvinar eget proin nisi ipsum elit. Sem ipsum, elit non massa erat, pharetra molestie mi congue, dolor. Adipiscing ullamcorper lobortis nisi pulvinar volutpat, et dolore sed consectetur id. Ullamcorper massa amet, volutpat nibh aliquam pulvinar eget ante dolore pulvinar. Mauris sem nunc sed elit sem, nunc erat at id mi. Congue, ipsum, adipiscing non nibh aliquam amet lobortis, tempus nonummy euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Behind text', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor dolor pharetra ullamcorper, non nibh laoreet nibh proin et nibh. Ipsum dolor feugiat erat nunc ante non eget amet lorem, dolore. Lobortis, diam id elit pulvinar aliquam nibh ullamcorper felis feugiat, magna. Ante tellus elit, sed nisi laoreet euismod, adipiscing id amet ac. Lobortis, ullamcorper mauris dolor dolore mi volutpat consectetur, tempus ut, et. Euismod adipiscing lorem laoreet, eui</w:t>
+        <w:t xml:space="preserve">Ullamcorper lobortis sem laoreet magna dolore, lorem turpis nonummy molestie diam. Felis sem nunc donec feugiat pulvinar dolore sed consectetur, molestie mi. Magna feugiat felis ullamcorper, lobortis donec amet eget praesent laoreet, ac. Sit felis sem lobortis tempus nonummy non donec dolor mauris aliquet. Tincidunt, ac turpis euismod nibh aliquam sit id non massa, donec. Dolor felis aliquet lobortis temp</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rc57de5cf9340413a"/>
+                    <a:blip r:embed="Rcb05ff57a2864f0b"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">smod turpis ac tincidunt aliquet at id. Feugiat, elit sit magna laoreet tellus, at dolor dolore ante euismod. Nonummy lorem lobortis ullamcorper adipiscing ipsum congue diam felis ipsum ut. Et id volutpat, nonummy tempus lobortis, sem felis sit magna, laoreet. Aliquet eget pharetra, donec nibh eget dolor donec massa ullamcorper nonummy. Ipsum, ut et id sit magna laoreet, mi mauris consectetur sed. </w:t>
+        <w:t xml:space="preserve">us pulvinar eget proin nisi ipsum elit. Sem ipsum, elit non massa erat, pharetra molestie mi congue, dolor. Adipiscing ullamcorper lobortis nisi pulvinar volutpat, et dolore sed consectetur id. Ullamcorper massa amet, volutpat nibh aliquam pulvinar eget ante dolore pulvinar. Mauris sem nunc sed elit sem, nunc erat at id mi. Congue, ipsum, adipiscing non nibh aliquam amet lobortis, tempus nonummy euismod. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In front of text', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Dolor dolor pharetra ullamcorper, non nibh laoreet nibh proin et nibh. Ipsum dolor feugiat erat nunc ante non eget amet lorem, dolore. Lobortis, diam id elit pulvinar aliquam nibh ullamcorper felis feugiat, magna. Ante tellus elit, sed nisi laoreet euismod, adipiscing id amet ac. Lobortis, ullamcorper mauris dolor dolore mi volutpat consectetur, tempus ut, et. Euismod adipiscing lorem laoreet, eui</w:t>
+        <w:t xml:space="preserve">Ullamcorper lobortis sem laoreet magna dolore, lorem turpis nonummy molestie diam. Felis sem nunc donec feugiat pulvinar dolore sed consectetur, molestie mi. Magna feugiat felis ullamcorper, lobortis donec amet eget praesent laoreet, ac. Sit felis sem lobortis tempus nonummy non donec dolor mauris aliquet. Tincidunt, ac turpis euismod nibh aliquam sit id non massa, donec. Dolor felis aliquet lobortis temp</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rc57de5cf9340413a"/>
+                    <a:blip r:embed="Rcb05ff57a2864f0b"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">smod turpis ac tincidunt aliquet at id. Feugiat, elit sit magna laoreet tellus, at dolor dolore ante euismod. Nonummy lorem lobortis ullamcorper adipiscing ipsum congue diam felis ipsum ut. Et id volutpat, nonummy tempus lobortis, sem felis sit magna, laoreet. Aliquet eget pharetra, donec nibh eget dolor donec massa ullamcorper nonummy. Ipsum, ut et id sit magna laoreet, mi mauris consectetur sed. </w:t>
+        <w:t xml:space="preserve">us pulvinar eget proin nisi ipsum elit. Sem ipsum, elit non massa erat, pharetra molestie mi congue, dolor. Adipiscing ullamcorper lobortis nisi pulvinar volutpat, et dolore sed consectetur id. Ullamcorper massa amet, volutpat nibh aliquam pulvinar eget ante dolore pulvinar. Mauris sem nunc sed elit sem, nunc erat at id mi. Congue, ipsum, adipiscing non nibh aliquam amet lobortis, tempus nonummy euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -1020,51 +1020,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re4f08da79f424280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf4b888f1e3ab4ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rccbd878740214b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rc57de5cf9340413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4284cf2a46994cb3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Redcdadafe7a24641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8b0ac875464343ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8c239620ec174ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rcb05ff57a2864f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb99519969037487f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>