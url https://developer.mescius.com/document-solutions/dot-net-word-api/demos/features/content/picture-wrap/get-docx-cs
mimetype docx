--- v3 (2025-12-14)
+++ v4 (2025-12-15)
@@ -1,450 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbae93044fb234227" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3c7fcdf3b68344f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re1ab7b4de5414e8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re16566e16000460b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5637aebb504b4270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd94994f2973f4af2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Different picture wrapping styles and alignments.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In line with text':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper lobortis sem laoreet magna dolore, lorem turpis nonummy molestie diam. Felis sem nunc donec feugiat pulvinar dolore sed consectetur, molestie mi. Magna feugiat felis ullamcorper, lobortis donec amet eget praesent laoreet, ac. Sit felis sem lobortis tempus nonummy non donec dolor mauris aliquet. Tincidunt, ac turpis euismod nibh aliquam sit id non massa, donec. Dolor felis aliquet lobortis temp</w:t>
+        <w:t xml:space="preserve">Euismod laoreet, ut lobortis dolore lobortis erat dolor amet elit, tellus. Non, massa dolore pharetra at elit aliquam pulvinar mauris tellus tincidunt. Ac, turpis, felis diam lobortis tempus nonummy volutpat proin dolore sed. Adipiscing id tellus laoreet magna sit molestie nonummy volutpat mi magna. Pharetra mauris mi, congue ac, turpis id et nisi pulvinar elit. Non laoreet magna pharetra mauris praesent, magn</w:t>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="990600" cy="742950"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rcb05ff57a2864f0b"/>
+                    <a:blip r:embed="Reb3c8cccbabb43d1"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">us pulvinar eget proin nisi ipsum elit. Sem ipsum, elit non massa erat, pharetra molestie mi congue, dolor. Adipiscing ullamcorper lobortis nisi pulvinar volutpat, et dolore sed consectetur id. Ullamcorper massa amet, volutpat nibh aliquam pulvinar eget ante dolore pulvinar. Mauris sem nunc sed elit sem, nunc erat at id mi. Congue, ipsum, adipiscing non nibh aliquam amet lobortis, tempus nonummy euismod. </w:t>
+        <w:t xml:space="preserve">a feugiat adipiscing euismod nibh. Nisi dolore dolor at ullamcorper nibh aliquam turpis euismod et nisi. Ipsum elit sem nunc erat pharetra molestie, ante magna, dolor molestie. Praesent congue sed, at aliquet laoreet ac sit adipiscing ullamcorper lobortis. Tempus amet non nibh aliquam pulvinar eget, proin tincidunt sed consectetur. Tellus laoreet erat consectetur tellus laoreet magna dolore ipsum eget, proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Square', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper lobortis sem laoreet magna dolore, lorem turpis nonummy molestie diam. Felis sem nunc donec feugiat pulvinar dolore sed consectetur, molestie mi. Magna feugiat felis ullamcorper, lobortis donec amet eget praesent laoreet, ac. Sit felis sem lobortis tempus nonummy non donec dolor mauris aliquet. Tincidunt, ac turpis euismod nibh aliquam sit id non massa, donec. Dolor felis aliquet lobortis temp</w:t>
+        <w:t xml:space="preserve">Euismod laoreet, ut lobortis dolore lobortis erat dolor amet elit, tellus. Non, massa dolore pharetra at elit aliquam pulvinar mauris tellus tincidunt. Ac, turpis, felis diam lobortis tempus nonummy volutpat proin dolore sed. Adipiscing id tellus laoreet magna sit molestie nonummy volutpat mi magna. Pharetra mauris mi, congue ac, turpis id et nisi pulvinar elit. Non laoreet magna pharetra mauris praesent, magn</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rcb05ff57a2864f0b"/>
+                    <a:blip r:embed="Reb3c8cccbabb43d1"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">us pulvinar eget proin nisi ipsum elit. Sem ipsum, elit non massa erat, pharetra molestie mi congue, dolor. Adipiscing ullamcorper lobortis nisi pulvinar volutpat, et dolore sed consectetur id. Ullamcorper massa amet, volutpat nibh aliquam pulvinar eget ante dolore pulvinar. Mauris sem nunc sed elit sem, nunc erat at id mi. Congue, ipsum, adipiscing non nibh aliquam amet lobortis, tempus nonummy euismod. </w:t>
+        <w:t xml:space="preserve">a feugiat adipiscing euismod nibh. Nisi dolore dolor at ullamcorper nibh aliquam turpis euismod et nisi. Ipsum elit sem nunc erat pharetra molestie, ante magna, dolor molestie. Praesent congue sed, at aliquet laoreet ac sit adipiscing ullamcorper lobortis. Tempus amet non nibh aliquam pulvinar eget, proin tincidunt sed consectetur. Tellus laoreet erat consectetur tellus laoreet magna dolore ipsum eget, proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Tight', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper lobortis sem laoreet magna dolore, lorem turpis nonummy molestie diam. Felis sem nunc donec feugiat pulvinar dolore sed consectetur, molestie mi. Magna feugiat felis ullamcorper, lobortis donec amet eget praesent laoreet, ac. Sit felis sem lobortis tempus nonummy non donec dolor mauris aliquet. Tincidunt, ac turpis euismod nibh aliquam sit id non massa, donec. Dolor felis aliquet lobortis temp</w:t>
+        <w:t xml:space="preserve">Euismod laoreet, ut lobortis dolore lobortis erat dolor amet elit, tellus. Non, massa dolore pharetra at elit aliquam pulvinar mauris tellus tincidunt. Ac, turpis, felis diam lobortis tempus nonummy volutpat proin dolore sed. Adipiscing id tellus laoreet magna sit molestie nonummy volutpat mi magna. Pharetra mauris mi, congue ac, turpis id et nisi pulvinar elit. Non laoreet magna pharetra mauris praesent, magn</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rcb05ff57a2864f0b"/>
+                    <a:blip r:embed="Reb3c8cccbabb43d1"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">us pulvinar eget proin nisi ipsum elit. Sem ipsum, elit non massa erat, pharetra molestie mi congue, dolor. Adipiscing ullamcorper lobortis nisi pulvinar volutpat, et dolore sed consectetur id. Ullamcorper massa amet, volutpat nibh aliquam pulvinar eget ante dolore pulvinar. Mauris sem nunc sed elit sem, nunc erat at id mi. Congue, ipsum, adipiscing non nibh aliquam amet lobortis, tempus nonummy euismod. </w:t>
+        <w:t xml:space="preserve">a feugiat adipiscing euismod nibh. Nisi dolore dolor at ullamcorper nibh aliquam turpis euismod et nisi. Ipsum elit sem nunc erat pharetra molestie, ante magna, dolor molestie. Praesent congue sed, at aliquet laoreet ac sit adipiscing ullamcorper lobortis. Tempus amet non nibh aliquam pulvinar eget, proin tincidunt sed consectetur. Tellus laoreet erat consectetur tellus laoreet magna dolore ipsum eget, proin. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Through', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper lobortis sem laoreet magna dolore, lorem turpis nonummy molestie diam. Felis sem nunc donec feugiat pulvinar dolore sed consectetur, molestie mi. Magna feugiat felis ullamcorper, lobortis donec amet eget praesent laoreet, ac. Sit felis sem lobortis tempus nonummy non donec dolor mauris aliquet. Tincidunt, ac turpis euismod nibh aliquam sit id non massa, donec. Dolor felis aliquet lobortis temp</w:t>
+        <w:t xml:space="preserve">Euismod laoreet, ut lobortis dolore lobortis erat dolor amet elit, tellus. Non, massa dolore pharetra at elit aliquam pulvinar mauris tellus tincidunt. Ac, turpis, felis diam lobortis tempus nonummy volutpat proin dolore sed. Adipiscing id tellus laoreet magna sit molestie nonummy volutpat mi magna. Pharetra mauris mi, congue ac, turpis id et nisi pulvinar elit. Non laoreet magna pharetra mauris praesent, magn</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="4" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rcb05ff57a2864f0b"/>
+                    <a:blip r:embed="Reb3c8cccbabb43d1"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">us pulvinar eget proin nisi ipsum elit. Sem ipsum, elit non massa erat, pharetra molestie mi congue, dolor. Adipiscing ullamcorper lobortis nisi pulvinar volutpat, et dolore sed consectetur id. Ullamcorper massa amet, volutpat nibh aliquam pulvinar eget ante dolore pulvinar. Mauris sem nunc sed elit sem, nunc erat at id mi. Congue, ipsum, adipiscing non nibh aliquam amet lobortis, tempus nonummy euismod. </w:t>
+        <w:t xml:space="preserve">a feugiat adipiscing euismod nibh. Nisi dolore dolor at ullamcorper nibh aliquam turpis euismod et nisi. Ipsum elit sem nunc erat pharetra molestie, ante magna, dolor molestie. Praesent congue sed, at aliquet laoreet ac sit adipiscing ullamcorper lobortis. Tempus amet non nibh aliquam pulvinar eget, proin tincidunt sed consectetur. Tellus laoreet erat consectetur tellus laoreet magna dolore ipsum eget, proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Top and Bottom', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper lobortis sem laoreet magna dolore, lorem turpis nonummy molestie diam. Felis sem nunc donec feugiat pulvinar dolore sed consectetur, molestie mi. Magna feugiat felis ullamcorper, lobortis donec amet eget praesent laoreet, ac. Sit felis sem lobortis tempus nonummy non donec dolor mauris aliquet. Tincidunt, ac turpis euismod nibh aliquam sit id non massa, donec. Dolor felis aliquet lobortis temp</w:t>
+        <w:t xml:space="preserve">Euismod laoreet, ut lobortis dolore lobortis erat dolor amet elit, tellus. Non, massa dolore pharetra at elit aliquam pulvinar mauris tellus tincidunt. Ac, turpis, felis diam lobortis tempus nonummy volutpat proin dolore sed. Adipiscing id tellus laoreet magna sit molestie nonummy volutpat mi magna. Pharetra mauris mi, congue ac, turpis id et nisi pulvinar elit. Non laoreet magna pharetra mauris praesent, magn</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="5" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rcb05ff57a2864f0b"/>
+                    <a:blip r:embed="Reb3c8cccbabb43d1"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">us pulvinar eget proin nisi ipsum elit. Sem ipsum, elit non massa erat, pharetra molestie mi congue, dolor. Adipiscing ullamcorper lobortis nisi pulvinar volutpat, et dolore sed consectetur id. Ullamcorper massa amet, volutpat nibh aliquam pulvinar eget ante dolore pulvinar. Mauris sem nunc sed elit sem, nunc erat at id mi. Congue, ipsum, adipiscing non nibh aliquam amet lobortis, tempus nonummy euismod. </w:t>
+        <w:t xml:space="preserve">a feugiat adipiscing euismod nibh. Nisi dolore dolor at ullamcorper nibh aliquam turpis euismod et nisi. Ipsum elit sem nunc erat pharetra molestie, ante magna, dolor molestie. Praesent congue sed, at aliquet laoreet ac sit adipiscing ullamcorper lobortis. Tempus amet non nibh aliquam pulvinar eget, proin tincidunt sed consectetur. Tellus laoreet erat consectetur tellus laoreet magna dolore ipsum eget, proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Behind text', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper lobortis sem laoreet magna dolore, lorem turpis nonummy molestie diam. Felis sem nunc donec feugiat pulvinar dolore sed consectetur, molestie mi. Magna feugiat felis ullamcorper, lobortis donec amet eget praesent laoreet, ac. Sit felis sem lobortis tempus nonummy non donec dolor mauris aliquet. Tincidunt, ac turpis euismod nibh aliquam sit id non massa, donec. Dolor felis aliquet lobortis temp</w:t>
+        <w:t xml:space="preserve">Euismod laoreet, ut lobortis dolore lobortis erat dolor amet elit, tellus. Non, massa dolore pharetra at elit aliquam pulvinar mauris tellus tincidunt. Ac, turpis, felis diam lobortis tempus nonummy volutpat proin dolore sed. Adipiscing id tellus laoreet magna sit molestie nonummy volutpat mi magna. Pharetra mauris mi, congue ac, turpis id et nisi pulvinar elit. Non laoreet magna pharetra mauris praesent, magn</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rcb05ff57a2864f0b"/>
+                    <a:blip r:embed="Reb3c8cccbabb43d1"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">us pulvinar eget proin nisi ipsum elit. Sem ipsum, elit non massa erat, pharetra molestie mi congue, dolor. Adipiscing ullamcorper lobortis nisi pulvinar volutpat, et dolore sed consectetur id. Ullamcorper massa amet, volutpat nibh aliquam pulvinar eget ante dolore pulvinar. Mauris sem nunc sed elit sem, nunc erat at id mi. Congue, ipsum, adipiscing non nibh aliquam amet lobortis, tempus nonummy euismod. </w:t>
+        <w:t xml:space="preserve">a feugiat adipiscing euismod nibh. Nisi dolore dolor at ullamcorper nibh aliquam turpis euismod et nisi. Ipsum elit sem nunc erat pharetra molestie, ante magna, dolor molestie. Praesent congue sed, at aliquet laoreet ac sit adipiscing ullamcorper lobortis. Tempus amet non nibh aliquam pulvinar eget, proin tincidunt sed consectetur. Tellus laoreet erat consectetur tellus laoreet magna dolore ipsum eget, proin. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In front of text', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ullamcorper lobortis sem laoreet magna dolore, lorem turpis nonummy molestie diam. Felis sem nunc donec feugiat pulvinar dolore sed consectetur, molestie mi. Magna feugiat felis ullamcorper, lobortis donec amet eget praesent laoreet, ac. Sit felis sem lobortis tempus nonummy non donec dolor mauris aliquet. Tincidunt, ac turpis euismod nibh aliquam sit id non massa, donec. Dolor felis aliquet lobortis temp</w:t>
+        <w:t xml:space="preserve">Euismod laoreet, ut lobortis dolore lobortis erat dolor amet elit, tellus. Non, massa dolore pharetra at elit aliquam pulvinar mauris tellus tincidunt. Ac, turpis, felis diam lobortis tempus nonummy volutpat proin dolore sed. Adipiscing id tellus laoreet magna sit molestie nonummy volutpat mi magna. Pharetra mauris mi, congue ac, turpis id et nisi pulvinar elit. Non laoreet magna pharetra mauris praesent, magn</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rcb05ff57a2864f0b"/>
+                    <a:blip r:embed="Reb3c8cccbabb43d1"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">us pulvinar eget proin nisi ipsum elit. Sem ipsum, elit non massa erat, pharetra molestie mi congue, dolor. Adipiscing ullamcorper lobortis nisi pulvinar volutpat, et dolore sed consectetur id. Ullamcorper massa amet, volutpat nibh aliquam pulvinar eget ante dolore pulvinar. Mauris sem nunc sed elit sem, nunc erat at id mi. Congue, ipsum, adipiscing non nibh aliquam amet lobortis, tempus nonummy euismod. </w:t>
+        <w:t xml:space="preserve">a feugiat adipiscing euismod nibh. Nisi dolore dolor at ullamcorper nibh aliquam turpis euismod et nisi. Ipsum elit sem nunc erat pharetra molestie, ante magna, dolor molestie. Praesent congue sed, at aliquet laoreet ac sit adipiscing ullamcorper lobortis. Tempus amet non nibh aliquam pulvinar eget, proin tincidunt sed consectetur. Tellus laoreet erat consectetur tellus laoreet magna dolore ipsum eget, proin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -1020,51 +1020,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Redcdadafe7a24641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8b0ac875464343ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8c239620ec174ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rcb05ff57a2864f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb99519969037487f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R50a80dfdc8764d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R14a7b7b2ec064e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5b587fc896af4d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Reb3c8cccbabb43d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R43b31f1411f446c8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>