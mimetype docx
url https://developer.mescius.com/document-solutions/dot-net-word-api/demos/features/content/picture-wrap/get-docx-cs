--- v4 (2025-12-15)
+++ v5 (2025-12-17)
@@ -1,450 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re16566e16000460b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5637aebb504b4270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd94994f2973f4af2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra2ed6fb977f74255" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1815492264e148ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6c989f06a0b94363" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Different picture wrapping styles and alignments.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In line with text':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod laoreet, ut lobortis dolore lobortis erat dolor amet elit, tellus. Non, massa dolore pharetra at elit aliquam pulvinar mauris tellus tincidunt. Ac, turpis, felis diam lobortis tempus nonummy volutpat proin dolore sed. Adipiscing id tellus laoreet magna sit molestie nonummy volutpat mi magna. Pharetra mauris mi, congue ac, turpis id et nisi pulvinar elit. Non laoreet magna pharetra mauris praesent, magn</w:t>
+        <w:t xml:space="preserve">Ut tempus congue mi et euismod adipiscing id consectetur ac laoreet. Sem at pulvinar donec ante eget eget ipsum massa tellus sit. Congue et, felis tempus massa, molestie amet congue, ullamcorper turpis, aliquam. Nibh volutpat amet nisi proin eget dolor dolore mauris sed tincidunt. Ullamcorper adipiscing lorem et, id, pulvinar dolore, aliquet consectetur erat mi. Id tempus lobortis sem consectetur done</w:t>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="990600" cy="742950"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Reb3c8cccbabb43d1"/>
+                    <a:blip r:embed="R494973d3d9b547e8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">a feugiat adipiscing euismod nibh. Nisi dolore dolor at ullamcorper nibh aliquam turpis euismod et nisi. Ipsum elit sem nunc erat pharetra molestie, ante magna, dolor molestie. Praesent congue sed, at aliquet laoreet ac sit adipiscing ullamcorper lobortis. Tempus amet non nibh aliquam pulvinar eget, proin tincidunt sed consectetur. Tellus laoreet erat consectetur tellus laoreet magna dolore ipsum eget, proin. </w:t>
+        <w:t xml:space="preserve">c ante, molestie lorem nibh, eget. Dolor aliquet adipiscing ac nibh, euismod pulvinar nunc tellus turpis magna. Et id feugiat, ut diam, nonummy magna praesent felis lorem lobortis. Volutpat pulvinar aliquet adipiscing ac nibh, eget sed, massa tellus sit. Congue diam amet, donec mi molestie lorem nibh volutpat pulvinar nunc. Aliquet turpis, nunc non pharetra congue praesent aliquam ante adipiscing ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Square', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod laoreet, ut lobortis dolore lobortis erat dolor amet elit, tellus. Non, massa dolore pharetra at elit aliquam pulvinar mauris tellus tincidunt. Ac, turpis, felis diam lobortis tempus nonummy volutpat proin dolore sed. Adipiscing id tellus laoreet magna sit molestie nonummy volutpat mi magna. Pharetra mauris mi, congue ac, turpis id et nisi pulvinar elit. Non laoreet magna pharetra mauris praesent, magn</w:t>
+        <w:t xml:space="preserve">Ut tempus congue mi et euismod adipiscing id consectetur ac laoreet. Sem at pulvinar donec ante eget eget ipsum massa tellus sit. Congue et, felis tempus massa, molestie amet congue, ullamcorper turpis, aliquam. Nibh volutpat amet nisi proin eget dolor dolore mauris sed tincidunt. Ullamcorper adipiscing lorem et, id, pulvinar dolore, aliquet consectetur erat mi. Id tempus lobortis sem consectetur done</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Reb3c8cccbabb43d1"/>
+                    <a:blip r:embed="R494973d3d9b547e8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">a feugiat adipiscing euismod nibh. Nisi dolore dolor at ullamcorper nibh aliquam turpis euismod et nisi. Ipsum elit sem nunc erat pharetra molestie, ante magna, dolor molestie. Praesent congue sed, at aliquet laoreet ac sit adipiscing ullamcorper lobortis. Tempus amet non nibh aliquam pulvinar eget, proin tincidunt sed consectetur. Tellus laoreet erat consectetur tellus laoreet magna dolore ipsum eget, proin. </w:t>
+        <w:t xml:space="preserve">c ante, molestie lorem nibh, eget. Dolor aliquet adipiscing ac nibh, euismod pulvinar nunc tellus turpis magna. Et id feugiat, ut diam, nonummy magna praesent felis lorem lobortis. Volutpat pulvinar aliquet adipiscing ac nibh, eget sed, massa tellus sit. Congue diam amet, donec mi molestie lorem nibh volutpat pulvinar nunc. Aliquet turpis, nunc non pharetra congue praesent aliquam ante adipiscing ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Tight', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod laoreet, ut lobortis dolore lobortis erat dolor amet elit, tellus. Non, massa dolore pharetra at elit aliquam pulvinar mauris tellus tincidunt. Ac, turpis, felis diam lobortis tempus nonummy volutpat proin dolore sed. Adipiscing id tellus laoreet magna sit molestie nonummy volutpat mi magna. Pharetra mauris mi, congue ac, turpis id et nisi pulvinar elit. Non laoreet magna pharetra mauris praesent, magn</w:t>
+        <w:t xml:space="preserve">Ut tempus congue mi et euismod adipiscing id consectetur ac laoreet. Sem at pulvinar donec ante eget eget ipsum massa tellus sit. Congue et, felis tempus massa, molestie amet congue, ullamcorper turpis, aliquam. Nibh volutpat amet nisi proin eget dolor dolore mauris sed tincidunt. Ullamcorper adipiscing lorem et, id, pulvinar dolore, aliquet consectetur erat mi. Id tempus lobortis sem consectetur done</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Reb3c8cccbabb43d1"/>
+                    <a:blip r:embed="R494973d3d9b547e8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">a feugiat adipiscing euismod nibh. Nisi dolore dolor at ullamcorper nibh aliquam turpis euismod et nisi. Ipsum elit sem nunc erat pharetra molestie, ante magna, dolor molestie. Praesent congue sed, at aliquet laoreet ac sit adipiscing ullamcorper lobortis. Tempus amet non nibh aliquam pulvinar eget, proin tincidunt sed consectetur. Tellus laoreet erat consectetur tellus laoreet magna dolore ipsum eget, proin. </w:t>
+        <w:t xml:space="preserve">c ante, molestie lorem nibh, eget. Dolor aliquet adipiscing ac nibh, euismod pulvinar nunc tellus turpis magna. Et id feugiat, ut diam, nonummy magna praesent felis lorem lobortis. Volutpat pulvinar aliquet adipiscing ac nibh, eget sed, massa tellus sit. Congue diam amet, donec mi molestie lorem nibh volutpat pulvinar nunc. Aliquet turpis, nunc non pharetra congue praesent aliquam ante adipiscing ac. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Through', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod laoreet, ut lobortis dolore lobortis erat dolor amet elit, tellus. Non, massa dolore pharetra at elit aliquam pulvinar mauris tellus tincidunt. Ac, turpis, felis diam lobortis tempus nonummy volutpat proin dolore sed. Adipiscing id tellus laoreet magna sit molestie nonummy volutpat mi magna. Pharetra mauris mi, congue ac, turpis id et nisi pulvinar elit. Non laoreet magna pharetra mauris praesent, magn</w:t>
+        <w:t xml:space="preserve">Ut tempus congue mi et euismod adipiscing id consectetur ac laoreet. Sem at pulvinar donec ante eget eget ipsum massa tellus sit. Congue et, felis tempus massa, molestie amet congue, ullamcorper turpis, aliquam. Nibh volutpat amet nisi proin eget dolor dolore mauris sed tincidunt. Ullamcorper adipiscing lorem et, id, pulvinar dolore, aliquet consectetur erat mi. Id tempus lobortis sem consectetur done</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="4" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Reb3c8cccbabb43d1"/>
+                    <a:blip r:embed="R494973d3d9b547e8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">a feugiat adipiscing euismod nibh. Nisi dolore dolor at ullamcorper nibh aliquam turpis euismod et nisi. Ipsum elit sem nunc erat pharetra molestie, ante magna, dolor molestie. Praesent congue sed, at aliquet laoreet ac sit adipiscing ullamcorper lobortis. Tempus amet non nibh aliquam pulvinar eget, proin tincidunt sed consectetur. Tellus laoreet erat consectetur tellus laoreet magna dolore ipsum eget, proin. </w:t>
+        <w:t xml:space="preserve">c ante, molestie lorem nibh, eget. Dolor aliquet adipiscing ac nibh, euismod pulvinar nunc tellus turpis magna. Et id feugiat, ut diam, nonummy magna praesent felis lorem lobortis. Volutpat pulvinar aliquet adipiscing ac nibh, eget sed, massa tellus sit. Congue diam amet, donec mi molestie lorem nibh volutpat pulvinar nunc. Aliquet turpis, nunc non pharetra congue praesent aliquam ante adipiscing ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Top and Bottom', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod laoreet, ut lobortis dolore lobortis erat dolor amet elit, tellus. Non, massa dolore pharetra at elit aliquam pulvinar mauris tellus tincidunt. Ac, turpis, felis diam lobortis tempus nonummy volutpat proin dolore sed. Adipiscing id tellus laoreet magna sit molestie nonummy volutpat mi magna. Pharetra mauris mi, congue ac, turpis id et nisi pulvinar elit. Non laoreet magna pharetra mauris praesent, magn</w:t>
+        <w:t xml:space="preserve">Ut tempus congue mi et euismod adipiscing id consectetur ac laoreet. Sem at pulvinar donec ante eget eget ipsum massa tellus sit. Congue et, felis tempus massa, molestie amet congue, ullamcorper turpis, aliquam. Nibh volutpat amet nisi proin eget dolor dolore mauris sed tincidunt. Ullamcorper adipiscing lorem et, id, pulvinar dolore, aliquet consectetur erat mi. Id tempus lobortis sem consectetur done</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="5" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Reb3c8cccbabb43d1"/>
+                    <a:blip r:embed="R494973d3d9b547e8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">a feugiat adipiscing euismod nibh. Nisi dolore dolor at ullamcorper nibh aliquam turpis euismod et nisi. Ipsum elit sem nunc erat pharetra molestie, ante magna, dolor molestie. Praesent congue sed, at aliquet laoreet ac sit adipiscing ullamcorper lobortis. Tempus amet non nibh aliquam pulvinar eget, proin tincidunt sed consectetur. Tellus laoreet erat consectetur tellus laoreet magna dolore ipsum eget, proin. </w:t>
+        <w:t xml:space="preserve">c ante, molestie lorem nibh, eget. Dolor aliquet adipiscing ac nibh, euismod pulvinar nunc tellus turpis magna. Et id feugiat, ut diam, nonummy magna praesent felis lorem lobortis. Volutpat pulvinar aliquet adipiscing ac nibh, eget sed, massa tellus sit. Congue diam amet, donec mi molestie lorem nibh volutpat pulvinar nunc. Aliquet turpis, nunc non pharetra congue praesent aliquam ante adipiscing ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Behind text', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod laoreet, ut lobortis dolore lobortis erat dolor amet elit, tellus. Non, massa dolore pharetra at elit aliquam pulvinar mauris tellus tincidunt. Ac, turpis, felis diam lobortis tempus nonummy volutpat proin dolore sed. Adipiscing id tellus laoreet magna sit molestie nonummy volutpat mi magna. Pharetra mauris mi, congue ac, turpis id et nisi pulvinar elit. Non laoreet magna pharetra mauris praesent, magn</w:t>
+        <w:t xml:space="preserve">Ut tempus congue mi et euismod adipiscing id consectetur ac laoreet. Sem at pulvinar donec ante eget eget ipsum massa tellus sit. Congue et, felis tempus massa, molestie amet congue, ullamcorper turpis, aliquam. Nibh volutpat amet nisi proin eget dolor dolore mauris sed tincidunt. Ullamcorper adipiscing lorem et, id, pulvinar dolore, aliquet consectetur erat mi. Id tempus lobortis sem consectetur done</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Reb3c8cccbabb43d1"/>
+                    <a:blip r:embed="R494973d3d9b547e8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">a feugiat adipiscing euismod nibh. Nisi dolore dolor at ullamcorper nibh aliquam turpis euismod et nisi. Ipsum elit sem nunc erat pharetra molestie, ante magna, dolor molestie. Praesent congue sed, at aliquet laoreet ac sit adipiscing ullamcorper lobortis. Tempus amet non nibh aliquam pulvinar eget, proin tincidunt sed consectetur. Tellus laoreet erat consectetur tellus laoreet magna dolore ipsum eget, proin. </w:t>
+        <w:t xml:space="preserve">c ante, molestie lorem nibh, eget. Dolor aliquet adipiscing ac nibh, euismod pulvinar nunc tellus turpis magna. Et id feugiat, ut diam, nonummy magna praesent felis lorem lobortis. Volutpat pulvinar aliquet adipiscing ac nibh, eget sed, massa tellus sit. Congue diam amet, donec mi molestie lorem nibh volutpat pulvinar nunc. Aliquet turpis, nunc non pharetra congue praesent aliquam ante adipiscing ac. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In front of text', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Euismod laoreet, ut lobortis dolore lobortis erat dolor amet elit, tellus. Non, massa dolore pharetra at elit aliquam pulvinar mauris tellus tincidunt. Ac, turpis, felis diam lobortis tempus nonummy volutpat proin dolore sed. Adipiscing id tellus laoreet magna sit molestie nonummy volutpat mi magna. Pharetra mauris mi, congue ac, turpis id et nisi pulvinar elit. Non laoreet magna pharetra mauris praesent, magn</w:t>
+        <w:t xml:space="preserve">Ut tempus congue mi et euismod adipiscing id consectetur ac laoreet. Sem at pulvinar donec ante eget eget ipsum massa tellus sit. Congue et, felis tempus massa, molestie amet congue, ullamcorper turpis, aliquam. Nibh volutpat amet nisi proin eget dolor dolore mauris sed tincidunt. Ullamcorper adipiscing lorem et, id, pulvinar dolore, aliquet consectetur erat mi. Id tempus lobortis sem consectetur done</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Reb3c8cccbabb43d1"/>
+                    <a:blip r:embed="R494973d3d9b547e8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">a feugiat adipiscing euismod nibh. Nisi dolore dolor at ullamcorper nibh aliquam turpis euismod et nisi. Ipsum elit sem nunc erat pharetra molestie, ante magna, dolor molestie. Praesent congue sed, at aliquet laoreet ac sit adipiscing ullamcorper lobortis. Tempus amet non nibh aliquam pulvinar eget, proin tincidunt sed consectetur. Tellus laoreet erat consectetur tellus laoreet magna dolore ipsum eget, proin. </w:t>
+        <w:t xml:space="preserve">c ante, molestie lorem nibh, eget. Dolor aliquet adipiscing ac nibh, euismod pulvinar nunc tellus turpis magna. Et id feugiat, ut diam, nonummy magna praesent felis lorem lobortis. Volutpat pulvinar aliquet adipiscing ac nibh, eget sed, massa tellus sit. Congue diam amet, donec mi molestie lorem nibh volutpat pulvinar nunc. Aliquet turpis, nunc non pharetra congue praesent aliquam ante adipiscing ac. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -1020,51 +1020,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R50a80dfdc8764d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R14a7b7b2ec064e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5b587fc896af4d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Reb3c8cccbabb43d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R43b31f1411f446c8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb7560a46bc8b4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re5e39914d9754cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2cd3777972e7473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R494973d3d9b547e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc1ac543719f54d6c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>