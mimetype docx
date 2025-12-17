--- v5 (2025-12-17)
+++ v6 (2025-12-17)
@@ -1,450 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra2ed6fb977f74255" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1815492264e148ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6c989f06a0b94363" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6d5bccb014284815" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re7f71a49244e4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R25eb443dcd144ef5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Different picture wrapping styles and alignments.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In line with text':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut tempus congue mi et euismod adipiscing id consectetur ac laoreet. Sem at pulvinar donec ante eget eget ipsum massa tellus sit. Congue et, felis tempus massa, molestie amet congue, ullamcorper turpis, aliquam. Nibh volutpat amet nisi proin eget dolor dolore mauris sed tincidunt. Ullamcorper adipiscing lorem et, id, pulvinar dolore, aliquet consectetur erat mi. Id tempus lobortis sem consectetur done</w:t>
+        <w:t xml:space="preserve">Donec lorem donec ut nibh id, adipiscing dolor tincidunt aliquet at. Felis consectetur, ac et id feugiat, tempus, ante eget dolor nunc. Sem mauris sed tincidunt euismod sit nisi non consectetur, magna praesent. Adipiscing tempus ante molestie feugiat lobortis euismod, nisi proin consectetur, ac. Mi id pulvinar ut non pharetra magna diam nonummy donec proin. At aliquam nibh eget ipsum massa te</w:t>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="990600" cy="742950"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R494973d3d9b547e8"/>
+                    <a:blip r:embed="Ra13b025dc60d44e8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">c ante, molestie lorem nibh, eget. Dolor aliquet adipiscing ac nibh, euismod pulvinar nunc tellus turpis magna. Et id feugiat, ut diam, nonummy magna praesent felis lorem lobortis. Volutpat pulvinar aliquet adipiscing ac nibh, eget sed, massa tellus sit. Congue diam amet, donec mi molestie lorem nibh volutpat pulvinar nunc. Aliquet turpis, nunc non pharetra congue praesent aliquam ante adipiscing ac. </w:t>
+        <w:t xml:space="preserve">llus turpis congue ullamcorper nonummy. Erat, felis lorem nibh volutpat, sed nunc tellus turpis nisi non. Pharetra, congue, ullamcorper nonummy, donec, proin adipiscing aliquam sem consectetur magna. Diam elit ante mauris tempus nibh eget dolor tincidunt euismod sit. Ut sem et id sit, nisi et elit erat lorem nibh. Eget dolor tincidunt euismod, ipsum massa id lobortis volutpat dolor tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Square', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut tempus congue mi et euismod adipiscing id consectetur ac laoreet. Sem at pulvinar donec ante eget eget ipsum massa tellus sit. Congue et, felis tempus massa, molestie amet congue, ullamcorper turpis, aliquam. Nibh volutpat amet nisi proin eget dolor dolore mauris sed tincidunt. Ullamcorper adipiscing lorem et, id, pulvinar dolore, aliquet consectetur erat mi. Id tempus lobortis sem consectetur done</w:t>
+        <w:t xml:space="preserve">Donec lorem donec ut nibh id, adipiscing dolor tincidunt aliquet at. Felis consectetur, ac et id feugiat, tempus, ante eget dolor nunc. Sem mauris sed tincidunt euismod sit nisi non consectetur, magna praesent. Adipiscing tempus ante molestie feugiat lobortis euismod, nisi proin consectetur, ac. Mi id pulvinar ut non pharetra magna diam nonummy donec proin. At aliquam nibh eget ipsum massa te</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R494973d3d9b547e8"/>
+                    <a:blip r:embed="Ra13b025dc60d44e8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">c ante, molestie lorem nibh, eget. Dolor aliquet adipiscing ac nibh, euismod pulvinar nunc tellus turpis magna. Et id feugiat, ut diam, nonummy magna praesent felis lorem lobortis. Volutpat pulvinar aliquet adipiscing ac nibh, eget sed, massa tellus sit. Congue diam amet, donec mi molestie lorem nibh volutpat pulvinar nunc. Aliquet turpis, nunc non pharetra congue praesent aliquam ante adipiscing ac. </w:t>
+        <w:t xml:space="preserve">llus turpis congue ullamcorper nonummy. Erat, felis lorem nibh volutpat, sed nunc tellus turpis nisi non. Pharetra, congue, ullamcorper nonummy, donec, proin adipiscing aliquam sem consectetur magna. Diam elit ante mauris tempus nibh eget dolor tincidunt euismod sit. Ut sem et id sit, nisi et elit erat lorem nibh. Eget dolor tincidunt euismod, ipsum massa id lobortis volutpat dolor tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Tight', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut tempus congue mi et euismod adipiscing id consectetur ac laoreet. Sem at pulvinar donec ante eget eget ipsum massa tellus sit. Congue et, felis tempus massa, molestie amet congue, ullamcorper turpis, aliquam. Nibh volutpat amet nisi proin eget dolor dolore mauris sed tincidunt. Ullamcorper adipiscing lorem et, id, pulvinar dolore, aliquet consectetur erat mi. Id tempus lobortis sem consectetur done</w:t>
+        <w:t xml:space="preserve">Donec lorem donec ut nibh id, adipiscing dolor tincidunt aliquet at. Felis consectetur, ac et id feugiat, tempus, ante eget dolor nunc. Sem mauris sed tincidunt euismod sit nisi non consectetur, magna praesent. Adipiscing tempus ante molestie feugiat lobortis euismod, nisi proin consectetur, ac. Mi id pulvinar ut non pharetra magna diam nonummy donec proin. At aliquam nibh eget ipsum massa te</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R494973d3d9b547e8"/>
+                    <a:blip r:embed="Ra13b025dc60d44e8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">c ante, molestie lorem nibh, eget. Dolor aliquet adipiscing ac nibh, euismod pulvinar nunc tellus turpis magna. Et id feugiat, ut diam, nonummy magna praesent felis lorem lobortis. Volutpat pulvinar aliquet adipiscing ac nibh, eget sed, massa tellus sit. Congue diam amet, donec mi molestie lorem nibh volutpat pulvinar nunc. Aliquet turpis, nunc non pharetra congue praesent aliquam ante adipiscing ac. </w:t>
+        <w:t xml:space="preserve">llus turpis congue ullamcorper nonummy. Erat, felis lorem nibh volutpat, sed nunc tellus turpis nisi non. Pharetra, congue, ullamcorper nonummy, donec, proin adipiscing aliquam sem consectetur magna. Diam elit ante mauris tempus nibh eget dolor tincidunt euismod sit. Ut sem et id sit, nisi et elit erat lorem nibh. Eget dolor tincidunt euismod, ipsum massa id lobortis volutpat dolor tincidunt. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Through', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut tempus congue mi et euismod adipiscing id consectetur ac laoreet. Sem at pulvinar donec ante eget eget ipsum massa tellus sit. Congue et, felis tempus massa, molestie amet congue, ullamcorper turpis, aliquam. Nibh volutpat amet nisi proin eget dolor dolore mauris sed tincidunt. Ullamcorper adipiscing lorem et, id, pulvinar dolore, aliquet consectetur erat mi. Id tempus lobortis sem consectetur done</w:t>
+        <w:t xml:space="preserve">Donec lorem donec ut nibh id, adipiscing dolor tincidunt aliquet at. Felis consectetur, ac et id feugiat, tempus, ante eget dolor nunc. Sem mauris sed tincidunt euismod sit nisi non consectetur, magna praesent. Adipiscing tempus ante molestie feugiat lobortis euismod, nisi proin consectetur, ac. Mi id pulvinar ut non pharetra magna diam nonummy donec proin. At aliquam nibh eget ipsum massa te</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="4" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R494973d3d9b547e8"/>
+                    <a:blip r:embed="Ra13b025dc60d44e8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">c ante, molestie lorem nibh, eget. Dolor aliquet adipiscing ac nibh, euismod pulvinar nunc tellus turpis magna. Et id feugiat, ut diam, nonummy magna praesent felis lorem lobortis. Volutpat pulvinar aliquet adipiscing ac nibh, eget sed, massa tellus sit. Congue diam amet, donec mi molestie lorem nibh volutpat pulvinar nunc. Aliquet turpis, nunc non pharetra congue praesent aliquam ante adipiscing ac. </w:t>
+        <w:t xml:space="preserve">llus turpis congue ullamcorper nonummy. Erat, felis lorem nibh volutpat, sed nunc tellus turpis nisi non. Pharetra, congue, ullamcorper nonummy, donec, proin adipiscing aliquam sem consectetur magna. Diam elit ante mauris tempus nibh eget dolor tincidunt euismod sit. Ut sem et id sit, nisi et elit erat lorem nibh. Eget dolor tincidunt euismod, ipsum massa id lobortis volutpat dolor tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Top and Bottom', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut tempus congue mi et euismod adipiscing id consectetur ac laoreet. Sem at pulvinar donec ante eget eget ipsum massa tellus sit. Congue et, felis tempus massa, molestie amet congue, ullamcorper turpis, aliquam. Nibh volutpat amet nisi proin eget dolor dolore mauris sed tincidunt. Ullamcorper adipiscing lorem et, id, pulvinar dolore, aliquet consectetur erat mi. Id tempus lobortis sem consectetur done</w:t>
+        <w:t xml:space="preserve">Donec lorem donec ut nibh id, adipiscing dolor tincidunt aliquet at. Felis consectetur, ac et id feugiat, tempus, ante eget dolor nunc. Sem mauris sed tincidunt euismod sit nisi non consectetur, magna praesent. Adipiscing tempus ante molestie feugiat lobortis euismod, nisi proin consectetur, ac. Mi id pulvinar ut non pharetra magna diam nonummy donec proin. At aliquam nibh eget ipsum massa te</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="5" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R494973d3d9b547e8"/>
+                    <a:blip r:embed="Ra13b025dc60d44e8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">c ante, molestie lorem nibh, eget. Dolor aliquet adipiscing ac nibh, euismod pulvinar nunc tellus turpis magna. Et id feugiat, ut diam, nonummy magna praesent felis lorem lobortis. Volutpat pulvinar aliquet adipiscing ac nibh, eget sed, massa tellus sit. Congue diam amet, donec mi molestie lorem nibh volutpat pulvinar nunc. Aliquet turpis, nunc non pharetra congue praesent aliquam ante adipiscing ac. </w:t>
+        <w:t xml:space="preserve">llus turpis congue ullamcorper nonummy. Erat, felis lorem nibh volutpat, sed nunc tellus turpis nisi non. Pharetra, congue, ullamcorper nonummy, donec, proin adipiscing aliquam sem consectetur magna. Diam elit ante mauris tempus nibh eget dolor tincidunt euismod sit. Ut sem et id sit, nisi et elit erat lorem nibh. Eget dolor tincidunt euismod, ipsum massa id lobortis volutpat dolor tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Behind text', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut tempus congue mi et euismod adipiscing id consectetur ac laoreet. Sem at pulvinar donec ante eget eget ipsum massa tellus sit. Congue et, felis tempus massa, molestie amet congue, ullamcorper turpis, aliquam. Nibh volutpat amet nisi proin eget dolor dolore mauris sed tincidunt. Ullamcorper adipiscing lorem et, id, pulvinar dolore, aliquet consectetur erat mi. Id tempus lobortis sem consectetur done</w:t>
+        <w:t xml:space="preserve">Donec lorem donec ut nibh id, adipiscing dolor tincidunt aliquet at. Felis consectetur, ac et id feugiat, tempus, ante eget dolor nunc. Sem mauris sed tincidunt euismod sit nisi non consectetur, magna praesent. Adipiscing tempus ante molestie feugiat lobortis euismod, nisi proin consectetur, ac. Mi id pulvinar ut non pharetra magna diam nonummy donec proin. At aliquam nibh eget ipsum massa te</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R494973d3d9b547e8"/>
+                    <a:blip r:embed="Ra13b025dc60d44e8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">c ante, molestie lorem nibh, eget. Dolor aliquet adipiscing ac nibh, euismod pulvinar nunc tellus turpis magna. Et id feugiat, ut diam, nonummy magna praesent felis lorem lobortis. Volutpat pulvinar aliquet adipiscing ac nibh, eget sed, massa tellus sit. Congue diam amet, donec mi molestie lorem nibh volutpat pulvinar nunc. Aliquet turpis, nunc non pharetra congue praesent aliquam ante adipiscing ac. </w:t>
+        <w:t xml:space="preserve">llus turpis congue ullamcorper nonummy. Erat, felis lorem nibh volutpat, sed nunc tellus turpis nisi non. Pharetra, congue, ullamcorper nonummy, donec, proin adipiscing aliquam sem consectetur magna. Diam elit ante mauris tempus nibh eget dolor tincidunt euismod sit. Ut sem et id sit, nisi et elit erat lorem nibh. Eget dolor tincidunt euismod, ipsum massa id lobortis volutpat dolor tincidunt. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In front of text', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ut tempus congue mi et euismod adipiscing id consectetur ac laoreet. Sem at pulvinar donec ante eget eget ipsum massa tellus sit. Congue et, felis tempus massa, molestie amet congue, ullamcorper turpis, aliquam. Nibh volutpat amet nisi proin eget dolor dolore mauris sed tincidunt. Ullamcorper adipiscing lorem et, id, pulvinar dolore, aliquet consectetur erat mi. Id tempus lobortis sem consectetur done</w:t>
+        <w:t xml:space="preserve">Donec lorem donec ut nibh id, adipiscing dolor tincidunt aliquet at. Felis consectetur, ac et id feugiat, tempus, ante eget dolor nunc. Sem mauris sed tincidunt euismod sit nisi non consectetur, magna praesent. Adipiscing tempus ante molestie feugiat lobortis euismod, nisi proin consectetur, ac. Mi id pulvinar ut non pharetra magna diam nonummy donec proin. At aliquam nibh eget ipsum massa te</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R494973d3d9b547e8"/>
+                    <a:blip r:embed="Ra13b025dc60d44e8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">c ante, molestie lorem nibh, eget. Dolor aliquet adipiscing ac nibh, euismod pulvinar nunc tellus turpis magna. Et id feugiat, ut diam, nonummy magna praesent felis lorem lobortis. Volutpat pulvinar aliquet adipiscing ac nibh, eget sed, massa tellus sit. Congue diam amet, donec mi molestie lorem nibh volutpat pulvinar nunc. Aliquet turpis, nunc non pharetra congue praesent aliquam ante adipiscing ac. </w:t>
+        <w:t xml:space="preserve">llus turpis congue ullamcorper nonummy. Erat, felis lorem nibh volutpat, sed nunc tellus turpis nisi non. Pharetra, congue, ullamcorper nonummy, donec, proin adipiscing aliquam sem consectetur magna. Diam elit ante mauris tempus nibh eget dolor tincidunt euismod sit. Ut sem et id sit, nisi et elit erat lorem nibh. Eget dolor tincidunt euismod, ipsum massa id lobortis volutpat dolor tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -1020,51 +1020,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb7560a46bc8b4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re5e39914d9754cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2cd3777972e7473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R494973d3d9b547e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc1ac543719f54d6c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raa3bdded53444c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R88c88fa21ada47a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R51b4cc6beda44814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Ra13b025dc60d44e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re9902a0592e54ef9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>