--- v6 (2025-12-17)
+++ v7 (2025-12-19)
@@ -1,450 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6d5bccb014284815" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re7f71a49244e4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R25eb443dcd144ef5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R20f8695cc6c34848" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R44443876bb4e4845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra42e8d929ee04116" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Different picture wrapping styles and alignments.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In line with text':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec lorem donec ut nibh id, adipiscing dolor tincidunt aliquet at. Felis consectetur, ac et id feugiat, tempus, ante eget dolor nunc. Sem mauris sed tincidunt euismod sit nisi non consectetur, magna praesent. Adipiscing tempus ante molestie feugiat lobortis euismod, nisi proin consectetur, ac. Mi id pulvinar ut non pharetra magna diam nonummy donec proin. At aliquam nibh eget ipsum massa te</w:t>
+        <w:t xml:space="preserve">Sem sit lorem, sed proin diam nibh sem mi lobortis tincidunt. Ante nibh nunc nisi dolore ac sem diam ante tincidunt nisi. Erat aliquam ac sed pharetra nonummy turpis felis non ullamcorper, proin. Et ante tincidunt nisi ipsum feugiat nonummy mauris eget diam proin. Tincidunt ut, erat lorem pulvinar at nonummy mauris volutpat sem et. Proin lobortis nisi erat sit, amet mauris euism</w:t>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="990600" cy="742950"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ra13b025dc60d44e8"/>
+                    <a:blip r:embed="R8f80692015754955"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">llus turpis congue ullamcorper nonummy. Erat, felis lorem nibh volutpat, sed nunc tellus turpis nisi non. Pharetra, congue, ullamcorper nonummy, donec, proin adipiscing aliquam sem consectetur magna. Diam elit ante mauris tempus nibh eget dolor tincidunt euismod sit. Ut sem et id sit, nisi et elit erat lorem nibh. Eget dolor tincidunt euismod, ipsum massa id lobortis volutpat dolor tincidunt. </w:t>
+        <w:t xml:space="preserve">od sem ante ut. Dolore turpis, consectetur adipiscing elit molestie sem mi tincidunt nisi magna. Tempus sed sit nonummy id at euismod, sem diam nibh dolore. Erat tempus, non, aliquet nibh dolore sed sit nonummy adipiscing eget. Non mi congue tempus pulvinar consectetur id non mi lobortis, aliquam. Erat sit elit volutpat, praesent nibh massa pharetra adipiscing volutpat praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Square', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec lorem donec ut nibh id, adipiscing dolor tincidunt aliquet at. Felis consectetur, ac et id feugiat, tempus, ante eget dolor nunc. Sem mauris sed tincidunt euismod sit nisi non consectetur, magna praesent. Adipiscing tempus ante molestie feugiat lobortis euismod, nisi proin consectetur, ac. Mi id pulvinar ut non pharetra magna diam nonummy donec proin. At aliquam nibh eget ipsum massa te</w:t>
+        <w:t xml:space="preserve">Sem sit lorem, sed proin diam nibh sem mi lobortis tincidunt. Ante nibh nunc nisi dolore ac sem diam ante tincidunt nisi. Erat aliquam ac sed pharetra nonummy turpis felis non ullamcorper, proin. Et ante tincidunt nisi ipsum feugiat nonummy mauris eget diam proin. Tincidunt ut, erat lorem pulvinar at nonummy mauris volutpat sem et. Proin lobortis nisi erat sit, amet mauris euism</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ra13b025dc60d44e8"/>
+                    <a:blip r:embed="R8f80692015754955"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">llus turpis congue ullamcorper nonummy. Erat, felis lorem nibh volutpat, sed nunc tellus turpis nisi non. Pharetra, congue, ullamcorper nonummy, donec, proin adipiscing aliquam sem consectetur magna. Diam elit ante mauris tempus nibh eget dolor tincidunt euismod sit. Ut sem et id sit, nisi et elit erat lorem nibh. Eget dolor tincidunt euismod, ipsum massa id lobortis volutpat dolor tincidunt. </w:t>
+        <w:t xml:space="preserve">od sem ante ut. Dolore turpis, consectetur adipiscing elit molestie sem mi tincidunt nisi magna. Tempus sed sit nonummy id at euismod, sem diam nibh dolore. Erat tempus, non, aliquet nibh dolore sed sit nonummy adipiscing eget. Non mi congue tempus pulvinar consectetur id non mi lobortis, aliquam. Erat sit elit volutpat, praesent nibh massa pharetra adipiscing volutpat praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Tight', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec lorem donec ut nibh id, adipiscing dolor tincidunt aliquet at. Felis consectetur, ac et id feugiat, tempus, ante eget dolor nunc. Sem mauris sed tincidunt euismod sit nisi non consectetur, magna praesent. Adipiscing tempus ante molestie feugiat lobortis euismod, nisi proin consectetur, ac. Mi id pulvinar ut non pharetra magna diam nonummy donec proin. At aliquam nibh eget ipsum massa te</w:t>
+        <w:t xml:space="preserve">Sem sit lorem, sed proin diam nibh sem mi lobortis tincidunt. Ante nibh nunc nisi dolore ac sem diam ante tincidunt nisi. Erat aliquam ac sed pharetra nonummy turpis felis non ullamcorper, proin. Et ante tincidunt nisi ipsum feugiat nonummy mauris eget diam proin. Tincidunt ut, erat lorem pulvinar at nonummy mauris volutpat sem et. Proin lobortis nisi erat sit, amet mauris euism</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ra13b025dc60d44e8"/>
+                    <a:blip r:embed="R8f80692015754955"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">llus turpis congue ullamcorper nonummy. Erat, felis lorem nibh volutpat, sed nunc tellus turpis nisi non. Pharetra, congue, ullamcorper nonummy, donec, proin adipiscing aliquam sem consectetur magna. Diam elit ante mauris tempus nibh eget dolor tincidunt euismod sit. Ut sem et id sit, nisi et elit erat lorem nibh. Eget dolor tincidunt euismod, ipsum massa id lobortis volutpat dolor tincidunt. </w:t>
+        <w:t xml:space="preserve">od sem ante ut. Dolore turpis, consectetur adipiscing elit molestie sem mi tincidunt nisi magna. Tempus sed sit nonummy id at euismod, sem diam nibh dolore. Erat tempus, non, aliquet nibh dolore sed sit nonummy adipiscing eget. Non mi congue tempus pulvinar consectetur id non mi lobortis, aliquam. Erat sit elit volutpat, praesent nibh massa pharetra adipiscing volutpat praesent. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Through', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec lorem donec ut nibh id, adipiscing dolor tincidunt aliquet at. Felis consectetur, ac et id feugiat, tempus, ante eget dolor nunc. Sem mauris sed tincidunt euismod sit nisi non consectetur, magna praesent. Adipiscing tempus ante molestie feugiat lobortis euismod, nisi proin consectetur, ac. Mi id pulvinar ut non pharetra magna diam nonummy donec proin. At aliquam nibh eget ipsum massa te</w:t>
+        <w:t xml:space="preserve">Sem sit lorem, sed proin diam nibh sem mi lobortis tincidunt. Ante nibh nunc nisi dolore ac sem diam ante tincidunt nisi. Erat aliquam ac sed pharetra nonummy turpis felis non ullamcorper, proin. Et ante tincidunt nisi ipsum feugiat nonummy mauris eget diam proin. Tincidunt ut, erat lorem pulvinar at nonummy mauris volutpat sem et. Proin lobortis nisi erat sit, amet mauris euism</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="4" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ra13b025dc60d44e8"/>
+                    <a:blip r:embed="R8f80692015754955"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">llus turpis congue ullamcorper nonummy. Erat, felis lorem nibh volutpat, sed nunc tellus turpis nisi non. Pharetra, congue, ullamcorper nonummy, donec, proin adipiscing aliquam sem consectetur magna. Diam elit ante mauris tempus nibh eget dolor tincidunt euismod sit. Ut sem et id sit, nisi et elit erat lorem nibh. Eget dolor tincidunt euismod, ipsum massa id lobortis volutpat dolor tincidunt. </w:t>
+        <w:t xml:space="preserve">od sem ante ut. Dolore turpis, consectetur adipiscing elit molestie sem mi tincidunt nisi magna. Tempus sed sit nonummy id at euismod, sem diam nibh dolore. Erat tempus, non, aliquet nibh dolore sed sit nonummy adipiscing eget. Non mi congue tempus pulvinar consectetur id non mi lobortis, aliquam. Erat sit elit volutpat, praesent nibh massa pharetra adipiscing volutpat praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Top and Bottom', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec lorem donec ut nibh id, adipiscing dolor tincidunt aliquet at. Felis consectetur, ac et id feugiat, tempus, ante eget dolor nunc. Sem mauris sed tincidunt euismod sit nisi non consectetur, magna praesent. Adipiscing tempus ante molestie feugiat lobortis euismod, nisi proin consectetur, ac. Mi id pulvinar ut non pharetra magna diam nonummy donec proin. At aliquam nibh eget ipsum massa te</w:t>
+        <w:t xml:space="preserve">Sem sit lorem, sed proin diam nibh sem mi lobortis tincidunt. Ante nibh nunc nisi dolore ac sem diam ante tincidunt nisi. Erat aliquam ac sed pharetra nonummy turpis felis non ullamcorper, proin. Et ante tincidunt nisi ipsum feugiat nonummy mauris eget diam proin. Tincidunt ut, erat lorem pulvinar at nonummy mauris volutpat sem et. Proin lobortis nisi erat sit, amet mauris euism</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="5" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ra13b025dc60d44e8"/>
+                    <a:blip r:embed="R8f80692015754955"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">llus turpis congue ullamcorper nonummy. Erat, felis lorem nibh volutpat, sed nunc tellus turpis nisi non. Pharetra, congue, ullamcorper nonummy, donec, proin adipiscing aliquam sem consectetur magna. Diam elit ante mauris tempus nibh eget dolor tincidunt euismod sit. Ut sem et id sit, nisi et elit erat lorem nibh. Eget dolor tincidunt euismod, ipsum massa id lobortis volutpat dolor tincidunt. </w:t>
+        <w:t xml:space="preserve">od sem ante ut. Dolore turpis, consectetur adipiscing elit molestie sem mi tincidunt nisi magna. Tempus sed sit nonummy id at euismod, sem diam nibh dolore. Erat tempus, non, aliquet nibh dolore sed sit nonummy adipiscing eget. Non mi congue tempus pulvinar consectetur id non mi lobortis, aliquam. Erat sit elit volutpat, praesent nibh massa pharetra adipiscing volutpat praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Behind text', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec lorem donec ut nibh id, adipiscing dolor tincidunt aliquet at. Felis consectetur, ac et id feugiat, tempus, ante eget dolor nunc. Sem mauris sed tincidunt euismod sit nisi non consectetur, magna praesent. Adipiscing tempus ante molestie feugiat lobortis euismod, nisi proin consectetur, ac. Mi id pulvinar ut non pharetra magna diam nonummy donec proin. At aliquam nibh eget ipsum massa te</w:t>
+        <w:t xml:space="preserve">Sem sit lorem, sed proin diam nibh sem mi lobortis tincidunt. Ante nibh nunc nisi dolore ac sem diam ante tincidunt nisi. Erat aliquam ac sed pharetra nonummy turpis felis non ullamcorper, proin. Et ante tincidunt nisi ipsum feugiat nonummy mauris eget diam proin. Tincidunt ut, erat lorem pulvinar at nonummy mauris volutpat sem et. Proin lobortis nisi erat sit, amet mauris euism</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ra13b025dc60d44e8"/>
+                    <a:blip r:embed="R8f80692015754955"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">llus turpis congue ullamcorper nonummy. Erat, felis lorem nibh volutpat, sed nunc tellus turpis nisi non. Pharetra, congue, ullamcorper nonummy, donec, proin adipiscing aliquam sem consectetur magna. Diam elit ante mauris tempus nibh eget dolor tincidunt euismod sit. Ut sem et id sit, nisi et elit erat lorem nibh. Eget dolor tincidunt euismod, ipsum massa id lobortis volutpat dolor tincidunt. </w:t>
+        <w:t xml:space="preserve">od sem ante ut. Dolore turpis, consectetur adipiscing elit molestie sem mi tincidunt nisi magna. Tempus sed sit nonummy id at euismod, sem diam nibh dolore. Erat tempus, non, aliquet nibh dolore sed sit nonummy adipiscing eget. Non mi congue tempus pulvinar consectetur id non mi lobortis, aliquam. Erat sit elit volutpat, praesent nibh massa pharetra adipiscing volutpat praesent. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In front of text', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Donec lorem donec ut nibh id, adipiscing dolor tincidunt aliquet at. Felis consectetur, ac et id feugiat, tempus, ante eget dolor nunc. Sem mauris sed tincidunt euismod sit nisi non consectetur, magna praesent. Adipiscing tempus ante molestie feugiat lobortis euismod, nisi proin consectetur, ac. Mi id pulvinar ut non pharetra magna diam nonummy donec proin. At aliquam nibh eget ipsum massa te</w:t>
+        <w:t xml:space="preserve">Sem sit lorem, sed proin diam nibh sem mi lobortis tincidunt. Ante nibh nunc nisi dolore ac sem diam ante tincidunt nisi. Erat aliquam ac sed pharetra nonummy turpis felis non ullamcorper, proin. Et ante tincidunt nisi ipsum feugiat nonummy mauris eget diam proin. Tincidunt ut, erat lorem pulvinar at nonummy mauris volutpat sem et. Proin lobortis nisi erat sit, amet mauris euism</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ra13b025dc60d44e8"/>
+                    <a:blip r:embed="R8f80692015754955"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">llus turpis congue ullamcorper nonummy. Erat, felis lorem nibh volutpat, sed nunc tellus turpis nisi non. Pharetra, congue, ullamcorper nonummy, donec, proin adipiscing aliquam sem consectetur magna. Diam elit ante mauris tempus nibh eget dolor tincidunt euismod sit. Ut sem et id sit, nisi et elit erat lorem nibh. Eget dolor tincidunt euismod, ipsum massa id lobortis volutpat dolor tincidunt. </w:t>
+        <w:t xml:space="preserve">od sem ante ut. Dolore turpis, consectetur adipiscing elit molestie sem mi tincidunt nisi magna. Tempus sed sit nonummy id at euismod, sem diam nibh dolore. Erat tempus, non, aliquet nibh dolore sed sit nonummy adipiscing eget. Non mi congue tempus pulvinar consectetur id non mi lobortis, aliquam. Erat sit elit volutpat, praesent nibh massa pharetra adipiscing volutpat praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -1020,51 +1020,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raa3bdded53444c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R88c88fa21ada47a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R51b4cc6beda44814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Ra13b025dc60d44e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re9902a0592e54ef9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R43a6687a1e5f47fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R77b788fbbccd4ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcc257cdaeed04acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R8f80692015754955" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb3778db9a3fc43b3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>