--- v7 (2025-12-19)
+++ v8 (2025-12-19)
@@ -1,450 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R20f8695cc6c34848" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R44443876bb4e4845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra42e8d929ee04116" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2938a6d04938418c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9b1acea6e93b4309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9845858dfb5a4ad8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Different picture wrapping styles and alignments.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In line with text':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem sit lorem, sed proin diam nibh sem mi lobortis tincidunt. Ante nibh nunc nisi dolore ac sem diam ante tincidunt nisi. Erat aliquam ac sed pharetra nonummy turpis felis non ullamcorper, proin. Et ante tincidunt nisi ipsum feugiat nonummy mauris eget diam proin. Tincidunt ut, erat lorem pulvinar at nonummy mauris volutpat sem et. Proin lobortis nisi erat sit, amet mauris euism</w:t>
+        <w:t xml:space="preserve">Elit elit turpis dolor sit magna nibh aliquet at nonummy aliquam. Sit nisi nibh id at lorem dolor nunc aliquet, consectetur erat. Nunc sem euismod mauris sit ut ullamcorper felis tempus nibh non. Pharetra donec praesent mauris lorem nibh id pulvinar dolore euismod turpis. Tempus lobortis euismod amet nisi proin, mauris lorem, nibh id, pulvinar. Ut sem elit erat laoreet molestie pharetra mag</w:t>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="990600" cy="742950"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R8f80692015754955"/>
+                    <a:blip r:embed="R50f88e82e4ed42a6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">od sem ante ut. Dolore turpis, consectetur adipiscing elit molestie sem mi tincidunt nisi magna. Tempus sed sit nonummy id at euismod, sem diam nibh dolore. Erat tempus, non, aliquet nibh dolore sed sit nonummy adipiscing eget. Non mi congue tempus pulvinar consectetur id non mi lobortis, aliquam. Erat sit elit volutpat, praesent nibh massa pharetra adipiscing volutpat praesent. </w:t>
+        <w:t xml:space="preserve">na diam elit ipsum. Lobortis consectetur erat massa volutpat dolor, tincidunt, diam amet, donec proin. Mauris dolor nunc praesent at, ac nibh eget ipsum dolore sem. At erat tellus sit nisi diam nonummy erat ante mauris, feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam et elit erat laoreet. Molestie feugiat ut, ullamcorper elit tempus massa, dolor magna praesent adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Square', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem sit lorem, sed proin diam nibh sem mi lobortis tincidunt. Ante nibh nunc nisi dolore ac sem diam ante tincidunt nisi. Erat aliquam ac sed pharetra nonummy turpis felis non ullamcorper, proin. Et ante tincidunt nisi ipsum feugiat nonummy mauris eget diam proin. Tincidunt ut, erat lorem pulvinar at nonummy mauris volutpat sem et. Proin lobortis nisi erat sit, amet mauris euism</w:t>
+        <w:t xml:space="preserve">Elit elit turpis dolor sit magna nibh aliquet at nonummy aliquam. Sit nisi nibh id at lorem dolor nunc aliquet, consectetur erat. Nunc sem euismod mauris sit ut ullamcorper felis tempus nibh non. Pharetra donec praesent mauris lorem nibh id pulvinar dolore euismod turpis. Tempus lobortis euismod amet nisi proin, mauris lorem, nibh id, pulvinar. Ut sem elit erat laoreet molestie pharetra mag</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R8f80692015754955"/>
+                    <a:blip r:embed="R50f88e82e4ed42a6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">od sem ante ut. Dolore turpis, consectetur adipiscing elit molestie sem mi tincidunt nisi magna. Tempus sed sit nonummy id at euismod, sem diam nibh dolore. Erat tempus, non, aliquet nibh dolore sed sit nonummy adipiscing eget. Non mi congue tempus pulvinar consectetur id non mi lobortis, aliquam. Erat sit elit volutpat, praesent nibh massa pharetra adipiscing volutpat praesent. </w:t>
+        <w:t xml:space="preserve">na diam elit ipsum. Lobortis consectetur erat massa volutpat dolor, tincidunt, diam amet, donec proin. Mauris dolor nunc praesent at, ac nibh eget ipsum dolore sem. At erat tellus sit nisi diam nonummy erat ante mauris, feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam et elit erat laoreet. Molestie feugiat ut, ullamcorper elit tempus massa, dolor magna praesent adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Tight', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem sit lorem, sed proin diam nibh sem mi lobortis tincidunt. Ante nibh nunc nisi dolore ac sem diam ante tincidunt nisi. Erat aliquam ac sed pharetra nonummy turpis felis non ullamcorper, proin. Et ante tincidunt nisi ipsum feugiat nonummy mauris eget diam proin. Tincidunt ut, erat lorem pulvinar at nonummy mauris volutpat sem et. Proin lobortis nisi erat sit, amet mauris euism</w:t>
+        <w:t xml:space="preserve">Elit elit turpis dolor sit magna nibh aliquet at nonummy aliquam. Sit nisi nibh id at lorem dolor nunc aliquet, consectetur erat. Nunc sem euismod mauris sit ut ullamcorper felis tempus nibh non. Pharetra donec praesent mauris lorem nibh id pulvinar dolore euismod turpis. Tempus lobortis euismod amet nisi proin, mauris lorem, nibh id, pulvinar. Ut sem elit erat laoreet molestie pharetra mag</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R8f80692015754955"/>
+                    <a:blip r:embed="R50f88e82e4ed42a6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">od sem ante ut. Dolore turpis, consectetur adipiscing elit molestie sem mi tincidunt nisi magna. Tempus sed sit nonummy id at euismod, sem diam nibh dolore. Erat tempus, non, aliquet nibh dolore sed sit nonummy adipiscing eget. Non mi congue tempus pulvinar consectetur id non mi lobortis, aliquam. Erat sit elit volutpat, praesent nibh massa pharetra adipiscing volutpat praesent. </w:t>
+        <w:t xml:space="preserve">na diam elit ipsum. Lobortis consectetur erat massa volutpat dolor, tincidunt, diam amet, donec proin. Mauris dolor nunc praesent at, ac nibh eget ipsum dolore sem. At erat tellus sit nisi diam nonummy erat ante mauris, feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam et elit erat laoreet. Molestie feugiat ut, ullamcorper elit tempus massa, dolor magna praesent adipiscing. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Through', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem sit lorem, sed proin diam nibh sem mi lobortis tincidunt. Ante nibh nunc nisi dolore ac sem diam ante tincidunt nisi. Erat aliquam ac sed pharetra nonummy turpis felis non ullamcorper, proin. Et ante tincidunt nisi ipsum feugiat nonummy mauris eget diam proin. Tincidunt ut, erat lorem pulvinar at nonummy mauris volutpat sem et. Proin lobortis nisi erat sit, amet mauris euism</w:t>
+        <w:t xml:space="preserve">Elit elit turpis dolor sit magna nibh aliquet at nonummy aliquam. Sit nisi nibh id at lorem dolor nunc aliquet, consectetur erat. Nunc sem euismod mauris sit ut ullamcorper felis tempus nibh non. Pharetra donec praesent mauris lorem nibh id pulvinar dolore euismod turpis. Tempus lobortis euismod amet nisi proin, mauris lorem, nibh id, pulvinar. Ut sem elit erat laoreet molestie pharetra mag</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="4" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R8f80692015754955"/>
+                    <a:blip r:embed="R50f88e82e4ed42a6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">od sem ante ut. Dolore turpis, consectetur adipiscing elit molestie sem mi tincidunt nisi magna. Tempus sed sit nonummy id at euismod, sem diam nibh dolore. Erat tempus, non, aliquet nibh dolore sed sit nonummy adipiscing eget. Non mi congue tempus pulvinar consectetur id non mi lobortis, aliquam. Erat sit elit volutpat, praesent nibh massa pharetra adipiscing volutpat praesent. </w:t>
+        <w:t xml:space="preserve">na diam elit ipsum. Lobortis consectetur erat massa volutpat dolor, tincidunt, diam amet, donec proin. Mauris dolor nunc praesent at, ac nibh eget ipsum dolore sem. At erat tellus sit nisi diam nonummy erat ante mauris, feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam et elit erat laoreet. Molestie feugiat ut, ullamcorper elit tempus massa, dolor magna praesent adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Top and Bottom', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem sit lorem, sed proin diam nibh sem mi lobortis tincidunt. Ante nibh nunc nisi dolore ac sem diam ante tincidunt nisi. Erat aliquam ac sed pharetra nonummy turpis felis non ullamcorper, proin. Et ante tincidunt nisi ipsum feugiat nonummy mauris eget diam proin. Tincidunt ut, erat lorem pulvinar at nonummy mauris volutpat sem et. Proin lobortis nisi erat sit, amet mauris euism</w:t>
+        <w:t xml:space="preserve">Elit elit turpis dolor sit magna nibh aliquet at nonummy aliquam. Sit nisi nibh id at lorem dolor nunc aliquet, consectetur erat. Nunc sem euismod mauris sit ut ullamcorper felis tempus nibh non. Pharetra donec praesent mauris lorem nibh id pulvinar dolore euismod turpis. Tempus lobortis euismod amet nisi proin, mauris lorem, nibh id, pulvinar. Ut sem elit erat laoreet molestie pharetra mag</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="5" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R8f80692015754955"/>
+                    <a:blip r:embed="R50f88e82e4ed42a6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">od sem ante ut. Dolore turpis, consectetur adipiscing elit molestie sem mi tincidunt nisi magna. Tempus sed sit nonummy id at euismod, sem diam nibh dolore. Erat tempus, non, aliquet nibh dolore sed sit nonummy adipiscing eget. Non mi congue tempus pulvinar consectetur id non mi lobortis, aliquam. Erat sit elit volutpat, praesent nibh massa pharetra adipiscing volutpat praesent. </w:t>
+        <w:t xml:space="preserve">na diam elit ipsum. Lobortis consectetur erat massa volutpat dolor, tincidunt, diam amet, donec proin. Mauris dolor nunc praesent at, ac nibh eget ipsum dolore sem. At erat tellus sit nisi diam nonummy erat ante mauris, feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam et elit erat laoreet. Molestie feugiat ut, ullamcorper elit tempus massa, dolor magna praesent adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Behind text', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem sit lorem, sed proin diam nibh sem mi lobortis tincidunt. Ante nibh nunc nisi dolore ac sem diam ante tincidunt nisi. Erat aliquam ac sed pharetra nonummy turpis felis non ullamcorper, proin. Et ante tincidunt nisi ipsum feugiat nonummy mauris eget diam proin. Tincidunt ut, erat lorem pulvinar at nonummy mauris volutpat sem et. Proin lobortis nisi erat sit, amet mauris euism</w:t>
+        <w:t xml:space="preserve">Elit elit turpis dolor sit magna nibh aliquet at nonummy aliquam. Sit nisi nibh id at lorem dolor nunc aliquet, consectetur erat. Nunc sem euismod mauris sit ut ullamcorper felis tempus nibh non. Pharetra donec praesent mauris lorem nibh id pulvinar dolore euismod turpis. Tempus lobortis euismod amet nisi proin, mauris lorem, nibh id, pulvinar. Ut sem elit erat laoreet molestie pharetra mag</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R8f80692015754955"/>
+                    <a:blip r:embed="R50f88e82e4ed42a6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">od sem ante ut. Dolore turpis, consectetur adipiscing elit molestie sem mi tincidunt nisi magna. Tempus sed sit nonummy id at euismod, sem diam nibh dolore. Erat tempus, non, aliquet nibh dolore sed sit nonummy adipiscing eget. Non mi congue tempus pulvinar consectetur id non mi lobortis, aliquam. Erat sit elit volutpat, praesent nibh massa pharetra adipiscing volutpat praesent. </w:t>
+        <w:t xml:space="preserve">na diam elit ipsum. Lobortis consectetur erat massa volutpat dolor, tincidunt, diam amet, donec proin. Mauris dolor nunc praesent at, ac nibh eget ipsum dolore sem. At erat tellus sit nisi diam nonummy erat ante mauris, feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam et elit erat laoreet. Molestie feugiat ut, ullamcorper elit tempus massa, dolor magna praesent adipiscing. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In front of text', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Sem sit lorem, sed proin diam nibh sem mi lobortis tincidunt. Ante nibh nunc nisi dolore ac sem diam ante tincidunt nisi. Erat aliquam ac sed pharetra nonummy turpis felis non ullamcorper, proin. Et ante tincidunt nisi ipsum feugiat nonummy mauris eget diam proin. Tincidunt ut, erat lorem pulvinar at nonummy mauris volutpat sem et. Proin lobortis nisi erat sit, amet mauris euism</w:t>
+        <w:t xml:space="preserve">Elit elit turpis dolor sit magna nibh aliquet at nonummy aliquam. Sit nisi nibh id at lorem dolor nunc aliquet, consectetur erat. Nunc sem euismod mauris sit ut ullamcorper felis tempus nibh non. Pharetra donec praesent mauris lorem nibh id pulvinar dolore euismod turpis. Tempus lobortis euismod amet nisi proin, mauris lorem, nibh id, pulvinar. Ut sem elit erat laoreet molestie pharetra mag</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R8f80692015754955"/>
+                    <a:blip r:embed="R50f88e82e4ed42a6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">od sem ante ut. Dolore turpis, consectetur adipiscing elit molestie sem mi tincidunt nisi magna. Tempus sed sit nonummy id at euismod, sem diam nibh dolore. Erat tempus, non, aliquet nibh dolore sed sit nonummy adipiscing eget. Non mi congue tempus pulvinar consectetur id non mi lobortis, aliquam. Erat sit elit volutpat, praesent nibh massa pharetra adipiscing volutpat praesent. </w:t>
+        <w:t xml:space="preserve">na diam elit ipsum. Lobortis consectetur erat massa volutpat dolor, tincidunt, diam amet, donec proin. Mauris dolor nunc praesent at, ac nibh eget ipsum dolore sem. At erat tellus sit nisi diam nonummy erat ante mauris, feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam et elit erat laoreet. Molestie feugiat ut, ullamcorper elit tempus massa, dolor magna praesent adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -1020,51 +1020,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R43a6687a1e5f47fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R77b788fbbccd4ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcc257cdaeed04acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R8f80692015754955" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb3778db9a3fc43b3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4440567e04574148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc0cb0fec2b83468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd28e08f4a6b54165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R50f88e82e4ed42a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb7980324577e4a76" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>