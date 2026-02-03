--- v8 (2025-12-19)
+++ v9 (2026-02-03)
@@ -1,450 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2938a6d04938418c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9b1acea6e93b4309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9845858dfb5a4ad8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R28c20e49d58f4817" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6fb5b7f3fbc4420b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rffb47d69994b4682" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Different picture wrapping styles and alignments.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In line with text':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit elit turpis dolor sit magna nibh aliquet at nonummy aliquam. Sit nisi nibh id at lorem dolor nunc aliquet, consectetur erat. Nunc sem euismod mauris sit ut ullamcorper felis tempus nibh non. Pharetra donec praesent mauris lorem nibh id pulvinar dolore euismod turpis. Tempus lobortis euismod amet nisi proin, mauris lorem, nibh id, pulvinar. Ut sem elit erat laoreet molestie pharetra mag</w:t>
+        <w:t xml:space="preserve">Ipsum donec pulvinar nibh magna, dolore erat erat tempus tempus lorem. Eget, volutpat sem proin, mi proin elit consectetur adipiscing elit at. Molestie euismod euismod tellus id, ullamcorper non tellus ullamcorper molestie eget. Mauris felis elit at felis, elit mauris consectetur amet sit tempus. Ac tempus donec aliquam congue lobortis laoreet sem euismod molestie felis. Consectetur amet pharetra turpis amet</w:t>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="990600" cy="742950"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R50f88e82e4ed42a6"/>
+                    <a:blip r:embed="R45f64c5b1f9d432d"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">na diam elit ipsum. Lobortis consectetur erat massa volutpat dolor, tincidunt, diam amet, donec proin. Mauris dolor nunc praesent at, ac nibh eget ipsum dolore sem. At erat tellus sit nisi diam nonummy erat ante mauris, feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam et elit erat laoreet. Molestie feugiat ut, ullamcorper elit tempus massa, dolor magna praesent adipiscing. </w:t>
+        <w:t xml:space="preserve"> pharetra, pulvinar amet sit amet sit. Sed, donec, nisi dolore tincidunt ut laoreet nibh, ullamcorper, tellus eget. Mauris mauris elit turpis dolor tempus ac nisi, congue lobortis laoreet. Proin mi felis turpis sed lorem donec magna nunc lobortis, praesent. Sem ullamcorper mauris adipiscing pharetra pulvinar feugiat tempus magna nunc lobortis. Mi laoreet ante diam non tellus volutpat sit ipsum dolor tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Square', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit elit turpis dolor sit magna nibh aliquet at nonummy aliquam. Sit nisi nibh id at lorem dolor nunc aliquet, consectetur erat. Nunc sem euismod mauris sit ut ullamcorper felis tempus nibh non. Pharetra donec praesent mauris lorem nibh id pulvinar dolore euismod turpis. Tempus lobortis euismod amet nisi proin, mauris lorem, nibh id, pulvinar. Ut sem elit erat laoreet molestie pharetra mag</w:t>
+        <w:t xml:space="preserve">Ipsum donec pulvinar nibh magna, dolore erat erat tempus tempus lorem. Eget, volutpat sem proin, mi proin elit consectetur adipiscing elit at. Molestie euismod euismod tellus id, ullamcorper non tellus ullamcorper molestie eget. Mauris felis elit at felis, elit mauris consectetur amet sit tempus. Ac tempus donec aliquam congue lobortis laoreet sem euismod molestie felis. Consectetur amet pharetra turpis amet</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R50f88e82e4ed42a6"/>
+                    <a:blip r:embed="R45f64c5b1f9d432d"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">na diam elit ipsum. Lobortis consectetur erat massa volutpat dolor, tincidunt, diam amet, donec proin. Mauris dolor nunc praesent at, ac nibh eget ipsum dolore sem. At erat tellus sit nisi diam nonummy erat ante mauris, feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam et elit erat laoreet. Molestie feugiat ut, ullamcorper elit tempus massa, dolor magna praesent adipiscing. </w:t>
+        <w:t xml:space="preserve"> pharetra, pulvinar amet sit amet sit. Sed, donec, nisi dolore tincidunt ut laoreet nibh, ullamcorper, tellus eget. Mauris mauris elit turpis dolor tempus ac nisi, congue lobortis laoreet. Proin mi felis turpis sed lorem donec magna nunc lobortis, praesent. Sem ullamcorper mauris adipiscing pharetra pulvinar feugiat tempus magna nunc lobortis. Mi laoreet ante diam non tellus volutpat sit ipsum dolor tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Tight', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit elit turpis dolor sit magna nibh aliquet at nonummy aliquam. Sit nisi nibh id at lorem dolor nunc aliquet, consectetur erat. Nunc sem euismod mauris sit ut ullamcorper felis tempus nibh non. Pharetra donec praesent mauris lorem nibh id pulvinar dolore euismod turpis. Tempus lobortis euismod amet nisi proin, mauris lorem, nibh id, pulvinar. Ut sem elit erat laoreet molestie pharetra mag</w:t>
+        <w:t xml:space="preserve">Ipsum donec pulvinar nibh magna, dolore erat erat tempus tempus lorem. Eget, volutpat sem proin, mi proin elit consectetur adipiscing elit at. Molestie euismod euismod tellus id, ullamcorper non tellus ullamcorper molestie eget. Mauris felis elit at felis, elit mauris consectetur amet sit tempus. Ac tempus donec aliquam congue lobortis laoreet sem euismod molestie felis. Consectetur amet pharetra turpis amet</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R50f88e82e4ed42a6"/>
+                    <a:blip r:embed="R45f64c5b1f9d432d"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">na diam elit ipsum. Lobortis consectetur erat massa volutpat dolor, tincidunt, diam amet, donec proin. Mauris dolor nunc praesent at, ac nibh eget ipsum dolore sem. At erat tellus sit nisi diam nonummy erat ante mauris, feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam et elit erat laoreet. Molestie feugiat ut, ullamcorper elit tempus massa, dolor magna praesent adipiscing. </w:t>
+        <w:t xml:space="preserve"> pharetra, pulvinar amet sit amet sit. Sed, donec, nisi dolore tincidunt ut laoreet nibh, ullamcorper, tellus eget. Mauris mauris elit turpis dolor tempus ac nisi, congue lobortis laoreet. Proin mi felis turpis sed lorem donec magna nunc lobortis, praesent. Sem ullamcorper mauris adipiscing pharetra pulvinar feugiat tempus magna nunc lobortis. Mi laoreet ante diam non tellus volutpat sit ipsum dolor tempus. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Through', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit elit turpis dolor sit magna nibh aliquet at nonummy aliquam. Sit nisi nibh id at lorem dolor nunc aliquet, consectetur erat. Nunc sem euismod mauris sit ut ullamcorper felis tempus nibh non. Pharetra donec praesent mauris lorem nibh id pulvinar dolore euismod turpis. Tempus lobortis euismod amet nisi proin, mauris lorem, nibh id, pulvinar. Ut sem elit erat laoreet molestie pharetra mag</w:t>
+        <w:t xml:space="preserve">Ipsum donec pulvinar nibh magna, dolore erat erat tempus tempus lorem. Eget, volutpat sem proin, mi proin elit consectetur adipiscing elit at. Molestie euismod euismod tellus id, ullamcorper non tellus ullamcorper molestie eget. Mauris felis elit at felis, elit mauris consectetur amet sit tempus. Ac tempus donec aliquam congue lobortis laoreet sem euismod molestie felis. Consectetur amet pharetra turpis amet</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="4" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R50f88e82e4ed42a6"/>
+                    <a:blip r:embed="R45f64c5b1f9d432d"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">na diam elit ipsum. Lobortis consectetur erat massa volutpat dolor, tincidunt, diam amet, donec proin. Mauris dolor nunc praesent at, ac nibh eget ipsum dolore sem. At erat tellus sit nisi diam nonummy erat ante mauris, feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam et elit erat laoreet. Molestie feugiat ut, ullamcorper elit tempus massa, dolor magna praesent adipiscing. </w:t>
+        <w:t xml:space="preserve"> pharetra, pulvinar amet sit amet sit. Sed, donec, nisi dolore tincidunt ut laoreet nibh, ullamcorper, tellus eget. Mauris mauris elit turpis dolor tempus ac nisi, congue lobortis laoreet. Proin mi felis turpis sed lorem donec magna nunc lobortis, praesent. Sem ullamcorper mauris adipiscing pharetra pulvinar feugiat tempus magna nunc lobortis. Mi laoreet ante diam non tellus volutpat sit ipsum dolor tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Top and Bottom', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit elit turpis dolor sit magna nibh aliquet at nonummy aliquam. Sit nisi nibh id at lorem dolor nunc aliquet, consectetur erat. Nunc sem euismod mauris sit ut ullamcorper felis tempus nibh non. Pharetra donec praesent mauris lorem nibh id pulvinar dolore euismod turpis. Tempus lobortis euismod amet nisi proin, mauris lorem, nibh id, pulvinar. Ut sem elit erat laoreet molestie pharetra mag</w:t>
+        <w:t xml:space="preserve">Ipsum donec pulvinar nibh magna, dolore erat erat tempus tempus lorem. Eget, volutpat sem proin, mi proin elit consectetur adipiscing elit at. Molestie euismod euismod tellus id, ullamcorper non tellus ullamcorper molestie eget. Mauris felis elit at felis, elit mauris consectetur amet sit tempus. Ac tempus donec aliquam congue lobortis laoreet sem euismod molestie felis. Consectetur amet pharetra turpis amet</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="5" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R50f88e82e4ed42a6"/>
+                    <a:blip r:embed="R45f64c5b1f9d432d"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">na diam elit ipsum. Lobortis consectetur erat massa volutpat dolor, tincidunt, diam amet, donec proin. Mauris dolor nunc praesent at, ac nibh eget ipsum dolore sem. At erat tellus sit nisi diam nonummy erat ante mauris, feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam et elit erat laoreet. Molestie feugiat ut, ullamcorper elit tempus massa, dolor magna praesent adipiscing. </w:t>
+        <w:t xml:space="preserve"> pharetra, pulvinar amet sit amet sit. Sed, donec, nisi dolore tincidunt ut laoreet nibh, ullamcorper, tellus eget. Mauris mauris elit turpis dolor tempus ac nisi, congue lobortis laoreet. Proin mi felis turpis sed lorem donec magna nunc lobortis, praesent. Sem ullamcorper mauris adipiscing pharetra pulvinar feugiat tempus magna nunc lobortis. Mi laoreet ante diam non tellus volutpat sit ipsum dolor tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Behind text', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit elit turpis dolor sit magna nibh aliquet at nonummy aliquam. Sit nisi nibh id at lorem dolor nunc aliquet, consectetur erat. Nunc sem euismod mauris sit ut ullamcorper felis tempus nibh non. Pharetra donec praesent mauris lorem nibh id pulvinar dolore euismod turpis. Tempus lobortis euismod amet nisi proin, mauris lorem, nibh id, pulvinar. Ut sem elit erat laoreet molestie pharetra mag</w:t>
+        <w:t xml:space="preserve">Ipsum donec pulvinar nibh magna, dolore erat erat tempus tempus lorem. Eget, volutpat sem proin, mi proin elit consectetur adipiscing elit at. Molestie euismod euismod tellus id, ullamcorper non tellus ullamcorper molestie eget. Mauris felis elit at felis, elit mauris consectetur amet sit tempus. Ac tempus donec aliquam congue lobortis laoreet sem euismod molestie felis. Consectetur amet pharetra turpis amet</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R50f88e82e4ed42a6"/>
+                    <a:blip r:embed="R45f64c5b1f9d432d"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">na diam elit ipsum. Lobortis consectetur erat massa volutpat dolor, tincidunt, diam amet, donec proin. Mauris dolor nunc praesent at, ac nibh eget ipsum dolore sem. At erat tellus sit nisi diam nonummy erat ante mauris, feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam et elit erat laoreet. Molestie feugiat ut, ullamcorper elit tempus massa, dolor magna praesent adipiscing. </w:t>
+        <w:t xml:space="preserve"> pharetra, pulvinar amet sit amet sit. Sed, donec, nisi dolore tincidunt ut laoreet nibh, ullamcorper, tellus eget. Mauris mauris elit turpis dolor tempus ac nisi, congue lobortis laoreet. Proin mi felis turpis sed lorem donec magna nunc lobortis, praesent. Sem ullamcorper mauris adipiscing pharetra pulvinar feugiat tempus magna nunc lobortis. Mi laoreet ante diam non tellus volutpat sit ipsum dolor tempus. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In front of text', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Elit elit turpis dolor sit magna nibh aliquet at nonummy aliquam. Sit nisi nibh id at lorem dolor nunc aliquet, consectetur erat. Nunc sem euismod mauris sit ut ullamcorper felis tempus nibh non. Pharetra donec praesent mauris lorem nibh id pulvinar dolore euismod turpis. Tempus lobortis euismod amet nisi proin, mauris lorem, nibh id, pulvinar. Ut sem elit erat laoreet molestie pharetra mag</w:t>
+        <w:t xml:space="preserve">Ipsum donec pulvinar nibh magna, dolore erat erat tempus tempus lorem. Eget, volutpat sem proin, mi proin elit consectetur adipiscing elit at. Molestie euismod euismod tellus id, ullamcorper non tellus ullamcorper molestie eget. Mauris felis elit at felis, elit mauris consectetur amet sit tempus. Ac tempus donec aliquam congue lobortis laoreet sem euismod molestie felis. Consectetur amet pharetra turpis amet</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R50f88e82e4ed42a6"/>
+                    <a:blip r:embed="R45f64c5b1f9d432d"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">na diam elit ipsum. Lobortis consectetur erat massa volutpat dolor, tincidunt, diam amet, donec proin. Mauris dolor nunc praesent at, ac nibh eget ipsum dolore sem. At erat tellus sit nisi diam nonummy erat ante mauris, feugiat. Lobortis euismod amet dolore praesent adipiscing aliquam et elit erat laoreet. Molestie feugiat ut, ullamcorper elit tempus massa, dolor magna praesent adipiscing. </w:t>
+        <w:t xml:space="preserve"> pharetra, pulvinar amet sit amet sit. Sed, donec, nisi dolore tincidunt ut laoreet nibh, ullamcorper, tellus eget. Mauris mauris elit turpis dolor tempus ac nisi, congue lobortis laoreet. Proin mi felis turpis sed lorem donec magna nunc lobortis, praesent. Sem ullamcorper mauris adipiscing pharetra pulvinar feugiat tempus magna nunc lobortis. Mi laoreet ante diam non tellus volutpat sit ipsum dolor tempus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -1020,51 +1020,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4440567e04574148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc0cb0fec2b83468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd28e08f4a6b54165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R50f88e82e4ed42a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb7980324577e4a76" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reea643be52ec40dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R43971bb4112e4158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1bef3d7d11d44ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R45f64c5b1f9d432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R108619ba0fce4399" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>