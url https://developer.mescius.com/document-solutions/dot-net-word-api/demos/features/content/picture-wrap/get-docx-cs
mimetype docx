--- v9 (2026-02-03)
+++ v10 (2026-03-20)
@@ -1,450 +1,450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R28c20e49d58f4817" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6fb5b7f3fbc4420b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rffb47d69994b4682" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf10f75db64b64a85" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf8761c4b7f0d4429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R037fdd8879fe42f9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Different picture wrapping styles and alignments.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In line with text':</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ipsum donec pulvinar nibh magna, dolore erat erat tempus tempus lorem. Eget, volutpat sem proin, mi proin elit consectetur adipiscing elit at. Molestie euismod euismod tellus id, ullamcorper non tellus ullamcorper molestie eget. Mauris felis elit at felis, elit mauris consectetur amet sit tempus. Ac tempus donec aliquam congue lobortis laoreet sem euismod molestie felis. Consectetur amet pharetra turpis amet</w:t>
+        <w:t xml:space="preserve">Dolor at felis consectetur volutpat id mauris amet lorem tincidunt massa. Nibh aliquet eget pharetra donec lobortis praesent tellus elit ipsum dolore. Nibh, adipiscing dolor erat massa non elit pulvinar ut diam eget. Sit magna laoreet tellus adipiscing sed, dolore massa ullamcorper felis sit. Magna laoreet tellus at id turpis ac nibh tellus consectetur ac. Nunc praesent eget dolor donec, ante volutpat amet</w:t>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="990600" cy="742950"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R45f64c5b1f9d432d"/>
+                    <a:blip r:embed="Rbd138cd408044715"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> pharetra, pulvinar amet sit amet sit. Sed, donec, nisi dolore tincidunt ut laoreet nibh, ullamcorper, tellus eget. Mauris mauris elit turpis dolor tempus ac nisi, congue lobortis laoreet. Proin mi felis turpis sed lorem donec magna nunc lobortis, praesent. Sem ullamcorper mauris adipiscing pharetra pulvinar feugiat tempus magna nunc lobortis. Mi laoreet ante diam non tellus volutpat sit ipsum dolor tempus. </w:t>
+        <w:t xml:space="preserve"> aliquam lobortis diam. Felis feugiat nisi et euismod turpis magna mi consectetur sed dolore. Ante non nonummy, ipsum ut praesent id pharetra magna, mi tellus. Consectetur ac mi tellus consectetur, erat tincidunt aliquet consectetur laoreet tellus. Adipiscing lorem tincidunt aliquet mauris pharetra, donec massa volutpat amet erat. Ante volutpat pharetra erat ante molestie dolor congue praesent mauris sit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Square', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ipsum donec pulvinar nibh magna, dolore erat erat tempus tempus lorem. Eget, volutpat sem proin, mi proin elit consectetur adipiscing elit at. Molestie euismod euismod tellus id, ullamcorper non tellus ullamcorper molestie eget. Mauris felis elit at felis, elit mauris consectetur amet sit tempus. Ac tempus donec aliquam congue lobortis laoreet sem euismod molestie felis. Consectetur amet pharetra turpis amet</w:t>
+        <w:t xml:space="preserve">Dolor at felis consectetur volutpat id mauris amet lorem tincidunt massa. Nibh aliquet eget pharetra donec lobortis praesent tellus elit ipsum dolore. Nibh, adipiscing dolor erat massa non elit pulvinar ut diam eget. Sit magna laoreet tellus adipiscing sed, dolore massa ullamcorper felis sit. Magna laoreet tellus at id turpis ac nibh tellus consectetur ac. Nunc praesent eget dolor donec, ante volutpat amet</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R45f64c5b1f9d432d"/>
+                    <a:blip r:embed="Rbd138cd408044715"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> pharetra, pulvinar amet sit amet sit. Sed, donec, nisi dolore tincidunt ut laoreet nibh, ullamcorper, tellus eget. Mauris mauris elit turpis dolor tempus ac nisi, congue lobortis laoreet. Proin mi felis turpis sed lorem donec magna nunc lobortis, praesent. Sem ullamcorper mauris adipiscing pharetra pulvinar feugiat tempus magna nunc lobortis. Mi laoreet ante diam non tellus volutpat sit ipsum dolor tempus. </w:t>
+        <w:t xml:space="preserve"> aliquam lobortis diam. Felis feugiat nisi et euismod turpis magna mi consectetur sed dolore. Ante non nonummy, ipsum ut praesent id pharetra magna, mi tellus. Consectetur ac mi tellus consectetur, erat tincidunt aliquet consectetur laoreet tellus. Adipiscing lorem tincidunt aliquet mauris pharetra, donec massa volutpat amet erat. Ante volutpat pharetra erat ante molestie dolor congue praesent mauris sit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Tight', centered:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ipsum donec pulvinar nibh magna, dolore erat erat tempus tempus lorem. Eget, volutpat sem proin, mi proin elit consectetur adipiscing elit at. Molestie euismod euismod tellus id, ullamcorper non tellus ullamcorper molestie eget. Mauris felis elit at felis, elit mauris consectetur amet sit tempus. Ac tempus donec aliquam congue lobortis laoreet sem euismod molestie felis. Consectetur amet pharetra turpis amet</w:t>
+        <w:t xml:space="preserve">Dolor at felis consectetur volutpat id mauris amet lorem tincidunt massa. Nibh aliquet eget pharetra donec lobortis praesent tellus elit ipsum dolore. Nibh, adipiscing dolor erat massa non elit pulvinar ut diam eget. Sit magna laoreet tellus adipiscing sed, dolore massa ullamcorper felis sit. Magna laoreet tellus at id turpis ac nibh tellus consectetur ac. Nunc praesent eget dolor donec, ante volutpat amet</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R45f64c5b1f9d432d"/>
+                    <a:blip r:embed="Rbd138cd408044715"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> pharetra, pulvinar amet sit amet sit. Sed, donec, nisi dolore tincidunt ut laoreet nibh, ullamcorper, tellus eget. Mauris mauris elit turpis dolor tempus ac nisi, congue lobortis laoreet. Proin mi felis turpis sed lorem donec magna nunc lobortis, praesent. Sem ullamcorper mauris adipiscing pharetra pulvinar feugiat tempus magna nunc lobortis. Mi laoreet ante diam non tellus volutpat sit ipsum dolor tempus. </w:t>
+        <w:t xml:space="preserve"> aliquam lobortis diam. Felis feugiat nisi et euismod turpis magna mi consectetur sed dolore. Ante non nonummy, ipsum ut praesent id pharetra magna, mi tellus. Consectetur ac mi tellus consectetur, erat tincidunt aliquet consectetur laoreet tellus. Adipiscing lorem tincidunt aliquet mauris pharetra, donec massa volutpat amet erat. Ante volutpat pharetra erat ante molestie dolor congue praesent mauris sit. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Through', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ipsum donec pulvinar nibh magna, dolore erat erat tempus tempus lorem. Eget, volutpat sem proin, mi proin elit consectetur adipiscing elit at. Molestie euismod euismod tellus id, ullamcorper non tellus ullamcorper molestie eget. Mauris felis elit at felis, elit mauris consectetur amet sit tempus. Ac tempus donec aliquam congue lobortis laoreet sem euismod molestie felis. Consectetur amet pharetra turpis amet</w:t>
+        <w:t xml:space="preserve">Dolor at felis consectetur volutpat id mauris amet lorem tincidunt massa. Nibh aliquet eget pharetra donec lobortis praesent tellus elit ipsum dolore. Nibh, adipiscing dolor erat massa non elit pulvinar ut diam eget. Sit magna laoreet tellus adipiscing sed, dolore massa ullamcorper felis sit. Magna laoreet tellus at id turpis ac nibh tellus consectetur ac. Nunc praesent eget dolor donec, ante volutpat amet</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon>
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="4" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R45f64c5b1f9d432d"/>
+                    <a:blip r:embed="Rbd138cd408044715"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> pharetra, pulvinar amet sit amet sit. Sed, donec, nisi dolore tincidunt ut laoreet nibh, ullamcorper, tellus eget. Mauris mauris elit turpis dolor tempus ac nisi, congue lobortis laoreet. Proin mi felis turpis sed lorem donec magna nunc lobortis, praesent. Sem ullamcorper mauris adipiscing pharetra pulvinar feugiat tempus magna nunc lobortis. Mi laoreet ante diam non tellus volutpat sit ipsum dolor tempus. </w:t>
+        <w:t xml:space="preserve"> aliquam lobortis diam. Felis feugiat nisi et euismod turpis magna mi consectetur sed dolore. Ante non nonummy, ipsum ut praesent id pharetra magna, mi tellus. Consectetur ac mi tellus consectetur, erat tincidunt aliquet consectetur laoreet tellus. Adipiscing lorem tincidunt aliquet mauris pharetra, donec massa volutpat amet erat. Ante volutpat pharetra erat ante molestie dolor congue praesent mauris sit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Top and Bottom', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ipsum donec pulvinar nibh magna, dolore erat erat tempus tempus lorem. Eget, volutpat sem proin, mi proin elit consectetur adipiscing elit at. Molestie euismod euismod tellus id, ullamcorper non tellus ullamcorper molestie eget. Mauris felis elit at felis, elit mauris consectetur amet sit tempus. Ac tempus donec aliquam congue lobortis laoreet sem euismod molestie felis. Consectetur amet pharetra turpis amet</w:t>
+        <w:t xml:space="preserve">Dolor at felis consectetur volutpat id mauris amet lorem tincidunt massa. Nibh aliquet eget pharetra donec lobortis praesent tellus elit ipsum dolore. Nibh, adipiscing dolor erat massa non elit pulvinar ut diam eget. Sit magna laoreet tellus adipiscing sed, dolore massa ullamcorper felis sit. Magna laoreet tellus at id turpis ac nibh tellus consectetur ac. Nunc praesent eget dolor donec, ante volutpat amet</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="5" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R45f64c5b1f9d432d"/>
+                    <a:blip r:embed="Rbd138cd408044715"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> pharetra, pulvinar amet sit amet sit. Sed, donec, nisi dolore tincidunt ut laoreet nibh, ullamcorper, tellus eget. Mauris mauris elit turpis dolor tempus ac nisi, congue lobortis laoreet. Proin mi felis turpis sed lorem donec magna nunc lobortis, praesent. Sem ullamcorper mauris adipiscing pharetra pulvinar feugiat tempus magna nunc lobortis. Mi laoreet ante diam non tellus volutpat sit ipsum dolor tempus. </w:t>
+        <w:t xml:space="preserve"> aliquam lobortis diam. Felis feugiat nisi et euismod turpis magna mi consectetur sed dolore. Ante non nonummy, ipsum ut praesent id pharetra magna, mi tellus. Consectetur ac mi tellus consectetur, erat tincidunt aliquet consectetur laoreet tellus. Adipiscing lorem tincidunt aliquet mauris pharetra, donec massa volutpat amet erat. Ante volutpat pharetra erat ante molestie dolor congue praesent mauris sit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'Behind text', left aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ipsum donec pulvinar nibh magna, dolore erat erat tempus tempus lorem. Eget, volutpat sem proin, mi proin elit consectetur adipiscing elit at. Molestie euismod euismod tellus id, ullamcorper non tellus ullamcorper molestie eget. Mauris felis elit at felis, elit mauris consectetur amet sit tempus. Ac tempus donec aliquam congue lobortis laoreet sem euismod molestie felis. Consectetur amet pharetra turpis amet</w:t>
+        <w:t xml:space="preserve">Dolor at felis consectetur volutpat id mauris amet lorem tincidunt massa. Nibh aliquet eget pharetra donec lobortis praesent tellus elit ipsum dolore. Nibh, adipiscing dolor erat massa non elit pulvinar ut diam eget. Sit magna laoreet tellus adipiscing sed, dolore massa ullamcorper felis sit. Magna laoreet tellus at id turpis ac nibh tellus consectetur ac. Nunc praesent eget dolor donec, ante volutpat amet</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R45f64c5b1f9d432d"/>
+                    <a:blip r:embed="Rbd138cd408044715"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> pharetra, pulvinar amet sit amet sit. Sed, donec, nisi dolore tincidunt ut laoreet nibh, ullamcorper, tellus eget. Mauris mauris elit turpis dolor tempus ac nisi, congue lobortis laoreet. Proin mi felis turpis sed lorem donec magna nunc lobortis, praesent. Sem ullamcorper mauris adipiscing pharetra pulvinar feugiat tempus magna nunc lobortis. Mi laoreet ante diam non tellus volutpat sit ipsum dolor tempus. </w:t>
+        <w:t xml:space="preserve"> aliquam lobortis diam. Felis feugiat nisi et euismod turpis magna mi consectetur sed dolore. Ante non nonummy, ipsum ut praesent id pharetra magna, mi tellus. Consectetur ac mi tellus consectetur, erat tincidunt aliquet consectetur laoreet tellus. Adipiscing lorem tincidunt aliquet mauris pharetra, donec massa volutpat amet erat. Ante volutpat pharetra erat ante molestie dolor congue praesent mauris sit. </w:t>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Wrapping style 'In front of text', right aligned:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Ipsum donec pulvinar nibh magna, dolore erat erat tempus tempus lorem. Eget, volutpat sem proin, mi proin elit consectetur adipiscing elit at. Molestie euismod euismod tellus id, ullamcorper non tellus ullamcorper molestie eget. Mauris felis elit at felis, elit mauris consectetur amet sit tempus. Ac tempus donec aliquam congue lobortis laoreet sem euismod molestie felis. Consectetur amet pharetra turpis amet</w:t>
+        <w:t xml:space="preserve">Dolor at felis consectetur volutpat id mauris amet lorem tincidunt massa. Nibh aliquet eget pharetra donec lobortis praesent tellus elit ipsum dolore. Nibh, adipiscing dolor erat massa non elit pulvinar ut diam eget. Sit magna laoreet tellus adipiscing sed, dolore massa ullamcorper felis sit. Magna laoreet tellus at id turpis ac nibh tellus consectetur ac. Nunc praesent eget dolor donec, ante volutpat amet</w:t>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="742950"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R45f64c5b1f9d432d"/>
+                    <a:blip r:embed="Rbd138cd408044715"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="742950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> pharetra, pulvinar amet sit amet sit. Sed, donec, nisi dolore tincidunt ut laoreet nibh, ullamcorper, tellus eget. Mauris mauris elit turpis dolor tempus ac nisi, congue lobortis laoreet. Proin mi felis turpis sed lorem donec magna nunc lobortis, praesent. Sem ullamcorper mauris adipiscing pharetra pulvinar feugiat tempus magna nunc lobortis. Mi laoreet ante diam non tellus volutpat sit ipsum dolor tempus. </w:t>
+        <w:t xml:space="preserve"> aliquam lobortis diam. Felis feugiat nisi et euismod turpis magna mi consectetur sed dolore. Ante non nonummy, ipsum ut praesent id pharetra magna, mi tellus. Consectetur ac mi tellus consectetur, erat tincidunt aliquet consectetur laoreet tellus. Adipiscing lorem tincidunt aliquet mauris pharetra, donec massa volutpat amet erat. Ante volutpat pharetra erat ante molestie dolor congue praesent mauris sit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -1020,51 +1020,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reea643be52ec40dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R43971bb4112e4158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1bef3d7d11d44ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R45f64c5b1f9d432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R108619ba0fce4399" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6bf269d83af04438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R20d7108a29b2445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b9c9a4025d24957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rbd138cd408044715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra7bd5216c3d84349" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>