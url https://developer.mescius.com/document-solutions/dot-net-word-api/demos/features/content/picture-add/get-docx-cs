--- v0 (2025-10-21)
+++ v1 (2025-10-22)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7ae1ddae6db04cd1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9592b61342a442c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdbf01e918b4143b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R734b816caf8f4b07" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R699bccbdcb7044d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R17d23b791ce34809" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Picture sized to fill the page:</w:t>
         <w:br/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5943600" cy="4457700"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rd50702e6fbb5411b"/>
+                    <a:blip r:embed="Rb0d289971b4945f6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4457700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
@@ -603,51 +603,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7ebe3efeb6f4416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra8cb9f3dc5614f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re40fe99c39eb4711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd50702e6fbb5411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R80d9101999594634" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1c133c05e29344f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf2f8bd9a39504fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R631e8c9846414922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rb0d289971b4945f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R239dd37415ad415f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>