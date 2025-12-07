--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R734b816caf8f4b07" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R699bccbdcb7044d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R17d23b791ce34809" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6ea19fb5f0d6434c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3289f0b216bf425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd0f6a96e837c4498" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Picture sized to fill the page:</w:t>
         <w:br/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5943600" cy="4457700"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rb0d289971b4945f6"/>
+                    <a:blip r:embed="R2cb116c11e994050"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4457700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
@@ -603,51 +603,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1c133c05e29344f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf2f8bd9a39504fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R631e8c9846414922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rb0d289971b4945f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R239dd37415ad415f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rad8e692827cc493e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1a25b160d45a4954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb3f7cc2e80ad47d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R2cb116c11e994050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0893e61f9be9449c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>