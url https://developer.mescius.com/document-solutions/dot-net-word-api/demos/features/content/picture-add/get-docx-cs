--- v2 (2025-12-07)
+++ v3 (2025-12-13)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6ea19fb5f0d6434c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3289f0b216bf425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd0f6a96e837c4498" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4a94e91c6cad4801" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R16a16439107449ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4793fd5ebee74e74" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Picture sized to fill the page:</w:t>
         <w:br/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5943600" cy="4457700"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R2cb116c11e994050"/>
+                    <a:blip r:embed="R4dac0f32442d40fe"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4457700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
@@ -603,51 +603,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rad8e692827cc493e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1a25b160d45a4954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb3f7cc2e80ad47d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R2cb116c11e994050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0893e61f9be9449c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8c3238d9d2534f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rad173005f69d4aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2abcb84526ef4c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R4dac0f32442d40fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R00d450e5ab3b4fe2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>