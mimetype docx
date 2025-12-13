--- v3 (2025-12-13)
+++ v4 (2025-12-13)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4a94e91c6cad4801" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R16a16439107449ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4793fd5ebee74e74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R201dd09e0df74658" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R611b6f92ebde4308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7d349c7e443a4173" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Picture sized to fill the page:</w:t>
         <w:br/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5943600" cy="4457700"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R4dac0f32442d40fe"/>
+                    <a:blip r:embed="R284e430eb2234cd0"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4457700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
@@ -603,51 +603,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8c3238d9d2534f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rad173005f69d4aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2abcb84526ef4c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R4dac0f32442d40fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R00d450e5ab3b4fe2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8501aca2c2194c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5bb46eec3de74e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R20c7203e0dee45e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R284e430eb2234cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra63fa41fe1b04c36" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>