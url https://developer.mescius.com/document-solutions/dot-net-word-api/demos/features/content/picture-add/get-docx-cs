--- v4 (2025-12-13)
+++ v5 (2025-12-15)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R201dd09e0df74658" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R611b6f92ebde4308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7d349c7e443a4173" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9d68d8846ade40b3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5ef7e28679ee4255" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2656f68a4d4c4c2e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Picture sized to fill the page:</w:t>
         <w:br/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5943600" cy="4457700"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R284e430eb2234cd0"/>
+                    <a:blip r:embed="R218ffb1e1233418f"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4457700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
@@ -603,51 +603,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8501aca2c2194c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5bb46eec3de74e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R20c7203e0dee45e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R284e430eb2234cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra63fa41fe1b04c36" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R359825a2418f43ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdda00b18108b4d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra00e8169599f48a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R218ffb1e1233418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rce43ed62cc9941ca" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>