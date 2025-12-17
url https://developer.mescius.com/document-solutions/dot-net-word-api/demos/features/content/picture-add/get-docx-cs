--- v5 (2025-12-15)
+++ v6 (2025-12-17)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9d68d8846ade40b3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5ef7e28679ee4255" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2656f68a4d4c4c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8ae02b256b954bfe" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R49d1afe663784929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8487d26fd6cd4525" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Picture sized to fill the page:</w:t>
         <w:br/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5943600" cy="4457700"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R218ffb1e1233418f"/>
+                    <a:blip r:embed="R907e5c16a1d14762"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4457700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
@@ -603,51 +603,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R359825a2418f43ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdda00b18108b4d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra00e8169599f48a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R218ffb1e1233418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rce43ed62cc9941ca" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R270f1bb870bd4f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8995573b59624a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5f32ce96e43d4950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R907e5c16a1d14762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2eee48a1dd204211" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>