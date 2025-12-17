--- v6 (2025-12-17)
+++ v7 (2025-12-17)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8ae02b256b954bfe" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R49d1afe663784929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8487d26fd6cd4525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R01477579ae9744c7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R88d1dc7553464891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R82bf0fbb422d4fbc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Picture sized to fill the page:</w:t>
         <w:br/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5943600" cy="4457700"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R907e5c16a1d14762"/>
+                    <a:blip r:embed="Rf6a596c59fd24668"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4457700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
@@ -603,51 +603,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R270f1bb870bd4f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8995573b59624a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5f32ce96e43d4950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R907e5c16a1d14762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2eee48a1dd204211" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3506251909bc4b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R005e7fec8c5a481b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rca19b1c8dcfd4093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rf6a596c59fd24668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8814243fa6d042e7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>