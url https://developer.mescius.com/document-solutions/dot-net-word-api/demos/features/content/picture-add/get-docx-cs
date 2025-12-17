--- v7 (2025-12-17)
+++ v8 (2025-12-17)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R01477579ae9744c7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R88d1dc7553464891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R82bf0fbb422d4fbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rde449b5152824b7f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raf058c30359d446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1894e12828f34d27" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Picture sized to fill the page:</w:t>
         <w:br/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5943600" cy="4457700"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rf6a596c59fd24668"/>
+                    <a:blip r:embed="R1732c5ea7e90476c"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4457700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
@@ -603,51 +603,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3506251909bc4b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R005e7fec8c5a481b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rca19b1c8dcfd4093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rf6a596c59fd24668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8814243fa6d042e7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R84c355de53824e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R796415ef900c420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3f928dfbd0564d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R1732c5ea7e90476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb0140cc1d5d440bd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>