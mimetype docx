--- v8 (2025-12-17)
+++ v9 (2025-12-19)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rde449b5152824b7f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raf058c30359d446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1894e12828f34d27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3fa3d597e2ec4f73" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R73359494f2e247d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf9761e5048894cfd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Picture sized to fill the page:</w:t>
         <w:br/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5943600" cy="4457700"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R1732c5ea7e90476c"/>
+                    <a:blip r:embed="R73e4950b81c54c5c"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4457700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
@@ -603,51 +603,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R84c355de53824e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R796415ef900c420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3f928dfbd0564d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R1732c5ea7e90476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb0140cc1d5d440bd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7aca2fb281a242f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbc456d7ee6b0439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd33e816a7a7e4b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R73e4950b81c54c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R459c27733d554bdf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>