--- v9 (2025-12-19)
+++ v10 (2026-02-02)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3fa3d597e2ec4f73" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R73359494f2e247d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf9761e5048894cfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R528db483ea5d4b0c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R15ddfe78e4bf408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1002f6566c754b99" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Picture sized to fill the page:</w:t>
         <w:br/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5943600" cy="4457700"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R73e4950b81c54c5c"/>
+                    <a:blip r:embed="R37e8137b41cc4df2"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4457700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
@@ -603,51 +603,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7aca2fb281a242f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbc456d7ee6b0439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd33e816a7a7e4b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R73e4950b81c54c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R459c27733d554bdf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6a1c0c1946b54d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra07c4b8e383a435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R853090ed913148ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R37e8137b41cc4df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8ae48a36fc194d30" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>