--- v10 (2026-02-02)
+++ v11 (2026-03-19)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R528db483ea5d4b0c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R15ddfe78e4bf408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1002f6566c754b99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R505dba81ab6743cf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3fc4a4dec8d3439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd7cc90858b704b59" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Picture sized to fill the page:</w:t>
         <w:br/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5943600" cy="4457700"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R37e8137b41cc4df2"/>
+                    <a:blip r:embed="Rf35af63da3534d4d"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4457700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
@@ -603,51 +603,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6a1c0c1946b54d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra07c4b8e383a435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R853090ed913148ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R37e8137b41cc4df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8ae48a36fc194d30" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd841728500074095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R10d9011a9ecf491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R707b89341abf40a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rf35af63da3534d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdee8f49970854339" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>