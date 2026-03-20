--- v11 (2026-03-19)
+++ v12 (2026-03-20)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R505dba81ab6743cf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3fc4a4dec8d3439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd7cc90858b704b59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra4d37205ffa54811" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re007209493f2451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfcf70783f0964cfd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Picture sized to fill the page:</w:t>
         <w:br/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5943600" cy="4457700"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rf35af63da3534d4d"/>
+                    <a:blip r:embed="R31f5658521c74fe5"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4457700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>The End.</w:t>
       </w:r>
@@ -603,51 +603,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd841728500074095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R10d9011a9ecf491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R707b89341abf40a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rf35af63da3534d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdee8f49970854339" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1a6b23b421084568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re7842c1a2f2140d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5c5d2fac31b64b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R31f5658521c74fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6a3250e4dc2246c3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>