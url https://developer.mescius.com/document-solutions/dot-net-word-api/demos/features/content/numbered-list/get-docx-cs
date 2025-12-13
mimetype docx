--- v0 (2025-11-01)
+++ v1 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9181bdf52ddb40b1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfe58616a46494a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R588e63a646e1447e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6de82e1bd0f445ed" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4130ef6ac36c41b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R34eff1e362514fa5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -812,51 +812,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfd1283a7a04545c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R817a5af47d6b4053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R25be5ebe83ef4131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rcb2f2a3a6c874441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdd0bdca1b5534b4f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra91f7f99b8ef4092" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R448a24f346d241e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R033728814bed47cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1e021af6cc534a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdb5ea03599894f42" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>