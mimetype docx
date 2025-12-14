--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6de82e1bd0f445ed" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4130ef6ac36c41b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R34eff1e362514fa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1988b43aad0e46f6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6b4cc7c1d3254a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R55509572710d4087" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -812,51 +812,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra91f7f99b8ef4092" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R448a24f346d241e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R033728814bed47cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1e021af6cc534a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdb5ea03599894f42" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5f56c11432fe4e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra6f173048e424ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbbefdbaec7ba44a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R648e2f41cedf4277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd01f3dadc26a49bf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>