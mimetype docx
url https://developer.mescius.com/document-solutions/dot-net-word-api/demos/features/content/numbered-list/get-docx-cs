--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1988b43aad0e46f6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6b4cc7c1d3254a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R55509572710d4087" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4616863f5ca34e38" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R40d352b9cfbb4ebb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rca79899288b74c25" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -812,51 +812,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5f56c11432fe4e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra6f173048e424ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbbefdbaec7ba44a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R648e2f41cedf4277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd01f3dadc26a49bf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R26ff4a060819499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R398604a4f17b421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb59a1902837f4b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd39be39436cf463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf592b6d62b034cbc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>