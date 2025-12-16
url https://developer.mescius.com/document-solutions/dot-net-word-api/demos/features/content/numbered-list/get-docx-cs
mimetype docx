--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4616863f5ca34e38" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R40d352b9cfbb4ebb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rca79899288b74c25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rab603c6fe6754a82" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1e9b48ee99684a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7b20da4c10334da3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -812,51 +812,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R26ff4a060819499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R398604a4f17b421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb59a1902837f4b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd39be39436cf463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf592b6d62b034cbc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R61aa843a97254a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re1e88cc2bd524f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R79ad6fba5169443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R76b90522e77f4b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf1ca43647ead4f86" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>