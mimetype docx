--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rab603c6fe6754a82" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1e9b48ee99684a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7b20da4c10334da3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R65d5c09263804b6a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R305fedb3c0bc4d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd16e15c3b4894962" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -812,51 +812,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R61aa843a97254a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re1e88cc2bd524f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R79ad6fba5169443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R76b90522e77f4b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf1ca43647ead4f86" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6d0fcbcc1a3b4ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R65ef3f3605c94d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R32689e603eea4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4dde11c1ecb6438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4cc174ff38094b20" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>