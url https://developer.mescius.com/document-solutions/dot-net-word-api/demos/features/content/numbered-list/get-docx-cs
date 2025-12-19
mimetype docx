--- v5 (2025-12-16)
+++ v6 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R65d5c09263804b6a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R305fedb3c0bc4d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd16e15c3b4894962" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R405080517dfd4d0b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R392370e1d5e14d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reb30ea90adbe4f5a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -812,51 +812,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6d0fcbcc1a3b4ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R65ef3f3605c94d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R32689e603eea4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4dde11c1ecb6438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4cc174ff38094b20" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb48f495f250840f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9a3972228d624191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9a9ca79f06fc4848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re1aa1d0338514ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R638a5480de0e45d6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>