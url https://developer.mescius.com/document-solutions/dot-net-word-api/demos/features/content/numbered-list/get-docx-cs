--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R405080517dfd4d0b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R392370e1d5e14d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reb30ea90adbe4f5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R28f9c2e4c8ba4b95" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R611d303b0ce14ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77da4cede0904c50" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -812,51 +812,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb48f495f250840f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9a3972228d624191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9a9ca79f06fc4848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re1aa1d0338514ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R638a5480de0e45d6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re5ccae1762f84b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0609bc34953340e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reb62854492584633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb142cbe5d61147d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7361b564b3074c07" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>