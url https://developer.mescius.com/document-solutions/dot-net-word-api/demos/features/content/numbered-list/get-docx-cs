--- v7 (2026-02-02)
+++ v8 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R28f9c2e4c8ba4b95" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R611d303b0ce14ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77da4cede0904c50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R69b1f6e05bec4cf4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0e9d6819d1c4412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd99c498c5fce42fe" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -812,51 +812,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re5ccae1762f84b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0609bc34953340e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reb62854492584633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb142cbe5d61147d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7361b564b3074c07" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc9f87948c15b42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbb612ec42ceb419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4bcb4a7e751544ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6931602bd4044884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6693653e8e9148c6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>