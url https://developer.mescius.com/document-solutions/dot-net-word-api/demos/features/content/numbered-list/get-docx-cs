--- v8 (2026-02-02)
+++ v9 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R69b1f6e05bec4cf4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0e9d6819d1c4412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd99c498c5fce42fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R93fe7e3588be43e2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc4e77355895c4a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R647c7074ec88435a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -812,51 +812,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc9f87948c15b42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbb612ec42ceb419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4bcb4a7e751544ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6931602bd4044884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6693653e8e9148c6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0cc8ed5f03bb45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R61551d6c1bfd4339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R665a84a2d0a648fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6cfcf9e667dd450a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R57738fed84134247" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>