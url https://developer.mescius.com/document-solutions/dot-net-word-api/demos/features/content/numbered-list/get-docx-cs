--- v9 (2026-02-02)
+++ v10 (2026-03-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R93fe7e3588be43e2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc4e77355895c4a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R647c7074ec88435a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc450240833a744f2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re27ba658445c485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9a6ff6527030485f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -812,51 +812,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0cc8ed5f03bb45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R61551d6c1bfd4339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R665a84a2d0a648fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6cfcf9e667dd450a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R57738fed84134247" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rec0a4639e8cf4794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R31b4fa1e05ec4f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raa72c9ed400240a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R64b2545ce6ca4d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3f0904eff58546d6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>