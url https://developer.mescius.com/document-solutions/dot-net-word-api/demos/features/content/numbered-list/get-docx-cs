--- v10 (2026-03-19)
+++ v11 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc450240833a744f2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re27ba658445c485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9a6ff6527030485f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra4ea91afd57c44fb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2fd8d55268e2465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc37cd862e9bf4d4b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>A numbered list with 3 levels:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Top item 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -812,51 +812,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rec0a4639e8cf4794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R31b4fa1e05ec4f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raa72c9ed400240a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R64b2545ce6ca4d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3f0904eff58546d6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re8849a59a1184c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raf21f66e776741b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0cb2bf8f06e94376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb68670a865484027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rca004f181b394953" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>