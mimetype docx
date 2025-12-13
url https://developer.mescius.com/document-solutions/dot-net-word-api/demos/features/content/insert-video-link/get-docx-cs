--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -724,63 +724,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>taken in water (Rowntree 1979). Reptiles and amphibians must return there to breed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A55AF7" w:rsidP="00A55AF7" w:rsidRDefault="00A55AF7" w14:paraId="108CAC11" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="3810000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R2c898288db9e4c46"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R79a1bce052954599"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R2c898288db9e4c46"/>
+                      <a:hlinkClick r:id="R79a1bce052954599"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R1fee799e20274914">
+                    <a:blip r:embed="R93d80f05c2ae47b5">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;420&quot; height=&quot;300&quot; src=&quot;https://www.youtube.com/watch?v=k9UbKlBc3W4&quot; title=&quot;What are wetlands&quot; &gt;&lt;/iframe&gt;" h="300" w="420"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -3320,51 +3320,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00382A3E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FooterChar" w:customStyle="true">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00382A3E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R1fee799e20274914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="R2c898288db9e4c46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R93d80f05c2ae47b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="R79a1bce052954599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>