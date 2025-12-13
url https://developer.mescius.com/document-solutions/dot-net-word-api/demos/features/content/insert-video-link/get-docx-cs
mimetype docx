--- v1 (2025-12-13)
+++ v2 (2025-12-13)
@@ -724,63 +724,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>taken in water (Rowntree 1979). Reptiles and amphibians must return there to breed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A55AF7" w:rsidP="00A55AF7" w:rsidRDefault="00A55AF7" w14:paraId="108CAC11" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="3810000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R79a1bce052954599"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rab802ea33f5e4eed"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R79a1bce052954599"/>
+                      <a:hlinkClick r:id="Rab802ea33f5e4eed"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R93d80f05c2ae47b5">
+                    <a:blip r:embed="R93c3768099564da9">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;420&quot; height=&quot;300&quot; src=&quot;https://www.youtube.com/watch?v=k9UbKlBc3W4&quot; title=&quot;What are wetlands&quot; &gt;&lt;/iframe&gt;" h="300" w="420"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -3320,51 +3320,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00382A3E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FooterChar" w:customStyle="true">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00382A3E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R93d80f05c2ae47b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="R79a1bce052954599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R93c3768099564da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="Rab802ea33f5e4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>