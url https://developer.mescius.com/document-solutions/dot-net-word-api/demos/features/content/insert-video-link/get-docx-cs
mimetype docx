--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -724,63 +724,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>taken in water (Rowntree 1979). Reptiles and amphibians must return there to breed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A55AF7" w:rsidP="00A55AF7" w:rsidRDefault="00A55AF7" w14:paraId="108CAC11" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="3810000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rab802ea33f5e4eed"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R0ecc4b7b368b45d6"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="Rab802ea33f5e4eed"/>
+                      <a:hlinkClick r:id="R0ecc4b7b368b45d6"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R93c3768099564da9">
+                    <a:blip r:embed="Ra1acf93365f647e6">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;420&quot; height=&quot;300&quot; src=&quot;https://www.youtube.com/watch?v=k9UbKlBc3W4&quot; title=&quot;What are wetlands&quot; &gt;&lt;/iframe&gt;" h="300" w="420"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -3320,51 +3320,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00382A3E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FooterChar" w:customStyle="true">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00382A3E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R93c3768099564da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="Rab802ea33f5e4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Ra1acf93365f647e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="R0ecc4b7b368b45d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>