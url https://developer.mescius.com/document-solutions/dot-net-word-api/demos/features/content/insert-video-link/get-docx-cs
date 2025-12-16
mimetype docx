--- v3 (2025-12-14)
+++ v4 (2025-12-16)
@@ -724,63 +724,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>taken in water (Rowntree 1979). Reptiles and amphibians must return there to breed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A55AF7" w:rsidP="00A55AF7" w:rsidRDefault="00A55AF7" w14:paraId="108CAC11" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="3810000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R0ecc4b7b368b45d6"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R360d9d6012fe479b"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R0ecc4b7b368b45d6"/>
+                      <a:hlinkClick r:id="R360d9d6012fe479b"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ra1acf93365f647e6">
+                    <a:blip r:embed="Rb336e49fb9cc4112">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;420&quot; height=&quot;300&quot; src=&quot;https://www.youtube.com/watch?v=k9UbKlBc3W4&quot; title=&quot;What are wetlands&quot; &gt;&lt;/iframe&gt;" h="300" w="420"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -3320,51 +3320,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00382A3E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FooterChar" w:customStyle="true">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00382A3E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Ra1acf93365f647e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="R0ecc4b7b368b45d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rb336e49fb9cc4112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="R360d9d6012fe479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>