--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -724,63 +724,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>taken in water (Rowntree 1979). Reptiles and amphibians must return there to breed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A55AF7" w:rsidP="00A55AF7" w:rsidRDefault="00A55AF7" w14:paraId="108CAC11" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="3810000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R360d9d6012fe479b"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rbb2c1b6c3a8d4e80"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R360d9d6012fe479b"/>
+                      <a:hlinkClick r:id="Rbb2c1b6c3a8d4e80"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rb336e49fb9cc4112">
+                    <a:blip r:embed="R91cc3e21d6bb4ec5">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;420&quot; height=&quot;300&quot; src=&quot;https://www.youtube.com/watch?v=k9UbKlBc3W4&quot; title=&quot;What are wetlands&quot; &gt;&lt;/iframe&gt;" h="300" w="420"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -3320,51 +3320,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00382A3E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FooterChar" w:customStyle="true">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00382A3E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rb336e49fb9cc4112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="R360d9d6012fe479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R91cc3e21d6bb4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="Rbb2c1b6c3a8d4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>