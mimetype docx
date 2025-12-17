--- v5 (2025-12-16)
+++ v6 (2025-12-17)
@@ -724,63 +724,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>taken in water (Rowntree 1979). Reptiles and amphibians must return there to breed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A55AF7" w:rsidP="00A55AF7" w:rsidRDefault="00A55AF7" w14:paraId="108CAC11" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="3810000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rbb2c1b6c3a8d4e80"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R2e293809eabe45b5"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="Rbb2c1b6c3a8d4e80"/>
+                      <a:hlinkClick r:id="R2e293809eabe45b5"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R91cc3e21d6bb4ec5">
+                    <a:blip r:embed="R0c2519818a0440e7">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;420&quot; height=&quot;300&quot; src=&quot;https://www.youtube.com/watch?v=k9UbKlBc3W4&quot; title=&quot;What are wetlands&quot; &gt;&lt;/iframe&gt;" h="300" w="420"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -3320,51 +3320,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00382A3E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FooterChar" w:customStyle="true">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00382A3E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R91cc3e21d6bb4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="Rbb2c1b6c3a8d4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R0c2519818a0440e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="R2e293809eabe45b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>