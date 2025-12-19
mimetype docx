--- v6 (2025-12-17)
+++ v7 (2025-12-19)
@@ -724,63 +724,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>taken in water (Rowntree 1979). Reptiles and amphibians must return there to breed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A55AF7" w:rsidP="00A55AF7" w:rsidRDefault="00A55AF7" w14:paraId="108CAC11" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="3810000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R2e293809eabe45b5"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R3ae10c144abd45d4"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R2e293809eabe45b5"/>
+                      <a:hlinkClick r:id="R3ae10c144abd45d4"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R0c2519818a0440e7">
+                    <a:blip r:embed="R19d3c28f8bfd4f25">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;420&quot; height=&quot;300&quot; src=&quot;https://www.youtube.com/watch?v=k9UbKlBc3W4&quot; title=&quot;What are wetlands&quot; &gt;&lt;/iframe&gt;" h="300" w="420"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -3320,51 +3320,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00382A3E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FooterChar" w:customStyle="true">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00382A3E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R0c2519818a0440e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="R2e293809eabe45b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R19d3c28f8bfd4f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="R3ae10c144abd45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>