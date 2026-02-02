--- v7 (2025-12-19)
+++ v8 (2026-02-02)
@@ -724,63 +724,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>taken in water (Rowntree 1979). Reptiles and amphibians must return there to breed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A55AF7" w:rsidP="00A55AF7" w:rsidRDefault="00A55AF7" w14:paraId="108CAC11" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="3810000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R3ae10c144abd45d4"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R66d65914fbc445b6"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R3ae10c144abd45d4"/>
+                      <a:hlinkClick r:id="R66d65914fbc445b6"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R19d3c28f8bfd4f25">
+                    <a:blip r:embed="R869908f8b26c408d">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;420&quot; height=&quot;300&quot; src=&quot;https://www.youtube.com/watch?v=k9UbKlBc3W4&quot; title=&quot;What are wetlands&quot; &gt;&lt;/iframe&gt;" h="300" w="420"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -3320,51 +3320,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00382A3E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FooterChar" w:customStyle="true">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00382A3E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R19d3c28f8bfd4f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="R3ae10c144abd45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R869908f8b26c408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="R66d65914fbc445b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>