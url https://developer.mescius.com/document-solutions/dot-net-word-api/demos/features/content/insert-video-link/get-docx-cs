--- v8 (2026-02-02)
+++ v9 (2026-03-19)
@@ -724,63 +724,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>taken in water (Rowntree 1979). Reptiles and amphibians must return there to breed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A55AF7" w:rsidP="00A55AF7" w:rsidRDefault="00A55AF7" w14:paraId="108CAC11" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="3810000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R66d65914fbc445b6"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rb697feadfa3144b3"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="R66d65914fbc445b6"/>
+                      <a:hlinkClick r:id="Rb697feadfa3144b3"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R869908f8b26c408d">
+                    <a:blip r:embed="Rdbbd572655fe4641">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;420&quot; height=&quot;300&quot; src=&quot;https://www.youtube.com/watch?v=k9UbKlBc3W4&quot; title=&quot;What are wetlands&quot; &gt;&lt;/iframe&gt;" h="300" w="420"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -3320,51 +3320,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00382A3E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FooterChar" w:customStyle="true">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00382A3E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R869908f8b26c408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="R66d65914fbc445b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rdbbd572655fe4641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="Rb697feadfa3144b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>