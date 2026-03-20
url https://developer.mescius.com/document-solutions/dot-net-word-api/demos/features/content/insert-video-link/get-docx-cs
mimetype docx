--- v9 (2026-03-19)
+++ v10 (2026-03-20)
@@ -724,63 +724,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>taken in water (Rowntree 1979). Reptiles and amphibians must return there to breed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A55AF7" w:rsidP="00A55AF7" w:rsidRDefault="00A55AF7" w14:paraId="108CAC11" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5080000" cy="3810000"/>
             <wp:docPr id="1" name="">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rb697feadfa3144b3"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="Rd5f699aeac4349dc"/>
             </wp:docPr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="">
-                      <a:hlinkClick r:id="Rb697feadfa3144b3"/>
+                      <a:hlinkClick r:id="Rd5f699aeac4349dc"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rdbbd572655fe4641">
+                    <a:blip r:embed="R79262af08d1b4f74">
                       <a:extLst>
                         <a:ext uri="{C809E66F-F1BF-436E-b5F7-EEA9579F0CBA}">
                           <wp15:webVideoPr xmlns:wp15="http://schemas.microsoft.com/office/word/2012/wordprocessingDrawing" embeddedHtml="&lt;iframe width=&quot;420&quot; height=&quot;300&quot; src=&quot;https://www.youtube.com/watch?v=k9UbKlBc3W4&quot; title=&quot;What are wetlands&quot; &gt;&lt;/iframe&gt;" h="300" w="420"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5080000" cy="3810000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -3320,51 +3320,51 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00382A3E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FooterChar" w:customStyle="true">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00382A3E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rdbbd572655fe4641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="Rb697feadfa3144b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R79262af08d1b4f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=k9UbKlBc3W4" TargetMode="External" Id="Rd5f699aeac4349dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>