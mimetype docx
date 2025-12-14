--- v0 (2025-11-06)
+++ v1 (2025-12-14)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R409f5511723d415d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R63d679e4c9414482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R56d724a151a744ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R95527b4d43e44dd6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0c95aee8c79a48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbdc5177525f049f2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">It is easy to add hyperlinks to document content via Range.Hyperlinks collection. Following is a hyperlink to a web address. </w:t>
       </w:r>
-      <w:hyperlink r:id="R6fd859d36bba4e1c">
+      <w:hyperlink r:id="Rb2a94b9057334371">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
-      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="R2cc5978f572c47a1">
+      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="R40c013f7485748f2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.grapecity.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="9302820537997778225"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="3700947258855789617"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9302820537997778225"/>
+      <w:bookmarkEnd w:id="3700947258855789617"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkEnd" w:anchor="BookmarkEnd">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -538,55 +538,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="3680636787832566975"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="16266712094307982543"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3680636787832566975"/>
+      <w:bookmarkEnd w:id="16266712094307982543"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkTop" w:anchor="BookmarkTop">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1135,51 +1135,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd8f3c98c65b24c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9517be482bf5450d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R607158e1c0b04dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="R6fd859d36bba4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="R2cc5978f572c47a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1f5bcd33c44e42b9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R44e6fb6fbdd34964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb5766346a26347bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb8ef8c0af1f54d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="Rb2a94b9057334371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="R40c013f7485748f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4966b39baaad4e38" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>