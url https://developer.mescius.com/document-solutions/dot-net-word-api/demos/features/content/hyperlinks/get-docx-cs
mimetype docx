--- v1 (2025-12-14)
+++ v2 (2025-12-15)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R95527b4d43e44dd6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0c95aee8c79a48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbdc5177525f049f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R52628262760d4aa8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8f0f164d49b2484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77dc48280c454c57" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">It is easy to add hyperlinks to document content via Range.Hyperlinks collection. Following is a hyperlink to a web address. </w:t>
       </w:r>
-      <w:hyperlink r:id="Rb2a94b9057334371">
+      <w:hyperlink r:id="Rc4b4f85eadca4d40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
-      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="R40c013f7485748f2">
+      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="Rcc5f77b958ca4e66">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.grapecity.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="3700947258855789617"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="8222407438357593795"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3700947258855789617"/>
+      <w:bookmarkEnd w:id="8222407438357593795"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkEnd" w:anchor="BookmarkEnd">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -538,55 +538,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="16266712094307982543"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="11915624652956662716"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16266712094307982543"/>
+      <w:bookmarkEnd w:id="11915624652956662716"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkTop" w:anchor="BookmarkTop">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1135,51 +1135,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R44e6fb6fbdd34964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb5766346a26347bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb8ef8c0af1f54d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="Rb2a94b9057334371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="R40c013f7485748f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4966b39baaad4e38" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R57a67b1285bb42e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rac27792e6792475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R656c7b5a67344395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="Rc4b4f85eadca4d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="Rcc5f77b958ca4e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R135cae2390694dcf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>