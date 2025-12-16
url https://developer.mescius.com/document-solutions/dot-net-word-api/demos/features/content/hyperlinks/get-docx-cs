--- v2 (2025-12-15)
+++ v3 (2025-12-16)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R52628262760d4aa8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8f0f164d49b2484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77dc48280c454c57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf8652b33eeba4223" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcbeb8ff2f2824ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2527b5f34e804f80" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">It is easy to add hyperlinks to document content via Range.Hyperlinks collection. Following is a hyperlink to a web address. </w:t>
       </w:r>
-      <w:hyperlink r:id="Rc4b4f85eadca4d40">
+      <w:hyperlink r:id="R467d5600f61841a5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
-      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="Rcc5f77b958ca4e66">
+      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="Raae80f85394a46ab">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.grapecity.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="8222407438357593795"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="8353603611897699375"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8222407438357593795"/>
+      <w:bookmarkEnd w:id="8353603611897699375"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkEnd" w:anchor="BookmarkEnd">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -538,55 +538,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="11915624652956662716"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="4447373845789788638"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11915624652956662716"/>
+      <w:bookmarkEnd w:id="4447373845789788638"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkTop" w:anchor="BookmarkTop">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1135,51 +1135,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R57a67b1285bb42e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rac27792e6792475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R656c7b5a67344395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="Rc4b4f85eadca4d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="Rcc5f77b958ca4e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R135cae2390694dcf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R63c52cf9649e4e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6a27ad668a8c4be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R056b2dc94d814843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="R467d5600f61841a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="Raae80f85394a46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R45384f33d274416d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>