--- v3 (2025-12-16)
+++ v4 (2025-12-19)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf8652b33eeba4223" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcbeb8ff2f2824ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2527b5f34e804f80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0f16cff2f96749bc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R78daddb41a304ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb8ef71000b72470d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">It is easy to add hyperlinks to document content via Range.Hyperlinks collection. Following is a hyperlink to a web address. </w:t>
       </w:r>
-      <w:hyperlink r:id="R467d5600f61841a5">
+      <w:hyperlink r:id="R75d40fff1d534981">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
-      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="Raae80f85394a46ab">
+      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="Ra7a3875fb52b46b1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.grapecity.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="8353603611897699375"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="13655613482726987111"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8353603611897699375"/>
+      <w:bookmarkEnd w:id="13655613482726987111"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkEnd" w:anchor="BookmarkEnd">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -538,55 +538,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="4447373845789788638"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="1426066902844728329"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4447373845789788638"/>
+      <w:bookmarkEnd w:id="1426066902844728329"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkTop" w:anchor="BookmarkTop">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1135,51 +1135,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R63c52cf9649e4e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6a27ad668a8c4be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R056b2dc94d814843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="R467d5600f61841a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="Raae80f85394a46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R45384f33d274416d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rca6f49d86df84892" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0d5ec020de4943ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9f7f5653d1fd483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="R75d40fff1d534981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="Ra7a3875fb52b46b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdc758c665db14f8f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>