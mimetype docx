--- v4 (2025-12-19)
+++ v5 (2026-02-02)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0f16cff2f96749bc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R78daddb41a304ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb8ef71000b72470d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R371dee0bb6734c51" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc969e77dc7aa4961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1703155a0da64450" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">It is easy to add hyperlinks to document content via Range.Hyperlinks collection. Following is a hyperlink to a web address. </w:t>
       </w:r>
-      <w:hyperlink r:id="R75d40fff1d534981">
+      <w:hyperlink r:id="R3e63fe4a1a9e4db8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
-      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="Ra7a3875fb52b46b1">
+      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="Rc36898458e0f428f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.grapecity.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="13655613482726987111"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="8662067642447825507"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13655613482726987111"/>
+      <w:bookmarkEnd w:id="8662067642447825507"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkEnd" w:anchor="BookmarkEnd">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -538,55 +538,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="1426066902844728329"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="8120517266851319730"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1426066902844728329"/>
+      <w:bookmarkEnd w:id="8120517266851319730"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkTop" w:anchor="BookmarkTop">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1135,51 +1135,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rca6f49d86df84892" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0d5ec020de4943ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9f7f5653d1fd483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="R75d40fff1d534981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="Ra7a3875fb52b46b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdc758c665db14f8f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R02dbca71c8694c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4d4e8b2880fd428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R230558a5711f432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="R3e63fe4a1a9e4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="Rc36898458e0f428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R80d89f078798438f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>