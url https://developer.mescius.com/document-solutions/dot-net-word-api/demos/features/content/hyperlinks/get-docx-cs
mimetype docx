--- v5 (2026-02-02)
+++ v6 (2026-02-02)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R371dee0bb6734c51" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc969e77dc7aa4961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1703155a0da64450" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9bdcba73ba4442d0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9cc8696d22e944f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9d2225fac2e34a5a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">It is easy to add hyperlinks to document content via Range.Hyperlinks collection. Following is a hyperlink to a web address. </w:t>
       </w:r>
-      <w:hyperlink r:id="R3e63fe4a1a9e4db8">
+      <w:hyperlink r:id="Rae38e647e6e043c1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
-      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="Rc36898458e0f428f">
+      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="R21dc4fd57ff54974">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.grapecity.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="8662067642447825507"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="6011497280109921134"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8662067642447825507"/>
+      <w:bookmarkEnd w:id="6011497280109921134"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkEnd" w:anchor="BookmarkEnd">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -538,55 +538,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="8120517266851319730"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="11540381587227505548"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8120517266851319730"/>
+      <w:bookmarkEnd w:id="11540381587227505548"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkTop" w:anchor="BookmarkTop">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1135,51 +1135,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R02dbca71c8694c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4d4e8b2880fd428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R230558a5711f432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="R3e63fe4a1a9e4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="Rc36898458e0f428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R80d89f078798438f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R32f0c28b735241c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra64999c82cca443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7f0aff5ff3154c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="Rae38e647e6e043c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="R21dc4fd57ff54974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R01404abf5ff74555" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>