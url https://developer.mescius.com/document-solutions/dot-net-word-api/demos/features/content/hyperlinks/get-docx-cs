--- v6 (2026-02-02)
+++ v7 (2026-03-19)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9bdcba73ba4442d0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9cc8696d22e944f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9d2225fac2e34a5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R046872caba374d7e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfe64e9cc480c4534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R53a69572724f44af" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">It is easy to add hyperlinks to document content via Range.Hyperlinks collection. Following is a hyperlink to a web address. </w:t>
       </w:r>
-      <w:hyperlink r:id="Rae38e647e6e043c1">
+      <w:hyperlink r:id="Rc5d0e2923cb243a3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
-      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="R21dc4fd57ff54974">
+      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="R5c3dbc79235b4de7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.grapecity.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="6011497280109921134"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="14983179121456350978"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6011497280109921134"/>
+      <w:bookmarkEnd w:id="14983179121456350978"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkEnd" w:anchor="BookmarkEnd">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -538,55 +538,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="11540381587227505548"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="4721890945133439169"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11540381587227505548"/>
+      <w:bookmarkEnd w:id="4721890945133439169"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkTop" w:anchor="BookmarkTop">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1135,51 +1135,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R32f0c28b735241c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra64999c82cca443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7f0aff5ff3154c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="Rae38e647e6e043c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="R21dc4fd57ff54974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R01404abf5ff74555" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rac347e0ea4f747f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb0a0be5296d04782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb153dfcd2466487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="Rc5d0e2923cb243a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="R5c3dbc79235b4de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R31861e2637fd4a6d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>