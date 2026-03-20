--- v7 (2026-03-19)
+++ v8 (2026-03-20)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R046872caba374d7e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfe64e9cc480c4534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R53a69572724f44af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5a83fd30235c4f01" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcae4416355ee4721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf7837e2cb32d41aa" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">It is easy to add hyperlinks to document content via Range.Hyperlinks collection. Following is a hyperlink to a web address. </w:t>
       </w:r>
-      <w:hyperlink r:id="Rc5d0e2923cb243a3">
+      <w:hyperlink r:id="R8e74427dd22945d2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.google.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Next is another hyperlink, this time with its own style and a custom tooltip. </w:t>
       </w:r>
-      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="R5c3dbc79235b4de7">
+      <w:hyperlink w:tooltip="Click to open GrapeCity web page" r:id="Rd128e23a42ef438a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Click to go to www.grapecity.com.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkTop" w:id="14983179121456350978"/>
+      <w:bookmarkStart w:name="BookmarkTop" w:id="1353295280032614514"/>
       <w:r>
         <w:t xml:space="preserve">Hyperlinks can also point to locations within the document. We add some filler paragraphs below, followed by a paragraph with a bookmark named 'BookmarkEnd' attached to it. The next hyperlink jumps to that bookmark. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14983179121456350978"/>
+      <w:bookmarkEnd w:id="1353295280032614514"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkEnd" w:anchor="BookmarkEnd">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Click to jump to BookmarkEnd at the end of the document.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 0.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -538,55 +538,55 @@
       <w:r>
         <w:t>Filler paragraph 95.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 96.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 97.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 98.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Filler paragraph 99.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:bookmarkStart w:name="BookmarkEnd" w:id="4721890945133439169"/>
+      <w:bookmarkStart w:name="BookmarkEnd" w:id="17020343627076296941"/>
       <w:r>
         <w:t xml:space="preserve">BookmarkEnd points here. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4721890945133439169"/>
+      <w:bookmarkEnd w:id="17020343627076296941"/>
       <w:hyperlink w:tooltip="Jumo to BookmarkTop" w:anchor="BookmarkTop">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FollowedHyperlink"/>
           </w:rPr>
           <w:t>Jump back to BookmarkTop.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1135,51 +1135,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rac347e0ea4f747f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb0a0be5296d04782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb153dfcd2466487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="Rc5d0e2923cb243a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="R5c3dbc79235b4de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R31861e2637fd4a6d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0c9184bf658c4e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2af1257c76c64948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1d91b31157ba48fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com" TargetMode="External" Id="R8e74427dd22945d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grapecity.com/en/" TargetMode="External" Id="Rd128e23a42ef438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd950ea2ea4d74bfc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>