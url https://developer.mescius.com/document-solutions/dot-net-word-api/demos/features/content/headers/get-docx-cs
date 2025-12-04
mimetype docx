--- v0 (2025-10-17)
+++ v1 (2025-12-04)
@@ -1,381 +1,381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R73f2eed0c7054bcf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc2be12f3def044a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R531d7561d3e34e6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd5277b57549a4e0f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra755115f7ea04e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R68f033255b9a434e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 1: Euismod id pharetra turpis lorem lobortis praesent. Diam id feugiat dolore nibh euismod pulvinar. Dolore proin, at pulvinar nunc euismod sit. Aliquam nibh eget ipsum massa aliquet turpis. Congue diam elit, tempus massa molestie feugiat. Ullamcorper adipiscing aliquam proin at lorem nibh. Eget sed, laoreet molestie feugiat lobortis volutpat. </w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">Section 1, paragraph 29: Pharetra magna diam nonummy nisi aliquet. Consectetur magna diam nonummy donec mi. Felis ipsum massa molestie, sed laoreet. Turpis aliquam proin consectetur, magna diam. Nonummy erat praesent adipiscing aliquam, sem. At lorem et elit sed laoreet. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 1: Erat ante et sem ullamcorper lorem pulvinar pharetra tempus congue nunc nibh praesent volutpat elit, feugiat ac. Dolore, nibh euismod, dolor magna massa non elit, ipsum ut diam id turpis sed, tincidunt, aliquet adipiscing. Feugiat tincidunt ullamcorper, adipiscing, lorem congue mi molestie, pharetra donec ante consectetur erat massa non, elit pulvinar. Nisi, et id amet aliquam nibh ullamcorper adipiscing lorem lobortis aliquet felis, feugiat magna ante molestie pharetra. Donec mi mauris pharetra laoreet non, consectetur sed nunc, sem elit, sed massa, aliquet elit dolor nisi. Et volutpat pulvinar aliquam lobortis ullamcorper nonummy lorem ut diam, pharetra erat massa tellus at amet aliquam. Nibh euismod adipiscing ac tincidunt praesent mauris dolor, congue praesent, molestie pharetra donec massa tellus nonummy sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 2: Tincidunt praesent volutpat amet erat massa volutpat pharetra donec ante. Volutpat congue, praesent, mauris sit congue diam felis sit donec. Laoreet non, at sed nunc aliquet, at sed massa aliquet. At, felis dolor, magna mi molestie pharetra adipiscing, tempus ut. Ullamcorper adipiscing aliquam lobortis, ullamcorper elit tempus lobortis ullamcorper felis. Feugiat magna, et id sit ac, laoreet aliquet eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 3: Pharetra erat massa non elit ipsum nisi nibh, euismod amet tempus congue mi volutpat consectetur ipsum sem elit ipsum ut proin id adipiscing, sed congue proin, molestie. Amet tempus lobortis sem elit tempus lobortis diam id turpis lorem nunc praesent at feugiat congue praesent id sit magna mi tellus at sed nunc sem at. Dolor nisi ante euismod, amet aliquam lobortis diam mauris pharetra magna mi, ante non nonummy tempus, ut ullamcorper elit feugiat nisi, mi euismod consectetur erat tincidunt sem. Eget pulvinar dolore ante, non adipiscing ipsum lobortis diam eget amet, ac lobortis euismod amet aliquam et volutpat amet aliquam ante volutpat amet aliquam lobortis non nonummy. Lorem, ut praesent id sit ipsum sed tempus sed donec congue massa et, aliquet molestie elit, consectetur, pulvinar feugiat, erat ut, laoreet praesent non molestie elit turpis. Nonummy ullamcorper volutpat id sit ac laoreet molestie, molestie pharetra magna, ante molestie pharetra donec laoreet mauris sit magna mi molestie pharetra magna mi molestie pulvinar nisi. Proin tincidunt, aliquet at dolor dolore ante eget sed nunc, praesent mauris dolor, dolore proin, molestie, pharetra aliquam massa, volutpat nonummy erat massa non nonummy erat massa. Volutpat consectetur lorem, laoreet tellus adipiscing sed congue aliquet mauris dolor dolore praesent molestie, dolor dolore ante volutpat consectetur, tempus massa volutpat consectetur donec ante tellus consectetur. Magna diam eget ipsum nisi et eget amet aliquam et eget ipsum dolore proin elit dolor dolore ante euismod nonummy aliquam nibh euismod adipiscing lorem, ut praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 4: Dolore et eget pulvinar nisi nibh ullamcorper. Adipiscing feugiat congue praesent, molestie pharetra, magna. Mi tellus, at erat ut et id. Turpis lorem, lobortis diam elit feugiat ut. Diam felis pulvinar nisi et, id sit. Aliquam nibh tellus at sed dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 5: Volutpat amet tempus ut et id, pulvinar magna nibh id pulvinar magna nibh, euismod, turpis ac laoreet, aliquet mauris pharetra donec lobortis sem elit pulvinar, nisi, nibh euismod. Adipiscing lorem congue ullamcorper adipiscing lorem congue diam, felis feugiat congue diam id feugiat congue mi molestie turpis, ac, et euismod turpis tempus lobortis ullamcorper adipiscing lorem congue. Diam molestie consectetur erat laoreet tellus consectetur sed, nunc sem, elit sed, dolore et eget, amet nisi nibh molestie consectetur tempus massa non consectetur erat massa sem elit. Sed nunc, proin id amet aliquam lobortis euismod adipiscing tempus lobortis euismod nonummy ipsum nisi diam id turpis ac, nibh aliquet at dolor donec massa, volutpat amet tempus. Lobortis diam, nonummy ipsum nisi et id sit magna, nibh euismod pulvinar nunc aliquet at dolor congue proin mauris, dolor dolore mi mauris, dolor tincidunt aliquet felis feugiat. Congue praesent mauris sit magna mi, tellus consectetur donec laoreet tellus sed nunc sem elit, ipsum aliquam nibh euismod turpis lorem, tincidunt praesent mauris dolor magna mi, molestie. Pharetra donec laoreet, ullamcorper adipiscing sed congue praesent at dolor donec massa sem nonummy erat, massa sem felis pulvinar nisi diam id pulvinar nisi et euismod adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 6: Turpis erat, nunc et volutpat nisi, nibh ullamcorper. Felis feugiat magna mi molestie, sit donec mi. Molestie, consectetur ac laoreet tellus at sed nunc. Sem eget pulvinar aliquam ante adipiscing lorem congue. Praesent mauris pharetra erat massa non at ipsum. Ut proin eget, ipsum dolore et volutpat turpis. Aliquam lobortis ullamcorper, adipiscing feugiat congue molestie consectetur. Erat massa non, nonummy ipsum nisi et id. Turpis ac lobortis aliquet mauris dolor donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 7: Non nonummy ipsum nisi et eget sit aliquam nibh euismod amet aliquam nibh euismod turpis ac tincidunt, ullamcorper felis dolor congue mauris dolor magna mi mauris sit magna. Mi, molestie at sed ut proin id amet, aliquam proin eget pulvinar aliquam nibh volutpat amet tempus nunc sem eget ipsum ut proin, id, sit ac laoreet ullamcorper. At dolor, congue mi molestie feugiat tincidunt praesent mauris feugiat congue praesent mauris pharetra donec mi sit, donec massa non consectetur erat, massa aliquet at sed massa proin. Volutpat turpis tempus lobortis euismod nonummy tempus lobortis diam, felis lorem congue tellus consectetur erat massa sem elit pulvinar dolore et eget pulvinar nisi ante volutpat amet aliquam. Nibh ullamcorper nonummy lorem ut, ullamcorper felis ipsum congue praesent sit ac laoreet molestie sit magna mi molestie turpis ac tincidunt tellus at, lorem tincidunt aliquet mauris dolor. Donec nibh non nonummy tempus, lobortis ullamcorper felis sit aliquam et eget amet, aliquam, lobortis, ullamcorper felis dolor magna ante non consectetur donec laoreet molestie pharetra, magna laoreet. Tellus amet aliquam et euismod turpis tempus lobortis ullamcorper adipiscing feugiat magna mi mauris pharetra donec laoreet tellus consectetur erat massa sem elit ipsum nunc aliquet, at dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 8: Ullamcorper felis sit dolor dolore ante volutpat amet, aliquam massa ullamcorper elit tempus. Lobortis ullamcorper nonummy tempus ut diam elit pulvinar magna laoreet tellus consectetur ac. Tincidunt praesent id sit ac massa non elit ipsum dolore proin volutpat turpis. Lorem congue, mi volutpat pharetra donec mi molestie pharetra erat nunc sem eget. Lorem congue, praesent, molestie pharetra dolore praesent felis feugiat dolore mi volutpat consectetur. Donec massa non nonummy sed laoreet tellus, consectetur sed ut proin, adipiscing lorem. Congue praesent at lorem congue aliquet mauris, dolor donec ante tellus, consectetur erat. Massa tellus nonummy pulvinar ut et euismod amet ac laoreet ullamcorper felis feugiat. Nisi et euismod turpis magna mi euismod consectetur lorem nunc aliquet at pharetra. Donec lobortis ullamcorper adipiscing feugiat congue diam id feugiat nisi diam id amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 9: Sed nunc praesent, eget pulvinar dolore ante amet donec massa, ullamcorper id sit magna. Et, molestie consectetur erat tincidunt tellus consectetur lorem tincidunt tellus consectetur ac tincidunt aliquet. At, pharetra aliquam massa sem elit pulvinar nunc sem eget dolor dolore proin eget. Amet tempus nibh ullamcorper adipiscing tempus lobortis ullamcorper, adipiscing feugiat congue praesent felis feugiat. Magna tincidunt aliquet felis feugiat congue praesent felis dolor congue praesent molestie pharetra magna. Laoreet, tellus, consectetur sed nunc, sem, eget amet aliquam tincidunt non elit ipsum nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 10: Nisi et id sit nisi nibh id turpis elit, pulvinar, nisi et id pulvinar aliquam. Nibh euismod amet tempus nibh ullamcorper adipiscing lorem, tincidunt diam felis feugiat magna mi, molestie. Pharetra erat massa euismod, turpis lorem, lobortis ullamcorper adipiscing feugiat dolore mi molestie consectetur tempus. Nunc diam eget pulvinar aliquam nibh id turpis aliquam nibh euismod adipiscing, feugiat lobortis, ullamcorper. Elit ipsum nisi, et felis sit magna, nibh tellus, turpis lorem, tincidunt praesent, mauris pharetra. Tempus lobortis ullamcorper nonummy tempus, massa aliquet at erat tincidunt tellus consectetur ac tincidunt aliquet. Mauris pulvinar donec ante volutpat amet tempus massa non nonummy tempus ut diam elit ipsum. Ut diam elit erat laoreet tellus at sed nunc aliquet mauris dolor, dolore proin mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 11: Pharetra erat massa ullamcorper felis sit nisi et id, sit magna nibh tellus at sed nunc proin, eget, pharetra dolore proin volutpat sit magna. Laoreet molestie sit, magna mi tellus at sed nunc sem mauris dolor dolore proin volutpat nonummy aliquam lobortis ullamcorper, adipiscing feugiat ut ullamcorper ipsum. Ut et euismod turpis ac mi euismod consectetur ac, laoreet tellus adipiscing sed nunc praesent mauris sed, congue proin molestie, dolor donec mi, volutpat. Pharetra erat, diam felis, sit magna nibh euismod consectetur sed nunc praesent eget amet, aliquam ut diam felis ipsum congue diam felis sit magna. Laoreet praesent, mauris lorem tincidunt diam felis, feugiat magna mi id sit congue diam id pharetra, erat dolore proin volutpat turpis tempus lobortis aliquet. Adipiscing lorem lobortis praesent magna mi tellus, consectetur erat laoreet non at, ipsum, dolore nibh, ullamcorper felis feugiat tincidunt aliquet felis, dolor congue mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 12: Sem eget pulvinar nisi et euismod adipiscing lorem lobortis euismod adipiscing ac nibh euismod, elit ipsum ut diam felis sit nisi nibh euismod sit aliquam nibh. Euismod turpis, lorem tincidunt ullamcorper adipiscing feugiat congue, aliquet felis feugiat congue diam felis pulvinar nisi et id sit aliquam nibh euismod turpis lorem congue aliquet. Mauris, pharetra donec ante volutpat amet donec ante molestie pharetra donec mi tellus massa non nonummy ipsum nisi et eget pulvinar nisi proin eget pulvinar, aliquam. Lobortis aliquet turpis, tempus ante volutpat pulvinar nisi ante eget consectetur sed nunc sem, elit ipsum ut proin id pulvinar nisi et eget pulvinar nisi proin. Eget pulvinar dolore proin eget amet donec, proin eget dolor donec ac laoreet euismod, turpis ac tincidunt praesent mauris dolor, congue, aliquet adipiscing feugiat tincidunt praesent. Mauris sit magna praesent, mauris sit magna mi molestie consectetur erat nunc ut diam id, feugiat nisi mi, id sit magna nibh euismod turpis ac, laoreet. Tellus adipiscing lorem laoreet euismod non at sed massa aliquet at, dolor dolore sem mauris pulvinar nisi proin eget pulvinar dolore proin mauris dolor dolore praesent. Adipiscing lorem tincidunt aliquet at feugiat erat laoreet tellus, consectetur sed nunc proin eget amet donec ante non nonummy lorem, ut non adipiscing, feugiat congue diam. Id feugiat congue et id sit nisi tempus ut, diam felis, pulvinar nisi et euismod pulvinar nisi, et id amet aliquam nibh ullamcorper at feugiat congue. Praesent mauris, dolor magna mi molestie consectetur erat feugiat magna mi id pharetra donec laoreet tellus at erat massa sem elit pulvinar dolore proin, volutpat turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 13: Feugiat, congue mi tellus pharetra donec laoreet eget. Amet aliquam lobortis aliquet mauris dolor donec, ante. Volutpat consectetur erat, nunc sem nonummy erat massa. Tellus, nonummy erat massa molestie consectetur erat laoreet. Proin molestie pharetra erat massa sem elit tempus. Nunc diam elit ipsum ut diam eget ipsum. Ut, proin eget pulvinar aliquam, nibh euismod turpis. Donec massa volutpat consectetur donec ante volutpat consectetur. Erat massa tellus consectetur erat massa non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 14: Erat nunc sem elit ipsum dolore et volutpat dolor aliquam ante eget. Nonummy tempus tincidunt praesent mauris pharetra donec, laoreet tellus pharetra erat et. Id adipiscing lorem tincidunt aliquet felis feugiat tincidunt diam felis lorem tincidunt. Diam felis sit donec, massa non, elit pulvinar nisi et euismod amet. Tempus ut, et molestie consectetur ac tincidunt, tellus consectetur lorem tincidunt tellus. At sed dolore proin mauris dolor donec ante volutpat amet erat ante. Volutpat nonummy massa non nonummy ipsum nisi nibh tellus consectetur lorem tincidunt. Tellus adipiscing lorem congue ante non amet aliquam ante volutpat amet erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 15: Nisi et euismod turpis lorem tincidunt praesent mauris dolor. Dolore massa non id amet aliquam nibh euismod adipiscing. Feugiat, dolore, ante non nonummy tempus ut diam eget. Pulvinar aliquam laoreet aliquet at lorem, laoreet euismod amet. Nisi nibh mi molestie turpis sed, tincidunt aliquet at. Sed nunc proin, eget pulvinar donec, ante non, nonummy. Tempus ut et id sit erat massa sem elit. Lorem magna, ante non elit tempus massa non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 16: Sit ac laoreet non elit dolore proin eget dolor dolore proin elit pulvinar aliquam nibh euismod adipiscing feugiat magna praesent molestie consectetur. Sed ut proin eget, ipsum dolore proin, eget feugiat lobortis, ullamcorper adipiscing tempus tincidunt diam felis sit, magna, mi mauris sit magna. Mi molestie sit magna mi, id pharetra ac laoreet molestie consectetur lorem tincidunt, praesent mauris dolor donec massa tellus, nonummy pulvinar ut. Proin id pulvinar nisi et euismod turpis ac lobortis ullamcorper felis dolor ut et id pulvinar nisi et id pulvinar ut et. Id sit, ac nibh id pulvinar nisi et euismod turpis lorem tincidunt aliquet felis lorem lobortis ullamcorper, tempus nibh euismod nonummy tempus. Nibh ullamcorper adipiscing ipsum congue et felis feugiat ut et id sit magna mi tellus consectetur lorem tincidunt, aliquet at sed dolore. Nisi nibh ullamcorper adipiscing sed dolore praesent mauris dolor erat ante non elit feugiat, nisi et euismod turpis ac laoreet tellus turpis. Ac tincidunt praesent mauris at ipsum dolore proin, eget pulvinar nisi et elit pulvinar nisi nibh volutpat nonummy tempus lobortis ullamcorper amet. Tempus lobortis laoreet euismod, turpis lorem tincidunt, praesent mauris dolor donec, lobortis sem elit tempus massa sem elit ipsum ut, diam nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 17: Mauris dolor dolore proin molestie pharetra erat massa volutpat consectetur magna et id turpis lorem nunc praesent at, sed tincidunt proin eget pharetra. Donec ante molestie pharetra, donec ante non nonummy tempus lobortis non elit pulvinar dolore, proin mauris dolor dolore, proin mauris pharetra dolore proin. Molestie, amet donec proin volutpat pharetra donec ante volutpat nonummy tempus nunc diam elit felis sit magna laoreet tellus pharetra, ac mi molestie. Pharetra, erat, laoreet molestie turpis ac laoreet tellus at erat nunc sem at dolor pulvinar aliquam nibh id sit ac laoreet ullamcorper adipiscing. Lorem congue aliquet felis lorem lobortis volutpat turpis lorem lobortis diam felis, feugiat ut praesent molestie pharetra donec congue praesent mauris dolor dolore. Proin mauris, dolor donec ante non nonummy ipsum ut sem felis ipsum, ut diam eget pulvinar ut proin eget pulvinar nisi proin nunc. Sem elit sed dolore proin eget pulvinar nisi ante volutpat nonummy aliquam lobortis ullamcorper adipiscing ipsum lobortis praesent id adipiscing ac nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 18: Elit dolor nisi turpis lorem nunc praesent mauris pulvinar aliquam nibh, non adipiscing ipsum lobortis. Diam id sit congue et id sit ac tincidunt aliquet at sed sem mauris pulvinar. Nunc ante non adipiscing tempus ut, diam felis, sit magna et id turpis magna laoreet. Tellus at dolor nunc sem mauris dolor tellus at lorem tincidunt tellus at sed congue. Praesent mauris dolor donec ante, non elit ipsum, lobortis, diam felis, sit magna nibh euismod. Turpis magna laoreet turpis aliquam nibh ullamcorper, adipiscing feugiat tincidunt, praesent mauris dolor congue ante. Volutpat nonummy ipsum ut sem elit ipsum ut diam id sit aliquam elit, sed nunc. Tellus consectetur ac mi tellus consectetur erat laoreet tellus turpis, ac laoreet aliquet at sed. Dolore proin mauris pharetra dolore proin mauris sed aliquet at feugiat dolore ante volutpat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 19: Pharetra magna diam tempus ut ullamcorper felis feugiat congue mi molestie pharetra magna mi, id turpis magna, et id, sit nisi et. Id sit magna laoreet tellus magna et id pulvinar nisi, et eget pulvinar dolore sem eget amet aliquam lobortis euismod adipiscing lorem. Tincidunt ullamcorper felis feugiat congue diam mauris, sit nunc non, consectetur sed massa sem elit sed nunc aliquet at, erat nunc sem. At sed nunc sem volutpat amet donec, ante volutpat pulvinar dolore proin mauris praesent mauris dolor dolore praesent, at dolor, congue praesent. Mauris dolor congue praesent, mauris sit donec ante molestie pharetra congue praesent id sit nisi, et id amet ac nibh euismod pulvinar. Nisi nibh ullamcorper, adipiscing feugiat, congue diam mauris, feugiat congue diam id pharetra congue praesent felis sit congue et nisi et id. Turpis magna et id, turpis, ac, laoreet tellus adipiscing sed dolore proin, volutpat amet donec proin mauris dolor donec massa volutpat pharetra. Dolore ante felis tempus amet sit pulvinar feugiat ipsum congue diam, id, turpis erat tincidunt aliquet at sed nunc sem mauris pulvinar. Ut laoreet tellus consectetur erat, nunc, sem eget ipsum nisi nibh ullamcorper adipiscing dolor donec lobortis non elit ipsum, nisi diam eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 20: Diam id sit ac mi molestie turpis, erat proin, eget dolor. Nunc proin volutpat diam eget sit ac laoreet ullamcorper, adipiscing lorem. Tincidunt praesent at dolor congue mi molestie consectetur erat massa sem. Consectetur dolor dolore proin mauris sed, dolore ante, volutpat pharetra donec. Proin molestie pharetra dolore praesent molestie pharetra donec ante volutpat consectetur. Donec massa non turpis, aliquam laoreet aliquet adipiscing sed congue proin. Molestie pharetra donec mi molestie dolor congue praesent mauris dolor magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 21: Nunc diam id, sit aliquam nibh id turpis ac congue praesent mauris, dolor, dolore ante molestie at dolor. Nisi nibh ullamcorper adipiscing feugiat magna mi molestie pharetra ac mi molestie consectetur erat massa aliquet eget pulvinar. Nisi ante euismod turpis ipsum ut sem elit sed, nunc sem elit sed, nisi proin eget pulvinar dolore. Et volutpat amet nisi et euismod amet tempus, lobortis ullamcorper adipiscing lorem lobortis et eget pulvinar ut et. Eget amet aliquam et euismod turpis aliquam nibh, volutpat amet aliquam nibh ullamcorper adipiscing feugiat, congue praesent mauris. Turpis ac congue, praesent eget pharetra aliquam lobortis diam elit, ipsum ut, sem elit ipsum ut diam elit. Ipsum nunc non nonummy, sed ut non elit erat tellus consectetur ac massa, aliquet elit sed nunc proin. Volutpat amet aliquam ante euismod nonummy lorem ut ullamcorper felis sit magna, laoreet tellus at, sed nunc sem. At dolor donec lobortis sem nonummy ipsum nunc non nonummy tempus nunc sem elit ipsum nunc proin eget. Amet aliquam proin volutpat amet donec ante, non nonummy ipsum ut diam felis pulvinar ut diam eget sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 22: Id consectetur sed dolore proin volutpat turpis ac tincidunt aliquet molestie pharetra donec, ante tellus consectetur nisi nibh id turpis. Lorem laoreet ullamcorper adipiscing dolor congue proin mauris pharetra donec ante non elit, ipsum nisi diam, elit ipsum ut sem. Amet aliquam massa non amet donec ante molestie dolor congue praesent felis feugiat congue praesent mauris dolor donec ante tellus. Consectetur erat laoreet tellus consectetur erat tincidunt aliquet mauris dolor dolore mi molestie dolor donec ante molestie, pharetra, erat, massa. Sem nonummy erat massa non nonummy sed ut sem elit pharetra donec ante molestie amet, donec ante volutpat consectetur erat. Ut, diam felis pulvinar nisi nibh euismod, at sed dolore proin molestie, pharetra donec proin molestie pharetra praesent, mauris, pharetra. Erat massa sem elit ipsum ut diam, eget ipsum nisi proin eget ipsum nunc sem eget pulvinar nisi et, volutpat. Turpis, tempus lobortis mauris dolor magna mi molestie consectetur erat massa sem elit sed nunc non at, pulvinar, nisi et. Euismod adipiscing lorem massa sem, elit ipsum nunc sem elit tempus massa non elit ipsum nunc non at sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 23: Sem eget pulvinar nisi, ante euismod turpis, tempus, lobortis ullamcorper adipiscing tempus, ut diam. Tempus lobortis ullamcorper felis feugiat congue et molestie turpis ac laoreet tellus consectetur erat. Tincidunt aliquet at lorem tincidunt tellus turpis magna laoreet tellus nonummy ipsum lobortis ullamcorper. Elit ipsum congue diam id feugiat ut diam id consectetur ac nunc aliquet at. Sed nunc praesent eget dolor dolore praesent molestie dolor ut mi, molestie sit magna. Tincidunt aliquet at sed nunc, sem eget pulvinar, donec nibh volutpat pharetra dolore, proin. Volutpat nonummy tempus ut tellus, consectetur sed dolore sem eget amet nisi ante eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 24: Diam mauris lobortis, diam felis ipsum ut, et felis feugiat congue laoreet, aliquet at ac. Tincidunt aliquet at dolor, donec, ante ullamcorper felis feugiat congue mi aliquet at lorem congue. Praesent mauris feugiat tincidunt, ullamcorper, adipiscing feugiat magna praesent molestie pharetra donec ante molestie pharetra. Erat nunc proin euismod turpis aliquam ac, mi molestie sit magna mi tellus turpis ac. Tincidunt, sem, at, sed, nunc praesent eget pharetra donec, nibh non, adipiscing tempus ut diam. Felis feugiat diam, felis sit magna laoreet tellus, consectetur sed nunc aliquet consectetur lorem tincidunt. Aliquet adipiscing lorem congue praesent mauris pharetra dolore praesent, molestie dolor praesent mauris feugiat congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 25: Ante ullamcorper nonummy lorem ut ullamcorper tempus massa non nonummy tempus lobortis diam elit tempus lobortis sem, elit ipsum lobortis sem nonummy tempus nunc sem. Nonummy, ipsum nisi et eget sit sem eget pulvinar nisi, proin volutpat turpis ac lobortis euismod turpis, tempus nibh euismod nonummy tempus lobortis euismod amet. Aliquam ante eget amet donec proin lorem, laoreet aliquet at feugiat tincidunt praesent mauris dolor magna mi, molestie nonummy ipsum nunc sem eget ipsum ut. Proin euismod sit aliquam proin, volutpat amet erat massa volutpat nonummy erat massa non consectetur erat massa non, nonummy ipsum ut diam eget ipsum nisi. Proin id adipiscing feugiat congue mi felis feugiat nisi et felis sit nisi et euismod turpis magna et id sit aliquam nibh euismod turpis aliquam. Nibh ullamcorper at dolor donec massa sem nonummy lorem tincidunt tellus consectetur, sed nunc proin volutpat nonummy tempus, lobortis ullamcorper adipiscing feugiat, congue diam felis. Feugiat nisi, diam felis sit magna et euismod pulvinar lorem lobortis diam felis lorem ut diam felis ipsum ut diam id turpis ac massa sem. Elit sed nunc sem at sed donec proin mauris dolor nunc ullamcorper felis feugiat ut diam elit feugiat congue et id sit ac laoreet tellus. Consectetur sed nunc sem mauris dolor donec proin non nonummy tempus massa ullamcorper euismod, at feugiat congue, mi volutpat consectetur erat massa non nonummy tempus. Nunc sem eget sit aliquam nibh id pulvinar nisi proin id turpis ac nibh ullamcorper, amet donec massa volutpat consectetur, erat massa non, nonummy sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 26: Nisi nibh ullamcorper at feugiat tincidunt praesent mauris dolor congue praesent mauris. Dolor magna mi tincidunt ullamcorper adipiscing feugiat congue praesent, id sit congue. Ullamcorper felis feugiat ut diam felis feugiat, nisi diam felis pulvinar ut. Sem felis pulvinar dolore proin volutpat pharetra aliquam ante eget pharetra donec. Massa ullamcorper felis feugiat, ut et molestie consectetur sed, tincidunt, aliquet consectetur. Sed nunc praesent eget pulvinar donec aliquam nibh euismod turpis aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 27: Proin, eget pulvinar nisi euismod adipiscing feugiat congue mi tellus consectetur sed nunc proin elit ipsum ut proin elit. Ipsum dolore nibh ullamcorper turpis feugiat congue praesent mauris mi molestie pharetra donec mi molestie pharetra, donec mi molestie. Consectetur sed massa aliquet elit sed nunc sem elit dolor dolore proin volutpat nonummy, tempus dolor nunc praesent mauris. Sed dolore proin molestie pharetra dolore proin molestie pharetra erat lobortis, non nonummy ipsum nisi diam felis pulvinar nisi. Ut praesent id, pharetra ac massa non elit sed nunc aliquet at erat laoreet aliquet consectetur erat laoreet tellus. At sed nunc ante non amet donec ante sem elit ipsum nunc, sem elit pulvinar dolore sem, elit dolor. Dolore ante volutpat amet, donec ante volutpat pulvinar donec ante, eget pharetra donec ante volutpat amet molestie pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 28: Magna ante tellus nonummy pulvinar nisi ut ullamcorper adipiscing ipsum congue. Et molestie pharetra erat massa tellus consectetur sed nunc aliquet consectetur. Sed tincidunt sem at sed tincidunt aliquet turpis aliquam tellus turpis. Lorem laoreet aliquet adipiscing ac tincidunt, aliquet mauris pharetra donec praesent. Mauris, dolor magna praesent felis lorem ut ullamcorper adipiscing lorem ut. Praesent, elit sed dolore et ullamcorper adipiscing, lorem tincidunt praesent adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 29: Pulvinar tempus lobortis, pulvinar tempus lobortis. Diam felis, feugiat, magna mi id. Pharetra ac massa aliquet consectetur erat. Nunc sem volutpat turpis lorem lobortis. Diam mauris sit magna proin, eget. Sit lorem tincidunt proin molestie pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="even" r:id="Rc279e54c88f0421e"/>
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="Rd285cfb916154003"/>
+          <w:headerReference w:type="even" r:id="Rd6722988bd454860"/>
+          <w:headerReference w:type="default" r:id="Rf91e75ec70264242"/>
+          <w:headerReference w:type="first" r:id="Rc9dbef88fde046c5"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 30: Sed laoreet id pulvinar nunc aliquet turpis nisi. Non amet dolore praesent adipiscing tempus ante mauris. Lorem, laoreet id pulvinar nunc tellus congue ullamcorper. Nonummy donec aliquet adipiscing aliquam et eget ipsum. Massa molestie sit ut, molestie dolor tincidunt, ullamcorper. Amet dolore sem consectetur magna diam consectetur praesent. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 30: Lorem congue praesent, molestie pharetra donec, massa non turpis ac nunc, praesent mauris dolor dolore proin molestie, pharetra donec, ante ullamcorper. Felis feugiat nisi, et felis sit magna laoreet id sit lorem tincidunt adipiscing sed congue, proin molestie, pharetra donec proin volutpat. Amet tempus ut diam id turpis, ac tincidunt sem mauris sed nunc proin volutpat, amet aliquam volutpat pharetra aliquam lobortis, non. Nonummy tempus lobortis, sem elit feugiat nisi et id turpis ac, nibh euismod adipiscing dolor dolore proin volutpat proin molestie dolor. Dolore mi molestie amet tempus ut et id sit magna, et id sit ac tincidunt praesent, at pharetra dolore ante volutpat. Amet tempus massa, id sit magna mi euismod turpis lorem, tincidunt aliquet, at dolor nunc aliquet adipiscing, sed congue proin, eget. Pharetra donec ante volutpat pharetra, donec massa non felis dolor dolore sem mauris pulvinar aliquam ut ullamcorper, adipiscing, sit donec massa. Non elit ipsum dolore, proin volutpat turpis ac tincidunt ullamcorper ante volutpat amet aliquam ante volutpat, amet donec proin, eget pharetra. Aliquam lobortis non elit ipsum lobortis ullamcorper elit ipsum magna mi, aliquet, at sed nunc aliquet lorem, tincidunt proin eget dolor. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, paragraph 1: Laoreet ullamcorper turpis nisi proin eget sed laoreet. Id feugiat ut sem consectetur magna praesent turpis. Nisi sem at laoreet id pulvinar nunc tellus. Sit magna praesent adipiscing donec praesent turpis dolore. Sem consectetur nisi non dolor tincidunt volutpat pulvinar. Nunc aliquet consectetur laoreet tellus sit ut non. Sit congue non pharetra congue aliquet adipiscing nisi. </w:t>
-[...144 lines deleted...]
-        <w:t xml:space="preserve">Section 2, paragraph 30: Donec proin at lorem laoreet, eget ipsum massa id feugiat, lobortis non dolor tincidunt ullamcorper dolore aliquet turpis ut non sit congue ullamcorper pharetra nunc, tellus pulvinar massa. Molestie feugiat ut volutpat pharetra tincidunt euismod dolor laoreet id lobortis, molestie dolor, tincidunt euismod pulvinar nunc tellus sit nunc tellus feugiat lobortis volutpat sed tincidunt id ipsum. Laoreet, molestie feugiat lobortis volutpat pharetra dolore praesent adipiscing ante mauris lorem laoreet felis ipsum massa, tellus sit ut, volutpat sed laoreet eget sed laoreet id ipsum, massa. Mauris lorem nibh eget nunc tellus pulvinar lobortis molestie feugiat lobortis volutpat dolor laoreet id ipsum massa id feugiat lobortis mauris lorem nibh eget ipsum massa molestie feugiat. Ut non amet mi adipiscing aliquam proin consectetur magna diam elit erat praesent felis tempus, ante mauris ac, et eget, erat laoreet felis tempus ante molestie lorem, et. Eget dolor id ipsum massa molestie tempus nibh mauris sed laoreet eget sed laoreet id feugiat massa, molestie sed tincidunt euismod pulvinar tellus sit ut sem consectetur donec. </w:t>
+        <w:t xml:space="preserve">Section 2, paragraph 1: Turpis pharetra, tempus et euismod mauris nonummy tempus ut diam id. Elit ipsum ac tincidunt aliquet at lorem congue praesent volutpat amet. Tempus lobortis et felis pulvinar tincidunt, aliquet at sed tincidunt aliquet. At dolor donec massa volutpat amet erat, lobortis ullamcorper id sit. Nisi, diam felis sit ac laoreet tellus at aliquet adipiscing dolor. Donec ante non amet aliquam, lobortis, non elit ipsum ut diam. Felis pulvinar lobortis sem elit ipsum nunc sem eget adipiscing sed. Dolore ante non elit pulvinar, nisi nibh euismod amet ac lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 2: Lobortis nibh tellus at sed dolore proin eget amet, aliquam ante volutpat nonummy erat lobortis non, nonummy tempus lobortis sem elit, pulvinar magna. Laoreet aliquet felis feugiat congue praesent molestie sit ac massa tellus consectetur erat laoreet tellus consectetur sed nunc sem eget pulvinar aliquam nibh. Euismod adipiscing lorem ut adipiscing ipsum congue praesent molestie sit magna mi id sit, magna laoreet molestie consectetur, erat tincidunt aliquet at lorem. Nunc aliquet at, dolor dolore proin, volutpat pharetra ac mi tellus at ipsum nisi et euismod turpis nisi ante, euismod nonummy, tempus lobortis. Diam felis sit magna mi id pharetra ac, felis, feugiat, congue et molestie sit ac tincidunt aliquet at dolor dolore, ante volutpat pulvinar. Donec ante, volutpat nonummy tempus nibh ullamcorper adipiscing ipsum ut, et felis, adipiscing lorem tincidunt ullamcorper felis feugiat congue praesent, mauris sit magna. Mi tellus consectetur sed nunc sem eget pulvinar ac lobortis euismod adipiscing ac nibh ullamcorper elit pulvinar nisi et euismod turpis ac laoreet. Aliquet mauris pharetra donec massa non nonummy tempus massa ullamcorper, elit tempus lobortis dolore sem, mauris pulvinar dolore ante nibh tellus adipiscing sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 3: Molestie erat nunc et eget pulvinar aliquam nibh euismod turpis tempus congue mi tellus nonummy sed nunc diam eget pulvinar nisi, proin id amet aliquam euismod turpis aliquam. Lobortis ullamcorper turpis lorem tincidunt praesent mauris sit magna, ante tellus, nonummy erat laoreet tellus consectetur erat nunc non at sed nunc massa, sem felis sit magna mi. Euismod consectetur ac tincidunt aliquet mauris dolor dolore proin eget dolor dolore proin molestie, dolor donec mi molestie pharetra donec, ante sem at sed dolore, ante, volutpat amet. Donec ante, volutpat amet tempus massa ullamcorper elit ipsum ut ullamcorper nonummy, erat ut diam id dolor nunc praesent mauris sed nunc praesent mauris dolor dolore proin molestie. Dolor congue praesent mauris feugiat dolore praesent mauris pharetra, donec ante, non, elit ipsum ut proin volutpat amet dolore massa ullamcorper adipiscing ipsum ut ullamcorper elit, ipsum lobortis. Sem felis feugiat nisi mi id sit magna nibh tellus adipiscing sed tincidunt praesent tellus pharetra sed dolore proin volutpat dolor nunc, proin eget pulvinar dolore proin, eget. Amet tempus nibh euismod, nonummy, tempus adipiscing ipsum lobortis diam felis feugiat magna mi, molestie turpis magna mi tellus turpis lorem tincidunt aliquet consectetur lorem laoreet aliquet at. Dolor congue praesent mauris dolor ipsum nisi et volutpat amet nisi ante euismod turpis tempus, lobortis diam adipiscing feugiat congue praesent, felis feugiat ut non adipiscing feugiat congue. Laoreet tellus consectetur tellus consectetur sed dolore proin eget amet donec, ante volutpat amet aliquam nibh non nonummy aliquam massa ullamcorper elit ipsum ut diam, felis feugiat nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 4: Lorem pulvinar dolore ante volutpat nonummy, aliquam ante volutpat nonummy tempus ut diam felis feugiat nisi. Et tellus consectetur sed tincidunt aliquet at sed nunc ullamcorper felis feugiat ut praesent id pharetra. Ac massa sem, elit pulvinar nisi et euismod praesent eget pharetra dolore praesent at, feugiat congue. Praesent, volutpat turpis ac laoreet tellus consectetur sed nunc sem mauris sed dolore ante volutpat amet. Aliquam lobortis ullamcorper nonummy tempus ut ullamcorper felis feugiat magna mi euismod erat nunc sem mauris. Dolor donec nibh non nonummy lorem lobortis ullamcorper felis feugiat magna massa aliquet at sed dolore. Et volutpat, turpis aliquam nonummy tempus lobortis ullamcorper, felis sit erat massa non at sed nunc. Sem elit ipsum nisi sem elit dolor dolore proin volutpat pulvinar nisi ante euismod nonummy pulvinar. Nisi nibh euismod adipiscing lorem laoreet aliquet at feugiat congue praesent mauris feugiat congue aliquet felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 5: Ut praesent felis feugiat lobortis diam id pharetra ac massa, aliquet at sed nunc proin elit lorem tincidunt ullamcorper. Nonummy tempus lobortis ullamcorper nonummy aliquam lobortis ullamcorper adipiscing feugiat congue et id sit magna mi tellus consectetur erat. Tincidunt aliquet felis feugiat, magna mi mauris feugiat ut mi, molestie, consectetur erat, massa non consectetur sed nunc, sem. Eget pulvinar dolore proin eget pulvinar nisi proin eget, dolor ut diam felis feugiat congue mi id consectetur ac. Massa sem elit dolor, dolore, sem elit sed nunc proin eget pulvinar donec ante nibh tellus turpis ac laoreet. Euismod, turpis aliquam lobortis ullamcorper adipiscing lorem tincidunt aliquet felis feugiat magna praesent mauris dolor congue mi molestie sit. Donec mi molestie at sed congue proin mauris pharetra congue praesent mauris feugiat tincidunt praesent, molestie pharetra donec massa. Non nonummy ipsum nunc sem at sed ut nibh id amet congue praesent mauris dolor donec mi mauris pharetra. Magna ante non elit ipsum nisi diam eget ipsum nisi et eget proin at ipsum dolore proin eget dolor. Dolore ante euismod felis, lorem tincidunt praesent, mauris sit donec massa non consectetur ac laoreet tellus, pharetra ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 6: Nibh, ullamcorper felis lorem congue dolore ante. Volutpat nonummy tempus lobortis non nonummy, ipsum. Ut non elit feugiat nisi mi id. Turpis, ac laoreet tellus consectetur lorem tincidunt. Praesent, nibh euismod turpis sed tincidunt aliquet. At dolor dolore praesent mauris pharetra dolore. Praesent volutpat nonummy tempus nunc sem elit. Ipsum nunc diam eget pulvinar pharetra ac. Massa, sem elit pulvinar nisi et volutpat. Amet lorem congue diam felis lorem nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 7: Mi id sit magna mi molestie consectetur, erat laoreet tellus at dolor, nisi proin eget turpis lorem lobortis euismod nonummy tempus, lobortis sem elit ipsum ut. Nibh ullamcorper adipiscing lorem congue praesent mauris dolor donec ante volutpat consectetur tempus, nunc sem eget sit magna et id sit consectetur erat massa non at. Ipsum nisi proin eget dolor nisi ante volutpat turpis lorem congue, diam adipiscing, feugiat ut praesent id sit magna laoreet tellus, at tellus at sed nunc. Sem eget pulvinar nisi ante volutpat amet aliquam nibh volutpat nonummy donec nibh non amet tempus, massa ullamcorper nonummy, ipsum feugiat congue mi volutpat consectetur erat. Massa non consectetur erat massa sem elit sed nunc non at, sed massa sem eget pulvinar nisi et euismod amet mauris dolor dolore ante eget pulvinar. Donec ante non amet aliquam lobortis non, nonummy ipsum ut et molestie turpis ac laoreet tellus consectetur erat nunc, tellus consectetur aliquet, adipiscing, ac tincidunt, aliquet. At dolor, congue ullamcorper adipiscing dolor dolore mi volutpat amet erat ante molestie dolor magna laoreet euismod turpis, lorem laoreet tellus turpis lorem tincidunt, aliquet adipiscing. Feugiat congue, proin molestie, pharetra erat massa sem elit pulvinar ut et id turpis magna tincidunt mi molestie, pharetra ac, laoreet tellus pharetra, ac massa, aliquet. At dolor dolore ante eget pulvinar nisi, ante euismod nonummy tempus lobortis, non nonummy lorem lobortis ullamcorper eget, ipsum dolore nibh euismod at feugiat tincidunt ullamcorper. Adipiscing feugiat congue mi molestie sit donec massa sem, elit ipsum nisi proin eget amet nisi nibh euismod elit ipsum ut et id sit magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 8: Euismod adipiscing sed congue, praesent eget dolor donec, proin molestie nonummy tempus, lobortis non elit ipsum nisi, ante euismod amet aliquam lobortis, ullamcorper. Adipiscing lorem ut, praesent id, sit erat laoreet tellus turpis ac, massa aliquet elit dolor nisi proin tellus, consectetur erat nunc non elit. Ipsum nunc sem eget amet nisi nibh euismod, turpis ac, lobortis ullamcorper adipiscing tempus, lobortis, ullamcorper felis feugiat magna mi molestie at sed. Congue praesent mauris, dolor dolore praesent mauris feugiat tincidunt aliquet felis dolor magna ante molestie consectetur, magna mi non elit sed tempus, ut. Praesent id, sit magna, laoreet tellus consectetur sed nunc proin eget pulvinar nunc proin eget pulvinar donec lobortis ullamcorper adipiscing lorem congue praesent. Molestie amet ac lobortis ullamcorper, adipiscing lorem tincidunt aliquet felis feugiat tincidunt diam felis, feugiat congue praesent felis feugiat magna, praesent molestie pharetra. Ac, laoreet tellus consectetur erat, erat lobortis diam id sit magna mi euismod turpis magna et id pulvinar aliquam nibh euismod, turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 9: Turpis ac mi id feugiat magna laoreet aliquet adipiscing feugiat congue praesent felis sit magna. Mi non consectetur sed nunc sem eget, pulvinar aliquam nibh euismod, amet aliquam nibh volutpat. Amet tempus lobortis nibh tellus adipiscing, lorem, tincidunt aliquet mauris sed congue praesent mauris, pharetra. Erat massa non nonummy tempus massa non nonummy tempus nunc non eget, pulvinar ipsum, ut. Praesent id pharetra ac massa aliquet at erat tincidunt aliquet elit dolor nunc sem mauris. Dolor dolore praesent mauris pulvinar donec nunc non consectetur erat nunc proin eget ipsum nisi. Nibh ullamcorper adipiscing lorem tincidunt diam, adipiscing lorem, tincidunt diam, mauris sit magna mi id. Pharetra, ac donec ante non amet donec ante molestie pharetra magna praesent mauris pharetra magna. Praesent molestie consectetur erat laoreet non nonummy ipsum, aliquam nibh, id turpis ac lobortis laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 10: Mi tellus consectetur lorem laoreet aliquet mauris lorem ut praesent id, sit magna mi, id turpis ac mi molestie sit ac mi tellus consectetur lorem, tincidunt tellus. Consectetur sed nunc praesent at laoreet ullamcorper adipiscing ac nibh euismod amet aliquam nibh euismod turpis aliquam ante volutpat amet aliquam ante eget pulvinar, nunc praesent adipiscing. Sed congue praesent nonummy ipsum lobortis diam felis feugiat nisi, diam felis feugiat nisi et id sit magna et id sit magna nibh euismod turpis, ac laoreet. Massa tellus consectetur ac massa sem at pulvinar dolore ante eget pulvinar dolore proin, eget pulvinar nunc praesent eget dolor dolore proin molestie amet donec ante molestie. Turpis erat, tincidunt aliquet, at dolor dolore proin eget pulvinar nunc aliquet at sed congue proin volutpat nonummy tempus lobortis ullamcorper nonummy feugiat nisi mi id non. Nonummy ipsum nunc diam id sit aliquam, nibh euismod turpis ac laoreet euismod adipiscing lorem, congue praesent adipiscing feugiat tincidunt aliquet adipiscing, mauris pulvinar dolore sem at. Dolor, dolore ante non amet aliquam ante non nonummy aliquam massa volutpat amet donec ante volutpat consectetur erat ante volutpat nonummy erat elit sed ut proin eget. Pulvinar aliquam nibh id amet ac nibh euismod turpis aliquam nibh euismod amet nisi ante eget dolor, donec ante volutpat amet aliquam nunc proin id pulvinar nisi. Nibh ullamcorper turpis, aliquam lobortis euismod, turpis aliquam ante volutpat nonummy, tempus tincidunt praesent mauris sit, magna mi molestie consectetur erat massa proin mauris dolor donec massa. Non elit tempus ut diam id, sit lorem nunc aliquet at dolor congue proin volutpat nonummy, tempus ut, et molestie turpis magna ipsum, ut diam felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 11: Adipiscing feugiat magna mi molestie consectetur sed. Nunc sem elit, ipsum nunc et volutpat. Turpis tempus lobortis ullamcorper id turpis ac. Tincidunt aliquet mauris sed congue aliquet adipiscing. Feugiat tincidunt ullamcorper turpis ac congue aliquet. Adipiscing feugiat congue ante volutpat pharetra lorem. Tincidunt praesent mauris, dolor dolore, proin, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 12: Adipiscing feugiat dolore, praesent mauris dolor dolore non nonummy tempus ut diam eget ipsum nisi diam id sit ac, laoreet ullamcorper at feugiat. Tincidunt praesent mauris dolor congue praesent molestie pharetra donec tincidunt praesent eget dolor dolore proin non nonummy tempus massa non elit sit congue. Et felis ipsum nisi et id sit nisi sem elit ipsum feugiat congue praesent id feugiat congue praesent molestie pharetra ac massa aliquet. At dolor nunc sem consectetur, erat tincidunt tellus consectetur lorem nunc praesent et euismod adipiscing ac laoreet euismod adipiscing feugiat congue aliquet mauris. Amet tempus, massa non elit tempus ut et id turpis lorem tincidunt aliquet at sed massa ullamcorper felis feugiat magna, et molestie sit. Ac laoreet tellus consectetur magna mi aliquet mauris sed dolore praesent at, sed dolore praesent mauris pharetra dolore proin aliquet at dolor nunc. Sem elit dolor nisi nibh euismod nonummy tempus ut diam adipiscing lorem ut ullamcorper felis feugiat congue et id turpis ac tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 13: Ante non nonummy sed nisi ut diam felis feugiat ut diam felis feugiat congue diam felis feugiat nisi diam elit pulvinar magna laoreet tellus consectetur lorem nunc praesent. Eget amet ullamcorper adipiscing ipsum lobortis ullamcorper elit tempus massa sem, nonummy tempus lobortis diam elit ipsum nunc tellus nonummy sed nunc non nonummy sed nunc sem, turpis. Ac nibh volutpat amet nisi proin eget pulvinar nisi ante eget pulvinar, donec nibh ullamcorper felis feugiat congue praesent felis sit magna et id, pharetra molestie feugiat, nisi. Mi euismod turpis ac nibh euismod turpis nisi et id sit ac tincidunt ullamcorper turpis ac nibh id amet aliquam et, non elit ipsum ut diam felis pulvinar. Nisi nibh id turpis ac nibh euismod sit aliquam laoreet euismod turpis ac tincidunt aliquet felis, lorem lobortis, ullamcorper adipiscing at sed, nunc aliquet adipiscing lorem tincidunt aliquet. Mauris pharetra, dolore ante non elit ipsum ut diam felis feugiat nisi, diam, elit pulvinar nisi, et id sit nonummy sed nunc proin elit, amet nisi et euismod. Amet aliquam nibh ullamcorper, turpis nisi nibh, euismod adipiscing lorem magna tempus lobortis ullamcorper nonummy tempus ante volutpat pharetra, donec ante volutpat amet, erat ante volutpat dolor congue. Aliquet, mauris dolor donec ante tellus, consectetur donec mi nibh non nonummy, aliquam massa non nonummy erat massa non amet erat massa volutpat pharetra erat ante molestie, sit. Donec massa, tellus consectetur, erat laoreet tellus pharetra, felis ipsum, congue et id feugiat nisi, mi, id turpis ac laoreet aliquet consectetur, lorem laoreet euismod pulvinar aliquam nibh. Euismod adipiscing lorem laoreet euismod amet aliquam, ac laoreet molestie consectetur sed dolore sem at sed nunc aliquet mauris sed tincidunt, aliquet at dolor, donec massa ullamcorper elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 14: Tellus mauris, pulvinar sem at sed nunc praesent mauris dolor donec, ante non amet tempus ut et id sit erat. Tincidunt, aliquet mauris pulvinar dolore ante ullamcorper congue praesent id sit congue, praesent id sit congue diam elit ipsum, lobortis. Diam elit ipsum nisi diam, elit pulvinar ut sem eget pulvinar, nisi magna mi tellus consectetur ac laoreet tellus consectetur. Sed dolore sem eget amet nisi ante eget pulvinar donec nibh euismod nonummy donec ante volutpat amet tempus lobortis, felis. Ipsum, congue mi molestie turpis ac laoreet tellus consectetur sed tincidunt, aliquet at lorem, tincidunt praesent mauris dolor congue aliquet. Mauris pharetra, erat massa aliquet at dolor nisi et eget dolor dolore proin eget, pulvinar aliquam lobortis, ullamcorper nonummy lorem. Lobortis ullamcorper adipiscing tempus lobortis, ullamcorper elit ipsum ut lobortis, euismod turpis tempus lobortis ullamcorper nonummy tempus lobortis ullamcorper felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 15: Elit pulvinar nisi, et ullamcorper at dolor congue, praesent mauris feugiat tincidunt diam felis, lorem congue, diam mauris lorem magna laoreet proin. Volutpat nonummy tempus lobortis ullamcorper elit ipsum lobortis sem nonummy ipsum ut et euismod turpis, lorem nunc ante eget dolor dolore ante. Volutpat nonummy amet ac lobortis ullamcorper adipiscing feugiat dolore ante volutpat nonummy tempus nunc, tellus nonummy erat massa non elit pulvinar ut. Et, euismod adipiscing lorem congue praesent molestie volutpat pulvinar, dolore proin eget amet aliquam nibh volutpat amet donec ante non amet tempus. Massa non nonummy aliquam ante volutpat nonummy tempus aliquam, ante euismod adipiscing feugiat tincidunt diam mauris feugiat congue diam adipiscing lorem ut. Praesent felis feugiat ut diam felis ipsum ut ullamcorper, elit, ipsum nisi, et ante molestie pharetra donec, ante non nonummy sed ut. Nibh, aliquet at feugiat, tincidunt praesent mauris dolor donec ante volutpat consectetur erat massa, volutpat pharetra donec ante, lobortis ullamcorper felis sit. Congue, praesent felis ipsum ut diam felis feugiat magna mi id consectetur ac tincidunt aliquet consectetur nonummy sed nunc sem eget pulvinar. Nisi nibh id turpis aliquam nibh euismod adipiscing ac lobortis aliquet felis feugiat lobortis ullamcorper felis, lorem ut diam adipiscing lorem massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 16: Laoreet tellus non elit ipsum lobortis non elit tempus nunc sem nonummy ipsum nunc non consectetur sed massa non elit ipsum nunc proin eget amet nisi ante. Non nonummy erat ante volutpat consectetur erat massa non nonummy sed nunc proin, eget ipsum nisi et euismod, adipiscing lorem tincidunt aliquet felis dolor turpis lorem tincidunt. Diam felis feugiat congue praesent molestie sit, magna mi id feugiat ut ullamcorper nonummy tempus lobortis ullamcorper nonummy ipsum magna et felis pulvinar nisi sem eget pulvinar. Aliquam lobortis non nonummy tempus massa volutpat amet donec proin molestie, dolor, donec ante volutpat pharetra donec, ante molestie consectetur nonummy aliquam nibh non nonummy tempus nibh. Volutpat nonummy aliquam ante non nonummy erat massa sem elit ipsum, nisi, mi aliquet, at dolor nunc praesent at dolor magna praesent molestie pharetra erat massa tellus. Consectetur erat laoreet aliquet consectetur erat, laoreet euismod, consectetur ac tincidunt tellus turpis ac laoreet euismod sit nisi nibh id nonummy aliquam ante non nonummy erat massa. Non nonummy ipsum lobortis non consectetur donec ante non elit ipsum ut proin ullamcorper molestie consectetur erat massa aliquet at erat laoreet tellus, consectetur erat tincidunt, aliquet. Mauris dolor dolore ante eget dolor dolore praesent volutpat amet tempus lobortis ullamcorper proin, volutpat, pharetra, donec ante molestie dolor magna, mi tellus nonummy tempus ut diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 17: Ut et, id feugiat magna et id sit magna mi euismod turpis ac felis sit magna laoreet aliquet at dolor dolore proin volutpat nonummy. Aliquam lobortis diam nonummy tempus lobortis sem id, sit magna mi euismod turpis, ac proin eget pulvinar dolore proin, mauris dolor ut mi molestie. Turpis sed dolore sem at lorem laoreet, tellus consectetur lorem tincidunt tellus, adipiscing ac nibh volutpat amet donec ante non elit tempus, lobortis non. Nonummy tempus lobortis sem elit tempus nunc non elit ipsum nisi et id sit ac lobortis volutpat amet donec mi mauris dolor congue mi. Molestie pharetra, erat nunc sem elit ipsum nunc diam eget ipsum nisi et id turpis aliquam lobortis ullamcorper tincidunt aliquet felis feugiat congue ante. Tellus nonummy erat, massa, tellus nonummy erat massa sem eget pulvinar nisi nibh id amet nisi nibh ullamcorper adipiscing feugiat erat, nunc sem at. Sed donec proin eget pharetra dolore proin eget pharetra, donec, ante, volutpat pharetra erat massa volutpat, nonummy erat massa sem elit, ipsum euismod adipiscing. Sed nunc, aliquet mauris pharetra dolore ante non nonummy ipsum congue et molestie turpis erat tincidunt sem mauris pulvinar donec ante eget dolor, nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 18: Sed nisi, sem elit, ipsum dolore. Ante non consectetur donec ante, non. Nonummy tempus nunc, sem, eget pulvinar. Ut proin eget pulvinar nisi et. Id turpis ac lobortis euismod turpis. Congue mi mauris feugiat congue, praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 19: Non adipiscing lorem congue praesent id pharetra ac mi tellus consectetur id turpis erat tincidunt aliquet consectetur ac laoreet aliquet at sed tincidunt. Aliquet adipiscing lorem laoreet ullamcorper turpis lorem tincidunt ullamcorper at feugiat dolore mi elit ipsum ut mi id pulvinar nisi nibh euismod sit. Ac laoreet aliquet adipiscing sed tincidunt praesent at feugiat tincidunt, ullamcorper turpis lorem tincidunt aliquet proin mauris dolor, nunc proin mauris, pharetra donec. Ante non amet aliquam ante volutpat, nonummy erat massa ullamcorper felis feugiat ut et felis eget turpis ac tincidunt aliquet, at sed tincidunt. Aliquet, at lorem, tincidunt praesent mauris feugiat congue praesent mauris feugiat magna mi volutpat consectetur tempus ut diam eget ac laoreet ullamcorper turpis. Sed tincidunt praesent molestie pharetra dolore mi felis dolor dolore ante volutpat consectetur donec mi molestie sit magna mi id pharetra magna, tempus. Lobortis ullamcorper nonummy tempus lobortis non nonummy, erat lobortis sem elit sit magna laoreet euismod turpis ac nibh euismod, id pharetra ac laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 20: Diam id, mauris feugiat donec, massa sem elit pulvinar magna nibh, id sit ac. Tincidunt ullamcorper adipiscing lorem congue proin molestie, amet erat, massa sem elit, ipsum dolore. Sem eget dolor donec proin mauris dolor donec, proin eget, pharetra aliquam massa non. Felis tempus massa non amet erat massa, non nonummy erat sem consectetur donec ante. Molestie pharetra magna laoreet tellus consectetur sed dolore proin id ipsum dolore proin volutpat. Adipiscing tempus lobortis ullamcorper felis lorem tincidunt nibh euismod adipiscing ac nibh euismod amet. Nisi nibh ullamcorper adipiscing, lorem, congue praesent felis feugiat, congue, mi molestie pharetra donec. Ante sem nonummy, lorem tincidunt aliquet adipiscing lorem tincidunt praesent mauris dolor donec ante. Molestie pharetra donec mi mauris feugiat tincidunt diam adipiscing feugiat ut ullamcorper mauris feugiat. Congue praesent pharetra erat massa molestie pharetra magna mi molestie sit magna mi tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 21: Ullamcorper felis lorem ut mi id feugiat ut diam felis, feugiat. Magna laoreet, tellus consectetur sed nunc sem elit dolor dolore nunc. Sem eget sed massa non elit sed ut proin id amet. Aliquam et volutpat amet ac nibh euismod adipiscing lorem congue praesent. Molestie ullamcorper nonummy tempus nibh, non nonummy, tempus massa volutpat nonummy. Erat lobortis ullamcorper elit ipsum ut diam elit tempus nunc sem. Felis, pulvinar ut, et, id sit sit congue praesent id feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 22: Tempus ut diam id pulvinar ut sem elit, sed nunc proin mauris pharetra donec nibh non amet. Tempus ut, diam felis ipsum massa sem felis feugiat ac mi euismod consectetur lorem laoreet euismod turpis. Tempus lobortis ullamcorper adipiscing, ipsum ut ullamcorper elit ipsum ut diam felis feugiat ut, diam felis tempus. Ut nibh, euismod turpis, ac tincidunt aliquet id, sit magna et molestie pharetra ac mi aliquet at. Sed, nunc sem mauris dolor dolore aliquet mauris dolor dolore proin eget dolor tincidunt tellus adipiscing laoreet. Ullamcorper turpis lorem tincidunt aliquet felis feugiat tincidunt, praesent mauris dolor magna mi tellus pharetra, magna mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 23: Sem elit sed nunc sem elit ipsum dolore, proin eget pulvinar dolore ante volutpat pulvinar aliquam ante nonummy tempus. Lobortis non nonummy ipsum ut, ullamcorper felis feugiat ut diam felis feugiat ut et euismod consectetur, erat tincidunt sem. Mauris pulvinar dolore ac tincidunt aliquet at dolor dolore ante non nonummy, erat ante volutpat amet, erat massa non. Elit ipsum nisi diam eget pulvinar nisi diam id sit aliquam lobortis ullamcorper elit, ipsum ut diam, id sit. Magna et felis sit magna et id turpis, magna tincidunt praesent, mauris pharetra donec massa congue proin molestie amet. Erat massa non, nonummy tempus ut sem felis pulvinar, nisi diam eget pulvinar ut et eget pulvinar aliquam proin. Elit pulvinar dolore sem et molestie sit magna mi euismod turpis lorem laoreet id sit magna nibh id sit. Ac laoreet ullamcorper, adipiscing feugiat congue aliquet at, feugiat congue praesent mauris volutpat nonummy tempus tincidunt diam felis lorem. Ut diam id sit congue et id sit magna laoreet aliquet, consectetur sed tempus nunc non elit, tempus nunc. Diam eget sit, aliquam et id sit aliquam nibh ullamcorper, at feugiat tincidunt praesent molestie dolor dolore praesent mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 24: Tellus turpis ac laoreet aliquet, at elit erat massa aliquet consectetur erat laoreet molestie turpis ac mi id turpis ac laoreet tellus at dolor dolore praesent eget pharetra donec. Ante ullamcorper at sed dolore proin euismod amet aliquam lobortis euismod, adipiscing, dolor magna mi molestie sit, donec massa non pharetra erat nunc sem elit ipsum dolore erat tincidunt. Aliquet elit, dolor dolore proin volutpat nonummy tempus, lobortis, ullamcorper nonummy tempus nibh non nonummy tempus ut diam felis feugiat nisi lobortis euismod adipiscing lorem, congue mi molestie pharetra. Donec massa sem elit sed, nunc non at sed dolore sem elit ipsum nunc sem elit dolor, nunc aliquet mauris dolor magna mi molestie pharetra donec mi, molestie pharetra. Magna laoreet tellus pharetra ac laoreet aliquet elit sed dolore proin eget, pulvinar nisi ante volutpat pulvinar turpis ac nibh id turpis aliquam et eget pulvinar aliquam nibh volutpat. Turpis lorem tincidunt aliquet felis lorem, tincidunt diam adipiscing lorem congue praesent euismod adipiscing sed dolore proin molestie pharetra aliquam, massa volutpat amet erat lobortis sem elit ipsum ut. Diam, elit ipsum nunc diam eget pulvinar nisi et id id feugiat congue et id sit magna laoreet tellus consectetur erat tincidunt aliquet mauris ac laoreet tellus at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 25: Pharetra, erat massa sem eget pulvinar nisi nibh ullamcorper felis tempus nunc, et euismod. Turpis dolor nunc proin eget amet tempus, ut diam felis feugiat congue et id. Feugiat magna mi euismod, sit, nisi et felis pulvinar aliquam nibh, non adipiscing tempus. Ut mi molestie pharetra ac massa aliquet consectetur erat nunc sem at dolor nisi. Ante eget pulvinar donec ante pharetra donec proin eget pharetra, dolore ante volutpat nonummy. Tempus lobortis ullamcorper elit tempus, lobortis diam felis ipsum nunc diam id sit magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 26: Proin id, turpis ac lobortis aliquet mauris dolor congue praesent non consectetur felis. Feugiat tincidunt diam felis sit, ut diam id sit congue, praesent id sit. Congue laoreet tellus consectetur, erat laoreet euismod turpis ac tincidunt sem eget, praesent. Volutpat, nonummy lorem ut diam felis ipsum ut diam, elit ipsum ut diam. Id sit magna et id sit nisi et eget sit ac amet tempus. Ut diam id pharetra ac laoreet, tellus consectetur sed nunc sem, mauris pulvinar. Aliquam nibh euismod adipiscing feugiat congue mi tellus sed ut et, id turpis. Ac tincidunt, praesent mauris feugiat congue, mi molestie consectetur erat massa sem elit. Ipsum ut proin eget pulvinar nisi, et eget amet proin volutpat pulvinar nisi. Et euismod turpis tempus lobortis ullamcorper felis sit donec ante molestie pharetra sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 27: Feugiat dolore praesent mauris dolor donec massa non nonummy tempus nunc sem elit tempus massa tellus pharetra donec molestie consectetur sed nunc sem eget ipsum nunc sem at dolor dolore. Proin eget pulvinar dolore ante eget pulvinar dolore ante volutpat pharetra aliquam non amet aliquam ut et id, turpis erat tincidunt aliquet elit sed nunc tellus consectetur lorem, tincidunt praesent. Volutpat amet tempus lobortis ullamcorper felis sit magna mi sit congue, et molestie sit erat laoreet aliquet, at, sed nunc sem eget amet aliquam ante volutpat pharetra aliquam ante volutpat. Nonummy aliquam volutpat pharetra donec, massa, sem nonummy ipsum magna laoreet euismod turpis lorem nunc praesent at sed tincidunt praesent eget amet aliquam lobortis, ullamcorper elit ipsum nisi et feugiat. Nisi et id turpis ac nibh tellus at lorem nunc praesent mauris, pharetra donec massa volutpat amet erat massa non, nonummy donec, ante volutpat consectetur tempus non nonummy, tempus, nunc. Sem elit pulvinar nisi proin id amet ac nibh euismod at dolor donec massa non nonummy lobortis, sem elit ipsum nunc sem eget pulvinar nisi proin id turpis lorem tincidunt. Praesent molestie, pharetra, erat massa non nonummy, ipsum ut diam id sit nisi proin eget amet aliquam ante volutpat amet tempus massa diam, felis sit, magna laoreet tellus turpis ac. Tincidunt aliquet, consectetur sed nunc sem mauris sed nunc at sed tincidunt aliquet mauris dolor dolore, proin volutpat nonummy erat massa, non nonummy tempus nunc sem nonummy erat massa non. Elit pulvinar nisi et id pulvinar proin id amet ac nibh ullamcorper turpis tempus lobortis aliquet felis feugiat congue mi, molestie sit magna mi molestie pharetra donec laoreet tellus pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 28: Amet lobortis euismod adipiscing lorem tincidunt diam mauris feugiat magna diam mauris sit. Donec mi tellus at, sed dolore sem elit pulvinar nisi et volutpat turpis. Lobortis ullamcorper adipiscing feugiat congue praesent, molestie consectetur erat massa sem id sit. Nisi nibh euismod adipiscing lorem tincidunt aliquet felis, feugiat congue aliquet dolor tincidunt. Praesent mauris sit, magna mi mauris sit magna praesent felis ipsum ut et. Felis sit nisi et felis feugiat nisi mi id sit magna et sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 29: Erat laoreet non at sed massa, sem elit ipsum dolore proin volutpat nisi nibh ullamcorper adipiscing lorem tincidunt, diam felis sit magna praesent felis, feugiat congue praesent. Molestie sit ac massa tellus at erat, tincidunt aliquet at sed sem mauris dolor dolore proin, volutpat amet aliquam, nibh non nonummy tempus lobortis diam felis ipsum. Ut et id sit magna et id consectetur lorem aliquet at lorem tincidunt aliquet at lorem tincidunt euismod turpis, aliquam nibh id amet aliquam nibh, euismod adipiscing. Lorem lobortis diam felis feugiat ullamcorper felis feugiat congue, diam felis feugiat ut diam felis sit magna et felis sit magna, mi id turpis magna mi euismod. Sit magna laoreet euismod adipiscing nibh tellus adipiscing ac tincidunt, ullamcorper, adipiscing, feugiat congue praesent mauris feugiat congue aliquet felis lorem tincidunt ullamcorper adipiscing lorem lobortis diam. Mauris pharetra donec laoreet non amet, aliquam, laoreet ullamcorper adipiscing lorem lobortis ullamcorper adipiscing, feugiat, congue ante volutpat consectetur, erat, ante tellus pharetra donec laoreet consectetur sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 30: Ipsum nisi et turpis lorem tincidunt praesent mauris feugiat congue praesent felis sit magna mi felis lorem ut, diam felis feugiat congue et id feugiat nisi et felis lobortis. Sem elit pulvinar magna et, id sit nisi et id sit aliquam nibh, ullamcorper at feugiat dolore proin adipiscing lorem lobortis euismod turpis aliquam eget pulvinar nisi proin volutpat. Amet aliquam nibh volutpat pharetra donec ante volutpat nonummy tempus lobortis ullamcorper elit ipsum massa volutpat, consectetur erat, lobortis non elit nunc non nonummy erat massa sem elit ipsum. Nisi, proin eget pulvinar ac lobortis, ullamcorper adipiscing ac tincidunt aliquet, felis feugiat congue mi mauris sed nunc sem elit erat massa tellus at ipsum massa tellus consectetur sed. Massa sem eget dolor dolore proin mauris dolor dolore ante volutpat nonummy tempus nibh, adipiscing tempus lobortis, ullamcorper adipiscing tempus lobortis, diam id sit magna laoreet euismod turpis erat. Laoreet tellus consectetur sed dolore ante non, adipiscing, tempus ut diam, at pulvinar dolore, et, eget pulvinar nisi et volutpat pulvinar tempus lobortis, diam mauris elit sed nunc, non. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="even" r:id="R46803faf6c8d4689"/>
-      <w:headerReference w:type="default" r:id="R2a1540f68b7f4579"/>
+      <w:headerReference w:type="even" r:id="R762314e853fd40a8"/>
+      <w:headerReference w:type="default" r:id="Rb6c734a8c5244602"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1034,51 +1034,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8287d225a0ca4f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R990aac0a831f47b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re50ed6ce60974a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rc279e54c88f0421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="Rd9c1c1e35cad46eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="Rd285cfb916154003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="R46803faf6c8d4689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="R2a1540f68b7f4579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcaccb9fc7fe4437a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb5b10f41bda14aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7d2b664890a34cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5dc02d2d8bd34a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rd6722988bd454860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="Rf91e75ec70264242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="Rc9dbef88fde046c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="R762314e853fd40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="Rb6c734a8c5244602" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd0d1e73400c84487" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>