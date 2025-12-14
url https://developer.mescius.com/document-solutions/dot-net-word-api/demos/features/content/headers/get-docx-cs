--- v1 (2025-12-04)
+++ v2 (2025-12-14)
@@ -1,381 +1,381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd5277b57549a4e0f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra755115f7ea04e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R68f033255b9a434e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf3c228c65c5c4bcc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb342dfae0f4e4248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R19f218e1326e463d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 1: Erat ante et sem ullamcorper lorem pulvinar pharetra tempus congue nunc nibh praesent volutpat elit, feugiat ac. Dolore, nibh euismod, dolor magna massa non elit, ipsum ut diam id turpis sed, tincidunt, aliquet adipiscing. Feugiat tincidunt ullamcorper, adipiscing, lorem congue mi molestie, pharetra donec ante consectetur erat massa non, elit pulvinar. Nisi, et id amet aliquam nibh ullamcorper adipiscing lorem lobortis aliquet felis, feugiat magna ante molestie pharetra. Donec mi mauris pharetra laoreet non, consectetur sed nunc, sem elit, sed massa, aliquet elit dolor nisi. Et volutpat pulvinar aliquam lobortis ullamcorper nonummy lorem ut diam, pharetra erat massa tellus at amet aliquam. Nibh euismod adipiscing ac tincidunt praesent mauris dolor, congue praesent, molestie pharetra donec massa tellus nonummy sed. </w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">Section 1, paragraph 29: Pulvinar tempus lobortis, pulvinar tempus lobortis. Diam felis, feugiat, magna mi id. Pharetra ac massa aliquet consectetur erat. Nunc sem volutpat turpis lorem lobortis. Diam mauris sit magna proin, eget. Sit lorem tincidunt proin molestie pharetra. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 1: Ante ut tellus, eget dolore massa sem volutpat elit nonummy amet consectetur pharetra adipiscing elit adipiscing, adipiscing, magna magna aliquam erat tempus aliquam erat sit pharetra. Congue congue nisi erat ipsum sed ipsum lorem ac magna tempus sed ipsum, feugiat ac nibh massa ut, dolore aliquam, donec aliquam lorem ipsum lorem dolor. Pulvinar lorem pulvinar consectetur pharetra pulvinar sit amet turpis at adipiscing volutpat proin nibh nunc magna ut dolore aliquam magna erat feugiat, pulvinar sit pharetra ipsum. Tempus, ac donec aliquam, magna donec tempus erat tempus tempus erat ipsum pharetra sem non sit pharetra, pulvinar sit, dolor ipsum pharetra, amet turpis consectetur adipiscing. At elit at euismod sem, mi lobortis, donec lorem turpis consectetur adipiscing at non euismod, aliquet, non ullamcorper sem praesent ante, laoreet laoreet ante tincidunt, ut. Congue tincidunt massa tincidunt, dolore nisi, donec aliquam sed ipsum pharetra at ullamcorper proin nibh nibh ante, tincidunt, dolore nisi, dolore massa dolore nisi, magna aliquam. Dolor ipsum sit dolor ipsum feugiat pulvinar sit volutpat ullamcorper aliquet et proin nibh nunc donec aliquam ac erat aliquam ut donec lorem dolor pulvinar feugiat. Dolor feugiat feugiat pulvinar feugiat pharetra pulvinar, at felis consectetur consectetur adipiscing at felis molestie consectetur nonummy molestie eget tellus non praesent nibh ut sed feugiat. Amet sit pharetra, pulvinar ipsum dolor pulvinar sit amet turpis sit amet adipiscing elit, tellus, non, euismod molestie ullamcorper aliquet sem aliquet ante, et ante nibh. Massa ut aliquam, lorem ipsum consectetur molestie praesent nibh dolore pulvinar feugiat sed feugiat, pharetra amet turpis pharetra pulvinar feugiat sed ipsum pharetra nonummy, adipiscing elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 2: Dolore massa ut dolore nunc congue donec nisi. Nisi, lobortis nunc lobortis lobortis nunc congue dolore. Nisi magna dolore nisi donec aliquam lorem ipsum. Lorem ac donec tempus magna dolore nisi ac. Laoreet mi lobortis dolore, magna donec nisi, nisi. Congue dolore magna dolore aliquam magna donec nisi. Congue tincidunt nunc congue donec, ac donec dolore. Ut id at id sem diam sem diam. Ullamcorper, tellus volutpat ullamcorper tellus non euismod tellus. Non id tellus ullamcorper ante nibh ante ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 3: Turpis, dolor amet feugiat pharetra amet consectetur pharetra, adipiscing elit, id mauris. Id, tellus volutpat praesent sed ipsum tempus magna tempus feugiat pulvinar feugiat. Lorem magna donec donec magna erat feugiat dolor sit amet turpis eget. Tellus volutpat euismod, id at nonummy felis mauris felis felis consectetur nonummy. Adipiscing at felis volutpat euismod molestie volutpat ullamcorper sem diam praesent diam. Diam sem mi euismod sem et praesent aliquet non ullamcorper sem praesent. Ante et mi proin diam diam, sem et ante lobortis massa ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 4: Ut tincidunt massa, nibh laoreet lobortis lobortis nisi magna erat ac ipsum. Sit pharetra sit pharetra pharetra adipiscing at, elit nonummy, consectetur pharetra amet. Turpis pharetra amet pharetra, nonummy at, elit nonummy at eget molestie euismod. Consectetur adipiscing mauris id at nonummy turpis nonummy felis volutpat euismod molestie. Mauris elit adipiscing at elit mauris eget sem, mi praesent non volutpat. Eget, adipiscing sit consectetur nonummy consectetur nonummy sem diam proin laoreet nunc. Ac donec aliquam donec tempus lorem erat lorem sed ipsum feugiat erat. Erat nisi magna dolore aliquam erat consectetur amet sit feugiat sed ipsum. Lorem, erat donec aliquam ac erat, lorem sed sit, amet adipiscing elit. Tellus praesent nibh, laoreet nunc tincidunt, laoreet ante tincidunt nisi magna, donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 5: Tellus non volutpat eget mauris at, sem et, praesent et, laoreet ante nibh massa ut nunc, ut ut nunc. Ut congue nunc ut congue tincidunt lobortis tincidunt laoreet massa tincidunt nisi erat, donec magna congue nunc nunc tincidunt. Dolore, nisi erat ac erat tempus aliquam, ipsum feugiat amet at id mauris euismod proin laoreet nunc, magna nunc. Ut congue nisi magna donec nisi donec tempus ac sed feugiat amet at elit adipiscing turpis dolor dolor ipsum. Feugiat sed sit pharetra sit pharetra pharetra lorem erat tempus ac tempus lorem dolor ipsum ac erat feugiat dolor. Pulvinar ipsum lorem erat tempus, sed ipsum sit amet turpis pharetra amet sit dolor pulvinar sit, pulvinar turpis pharetra. Pulvinar ipsum lorem erat erat feugiat dolor feugiat dolor pulvinar consectetur adipiscing mauris nibh tincidunt magna tempus, tempus mi. Proin molestie eget euismod non diam, proin nunc, ut dolore nisi magna erat ac, erat ipsum, nisi congue nunc. Magna magna tempus erat erat, lorem erat feugiat sed sed tempus sed ipsum sit amet donec aliquam sed ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 6: Tellus ullamcorper tellus non ullamcorper tellus, non ullamcorper, aliquet non aliquet, proin mi, magna aliquam lorem sed tempus sed sed feugiat sed erat feugiat dolor sit, dolor dolor feugiat. Feugiat erat feugiat sed ipsum sit amet at elit mauris praesent sem mi massa lobortis massa lobortis tincidunt nunc ut congue, nunc, ut, tincidunt, ante lobortis tincidunt nunc congue. Nunc massa tincidunt dolore congue, dolore dolor pulvinar pharetra pulvinar sit pharetra pulvinar, sit dolor turpis turpis, amet adipiscing at elit mauris id, felis volutpat tellus sem diam proin. Sit pharetra turpis consectetur consectetur amet consectetur nonummy at elit adipiscing at eget molestie diam praesent diam mi ante laoreet nunc tincidunt nunc nisi donec aliquam aliquet, non euismod. Euismod mauris mauris id volutpat volutpat tellus non ullamcorper aliquet diam proin nibh laoreet ut donec ac donec, donec nisi magna dolore nisi congue eget felis eget euismod tellus. Ullamcorper tellus, non, ullamcorper sem mi mi lobortis nunc ut proin, et ante nibh mi ut dolore magna donec lorem sed ipsum pharetra adipiscing elit id volutpat volutpat sem. Et aliquet, sem non tellus non non euismod molestie volutpat id volutpat ullamcorper lobortis nunc magna donec lorem ipsum feugiat sed turpis nonummy adipiscing, mauris felis felis eget id. Molestie elit felis at elit felis at elit felis mauris eget dolore nisi donec lorem sed sit pharetra pulvinar feugiat pharetra turpis pharetra pharetra sit pharetra nonummy adipiscing elit. Adipiscing consectetur nonummy mauris volutpat tellus diam mi, nibh ut congue donec ac donec tempus lorem tempus aliquam, ac tempus lorem dolor feugiat pharetra amet consectetur nonummy at eget. Tellus volutpat tellus sem praesent ante, nibh magna donec, aliquam ac donec ac sed ipsum, sed erat tempus, sed sit consectetur adipiscing at felis molestie, euismod euismod volutpat, elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 7: Congue, volutpat euismod molestie volutpat aliquet sem et praesent proin non id, non ullamcorper aliquet diam praesent. Aliquet, volutpat euismod tellus ullamcorper aliquet aliquet lobortis, nunc ac erat tempus lorem donec tempus erat tempus. Lorem erat erat aliquam, ac donec ac donec aliquam lorem erat lorem sed pulvinar dolor mauris, at. Nonummy adipiscing at adipiscing at at nonummy at eget mauris euismod tellus sem diam, sem, diam mi. Proin diam ante et laoreet massa laoreet amet pulvinar sit pulvinar sit feugiat pulvinar, turpis consectetur adipiscing. At elit mauris id non ullamcorper ante laoreet massa, lobortis, laoreet nunc congue nunc turpis turpis elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 8: Id molestie volutpat id, tellus diam tellus nibh aliquet, sem mauris eget, id molestie elit felis eget eget nonummy turpis consectetur nonummy consectetur felis mauris, eget. Id mauris euismod molestie non aliquet proin ullamcorper praesent et, massa tincidunt nunc ut lobortis tincidunt lobortis, tincidunt nunc lobortis tincidunt massa ut, dolore, nisi erat. Tempus ac tempus feugiat dolor pulvinar elit felis molestie, id id mauris, eget molestie non tellus tellus volutpat id adipiscing, at elit felis eget molestie felis. At elit congue donec magna erat feugiat pulvinar sit consectetur turpis at felis at, at adipiscing, mauris id non ullamcorper tellus molestie volutpat id mauris volutpat. Euismod, turpis at ullamcorper aliquet, proin mi nibh laoreet ut lobortis tincidunt nunc congue nisi ac erat ac magna donec dolore ut dolore ut, magna, dolore. Nisi congue, dolore nisi, nibh tincidunt nisi donec aliquam erat feugiat dolor pulvinar sit pharetra sit pharetra pulvinar sit nonummy nonummy sit, pharetra amet turpis dolor. Sed aliquam ac sed tempus ac donec dolore, ut lobortis laoreet, ante lobortis massa ut tincidunt massa ut tincidunt ut donec aliquam sed ipsum consectetur nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 9: Lobortis nibh laoreet ante laoreet ut magna aliquam ac donec nisi lobortis proin et, aliquet tellus ullamcorper aliquet sem ullamcorper praesent, diam, praesent. Aliquet sem, diam sem diam mi dolore dolore ut tincidunt ut congue donec aliquam donec aliquam ac magna nisi erat tempus dolor dolor. Ipsum ac ac, dolore nunc massa et, praesent aliquet non ullamcorper sem et ante, et, mi ante lobortis massa ut tincidunt massa lobortis. Nunc ut congue dolore ut tincidunt, nunc ut congue nisi sit sed sed tempus lorem erat tempus erat erat tempus sed feugiat amet. Turpis pharetra nonummy adipiscing eget tellus non, aliquet sem diam, non euismod aliquet et ante tincidunt nunc magna tempus pulvinar turpis elit molestie. Euismod aliquet, sem massa congue aliquam erat ipsum dolor amet elit tellus diam, nibh dolore nisi tempus consectetur mauris euismod sem mi ante. Nibh mi lobortis congue ac sed sit nonummy mauris euismod tellus diam proin mi ante tincidunt nunc magna laoreet, massa ut donec ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 10: Donec nisi, lobortis tincidunt dolore, magna aliquam lorem ipsum sit felis volutpat tellus, sem diam. Proin et massa dolore tempus erat tempus dolor, turpis elit molestie, ullamcorper euismod, sem diam. Tellus volutpat ullamcorper aliquet sem ullamcorper aliquet ullamcorper proin laoreet dolore ac feugiat amet at. Eget molestie volutpat aliquet et massa tincidunt molestie euismod aliquet diam praesent nibh massa donec. Sit amet mauris euismod diam ante congue, tempus sed turpis id turpis eget tellus diam. Proin donec donec ac erat lorem dolor sit consectetur turpis at erat lorem ipsum ipsum. Ac, erat feugiat amet at id non, praesent, ante tincidunt ut ante proin mi nibh. Nibh massa, lobortis tincidunt nunc lobortis nunc nisi erat feugiat amet eget tellus ullamcorper ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 11: Consectetur felis mauris volutpat molestie non, aliquet proin laoreet massa congue aliquam sed sit, adipiscing mauris euismod adipiscing at ac erat, tempus ac erat ipsum pharetra turpis, nonummy adipiscing eget. Eget mauris volutpat euismod sem praesent proin et mi lobortis nunc turpis consectetur felis at eget molestie euismod aliquet diam, mi lobortis nunc ac tempus feugiat pulvinar pharetra amet adipiscing. Id adipiscing at, nonummy nonummy consectetur consectetur dolor ipsum, pharetra amet at elit mauris eget id volutpat euismod tellus non praesent diam praesent sem et ante lobortis nunc, magna, erat. Lorem lobortis congue aliquam magna aliquam ac erat tempus dolor turpis nonummy mauris, volutpat tellus non ullamcorper proin mi donec congue dolore aliquam ipsum pharetra adipiscing mauris tellus euismod tellus. Non donec ac ipsum sit amet adipiscing, id tellus euismod aliquet, sem praesent nibh dolore ac sit elit molestie euismod, aliquet, diam proin laoreet massa amet at consectetur amet turpis. Elit felis tincidunt, aliquam mi praesent et massa congue donec sed sit consectetur adipiscing ullamcorper aliquet nibh massa congue dolore magna erat tempus sed feugiat pharetra adipiscing eget molestie non. Ullamcorper molestie non aliquet sem mi, lobortis nunc ut magna mauris euismod sem et massa congue dolore sed feugiat pharetra turpis, elit molestie ullamcorper praesent et, nunc, congue nisi magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 12: Magna donec, tempus magna erat feugiat. Pulvinar sit, sem praesent ante laoreet. Nunc congue tempus sed, pulvinar pharetra. Turpis at id molestie euismod sem. Mi lobortis congue nisi ac ipsum. Dolor sit, nonummy laoreet nunc congue. Tempus nisi, ipsum dolor pulvinar ipsum. Feugiat pulvinar consectetur nonummy mauris id. Non non praesent et mi lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 13: Adipiscing mauris eget id eget aliquet non, diam. Sem diam ante proin tincidunt massa congue nisi. Ac aliquam sed pulvinar pharetra pulvinar turpis elit. Molestie, euismod sem et mi nibh dolore ac. Tempus feugiat amet elit tellus eget id tellus. Non eget tellus mi praesent et diam aliquet. Proin diam aliquet proin laoreet nibh donec aliquam. Sed donec ac erat lorem pulvinar consectetur felis. Molestie aliquet, sem et nonummy nonummy mauris elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 14: Elit nonummy mauris, elit id mauris eget molestie non proin at elit felis eget id non aliquet et massa ut, dolore nisi, donec tempus sed sit. Sit pulvinar ipsum, feugiat dolor turpis elit felis eget id mauris euismod non praesent proin nibh massa congue tincidunt nunc magna aliquam dolor turpis pharetra adipiscing. Elit id volutpat, praesent nibh massa congue tempus nonummy consectetur nonummy volutpat euismod sem mi ante congue, nisi magna ipsum pharetra turpis pharetra felis, eget euismod. Diam diam nibh mi ante, nibh, laoreet lobortis dolore, ac, ipsum feugiat pharetra pulvinar consectetur adipiscing eget id tellus ullamcorper sem mi ante lobortis massa ut. Dolore massa ut dolore nisi donec magna tempus feugiat amet turpis elit mauris euismod aliquet et proin et praesent, praesent nibh mi, ante nibh massa congue. Nisi magna erat lorem pulvinar turpis nonummy praesent massa dolore nisi donec, lorem, dolor pulvinar dolor pulvinar sit consectetur felis, volutpat molestie non, ullamcorper aliquet ullamcorper. Proin elit adipiscing volutpat aliquet sem ante, lobortis nunc, ut congue nisi ac tempus feugiat pulvinar sit nonummy at nonummy felis eget euismod, sem praesent proin. Tincidunt ac sed feugiat pharetra sit consectetur nonummy consectetur felis molestie euismod, sem diam aliquet nibh massa ut congue dolore magna tempus sed pulvinar pharetra adipiscing. At ullamcorper elit id mauris euismod, tellus, non aliquet proin laoreet nibh, nunc nisi donec lorem, sed tempus feugiat amet consectetur nonummy at, elit molestie non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 15: Mauris elit molestie erat tempus lorem sed tempus sed, ipsum sit adipiscing at euismod, non praesent, et et massa. Lobortis nunc congue tincidunt nunc congue dolore ut, nunc nisi donec feugiat dolor sit nonummy molestie euismod non ullamcorper. Ullamcorper, non non aliquet diam mi lobortis nunc, nisi donec aliquam ac ipsum dolor, lobortis et laoreet ut dolore. Nisi magna donec lorem, tempus tempus, sed sit pharetra turpis consectetur elit mauris euismod, non diam praesent, tellus eget. Tellus molestie ullamcorper id non praesent et diam proin nibh mi lobortis laoreet, nunc congue donec magna tempus feugiat. Amet sit, pharetra turpis at molestie molestie aliquam sed feugiat dolor turpis pharetra adipiscing at euismod non diam proin. Mi ante lobortis dolore ac tempus dolor amet consectetur nonummy turpis consectetur adipiscing at feugiat dolor sit amet, at. Elit molestie ullamcorper praesent proin laoreet nibh nunc nisi donec lorem dolor sit nonummy molestie volutpat molestie non aliquet. Non ullamcorper proin massa proin laoreet nunc magna tempus, magna erat lorem ipsum sit amet at id non ullamcorper. Euismod tellus praesent ante nisi magna ipsum pharetra, turpis at elit mauris, ullamcorper tellus ullamcorper proin nibh ut, erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 16: Ut laoreet nunc magna congue aliquam erat lorem pulvinar. Sit, pharetra amet at euismod mi lobortis dolore ac. Ipsum sed pulvinar pharetra felis volutpat tellus diam praesent. Proin laoreet ante lobortis nunc ut, dolore ac erat. Feugiat dolor turpis eget mauris volutpat tellus sem mi. Nibh laoreet lobortis congue, nisi erat feugiat dolor adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 17: Molestie volutpat felis mauris eget id volutpat aliquet sem mi, proin et praesent proin et, mi ut tincidunt nisi congue aliquam erat feugiat feugiat tellus mi ut. Dolore aliquam sed, feugiat amet adipiscing nonummy felis consectetur consectetur turpis consectetur elit mauris volutpat aliquet diam proin et laoreet congue consectetur adipiscing eget id mauris eget. Molestie ullamcorper id aliquet diam ante nibh massa ut donec lorem pulvinar consectetur felis eget id non aliquet et tincidunt nisi id, eget id, tellus, non praesent. Et ante lobortis dolore ac pulvinar pharetra, amet elit id non aliquet proin laoreet ut donec lorem ipsum laoreet diam sem mi ante congue dolore erat erat. Ac ac tempus dolor sit eget non praesent ante laoreet nunc donec lorem amet consectetur nonummy molestie congue ut congue dolore, ut donec tempus sed ipsum lorem. Dolor donec aliquam nisi dolore dolore ut congue, nunc, ut tincidunt ut magna nunc ut donec nisi, consectetur elit mauris id sem, mi lobortis congue aliquam erat. Feugiat dolor ipsum sit nonummy, at felis volutpat aliquet, sem nunc congue aliquam lorem pulvinar, consectetur id non praesent nibh nunc congue, aliquam, sed pulvinar pharetra adipiscing. At felis, volutpat aliquet proin mi lobortis dolore lorem consectetur, elit felis mauris id volutpat euismod aliquet et proin lobortis dolore congue aliquam lorem, sed feugiat pulvinar. Sit pharetra amet turpis id molestie euismod aliquet ullamcorper ipsum sit pharetra turpis elit felis eget id tellus diam ante laoreet ut erat tempus erat tempus lorem. Sed feugiat nonummy, turpis consectetur nonummy adipiscing elit, felis non ante, tincidunt nisi ac feugiat felis molestie euismod molestie non praesent proin mi, nibh tincidunt ut erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 18: Sed lorem lorem, pulvinar feugiat praesent ante laoreet lobortis tincidunt nunc magna tempus ac. Sed tempus sed pulvinar, pharetra pulvinar turpis elit mauris euismod aliquet laoreet nisi dolore. Dolore magna nonummy sit nonummy felis eget euismod, sem praesent ante laoreet lobortis tincidunt. Massa ut dolore nisi erat ipsum nonummy mauris id tellus ullamcorper ante laoreet erat. Erat tempus sed ipsum pharetra at id, molestie ullamcorper praesent nibh laoreet lobortis nunc. Nisi donec tempus sed pulvinar consectetur turpis consectetur felis volutpat, ullamcorper tellus ullamcorper praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 19: Lorem pulvinar nonummy mauris euismod sem ac sed feugiat pharetra sit nonummy felis eget tellus non diam aliquet sem mi nibh nunc magna ipsum pharetra. Adipiscing at felis mauris euismod tellus diam proin laoreet massa tincidunt nunc nisi donec aliquam sed feugiat pharetra at id id volutpat id non ullamcorper. Tellus molestie euismod sem et ante massa, laoreet nunc congue aliquam lorem ipsum sit, pulvinar turpis elit molestie ullamcorper aliquet diam ante nibh laoreet ut. Laoreet nunc magna aliquam sed ipsum dolore ac tempus feugiat pulvinar at amet turpis pharetra amet ipsum feugiat amet at elit molestie eget id non. Euismod id mauris eget felis at ut ut tincidunt nunc lobortis, tincidunt ut congue nunc ut congue massa lobortis tincidunt massa nibh tincidunt, nunc lobortis. Tincidunt, ante ante mi ante ante et ipsum ipsum, sed sed ipsum nonummy mauris id molestie euismod sem, et ante tincidunt nisi erat ipsum dolor. Amet turpis nonummy at id non diam aliquet, sem sit consectetur mauris ullamcorper proin mi lobortis tincidunt, aliquam erat ipsum dolor pulvinar sit adipiscing non. Aliquet non diam proin nisi ac tempus lorem amet consectetur adipiscing, mauris elit felis mauris eget tellus volutpat aliquet diam diam sem diam ante lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 20: Erat tempus dolor ipsum consectetur turpis at id volutpat ullamcorper non praesent, nibh laoreet ut, magna aliquam lorem tempus, feugiat dolor, pulvinar pharetra adipiscing volutpat aliquet laoreet. Massa congue ac pulvinar at felis eget praesent magna tempus lorem tempus dolor adipiscing elit, felis molestie euismod sem et massa congue nisi magna feugiat pulvinar sit. Consectetur, dolor pulvinar nonummy, adipiscing sed erat tempus lorem ipsum pharetra adipiscing at elit volutpat aliquet proin mi massa tincidunt massa ut congue ut congue dolore massa. Nibh mauris id mauris ullamcorper proin et ante tincidunt nunc ac, ipsum sed ipsum consectetur adipiscing, mauris id non ullamcorper tellus sem mi et laoreet lobortis dolore. Nisi tellus tellus diam ante et mi nibh tincidunt ut congue dolore nisi, erat ac sed, ipsum, lorem sed feugiat dolor sit sit amet turpis pharetra nonummy. At elit mauris euismod aliquet diam massa congue aliquam ipsum, consectetur felis eget tellus sem mi nibh laoreet ut donec lorem pulvinar et, laoreet nibh tincidunt nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 21: Tincidunt mi lorem magna aliquam sed pulvinar consectetur adipiscing eget tellus sem praesent, nibh tincidunt ut tincidunt aliquam, erat aliquam lorem sed feugiat pharetra turpis elit felis. Sit feugiat, pulvinar feugiat dolor amet eget id, volutpat aliquet tellus ullamcorper praesent, tincidunt nisi, donec, aliquam ac ipsum dolor amet elit id volutpat volutpat euismod non. Praesent proin nibh massa congue aliquam sed ipsum pharetra adipiscing mauris tellus sem, mi, et et, proin et mi massa tincidunt massa nunc massa nibh laoreet magna. Donec dolore congue dolore nisi donec aliquam ac, ipsum sit nonummy eget euismod non praesent nibh dolore nisi laoreet lobortis donec ac sed feugiat amet at nonummy. Mauris at pharetra dolor ipsum, ac, ipsum ipsum amet adipiscing elit felis mauris euismod tellus ullamcorper, praesent nibh ante lobortis dolore, magna, ipsum pharetra turpis at adipiscing. Mauris id non mi lobortis nunc magna tempus feugiat pulvinar turpis elit mauris volutpat molestie volutpat aliquet, sem ullamcorper consectetur adipiscing at nonummy turpis at elit felis. Elit id mauris euismod sem et lobortis congue, aliquam erat lorem massa congue aliquam erat ipsum feugiat ipsum sit nonummy, molestie euismod non mi nibh tincidunt ut. Ut nunc nunc magna nisi erat ipsum feugiat amet at molestie diam ante dolore lorem sit nonummy molestie volutpat tellus non praesent, nibh nunc nisi dolore ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 22: Aliquet sem, praesent sem volutpat, elit volutpat ullamcorper proin. Diam praesent feugiat pharetra sit eget molestie diam proin. Nibh mi ante mi ante nibh nunc nisi donec. Ac, erat tempus feugiat ipsum ipsum dolor sit pharetra. Nisi lobortis congue dolore congue donec lorem sit pharetra. Adipiscing mauris tellus diam ante tincidunt dolore magna ipsum. Pharetra turpis elit elit mauris, eget tellus, lobortis, nunc. Ut magna tempus pulvinar consectetur id mauris eget felis. At elit id ullamcorper proin sem diam praesent, et. Mi lobortis dolore felis eget tellus ullamcorper proin tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 23: Nunc lobortis dolore ut magna lorem dolor feugiat amet at id non praesent ante tincidunt aliquam sed feugiat, pulvinar consectetur felis non, ante, lobortis tincidunt ut dolore, nisi erat feugiat. Amet eget tellus sem, praesent nibh nunc nisi, erat lorem dolor feugiat amet, mauris, euismod tellus et massa dolore, lorem sit nonummy mauris, non praesent diam praesent et laoreet nisi. Erat dolore magna aliquam sed pulvinar pharetra adipiscing at id sem praesent nibh laoreet massa congue, nisi sed feugiat, pharetra turpis elit molestie eget, id tellus diam nibh tincidunt ut. Congue dolore ac, erat feugiat pulvinar at felis, eget tellus non diam proin nibh ante nibh sit nonummy felis volutpat tellus et proin, nibh laoreet ut, laoreet nunc congue aliquam. Sed pulvinar dolor turpis eget euismod sem aliquet sem et ante tincidunt nunc nisi donec lorem pulvinar turpis nonummy mauris euismod sem diam ante laoreet ut magna aliquam ac pulvinar. Pharetra amet at felis molestie euismod aliquet diam aliquet, lorem erat lorem dolor magna aliquam ac pulvinar nonummy felis eget id mauris volutpat aliquet diam, proin tincidunt nunc nisi erat. Ac ac ipsum dolor adipiscing eget molestie non praesent diam massa lobortis nunc magna erat dolor turpis elit molestie ullamcorper praesent et mi massa dolore, ac volutpat tellus diam ante. Lobortis nunc ac feugiat elit mauris volutpat sem mi lobortis tincidunt nunc lobortis laoreet nunc nibh laoreet nunc magna aliquam ac, donec aliquam, erat feugiat pharetra turpis sit dolor, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 24: At at id volutpat ullamcorper non ullamcorper aliquet, sem diam proin diam, diam aliquet, diam mi tincidunt dolore nisi, tincidunt nunc magna tempus sed. Turpis nonummy molestie euismod proin nunc ac sit nonummy molestie aliquet sem mi ante, nibh massa massa nibh nunc tempus tempus ac erat aliquam. Ut tincidunt nunc, ut tincidunt nunc ut congue ut erat lorem pharetra turpis elit mauris euismod sem sem mi nibh nunc non tellus sem. Praesent sem et mi nibh tincidunt nisi donec ac ipsum feugiat pharetra, turpis at nonummy mauris euismod non ullamcorper praesent, magna donec lorem ipsum. Sit nonummy adipiscing eget tellus, non tellus diam laoreet, congue donec lorem ipsum pharetra turpis consectetur elit, adipiscing elit id volutpat ullamcorper non non. Euismod mauris mauris, id molestie volutpat euismod molestie eget id at elit molestie volutpat ullamcorper, non diam proin et praesent sem et praesent ante. Diam praesent lobortis mi, proin non non id molestie eget eget adipiscing consectetur consectetur, amet, sit feugiat magna erat ac ac tempus tellus diam. Praesent non euismod, sem et praesent ante et praesent sem ullamcorper, ullamcorper non, diam proin nibh massa lobortis tincidunt massa nibh nibh mi proin. Molestie elit elit at elit felis eget eget molestie non tellus tellus volutpat id non aliquet proin mi ante tincidunt massa lobortis congue nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 25: Nunc massa et mi proin et donec ac, congue, donec ac erat aliquam sed ipsum dolor pulvinar sit, dolor, ipsum ipsum lorem pulvinar ipsum. Aliquam magna nunc ut magna turpis, amet adipiscing eget molestie diam proin nibh massa ut laoreet nunc, congue nunc ut, donec tempus pulvinar at. Elit turpis at id, molestie, euismod ut congue donec magna tempus dolor turpis consectetur felis, volutpat ullamcorper proin laoreet lobortis congue aliquam sed pharetra. Nonummy adipiscing elit molestie euismod, sem diam ante sem eget, tellus ullamcorper nibh congue ut donec tempus dolor consectetur, elit molestie euismod aliquet et. Ante, nibh massa ut aliquam dolor adipiscing eget molestie volutpat sem et ante tincidunt tincidunt magna tempus dolor, adipiscing at id volutpat ullamcorper nibh. Nunc lobortis nibh massa ut, nunc ut donec lorem dolor, ipsum nisi ac tempus, dolor sit elit id non tellus, tellus euismod aliquet sem. Ullamcorper id molestie euismod aliquet et ante tincidunt nisi erat feugiat, nonummy eget tellus diam ante aliquet sem praesent et massa ut, dolore lorem. Ipsum feugiat pharetra turpis, consectetur felis volutpat aliquet diam massa lobortis, nunc nisi tempus feugiat amet consectetur felis eget id non mi lobortis donec. Sed pulvinar pharetra adipiscing at, euismod et massa donec, feugiat amet, consectetur pharetra nonummy consectetur id volutpat ullamcorper et laoreet, massa, tincidunt aliquam sed. Tempus ut ut nunc nisi magna aliquam sed, turpis elit mauris volutpat molestie ullamcorper nonummy at eget non diam ante, laoreet ut magna aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 26: Nunc ut donec ac tempus lorem pulvinar sit elit mauris euismod tellus volutpat ullamcorper proin et consectetur. Felis consectetur nonummy felis volutpat euismod non euismod molestie, volutpat euismod tellus non, euismod sem, diam ante. Nibh laoreet ut nunc massa lobortis dolore, lobortis tincidunt nunc, lobortis tincidunt ut ut congue aliquam donec. Tempus lorem sit elit volutpat ullamcorper sem et mi et massa congue donec, feugiat adipiscing id volutpat. Tellus diam ante tincidunt aliquam dolor consectetur elit molestie aliquet proin et massa, donec sed sit nonummy. Molestie non praesent nibh ut ante mi ut, dolore lorem ipsum, at id ullamcorper proin proin, mi. Lobortis nunc ac ipsum consectetur molestie ullamcorper, ante tincidunt ac ipsum amet adipiscing elit id, mauris volutpat. Id felis ullamcorper proin tincidunt nisi, dolore feugiat turpis elit tellus non praesent laoreet ut erat lorem. Pharetra adipiscing id et massa magna proin, massa magna donec lorem sit elit molestie ullamcorper sem laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 27: Laoreet massa magna aliquam dolor sit elit molestie diam, proin mi massa tincidunt nisi. Ac ipsum amet at eget non diam proin nunc, magna erat lorem amet, turpis. Elit adipiscing volutpat sem et massa congue aliquam erat feugiat pharetra adipiscing eget non. Ullamcorper sem laoreet nunc proin et ante tincidunt dolore, magna dolore aliquam ipsum pharetra. Amet consectetur eget non diam ante, tincidunt ut congue nisi magna erat dolor turpis. Elit adipiscing mauris id tellus diam ante tincidunt ut dolore lorem amet feugiat amet. Adipiscing pharetra pharetra adipiscing elit molestie non aliquet diam praesent, aliquet sem euismod aliquet. Diam aliquet sem, diam proin et mi, praesent et ante lobortis laoreet mi proin. Et mi et diam praesent sem ullamcorper ullamcorper tellus ullamcorper praesent pulvinar feugiat sed. Donec dolore ut congue nisi congue dolore nisi congue congue massa nibh nibh ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 28: Pharetra dolor ipsum aliquam ac magna tincidunt massa, lobortis dolore ac pulvinar nonummy molestie volutpat aliquet diam. Diam aliquet non diam proin diam mi nibh tincidunt ut congue, dolore congue aliquam ac sed tempus. Dolor pulvinar sit adipiscing mauris nonummy at elit mauris euismod non ullamcorper praesent nibh massa nibh tincidunt. Massa ante et diam aliquet sem aliquet, sem ullamcorper aliquet sem laoreet massa laoreet nunc ut sit. Lorem massa, tincidunt massa ut nunc ut magna tempus sed, sit consectetur, dolor feugiat feugiat dolor turpis. Amet pulvinar pharetra pharetra pulvinar nibh, mi sem diam aliquet sem, diam mi et mi ante et. Mi massa laoreet, nunc congue donec magna magna nisi lorem tempus tempus, erat tempus, ac congue tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 29: Turpis pharetra turpis sit, pharetra pulvinar feugiat. Turpis pharetra pharetra turpis elit, mauris, volutpat. Aliquet diam praesent sem diam praesent proin. Et proin et mi proin et, diam. Praesent tellus volutpat euismod nisi congue, nunc. Ut nibh laoreet lobortis donec lorem pulvinar. Consectetur nonummy at nonummy adipiscing mauris felis. Mauris eget id, molestie ullamcorper aliquet volutpat. Ullamcorper id molestie ullamcorper aliquet diam mi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="even" r:id="Rd6722988bd454860"/>
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="Rc9dbef88fde046c5"/>
+          <w:headerReference w:type="even" r:id="Rc2c6ee149f6342d5"/>
+          <w:headerReference w:type="default" r:id="Rbc81243a05a24bb3"/>
+          <w:headerReference w:type="first" r:id="Recd787bd97454c8b"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 30: Lorem congue praesent, molestie pharetra donec, massa non turpis ac nunc, praesent mauris dolor dolore proin molestie, pharetra donec, ante ullamcorper. Felis feugiat nisi, et felis sit magna laoreet id sit lorem tincidunt adipiscing sed congue, proin molestie, pharetra donec proin volutpat. Amet tempus ut diam id turpis, ac tincidunt sem mauris sed nunc proin volutpat, amet aliquam volutpat pharetra aliquam lobortis, non. Nonummy tempus lobortis, sem elit feugiat nisi et id turpis ac, nibh euismod adipiscing dolor dolore proin volutpat proin molestie dolor. Dolore mi molestie amet tempus ut et id sit magna, et id sit ac tincidunt praesent, at pharetra dolore ante volutpat. Amet tempus massa, id sit magna mi euismod turpis lorem, tincidunt aliquet, at dolor nunc aliquet adipiscing, sed congue proin, eget. Pharetra donec ante volutpat pharetra, donec massa non felis dolor dolore sem mauris pulvinar aliquam ut ullamcorper, adipiscing, sit donec massa. Non elit ipsum dolore, proin volutpat turpis ac tincidunt ullamcorper ante volutpat amet aliquam ante volutpat, amet donec proin, eget pharetra. Aliquam lobortis non elit ipsum lobortis ullamcorper elit ipsum magna mi, aliquet, at sed nunc aliquet lorem, tincidunt proin eget dolor. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 30: Volutpat eget molestie volutpat euismod molestie eget ullamcorper euismod, mauris. At amet turpis at, felis mauris id molestie eget elit. Adipiscing turpis consectetur, dolor pulvinar lorem, sed tempus dolor adipiscing. Volutpat tellus magna lorem dolor sit pharetra mauris eget tellus. Diam mi lobortis aliquam sed consectetur nonummy molestie aliquet, et. Massa ut dolore, lorem pulvinar sit, nonummy sit pharetra turpis. At nonummy molestie id sem et lobortis dolore lorem erat. Tempus dolor, turpis eget non ante lobortis dolore ut tempus. Mi ante tincidunt ut donec donec, lorem pulvinar nonummy tellus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, paragraph 1: Turpis pharetra, tempus et euismod mauris nonummy tempus ut diam id. Elit ipsum ac tincidunt aliquet at lorem congue praesent volutpat amet. Tempus lobortis et felis pulvinar tincidunt, aliquet at sed tincidunt aliquet. At dolor donec massa volutpat amet erat, lobortis ullamcorper id sit. Nisi, diam felis sit ac laoreet tellus at aliquet adipiscing dolor. Donec ante non amet aliquam, lobortis, non elit ipsum ut diam. Felis pulvinar lobortis sem elit ipsum nunc sem eget adipiscing sed. Dolore ante non elit pulvinar, nisi nibh euismod amet ac lobortis. </w:t>
-[...144 lines deleted...]
-        <w:t xml:space="preserve">Section 2, paragraph 30: Ipsum nisi et turpis lorem tincidunt praesent mauris feugiat congue praesent felis sit magna mi felis lorem ut, diam felis feugiat congue et id feugiat nisi et felis lobortis. Sem elit pulvinar magna et, id sit nisi et id sit aliquam nibh, ullamcorper at feugiat dolore proin adipiscing lorem lobortis euismod turpis aliquam eget pulvinar nisi proin volutpat. Amet aliquam nibh volutpat pharetra donec ante volutpat nonummy tempus lobortis ullamcorper elit ipsum massa volutpat, consectetur erat, lobortis non elit nunc non nonummy erat massa sem elit ipsum. Nisi, proin eget pulvinar ac lobortis, ullamcorper adipiscing ac tincidunt aliquet, felis feugiat congue mi mauris sed nunc sem elit erat massa tellus at ipsum massa tellus consectetur sed. Massa sem eget dolor dolore proin mauris dolor dolore ante volutpat nonummy tempus nibh, adipiscing tempus lobortis, ullamcorper adipiscing tempus lobortis, diam id sit magna laoreet euismod turpis erat. Laoreet tellus consectetur sed dolore ante non, adipiscing, tempus ut diam, at pulvinar dolore, et, eget pulvinar nisi et volutpat pulvinar tempus lobortis, diam mauris elit sed nunc, non. </w:t>
+        <w:t xml:space="preserve">Section 2, paragraph 1: Sed, felis at elit erat ipsum feugiat ac tempus sed, ipsum sit amet adipiscing, nonummy mauris euismod tellus diam mi ante laoreet massa tincidunt, aliquam sed feugiat nonummy mauris. Eget id mauris congue donec lorem sit consectetur mauris volutpat tellus diam mi nibh dolore ac donec, ac erat feugiat pharetra sit feugiat dolor ipsum feugiat amet, consectetur turpis. At nonummy mauris id molestie, volutpat id molestie euismod aliquet diam ante nibh nunc nisi donec ac erat aliquam lorem amet, elit molestie non nonummy felis eget euismod non. Praesent et mi massa, congue nisi sed ipsum dolor, adipiscing eget tellus non, aliquet sem mi ante laoreet ut congue laoreet proin proin praesent, praesent sem diam sem sem. Ullamcorper tellus volutpat volutpat molestie mauris id id molestie, eget, molestie eget eget felis mauris elit felis eget, massa tincidunt dolore magna dolore nisi congue dolore ut congue nunc. Ut lobortis nunc nisi congue nunc ut tincidunt tincidunt massa lobortis massa massa nibh, mi felis consectetur lorem erat tempus lorem ipsum feugiat feugiat ipsum ipsum sed erat tempus. Ac congue dolore magna erat tempus consectetur amet adipiscing at amet pulvinar, sit dolor pulvinar sit dolor ipsum feugiat pulvinar sit pharetra amet consectetur amet adipiscing consectetur nonummy adipiscing. At pharetra pulvinar sit, molestie volutpat euismod volutpat ullamcorper tellus ullamcorper ullamcorper tellus non id id mauris eget mauris eget tellus sem, praesent proin sem ullamcorper tellus ullamcorper praesent. Sem praesent ante laoreet massa ut nunc ut congue dolore nisi congue dolore ut tincidunt massa lobortis dolore ac erat feugiat amet at id sem mi lobortis nunc sem. Diam ullamcorper non diam massa dolore lorem sit elit, tellus, praesent nibh dolore lorem pulvinar dolor adipiscing eget aliquet diam mi et laoreet lobortis donec aliquam erat tempus lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 2: Sed aliquam lorem donec aliquam ac, tempus. Feugiat pulvinar at felis, mauris elit felis. Molestie id sem laoreet praesent proin tincidunt. Ut magna, aliquam lorem, tempus lorem sed. Feugiat dolor pulvinar turpis amet at mi. Nibh laoreet nisi sed sit nonummy laoreet. Massa nibh massa lobortis donec sed turpis. Eget sem ante congue tempus amet eget. Sem mi lobortis donec feugiat amet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 3: Sed, erat tempus, pulvinar feugiat amet, at elit tellus diam, ante laoreet ut, donec tempus dolor, sit sit nonummy at id. Mauris volutpat id molestie id, id mauris euismod, sem mi lobortis donec, magna tempus feugiat dolor turpis, elit volutpat praesent proin. Et congue aliquam ipsum nonummy felis ullamcorper proin tincidunt nisi tempus consectetur felis ullamcorper proin nunc ac ipsum pharetra, adipiscing id. Non diam proin tincidunt, ut erat feugiat, ut donec lorem amet elit tellus, mi congue tempus pharetra adipiscing euismod sem mi. Ut dolore ac tempus, pharetra, adipiscing, mauris euismod diam ac, aliquam lorem pulvinar pharetra nonummy at elit mauris euismod euismod non. Diam sem mi ante lobortis massa magna ipsum amet at eget tellus non aliquet non consectetur id non aliquet, nibh nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 4: Turpis consectetur adipiscing at praesent nibh tincidunt magna tempus dolor turpis, eget molestie non, aliquet proin praesent massa tincidunt ut magna donec lorem ipsum consectetur felis, volutpat pulvinar sit. Pharetra ipsum pharetra adipiscing mauris euismod tellus diam, proin laoreet lobortis, congue dolore, magna erat ac sed pharetra amet eget, aliquet nibh massa aliquet diam massa, tincidunt nisi erat. Feugiat pharetra turpis at molestie ullamcorper proin nibh nunc magna tempus amet at id non praesent nibh nunc volutpat ullamcorper sem et ante congue nisi erat lorem dolor sit. Consectetur, nonummy at felis sem ante lobortis nisi erat sit nonummy mauris euismod sem mi euismod sem diam proin mi ut erat lorem dolor sit nonummy at id tellus. Diam praesent et, laoreet, ut, dolore magna tempus, dolor pulvinar at id volutpat amet pharetra, nonummy mauris id sem mi lobortis tincidunt nisi magna tempus sed pulvinar pharetra turpis. At nonummy at volutpat aliquet diam proin et laoreet lobortis dolore molestie euismod id molestie euismod sem mi, lobortis congue nisi erat feugiat pharetra turpis at id volutpat tellus. Sem praesent consectetur elit felis volutpat aliquet, et, massa congue nisi ac ipsum amet at eget molestie ullamcorper proin laoreet ut, congue nisi erat feugiat pharetra adipiscing elit felis. Feugiat sed, turpis consectetur nonummy at id tellus ullamcorper proin laoreet ut dolore nisi erat sit dolor turpis elit molestie non aliquet proin mi lobortis nunc laoreet massa tincidunt. Dolore congue donec aliquam magna aliquam lorem sed lorem lorem pulvinar pharetra adipiscing eget euismod non aliquet proin laoreet lobortis congue nisi magna ipsum mauris elit mauris volutpat euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 5: Molestie eget euismod non non tellus diam mi, nibh nunc nisi donec tempus erat feugiat amet at eget id volutpat aliquet, et massa congue tincidunt massa ante. Et praesent aliquet non volutpat molestie volutpat id id eget id mauris mauris elit, mauris euismod erat lorem pulvinar, at felis at id tellus, non id molestie. Eget eget, adipiscing at nonummy turpis sit feugiat erat erat nisi congue congue nunc congue consectetur nonummy turpis nonummy, tellus praesent sem diam ullamcorper consectetur amet at. At, amet, adipiscing elit mauris non tellus sem mi nibh laoreet ut id tellus ullamcorper praesent laoreet ut magna aliquam dolor sit consectetur felis mauris tellus diam. Massa lobortis nunc congue, donec sed pulvinar pharetra amet at eget tincidunt nunc magna erat feugiat pulvinar turpis amet at eget id non aliquet nibh massa ut. Tempus dolor, eget proin donec dolor turpis consectetur adipiscing elit elit ipsum amet mauris aliquet, nibh ut donec lorem sed pulvinar consectetur turpis euismod nibh nisi pulvinar. Eget amet, molestie eget mauris, volutpat euismod, sem mi nibh laoreet ut erat feugiat, amet elit, tellus et lobortis donec aliquam erat feugiat nonummy at consectetur adipiscing. Eget id volutpat proin massa erat consectetur tellus laoreet donec pharetra id, praesent congue, feugiat adipiscing at felis molestie volutpat tellus non aliquet et nunc ac feugiat. Amet turpis elit sem praesent proin nibh ante tincidunt dolore nisi donec feugiat pulvinar consectetur felis molestie ullamcorper, proin laoreet ut aliquam lorem ipsum sit adipiscing mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 6: Magna congue aliquam, nibh laoreet lobortis tincidunt nisi erat feugiat amet turpis at adipiscing molestie euismod proin praesent. Praesent et praesent nibh nunc ac, pulvinar consectetur mauris, id id ullamcorper aliquet, proin massa magna tempus sed. Sit, consectetur nonummy, at felis volutpat aliquet et, dolore magna, ipsum feugiat, amet sit pharetra, turpis eget id. Mauris at nonummy adipiscing elit id molestie volutpat tellus non aliquet sem, praesent, massa dolore ac pulvinar pharetra. Adipiscing at euismod nibh non, aliquet proin laoreet ut aliquam lorem pulvinar nonummy felis eget, tellus, diam massa. Tincidunt massa magna tempus lorem erat ipsum amet adipiscing nonummy nonummy volutpat euismod sem mi massa tincidunt, nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 7: Elit, nonummy consectetur pharetra felis eget aliquet mi, ante congue lorem turpis eget tellus ullamcorper tellus sem mi ut aliquam lorem turpis nonummy mauris volutpat, sem, mi massa congue ut. Congue tincidunt, ut, magna lorem, dolor sit consectetur felis elit felis molestie aliquet proin et proin nibh massa congue aliquam lorem ipsum, lorem pulvinar ut tincidunt nisi erat sit amet. At feugiat dolor sit elit molestie aliquet proin mi ut dolore aliquam, sed sit nonummy mauris, aliquet, diam laoreet congue donec, turpis pharetra, pulvinar feugiat dolor pulvinar sit dolor turpis. At, nonummy at eget, molestie eget euismod molestie volutpat id adipiscing at, nonummy adipiscing tincidunt, massa nibh laoreet ante ante et praesent proin, diam, mi sem diam praesent sem diam. Massa laoreet aliquam erat lorem dolor sit pharetra nonummy, consectetur pharetra et dolore dolor elit aliquet massa sed at, sem massa erat pharetra molestie praesent magna sit mauris praesent magna. Feugiat, adipiscing euismod nibh aliquam pulvinar volutpat aliquet diam mi lobortis tincidunt ut congue nunc ut ipsum elit ullamcorper lobortis erat pharetra volutpat ante donec pharetra volutpat proin donec dolor. Mauris aliquet nibh proin dolore pulvinar eget, sem nisi, turpis id et ut sed ipsum dolor sit nonummy felis, at elit volutpat praesent lobortis dolore erat ipsum feugiat pulvinar pharetra. Sit feugiat lorem ipsum pharetra mauris mi, donec dolor felis praesent dolore feugiat at ullamcorper proin mi ante laoreet ut donec sit, nonummy mauris tellus sem praesent nibh nunc, magna. Erat lorem pulvinar pharetra nonummy at eget molestie volutpat tellus sem mi lobortis laoreet nisi, donec tempus sed sit dolor pulvinar, pharetra amet pulvinar pharetra nonummy mauris euismod diam, mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 8: Turpis lorem amet pulvinar nonummy, nonummy at elit mauris, euismod sem et ante nibh. Nunc ac donec aliquam ac tempus lorem, pulvinar ipsum lorem erat ipsum pharetra amet. Consectetur nonummy turpis consectetur nonummy consectetur consectetur adipiscing mauris nonummy turpis elit molestie ullamcorper. Non, non aliquet diam diam nibh tincidunt magna ipsum elit sem lobortis erat amet. Molestie praesent dolore dolor, mauris aliquet tincidunt lorem turpis, euismod, tellus mi magna dolor. Felis aliquet tincidunt, lorem amet volutpat proin dolore ipsum eget sem laoreet massa tincidunt. Ut magna aliquam lorem magna sem nunc sed at aliquet massa ipsum elit proin. Massa erat consectetur id, praesent ut lorem, pulvinar turpis eget, mauris euismod, proin laoreet. Ut donec ac pulvinar eget tellus diam ante nibh laoreet lobortis nunc magna erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 9: Diam euismod tellus mauris id, diam diam nibh nunc magna tempus lorem pulvinar, sit pharetra turpis at nonummy adipiscing eget molestie diam ante nibh ac sit nonummy mauris euismod sem. Diam praesent nibh nunc congue donec aliquam erat lorem dolor pulvinar sit pulvinar consectetur felis non ullamcorper aliquet, sem pharetra mauris praesent congue dolor adipiscing elit id, ullamcorper aliquet, nibh. Praesent sem non ullamcorper sit tempus sed sit nonummy felis ullamcorper ante laoreet ut congue sem ullamcorper tellus non, praesent ante tincidunt nisi donec feugiat pulvinar consectetur elit volutpat aliquet. Proin mauris tellus sem mi ut, donec, lorem tellus et ante congue aliquam, sed feugiat nonummy eget tellus proin massa congue aliquam pulvinar at, id non praesent lobortis dolore erat. Feugiat dolor turpis eget tellus mauris aliquet, et, nunc magna feugiat nonummy eget tellus, diam ante congue ac, pulvinar consectetur nonummy mauris id sem praesent praesent et massa magna aliquam. Sed, ipsum elit molestie ullamcorper amet adipiscing eget felis mauris eget molestie volutpat tellus sem praesent, proin laoreet lobortis dolore aliquam ac, consectetur nonummy mauris ullamcorper et laoreet ut dolore. Ac erat feugiat, dolor sit consectetur adipiscing eget tellus diam ante, nibh laoreet lobortis tincidunt nisi ante lobortis, laoreet magna, erat feugiat turpis at elit mauris elit molestie ullamcorper praesent. Et mi lobortis nunc, ut magna aliquam sed sit pharetra turpis consectetur nonummy at elit adipiscing non aliquet diam, ante lobortis nunc nisi donec feugiat pulvinar consectetur, elit adipiscing elit. Felis at eget felis eget, id mauris volutpat euismod non, euismod, tellus, tempus feugiat amet elit tellus et ante congue nisi magna tempus dolor turpis nonummy, mauris volutpat tellus sem. Praesent aliquet et massa tincidunt nisi erat ipsum consectetur turpis at nonummy felis eget molestie, volutpat, ullamcorper non non praesent proin praesent praesent et praesent ante laoreet nisi, donec lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 10: Aliquet molestie volutpat, molestie mauris volutpat id non ullamcorper tellus diam praesent et mi lobortis dolore ac erat feugiat dolor pulvinar. Feugiat pulvinar feugiat non et ante nibh laoreet ut nunc nisi magna dolore magna donec lorem pulvinar feugiat pharetra pulvinar sit. Pharetra amet sit nonummy at elit adipiscing diam proin tincidunt nisi dolore tempus erat tempus dolor turpis eget molestie non praesent. Nibh massa congue, donec tempus nisi magna tempus, dolor amet at felis eget nunc, nunc congue dolore lobortis tincidunt dolore magna. Donec nisi ac, tempus sed sit, consectetur, adipiscing eget, id non volutpat aliquet diam mi aliquet ullamcorper aliquet, proin, laoreet ante. Nibh praesent ante et massa congue donec nisi donec, feugiat, dolor, feugiat amet, at, eget tellus non aliquet proin mi proin. Sed lorem, sed ipsum dolor amet turpis nonummy felis elit molestie non aliquet proin, mi lobortis dolore aliquam magna tempus dolor. Sit nonummy mauris euismod, sem id volutpat tellus sem ante lobortis dolore, massa tincidunt nunc magna tempus dolor, turpis pharetra nonummy. Mauris elit molestie diam mi ante mi ante, lobortis massa, ut congue aliquam ipsum feugiat dolor, sit nonummy adipiscing eget id. Tellus euismod tellus sem praesent ante tincidunt nisi congue nisi proin nibh laoreet nibh, laoreet nunc, tincidunt nisi, magna donec tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 11: Pharetra sed pulvinar sit amet, turpis pharetra amet sit dolor pulvinar sit. Pharetra amet pharetra pharetra turpis pharetra felis turpis nonummy adipiscing elit id. Volutpat volutpat tellus ullamcorper proin, proin praesent ante et mi ut, dolore. Magna donec feugiat amet lobortis dolore erat, feugiat amet molestie proin tincidunt. Aliquam erat feugiat amet at eget non diam ante nunc magna ipsum. Pharetra adipiscing at id non aliquet proin amet at elit mauris volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 12: Ante, sem diam proin et mi ut donec. Eget mauris euismod aliquet et ante lobortis nunc. Nisi donec lorem ipsum, sit amet, adipiscing id. Sem laoreet magna lorem pulvinar turpis elit tellus. Diam praesent, tincidunt, ac ipsum consectetur molestie ullamcorper. Praesent et nunc donec dolor felis euismod aliquet. Laoreet ut erat feugiat amet at id ullamcorper. Praesent eget id non praesent lobortis dolore magna. Ipsum amet mauris eget tellus non, praesent laoreet. Aliquam sed pharetra felis euismod, proin tincidunt nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 13: Turpis dolor amet sit pharetra adipiscing consectetur nonummy at eget id volutpat proin nunc congue dolore magna dolore aliquam ac aliquam ac ipsum sit amet adipiscing nonummy. Felis mauris id sem praesent ante mi mi proin ullamcorper praesent tincidunt ut magna donec ac ipsum feugiat pulvinar turpis nonummy mauris, eget euismod molestie euismod tellus. Non ullamcorper sem praesent, proin nibh laoreet ut dolore magna tempus dolor turpis consectetur felis volutpat ullamcorper et massa congue donec sed sit consectetur, amet turpis consectetur. Nonummy at elit molestie euismod, congue nunc lobortis congue, ut magna donec lorem pulvinar consectetur adipiscing, mauris felis molestie euismod, tellus sem praesent lobortis massa ut donec. Ac magna tempus sed pulvinar dolor pulvinar consectetur felis molestie euismod non, diam proin, nibh nunc ut aliquam lorem ipsum sit amet mauris aliquet et ante tincidunt. Dolore, congue congue aliquam sem ullamcorper aliquet sem praesent nibh nunc nisi dolore aliquam ipsum feugiat pharetra sed, feugiat pharetra adipiscing, pharetra dolor sit mauris volutpat tellus. Ullamcorper aliquet laoreet nunc congue dolore lorem sed feugiat pulvinar turpis, consectetur nonummy, mauris id volutpat volutpat id non aliquet aliquet ullamcorper praesent nibh magna magna, tempus. Lorem, tempus feugiat dolor turpis nonummy elit nonummy turpis pharetra amet, turpis consectetur adipiscing mauris tellus non praesent et mi massa, congue aliquam erat laoreet massa tincidunt. Tincidunt ante lobortis tincidunt lobortis congue nunc congue congue aliquam, sed, ipsum pharetra at id molestie ullamcorper praesent diam praesent ante mi lobortis congue mi ante nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 14: Erat dolore nisi dolore dolore ac donec ac ac aliquam lorem. Erat, tempus ac donec donec nisi congue dolore, ut dolore massa. Ante proin praesent proin diam diam, proin laoreet ut erat lorem. Dolor turpis amet adipiscing elit id molestie euismod sem mi lobortis. Congue pharetra nonummy mauris tellus non aliquet ante laoreet massa, congue. Nisi erat ipsum pharetra turpis pharetra amet adipiscing eget non ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 15: Non euismod sem mi proin, nibh nunc nibh tincidunt lobortis congue massa massa lobortis laoreet massa nibh, massa tincidunt ut tincidunt nunc. Ut congue nisi ac, feugiat feugiat pulvinar feugiat pharetra pulvinar at nonummy mauris eget mauris volutpat euismod sem, praesent proin massa lobortis. Tincidunt nunc congue dolore aliquam magna tempus sed, pulvinar sit pulvinar turpis, elit adipiscing at amet adipiscing consectetur nonummy adipiscing, eget molestie. Non euismod non diam aliquet diam ante lobortis nunc lobortis tincidunt nunc ut dolore nisi erat tempus sed sit, consectetur adipiscing at. Elit adipiscing at, felis mi praesent nibh laoreet ut dolore nisi donec aliquam ac pulvinar pharetra nonummy turpis consectetur, felis at felis. Molestie volutpat molestie non aliquet et massa nibh nunc, amet pulvinar pharetra adipiscing eget id felis eget molestie volutpat, id tellus ullamcorper. Praesent non non tellus, non ullamcorper proin mi nunc congue nisi ac, tempus, lorem volutpat euismod tellus diam proin, et volutpat id. Tellus ullamcorper aliquet diam mi lobortis massa, nisi donec ac ac tempus adipiscing eget euismod sem mi, tincidunt dolore magna tempus pharetra. Adipiscing elit, id non proin tincidunt ut erat tempus, pharetra turpis, elit molestie diam ante dolore massa congue, ac pulvinar pharetra felis. Volutpat aliquet et ut erat lorem pulvinar at felis volutpat praesent nibh nunc ac, tempus dolor adipiscing id tellus, praesent, lobortis tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 16: Pharetra amet consectetur adipiscing, mauris ullamcorper proin. Praesent, nibh dolore ac ipsum pharetra adipiscing. Mauris id non aliquet et laoreet lobortis. Donec ac sed praesent et massa tincidunt. Nunc ut, donec tempus dolor turpis nonummy. Mauris euismod aliquet et massa congue nisi. Erat lorem amet adipiscing eget mauris euismod. Non mi et massa lobortis dolore lorem. Pulvinar consectetur adipiscing eget, euismod non praesent. Ante tincidunt nisi donec lorem pulvinar at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 17: Adipiscing, adipiscing elit mauris volutpat sem laoreet ut. Magna nisi erat feugiat amet at, eget molestie. Diam ante non diam proin nibh nunc congue. Aliquam sed sit elit molestie, ullamcorper proin massa. Ut dolore lorem sit consectetur felis volutpat aliquet. Et massa mauris volutpat sem mi ut, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 18: Aliquam erat feugiat dolor sit elit felis volutpat aliquet diam praesent nibh massa ut aliquam sed, sit consectetur adipiscing, eget. Euismod tellus diam ante nunc magna, tempus feugiat pulvinar consectetur elit mauris, id non pulvinar pharetra amet at felis felis. Eget euismod diam ante lobortis nunc magna tempus lorem pulvinar consectetur adipiscing volutpat tellus diam, mi lobortis, dolore magna eget. Tellus non aliquet et massa congue aliquam lorem ipsum sit nonummy at eget non praesent nibh, nunc nisi, erat feugiat. Pulvinar turpis dolore ac, ipsum feugiat amet adipiscing elit mauris ullamcorper sem et ante lobortis dolore magna ipsum dolor amet. At adipiscing mauris id non praesent nibh nunc magna euismod aliquet mi massa tincidunt dolore erat tempus feugiat turpis, at. Felis, eget id diam ante ut, donec ac ipsum nonummy, mauris volutpat tellus diam ante elit, id volutpat aliquet proin. Praesent proin tincidunt ut erat lorem amet elit id non aliquet lobortis, nunc congue tempus pharetra at eget tellus diam. Pharetra pulvinar at id volutpat aliquet et laoreet ut aliquam lorem ipsum sit amet adipiscing elit mauris euismod, aliquet, et. Ante lobortis dolore magna tempus dolor adipiscing praesent, ante laoreet ut magna dolore ac tempus feugiat amet consectetur, elit molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 19: Feugiat dolor turpis elit felis volutpat tellus, non praesent nibh, non aliquet proin laoreet. Lobortis nunc magna erat feugiat amet, consectetur, id volutpat aliquet nibh, nunc nisi donec. Lorem erat feugiat nonummy, adipiscing eget tellus, diam turpis consectetur felis eget tellus sem. Ante tincidunt dolore magna feugiat amet mauris euismod sem praesent nibh nunc magna erat. Lorem lorem pulvinar pharetra adipiscing massa congue aliquam erat feugiat amet at id non. Praesent, proin nibh nunc, congue, aliquam ac tempus dolor pulvinar consectetur felis volutpat aliquet. Sit pharetra turpis elit mauris euismod, aliquet diam mi nibh tincidunt magna donec aliquam. Magna aliquam, lorem ipsum sit adipiscing at eget tellus diam, proin laoreet nunc tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 20: Ullamcorper praesent, proin laoreet, nibh laoreet nisi. Tempus tellus sem mi nibh nunc ut. Donec, ac sed sit adipiscing at, id. Non praesent, nibh, laoreet feugiat sed sit. Pharetra turpis elit tellus, ullamcorper nunc tincidunt. Nunc, ut, magna nisi ac, ipsum dolor. Turpis eget tellus ullamcorper proin nibh nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 21: Tempus lorem ipsum sit amet at elit id, eget euismod non praesent ante, tincidunt nisi tempus, dolor amet at, felis molestie ullamcorper ac ipsum sit, pharetra. Adipiscing eget tellus diam sem sem diam sem sem ullamcorper, aliquet non ullamcorper non volutpat eget id eget euismod sem praesent sit pharetra turpis elit molestie. Ullamcorper euismod sem laoreet, ante laoreet ut, donec tempus nisi ut tempus, dolor turpis, consectetur turpis eget molestie diam, ante tincidunt dolore erat aliquam, lorem sit. Pharetra pulvinar turpis elit volutpat diam proin laoreet lobortis, dolore aliquam erat ipsum dolor adipiscing at id eget id sem diam proin, sem, praesent lobortis, dolore. Magna donec ac ipsum sit pharetra pulvinar sit nonummy at elit molestie, euismod tellus diam praesent nibh laoreet nisi tempus adipiscing eget tellus ullamcorper aliquet diam. Ante nibh dolore ut magna nisi ut congue dolore congue dolore nisi congue dolore aliquam sed pharetra felis eget aliquet nibh ullamcorper proin et lobortis congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 22: Diam mi euismod sem praesent ante laoreet ut, erat tempus dolor turpis nonummy tempus feugiat pulvinar, consectetur adipiscing molestie euismod sem praesent. Nibh nibh nunc sed feugiat pharetra turpis elit molestie diam ante laoreet ut magna lorem pulvinar turpis nonummy felis eget felis molestie. Euismod aliquet sem praesent et mi sit pharetra turpis elit molestie ullamcorper sem mi massa magna aliquam ac feugiat dolor adipiscing at. Id at eget, molestie ullamcorper praesent et ante lobortis dolore nisi dolore aliquam ac ipsum pharetra adipiscing elit felis volutpat euismod sem. Praesent proin et massa tincidunt nisi erat feugiat, nonummy mauris eget molestie aliquam, erat, ipsum sed sit consectetur felis eget tellus sem. Mi nibh nunc nisi tempus dolor turpis at felis volutpat ullamcorper non diam nibh, nunc ut congue amet sit pharetra amet consectetur. Nonummy turpis at adipiscing at eget mauris, mauris eget mauris mauris felis mauris eget molestie sem praesent proin et proin, nibh, ut. Magna dolore nisi donec nunc nisi magna tempus erat ipsum feugiat ipsum feugiat pharetra adipiscing eget, id at elit pulvinar consectetur elit. Felis elit id volutpat euismod sem et massa tincidunt, nisi magna aliquam ac erat aliquam sed tempus lorem sed ipsum lorem erat. Ipsum dolor tellus, ullamcorper praesent et laoreet ante laoreet ante tincidunt nunc nisi magna dolore, ut dolore nisi magna dolore ut magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 23: Volutpat eget, molestie mauris id id mauris non diam proin, diam, praesent aliquet diam mi nibh laoreet, lobortis tincidunt nisi magna. Nunc massa lobortis tincidunt nunc tincidunt nunc, lobortis tincidunt tincidunt magna donec dolor amet consectetur adipiscing at elit mauris volutpat tellus. Non volutpat euismod molestie volutpat tellus, volutpat euismod tellus non aliquet proin mi ante laoreet massa, erat tempus sed, ipsum dolor. Pulvinar, feugiat feugiat sed ipsum, sed sed lorem sed ipsum feugiat pulvinar ipsum feugiat pulvinar sit consectetur felis tellus ullamcorper aliquet. Sem volutpat euismod non, diam aliquet, sem ullamcorper, tellus, volutpat euismod molestie volutpat aliquet proin mi lobortis congue nisi magna, donec. Ac donec aliquam sed ipsum dolor pulvinar sit dolor ipsum feugiat dolor pulvinar pharetra nonummy, turpis sit pulvinar turpis consectetur felis. Elit euismod non ullamcorper, sem non ullamcorper sem sed pulvinar pharetra amet sit, dolor amet at nonummy adipiscing at elit mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 24: Tellus mauris mauris elit, molestie, volutpat tellus ullamcorper aliquet aliquet diam praesent proin praesent proin et, massa ut nunc elit elit mauris. Euismod molestie, ullamcorper ullamcorper non diam, proin et ante lobortis nunc nisi, donec tempus erat erat aliquam sed ipsum feugiat ipsum molestie. Eget id molestie volutpat euismod non, ullamcorper sem et massa tincidunt nunc congue congue ut magna donec lorem erat tempus ac, erat. Tempus magna erat feugiat ullamcorper non diam praesent et laoreet nibh laoreet ante tincidunt nunc ut congue nunc ut, dolore nisi magna. Donec aliquam ac, aliquam sed nibh tincidunt nisi, erat tempus erat tempus ac pulvinar sit amet amet sit dolor sit consectetur, nonummy. Adipiscing pharetra amet at, nonummy felis eget, molestie non aliquet laoreet massa ut tincidunt, nunc, ut nunc ut congue tempus magna tempus. Lorem erat tempus feugiat pulvinar consectetur nonummy at id, tellus volutpat eget adipiscing mauris euismod nisi nisi donec ac, erat ipsum dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 25: Eget felis mauris consectetur amet sit nonummy. Turpis turpis amet ipsum feugiat lorem sed. Ipsum, sed pulvinar sit pulvinar turpis, pharetra. Laoreet et praesent eget molestie volutpat, id. Molestie, eget, id volutpat ullamcorper sem laoreet. Massa nibh massa, lobortis laoreet nunc lobortis. Laoreet nunc ut nunc, ut lobortis amet. Sit pharetra turpis nonummy felis mauris euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 26: Mauris elit felis at amet amet consectetur non aliquet sem praesent sem nibh mi nibh tincidunt, massa nibh. Mi praesent et et proin sem ullamcorper praesent sem mi ante laoreet nunc tincidunt amet turpis at nonummy. Molestie id tellus, volutpat id tellus ullamcorper id molestie eget euismod volutpat euismod, aliquet sem aliquet sem et. Proin nibh massa euismod molestie volutpat id molestie volutpat tellus non euismod tellus, non euismod tellus, non aliquet. Sem ullamcorper aliquet, diam mi proin, diam diam proin aliquam erat ipsum lorem sed ipsum, lorem sed feugiat. Dolor ipsum, lorem sed pulvinar, pharetra turpis consectetur nonummy felis eget id, mauris elit id non ullamcorper dolore. Nunc tincidunt dolore ut magna aliquam erat ipsum pharetra, amet pharetra amet turpis elit, felis at elit felis. Eget eget molestie euismod tellus sem aliquet sem mi ante laoreet massa congue dolore aliquam sed lorem, dolor. Ipsum tempus ac erat tempus ac donec nisi congue, tincidunt nunc ut congue nisi donec aliquam lorem massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 27: Pulvinar sit pulvinar sit consectetur, amet turpis elit mauris eget felis non aliquet et mi ante. Nibh praesent proin diam diam praesent nisi dolore tempus erat, ipsum dolor turpis at felis eget. Id tellus ullamcorper, praesent sem euismod euismod sem diam sem non, euismod molestie volutpat, ullamcorper nunc. Ut tincidunt nisi magna, aliquam magna donec lorem sed tempus ac erat, tempus ac erat aliquam. Ac donec lorem lorem erat aliquam, lorem tempus dolor turpis, euismod molestie volutpat eget id volutpat. Eget adipiscing mauris eget felis eget euismod volutpat ullamcorper aliquet sem aliquet et laoreet lobortis congue. Ac at eget mauris, mauris eget molestie volutpat id molestie volutpat molestie volutpat ullamcorper, tellus ullamcorper. Aliquet non ullamcorper aliquet et mi proin nibh nunc congue dolore ut donec, aliquam ac aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 28: Pulvinar lorem dolor pulvinar, pharetra non ullamcorper aliquet. Volutpat elit felis volutpat euismod non, diam aliquet. Sem, ullamcorper aliquet sem ullamcorper sem sem praesent. Nibh mi massa lobortis massa congue, at consectetur. Amet, sit pharetra nonummy pulvinar feugiat erat tempus. Feugiat, dolor turpis, pharetra turpis, elit molestie volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 29: Nunc lobortis lobortis massa lobortis laoreet nunc ut congue nisi congue aliquam. Ac tempus lorem sed tempus lorem sed tempus sed aliquam aliquam donec. Aliquam, ac donec lorem sed pulvinar pharetra adipiscing elit id volutpat euismod. Sem mi massa, tincidunt praesent praesent nibh laoreet pharetra amet consectetur nonummy. Mauris eget felis molestie id tellus non ullamcorper non ullamcorper proin et. Mi sem et ante nibh mi ante et mi massa lobortis aliquam. Donec, tempus sed pulvinar pharetra nonummy at euismod non aliquet proin mi. Ante lobortis dolore congue dolore ut, ut tincidunt ut ut feugiat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 30: Sem ullamcorper proin sem diam, praesent sem praesent proin diam nunc ut aliquet proin mi ante nibh massa congue donec ac erat aliquam, ut magna. Tempus nisi dolore nisi nisi dolore dolore magna donec ac adipiscing consectetur amet consectetur consectetur turpis consectetur consectetur pulvinar sit amet turpis pharetra pharetra pulvinar. Feugiat lorem pulvinar feugiat pulvinar turpis nonummy mauris volutpat id tincidunt nunc congue, donec ac ipsum pharetra amet at id non diam proin diam praesent. Proin diam praesent sem, sem aliquet aliquet consectetur adipiscing consectetur felis molestie ullamcorper, aliquet diam aliquet aliquet ullamcorper, aliquet tellus non euismod molestie eget tellus. Non euismod aliquet sem praesent nibh tincidunt, ut congue elit nonummy adipiscing eget mauris eget id mauris mauris id, sem aliquet sem et praesent sem. Et praesent et praesent lobortis, tincidunt nisi donec donec magna magna nisi magna, dolore dolore congue donec aliquam, erat tempus lorem sit elit mauris mauris. Felis nonummy ipsum feugiat dolor sit id volutpat, id felis mauris eget adipiscing at eget mauris volutpat euismod molestie euismod sem et mi et massa. Lobortis congue nunc lobortis laoreet massa lobortis tincidunt sed feugiat consectetur amet elit felis at eget tellus ullamcorper praesent et mi nibh nunc magna donec. Dolore nunc tincidunt nunc ut lobortis laoreet proin et dolor pulvinar pharetra adipiscing at elit felis mauris id volutpat, ullamcorper tellus non ullamcorper aliquet ullamcorper. Aliquet tellus volutpat euismod tellus diam aliquet sem diam, sem diam massa lobortis dolore congue congue, ut ut donec ac donec aliquam magna magna aliquam. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="even" r:id="R762314e853fd40a8"/>
-      <w:headerReference w:type="default" r:id="Rb6c734a8c5244602"/>
+      <w:headerReference w:type="even" r:id="R85eaa9660bab4240"/>
+      <w:headerReference w:type="default" r:id="Rdb1c3ebfa78f4730"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1034,51 +1034,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb5b10f41bda14aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7d2b664890a34cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5dc02d2d8bd34a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rd6722988bd454860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="Rf91e75ec70264242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="Rc9dbef88fde046c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="R762314e853fd40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="Rb6c734a8c5244602" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd0d1e73400c84487" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raea45aa257284f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbe305096953c401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfe0a5274f350486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rc2c6ee149f6342d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="Rbc81243a05a24bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="Recd787bd97454c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="R85eaa9660bab4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="Rdb1c3ebfa78f4730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd5a9d5e66fa0424f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>