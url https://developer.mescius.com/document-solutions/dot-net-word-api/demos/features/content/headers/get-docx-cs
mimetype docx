--- v2 (2025-12-14)
+++ v3 (2025-12-15)
@@ -1,381 +1,381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf3c228c65c5c4bcc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb342dfae0f4e4248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R19f218e1326e463d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R882dc68cd9fc490b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R854cba7138a34a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re874a37868634530" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 1: Ante ut tellus, eget dolore massa sem volutpat elit nonummy amet consectetur pharetra adipiscing elit adipiscing, adipiscing, magna magna aliquam erat tempus aliquam erat sit pharetra. Congue congue nisi erat ipsum sed ipsum lorem ac magna tempus sed ipsum, feugiat ac nibh massa ut, dolore aliquam, donec aliquam lorem ipsum lorem dolor. Pulvinar lorem pulvinar consectetur pharetra pulvinar sit amet turpis at adipiscing volutpat proin nibh nunc magna ut dolore aliquam magna erat feugiat, pulvinar sit pharetra ipsum. Tempus, ac donec aliquam, magna donec tempus erat tempus tempus erat ipsum pharetra sem non sit pharetra, pulvinar sit, dolor ipsum pharetra, amet turpis consectetur adipiscing. At elit at euismod sem, mi lobortis, donec lorem turpis consectetur adipiscing at non euismod, aliquet, non ullamcorper sem praesent ante, laoreet laoreet ante tincidunt, ut. Congue tincidunt massa tincidunt, dolore nisi, donec aliquam sed ipsum pharetra at ullamcorper proin nibh nibh ante, tincidunt, dolore nisi, dolore massa dolore nisi, magna aliquam. Dolor ipsum sit dolor ipsum feugiat pulvinar sit volutpat ullamcorper aliquet et proin nibh nunc donec aliquam ac erat aliquam ut donec lorem dolor pulvinar feugiat. Dolor feugiat feugiat pulvinar feugiat pharetra pulvinar, at felis consectetur consectetur adipiscing at felis molestie consectetur nonummy molestie eget tellus non praesent nibh ut sed feugiat. Amet sit pharetra, pulvinar ipsum dolor pulvinar sit amet turpis sit amet adipiscing elit, tellus, non, euismod molestie ullamcorper aliquet sem aliquet ante, et ante nibh. Massa ut aliquam, lorem ipsum consectetur molestie praesent nibh dolore pulvinar feugiat sed feugiat, pharetra amet turpis pharetra pulvinar feugiat sed ipsum pharetra nonummy, adipiscing elit. </w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">Section 1, paragraph 29: Turpis pharetra turpis sit, pharetra pulvinar feugiat. Turpis pharetra pharetra turpis elit, mauris, volutpat. Aliquet diam praesent sem diam praesent proin. Et proin et mi proin et, diam. Praesent tellus volutpat euismod nisi congue, nunc. Ut nibh laoreet lobortis donec lorem pulvinar. Consectetur nonummy at nonummy adipiscing mauris felis. Mauris eget id, molestie ullamcorper aliquet volutpat. Ullamcorper id molestie ullamcorper aliquet diam mi. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 1: Tincidunt, consectetur ante tincidunt praesent nibh dolore sed pharetra felis, ullamcorper, proin laoreet nisi, pulvinar nonummy tellus mi. Nibh aliquam amet eget sem nunc erat turpis id et magna aliquam amet, id proin nunc erat nonummy. Sem massa erat consectetur molestie praesent, congue feugiat felis praesent tincidunt lorem turpis volutpat et nisi pulvinar eget. Mauris aliquet, tincidunt lorem adipiscing tellus tincidunt sed, consectetur tellus tincidunt dolor, elit proin nisi pulvinar, volutpat nibh. Nisi sed consectetur tellus nunc dolore dolor mauris praesent nunc dolor mauris aliquet laoreet nisi pulvinar felis diam. Ut tempus nonummy volutpat ante donec dolor at euismod et ut ipsum elit, sem proin nunc ac, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 2: Molestie diam lobortis tempus amet molestie adipiscing non ante donec sed mauris aliquet, nunc sed at tellus laoreet ac sit felis sem lobortis tempus pharetra mauris praesent tincidunt ac sit. Id et praesent dolore dolor, at aliquet tincidunt lorem sit id et ut ipsum nonummy ullamcorper massa tempus nonummy non lobortis tempus, adipiscing ullamcorper nibh, tempus amet aliquam pulvinar eget. Sem nunc sed at aliquet massa sed at aliquet laoreet ac pharetra id diam lobortis, tempus nonummy euismod lobortis lorem erat, pharetra molestie praesent tincidunt lorem adipiscing euismod nibh aliquam. Turpis id proin ut sed elit, diam nisi sit id et ut ipsum, elit sem lobortis, tempus sed at aliquet massa sed at non ut ipsum nonummy non mi congue. Lorem nonummy euismod, ante dolore pulvinar volutpat et nisi pulvinar eget et dolore ac tincidunt, sed mauris praesent, donec, pulvinar mauris proin dolore dolor eget proin nisi dolor at aliquet. Massa ac, pharetra molestie praesent congue feugiat id diam congue feugiat ipsum elit adipiscing euismod, nibh tempus, turpis ullamcorper lobortis nisi pulvinar id proin dolore sed at non massa erat. Consectetur amet eget proin dolore ipsum elit tellus mi magna feugiat felis diam lobortis aliquam pharetra eget proin dolore dolor consectetur, tellus tincidunt erat turpis euismod mi et aliquam, pulvinar. Eget sem nunc, sed at non laoreet magna pharetra mauris mi magna dolor mauris mi magna consectetur molestie mi donec pharetra molestie proin donec magna feugiat felis ullamcorper ut lorem. Nonummy euismod ante donec, dolor eget ante nisi dolor eget proin, nunc sed consectetur molestie laoreet magna pharetra molestie massa, ipsum sed mauris praesent nunc sed at tellus mi magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 3: Laoreet magna feugiat adipiscing non, nibh donec pharetra mauris praesent laoreet magna sit. Id consectetur, euismod mi magna sit felis diam massa aliquam amet volutpat proin. Dolore sed, at aliquet nunc lorem consectetur tellus tincidunt magna sit id diam. Nibh aliquam, amet eget et dolore ipsum eget proin ut sed nonummy non. Massa donec pharetra molestie diam congue lorem adipiscing, ullamcorper nibh aliquam turpis euismod. At ullamcorper, laoreet ac turpis tellus laoreet lorem adipiscing, euismod nibh magna pulvinar. Felis diam ut, ipsum, nonummy, non massa, erat amet non tellus mi, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 4: Donec feugiat felis ullamcorper lobortis tempus amet eget ante ante dolore. Pharetra, mauris praesent congue feugiat mauris praesent congue sed adipiscing, aliquet. Nibh ac sit, id molestie mi, dolore, feugiat adipiscing ullamcorper tincidunt. Ac aliquam nonummy eget nibh aliquam amet volutpat ante donec pulvinar. Eget, sem tincidunt sed consectetur euismod et magna sit felis diam. Lobortis tempus nonummy non id diam congue feugiat, felis ullamcorper tincidunt. Tempus, amet volutpat sem nunc sed consectetur molestie diam lobortis erat. Amet volutpat, ante donec pharetra, donec dolor adipiscing praesent nunc lorem. Consectetur euismod et nisi ipsum amet non massa donec pharetra mauris. Praesent tincidunt lorem adipiscing euismod et nisi sit id diam proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 5: Aliquet tincidunt, ac sit molestie diam ut ipsum nonummy pharetra molestie. Mi tincidunt feugiat felis ullamcorper nibh aliquam amet eget proin nisi. Pulvinar at tellus laoreet ac consectetur molestie praesent congue feugiat felis. Ullamcorper molestie mi magna, lorem adipiscing volutpat nibh nisi pulvinar eget. Sem massa erat, consectetur, molestie laoreet congue lorem adipiscing non nibh. Dolore dolor consectetur turpis volutpat nibh aliquam dolor eget proin, nunc. Sed at non massa erat consectetur molestie praesent congue feugiat felis. Diam, tincidunt dolor felis diam volutpat mi dolore pharetra molestie proin. Dolore pharetra, molestie praesent congue sed, mauris aliquet laoreet ac, turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 6: Dolore amet volutpat sem massa ac pharetra, id praesent congue lorem adipiscing non nibh aliquam amet volutpat ante nisi tellus laoreet, ac turpis id et congue. Feugiat adipiscing, volutpat ante donec pharetra, at tellus laoreet lorem consectetur euismod mi magna pulvinar id et proin dolore ipsum elit sem, nunc sed, at sem. Nunc erat consectetur molestie mi magna consectetur molestie ante donec pharetra mauris praesent congue dolor mauris praesent tincidunt congue ipsum nonummy non nibh aliquam pharetra eget. Proin nunc sed mauris sem nunc erat, at tellus laoreet nisi feugiat felis diam ut nisi pulvinar id et nisi sit eget diam ut ipsum elit. Non, massa donec pharetra mauris ullamcorper lobortis lorem adipiscing ullamcorper laoreet, aliquam, amet id proin nisi donec pulvinar, mauris aliquet tincidunt ac turpis, felis diam lobortis. Tempus, amet molestie mi dolore dolor mauris praesent tincidunt ac sit eget sem nunc ipsum nonummy non tellus tincidunt erat aliquet tincidunt ac turpis id et. Aliquam turpis euismod proin nisi ipsum elit diam ut ipsum elit mauris, proin nisi pulvinar ullamcorper ut ipsum elit, diam congue, feugiat felis praesent magna feugiat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 7: Mauris tellus laoreet ac mi dolore feugiat at praesent congue sed mauris praesent, tincidunt ac. Sit sed mauris tellus laoreet ac feugiat, felis diam ut tempus, amet volutpat proin, dolore. Dolor at praesent congue, sed adipiscing euismod nibh nisi pulvinar sed at tellus laoreet magna. Feugiat nonummy non ante dolore pharetra molestie proin congue sed, adipiscing aliquet tincidunt lorem, consectetur. Tellus laoreet lorem turpis euismod mi, id ullamcorper, lobortis tempus amet non laoreet, congue sit. Mauris diam lobortis tempus amet eget sem nunc sed consectetur aliquet massa erat at turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 8: Turpis euismod laoreet ac consectetur euismod laoreet ac turpis euismod et proin nunc erat consectetur non massa erat at non massa donec pharetra molestie ante. Magna, sit mauris mi congue dolor mauris aliquet congue feugiat mauris, praesent laoreet ac pharetra molestie mi congue feugiat felis diam lobortis aliquam, nonummy euismod. Nibh aliquam amet volutpat nibh aliquam amet eget nibh aliquam turpis eget sit eget proin, ut sed, nonummy tellus ante donec dolor, mauris diam, lobortis. Tempus, amet euismod et nisi, ipsum at, non massa ac lorem adipiscing tellus laoreet, ac consectetur tellus nunc sed mauris sem tincidunt erat consectetur tellus. Massa erat consectetur aliquet laoreet ac pharetra molestie mi congue feugiat felis euismod nibh nisi ipsum elit sem lobortis erat amet non massa tempus nonummy. Diam lobortis feugiat felis non nibh aliquam amet volutpat ante donec pulvinar consectetur, euismod sit id et lobortis ipsum adipiscing ullamcorper massa donec amet eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 9: Tincidunt, ac consectetur id diam lobortis, erat pharetra volutpat ante donec pharetra molestie, aliquet tincidunt, ac turpis tellus laoreet ac turpis pulvinar eget sem nunc erat consectetur tellus, et nisi. Erat amet volutpat ante dolore sed at aliquet tincidunt lorem, at praesent tincidunt lorem turpis euismod ullamcorper lobortis, tempus turpis euismod nibh aliquam pulvinar, eget sem massa erat, consectetur molestie. Mi magna, sit felis diam tincidunt lorem adipiscing ullamcorper nibh aliquam amet volutpat adipiscing euismod lobortis ac, turpis euismod nibh ut ipsum eget diam nunc pulvinar id diam nunc tempus. Nonummy diam lobortis tempus nonummy, non elit, non massa tempus adipiscing ullamcorper ut tempus adipiscing non nibh tempus adipiscing diam congue feugiat felis ullamcorper ante dolore dolor elit proin dolore. Pulvinar eget magna diam ante tincidunt nisi erat dolor adipiscing eget, aliquet mi lobortis erat feugiat amet at nonummy mauris aliquet nibh massa magna lorem, sed sit, consectetur felis euismod. Nisi proin mi, ante tincidunt ut erat, lorem nonummy eget tellus, et massa magna tempus pulvinar turpis elit molestie ac erat sit nonummy at, euismod, sem praesent, ante, laoreet nunc. Donec tempus sed sit consectetur turpis elit id sed pharetra id, et congue feugiat adipiscing diam non massa sed consectetur molestie praesent congue tempus turpis euismod nibh aliquam, amet, eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 10: Dolore sed at tellus diam ut ipsum elit, volutpat ante dolore feugiat mauris aliquet praesent congue ipsum, adipiscing non nibh dolore sed mauris sem dolore, sed at tellus. Mi magna aliquam ac ipsum dolor sit nonummy mauris euismod praesent nibh pharetra amet sit pharetra, amet sit pharetra turpis at felis volutpat aliquet, sem non praesent, nibh. Nunc aliquet sem, mi ante laoreet, ut dolore dolore proin nunc sed at tellus massa donec pharetra tellus mi magna dolor felis diam tincidunt lorem, turpis, volutpat proin. Dolore pulvinar elit aliquet ullamcorper laoreet aliquam pulvinar eget sem nunc erat consectetur non massa erat consectetur volutpat mi congue lorem adipiscing aliquet tincidunt lorem turpis euismod et. Nisi pulvinar eget, eget praesent tincidunt lorem consectetur tellus tincidunt sed, at aliquet tincidunt erat consectetur molestie mi ac sit id mi, magna sit id consectetur consectetur adipiscing. Mauris felis tempus feugiat turpis, elit molestie dolor ipsum sit adipiscing volutpat aliquet, et massa id, sem ante tincidunt dolore nisi ante sit nonummy at feugiat amet adipiscing. Consectetur ac ipsum pharetra adipiscing mauris euismod non diam sem et ante lobortis laoreet lobortis laoreet nunc ac tempus amet mauris felis volutpat, ante dolore dolor mauris proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 11: Praesent nibh aliquam ipsum nonummy, tellus massa erat consectetur volutpat mi congue. Lorem turpis euismod et, nisi ipsum id proin nunc tincidunt lorem adipiscing. Euismod nibh, nisi pulvinar felis sem ut ipsum nonummy volutpat mi congue. Lorem adipiscing euismod et nisi ipsum at non massa sem massa erat. Nonummy non, nunc erat consectetur volutpat mi erat amet volutpat massa, tempus. Nonummy volutpat massa, aliquam nonummy tincidunt elit aliquet diam, mi et laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 12: Sem euismod tellus non praesent proin mi ante nibh massa congue donec aliquam id mauris eget. Mauris, mauris id molestie volutpat tellus sem aliquet aliquet ullamcorper aliquet et massa congue aliquam lorem. Sed, lorem dolor pulvinar consectetur nonummy sit aliquet et tincidunt mi congue feugiat adipiscing ullamcorper nibh. Aliquam ipsum elit non nunc, erat pharetra molestie praesent congue feugiat felis diam lobortis aliquam turpis. Elit, diam lobortis feugiat felis diam ut feugiat felis praesent magna sit felis ullamcorper lobortis tempus. Amet volutpat ante aliquam amet volutpat et praesent tincidunt lorem turpis euismod laoreet ac sit, eget. Sem nunc erat consectetur tellus massa donec pharetra mauris praesent tincidunt lorem adipiscing ullamcorper nibh aliquam. Amet elit eget praesent congue sed at, aliquet tincidunt sed at aliquet mi magna sit diam. Proin proin diam aliquet non ullamcorper aliquet sem mi lobortis, donec magna dolore, nisi dolore ac. Erat ipsum feugiat ipsum pharetra amet adipiscing, nonummy sed pulvinar nonummy felis eget, id volutpat, ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 13: Turpis, feugiat sed erat lorem dolor tempus sed, tempus, feugiat dolor ipsum pharetra pulvinar pharetra adipiscing. Mauris eget non diam praesent diam ante congue dolore nisi congue nisi erat ipsum dolor dolore. Aliquam ac ipsum pharetra sit pharetra amet turpis consectetur nonummy consectetur elit molestie euismod aliquet sem. Aliquet aliquet non ullamcorper, et mi nibh tincidunt praesent et ante ante laoreet, ante lobortis nunc. Ut congue ac sed ipsum, pharetra amet sit amet turpis consectetur adipiscing consectetur consectetur, felis dolor. Pulvinar consectetur elit mauris ullamcorper aliquet diam proin et laoreet congue donec nisi erat sit dolor. Pulvinar pharetra turpis elit id volutpat, ullamcorper sem et proin, non tellus sem mi lobortis nunc. Nisi, magna nisi magna magna aliquam ac donec, aliquam magna donec aliquam erat tempus sed ipsum. Pharetra amet consectetur felis molestie elit mauris euismod tellus ullamcorper aliquet sem et ante nibh nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 14: Magna donec, aliquam erat feugiat feugiat dolor feugiat dolor, amet sit amet turpis. Consectetur adipiscing at elit felis, volutpat id mauris dolor dolor turpis amet at. At adipiscing eget euismod molestie non tellus, non euismod, tellus diam mi nibh. Laoreet mi nibh nunc congue donec feugiat tincidunt laoreet nibh tincidunt magna sed. Lorem pulvinar consectetur elit molestie volutpat, aliquet, et lobortis dolore ac sed feugiat. Dolor sit, consectetur nonummy mauris euismod dolor non massa erat dolor molestie mi. Dolore feugiat at aliquet, tincidunt ac turpis id et ut ipsum eget sem. Nunc, erat consectetur, volutpat mi felis ullamcorper tincidunt ac turpis, id proin dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 15: Nibh, nisi ipsum, ut tempus nonummy volutpat massa erat amet volutpat ante dolore pharetra molestie proin congue, dolor. Mauris aliquet nibh nisi, pulvinar id, nibh, ac turpis euismod, turpis felis sem massa erat amet non, massa. Dolore dolor mauris aliquet tincidunt sed adipiscing aliquet tincidunt adipiscing consectetur nonummy mauris euismod, proin et, massa volutpat. Euismod, mauris volutpat euismod tellus euismod aliquet, diam ante lobortis nunc ut congue nisi erat, tempus lorem pulvinar. Sit dolor, adipiscing nonummy tempus nonummy non massa donec pharetra molestie ante donec dolor mauris aliquet tincidunt ac. Turpis eget sem nunc ipsum elit sem, massa erat consectetur volutpat mi, congue lobortis, tempus nonummy volutpat ante. Donec pharetra mauris praesent tincidunt lorem adipiscing tellus laoreet magna sit id et ut ipsum elit diam nisi. Tempus nonummy non molestie mi magna, feugiat felis diam lobortis tempus nonummy, volutpat adipiscing consectetur elit felis, elit. Felis mauris eget molestie volutpat diam praesent nibh massa lobortis tincidunt ut magna nisi sed sit amet amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 16: Dolor at, euismod et ut ipsum elit non mi congue, feugiat at aliquet lobortis lorem adipiscing ullamcorper. Tincidunt lorem nunc sed adipiscing aliquet tincidunt sed at aliquet nunc sed at sem nunc sed, at. Tellus et, congue ipsum amet eget proin congue sed tempus amet volutpat ante aliquam, pulvinar volutpat proin. Dolore, dolor elit proin dolore pulvinar elit sem nunc ipsum eget et, nisi pulvinar id diam ut. Ipsum nonummy turpis id diam, nisi ipsum felis et ut ipsum elit non massa donec amet volutpat. Praesent nunc, lorem adipiscing aliquet tincidunt lorem turpis, sed consectetur tellus laoreet ac sit molestie, et congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 17: Nibh aliquam pharetra consectetur molestie mi magna dolor mauris praesent, tincidunt lorem felis aliquet tincidunt lorem adipiscing. Ullamcorper nibh aliquam, pulvinar elit non massa erat, nonummy sem sit molestie mi congue feugiat felis aliquet. Tincidunt ac amet volutpat nibh nisi, amet id proin, nunc magna pharetra molestie praesent magna lorem adipiscing. Euismod sed consectetur molestie mi sed ipsum feugiat, sed pulvinar pharetra nonummy, mauris id sem praesent nibh. Tincidunt ante nibh laoreet lobortis congue nisi id volutpat aliquet non diam, sem, sem diam proin, et. Aliquet nibh nunc congue erat aliquam magna ipsum pharetra adipiscing elit adipiscing eget euismod sem, praesent nibh. Lobortis tincidunt lobortis dolore aliquam ac ipsum, amet sit consectetur nonummy adipiscing pharetra adipiscing mauris tellus mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 18: Ac sit id et ut, ipsum, adipiscing volutpat ante donec nonummy, euismod ante aliquam pulvinar, mauris. Sem tincidunt et nisi pulvinar elit proin dolore, ipsum elit sem nunc ipsum elit sem nunc. Ipsum nonummy tellus massa donec dolor mauris praesent congue dolor feugiat felis ullamcorper lobortis tempus nonummy. Non ante, aliquam amet non ante donec dolor mauris aliquet tincidunt ac turpis id et nisi. Feugiat felis, ullamcorper lobortis tempus ac sit id diam ut feugiat felis praesent, magna feugiat felis. Diam lobortis aliquam amet volutpat, et nunc sed consectetur tellus massa sed massa erat consectetur tellus. Mi congue feugiat adipiscing euismod, lobortis tempus turpis volutpat et nisi dolor at tellus mi magna. Feugiat felis praesent ut tempus adipiscing non, felis diam, lobortis tempus adipiscing ullamcorper lobortis tempus turpis. Euismod nibh nisi pulvinar, sit id praesent ut feugiat tellus non praesent ante laoreet, lobortis donec. Ac ipsum nunc congue donec aliquam donec aliquam lorem pulvinar nonummy felis consectetur elit mauris elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 19: Dolor sed sit, adipiscing non ante aliquam pulvinar mauris, sem dolore lobortis, aliquam pulvinar elit sem, massa erat. Consectetur molestie massa, sed at non laoreet donec sit mauris diam, congue feugiat adipiscing euismod nibh aliquam turpis. Volutpat mauris aliquet, congue, feugiat mauris, praesent, congue sed at praesent nunc, sed at euismod, laoreet ac turpis. Euismod laoreet ac sit id mi, magna ipsum erat, consectetur, molestie mi donec sit felis diam lobortis tempus. Nonummy euismod lobortis tempus amet eget proin, dolore, sed, at aliquet laoreet ac aliquam sit eget et, nisi. Pulvinar elit sem nunc tempus nonummy sem nunc tempus, elit non massa, donec pharetra mauris praesent congue feugiat. Mauris aliquet laoreet ac nunc, at felis volutpat euismod proin diam, ante nibh massa congue tempus ac erat. Tempus ac, erat donec ac pulvinar dolor pulvinar consectetur nonummy adipiscing eget, ut tincidunt, nunc congue, tempus sed. At consectetur tellus massa donec consectetur, volutpat mi, magna pharetra molestie, ullamcorper lobortis aliquam donec dolor molestie proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 20: Ante magna sit turpis id mi magna feugiat. Elit ullamcorper lobortis tempus amet volutpat ante dolore. Dolor at aliquet nibh aliquam, pulvinar eget et. Ut, pulvinar elit euismod nibh tempus, turpis, euismod. Nibh aliquam amet id et nisi pulvinar id. Nibh aliquam pulvinar elit non massa erat consectetur. Volutpat mi donec dolor ipsum, elit non, massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 21: Feugiat adipiscing non nibh aliquam pulvinar. Mauris, sem nunc sed lorem sit. Pharetra pulvinar sit amet turpis nonummy. Mauris volutpat tellus diam mi nibh. Laoreet ante, nibh tincidunt, ut congue. Dolore ac, tempus ac ipsum sed. Tempus magna erat tempus dolor ipsum. Elit, volutpat ante dolore pharetra mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 22: Nibh nisi aliquam amet volutpat proin nunc sed consectetur, tellus mi, nisi feugiat felis ullamcorper massa erat amet non massa, aliquam dolor at. Tellus laoreet magna tincidunt sed consectetur tellus, mi nisi feugiat id diam, lobortis tempus amet non massa aliquam, pharetra, eget praesent tincidunt lorem. Sit eget diam nisi ipsum dolor at tellus laoreet magna sit felis ullamcorper ut tempus adipiscing non, massa aliquam amet volutpat ante aliquam. Pulvinar mauris mauris eget id molestie volutpat aliquet ullamcorper nonummy at, elit felis eget id molestie volutpat euismod volutpat ullamcorper aliquet diam praesent. Nibh et lobortis amet turpis at nonummy, eget tellus sit elit sem ut tempus nonummy non massa tempus nonummy non ante donec pharetra. At ullamcorper laoreet nisi ipsum elit sem nunc erat consectetur molestie mi magna nisi tempus nonummy volutpat ante erat pharetra volutpat ante aliquam. Amet eget ante dolore, sed at aliquet dolore sed mauris, proin dolore pulvinar eget sem nunc dolor dolor mauris praesent laoreet ac, adipiscing. Euismod proin ut sed consectetur molestie ante magna dolor molestie mi donec pharetra volutpat id et congue feugiat id diam ut tempus, nonummy. Non lobortis tempus nonummy, volutpat ante donec pulvinar volutpat nibh aliquam turpis euismod nibh, aliquam amet, id et aliquet congue sed mauris praesent. Nunc, sed adipiscing, tellus nibh magna turpis, euismod mi nisi sit felis diam ut tempus, amet, non ante aliquam dolor mauris diam pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 23: Lobortis laoreet nunc lobortis tempus sed sit pharetra, pulvinar turpis pharetra amet consectetur elit mauris volutpat molestie non euismod aliquet diam ante nibh laoreet molestie euismod euismod non praesent nibh. Tincidunt massa lobortis dolore nisi dolore aliquam pulvinar at volutpat id tellus eget euismod, non mi lobortis nisi ut sed at tellus laoreet erat pharetra molestie, mi ut ipsum felis. Diam, nibh aliquam, pulvinar eget proin dolore, sed consectetur aliquet tincidunt magna, sit molestie mi, ac aliquam amet eget proin nisi sit id et ut ipsum elit sem nunc ipsum. Felis non massa, erat, amet volutpat mi congue pharetra feugiat adipiscing ullamcorper nibh aliquam pharetra eget praesent tincidunt ac sit euismod et magna turpis, euismod et nisi feugiat id et. Ut ipsum adipiscing diam massa aliquam donec pharetra molestie, praesent congue lorem nonummy euismod nibh tempus adipiscing ullamcorper tincidunt, congue donec lorem ipsum pharetra adipiscing volutpat praesent nibh massa, lobortis. Tincidunt massa tincidunt feugiat pharetra amet consectetur felis, at elit id eget tellus sem ante, tincidunt nunc ut congue, lorem dolor consectetur id aliquam dolor turpis at molestie non euismod. Tellus euismod euismod sem diam aliquet et mi proin mi massa tincidunt nisi congue donec ac sed lorem dolor turpis ac donec aliquam congue massa lobortis tincidunt mi proin nibh. Laoreet nibh laoreet mi nibh nunc ut congue nisi magna donec, nunc nisi tincidunt massa massa tincidunt sit nonummy turpis consectetur, felis eget id volutpat ullamcorper sem laoreet ante erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 24: Sit nonummy non ante donec sit mauris praesent magna dolor mauris aliquet ullamcorper lobortis, ipsum nonummy, ullamcorper lobortis aliquam, adipiscing ullamcorper, ut lorem felis ullamcorper lobortis tempus nonummy euismod nibh. Nisi dolor at aliquet laoreet magna nisi pulvinar eget proin ut, sed consectetur molestie mi congue, feugiat nonummy, euismod ante dolore dolor mauris sem dolore pulvinar volutpat nibh, aliquam pulvinar. Eget proin nisi sem laoreet erat consectetur, tellus ante donec, consectetur tellus praesent, congue magna dolore nisi, erat tempus pharetra turpis eget mauris non tellus diam dolor amet consectetur, felis. Mauris eget id, at id proin massa congue feugiat felis, diam ut lorem adipiscing euismod nibh tempus turpis volutpat ante, sit ac, ipsum pulvinar elit diam ut ipsum elit ullamcorper. Massa tincidunt ac adipiscing ullamcorper nibh aliquam sit, eget diam nisi pulvinar elit et nisi sit id et nisi sit massa erat amet non amet eget proin tincidunt ac sit. Felis, sem lobortis erat consectetur amet volutpat et nisi ipsum ac turpis euismod nibh nisi pulvinar eget diam ut pulvinar felis sem nunc tempus nonummy volutpat mi congue feugiat mi. Ante nibh massa lobortis nunc ut donec praesent ante laoreet lobortis dolore nisi erat erat ac ac tempus dolor sit consectetur felis diam tellus sem ante lobortis lorem turpis euismod. Nibh dolore ipsum laoreet ac pharetra id praesent magna feugiat adipiscing ullamcorper, lobortis tempus nonummy volutpat proin nisi amet volutpat et nisi, pulvinar eget et nisi amet id et ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 25: Mi proin nunc sed turpis tellus mi ac consectetur tellus mi magna feugiat felis ullamcorper lobortis tempus nonummy ullamcorper nibh aliquam, amet euismod nibh aliquam dolore feugiat at ullamcorper laoreet. Ac turpis ullamcorper nibh nisi sit, id diam nisi tempus consectetur tellus, ante donec dolor felis aliquet lobortis lorem turpis nonummy non pharetra, amet turpis pharetra amet consectetur elit felis. Eget id volutpat aliquet proin mi proin nibh laoreet nibh congue ut magna donec ac ipsum, feugiat, congue dolore magna tempus feugiat ipsum sit nonummy at eget id volutpat, tellus. Sem, ullamcorper aliquet non ullamcorper aliquet diam praesent proin et, molestie non ullamcorper sem ullamcorper aliquet, sem ullamcorper, aliquet et, mi, sem mi massa nibh nisi pulvinar eget et nisi. Sed at non massa erat consectetur, tellus elit sem ut pulvinar felis et nisi sit, id, et ut tempus nonummy ullamcorper lobortis, tempus nonummy diam ut, tempus nonummy non lobortis. Tempus nonummy euismod lobortis nisi sit felis diam massa donec pharetra at, aliquet lobortis, lorem adipiscing euismod nibh ac sit euismod et nisi sit tellus ante donec pharetra molestie mi. Dolore lorem turpis aliquet lobortis ac amet euismod nibh, aliquam pulvinar eget sem nunc sed elit, non massa, erat consectetur volutpat congue lorem felis aliquet tincidunt lorem, at praesent tincidunt. Lorem turpis, euismod, laoreet nisi turpis id diam nunc erat dolore ut dolore aliquam congue congue nunc massa adipiscing nonummy felis mauris id mauris euismod sem et praesent nibh massa. Nisi dolore nisi erat ipsum dolor sit consectetur id, volutpat euismod, tellus diam sem, mi erat tempus erat tempus lorem ipsum tempus dolor ipsum feugiat pharetra pulvinar pharetra amet turpis. Dolor dolor pulvinar consectetur turpis at felis molestie euismod tellus ullamcorper laoreet nunc ut dolore magna donec tempus, sed tempus, feugiat amet sit amet amet turpis amet adipiscing consectetur nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 26: Aliquet, sem euismod turpis consectetur nonummy mauris euismod non non aliquet proin. Praesent praesent diam diam proin diam praesent proin diam praesent nibh, massa. Massa nibh nunc tellus volutpat euismod non praesent proin et mi ante. Laoreet lobortis, congue massa nisi dolore aliquam erat feugiat pharetra sit nonummy. Adipiscing adipiscing elit felis aliquam erat erat dolore magna erat lorem sed. Ipsum dolor pulvinar, sit amet turpis nonummy adipiscing at felis mauris eget. Id mauris euismod aliquet diam sem diam proin laoreet nunc ut nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 27: Eget id molestie eget mi ante et mi ante laoreet laoreet nibh tincidunt nunc congue donec, lorem tempus. Lorem erat, ipsum feugiat dolor sit amet turpis at felis eget proin mi nibh nibh massa tincidunt nunc. Magna, tempus feugiat dolor consectetur elit at eget felis adipiscing elit, felis, volutpat tellus non, praesent nibh laoreet. Tincidunt nunc nisi erat lorem amet at felis, mauris euismod tellus ullamcorper proin nibh laoreet ut donec lorem. Pulvinar aliquam pulvinar eget, proin nunc sed elit aliquet aliquet, nibh nisi ipsum elit sem, massa sed, nonummy. Non massa erat consectetur volutpat ante donec pharetra molestie mi dolore dolor mauris praesent, mi magna, sit felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 28: Pulvinar nonummy tellus ante donec pharetra molestie, lobortis ac turpis volutpat et dolore ipsum elit proin, ut ipsum nonummy tellus laoreet, donec pharetra mauris diam tincidunt lorem adipiscing euismod. Lobortis tempus amet pharetra, molestie proin dolore sed adipiscing euismod nibh nisi pulvinar eget diam nunc tempus elit diam ut ipsum, elit sem massa tempus amet, volutpat proin et. Ut ipsum nonummy non ante donec dolor mauris tellus laoreet ac sit id diam ut ipsum elit, ullamcorper lobortis erat pharetra molestie nonummy non nibh aliquam pulvinar eget praesent. Tincidunt lorem at aliquet nunc, sed consectetur tellus, laoreet, erat turpis tellus laoreet magna sit id diam lobortis ipsum adipiscing id, diam ut pulvinar felis diam nisi sit euismod. Laoreet erat turpis molestie laoreet, erat, pharetra, molestie et congue, feugiat adipiscing non nibh aliquam amet eget sem ante donec pharetra molestie mi dolore, feugiat at aliquet tincidunt, lorem. Turpis euismod et nisi pulvinar eget diam massa erat consectetur ullamcorper lobortis aliquam amet eget proin dolore sed consectetur aliquet laoreet ac adipiscing consectetur adipiscing consectetur, elit molestie ullamcorper. Sem volutpat euismod sem diam proin, nibh massa dolore aliquam erat tempus sed, pulvinar dolor nonummy turpis nonummy, mauris eget molestie volutpat euismod tellus ullamcorper praesent et praesent proin. Diam mi ante laoreet massa nibh eget tellus sem ante tincidunt nunc ut aliquam sed pulvinar pharetra adipiscing volutpat euismod nibh nisi pulvinar felis, et ut pulvinar felis sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 29: Mauris euismod nibh ut pharetra molestie mi donec pharetra molestie mi magna dolor molestie ante congue feugiat adipiscing ullamcorper lobortis, aliquam. Pulvinar eget, proin aliquam pulvinar, elit sem erat consectetur non massa tempus nonummy non massa dolore feugiat adipiscing euismod et nisi. Pulvinar elit proin ut ipsum elit proin ut ipsum eget sem magna feugiat mauris, mi, congue feugiat felis ullamcorper tincidunt feugiat. Turpis euismod nibh nisi amet, euismod, nibh ac turpis id et nisi pulvinar felis mi magna feugiat felis aliquet, lobortis, ac. Turpis id lobortis lorem turpis, ullamcorper laoreet lorem adipiscing aliquet laoreet ac turpis eget sem nunc tempus consectetur molestie tellus mi. Magna feugiat, elit diam ut ipsum adipiscing diam congue lorem adipiscing, diam, ut lorem adipiscing diam congue feugiat felis aliquet tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="even" r:id="Rc2c6ee149f6342d5"/>
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="Recd787bd97454c8b"/>
+          <w:headerReference w:type="even" r:id="Rcaeb09a6887c47df"/>
+          <w:headerReference w:type="default" r:id="R4d6a976cd9b14f53"/>
+          <w:headerReference w:type="first" r:id="R4b2bc14d2cba4313"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 30: Volutpat eget molestie volutpat euismod molestie eget ullamcorper euismod, mauris. At amet turpis at, felis mauris id molestie eget elit. Adipiscing turpis consectetur, dolor pulvinar lorem, sed tempus dolor adipiscing. Volutpat tellus magna lorem dolor sit pharetra mauris eget tellus. Diam mi lobortis aliquam sed consectetur nonummy molestie aliquet, et. Massa ut dolore, lorem pulvinar sit, nonummy sit pharetra turpis. At nonummy molestie id sem et lobortis dolore lorem erat. Tempus dolor, turpis eget non ante lobortis dolore ut tempus. Mi ante tincidunt ut donec donec, lorem pulvinar nonummy tellus. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 30: Nunc erat felis volutpat tellus sem diam, sem et mi, lobortis nunc erat aliquam ac ipsum dolor amet, at nonummy adipiscing nonummy felis. Mauris eget, tellus ullamcorper sem et praesent nibh massa ut congue ac ipsum pharetra tellus proin nunc dolor at aliquet laoreet magna sit. Id sem lobortis tempus elit sem lobortis erat nonummy ullamcorper lobortis, tempus adipiscing ullamcorper ante donec, pharetra elit non nunc tempus consectetur, volutpat. Mi, magna pharetra mauris praesent dolore dolor mauris praesent tincidunt feugiat at aliquet laoreet lorem adipiscing tellus diam ut, lorem nonummy ullamcorper lobortis. Tempus amet eget proin dolore sed consectetur tellus massa feugiat, sed sed lorem lorem erat, aliquam magna donec dolore nisi tincidunt ut dolore. Nisi congue aliquam lorem ipsum pharetra, pulvinar turpis nonummy felis mauris euismod sem praesent proin et praesent proin, laoreet massa congue aliquam erat. Tempus, lorem aliquam, magna donec tempus sed feugiat pharetra pulvinar sit pharetra pulvinar consectetur pharetra, turpis consectetur nonummy mauris eget mauris eget felis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, paragraph 1: Sed, felis at elit erat ipsum feugiat ac tempus sed, ipsum sit amet adipiscing, nonummy mauris euismod tellus diam mi ante laoreet massa tincidunt, aliquam sed feugiat nonummy mauris. Eget id mauris congue donec lorem sit consectetur mauris volutpat tellus diam mi nibh dolore ac donec, ac erat feugiat pharetra sit feugiat dolor ipsum feugiat amet, consectetur turpis. At nonummy mauris id molestie, volutpat id molestie euismod aliquet diam ante nibh nunc nisi donec ac erat aliquam lorem amet, elit molestie non nonummy felis eget euismod non. Praesent et mi massa, congue nisi sed ipsum dolor, adipiscing eget tellus non, aliquet sem mi ante laoreet ut congue laoreet proin proin praesent, praesent sem diam sem sem. Ullamcorper tellus volutpat volutpat molestie mauris id id molestie, eget, molestie eget eget felis mauris elit felis eget, massa tincidunt dolore magna dolore nisi congue dolore ut congue nunc. Ut lobortis nunc nisi congue nunc ut tincidunt tincidunt massa lobortis massa massa nibh, mi felis consectetur lorem erat tempus lorem ipsum feugiat feugiat ipsum ipsum sed erat tempus. Ac congue dolore magna erat tempus consectetur amet adipiscing at amet pulvinar, sit dolor pulvinar sit dolor ipsum feugiat pulvinar sit pharetra amet consectetur amet adipiscing consectetur nonummy adipiscing. At pharetra pulvinar sit, molestie volutpat euismod volutpat ullamcorper tellus ullamcorper ullamcorper tellus non id id mauris eget mauris eget tellus sem, praesent proin sem ullamcorper tellus ullamcorper praesent. Sem praesent ante laoreet massa ut nunc ut congue dolore nisi congue dolore ut tincidunt massa lobortis dolore ac erat feugiat amet at id sem mi lobortis nunc sem. Diam ullamcorper non diam massa dolore lorem sit elit, tellus, praesent nibh dolore lorem pulvinar dolor adipiscing eget aliquet diam mi et laoreet lobortis donec aliquam erat tempus lorem. </w:t>
-[...144 lines deleted...]
-        <w:t xml:space="preserve">Section 2, paragraph 30: Sem ullamcorper proin sem diam, praesent sem praesent proin diam nunc ut aliquet proin mi ante nibh massa congue donec ac erat aliquam, ut magna. Tempus nisi dolore nisi nisi dolore dolore magna donec ac adipiscing consectetur amet consectetur consectetur turpis consectetur consectetur pulvinar sit amet turpis pharetra pharetra pulvinar. Feugiat lorem pulvinar feugiat pulvinar turpis nonummy mauris volutpat id tincidunt nunc congue, donec ac ipsum pharetra amet at id non diam proin diam praesent. Proin diam praesent sem, sem aliquet aliquet consectetur adipiscing consectetur felis molestie ullamcorper, aliquet diam aliquet aliquet ullamcorper, aliquet tellus non euismod molestie eget tellus. Non euismod aliquet sem praesent nibh tincidunt, ut congue elit nonummy adipiscing eget mauris eget id mauris mauris id, sem aliquet sem et praesent sem. Et praesent et praesent lobortis, tincidunt nisi donec donec magna magna nisi magna, dolore dolore congue donec aliquam, erat tempus lorem sit elit mauris mauris. Felis nonummy ipsum feugiat dolor sit id volutpat, id felis mauris eget adipiscing at eget mauris volutpat euismod molestie euismod sem et mi et massa. Lobortis congue nunc lobortis laoreet massa lobortis tincidunt sed feugiat consectetur amet elit felis at eget tellus ullamcorper praesent et mi nibh nunc magna donec. Dolore nunc tincidunt nunc ut lobortis laoreet proin et dolor pulvinar pharetra adipiscing at elit felis mauris id volutpat, ullamcorper tellus non ullamcorper aliquet ullamcorper. Aliquet tellus volutpat euismod tellus diam aliquet sem diam, sem diam massa lobortis dolore congue congue, ut ut donec ac donec aliquam magna magna aliquam. </w:t>
+        <w:t xml:space="preserve">Section 2, paragraph 1: Felis ullamcorper aliquam ipsum consectetur id praesent lobortis aliquam pulvinar, eget sem tincidunt ac, sit, id sem. Mi congue lorem amet id proin nunc erat consectetur, magna, sit felis praesent congue feugiat adipiscing ullamcorper. Lobortis tempus turpis volutpat nibh nisi pulvinar elit aliquet massa magna sit adipiscing, ullamcorper elit non massa. Aliquam pulvinar elit proin nisi, sed nonummy tellus, mi congue sit mauris, mi magna feugiat felis aliquet. Lobortis aliquam amet, elit sem nunc sed at, non ullamcorper et nisi ipsum eget diam nunc tempus. Nonummy non massa magna dolor mauris aliquet tincidunt lorem at aliquet tincidunt ac amet id nibh nibh. Aliquam amet mauris praesent dolore pulvinar eget proin dolore pulvinar eget et dolore dolor eget et dolore. Sed consectetur tellus laoreet donec pharetra molestie, mi ut ut ipsum felis diam nisi tempus consectetur mauris. Praesent congue feugiat mauris praesent dolore dolor volutpat massa aliquam amet volutpat ante donec dolor mauris sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 2: Ac feugiat aliquam ipsum at aliquet laoreet erat, sed adipiscing tellus et ut. Erat consectetur, mauris praesent congue feugiat felis ullamcorper lobortis aliquam turpis ullamcorper, lobortis. Aliquam amet eget et ut pulvinar, euismod diam congue sit felis diam lobortis. Aliquam, turpis euismod, et nisi amet volutpat nibh, nisi pulvinar elit proin, nunc. Erat pharetra id mi congue feugiat mi magna feugiat felis diam congue lorem. Adipiscing ullamcorper nibh aliquam amet id et nisi sed consectetur molestie praesent congue. Feugiat mauris diam tempus nonummy euismod lobortis tempus adipiscing euismod nibh ac turpis. Euismod nibh ac turpis ullamcorper nibh aliquam sit id et nisi sit id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 3: Sem massa erat consectetur molestie, mi congue lorem, adipiscing. Euismod proin nunc erat pharetra volutpat proin dolore dolor. Mauris aliquet laoreet ac turpis euismod laoreet ac consectetur. Molestie et congue, feugiat felis diam lobortis, tempus amet. Volutpat ante, massa donec pharetra molestie mi, congue lorem. Adipiscing euismod nibh aliquam pulvinar eget sem nunc sed. At non laoreet donec pharetra molestie mi magna pharetra. Mauris euismod mi, magna sit felis diam, ut ipsum. Elit non ante donec dolor mauris aliquet laoreet ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 4: Donec dolor mauris diam lobortis lorem turpis. Euismod nibh, aliquam pulvinar elit proin dolore. Ipsum elit sem nunc, consectetur molestie ante. Donec pharetra tellus mi magna pharetra molestie. Mi congue dolor mauris, praesent congue lorem. At ullamcorper laoreet nisi pulvinar eget diam. Congue feugiat felis ullamcorper nibh aliquam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 5: Turpis euismod et nisi ipsum, elit sem nunc elit non laoreet erat pharetra molestie mi magna dolor mauris mi magna pharetra molestie mi congue feugiat at praesent congue. Dolor adipiscing aliquet laoreet sed tempus amet volutpat proin nunc, sed, mauris aliquet, tincidunt ac consectetur tellus, massa erat consectetur aliquet mauris aliquet nunc dolor mauris praesent dolore. Dolor at mi ut feugiat felis diam lobortis erat amet molestie proin dolore dolor mauris aliquet congue sed, adipiscing tellus tincidunt ac turpis tellus laoreet magna nisi dolor. At aliquet laoreet magna sit id et magna sit id praesent congue feugiat felis diam tincidunt lorem adipiscing euismod nibh aliquam amet eget proin dolore congue lorem amet. Euismod nibh, aliquam sit id nibh, magna sit eget et nisi, pulvinar felis diam pulvinar feugiat pharetra turpis elit mauris eget aliquet et massa felis praesent congue, feugiat. At ullamcorper laoreet ac adipiscing ullamcorper laoreet ac adipiscing tellus tincidunt ac, sit, id et nisi sit, felis sem aliquet, laoreet ac turpis molestie laoreet, ac pharetra tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 6: Elit, sem ut tempus nonummy volutpat mi dolore, dolor mauris praesent tincidunt feugiat adipiscing, aliquet tincidunt. Lorem turpis id nibh aliquam turpis tellus, ante donec consectetur volutpat ante donec consectetur non lobortis. Erat, amet volutpat massa donec dolor at aliquet laoreet ac turpis euismod nibh, magna pulvinar adipiscing. Ullamcorper nibh nisi pulvinar volutpat et nisi pulvinar eget proin dolore, ipsum elit non massa erat. Consectetur non massa erat pharetra molestie mi magna dolor mauris molestie et nisi feugiat felis ullamcorper. Lobortis tempus nonummy volutpat ante donec pharetra mauris, praesent, nunc sed consectetur, aliquet laoreet erat at. Tellus nisi feugiat id et, ut tempus adipiscing non ante tellus mi congue dolor mauris mi. Magna tempus adipiscing volutpat, et aliquam pulvinar elit proin nunc sed elit praesent congue sit felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 7: Nonummy volutpat lobortis tempus praesent congue feugiat felis aliquet lobortis ac adipiscing euismod laoreet lorem at aliquet laoreet aliquam sit id laoreet ac turpis euismod laoreet. Ac turpis id ante erat amet, volutpat proin donec pharetra volutpat proin, dolore pharetra mauris praesent, nunc sed mauris sem nunc sed at aliquet nunc dolor. At aliquet ipsum elit sem massa mi magna feugiat mauris praesent, congue feugiat adipiscing aliquet tincidunt lorem at aliquet lobortis ac adipiscing aliquet tincidunt dolor at. Amet eget proin, donec pulvinar eget sem nunc sed consectetur euismod mi, nisi feugiat elit non massa dolore dolor, mauris aliquet dolore dolor eget proin nunc. Donec pharetra non ante magna pharetra molestie ante aliquam pharetra molestie proin dolore dolor mauris proin nunc sed mauris aliquet nunc lorem consectetur tellus mi magna. Turpis et ut feugiat elit ullamcorper ut tempus adipiscing ullamcorper nibh aliquam amet volutpat ante donec amet euismod nibh nisi dolor at sem nunc erat, consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 8: Praesent, lobortis aliquam pharetra mauris aliquet tincidunt. Ante dolore, dolor mauris sem nunc dolor. Elit, aliquet massa erat consectetur tellus mi. Magna sit, felis diam ut, lorem felis. Ullamcorper nibh donec tincidunt lorem turpis aliquet. Lobortis aliquam pulvinar euismod nibh ac turpis. Euismod nibh aliquam sit id diam, ut. Ipsum elit sem, nunc tempus elit volutpat. Tincidunt, lorem adipiscing euismod nibh nisi pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 9: Sed consectetur tellus ante donec dolor mauris aliquet tincidunt erat at tellus laoreet ac consectetur tellus laoreet magna pharetra molestie mi donec pharetra molestie, mi magna sit mauris. Ullamcorper lobortis tempus amet molestie mi magna sit felis diam sem nunc sed consectetur tellus, laoreet donec pharetra mauris praesent magna dolor molestie praesent congue dolor mauris praesent. Tincidunt lobortis tempus, nonummy ullamcorper lobortis tempus nonummy ullamcorper lobortis tempus adipiscing diam tincidunt tempus turpis diam congue feugiat felis ullamcorper lobortis lorem at aliquet nunc sed elit. Sem ut ipsum, elit non massa ipsum elit, sem, massa donec pharetra molestie praesent congue feugiat at aliquet tincidunt sed at aliquet tincidunt pulvinar eget sem nunc tempus. Nonummy non lobortis tempus elit diam ut feugiat id diam lobortis ipsum felis diam congue sit molestie mi magna sit molestie mi diam nisi pulvinar, id et, magna. Sit molestie mi congue feugiat adipiscing ullamcorper lobortis feugiat adipiscing eget proin dolore dolor nonummy non massa erat nonummy volutpat ante donec dolor molestie proin dolore dolor at. Ullamcorper tincidunt lorem, turpis euismod et ut ipsum elit sem massa erat consectetur massa aliquet mi magna feugiat adipiscing diam magna sit felis diam lobortis lorem adipiscing ullamcorper. Lobortis tempus turpis volutpat, ante nisi amet volutpat nibh, aliquam amet euismod dolore sed consectetur non, laoreet magna sit molestie ante erat consectetur non massa, erat pharetra volutpat. Massa dolore feugiat at praesent congue feugiat at, aliquet laoreet lorem, lorem adipiscing ullamcorper ut tempus nonummy volutpat, ante aliquam turpis euismod nibh aliquam pulvinar eget, proin nunc. Ipsum elit non nunc erat nonummy tellus massa donec feugiat turpis euismod, laoreet magna sit euismod et nisi ipsum elit ullamcorper ut tempus nonummy volutpat massa donec pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 10: Ante nunc dolor mauris, felis ullamcorper. Lobortis aliquam amet euismod et nisi. Pulvinar eget proin ut pulvinar eget. Diam ut ipsum eget diam, ut. Ipsum consectetur volutpat ante mauris praesent. Tincidunt ac, amet id et nisi. Ipsum nonummy non massa donec consectetur. Tellus mi, magna, pharetra, molestie ante. Donec dolor mauris aliquet tincidunt sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 11: Sed pharetra molestie mi congue feugiat felis diam tincidunt tempus turpis ullamcorper tincidunt ullamcorper lobortis nisi ipsum elit non, nunc ipsum eget diam, nisi. Pulvinar, elit non, massa donec pharetra mauris, mi dolore dolor molestie mi donec pharetra tempus nonummy non, nibh aliquam amet, volutpat ante donec pulvinar. Eget sem nunc sed at tellus laoreet sed at tellus mi magna sit id praesent, lobortis ut ipsum, eget diam, nunc ipsum nonummy non. Massa donec dolor mauris praesent, congue lorem mauris praesent congue dolor molestie proin congue dolor elit non massa donec sit mauris mi, donec dolor. Felis ullamcorper tincidunt lorem felis ullamcorper, nibh ac amet euismod et nisi pulvinar, elit sem nunc ipsum nonummy volutpat ante aliquam turpis euismod nibh. Aliquam, pulvinar eget proin dolore ipsum elit proin ut sed elit sem massa erat, nonummy non massa tempus nonummy tellus mi volutpat massa erat. Nonummy non praesent, diam, mi lobortis dolore nisi tempus dolor felis eget molestie diam massa congue ac pharetra at eget tellus, ullamcorper proin mi. Massa nibh dolore nisi dolore nisi erat feugiat amet adipiscing eget tellus diam nibh tincidunt nisi erat tempus pulvinar turpis, massa congue aliquam erat. Tempus ac id non praesent lobortis donec sed erat lorem adipiscing ullamcorper lobortis tempus, adipiscing ullamcorper lobortis lorem turpis ullamcorper lobortis, ac amet et. Ut ipsum elit sem nunc sed nonummy non massa erat consectetur volutpat, massa donec pharetra molestie mi dolore pharetra, volutpat, massa aliquam amet, volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 12: Aliquam pulvinar pharetra molestie mi donec pharetra, molestie praesent tincidunt feugiat at aliquet laoreet ac, adipiscing aliquet tincidunt. Lorem consectetur tellus laoreet lorem consectetur tellus laoreet lobortis lorem turpis ullamcorper nibh, nisi pulvinar id et aliquam. Sit id et aliquam sit id et, nisi sit, id mi magna turpis euismod mi dolore feugiat at. Aliquet laoreet ac at dolor ipsum pharetra amet consectetur nonummy, mauris ullamcorper sem mi massa, nibh, nunc magna. Aliquam aliquam erat lorem pulvinar tincidunt, nunc tincidunt dolore magna erat ac sed feugiat pharetra turpis at adipiscing. Mauris id non diam lobortis mauris id molestie eget tellus diam nisi ipsum elit proin ut pulvinar, eget. Proin ut sed nonummy tellus ante magna, dolor mauris praesent tincidunt lorem turpis, euismod nibh nisi amet id. Proin dolore ipsum nonummy volutpat ante tempus, adipiscing ullamcorper lobortis tempus nonummy ullamcorper tincidunt tempus adipiscing aliquet tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 13: Tempus adipiscing volutpat nibh aliquam amet volutpat proin dolore dolor, eget ante nisi pulvinar elit sem nunc eget sem nunc ipsum at non massa. Erat, consectetur tellus mi magna nisi magna aliquam sed feugiat pharetra turpis consectetur adipiscing, molestie, id molestie elit, mauris volutpat, sem et nunc tincidunt. Nisi, lobortis tincidunt nisi magna dolore nisi congue dolore ac ipsum sit amet volutpat proin nunc sed at aliquet tincidunt ipsum nonummy sem ut. Ipsum pharetra molestie ante donec pharetra eget aliquet laoreet lorem adipiscing, tellus, laoreet magna sit felis, et magna, turpis volutpat ante dolore lorem adipiscing. Id, et dolore ipsum elit sem nunc erat nonummy non, nunc, tempus, nonummy non massa donec pharetra non lobortis tempus elit diam congue lorem. Adipiscing ullamcorper, nibh nisi ipsum, nonummy non laoreet erat pharetra mauris diam tincidunt, tempus amet eget sem adipiscing consectetur, adipiscing, turpis consectetur adipiscing mauris. Eget diam proin mi massa congue aliquam, ac tempus feugiat lobortis tincidunt ut, magna donec aliquam sed lorem sed pulvinar dolor turpis nonummy adipiscing. Consectetur felis mauris at elit mauris id tellus non praesent et praesent proin et massa lobortis dolore magna erat feugiat pulvinar turpis amet at. Pharetra adipiscing tellus nibh aliquam pulvinar elit non massa erat nonummy non massa donec consectetur molestie mi, tincidunt, lorem turpis ullamcorper laoreet aliquam turpis. Euismod laoreet nibh aliquam nonummy euismod nibh tempus nonummy euismod lobortis tempus, turpis, euismod et nisi, pulvinar elit aliquet, massa sed consectetur, tellus laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 14: Pulvinar nonummy, non ante lorem turpis euismod lobortis aliquam amet elit proin, ut sed consectetur molestie mi magna, pharetra molestie mi magna dolor. Mauris praesent congue lorem adipiscing ullamcorper volutpat massa, tempus nonummy volutpat massa aliquam pharetra eget ante, dolore sed consectetur tellus laoreet nisi ipsum. Nonummy non lobortis tempus nonummy volutpat ante adipiscing pharetra, amet adipiscing nonummy felis eget aliquet et mi nibh laoreet massa tincidunt dolore erat. Tempus aliquam donec tempus ac ipsum tempus sed mi nisi sit felis, diam ut ipsum nonummy volutpat massa donec dolor mauris praesent congue. Sed, adipiscing tellus laoreet, magna sit id diam ut, ipsum elit non proin nunc erat at tellus mi, magna sit id diam ut. Feugiat adipiscing ullamcorper nibh aliquam, amet volutpat nibh aliquam amet euismod nibh aliquam amet euismod nibh ante donec pharetra eget ante aliquam pharetra. Eget praesent nunc dolor eget proin nisi amet volutpat nibh aliquam pulvinar eget proin nunc ipsum consectetur ullamcorper massa tempus, nonummy ullamcorper lobortis. Tempus pulvinar pharetra amet consectetur amet adipiscing elit, felis molestie euismod tellus ullamcorper proin et mi lobortis nunc, ut tincidunt dolore nibh nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 15: Ac magna aliquam, ante diam mi, congue dolore erat, feugiat pharetra pulvinar consectetur felis turpis feugiat, lorem. Ipsum sit pharetra sit feugiat sed turpis dolor sed ipsum aliquet et mi ante nibh laoreet lobortis. Nibh diam aliquet sem mi praesent sem praesent sem sem aliquet proin diam mi nibh diam aliquet. Et, donec tempus lorem, ipsum feugiat amet mauris tellus et, massa tincidunt, nunc nisi congue dolore ut. Congue ut congue donec lorem, pulvinar pharetra adipiscing at felis volutpat nonummy non lobortis donec amet volutpat. Ante donec pharetra molestie ante aliquam amet non, lobortis aliquam pulvinar volutpat nibh donec pulvinar eget ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 16: Turpis id mi magna sit felis diam lobortis aliquam amet non nunc sed mauris aliquet nunc sed elit aliquet tincidunt ac turpis, felis ullamcorper. Ut tempus nonummy non ante donec, dolor mauris praesent nunc sed at mauris diam tincidunt feugiat adipiscing ullamcorper nibh aliquam turpis id, et nisi. Pulvinar eget proin ut ipsum nonummy tellus ante erat pharetra mauris diam tincidunt praesent, congue feugiat mauris mi, dolore dolor at non volutpat euismod. Sem ullamcorper sem et mi, nibh mi massa tincidunt mi ut, congue aliquet sem praesent ante laoreet, massa congue aliquam, dolor sit id, mi. Magna feugiat felis, et magna sit molestie mi magna pharetra molestie mi congue feugiat mauris id et magna sit id diam, lobortis erat amet. Lorem turpis, euismod laoreet aliquam sit id diam ut sed elit non nunc erat, pharetra volutpat lobortis tempus molestie praesent tincidunt lorem, turpis, euismod. Nibh aliquam sit euismod nibh aliquam pulvinar elit non, massa donec consectetur volutpat ante, donec pharetra molestie mi dolore eget proin dolore, sed at. Id diam ut lorem amet eget sem nunc sed euismod tellus non, aliquet proin et ante tincidunt nisi erat feugiat dolor sit nonummy mauris. Felis, mauris ullamcorper aliquet sem praesent et laoreet ante tincidunt nunc, magna donec aliquam ut nunc ut magna laoreet massa tincidunt nunc ante, et. Et et massa lobortis, congue ut congue dolore nisi congue laoreet massa tincidunt laoreet praesent tempus aliquam erat aliquam magna congue dolore ac ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 17: Pulvinar, feugiat aliquam sed nisi pulvinar. Elit non ante donec pharetra mauris. Aliquet tincidunt lorem felis ullamcorper lobortis. Ac amet id et nisi amet. Eget sem, nunc pulvinar eget ut. Tempus, nonummy tellus ante donec pharetra. Volutpat ante donec, pharetra at aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 18: Eget sem erat consectetur molestie praesent congue lorem adipiscing. Ullamcorper, lobortis aliquam amet euismod, nibh aliquam amet volutpat. Sem nunc ac pharetra tellus mi congue lorem eget. Proin dolore pulvinar eget proin nisi dolor elit proin. Nunc erat consectetur tellus laoreet ac pharetra, molestie praesent. Congue feugiat adipiscing ullamcorper lobortis lorem consectetur tellus laoreet. Ac sit id et nisi ipsum elit diam, ut. Tempus nonummy euismod tellus ullamcorper proin laoreet nunc magna. Aliquam ac pulvinar turpis nonummy turpis, elit id mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 19: Dolor sit felis diam lobortis donec adipiscing ullamcorper et nisi sed at molestie mi magna pharetra. Adipiscing non ante donec pulvinar at aliquet, mi magna pulvinar id diam ut aliquet ac amet. Eget sem nunc erat consectetur non ante donec pharetra molestie praesent tincidunt lorem sit pharetra sit. Sit sed massa erat consectetur molestie mi mi magna feugiat felis diam ut, tempus adipiscing ullamcorper. Nibh, aliquam pulvinar eget ante nisi pulvinar mauris, sem, nunc erat at tellus laoreet erat pharetra. Tellus sit id, praesent congue feugiat felis, ullamcorper lobortis tempus nonummy volutpat proin dolore dolor at. Aliquet nunc dolor eget et ac amet id et magna sit felis diam congue feugiat felis. Diam tincidunt tempus turpis volutpat ante aliquam pulvinar eget sem nunc sed, elit sem nunc, sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 20: Massa magna dolor felis diam tincidunt. Lorem adipiscing, ullamcorper lobortis ac amet. Elit volutpat ante tempus nonummy non. Nibh, aliquam dolor mauris praesent ac. Donec ac sed sit amet adipiscing. At nonummy mauris euismod non diam. Ante, nibh lorem sed, tempus, feugiat. Pulvinar feugiat amet adipiscing elit id. Volutpat euismod molestie, ullamcorper id diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 21: Aliquam amet eget sem nunc sed, at non massa sed at tellus laoreet donec pharetra molestie mi magna sit felis ullamcorper lobortis. Sed at aliquet massa erat consectetur tellus mi, magna sit id praesent congue lorem adipiscing non lobortis lorem, adipiscing euismod nibh aliquam. Amet volutpat, proin magna sit id et magna sit id praesent congue feugiat felis diam congue feugiat felis ullamcorper lobortis tempus amet. Euismod nibh aliquam pulvinar elit proin dolore ipsum id ullamcorper lobortis ut congue aliquam magna erat feugiat pulvinar at felis volutpat ullamcorper. Proin diam praesent et laoreet ut dolore nisi congue nunc, congue dolore nisi dolore nunc, magna tempus ac amet id proin nisi. Pulvinar eget et nisi pulvinar, id diam nisi pulvinar felis diam magna pulvinar id ut ipsum nonummy volutpat proin dolore dolor at. Ullamcorper nibh aliquam sit id et ut ipsum elit sem nunc erat nonummy non massa tempus elit non lobortis massa ac, consectetur. Non massa donec pharetra, molestie praesent congue feugiat mauris, ullamcorper nibh aliquam, amet volutpat id at pharetra sit at molestie non aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 22: Donec ullamcorper molestie diam proin nibh massa, ut tincidunt nisi erat tempus dolor pulvinar, pharetra amet consectetur felis volutpat volutpat tellus ullamcorper praesent proin mi aliquam lorem. Ipsum pharetra mauris praesent congue feugiat adipiscing ullamcorper lobortis lorem adipiscing, ullamcorper lobortis lorem adipiscing, aliquet tincidunt lorem turpis ullamcorper, nibh ac turpis id praesent, ut lorem. Adipiscing euismod nibh tempus adipiscing ullamcorper lobortis, tempus amet volutpat et aliquam amet id laoreet ac amet id et turpis id nibh magna sit felis diam ut. Erat pharetra volutpat mi dolore dolor molestie proin dolore dolor mauris praesent congue dolor at aliquet, tincidunt lorem adipiscing tellus ante erat pharetra mauris praesent congue lorem. Turpis volutpat diam aliquet proin, mi nibh laoreet ut magna nisi ac donec aliquam ac erat feugiat pulvinar sit at elit adipiscing mauris, euismod non massa donec. Dolor felis ullamcorper lobortis aliquam amet eget sem nunc sed consectetur aliquet massa sit felis, ullamcorper, lobortis lorem felis diam, lobortis tempus amet eget, proin dolore dolor. Elit aliquet tincidunt erat consectetur tellus laoreet, magna sit id praesent congue feugiat praesent ut feugiat felis diam lobortis tempus turpis euismod nibh aliquam pulvinar eget proin. Dolore ipsum at non nunc ipsum elit non nunc ipsum eget diam nisi aliquam amet volutpat nibh at at felis, mauris, id, tellus diam proin laoreet nunc. Congue nunc, magna donec aliquam ac tempus feugiat amet at elit molestie ullamcorper ipsum consectetur nonummy ullamcorper lobortis tempus amet volutpat lobortis aliquam amet volutpat ante nisi. Amet eget sem nunc erat consectetur molestie laoreet ac, consectetur tellus, laoreet, magna amet euismod nibh nisi pulvinar eget ante dolore dolor elit aliquet, massa erat consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 23: Dolore sed at aliquet nibh magna sit elit ut ipsum elit ullamcorper lobortis erat. Amet, volutpat ante donec pharetra eget proin dolore sed, mauris praesent nunc, dolor mauris. Sem tincidunt sed consectetur tellus ante lorem sed feugiat pharetra sit consectetur felis, mauris. Elit felis volutpat aliquet diam praesent et mi massa nibh massa congue donec ac. Sed lorem congue donec ac erat lorem pulvinar, feugiat, dolor, amet at molestie ullamcorper. Praesent proin laoreet lobortis nunc nisi magna aliquam dolor pulvinar elit sem congue feugiat. Adipiscing, eget proin dolore pulvinar elit non massa erat pharetra, molestie praesent magna sit. Felis praesent tincidunt, feugiat felis ullamcorper nibh tempus, amet, volutpat at aliquet tincidunt lorem. Adipiscing euismod laoreet ac sit eget diam nisi pulvinar elit diam ut ipsum elit. Sem, lobortis donec amet volutpat ante donec pharetra mauris tincidunt ac turpis id sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 24: Tempus pharetra non sem nunc sed at sem dolore pulvinar eget sem nunc. Sed at non laoreet donec sit molestie mi donec dolor mauris praesent tincidunt. Feugiat adipiscing dolor, mauris aliquet pharetra, turpis nonummy adipiscing eget tellus diam ante. Lobortis, laoreet ut, donec aliquam ipsum turpis pharetra turpis at, adipiscing eget id. Non nonummy mauris volutpat euismod sem praesent sem diam mi lobortis dolore, magna. Aliquam ac sed ipsum amet adipiscing consectetur, felis eget proin tincidunt lorem consectetur. Felis praesent tincidunt lorem adipiscing, euismod, nibh nisi pulvinar eget proin ut ipsum. Eget sem nunc tempus elit sem massa donec consectetur, volutpat, mi dolore adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 25: Tempus nonummy ullamcorper lobortis tempus, nonummy ullamcorper nibh aliquam euismod lobortis tempus turpis volutpat et dolore dolor at sem nunc ipsum eget proin ut, pulvinar, elit proin, ut ipsum elit. Non nunc erat consectetur ullamcorper nibh aliquam pulvinar eget proin nunc, sed elit non massa ac pharetra felis, diam, ut lorem adipiscing ullamcorper lobortis lorem, nonummy volutpat proin, nisi donec. Pharetra mauris praesent, tincidunt lorem adipiscing ullamcorper laoreet ac turpis euismod laoreet ac, sit id, et ut ipsum, nonummy non ante donec dolor tempus, elit non felis mauris eget molestie. Euismod id molestie ullamcorper proin laoreet ut dolore nisi ac aliquam lorem, ipsum feugiat pharetra turpis nonummy felis eget tellus ullamcorper aliquet et mi et mi lobortis dolore, dolore magna. Aliquam aliquam sit id, et ut ipsum elit, non massa donec dolor mauris praesent dolore feugiat consectetur tellus, laoreet ac pharetra molestie praesent magna sit felis diam ut lorem adipiscing. Euismod nibh aliquam pulvinar at tellus, lobortis erat dolor at aliquet laoreet lorem at ullamcorper laoreet, lorem, turpis, id et ut ipsum elit diam, nunc tempus nonummy non massa erat. Amet molestie praesent diam ut feugiat adipiscing ullamcorper, nibh, donec pulvinar at praesent nunc sed consectetur aliquet nunc sed at, aliquet tincidunt erat at tellus, laoreet ac feugiat felis praesent. Nibh nisi sit eget nibh magna sit id et nisi pulvinar nunc ac aliquam, ac erat feugiat pharetra adipiscing eget tellus ullamcorper sem, diam mi nibh laoreet tincidunt nisi ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 26: Nonummy pulvinar adipiscing tellus diam nisi sit felis diam. Ut tempus amet molestie mi dolore dolor mauris, proin. Congue, dolor at dolore pharetra eget praesent nunc lorem. Consectetur aliquet laoreet, erat consectetur tellus, laoreet magna feugiat. Molestie et ut aliquam amet molestie praesent congue sed. At donec pulvinar euismod nibh aliquam nonummy euismod nibh. Aliquam pulvinar eget sem massa erat pharetra molestie et. Magna sit id praesent congue feugiat adipiscing ullamcorper ut. Tempus diam tincidunt tempus, turpis euismod nibh aliquam amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 27: Pulvinar et nisi pulvinar elit proin nunc, sed consectetur non nunc tempus nonummy non massa erat adipiscing consectetur nonummy mauris id, molestie non proin. Nibh tincidunt tincidunt nisi magna tempus erat ipsum dolor amet consectetur elit, mauris elit molestie volutpat euismod sem praesent proin nibh nunc tincidunt tincidunt. Ut lobortis dolor elit, sem massa, sed, elit sem nunc, erat pharetra tellus mi, magna sit felis diam tincidunt lorem felis, praesent tincidunt lorem. Turpis volutpat et nisi pulvinar, proin nunc, sed at non laoreet donec consectetur molestie, mi congue pharetra molestie mi congue feugiat felis aliquet lobortis. Ac amet id et dolore feugiat adipiscing non nibh donec pulvinar, mauris proin donec pulvinar eget ante dolore dolor eget proin nunc sed at. Aliquet nunc sed at non erat lorem consectetur nonummy felis volutpat tellus non euismod molestie volutpat ullamcorper proin laoreet lobortis congue nisi donec lorem. Pulvinar pulvinar feugiat amet, turpis felis mauris euismod aliquet et congue massa ante tincidunt nisi, erat aliquam amet euismod lobortis tempus amet eget proin. Dolore sed at tellus laoreet erat id, et congue feugiat adipiscing ullamcorper nibh aliquam nonummy non nibh aliquam pulvinar mauris sem, nunc ac consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 28: Ullamcorper nibh aliquam sit id proin ut pulvinar eget diam ut tempus nonummy volutpat ante aliquam pulvinar eget proin, dolore. Sed, pharetra molestie, mi congue ipsum nonummy ullamcorper lobortis aliquam amet volutpat proin donec dolor mauris proin ante erat amet. Volutpat massa tempus turpis consectetur, nonummy adipiscing, nonummy mauris, volutpat sem, sem, praesent nibh nunc, lobortis lobortis nunc lobortis dolore. Nisi, congue nisi, donec aliquam lorem pulvinar, dolor mauris mi congue feugiat adipiscing, volutpat proin nisi pulvinar eget proin nisi. Ipsum, eget sem ut, ipsum diam, ut ipsum elit sem nunc tempus elit non massa donec dolor at, praesent congue. Feugiat adipiscing aliquet laoreet ac adipiscing tellus tincidunt sed at aliquet tincidunt consectetur tellus mi magna turpis euismod mi ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 29: Nibh nisi feugiat adipiscing diam lobortis, aliquam amet volutpat ante dolore pulvinar mauris aliquet laoreet ac sit id et congue ipsum nonummy volutpat massa. Aliquam, amet volutpat dolore sed at sem tincidunt lorem consectetur tellus tincidunt ac consectetur molestie et magna ipsum nonummy non massa aliquam amet volutpat. Proin, nunc lorem at laoreet, ac pulvinar felis dolor ipsum dolor turpis, at nonummy mauris id tellus ullamcorper praesent et mi lobortis nunc nisi. Congue aliquam ac tempus lorem ac nisi congue ipsum nonummy ullamcorper lobortis aliquam pulvinar eget sem tincidunt sed mauris sem nunc dolor, eget proin. Dolore sed consectetur molestie mi ut dolor eget, proin dolore dolor at tellus tincidunt lorem turpis, euismod mi magna turpis molestie mi nisi feugiat. Elit volutpat ante dolore, sed at aliquet laoreet lorem tellus laoreet ac sit euismod mi nisi pulvinar elit non lobortis erat pharetra molestie ante. Donec pharetra molestie proin dolore dolor mauris aliquet, tincidunt ac consectetur tellus ante congue dolor turpis turpis elit, at, at id, volutpat, aliquet et. Laoreet proin et mi ante tincidunt nisi aliquam sed sit, nonummy turpis consectetur nonummy mauris eget tellus ullamcorper tellus non ullamcorper sem et massa. Tincidunt tincidunt nisi donec, aliquam erat feugiat amet adipiscing euismod ut ipsum eget diam nisi pulvinar felis diam, nisi pulvinar felis sem lobortis, tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 30: Euismod et aliquam ipsum consectetur non ante donec pharetra molestie praesent congue dolor molestie proin dolore dolor elit sem massa ac consectetur tellus mi donec pharetra. Id diam ut lorem, adipiscing ullamcorper ante aliquam turpis aliquet tincidunt feugiat aliquet tincidunt lorem adipiscing aliquet, congue dolor mauris praesent dolore pharetra eget proin tincidunt. Lorem sit id diam ut ipsum elit diam nisi sit molestie mi ipsum nonummy id mauris eget tellus sem praesent ante laoreet ut, tincidunt massa massa. Nibh mi massa congue ut magna tempus sed pulvinar consectetur consectetur, felis volutpat ante magna feugiat, molestie mi congue, dolor molestie aliquet tincidunt lorem adipiscing ullamcorper. Nibh ut ipsum nonummy sem nunc ipsum elit sem ut nonummy non lobortis tempus nonummy, ullamcorper lobortis erat nonummy volutpat massa aliquam, pharetra eget praesent tincidunt. Lorem adipiscing, tellus laoreet lorem consectetur euismod, mi ut ipsum felis lobortis ipsum elit diam ut tempus nonummy non nibh aliquam sed mauris praesent nunc dolor. Mauris, sem dolore dolor, at sem lobortis tempus nonummy, non massa aliquam amet volutpat, ante dolore pharetra eget praesent tincidunt lorem consectetur tellus laoreet ac turpis. Euismod, mi magna turpis id et donec dolor, mauris aliquet tincidunt lorem adipiscing euismod et magna turpis consectetur turpis at elit mauris euismod aliquet diam, proin. Nibh praesent, nibh laoreet mi ante nibh congue dolore magna tempus feugiat turpis at elit, at elit molestie non ullamcorper sem diam proin laoreet ante, tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="even" r:id="R85eaa9660bab4240"/>
-      <w:headerReference w:type="default" r:id="Rdb1c3ebfa78f4730"/>
+      <w:headerReference w:type="even" r:id="Ra36a218e95c145cb"/>
+      <w:headerReference w:type="default" r:id="R7c3e33788dd6480a"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1034,51 +1034,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raea45aa257284f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbe305096953c401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfe0a5274f350486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rc2c6ee149f6342d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="Rbc81243a05a24bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="Recd787bd97454c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="R85eaa9660bab4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="Rdb1c3ebfa78f4730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd5a9d5e66fa0424f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4c7d0ef9dfd84916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9693e7b575d54e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd0770fcdc9b3480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rcaeb09a6887c47df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="R4d6a976cd9b14f53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="R4b2bc14d2cba4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="Ra36a218e95c145cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="R7c3e33788dd6480a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc69f277ffe1e452a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>