--- v3 (2025-12-15)
+++ v4 (2025-12-16)
@@ -1,381 +1,381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R882dc68cd9fc490b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R854cba7138a34a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re874a37868634530" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4f08caee0dcd4e81" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R798a041cc01d4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re0bacd5c482147fd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 1: Tincidunt, consectetur ante tincidunt praesent nibh dolore sed pharetra felis, ullamcorper, proin laoreet nisi, pulvinar nonummy tellus mi. Nibh aliquam amet eget sem nunc erat turpis id et magna aliquam amet, id proin nunc erat nonummy. Sem massa erat consectetur molestie praesent, congue feugiat felis praesent tincidunt lorem turpis volutpat et nisi pulvinar eget. Mauris aliquet, tincidunt lorem adipiscing tellus tincidunt sed, consectetur tellus tincidunt dolor, elit proin nisi pulvinar, volutpat nibh. Nisi sed consectetur tellus nunc dolore dolor mauris praesent nunc dolor mauris aliquet laoreet nisi pulvinar felis diam. Ut tempus nonummy volutpat ante donec dolor at euismod et ut ipsum elit, sem proin nunc ac, turpis. </w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">Section 1, paragraph 29: Mauris euismod nibh ut pharetra molestie mi donec pharetra molestie mi magna dolor molestie ante congue feugiat adipiscing ullamcorper lobortis, aliquam. Pulvinar eget, proin aliquam pulvinar, elit sem erat consectetur non massa tempus nonummy non massa dolore feugiat adipiscing euismod et nisi. Pulvinar elit proin ut ipsum elit proin ut ipsum eget sem magna feugiat mauris, mi, congue feugiat felis ullamcorper tincidunt feugiat. Turpis euismod nibh nisi amet, euismod, nibh ac turpis id et nisi pulvinar felis mi magna feugiat felis aliquet, lobortis, ac. Turpis id lobortis lorem turpis, ullamcorper laoreet lorem adipiscing aliquet laoreet ac turpis eget sem nunc tempus consectetur molestie tellus mi. Magna feugiat, elit diam ut ipsum adipiscing diam congue lorem adipiscing, diam, ut lorem adipiscing diam congue feugiat felis aliquet tincidunt. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 1: Sem, nibh nunc, magna ipsum nonummy volutpat ante erat dolor molestie praesent donec. Dolor mauris proin aliquam nonummy diam feugiat felis praesent donec elit diam nisi. Consectetur tellus tincidunt sed eget nibh, ac mauris proin aliquam adipiscing diam ac. Consectetur non nunc euismod tincidunt sed eget lobortis lorem mauris mi donec nonummy. Sem ut, feugiat molestie laoreet sed elit et lorem at euismod tincidunt sed. Eget ante tempus mi et massa sed nonummy diam nisi pulvinar id mi. Ac consectetur sem dolore amet ullamcorper congue pharetra non lobortis ipsum id laoreet. Erat non, ut turpis tellus laoreet sed at, sem nunc pulvinar, euismod lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 2: Magna pharetra aliquet nunc ipsum eget nibh, lorem at praesent aliquam nonummy, diam congue pharetra non ut sit id tincidunt dolor volutpat lobortis dolor molestie feugiat tellus nunc pulvinar id. Nibh ac mauris nibh feugiat molestie massa ipsum id laoreet, dolor eget nibh lorem mauris massa tempus elit mi erat et aliquam at praesent dolore, amet ullamcorper congue pharetra sem. Nunc ipsum id laoreet sed eget lobortis lorem molestie, massa tempus felis et erat elit et lorem praesent donec nonummy ullamcorper ut sit molestie massa ipsum id, laoreet lorem, mauris. Ante aliquam felis diam magna, nonummy sem magna, consectetur tellus amet euismod tincidunt dolor, molestie massa tempus felis mi erat elit diam aliquam adipiscing praesent dolore nonummy diam magna nonummy. Et nisi turpis aliquet, nunc pulvinar volutpat dolor, molestie, massa tempus felis praesent donec consectetur proin, nisi sit id laoreet lorem eget nibh feugiat molestie, massa ipsum id laoreet, sed. At proin nisi adipiscing dolore amet non lobortis aliquam nonummy praesent donec nonummy et ac, mauris nibh lorem felis massa ipsum id laoreet sed nibh ac at mi donec amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 3: At aliquet dolore nonummy diam magna sit molestie massa ipsum euismod, laoreet, erat eget nibh dolor molestie massa feugiat. Id mi erat, at et pulvinar euismod congue pharetra non, ut sit molestie massa ipsum euismod tincidunt dolor mauris. Ante, tempus felis praesent donec nonummy et ac eget, nibh feugiat proin tempus felis diam magna nonummy, sem ut. Sit aliquet donec, nonummy diam donec nonummy diam ac consectetur sem dolore amet ullamcorper congue feugiat volutpat lobortis tellus. Nunc ipsum id laoreet dolor mauris proin tempus mauris, mi erat elit, mi erat at, proin nisi turpis aliquet. Congue pharetra non lobortis felis praesent donec at sem nisi, turpis tellus nunc dolor volutpat lobortis lorem, mauris mi. Donec nonummy diam magna consectetur sem dolore amet euismod congue pharetra lobortis sit molestie massa pulvinar euismod tincidunt lorem. Mauris proin aliquam nonummy diam congue, consectetur non ut, sit tellus nunc pulvinar euismod tincidunt dolor molestie, massa ipsum. Ullamcorper congue feugiat tellus massa, sed elit, et lorem consectetur sem dolore amet aliquet congue pharetra sem ut sit. Tellus ipsum euismod laoreet sed, mauris, proin tempus, id laoreet sed nonummy diam magna consectetur sem aliquam adipiscing diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 4: Tempus elit et magna consectetur, sem, dolore pulvinar euismod congue sed eget lorem molestie ante. Tempus felis, laoreet sed mauris ante aliquam felis praesent donec elit ullamcorper congue turpis sem. Nisi turpis aliquet dolore pharetra ullamcorper congue tellus massa sed elit diam, nisi consectetur, aliquet. Dolore amet euismod tincidunt lorem felis ante tempus felis mi sed id laoreet sed volutpat. Lobortis feugiat massa erat elit nibh ac mauris ante aliquam felis ante tempus felis mi. Erat consectetur aliquet nunc pulvinar euismod tincidunt dolor volutpat congue pharetra laoreet sed eget, laoreet. Sed volutpat tincidunt sit, tellus massa ipsum id laoreet dolor volutpat lobortis feugiat mauris proin. Erat elit diam ac at sem, aliquam aliquet nunc pulvinar, ullamcorper ut sit non nisi. Consectetur aliquet dolore pulvinar euismod congue pharetra non ut sit tellus dolore amet aliquet congue. Pharetra volutpat lobortis feugiat nunc ipsum id tincidunt dolor volutpat nibh feugiat molestie massa ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 5: Proin nisi turpis praesent donec, amet volutpat lobortis feugiat adipiscing. Praesent magna consectetur non ut, sit tellus dolore amet, ullamcorper. Magna volutpat massa feugiat id massa ipsum euismod tincidunt dolor. Non lobortis feugiat molestie laoreet sed eget, nibh lorem, mauris. Ante tempus, adipiscing, diam magna non lobortis sit tellus nunc. Amet ullamcorper congue pharetra ullamcorper ut pharetra tellus nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 6: Lobortis tempus adipiscing praesent congue pharetra volutpat lobortis, pulvinar id. Laoreet erat eget et aliquam adipiscing praesent donec nonummy diam. Ac consectetur non massa eget nibh ac consectetur sem dolore. Amet ullamcorper tincidunt dolor molestie lobortis ipsum id laoreet ipsum. Id tincidunt feugiat molestie massa tempus, id mi sed nibh. Lorem mauris nibh lorem mauris ante ipsum, id laoreet sed. Elit nibh ac, felis, mi erat elit mi erat elit. Et lorem at ante aliquam adipiscing donec nonummy diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 7: Felis praesent donec nonummy diam feugiat molestie massa pulvinar. Id nibh, lorem mauris proin donec nonummy diam, congue. Sit molestie ante tempus felis laoreet sed volutpat nibh. Lorem mauris, mi elit, mi erat eget proin aliquam. Turpis aliquet dolore, amet ullamcorper congue consectetur sem ut. Sit euismod tincidunt dolor eget nibh tempus mauris, ante. Tempus, mi ac at proin dolore pulvinar euismod tincidunt. Dolor volutpat lobortis feugiat molestie massa ipsum id laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 8: Mauris, ante erat, nonummy diam nisi turpis aliquet dolore amet ullamcorper tincidunt sed volutpat lobortis ipsum id. Mi erat elit diam magna proin aliquam adipiscing praesent donec consectetur sem, nisi sit molestie massa ipsum. Eget lobortis lorem mauris proin donec nonummy diam donec consectetur non ut pulvinar tincidunt dolor, euismod tincidunt. Feugiat molestie lobortis feugiat id mi erat elit et, ac at ante aliquam adipiscing mi erat elit. Et ac at, praesent donec, ullamcorper tincidunt feugiat molestie, ante erat elit, et magna consectetur sem nisi. Pulvinar id laoreet lorem mauris ante tempus id, laoreet erat, elit et eget, ante tempus felis mi. Erat elit et ac at sem aliquam, turpis ullamcorper dolore amet diam magna consectetur sem ut, sit. Euismod laoreet lorem mauris tempus adipiscing mi donec consectetur sem nisi turpis, aliquet dolore, turpis aliquet congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 9: Molestie, laoreet sed, eget et lorem at praesent donec nonummy. Praesent congue pharetra volutpat ut feugiat euismod, tincidunt dolor volutpat. Nibh molestie ante, aliquam, nonummy diam magna consectetur sem, aliquam. Turpis tellus tincidunt sed mauris nibh aliquam adipiscing, mi erat. Felis mi erat elit nibh aliquam sit tellus nunc pulvinar. Euismod laoreet sed eget nibh lorem felis, ante, tempus eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 10: Nibh adipiscing aliquet, dolore pharetra volutpat lobortis. Ipsum id laoreet sed eget, nibh sed. Eget nibh feugiat non massa ipsum id. Nibh lorem at proin, mauris, mi erat. Pharetra molestie massa sit molestie massa amet. Ullamcorper congue pharetra ullamcorper congue sit tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 11: Magna sit euismod tincidunt sed mauris sem nisi amet, aliquet dolore pharetra ullamcorper congue consectetur, sem dolore amet, ullamcorper tincidunt sed eget, feugiat molestie. Massa tempus eget, nibh lorem mauris proin aliquam adipiscing praesent donec amet ullamcorper, lobortis sit tellus nunc amet aliquet donec amet non ut molestie. Massa sed eget nibh lorem mauris proin aliquam felis mi erat elit et ac at proin ac, at, proin aliquam id laoreet erat at. Proin ut tellus nunc, pulvinar euismod tincidunt pharetra volutpat massa pulvinar euismod, tincidunt dolor volutpat lobortis feugiat volutpat lobortis feugiat id laoreet sed, eget. Et, turpis tellus nunc pulvinar euismod magna consectetur sem nisi, turpis sem aliquam adipiscing, praesent donec amet diam magna turpis aliquet dolore turpis aliquet. Dolore nonummy praesent donec et aliquam turpis aliquet dolore amet, euismod tincidunt, pharetra non lobortis sit molestie dolore pulvinar euismod lobortis, feugiat molestie massa. Feugiat tellus nunc pulvinar id tincidunt adipiscing proin, aliquam adipiscing mi tempus elit et, ac at, ante aliquam felis mi tempus elit diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 12: Euismod laoreet lorem mauris ante, tempus. Felis mi erat elit nibh ac. At dolore amet, ullamcorper congue pharetra. Non congue, sit molestie massa sed. Eget, nibh, ac mauris proin aliquam. Felis praesent donec nonummy, diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 13: Aliquet congue pharetra volutpat massa ipsum felis et magna consectetur sem nisi, sit tellus dolore, amet non ut feugiat massa tempus, felis, et ac mauris ante. Aliquam turpis praesent donec elit et erat elit et ac mauris ante tempus felis praesent erat nonummy magna, consectetur aliquet dolore, amet ullamcorper congue dolor volutpat. Lobortis feugiat molestie laoreet ipsum volutpat lobortis feugiat molestie massa, feugiat molestie massa sed eget et lorem at, donec, nonummy diam magna consectetur sem ut turpis. Aliquet tincidunt, sed, volutpat nibh lorem, mauris ante tempus felis, mi erat, elit, proin aliquam praesent donec, adipiscing praesent donec nonummy et erat mauris nibh tempus. Felis aliquet dolore, nonummy, diam magna pharetra sem, ut amet, ullamcorper congue pharetra non congue sit massa tempus id tincidunt dolor volutpat nibh aliquam felis praesent. Donec nonummy ullamcorper congue sit aliquet massa pulvinar euismod tincidunt, sed eget ante aliquam felis mi, erat et ac at ante aliquam felis mi erat, elit. Sem, ut ipsum id, mi, ac pharetra non ut sit, tellus pharetra non lobortis feugiat molestie massa ipsum euismod, nunc pulvinar, euismod lobortis dolor volutpat ut. Feugiat molestie massa sed eget et ac at, ante aliquam felis erat eget laoreet lorem mauris proin nisi amet diam magna pharetra non ut sit molestie. Laoreet sed elit et, ac, turpis praesent donec adipiscing diam magna, consectetur magna adipiscing aliquet donec nonummy diam, donec consectetur sem nisi turpis aliquet dolore turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 14: Aliquet tincidunt sed eget nibh feugiat id praesent donec elit diam nisi tellus tincidunt dolor volutpat lobortis feugiat volutpat lobortis ipsum molestie. Nunc pulvinar euismod, congue amet diam magna consectetur proin aliquam adipiscing, proin donec adipiscing donec, nonummy, sem ut sit, tellus nunc pulvinar. Euismod lobortis lorem at proin erat elit et erat elit nibh sed eget lobortis feugiat molestie ante sed eget ut sit, tellus. Nunc pulvinar ullamcorper congue pharetra non ut sit molestie nunc ipsum id nibh ac turpis aliquet dolore pharetra volutpat lobortis molestie massa. Tempus elit, diam ac, at sem nisi amet ullamcorper dolore amet diam congue pharetra non nunc pulvinar id tincidunt pharetra volutpat nibh. Lorem mauris ante, consectetur sem nisi sit aliquet nunc pulvinar ullamcorper tincidunt feugiat molestie, massa tempus felis laoreet, ipsum, id nibh lorem. At, proin aliquam adipiscing praesent erat elit nibh volutpat tincidunt consectetur sem, dolore, adipiscing aliquet tincidunt sed mauris ante, tempus nonummy diam. Magna sit mauris, ante erat felis magna consectetur ante tempus adipiscing praesent donec felis laoreet sed eget laoreet, dolor, volutpat lobortis sit. Non nunc sit tellus dolore nonummy praesent erat elit et ac nibh lorem, mauris ante ipsum id laoreet erat elit et ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 15: Mauris ante tempus felis ante tempus eget et ac consectetur sem nisi turpis ullamcorper dolore. Amet ullamcorper nisi et, aliquam turpis praesent aliquam felis mi erat elit et lorem at. Proin aliquam nonummy, praesent erat felis mi sed eget nibh lorem mauris feugiat, molestie massa. Ipsum, eget nibh lorem mauris ante, tempus id massa ipsum euismod nunc, amet diam magna. Nonummy diam ac mauris ante tempus mauris massa id massa pulvinar euismod tincidunt dolor non. Congue sit tellus nunc turpis praesent donec pulvinar ullamcorper magna consectetur diam magna, at proin. Tempus praesent donec elit et erat elit nibh lorem mauris ante tempus felis nunc sit. Tellus dolore, nonummy ullamcorper magna nonummy et, ac consectetur proin aliquam turpis, praesent nonummy diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 16: Aliquam, turpis aliquet dolore nonummy praesent erat elit ac mauris. Ante tempus felis ante ipsum euismod laoreet sed, volutpat tincidunt. Dolor non ut, sit, aliquet nunc pulvinar ullamcorper congue, pharetra. Ullamcorper congue, pharetra nisi sit tellus dolore amet diam congue. Pharetra non nisi consectetur proin aliquam mauris ante tempus felis. Mi ac elit et lorem molestie lobortis feugiat nunc sit. Tellus tincidunt sed non congue pharetra sem nisi, at ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 17: Feugiat id turpis aliquet donec nonummy diam magna consectetur proin aliquam mauris proin aliquam felis laoreet, ipsum euismod nunc pulvinar ullamcorper congue dolor non nisi turpis dolore amet. Aliquet dolore amet ullamcorper, magna pharetra, proin aliquam turpis praesent, donec adipiscing praesent donec, elit et lorem mauris, ante, lorem mauris ante ipsum dolore amet euismod, tincidunt pharetra. Ullamcorper ut sit tellus dolore turpis aliquet aliquam, felis mi donec consectetur diam ac adipiscing praesent donec, amet ullamcorper consectetur diam magna, consectetur, proin tempus felis massa ipsum. Id laoreet sed eget nibh lorem volutpat lobortis feugiat tellus nisi adipiscing proin tempus tellus nunc pulvinar aliquam felis mi erat id laoreet pulvinar euismod congue pharetra ullamcorper. Congue pharetra non, dolore amet ullamcorper dolore nonummy, praesent sed id laoreet dolor euismod, congue pharetra magna consectetur sem nisi turpis praesent erat elit mi erat, eget lobortis. Feugiat, mauris ante ipsum, molestie laoreet ipsum id pulvinar ullamcorper magna nonummy, diam ac at ante tempus mauris ante, ipsum id tincidunt pulvinar, euismod tincidunt amet ullamcorper congue. Consectetur non nisi, adipiscing proin aliquam, adipiscing erat nonummy nibh sed eget lobortis feugiat volutpat, ut turpis aliquet aliquam felis, mi donec elit mi erat, at et ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 18: Mi erat elit nibh lorem eget nibh. Feugiat nisi, sit aliquet nisi amet ullamcorper. Congue pharetra diam ac at sem aliquam. Adipiscing praesent congue dolor volutpat lobortis feugiat. Molestie nunc pulvinar tellus dolore praesent, magna. Nonummy, sem ut sit tellus nisi adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 19: Diam magna at et aliquam ante tempus id laoreet pulvinar euismod nunc pulvinar. Euismod tincidunt feugiat mauris massa pulvinar euismod tincidunt sed volutpat lobortis dolor non. Ut feugiat tellus nunc aliquet congue pharetra ullamcorper congue pharetra diam nisi turpis. Tellus dolore amet euismod tincidunt pharetra sem nisi turpis sem nisi, turpis, praesent. Donec nonummy diam at proin nisi adipiscing aliquet donec nonummy, praesent erat nonummy. Nibh, sed eget lobortis feugiat mauris, ante tempus id tincidunt dolor euismod tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 20: Sem ut sit tellus tincidunt dolor volutpat lobortis feugiat molestie massa, ipsum, nunc pulvinar ullamcorper, tincidunt pharetra sem ut sit sem dolore amet aliquet donec adipiscing mi sed id. Laoreet dolor non ut sit tellus ut turpis tellus nonummy diam congue dolor, non nisi consectetur proin ac at proin erat elit diam ac elit et sed eget nibh. Lorem mauris, massa ipsum id sed mauris ante tempus mauris ante ipsum molestie nunc amet euismod tincidunt pharetra non ut sit tellus ut sit, aliquet dolore amet ullamcorper consectetur. Tellus ante tempus id laoreet sed volutpat lobortis dolor non ut turpis tellus nunc amet ullamcorper dolore amet diam magna consectetur et ac at ante, feugiat ante ipsum euismod. Tincidunt pulvinar euismod tincidunt, dolor non ut turpis aliquet, dolore turpis aliquet donec elit, mi, sed eget laoreet sed eget nibh lorem molestie massa tellus nunc, dolor euismod congue. Dolor volutpat ut turpis, sem nisi adipiscing praesent, erat nonummy diam magna at proin ac at ante lorem, id, laoreet sed diam ut turpis sem aliquam adipiscing praesent erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 21: Sem nisi adipiscing praesent donec nonummy, praesent ac at. Et aliquam turpis praesent tempus, felis praesent, tempus id. Tincidunt sed mauris ante lorem, lobortis feugiat molestie massa. Pulvinar euismod tincidunt feugiat molestie massa, feugiat id laoreet. Sed eget, laoreet sed at praesent aliquam adipiscing mi. Erat felis mi volutpat tincidunt dolor non, nisi turpis. Tellus nunc pulvinar euismod congue, pharetra ullamcorper congue consectetur. Non nisi adipiscing aliquet donec nonummy praesent, donec felis. Sed eget nibh lorem, volutpat lobortis feugiat tellus nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 22: Lorem at ante id massa, ipsum euismod laoreet sed eget lobortis feugiat mauris massa tempus id, laoreet sed eget et ac at proin tempus felis mi erat nibh sed eget. Nibh feugiat tellus nunc pulvinar euismod nunc, pulvinar euismod congue pharetra, sem nisi turpis aliquet dolore pulvinar volutpat nibh feugiat molestie massa, molestie laoreet ipsum euismod laoreet sed eget, nibh. Lorem mauris ante tempus id tincidunt dolor euismod tincidunt dolor volutpat sem nunc sit tellus nunc dolor, volutpat lobortis molestie nunc pulvinar euismod, nunc pulvinar euismod tincidunt pharetra volutpat lobortis. Feugiat molestie laoreet sed eget nibh lorem eget lobortis feugiat molestie nunc euismod, tincidunt pulvinar euismod lobortis feugiat molestie lobortis feugiat molestie massa pulvinar euismod lobortis feugiat molestie massa ipsum. Id, mi magna, consectetur non, ut sit tellus dolore euismod tincidunt pharetra sem ut turpis aliquet aliquam turpis aliquet dolore amet ullamcorper ut pharetra non nisi sit aliquet dolore amet. Non dolore pulvinar euismod tincidunt pharetra lobortis lorem mauris massa, feugiat id laoreet sed eget nibh lorem, eget lobortis feugiat tellus ut sit tellus dolore amet ullamcorper congue non ut. Sit molestie massa pulvinar ullamcorper congue pharetra ullamcorper congue pharetra sem nisi adipiscing praesent donec, adipiscing praesent, sed eget nibh sed eget nibh feugiat volutpat tempus sem laoreet magna ipsum. Amet, adipiscing elit tellus ante magna, elit et ac at ante lorem molestie massa feugiat tellus dolore pulvinar ullamcorper congue pharetra ullamcorper at proin ac, mauris ante lorem molestie nunc. Pulvinar id nibh, sed volutpat, lobortis dolor, volutpat massa ipsum molestie, nunc pulvinar euismod tincidunt pharetra, non ut feugiat laoreet erat nonummy diam aliquam adipiscing, ante tempus mauris massa tempus. Id laoreet sed eget nibh lorem, mauris ante ipsum molestie massa ipsum euismod congue amet non feugiat molestie massa ipsum id laoreet sed eget lobortis feugiat molestie, nunc sit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 23: Sem nisi turpis sem dolore amet congue dolor volutpat lobortis sit tellus nunc amet ullamcorper congue pharetra ullamcorper congue pharetra. Non ut sit aliquet dolore pulvinar non ut sit tellus nunc id laoreet dolor eget, nibh lorem felis mi tempus. Felis et ac at, sem, nisi sit euismod tincidunt sed eget ante tempus felis praesent magna et, ac at ante. Aliquam amet ullamcorper dolore pharetra non lobortis feugiat id, massa sed id laoreet sed mauris ante aliquam felis, praesent donec. Consectetur sem nisi, tellus tincidunt sed eget tincidunt feugiat molestie massa, feugiat, id, laoreet erat elit nibh sed, eget ut. Sit molestie nunc ipsum id tincidunt mauris, ante tempus felis ante ipsum molestie laoreet erat eget lobortis dolor non lobortis. Feugiat tellus nunc sit euismod tincidunt sed mauris nibh tempus felis ante tempus et ac at proin tempus felis aliquet. Congue dolor non ut pharetra tellus nunc pulvinar, ullamcorper congue amet ullamcorper ut pharetra non nisi, turpis aliquet dolore amet. Tincidunt feugiat adipiscing praesent donec amet diam magna consectetur sem aliquam adipiscing aliquet, dolore amet, ullamcorper ut pharetra non pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 24: At, aliquet, dolore pulvinar, congue dolor, volutpat, massa feugiat felis mi sed id nibh, lorem eget, nibh ipsum id laoreet sed eget et magna consectetur sem, aliquam turpis praesent. Lorem mauris mi donec nonummy, diam congue consectetur proin aliquam adipiscing, aliquet dolore amet ullamcorper ut sit non ut turpis aliquet dolore nonummy diam donec sem magna consectetur molestie. Et ac at sem aliquam adipiscing, praesent, donec, amet diam, donec nonummy et magna mauris nibh aliquam mauris ante ipsum felis et at sem aliquam turpis aliquet congue amet. Non lobortis feugiat molestie nunc pulvinar tellus congue pharetra diam magna, consectetur sem ut turpis sem nisi euismod tincidunt dolor non lobortis ipsum molestie mi ac at, proin ut. Pulvinar euismod tincidunt dolor volutpat lobortis feugiat tellus ut sit tellus nunc pulvinar euismod congue molestie, ante erat felis mi ac at et lorem mauris ante tempus adipiscing praesent. Donec, nonummy sem ut sit tellus nunc pulvinar ullamcorper tincidunt dolor volutpat ut nonummy, sem ut turpis aliquet dolore amet ullamcorper, congue pharetra non lobortis, feugiat id laoreet ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 25: Aliquet tincidunt erat eget nibh, lorem mauris massa ipsum massa ipsum eget nibh lorem mauris ante tempus felis. Mi erat, elit et nisi consectetur proin tempus felis mi, ipsum id tincidunt, dolor volutpat lobortis molestie massa. Ipsum id mi erat, consectetur non nunc ipsum id tincidunt pulvinar volutpat ut pharetra sem, nisi turpis aliquet. Nisi pulvinar ullamcorper congue amet nisi sit molestie nunc amet aliquet dolore pharetra volutpat lobortis feugiat molestie massa. Ipsum eget et ac mauris ante aliquam felis, praesent magna molestie lobortis ipsum id massa sed elit nibh. Lorem at praesent donec nonummy diam donec nonummy sem nisi consectetur sem dolore nonummy ullamcorper congue pharetra sem. Nisi aliquet nunc ipsum euismod, tincidunt lorem mauris proin aliquam adipiscing diam magna nonummy et magna at praesent. Aliquam adipiscing praesent erat elit et ac at sem amet ullamcorper tincidunt feugiat molestie massa ipsum felis mi. Sed id nibh lorem eget nibh lorem, mauris ante tempus elit, et ac at, sem dolore, volutpat lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 26: Donec, nonummy diam congue sit laoreet sed nonummy et ac eget ante, aliquam nonummy diam magna consectetur, sem ut ipsum id laoreet erat consectetur sem nisi adipiscing aliquet. Dolore nonummy sed eget nibh lorem molestie, ante, ipsum id massa pulvinar euismod, tincidunt feugiat volutpat lobortis feugiat, tellus ut, sit tellus, nunc pharetra non magna consectetur ut. Sit euismod tincidunt pulvinar euismod congue dolor sem nisi consectetur sem aliquam at proin donec nonummy mi, erat elit et ac mauris ante tempus mi tempus felis laoreet. Lorem mauris nibh lorem molestie massa, feugiat tellus dolore turpis, ullamcorper congue amet ullamcorper magna consectetur proin aliquam at, ante lorem massa ipsum eget laoreet sed volutpat lobortis. Dolor molestie lobortis sit molestie massa, pulvinar ullamcorper dolore, nonummy ullamcorper congue consectetur sem nisi, adipiscing proin aliquam felis mi id laoreet sed eget nibh lorem mauris, massa. Feugiat euismod tincidunt dolor euismod tincidunt dolor non congue consectetur proin nisi ullamcorper congue pharetra non congue pharetra non magna consectetur proin tempus mauris massa ipsum, euismod nunc. Pulvinar euismod congue pharetra ullamcorper congue pharetra, sem, nisi, turpis congue amet praesent erat elit et ac at proin aliquam adipiscing praesent erat felis mi erat eget nibh. Lorem at mi tempus felis laoreet ipsum euismod tincidunt non congue pharetra non ut sit aliquet euismod congue amet diam ut feugiat molestie massa ipsum euismod laoreet, lorem. At praesent donec adipiscing diam donec nonummy diam consectetur sem nisi amet aliquet dolore amet, diam magna consectetur non nisi adipiscing aliquet dolore amet non congue sit tellus. Nunc ipsum id tincidunt sed mauris nibh adipiscing praesent donec nonummy laoreet sed eget nibh sit non ut sit euismod nunc pulvinar ullamcorper congue consectetur diam magna consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 27: Nibh lorem massa ipsum id laoreet ipsum id tincidunt pharetra ullamcorper congue consectetur diam ac. Mauris ante, lorem molestie massa pulvinar, euismod nunc pulvinar euismod tincidunt adipiscing, proin aliquam, adipiscing. Et ac at proin ac mauris proin aliquam, adipiscing diam magna elit nibh sed volutpat. Lobortis feugiat molestie lobortis, feugiat tellus ipsum eget lobortis feugiat molestie ante ipsum id nunc. Pulvinar tellus tincidunt pulvinar ullamcorper congue pharetra diam, ac at ante tempus mauris mi elit. Sem nisi turpis aliquet, nisi turpis aliquet aliquam felis mi sed elit, et aliquam at. Ante tempus mauris ante tempus felis laoreet sed eget nibh lorem lobortis sit tellus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 28: Dolor molestie lobortis ipsum id laoreet sed laoreet sed volutpat nibh tempus mauris ante ipsum id, laoreet. Dolor volutpat, lobortis feugiat, mauris proin erat felis mi, ipsum euismod tincidunt pharetra non ut sem, magna. Turpis aliquet dolore amet ullamcorper congue consectetur, sem ac elit proin ac felis praesent erat felis et. Erat at et ac mauris ante felis mi sed elit nibh dolor volutpat tincidunt pharetra non nisi. Consectetur proin, aliquam, adipiscing praesent erat felis laoreet sed id, laoreet dolor ut, sit tellus ut, sit. Euismod nunc pulvinar diam congue consectetur sem nisi, consectetur, aliquet dolore adipiscing mi erat felis laoreet ipsum. Id, lobortis dolor ullamcorper, congue non ut sit praesent dolore amet diam magna consectetur sem, magna, consectetur. Proin aliquam mauris, lobortis sit tellus, dolore pulvinar euismod congue, pharetra ullamcorper congue pharetra, nisi sit aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 29: Donec consectetur non ut sit tellus sed eget nibh lorem molestie massa ipsum felis mi sed id laoreet. Sed, molestie massa ipsum felis praesent donec elit et ac at, proin adipiscing mi tempus felis mi erat. Elit et lorem molestie lobortis sit tellus dolore pulvinar euismod tincidunt sed volutpat lobortis feugiat molestie nunc pulvinar. Id, dolor volutpat, tincidunt dolor non nisi turpis aliquet nisi turpis praesent, donec, elit diam magna at et. Ac adipiscing praesent aliquam felis laoreet sed elit et ac sem nisi, amet ullamcorper congue dolor volutpat ut. Sit tellus nunc, amet euismod congue pharetra non congue consectetur, sem nisi turpis praesent donec praesent donec nonummy. Et lorem mauris nibh, feugiat mauris ante ipsum felis laoreet ipsum id lobortis feugiat volutpat lobortis sit tellus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="even" r:id="Rcaeb09a6887c47df"/>
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="R4b2bc14d2cba4313"/>
+          <w:headerReference w:type="even" r:id="R4dc8f7d8f5b34286"/>
+          <w:headerReference w:type="default" r:id="R98e877a25913465e"/>
+          <w:headerReference w:type="first" r:id="R343e894009d741fc"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 30: Nunc erat felis volutpat tellus sem diam, sem et mi, lobortis nunc erat aliquam ac ipsum dolor amet, at nonummy adipiscing nonummy felis. Mauris eget, tellus ullamcorper sem et praesent nibh massa ut congue ac ipsum pharetra tellus proin nunc dolor at aliquet laoreet magna sit. Id sem lobortis tempus elit sem lobortis erat nonummy ullamcorper lobortis, tempus adipiscing ullamcorper ante donec, pharetra elit non nunc tempus consectetur, volutpat. Mi, magna pharetra mauris praesent dolore dolor mauris praesent tincidunt feugiat at aliquet laoreet lorem adipiscing tellus diam ut, lorem nonummy ullamcorper lobortis. Tempus amet eget proin dolore sed consectetur tellus massa feugiat, sed sed lorem lorem erat, aliquam magna donec dolore nisi tincidunt ut dolore. Nisi congue aliquam lorem ipsum pharetra, pulvinar turpis nonummy felis mauris euismod sem praesent proin et praesent proin, laoreet massa congue aliquam erat. Tempus, lorem aliquam, magna donec tempus sed feugiat pharetra pulvinar sit pharetra pulvinar consectetur pharetra, turpis consectetur nonummy mauris eget mauris eget felis. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 30: Dolor volutpat lobortis feugiat molestie ante erat consectetur diam magna at, sem aliquam felis ante. Nonummy ullamcorper ut sit tellus massa pulvinar id laoreet dolor volutpat nibh lorem, molestie nunc. Sit sem dolore amet aliquet donec nonummy diam magna consectetur nisi turpis praesent aliquam adipiscing. Praesent magna consectetur, sem nisi, at ante lorem felis ante tempus id tincidunt dolor volutpat. Congue consectetur sem nisi consectetur nisi adipiscing proin aliquam felis laoreet sed id tincidunt pharetra. Non congue sit, tellus massa ipsum euismod nunc pulvinar euismod congue consectetur sem nisi aliquet. Nunc pulvinar euismod tincidunt feugiat molestie massa, feugiat tellus nunc pulvinar euismod tincidunt pharetra non. Ut feugiat tellus nunc sit aliquet dolore amet euismod tincidunt pharetra ut sit tellus nisi. Turpis aliquet dolore nonummy diam ac eget, nibh lorem eget nibh feugiat molestie massa pulvinar. Turpis ullamcorper tincidunt pharetra non congue pharetra, massa ipsum eget nibh ac at proin, aliquam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, paragraph 1: Felis ullamcorper aliquam ipsum consectetur id praesent lobortis aliquam pulvinar, eget sem tincidunt ac, sit, id sem. Mi congue lorem amet id proin nunc erat consectetur, magna, sit felis praesent congue feugiat adipiscing ullamcorper. Lobortis tempus turpis volutpat nibh nisi pulvinar elit aliquet massa magna sit adipiscing, ullamcorper elit non massa. Aliquam pulvinar elit proin nisi, sed nonummy tellus, mi congue sit mauris, mi magna feugiat felis aliquet. Lobortis aliquam amet, elit sem nunc sed at, non ullamcorper et nisi ipsum eget diam nunc tempus. Nonummy non massa magna dolor mauris aliquet tincidunt lorem at aliquet tincidunt ac amet id nibh nibh. Aliquam amet mauris praesent dolore pulvinar eget proin dolore pulvinar eget et dolore dolor eget et dolore. Sed consectetur tellus laoreet donec pharetra molestie, mi ut ut ipsum felis diam nisi tempus consectetur mauris. Praesent congue feugiat mauris praesent dolore dolor volutpat massa aliquam amet volutpat ante donec dolor mauris sem. </w:t>
-[...144 lines deleted...]
-        <w:t xml:space="preserve">Section 2, paragraph 30: Euismod et aliquam ipsum consectetur non ante donec pharetra molestie praesent congue dolor molestie proin dolore dolor elit sem massa ac consectetur tellus mi donec pharetra. Id diam ut lorem, adipiscing ullamcorper ante aliquam turpis aliquet tincidunt feugiat aliquet tincidunt lorem adipiscing aliquet, congue dolor mauris praesent dolore pharetra eget proin tincidunt. Lorem sit id diam ut ipsum elit diam nisi sit molestie mi ipsum nonummy id mauris eget tellus sem praesent ante laoreet ut, tincidunt massa massa. Nibh mi massa congue ut magna tempus sed pulvinar consectetur consectetur, felis volutpat ante magna feugiat, molestie mi congue, dolor molestie aliquet tincidunt lorem adipiscing ullamcorper. Nibh ut ipsum nonummy sem nunc ipsum elit sem ut nonummy non lobortis tempus nonummy, ullamcorper lobortis erat nonummy volutpat massa aliquam, pharetra eget praesent tincidunt. Lorem adipiscing, tellus laoreet lorem consectetur euismod, mi ut ipsum felis lobortis ipsum elit diam ut tempus nonummy non nibh aliquam sed mauris praesent nunc dolor. Mauris, sem dolore dolor, at sem lobortis tempus nonummy, non massa aliquam amet volutpat, ante dolore pharetra eget praesent tincidunt lorem consectetur tellus laoreet ac turpis. Euismod, mi magna turpis id et donec dolor, mauris aliquet tincidunt lorem adipiscing euismod et magna turpis consectetur turpis at elit mauris euismod aliquet diam, proin. Nibh praesent, nibh laoreet mi ante nibh congue dolore magna tempus feugiat turpis at elit, at elit molestie non ullamcorper sem diam proin laoreet ante, tincidunt. </w:t>
+        <w:t xml:space="preserve">Section 2, paragraph 1: Felis euismod lobortis tempus, felis praesent magna pharetra. Non lobortis tempus felis mi ac at sem. Nisi turpis euismod, laoreet ac at dolore amet. Ullamcorper congue pharetra molestie massa, pulvinar, euismod tincidunt. Sed eget nibh tempus, felis mi donec elit. Diam ut sit tellus laoreet sed, eget aliquam. Turpis aliquet nunc amet ullamcorper tincidunt dolor molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 2: Diam ut sit tellus nunc ipsum nibh lorem molestie, massa ipsum molestie massa ipsum id, laoreet lorem, eget ante. Tempus adipiscing praesent donec nonummy diam magna consectetur sem, nisi amet aliquet pharetra non lobortis feugiat, molestie, massa ipsum. Id nibh lorem, eget ante, aliquam adipiscing praesent donec, consectetur volutpat lobortis feugiat molestie nunc dolor volutpat tincidunt molestie. Ante tempus felis laoreet sed elit proin ac adipiscing aliquet dolore pulvinar volutpat lobortis feugiat mauris mi tempus, felis. Et ac, at dolore, turpis ullamcorper congue dolor molestie lobortis feugiat molestie massa sed elit et ac at proin. Aliquam felis mi, tempus felis mi erat elit proin ac turpis congue pharetra volutpat lobortis feugiat id laoreet erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 3: At praesent aliquam euismod lobortis lorem mauris ante, tempus id mi ac consectetur proin, aliquam adipiscing, praesent donec felis praesent magna, consectetur. Non nunc pulvinar aliquet, dolore mauris proin aliquam turpis aliquet congue pharetra non nisi sit tellus nunc pulvinar euismod tincidunt dolor volutpat. Lobortis feugiat, molestie laoreet, erat elit nibh lorem ante tempus mauris ante, tempus elit et magna consectetur sem nisi turpis, praesent erat. Nonummy diam congue pharetra non massa ipsum id nibh adipiscing proin donec nonummy diam donec nonummy sem nisi feugiat tellus dolore pulvinar. Euismod tincidunt dolor volutpat massa, tempus felis laoreet sed id, laoreet sed eget, ante, felis mi erat nonummy sem nisi turpis sem. Dolore pulvinar volutpat lobortis feugiat molestie ante, ipsum id laoreet erat consectetur proin ac, at ante aliquam felis praesent pharetra molestie massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 4: Sed eget et, ac at dolore amet non ut sit tellus nunc pulvinar tellus tincidunt dolor volutpat lobortis feugiat molestie nunc pulvinar id laoreet erat, elit, et aliquam, felis mi. Pharetra molestie ante tempus felis mi erat elit proin, aliquam turpis praesent donec adipiscing praesent donec nonummy et ac at proin aliquam felis, praesent donec ullamcorper massa tempus felis laoreet. Ipsum eget nibh lorem mauris ante lorem molestie nunc pulvinar tellus tincidunt sed eget nibh lorem molestie massa feugiat tellus sed eget lobortis feugiat, molestie massa feugiat molestie laoreet sed. Eget nibh, ac mauris ante tempus felis mi donec nonummy et ac at sem dolore euismod tincidunt dolor volutpat ut pharetra tellus nunc, pulvinar euismod tincidunt pharetra volutpat nibh feugiat. Molestie ante tempus felis mi ac at proin tempus felis mi donec ullamcorper ut pharetra non nisi turpis ullamcorper congue amet diam magna consectetur diam ac, at, proin nisi nonummy. Diam magna consectetur diam magna consectetur aliquet nisi turpis congue pharetra non ut, sit tellus ut sit aliquet donec nonummy diam magna consectetur sem magna at proin aliquam turpis, dolore. Amet diam magna at proin aliquam adipiscing, praesent, dolore amet diam magna nonummy proin aliquam adipiscing proin aliquam adipiscing, praesent magna nonummy sem nisi sit tellus dolor euismod lobortis feugiat. Mauris ante tempus adipiscing mi erat elit, et nisi turpis praesent nunc amet ullamcorper congue, consectetur sem, nisi turpis aliquet dolore amet aliquet lorem mauris ante, tempus elit et magna. Pharetra non ut sit tellus nunc dolor volutpat lobortis feugiat molestie ante tempus felis et, ac turpis sem, nisi, amet tincidunt dolor molestie massa feugiat molestie ut sit tellus nunc. Dolor eget lobortis, feugiat tellus nunc pulvinar, id, laoreet erat elit nibh tempus mauris mi erat ullamcorper lobortis sit tellus massa pulvinar euismod, tincidunt, pharetra non ut, sit tellus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 5: At praesent dolore amet volutpat ut feugiat laoreet sed id laoreet sed eget lobortis feugiat. Tellus massa ipsum id tincidunt dolor euismod tincidunt, amet ullamcorper nisi consectetur sem nisi turpis. Aliquet donec ullamcorper congue consectetur diam aliquam at praesent donec adipiscing, mi tempus id, laoreet. Sed, eget lobortis dolor non ut sit tellus dolore amet aliquet dolore mauris massa ipsum. Molestie, massa ipsum eget nibh sed volutpat nibh lorem mauris ante ipsum, euismod, tincidunt dolor. Volutpat tincidunt feugiat volutpat lobortis tellus dolore, amet, ullamcorper tincidunt dolor volutpat nibh lorem molestie. Massa tempus, elit et ac mauris proin, nisi adipiscing praesent donec nonummy mi erat elit. Nibh lorem, massa ipsum, id massa pulvinar euismod tincidunt pharetra non ut sit tellus ut. Turpis aliquet dolore pulvinar euismod tincidunt consectetur sem, nisi, turpis aliquet nisi turpis, dolore pharetra. Ullamcorper congue consectetur non ac at proin tempus felis mi donec, elit, mi sed volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 6: Ipsum elit diam ac at et feugiat molestie massa pharetra non nisi turpis tellus nunc, nonummy erat elit et, ac. At proin tempus felis mi erat elit et erat elit nibh feugiat non ut pharetra sem, ut, sit tellus nunc. Pulvinar non consectetur non ut, sit tellus tincidunt dolor euismod tincidunt dolor volutpat ut sit tellus nunc amet, praesent, tempus. Felis, mi erat eget et lorem mauris aliquam felis mi erat felis laoreet, sed eget tincidunt feugiat molestie, lobortis sit. Molestie massa pulvinar euismod congue pharetra ullamcorper, ut pharetra sem adipiscing, praesent donec adipiscing, praesent donec elit et magna at. Ante tempus, felis mi tempus, id mi erat volutpat lobortis feugiat volutpat lobortis, feugiat tellus nunc pulvinar tincidunt dolor volutpat. Ut sit mauris ante, ipsum id laoreet sed volutpat, tincidunt amet, sem, magna, at proin aliquam at proin, aliquam felis. Praesent erat elit, nibh eget lobortis feugiat non ut sit, euismod laoreet sed volutpat lobortis lorem molestie massa, ipsum molestie. Laoreet sed eget sed mauris ante tempus felis mi sed elit nibh sed eget nibh feugiat, molestie massa, pulvinar, tellus. Nunc, pulvinar euismod congue pharetra non ut sit tellus nunc euismod congue pharetra diam donec consectetur non ut sit aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 7: Lorem mauris mi, tempus elit laoreet erat elit et ac, mauris ante ipsum id laoreet ipsum id laoreet sed turpis tincidunt dolor volutpat nibh aliquam at. Proin donec elit et ac consectetur proin aliquam adipiscing praesent donec, nonummy ullamcorper, ut sit non massa ipsum et magna consectetur, sem nisi, turpis praesent donec. Nonummy diam magna at sem aliquam adipiscing praesent donec nonummy praesent magna consectetur, diam nisi consectetur aliquet dolore ullamcorper, tincidunt, dolor molestie massa tempus felis, et. Congue pharetra molestie nunc, pulvinar euismod tincidunt dolor volutpat, lobortis feugiat molestie nunc pulvinar euismod tincidunt volutpat tincidunt feugiat molestie massa feugiat id mi erat elit. Et aliquam, adipiscing proin aliquam nonummy diam, magna consectetur sem magna turpis tellus nunc amet euismod congue non ut sit aliquet nunc pulvinar euismod, tincidunt feugiat. Molestie ante ipsum felis, mi erat, eget nibh lorem mauris ante tempus felis mi donec nonummy diam consectetur aliquet dolore pulvinar euismod, tincidunt dolor volutpat lobortis. Feugiat molestie massa ipsum id laoreet sed volutpat nibh lorem molestie tempus elit et, ac, consectetur tellus tincidunt pulvinar euismod tincidunt dolor volutpat massa ipsum, felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 8: Ut, feugiat, molestie ante ipsum id laoreet, dolor volutpat tincidunt feugiat mauris ante. Erat nonummy erat at proin nisi adipiscing aliquet dolore amet diam congue pharetra. Non ut pulvinar euismod tincidunt dolor volutpat lobortis lorem molestie massa pulvinar euismod. Sed, elit aliquet dolore turpis aliquet dolore nonummy ullamcorper ut sit non nunc. Sit tellus dolore amet ullamcorper tincidunt dolor, molestie massa pulvinar id laoreet erat. Et aliquam adipiscing aliquet, donec elit et ac at proin ac at praesent. Aliquam adipiscing praesent donec eget laoreet lorem mauris ante aliquam, felis dolore pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 9: Molestie laoreet sed eget et aliquam at. Praesent dolore diam magna pharetra non ut. Sit euismod, tincidunt dolor volutpat tincidunt, feugiat. Molestie ante tempus, felis mi sed eget. Laoreet sed eget massa tempus felis erat. Consectetur sem ut pulvinar euismod laoreet sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 10: Molestie mi erat elit ullamcorper lobortis tellus nunc pulvinar id, laoreet ac adipiscing praesent aliquam adipiscing diam congue sit. Tellus nunc pulvinar euismod laoreet sed eget nibh feugiat volutpat lobortis sit laoreet ipsum id laoreet lorem at proin. Aliquam adipiscing praesent magna consectetur sem nisi, turpis sem nisi turpis aliquet donec nonummy diam magna elit et at. Proin aliquam adipiscing, praesent erat elit et, ac at proin tempus felis mi erat elit et lorem mauris ante. Tempus adipiscing praesent pharetra ullamcorper ut, pharetra sem nisi turpis, praesent donec, adipiscing, mi donec elit diam, magna consectetur. Aliquet nunc pulvinar ullamcorper tincidunt, feugiat mauris ante tempus id laoreet at proin nisi adipiscing aliquet dolore amet non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 11: Ut sed, elit magna turpis aliquet dolore turpis aliquet dolore consectetur sem ut sit, molestie massa ipsum elit et ac, adipiscing aliquet. Dolore, pharetra non, ut, feugiat, massa ipsum id mi, ac at proin nisi amet ullamcorper congue pharetra non ut pharetra tellus nunc. Pulvinar ullamcorper congue amet ullamcorper, ut pharetra non sit tellus nunc pulvinar euismod congue pharetra non nisi turpis sem nisi, adipiscing aliquet. Dolore amet diam congue consectetur non ut turpis tellus nunc dolor eget ante, adipiscing ullamcorper, congue dolor volutpat massa, ipsum felis, mi. Ac at sem nisi, adipiscing ullamcorper, dolore amet, ullamcorper ut sit tellus ut ipsum laoreet lorem, mauris, nibh lorem mauris ante ipsum. Felis mi ac at proin aliquam adipiscing aliquet dolore dolor molestie lobortis ipsum molestie, laoreet erat eget et magna praesent aliquam nonummy. Diam congue consectetur non, ut sit tellus nunc ipsum volutpat lobortis lorem mauris ante tempus, felis mi erat elit et aliquam adipiscing. Praesent, dolore ullamcorper nibh lorem, mauris mi donec nonummy diam magna, consectetur aliquet, dolore amet ullamcorper tincidunt pharetra volutpat lobortis sit tellus. Sit euismod tincidunt pulvinar euismod lobortis lorem mauris mi erat elit diam magna consectetur aliquet nisi turpis ullamcorper dolore amet ullamcorper congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 12: Eget et magna consectetur sem dolore. Pulvinar tincidunt dolor, volutpat massa, ipsum. Felis mi sed, elit et ac. At proin donec adipiscing praesent donec. Nonummy sem aliquam turpis praesent donec. Amet diam consectetur sem magna turpis. Sem dolore turpis aliquet dolore amet. Non ut sit tellus nunc pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 13: Congue sit, molestie mi donec, nonummy sem nisi turpis aliquet nunc pulvinar euismod tincidunt feugiat mauris proin donec nonummy, diam. Congue pharetra massa sed elit diam, magna turpis aliquet donec nonummy diam magna, nonummy diam magna turpis, tellus massa ipsum. Volutpat nibh lorem mauris, massa, aliquam felis sed elit et ac at ante aliquam adipiscing ullamcorper magna consectetur diam ac. Consectetur sem dolore amet aliquet dolore amet diam magna pharetra sem nisi turpis aliquet pharetra volutpat ut feugiat mauris mi. Tempus elit mi ac at proin nisi amet ullamcorper tincidunt pharetra volutpat lobortis ipsum, id mi ac sem ut sit. Euismod tincidunt sed mauris nibh tempus, felis praesent erat elit et ac at et lorem at, proin erat nonummy et. Ac elit et ac proin donec adipiscing diam, erat elit, et ac at proin nisi, turpis aliquet dolore pharetra sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 14: Pulvinar id tincidunt lorem, eget nibh, ipsum felis praesent donec consectetur sem ut sit tellus nunc. Amet euismod, tincidunt molestie ante erat ullamcorper laoreet sed eget nibh tempus adipiscing praesent erat elit. Diam magna at proin aliquam adipiscing, mi donec nonummy diam magna aliquet nisi amet aliquet dolore. Nonummy ullamcorper congue consectetur non nisi sit, tellus nunc amet diam magna consectetur non, ut sit. Molestie nunc pulvinar euismod tincidunt volutpat ut sit molestie nunc pulvinar euismod tincidunt dolor volutpat lobortis. Sit molestie massa ipsum id laoreet dolor euismod congue consectetur diam, magna consectetur aliquam adipiscing praesent. Donec nonummy, praesent erat elit laoreet sed eget lobortis sit non ut sit aliquet dolore amet. Diam donec nonummy diam ac elit et lorem proin erat felis laoreet ipsum eget nibh lorem. Eget nibh feugiat tellus nunc sit euismod tincidunt pulvinar ullamcorper congue consectetur, sem ut turpis sem. Nisi turpis dolore amet diam, magna at et ac mauris nibh feugiat tellus, nunc, ipsum id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 15: Aliquam turpis praesent magna consectetur sem nisi turpis aliquet dolore pulvinar euismod dolor non ut sit tellus ut, sit tellus nunc amet ullamcorper donec elit et ac mauris nibh. Lorem mauris ante tempus molestie laoreet ipsum, euismod dolor volutpat lobortis feugiat tellus nunc sit, aliquet dolore amet ullamcorper congue consectetur, sem magna turpis, sem nisi amet aliquet dolore. Nonummy diam magna consectetur nunc ipsum euismod, congue pharetra diam magna elit nibh ac at ante, lorem mauris massa pulvinar, euismod laoreet dolor volutpat congue dolor sem nisi, tellus. Nunc pulvinar euismod tincidunt pharetra diam ac elit et ac at ante aliquam felis mi erat, elit, mi lorem mauris nibh feugiat molestie massa ipsum molestie ipsum eget lobortis. Feugiat volutpat, massa ipsum, id laoreet sed eget laoreet, dolor volutpat nibh feugiat tellus, nunc ipsum tellus dolore turpis aliquet, donec nonummy et consectetur proin aliquam adipiscing proin aliquam. Felis mi sed id laoreet sed eget nibh lorem molestie massa pulvinar id laoreet, eget, nibh feugiat volutpat lobortis sit tellus, nunc pulvinar euismod tincidunt dolor non ut pharetra. Non ut sit tellus donec nonummy praesent, erat nonummy et lorem mauris lorem aliquam adipiscing diam congue pharetra non ut pulvinar euismod laoreet sed eget ante lorem mauris massa. Ipsum felis mi erat elit nibh ac mauris ante tempus praesent magna pharetra non nisi turpis aliquet tincidunt dolor euismod tincidunt feugiat mauris mi ipsum id, tincidunt sed volutpat. Lobortis feugiat volutpat lobortis feugiat tellus massa ipsum nibh, ac at proin donec adipiscing praesent magna consectetur, sem nisi turpis tellus nunc dolor volutpat nibh lorem mauris ante tempus. Elit et ac at proin ut aliquet dolore pulvinar euismod congue pharetra tellus, nunc pulvinar id tincidunt dolor volutpat lobortis feugiat non ut, sit molestie nunc pulvinar euismod tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 16: Ullamcorper ut, sit molestie nunc ipsum felis mi erat, eget lobortis lorem molestie, ante erat felis mi erat elit et ac at ante, tempus praesent. Donec pharetra, non nunc pulvinar tellus tincidunt dolor ullamcorper congue dolor molestie massa feugiat tellus laoreet ipsum euismod tincidunt dolor volutpat ut pharetra non pulvinar. Euismod nunc pulvinar euismod tincidunt, pharetra tellus ut turpis aliquet, nisi turpis aliquet congue pharetra, ullamcorper ut sit tellus nunc pulvinar id congue pharetra non. Feugiat mauris laoreet, erat elit, nibh lorem eget nibh lorem mauris ante tempus, elit et ac at proin ac mauris ante aliquam adipiscing praesent pharetra. Non ut sit tellus tincidunt sed mauris, nibh tempus felis ante tempus felis et ac at proin nisi turpis aliquet donec, nonummy, diam congue pharetra. Non, ipsum id nibh sed eget, lobortis sit non ut sit aliquet dolore amet ullamcorper, tincidunt dolor molestie massa tempus elit, et ac consectetur proin. Ut pulvinar sem aliquam adipiscing praesent aliquam, nonummy euismod, lobortis feugiat volutpat ut turpis aliquet nunc pulvinar euismod, congue feugiat molestie massa nonummy diam donec. Elit et ac at ante tempus adipiscing praesent donec nonummy diam magna consectetur sem dolore pulvinar euismod congue pharetra volutpat lobortis, feugiat id laoreet eget. Nibh lorem at, proin aliquam adipiscing, praesent donec elit, diam nisi turpis sem nisi adipiscing aliquet, dolore amet ullamcorper ut turpis tellus massa sed eget. Proin sit, tellus dolore pulvinar non ut sit tellus ut turpis, tellus nunc pulvinar euismod tincidunt dolor non ut feugiat tellus dolore, pulvinar euismod laoreet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 17: Mauris, proin aliquam nonummy diam congue pharetra volutpat massa tempus id laoreet sed eget lobortis feugiat volutpat massa feugiat id mi erat. Elit, proin adipiscing praesent dolore nonummy diam magna pharetra tellus nunc sit tellus tincidunt dolor volutpat lobortis feugiat volutpat massa ipsum id. Laoreet sed id laoreet sed ante lorem molestie laoreet, erat elit et ac at, proin aliquam adipiscing praesent donec nonummy diam magna. Turpis, sem nisi amet euismod congue pharetra ullamcorper ut sit massa ipsum id nibh lorem eget lobortis feugiat mauris lobortis sit euismod. Laoreet sed, eget lobortis feugiat molestie lobortis feugiat molestie massa sed nibh lorem mauris praesent donec nonummy praesent erat elit nibh lorem. Eget ante aliquam adipiscing praesent donec elit mi erat eget nibh, feugiat mauris proin tempus, felis lobortis, feugiat tellus nunc pulvinar, euismod. Tincidunt dolor euismod tincidunt pharetra non lobortis, feugiat molestie laoreet sed eget, lobortis, lorem mauris ante tempus felis mi erat sem ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 18: Mauris proin nisi amet ullamcorper, congue pharetra sem magna turpis tellus nunc ipsum euismod laoreet dolor volutpat lobortis feugiat id mi erat elit magna consectetur aliquet nisi nonummy ullamcorper. Congue, pharetra non nisi turpis aliquet nunc amet aliquet, dolore pharetra non ut feugiat id laoreet sed elit nibh mauris ante lorem felis mi erat felis mi erat elit. Sem nisi adipiscing praesent donec nonummy, diam magna consectetur non ut pulvinar aliquet dolore pharetra volutpat nibh molestie massa ipsum euismod tincidunt, sed eget, ante tempus felis mi tempus. Felis diam ac at, proin lorem, mauris massa ipsum id laoreet elit diam, magna consectetur sem nunc pulvinar ullamcorper magna consectetur sem ut turpis molestie massa pulvinar ullamcorper congue. Pharetra volutpat massa ipsum felis laoreet sed eget et adipiscing praesent dolore amet euismod tincidunt pharetra volutpat lobortis, feugiat id, laoreet, sed eget lobortis feugiat molestie massa tempus felis. Laoreet, sed eget nibh, ac at proin amet euismod nibh feugiat mauris mi erat, elit diam ac elit proin nisi turpis praesent aliquam nonummy diam magna pharetra nunc ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 19: Mauris aliquet aliquam diam donec consectetur, molestie massa tempus elit et, erat elit et, lorem mauris ante ipsum id massa ipsum id tincidunt sed eget nibh tempus felis. Donec nonummy diam magna turpis aliquet nisi adipiscing, aliquet, donec amet volutpat lobortis ipsum tellus nunc pulvinar euismod tincidunt, pharetra, non congue, pharetra non ut tellus nunc pulvinar. Volutpat nibh lorem felis ante erat felis mi magna pharetra non, nisi turpis ullamcorper laoreet sed mauris proin, aliquam adipiscing praesent consectetur sem nisi turpis aliquet dolore amet. Ullamcorper dolore pharetra non ut pharetra tellus, dolore turpis ullamcorper tincidunt sed, eget ante tempus felis mi erat elit lorem eget ante lorem mauris massa ipsum id, mi. Erat elit proin ac at ante ipsum felis mi donec, consectetur non ut turpis aliquet donec nonummy euismod feugiat mauris, massa tempus felis et ac at proin aliquam. Turpis, aliquet dolore amet non congue pharetra tellus ut pulvinar tellus tincidunt dolor euismod tincidunt dolor, non ipsum euismod tincidunt, dolor volutpat nibh feugiat molestie, aliquam adipiscing praesent. Donec amet ullamcorper, congue consectetur sem magna at dolore pulvinar ullamcorper congue pharetra ullamcorper nisi, consectetur proin, aliquam at ante ipsum id massa ipsum euismod nunc, pharetra ullamcorper. Congue consectetur sem nisi turpis aliquet nisi, euismod tincidunt feugiat volutpat lobortis ipsum molestie massa ipsum id nibh sed volutpat lobortis feugiat non ut sit tellus nunc dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 20: Praesent donec nonummy diam magna consectetur lorem at ante ipsum id laoreet ipsum euismod laoreet sed, mauris, nibh lorem molestie ante tempus eget laoreet lorem eget, nibh. Lorem mauris ante tempus laoreet sed volutpat lobortis dolor non lobortis pharetra sem, ut sit tellus nunc pharetra non magna consectetur et lorem at ante lorem mauris. Massa ipsum mi erat, elit lobortis feugiat non congue sit non ut turpis aliquet aliquam adipiscing diam magna consectetur diam ac at ante lorem molestie nunc pulvinar. Tellus, pulvinar euismod congue amet ullamcorper congue, consectetur sem, nisi amet ullamcorper dolore pharetra non congue pharetra non ut, consectetur sem aliquam adipiscing, praesent donec nonummy magna. Turpis tellus nunc pulvinar euismod congue pharetra non congue consectetur, sem aliquam adipiscing proin tempus mauris massa ipsum id tincidunt pulvinar euismod tincidunt dolor non sit aliquet. Nisi amet ullamcorper dolore pharetra ullamcorper, congue, sit tellus, nunc pulvinar ullamcorper congue nonummy, praesent magna consectetur sem sit tellus nunc amet ullamcorper magna consectetur diam ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 21: Aliquet congue pharetra volutpat lobortis sit tellus ut sit euismod tincidunt dolor volutpat. Ante donec adipiscing praesent erat elit diam ac consectetur aliquam, adipiscing mi erat. Felis mi sed elit et lorem, eget nibh, lorem felis laoreet sed elit. Et ac at proin aliquam felis, mi elit diam ac at proin aliquam. Adipiscing, aliquet dolore amet ullamcorper magna at et lorem, mauris, ante lorem molestie. Massa pulvinar tellus dolore turpis diam donec nonummy ac at aliquet nunc amet. Ullamcorper dolore amet ullamcorper ut pharetra, non aliquam adipiscing praesent donec nonummy diam. Magna nonummy et ac, mauris aliquam felis mi erat, felis et erat eget. Et lorem molestie ante tempus felis massa pulvinar euismod nunc amet diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 22: Nibh tempus felis praesent erat felis mi erat at proin ac adipiscing praesent donec adipiscing praesent elit. Proin nunc, erat sit mauris praesent congue tempus amet volutpat ante aliquam turpis euismod lobortis lorem at. Aliquet tincidunt, ac turpis euismod ut ipsum nonummy tellus ante magna feugiat adipiscing ullamcorper ante nunc ac. Sit, id mi sed eget nibh, lorem mauris massa feugiat molestie nunc sit tellus nunc volutpat ut. Sit tellus, massa pulvinar euismod laoreet sed euismod, tincidunt pharetra sem ut turpis aliquet dolore turpis, praesent. Aliquam nonummy praesent donec proin nisi turpis aliquet donec nonummy praesent donec nonummy sem magna turpis aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 23: Ullamcorper, magna pharetra sem nisi turpis. Ullamcorper, congue, pharetra volutpat, congue sit. Tellus ut sit tellus dolore nonummy. Praesent donec elit mi erat et. Ac at proin erat elit et. Ac elit, et lorem mauris nibh. Feugiat molestie massa, pulvinar euismod tincidunt. Dolor volutpat tincidunt tempus, mauris mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 24: Eget lobortis feugiat volutpat lobortis feugiat molestie massa ipsum id laoreet dolor non ut sit ante tempus id laoreet dolor. Volutpat nibh tempus felis mi tempus felis laoreet ipsum euismod congue pharetra, diam magna, consectetur sem aliquam, at, proin aliquam. Diam magna consectetur sem nisi turpis aliquet nisi amet aliquet donec elit et, ac at sem aliquam, adipiscing praesent aliquam. Adipiscing praesent donec elit et, turpis aliquet donec adipiscing mi erat elit et ac at et ac molestie lobortis feugiat. Id laoreet, sed id laoreet sed eget lobortis sit massa ipsum id tincidunt dolor volutpat, lobortis dolor volutpat ut, sit. Tellus nunc pulvinar ullamcorper congue amet ullamcorper magna consectetur, sem ut amet aliquet dolore nonummy praesent nonummy et, ac, at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 25: Mi erat elit, et erat, at. Aliquam, amet feugiat amet at tellus. Diam diam, nibh nisi pulvinar euismod. Congue dolor volutpat massa ipsum id. Laoreet, sed id tincidunt sed non. Lorem id laoreet sed id laoreet. Dolor, euismod, congue, pharetra non lobortis. Ipsum euismod tincidunt dolor euismod tincidunt. Pharetra volutpat, lobortis feugiat tellus ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 26: Magna pharetra tellus nunc sit tellus dolore amet, ullamcorper congue pharetra sem, magna turpis, proin turpis praesent donec nonummy non, ut feugiat tellus massa pulvinar tellus, nunc dolor ullamcorper congue. Consectetur sem nisi consectetur sem nisi turpis ullamcorper congue ullamcorper nisi consectetur sem aliquam adipiscing proin, tempus id massa pulvinar tellus dolore amet ullamcorper congue consectetur, sem, nisi consectetur proin. Aliquam adipiscing aliquet dolore nonummy et, at proin nisi turpis praesent donec adipiscing mi erat elit et lorem volutpat ut sit non ut sit aliquet dolore nonummy praesent tempus volutpat. Ut sit tellus nunc amet ullamcorper dolore amet diam ac elit, sem aliquam adipiscing, aliquet donec nonummy diam, magna consectetur diam, ac at proin aliquam, felis erat nonummy diam magna. Consectetur sem, aliquam adipiscing praesent aliquam felis praesent donec elit et lorem mauris, nibh, magna feugiat tellus massa sed elit et lorem mauris aliquam felis, praesent donec nonummy, diam magna. Turpis aliquet dolore pulvinar, ullamcorper tincidunt dolor volutpat lobortis, sit aliquet dolore amet laoreet, lorem mauris ante tempus felis mi sed, eget nibh lorem eget ante lorem molestie ante tempus. Felis et ac elit proin aliquam adipiscing aliquet dolore amet congue pharetra tellus ut pulvinar, euismod tincidunt dolor, volutpat lobortis lorem molestie nunc turpis sem nisi adipiscing praesent dolore consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 27: Mi ac at et lorem adipiscing aliquet amet, non, lobortis feugiat tellus nunc pulvinar euismod tincidunt dolor euismod tincidunt feugiat molestie massa tempus id mi sed elit. Et nisi, adipiscing praesent aliquam pharetra, ut sit mauris massa ipsum euismod laoreet, sed eget nibh feugiat molestie lobortis ipsum id mi sed eget nibh lorem mauris. Ante, aliquam nonummy praesent consectetur sem ut sit euismod nunc pulvinar euismod tincidunt dolor molestie, massa feugiat tellus nunc amet ullamcorper congue dolor non lobortis feugiat id. Lobortis ipsum id laoreet sed eget, tincidunt sed eget lobortis feugiat volutpat ut turpis tellus tincidunt sed, volutpat lobortis feugiat mauris ante, tempus adipiscing et erat eget. Lorem at praesent dolore nonummy ullamcorper, donec nonummy, diam magna consectetur proin, aliquam felis mi erat felis mi ac at, proin aliquam turpis aliquet congue amet ullamcorper. Pharetra non massa, ipsum id laoreet sed eget nibh lorem mauris ante tempus felis mi erat eget nibh ac, mauris, massa ipsum, ullamcorper congue sit tellus massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 28: Lorem at nisi amet diam congue, pharetra, mauris mi erat elit ullamcorper ut sit molestie massa pulvinar euismod tincidunt dolor volutpat, lobortis. Lorem felis mi erat sem ut pulvinar euismod nunc, pulvinar euismod tincidunt pharetra ullamcorper congue sit tellus nunc pulvinar euismod congue pharetra. Ullamcorper congue, consectetur non ut sit, euismod lorem mauris sem aliquam amet, ullamcorper congue pharetra non ut feugiat tellus, dolore turpis aliquet. Dolore pharetra, ullamcorper lobortis, sit tellus massa pulvinar euismod lorem at proin tempus adipiscing praesent donec nonummy diam ac at proin, nisi. Turpis ullamcorper dolore pharetra, non lobortis feugiat id massa sit tellus nunc dolor tincidunt dolor molestie massa ipsum euismod tincidunt dolor volutpat. Tincidunt, dolor volutpat lobortis ipsum molestie massa ipsum euismod tincidunt dolor volutpat nibh feugiat molestie massa sit euismod, sed mauris proin aliquam. Turpis praesent congue pharetra non nisi turpis aliquet nisi turpis, praesent donec nonummy ullamcorper congue pharetra ut sit tellus nunc dolor eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 29: Mi nonummy diam nisi sit tellus nunc ipsum. Id laoreet lorem mauris proin dolore pharetra non. Ut sit tellus nunc pulvinar euismod tincidunt sed. Volutpat lorem felis mi dolore amet ullamcorper congue. Consectetur aliquet nunc pulvinar ullamcorper congue pharetra volutpat. Nibh lorem, mauris mi, donec nonummy diam magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 30: Volutpat et aliquam, amet, ullamcorper tincidunt dolor volutpat massa, ipsum adipiscing mi erat elit et adipiscing praesent donec amet ullamcorper. Congue pharetra volutpat lobortis ipsum euismod laoreet, sed eget tincidunt dolor molestie massa ipsum id mi erat elit proin turpis. Tellus tincidunt sed mauris proin tempus felis mi erat elit mi erat elit et lorem molestie, massa ipsum felis mi. Ac at et ac, mauris, proin adipiscing diam magna consectetur tellus nunc sit, tellus tincidunt dolor, euismod tincidunt feugiat molestie. Massa tempus id laoreet erat elit nibh lorem eget tempus, felis mi erat eget diam ac consectetur sem nisi amet. Aliquet congue pharetra non ut sit id mi magna consectetur proin aliquam adipiscing praesent donec nonummy ut sit tellus nunc. Ipsum felis mi lorem eget nibh lorem mauris, mi donec amet ullamcorper congue sit tellus dolore amet euismod tincidunt dolor. Eget nibh lorem praesent donec nonummy sem nisi turpis aliquet, dolore turpis praesent dolore nonummy ullamcorper ut, sit tellus nunc. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="even" r:id="Ra36a218e95c145cb"/>
-      <w:headerReference w:type="default" r:id="R7c3e33788dd6480a"/>
+      <w:headerReference w:type="even" r:id="Rec8cce743dfe4ee0"/>
+      <w:headerReference w:type="default" r:id="R72598f1f063f4516"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1034,51 +1034,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4c7d0ef9dfd84916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9693e7b575d54e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd0770fcdc9b3480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rcaeb09a6887c47df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="R4d6a976cd9b14f53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="R4b2bc14d2cba4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="Ra36a218e95c145cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="R7c3e33788dd6480a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc69f277ffe1e452a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9a6d32f0c7be4b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7d41ff9457c449d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd9d5cace665840ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R4dc8f7d8f5b34286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="R98e877a25913465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="R343e894009d741fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="Rec8cce743dfe4ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="R72598f1f063f4516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7994d8922e3d4a13" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>