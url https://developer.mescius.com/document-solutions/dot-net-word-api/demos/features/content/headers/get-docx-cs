--- v4 (2025-12-16)
+++ v5 (2025-12-19)
@@ -1,381 +1,381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4f08caee0dcd4e81" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R798a041cc01d4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re0bacd5c482147fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcd33b57b12fe454a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd2b5bf72278747a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbe70ffde02ef4d03" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 1: Sem, nibh nunc, magna ipsum nonummy volutpat ante erat dolor molestie praesent donec. Dolor mauris proin aliquam nonummy diam feugiat felis praesent donec elit diam nisi. Consectetur tellus tincidunt sed eget nibh, ac mauris proin aliquam adipiscing diam ac. Consectetur non nunc euismod tincidunt sed eget lobortis lorem mauris mi donec nonummy. Sem ut, feugiat molestie laoreet sed elit et lorem at euismod tincidunt sed. Eget ante tempus mi et massa sed nonummy diam nisi pulvinar id mi. Ac consectetur sem dolore amet ullamcorper congue pharetra non lobortis ipsum id laoreet. Erat non, ut turpis tellus laoreet sed at, sem nunc pulvinar, euismod lobortis. </w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">Section 1, paragraph 29: Donec consectetur non ut sit tellus sed eget nibh lorem molestie massa ipsum felis mi sed id laoreet. Sed, molestie massa ipsum felis praesent donec elit et ac at, proin adipiscing mi tempus felis mi erat. Elit et lorem molestie lobortis sit tellus dolore pulvinar euismod tincidunt sed volutpat lobortis feugiat molestie nunc pulvinar. Id, dolor volutpat, tincidunt dolor non nisi turpis aliquet nisi turpis praesent, donec, elit diam magna at et. Ac adipiscing praesent aliquam felis laoreet sed elit et ac sem nisi, amet ullamcorper congue dolor volutpat ut. Sit tellus nunc, amet euismod congue pharetra non congue consectetur, sem nisi turpis praesent donec praesent donec nonummy. Et lorem mauris nibh, feugiat mauris ante ipsum felis laoreet ipsum id lobortis feugiat volutpat lobortis sit tellus. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 1: Turpis id turpis lorem tempus ut mi tellus, turpis erat, nunc lobortis ut laoreet ante diam aliquet, non tellus euismod at adipiscing feugiat congue diam elit feugiat ut non pharetra. Tempus lobortis sem consectetur donec ante mauris sit ut non pharetra aliquet mauris sed laoreet id amet nisi aliquet consectetur magna diam elit tempus massa molestie dolor congue diam nonummy. Aliquam proin at sed nibh sit nisi et eget erat laoreet tellus eget turpis amet ipsum nisi et tellus at amet lorem magna ante diam euismod at amet ipsum mi. Proin praesent volutpat elit sit ut non consectetur ipsum ac dolore ante ullamcorper molestie nonummy ipsum nisi nibh euismod adipiscing lorem congue, praesent mauris amet ipsum, mi sem eget amet. Dolor erat ut et euismod adipiscing lorem laoreet aliquet mauris sed congue praesent at dolor tempus massa, non elit, ipsum ut et id sed nunc ante euismod adipiscing pharetra sed. Ut laoreet praesent molestie adipiscing feugiat, erat nisi tincidunt praesent volutpat pharetra donec ante volutpat mauris pulvinar donec ante ullamcorper adipiscing, feugiat magna laoreet non, id at pharetra tempus magna. Nunc congue massa mi proin eget nonummy feugiat erat nisi laoreet praesent nonummy sit erat dolore, lobortis proin non, felis turpis dolor aliquam tincidunt praesent molestie elit pulvinar, lorem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 2: Et ante diam volutpat felis consectetur amet sit ipsum aliquam congue, nisi congue massa diam molestie consectetur amet, lorem dolore. Nisi nunc tincidunt, nunc nibh proin ullamcorper tellus elit sed ut proin id turpis lorem lobortis aliquet id at turpis. Feugiat ipsum magna tincidunt sem eget nonummy lorem magna, massa et aliquet mauris amet tempus ut mi tellus elit dolor. Lorem sed aliquam congue nunc nibh aliquet, non, felis consectetur sit dolor tempus magna nunc nibh praesent, diam aliquet volutpat. Mauris elit consectetur pulvinar lorem mi sem id adipiscing pharetra ipsum magna, nunc et ullamcorper mauris amet feugiat erat aliquam. Congue massa nibh aliquet mauris amet feugiat erat nunc et id at congue proin volutpat amet ipsum, magna laoreet euismod. Consectetur dolor nisi nibh volutpat adipiscing, sit erat massa nibh euismod turpis aliquam proin elit ipsum dolore nibh mauris nonummy. Ipsum erat nisi lobortis, ullamcorper felis, feugiat congue diam tellus consectetur erat massa sem eget ipsum aliquam, proin mauris amet. Tempus magna laoreet sem volutpat adipiscing nonummy, ipsum magna tincidunt praesent eget dolor donec ante volutpat amet consectetur pulvinar lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 3: Mauris amet lorem, erat massa proin ullamcorper, volutpat felis, mauris felis consectetur ac mi euismod consectetur, erat nunc proin volutpat nonummy lorem ut. Mi non nonummy pulvinar nisi et euismod at dolor, congue ante volutpat sit, ac nunc nibh diam mauris pharetra erat nunc et euismod. Eget felis sit ipsum lorem congue lobortis diam tellus, eget adipiscing consectetur pulvinar, sed sem eget amet lorem congue mi tellus at sed. Nunc et euismod adipiscing pharetra feugiat erat nunc proin ullamcorper felis feugiat erat nisi ante ullamcorper, nonummy feugiat donec massa sem id mauris. Amet tempus ut diam elit feugiat ut diam euismod consectetur ac nunc proin, euismod tellus nonummy pulvinar ac lobortis, ullamcorper tellus at amet. Ac tincidunt praesent, mauris felis sit sed nisi tincidunt praesent tellus nonummy sit dolor aliquam lobortis, mi tellus eget, amet dolor tempus diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 4: Elit volutpat felis consectetur sed ac. Aliquam massa proin euismod adipiscing dolor. Tempus nisi tincidunt nibh ante, diam. Praesent diam mauris nonummy ipsum aliquam. Laoreet proin non felis pharetra ipsum. Aliquam praesent diam aliquet, volutpat molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 5: Erat nisi dolore lobortis nisi congue ut, laoreet lobortis mi elit consectetur dolor, tempus magna massa et aliquet volutpat. Molestie elit turpis sed donec lobortis, laoreet proin ullamcorper molestie elit sit dolor aliquam lobortis diam aliquet, eget nonummy. Feugiat sed ac dolore lobortis et aliquet id mauris amet feugiat ac dolore, lobortis mi sem euismod at nonummy. Feugiat erat aliquam ullamcorper at amet sit sed lorem dolore ut laoreet sem euismod mauris nonummy sit ac dolore. Nibh diam tellus nonummy turpis sed aliquam mi, proin ullamcorper molestie elit, consectetur pulvinar lorem magna ut nibh praesent. Volutpat mauris nonummy sit dolor ipsum erat nunc, et praesent molestie pharetra ipsum nisi laoreet, at amet lorem magna. Nunc laoreet praesent non molestie at turpis dolor aliquam congue nunc nibh, aliquet molestie consectetur pulvinar erat dolore nibh. Diam non id adipiscing aliquam, ut laoreet, proin ullamcorper molestie pharetra donec ante volutpat felis sit erat nisi lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 6: Amet at turpis amet consectetur, ipsum feugiat ipsum ac dolore nibh praesent tellus nonummy pulvinar ac nunc nibh molestie elit turpis dolor aliquam congue. Massa nibh aliquet molestie nonummy pulvinar ac nunc nibh, praesent tellus elit turpis dolor ipsum, magna ut ullamcorper molestie felis turpis dolor feugiat, donec. Nisi tincidunt nibh diam non id mauris, nonummy sit erat aliquam nibh aliquet mauris amet ipsum magna nunc, lobortis mi nonummy ipsum massa sem. Id turpis, dolor aliquam ut mi sem, id, at, nonummy at, turpis pharetra feugiat, sed tempus tincidunt mi, non id nisi laoreet, aliquet, eget. Adipiscing pharetra sed aliquam tincidunt praesent molestie pharetra donec ante non nonummy erat massa sem, id consectetur dolor aliquam nibh, diam, felis erat ut. Et id adipiscing feugiat congue, ut ullamcorper molestie elit, amet dolor ipsum magna dolore sem, mauris pulvinar dolore erat ut non sit ut ullamcorper. Amet ac laoreet sem eget turpis lorem magna ante, sem id turpis sed aliquam ut mi proin euismod eget sem eget, dolore proin at. Erat nunc molestie sit ut non pharetra congue ullamcorper amet nunc tellus pulvinar nunc molestie feugiat lobortis eget sed laoreet id ipsum laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 7: Euismod sit nisi sem, nonummy praesent adipiscing aliquam proin at ac et eget erat mi elit donec praesent turpis tempus sem consectetur magna et felis erat mi felis. Tempus diam adipiscing aliquam praesent turpis nisi proin consectetur magna diam nonummy donec praesent felis, tempus et elit erat mi felis tempus praesent adipiscing donec praesent pulvinar nunc. Euismod pulvinar, massa id feugiat lobortis molestie lorem lobortis ullamcorper amet dolore tellus sit ut non pharetra congue, euismod nonummy dolore aliquet ut sem consectetur donec praesent adipiscing. Ipsum ante, molestie dolor congue ullamcorper amet nisi, sem, consectetur magna sem consectetur, donec mi felis aliquam ante eget sed id ipsum massa molestie feugiat lobortis eget sed. Nibh id sed laoreet id ipsum massa mauris lorem et elit erat mi felis tempus, ante mauris lorem ante sed tincidunt tellus, turpis nisi non pharetra congue ullamcorper. Elit tempus, massa mauris lorem nibh eget sed tincidunt felis erat mi felis tempus ante mauris lorem nibh sed mi id ipsum massa molestie lorem nibh id ipsum. Massa aliquet consectetur magna et elit erat mi felis tempus eget lorem laoreet euismod ipsum nunc non sit congue non dolor tincidunt ullamcorper pulvinar dolore, tellus sit nisi. Non pharetra tincidunt euismod pulvinar tincidunt euismod sit ut sit congue diam amet donec praesent adipiscing nisi sem at erat mi elit donec praesent mauris ac et elit. Sed laoreet felis tempus, ante mauris tempus, proin lorem laoreet id ipsum massa tellus ipsum lobortis molestie feugiat laoreet, id ipsum massa molestie ipsum massa mauris lorem lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 8: Volutpat pulvinar nunc euismod ipsum molestie sit, ut diam adipiscing aliquam, ante, molestie feugiat nibh elit sed mi id ipsum massa, molestie pharetra. Congue diam felis tempus ante eget lorem id sit ut non pharetra magna diam elit erat mi, adipiscing nisi proin at ac et. Felis ipsum massa molestie lorem nibh volutpat pulvinar dolore sit ut tellus sit lobortis volutpat, pharetra congue aliquet turpis nisi, sem consectetur magna. Et, euismod turpis nisi non pharetra tincidunt volutpat dolor laoreet id sed laoreet feugiat lobortis non pharetra congue, euismod pulvinar massa molestie sit. Nisi diam consectetur magna, aliquet turpis dolore sem consectetur magna sem consectetur congue ullamcorper donec aliquet turpis ut sem at erat et felis. Erat mi felis ac et, at erat laoreet felis tempus massa molestie sit lobortis eget lorem nibh ipsum massa molestie feugiat lobortis non. Pharetra dolore ullamcorper turpis, nisi sem consectetur ac et elit erat massa molestie dolor tincidunt euismod dolor nunc aliquet turpis ut consectetur ac. Praesent felis aliquam ante molestie feugiat lobortis volutpat dolor tincidunt euismod sit ut volutpat dolor lobortis, volutpat dolor tellus pulvinar massa molestie feugiat. Lobortis non amet congue ullamcorper pulvinar, nunc molestie, sit lobortis, volutpat, dolor tincidunt euismod dolor tincidunt euismod ipsum, nunc tellus feugiat lobortis dolor. Tincidunt euismod pulvinar massa molestie feugiat lobortis volutpat, pharetra dolore aliquet turpis aliquam proin, consectetur ac et elit erat praesent adipiscing aliquam sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 9: Sed, nunc tellus congue diam adipiscing ipsum ante mauris. Feugiat congue ullamcorper turpis nisi sem, consectetur nisi non. Pharetra magna, praesent adipiscing aliquam ante at lorem proin. Donec mi felis tempus ante at ac et elit. Erat mi felis tempus ante, mauris lorem tincidunt, euismod. Amet dolore aliquet sit, ut sem consectetur diam adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 10: Lorem lobortis, id pulvinar dolore sem consectetur magna diam nonummy donec diam aliquam proin at ac diam nonummy donec diam. Nonummy donec praesent adipiscing nisi non pharetra ut non pharetra congue ullamcorper amet dolore aliquet, sit nisi non magna diam. Adipiscing tempus ante at ac sem nonummy donec praesent felis tempus proin adipiscing aliquam proin at ac diam nonummy donec. Mi felis aliquam at ac et, eget ipsum nunc, non pharetra congue non dolor, tincidunt id sed laoreet, felis ipsum. Massa volutpat amet dolore aliquet turpis aliquet at lorem laoreet, id, ipsum nunc tellus pharetra congue ullamcorper, pharetra dolore aliquet. Turpis nisi sem, pharetra congue diam, elit tempus massa molestie tempus ante, mauris laoreet id tempus ante mauris tempus, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 11: Euismod turpis nisi at erat mi, felis ipsum ante mauris lorem nibh volutpat dolor laoreet felis. Ipsum massa molestie lorem lobortis, non pulvinar donec aliquet turpis aliquam proin magna et elit donec. Praesent, adipiscing ac et elit erat mi elit erat praesent adipiscing, aliquam ante at, ac et. Elit, sed laoreet id ipsum molestie sed, laoreet euismod amet nisi sem consectetur ac, diam nonummy. Magna diam turpis dolore aliquet turpis ut, tellus sit nibh volutpat sed tincidunt euismod ipsum laoreet. Pharetra erat mi felis donec praesent adipiscing nisi sem consectetur, ac et elit, magna ullamcorper nonummy. Donec praesent adipiscing magna et nonummy magna, adipiscing aliquam proin molestie feugiat lobortis volutpat ipsum massa. Tellus, sit ut, volutpat dolor tincidunt euismod, pulvinar, tincidunt euismod sit nisi sem, pharetra congue non. Amet praesent, at lorem et, eget sed laoreet id ipsum massa volutpat feugiat nibh eget erat. Mi id ipsum nunc diam nonummy donec diam adipiscing donec praesent at tincidunt id pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 12: Molestie sit ut non consectetur, magna diam amet dolore praesent adipiscing aliquam sem consectetur magna, diam amet congue. Ullamcorper pulvinar dolore turpis congue ullamcorper amet dolore ullamcorper amet dolore aliquet turpis ut sem consectetur donec praesent. Felis aliquam proin at aliquam sem consectetur congue non pharetra ullamcorper amet nunc tellus sit ut volutpat dolor. Congue euismod amet nisi sem turpis magna sem consectetur magna diam nonummy donec aliquet turpis nisi proin at. Nunc, molestie feugiat ut sem consectetur congue euismod pulvinar tincidunt tellus pulvinar nunc tellus feugiat lobortis volutpat sed. Tincidunt euismod ipsum massa id tempus volutpat pharetra congue euismod ipsum massa molestie feugiat lobortis volutpat dolor tincidunt. Euismod pulvinar tincidunt euismod, pulvinar massa, mauris lorem nibh volutpat sed tincidunt euismod amet sem at ac diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 13: Felis lorem nibh eget dolor euismod turpis nisi diam nonummy, donec laoreet id feugiat lobortis eget lorem et. Elit sed massa molestie feugiat massa mauris lorem et elit ac diam ipsum ut tellus pharetra magna diam. Felis tempus ante mauris lorem et eget ipsum nunc aliquet consectetur magna ullamcorper amet dolore aliquet turpis nisi. Proin sed laoreet id ipsum massa molestie lorem lobortis, volutpat dolor congue euismod pulvinar nunc aliquet sit ut. Ullamcorper pharetra dolore, aliquet turpis nisi aliquet turpis sem nonummy donec ante felis tempus ante mauris lorem et. Elit sed laoreet, felis tempus ante molestie feugiat lobortis eget dolor laoreet felis erat ante feugiat lobortis euismod. Pulvinar tincidunt euismod pulvinar nunc molestie lorem lobortis volutpat sed laoreet, id, ipsum massa molestie feugiat massa molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 14: Nisi proin at ac et eget ipsum massa, tellus sit, magna diam nonummy, aliquam mauris ac nibh eget sed mi elit ipsum ante felis lorem tincidunt volutpat dolor nunc euismod. Pulvinar nunc tellus sit ut, non pharetra congue aliquet ut sem consectetur ac et felis tempus ante molestie lorem nibh elit erat laoreet id, ipsum, massa molestie feugiat ut non. Pharetra nunc aliquet adipiscing laoreet id ipsum massa id feugiat ut molestie lorem tincidunt euismod dolor, laoreet felis tempus ante felis lorem lobortis eget sed laoreet magna nisi mi tellus. Nonummy turpis dolor donec, ut diam felis sit sed ut proin elit erat mi felis tempus, massa volutpat pharetra congue ullamcorper, amet dolore aliquet consectetur et elit erat mi felis. Tempus ante, mauris lorem laoreet id sed massa id ipsum massa mauris lorem et elit erat mi felis ipsum massa mauris nibh eget lorem et eget erat laoreet id, ipsum. Massa molestie lorem lobortis euismod pulvinar massa molestie sit ut sem pharetra congue euismod dolor nunc euismod sit diam nonummy, pulvinar nunc non pharetra ut ullamcorper pharetra congue ullamcorper amet. Dolore sem at magna diam nonummy erat praesent aliquam sem at ac et elit erat praesent adipiscing aliquam ante mauris lorem nibh eget erat laoreet felis tempus ante mauris lorem. Lobortis volutpat dolor tincidunt id nunc molestie sit ut euismod dolor laoreet id sed massa molestie sit ut diam nonummy donec aliquet turpis, nisi sem consectetur magna diam, nonummy donec. Diam nonummy sem at magna et elit erat laoreet id ipsum, massa volutpat dolor, laoreet euismod, ipsum massa molestie sit lobortis volutpat dolor tincidunt volutpat pulvinar tincidunt euismod pulvinar non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 15: Pulvinar nunc molestie sit ut ullamcorper, nonummy erat praesent felis lorem nibh eget, dolor, tincidunt tellus turpis ut, sem. Nonummy erat mi donec proin mauris ac et at erat, et elit donec aliquet amet dolore aliquet turpis nisi. Sem consectetur donec diam, adipiscing tempus, nibh, mauris lorem id pulvinar nunc id feugiat lobortis volutpat sed laoreet eget. Erat mi molestie feugiat massa molestie dolor lobortis volutpat dolor tincidunt tellus pulvinar nunc molestie feugiat lobortis dolor laoreet. Euismod pulvinar ut non pharetra ut non, pharetra tincidunt euismod pulvinar tincidunt molestie ipsum ut volutpat feugiat lobortis volutpat. Sed nunc pulvinar nunc tellus sit congue volutpat dolor tincidunt euismod pulvinar, nunc tellus sit ut, non amet donec. Praesent adipiscing tempus ante mauris, sed laoreet id, ipsum, mauris lorem nibh eget sed laoreet id ipsum nunc tellus. Feugiat lobortis non dolor tincidunt volutpat sed laoreet id ipsum massa molestie lorem lobortis volutpat dolor nunc sit ut. Sem consectetur erat laoreet felis tempus massa mauris lorem nibh eget sed, laoreet felis tempus ante mauris lorem ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 16: Laoreet mauris lorem nibh volutpat tincidunt euismod ipsum nunc tellus turpis congue non, pharetra tincidunt, ullamcorper. Turpis nisi proin consectetur, magna diam elit tempus mi felis tempus ante mauris, nibh id ipsum. Dolore proin at ac et id ipsum lobortis non pharetra tincidunt volutpat dolor, tincidunt euismod pulvinar. Nunc molestie sit lobortis volutpat dolor euismod sit ut sem consectetur magna diam nonummy donec praesent. Felis lorem, nibh eget sed, mi felis erat mi felis aliquam proin, turpis nisi nonummy erat. Laoreet molestie sit lobortis, volutpat dolor congue aliquet turpis aliquam sem consectetur magna sem pharetra, congue. Diam amet nunc tellus pulvinar massa molestie, feugiat non amet dolore ullamcorper pulvinar nunc molestie feugiat. Massa, volutpat, dolor congue ullamcorper amet nunc tellus sit ut non pharetra congue ullamcorper, pulvinar tincidunt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 17: At erat laoreet felis feugiat lobortis ullamcorper. Amet donec mi tempus nibh eget, sed. Laoreet id ipsum ante, mauris, sit congue. Praesent adipiscing, tempus ante mauris lorem laoreet. Euismod ipsum nunc aliquet consectetur magna, diam. Nonummy praesent adipiscing aliquam, proin at ac. Et, elit, erat mi felis lorem ante. Eget dolor tincidunt ullamcorper, turpis nisi non. Consectetur magna diam nonummy donec turpis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 18: Laoreet id ipsum massa molestie lorem nibh volutpat sed nibh eget massa tellus pharetra ut volutpat pharetra congue. Aliquet adipiscing nisi sem, consectetur magna sem consectetur congue ullamcorper amet donec praesent turpis ut non pharetra magna. Ullamcorper dolore aliquet adipiscing aliquam proin at erat mi, felis tempus ante adipiscing aliquam aliquet turpis magna, diam. Elit ipsum massa tellus pharetra, congue ullamcorper nonummy aliquet turpis aliquam sem consectetur, magna diam nonummy dolore aliquet. Adipiscing aliquam proin at magna diam nonummy magna ullamcorper adipiscing donec praesent, adipiscing nibh eget, sed laoreet molestie. Feugiat lobortis volutpat dolor lobortis volutpat pulvinar nunc tellus sit ut volutpat dolor lobortis volutpat dolor nunc aliquet. Turpis nisi sem nonummy ullamcorper nonummy aliquam praesent at ac proin at erat mi id ipsum ante mauris. Feugiat tincidunt ullamcorper amet nunc euismod ipsum massa molestie tempus proin adipiscing sem consectetur magna diam amet dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 19: Proin elit mi id ipsum nunc molestie feugiat lobortis euismod, amet dolore tellus turpis nisi sem consectetur magna praesent adipiscing tempus ante, mauris feugiat lobortis eget laoreet euismod. Feugiat ut sem consectetur magna diam nonummy donec praesent at ac nibh elit erat praesent adipiscing, donec proin at feugiat, nibh eget dolor molestie sit ut non feugiat. Tincidunt eget sed laoreet id ipsum nunc non consectetur magna ullamcorper pharetra, congue ullamcorper amet nunc aliquet sit congue ullamcorper nonummy mi molestie feugiat nibh eget dolor tincidunt. Euismod ipsum ante molestie sit ut non dolor tincidunt euismod, pulvinar nunc tellus sit lobortis volutpat feugiat euismod, pulvinar tincidunt, euismod feugiat massa, molestie dolor, tincidunt euismod pulvinar. Nunc tellus turpis ut proin nonummy magna diam adipiscing aliquam aliquet, at ac et non pharetra ullamcorper adipiscing aliquam proin mauris ac nibh eget sed ante mauris lorem. Nibh volutpat pharetra congue aliquet turpis aliquam sem consectetur magna elit ipsum ante mauris lorem lobortis euismod pulvinar dolore, tellus sit ut tellus sit ut non, pharetra congue. Aliquet adipiscing nisi sem consectetur congue ullamcorper dolor tincidunt dolor tincidunt euismod pulvinar ut non pharetra congue euismod dolor laoreet id ipsum massa molestie sit ut volutpat pharetra. Dolore aliquet turpis nisi proin consectetur magna sem donec praesent felis tempus, ante eget sed, nibh id ipsum ante felis tempus ante mauris lorem et eget, erat mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 20: Amet dolore aliquet, adipiscing aliquam ante mauris. Diam, elit erat, ante felis tempus ante. Eget dolor, congue euismod pulvinar nisi et. Elit sed laoreet id ipsum massa felis. Lorem nibh elit sed id sit nisi. Diam, elit donec, mi id tempus nibh. Eget sed laoreet euismod pulvinar nunc, tellus. Turpis magna diam elit, erat, praesent, felis. Lorem eget sed laoreet id pulvinar ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 21: Ullamcorper nonummy aliquam proin mauris feugiat tincidunt euismod massa id ipsum ante felis tempus ante eget sed laoreet id tempus ante. Molestie lorem nibh eget lorem nibh elit erat, et felis tempus ante nonummy tempus ante mauris feugiat ante mauris erat laoreet. Id tempus mi felis aliquam, praesent adipiscing aliquam et elit erat praesent adipiscing aliquam proin at congue aliquet adipiscing aliquam nibh. Elit, sed tincidunt tellus, sit ut non pharetra, ut ullamcorper amet donec aliquet sit ut, tellus sit congue ullamcorper dolore, ullamcorper. Turpis aliquam, proin at erat, mi, id ipsum massa molestie, feugiat tincidunt euismod pulvinar nunc euismod ipsum massa molestie sit lobortis. Volutpat pharetra tincidunt pulvinar massa molestie, feugiat, lobortis non nonummy magna diam adipiscing aliquam sem consectetur, ac et elit, donec laoreet. Felis, tempus ante mauris lorem nibh eget erat et erat mi adipiscing tempus et eget amet nisi sem consectetur, nisi sem. Nonummy donec diam nonummy, donec praesent adipiscing lorem eget ipsum massa molestie, sit ut ullamcorper pharetra dolore ullamcorper, pulvinar nunc aliquet. Turpis nisi, diam nonummy erat mi adipiscing aliquam praesent turpis aliquam et at erat nonummy tempus ante mauris ac proin at. Erat tincidunt tellus sit ut volutpat dolor lobortis, euismod dolor tincidunt euismod pulvinar nunc molestie ipsum nibh, at ac nibh sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 22: Lobortis dolor tincidunt ullamcorper amet nisi aliquet turpis nisi, sem nonummy donec praesent adipiscing aliquam ante mauris ac et elit erat laoreet id feugiat ut pharetra congue. Ullamcorper, amet nisi sem consectetur magna diam nonummy magna praesent felis aliquam ante at lorem nibh eget sed laoreet id, feugiat ut non tincidunt volutpat sed tincidunt. Euismod ipsum massa molestie feugiat lobortis volutpat dolor, laoreet id ipsum massa molestie sit, ut non pharetra dolore aliquet turpis nisi sem turpis non consectetur donec praesent. Felis tempus ante mauris lorem laoreet id sed laoreet mauris feugiat nibh eget lorem nibh elit erat mi elit praesent at ac, et elit, ac mi, felis. Ipsum, nunc tellus consectetur donec, praesent nonummy aliquam nibh eget dolor tincidunt euismod ipsum massa tellus sit ut ullamcorper dolore aliquet adipiscing tempus nibh eget sed laoreet. Id pulvinar massa molestie feugiat nibh, eget dolor tincidunt id erat, praesent adipiscing tempus ante molestie dolor tincidunt volutpat nunc euismod sit nisi diam nonummy donec praesent. Adipiscing aliquam proin at ac et nonummy donec praesent adipiscing aliquam, proin ac nibh eget ipsum nunc molestie feugiat, lobortis volutpat dolor tincidunt euismod pulvinar dolore, aliquet. Sit nisi non consectetur congue ullamcorper pharetra dolore, aliquet turpis nisi non ut ullamcorper nonummy dolore, aliquet felis tempus proin mauris sed laoreet id pulvinar nunc molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 23: Aliquam proin at lorem nibh eget sed laoreet. Id tempus ante, felis ante eget erat laoreet. Felis ipsum nunc tellus lorem nibh eget sed. Laoreet id ipsum massa non pharetra congue diam. Elit erat mi mauris ac proin ac, diam. Elit erat massa, molestie feugiat lobortis volutpat sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 24: Ut et at ac felis tempus ante, mauris, feugiat lobortis volutpat erat laoreet id tempus, massa, molestie lorem lobortis. Volutpat amet dolore aliquet turpis aliquam, proin at erat laoreet donec aliquet turpis nisi, sem turpis, magna diam nonummy. Donec mi adipiscing tempus ante mauris lorem diam nonummy donec praesent felis aliquam proin at ac euismod amet dolore. Et at erat et, felis tempus ante molestie feugiat tincidunt, euismod dolor nunc euismod, pulvinar nunc tellus pharetra congue. Diam nonummy donec, aliquet nunc tellus, sit congue ullamcorper amet dolore ullamcorper turpis nisi sem consectetur magna diam, elit. Ipsum ante molestie lorem ante eget sed laoreet, id massa molestie sit ut non, pharetra tincidunt ullamcorper amet dolore. Sem, at erat mi id ipsum ante mauris tempus ante mauris lorem et eget erat laoreet id ante mauris. Feugiat congue ullamcorper amet nisi aliquet turpis ac et elit donec praesent adipiscing tempus nibh mauris sed nibh id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 25: Lobortis ullamcorper nonummy donec proin at, aliquam proin consectetur ac diam nonummy diam amet nisi sem consectetur magna, diam nonummy magna ullamcorper, pharetra. Dolore aliquet turpis aliquam et at magna diam amet, dolore praesent adipiscing nisi proin ac et felis tempus massa molestie, feugiat nibh, volutpat. Dolor, congue euismod, ipsum laoreet, id ipsum massa molestie feugiat nibh eget dolor massa tellus sit lobortis dolor tincidunt ullamcorper nonummy donec aliquet. Turpis nisi non, pharetra congue ullamcorper amet, donec praesent, adipiscing aliquam proin consectetur magna ullamcorper nonummy dolore turpis nisi sem, consectetur magna diam. Nonummy donec praesent adipiscing tempus ante eget, sed tincidunt euismod pulvinar ut sem at ac mi felis erat mi mauris lorem volutpat dolor. Laoreet euismod pulvinar nunc tellus sit lobortis eget dolor laoreet eget sed laoreet id tempus ante mauris lorem, et eget sed laoreet id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 26: Lobortis euismod amet dolore praesent at lorem laoreet id ut non pharetra magna et id ipsum massa, molestie feugiat lobortis volutpat pulvinar nunc, tellus sit ut diam consectetur congue praesent. Adipiscing aliquam proin at proin elit ac et adipiscing aliquam proin adipiscing aliquam sem at ac mi felis tempus ante felis, tempus ante mauris, sed nibh elit erat mi feugiat. Ut non nonummy donec praesent turpis aliquam proin consectetur, ac diam nonummy donec mi, adipiscing tempus ante mauris sed laoreet id ipsum nunc consectetur, congue, diam nonummy, donec aliquet turpis. Aliquam et at ac et nonummy donec praesent turpis, dolore tellus sit ut sem pharetra magna ullamcorper amet dolore turpis ut sem consectetur magna ullamcorper amet dolore aliquet turpis dolore. Sem consectetur nisi sem pharetra lobortis ullamcorper amet, nunc tellus pulvinar massa tellus sit, ut ullamcorper, aliquam ante mauris sed laoreet eget sed, mi felis, erat praesent turpis nisi sem. At erat mi felis, tempus mi mauris lorem nibh eget dolor aliquet turpis ut non pharetra magna et nonummy erat proin at aliquam proin at erat laoreet felis ipsum nunc. Tellus consectetur donec praesent adipiscing tempus proin mauris tincidunt euismod pulvinar massa, molestie sit ut non pharetra dolore aliquet turpis dolore aliquet consectetur nisi sem consectetur magna ullamcorper amet nunc. Tellus, sit nisi non pharetra non amet dolore aliquet amet dolore tellus turpis ut non pharetra congue, euismod amet nunc tellus sit ut non pharetra ut non dolor, tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 27: Ac et donec praesent adipiscing nisi et at ac et nonummy donec. Ante mauris lorem nibh volutpat dolor nunc tellus ipsum laoreet felis ipsum. Massa volutpat, pharetra proin at feugiat lobortis, euismod pulvinar dolore sem consectetur. Magna diam consectetur magna diam nonummy aliquam praesent turpis nunc tellus, feugiat. Congue ullamcorper amet ullamcorper turpis dolore aliquet turpis lobortis volutpat feugiat nibh. Volutpat dolor laoreet euismod ipsum ut non pharetra, magna ullamcorper nonummy donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 28: Ullamcorper turpis nisi sem sit congue ullamcorper amet congue volutpat pulvinar tincidunt euismod. Pulvinar nunc non consectetur donec adipiscing aliquam proin adipiscing aliquam non consectetur congue. Ullamcorper nonummy donec praesent, turpis nisi aliquet turpis nisi non, consectetur donec ullamcorper. Turpis aliquam proin dolor nibh eget ipsum massa molestie feugiat ut non, pharetra. Congue aliquet turpis nisi aliquet sit, ut, non pharetra congue euismod pulvinar tincidunt. Euismod pulvinar, massa molestie ut non, pharetra tincidunt id pulvinar massa molestie ipsum. Ante, molestie dolor tincidunt euismod pulvinar massa tellus sit lobortis non pharetra congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 29: Consectetur ac et eget sed massa molestie feugiat lobortis volutpat pharetra congue pulvinar dolore sem at magna. Diam nonummy donec mi, mauris tempus ante eget lorem nibh elit erat mi felis aliquam praesent turpis. Aliquam proin at laoreet molestie sit nisi non pharetra tincidunt volutpat pulvinar tincidunt euismod pulvinar nunc tellus. Pharetra congue diam amet dolore aliquet turpis nisi sem consectetur congue amet donec mi adipiscing ac, et. Elit erat, diam, felis tempus massa mauris lorem ante eget lorem et elit, erat mi adipiscing aliquam. Proin feugiat, laoreet euismod amet nunc tellus sit nisi sem consectetur, magna diam nonummy dolore aliquet consectetur. Magna et nonummy, donec, diam nonummy donec praesent, adipiscing, aliquam elit ac et elit, donec aliquet turpis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="even" r:id="R4dc8f7d8f5b34286"/>
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="R343e894009d741fc"/>
+          <w:headerReference w:type="even" r:id="R0897c4b8e727497e"/>
+          <w:headerReference w:type="default" r:id="R9d25ef0169864c80"/>
+          <w:headerReference w:type="first" r:id="Rb17583ca7bbf4be3"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 30: Dolor volutpat lobortis feugiat molestie ante erat consectetur diam magna at, sem aliquam felis ante. Nonummy ullamcorper ut sit tellus massa pulvinar id laoreet dolor volutpat nibh lorem, molestie nunc. Sit sem dolore amet aliquet donec nonummy diam magna consectetur nisi turpis praesent aliquam adipiscing. Praesent magna consectetur, sem nisi, at ante lorem felis ante tempus id tincidunt dolor volutpat. Congue consectetur sem nisi consectetur nisi adipiscing proin aliquam felis laoreet sed id tincidunt pharetra. Non congue sit, tellus massa ipsum euismod nunc pulvinar euismod congue consectetur sem nisi aliquet. Nunc pulvinar euismod tincidunt feugiat molestie massa, feugiat tellus nunc pulvinar euismod tincidunt pharetra non. Ut feugiat tellus nunc sit aliquet dolore amet euismod tincidunt pharetra ut sit tellus nisi. Turpis aliquet dolore nonummy diam ac eget, nibh lorem eget nibh feugiat molestie massa pulvinar. Turpis ullamcorper tincidunt pharetra non congue pharetra, massa ipsum eget nibh ac at proin, aliquam. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 30: Magna mi elit erat nonummy donec aliquet, adipiscing aliquam diam, nonummy donec praesent adipiscing, tempus, proin at ac. Nibh eget dolor massa molestie feugiat massa, molestie lorem ante ac diam nonummy magna diam, amet, nunc praesent. Adipiscing aliquam proin elit erat mi felis aliquam praesent adipiscing aliquam proin at ac diam elit, donec adipiscing. Nisi aliquet turpis, ut non pharetra congue volutpat pharetra dolore ullamcorper amet nunc, molestie feugiat lobortis molestie feugiat. Et eget dolor tincidunt sit nisi sem consectetur magna ullamcorper amet dolore praesent adipiscing nisi sem consectetur, magna. Diam amet dolore, aliquet amet nunc molestie feugiat lobortis non amet dolore ullamcorper dolore sem turpis, nisi diam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, paragraph 1: Felis euismod lobortis tempus, felis praesent magna pharetra. Non lobortis tempus felis mi ac at sem. Nisi turpis euismod, laoreet ac at dolore amet. Ullamcorper congue pharetra molestie massa, pulvinar, euismod tincidunt. Sed eget nibh tempus, felis mi donec elit. Diam ut sit tellus laoreet sed, eget aliquam. Turpis aliquet nunc amet ullamcorper tincidunt dolor molestie. </w:t>
-[...144 lines deleted...]
-        <w:t xml:space="preserve">Section 2, paragraph 30: Volutpat et aliquam, amet, ullamcorper tincidunt dolor volutpat massa, ipsum adipiscing mi erat elit et adipiscing praesent donec amet ullamcorper. Congue pharetra volutpat lobortis ipsum euismod laoreet, sed eget tincidunt dolor molestie massa ipsum id mi erat elit proin turpis. Tellus tincidunt sed mauris proin tempus felis mi erat elit mi erat elit et lorem molestie, massa ipsum felis mi. Ac at et ac, mauris, proin adipiscing diam magna consectetur tellus nunc sit, tellus tincidunt dolor, euismod tincidunt feugiat molestie. Massa tempus id laoreet erat elit nibh lorem eget tempus, felis mi erat eget diam ac consectetur sem nisi amet. Aliquet congue pharetra non ut sit id mi magna consectetur proin aliquam adipiscing praesent donec nonummy ut sit tellus nunc. Ipsum felis mi lorem eget nibh lorem mauris, mi donec amet ullamcorper congue sit tellus dolore amet euismod tincidunt dolor. Eget nibh lorem praesent donec nonummy sem nisi turpis aliquet, dolore turpis praesent dolore nonummy ullamcorper ut, sit tellus nunc. </w:t>
+        <w:t xml:space="preserve">Section 2, paragraph 1: Et lorem tempus magna lorem congue lobortis diam tellus at amet consectetur pulvinar aliquam. Magna ut laoreet proin, volutpat adipiscing sit sed nisi, lobortis ullamcorper mauris pharetra donec. Mi volutpat, consectetur erat ut diam, eget pulvinar nibh ullamcorper mauris, dolor donec massa. Volutpat, nonummy tempus magna laoreet aliquet at dolor nisi nibh diam mauris pharetra sed. Nisi nunc ante diam molestie erat, dolore tincidunt, mi volutpat felis consectetur sed tempus. Magna nunc diam eget sit magna laoreet aliquet at nonummy, feugiat magna massa sem. At pharetra erat, ut et euismod, consectetur dolor dolore proin euismod amet dolore aliquet. Adipiscing lorem et elit erat laoreet, id consectetur congue diam elit donec mi consectetur. Dolore praesent amet dolore, sem consectetur magna et elit erat mi adipiscing tempus proin. At ac et elit sed mi felis donec praesent at ac proin pulvinar nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 2: Nibh id ipsum nunc tellus feugiat diam amet dolore praesent at, lorem lobortis volutpat pulvinar dolore aliquet turpis. Nisi et felis ipsum massa, mauris feugiat lobortis volutpat dolor congue ullamcorper pulvinar non pharetra congue diam amet. Donec aliquet adipiscing, aliquam ante elit, ac et elit tempus, massa molestie feugiat lobortis non, pharetra nunc aliquet. Turpis et eget erat, laoreet molestie feugiat massa volutpat dolor tincidunt euismod amet nunc aliquet consectetur nisi, diam. Nonummy donec praesent adipiscing, donec proin adipiscing et eget sed mi elit aliquam proin at aliquam sem consectetur. Ac et elit tempus ante molestie lorem nibh volutpat, dolor laoreet id ipsum nunc molestie feugiat non pharetra. Tincidunt, ullamcorper amet nisi proin at ac diam nonummy donec praesent adipiscing aliquam ante, mauris, lorem laoreet id. Pulvinar, massa molestie lorem lobortis eget congue euismod ipsum massa molestie sit ut ullamcorper amet dolore, aliquet amet. Nisi sem turpis nisi sem consectetur magna praesent aliquet adipiscing nisi sem sit ut non amet dolore praesent. Adipiscing aliquam et elit erat laoreet id tempus, ante felis aliquam proin, at magna diam nonummy congue felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 3: Et elit, erat laoreet sit nisi, diam consectetur magna aliquet adipiscing, lorem nibh eget sed laoreet euismod, ipsum nunc tellus. Consectetur magna, diam adipiscing donec aliquet turpis nisi at ac diam nonummy donec mi felis aliquam sem consectetur magna sem. Nonummy sed massa tellus sit lobortis non dolor laoreet euismod amet dolore aliquet congue ullamcorper nonummy congue ullamcorper pulvinar nunc. Tellus sit ut, tellus pharetra congue euismod pulvinar tincidunt id pulvinar, massa molestie feugiat lobortis volutpat, dolor proin at ac. Et elit erat mi elit erat mi adipiscing aliquam sem consectetur lorem, nibh id, sed massa molestie lorem lobortis volutpat. Pharetra congue aliquet dolore tellus feugiat lobortis molestie feugiat nibh elit erat mi id donec praesent nonummy, donec, praesent adipiscing. Ac et eget ipsum massa molestie feugiat massa volutpat dolor ullamcorper amet nunc tellus feugiat lobortis molestie feugiat lobortis eget. Sed laoreet felis tempus mi felis aliquam ante mauris ac laoreet elit ac non pharetra magna diam elit erat ante. Felis tempus nibh elit ac mi felis erat praesent nonummy, donec aliquet sit, nisi sem nonummy magna diam amet congue. Turpis aliquam sem consectetur nisi diam nonummy donec aliquet amet nisi sem turpis, nisi diam elit erat mi adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 4: Proin, mauris feugiat nibh eget, ipsum nunc aliquet turpis ut pharetra, congue diam adipiscing aliquam proin at ac et elit. Erat mi felis aliquam proin at nisi proin consectetur magna diam nonummy dolore ullamcorper adipiscing sem consectetur ac et elit. Tempus massa molestie lorem nibh volutpat sed nibh id ipsum, laoreet felis ipsum lobortis non pharetra congue ullamcorper dolor, mi. Feugiat lobortis, volutpat dolor congue euismod amet dolore, aliquet turpis magna diam elit erat mi felis donec proin adipiscing, ac. Et elit ac elit erat, mi mauris feugiat lobortis eget dolor laoreet felis tempus mi felis aliquam praesent adipiscing nisi. Sem at erat mi id feugiat lobortis volutpat dolor congue turpis nisi sem consectetur magna sem nonummy donec diam nonummy. Donec aliquet turpis nisi proin at donec, praesent adipiscing aliquam praesent turpis dolore sem consectetur, magna diam erat mi adipiscing. Tempus proin, consectetur magna diam nonummy donec praesent adipiscing aliquam proin mauris sed nibh eget erat, mi elit massa volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 5: Amet dolore, sem consectetur nisi id ipsum ante molestie feugiat ut non pharetra congue ullamcorper amet nunc molestie sit ut ullamcorper nonummy donec praesent adipiscing aliquam sem consectetur magna, diam. Donec praesent nonummy donec proin at aliquam et elit donec praesent felis tempus ante mauris feugiat tincidunt euismod dolor tincidunt molestie feugiat lobortis volutpat lorem mi mauris feugiat ut ullamcorper. Nonummy dolore tellus pulvinar ut non pharetra, ut, ullamcorper amet dolore praesent adipiscing ac et elit ac mi tempus massa molestie feugiat lobortis, eget dolor, laoreet, id ipsum massa, tellus. Sit, congue ullamcorper amet donec praesent turpis aliquam, sem at magna diam nonummy donec diam nisi sem, consectetur nisi diam eget sed laoreet felis tempus nibh volutpat dolor tincidunt euismod. Amet dolore aliquet sit lobortis, molestie, feugiat, lobortis eget sed laoreet id praesent felis tempus ante mauris lorem nibh id pulvinar nunc tellus feugiat lobortis volutpat feugiat lobortis volutpat ipsum. Dolore aliquet magna sem consectetur magna ullamcorper amet donec praesent, consectetur magna et, eget ipsum mi felis tempus massa, molestie feugiat laoreet eget sed massa id feugiat lobortis, dolor congue. Diam, turpis nisi sem consectetur magna diam, consectetur congue non pharetra dolore praesent turpis nisi tellus feugiat lobortis volutpat, feugiat congue euismod, pulvinar dolore tellus lobortis volutpat pharetra lobortis eget. Sed laoreet eget ipsum laoreet mauris tempus ante volutpat sed, laoreet id pulvinar nunc tellus sit nisi ullamcorper pharetra dolore ullamcorper turpis, sem mauris sed laoreet id tempus ante molestie. Feugiat ut ullamcorper nonummy donec proin at ac et elit erat, et, elit erat mi mauris tempus ante mauris et id pulvinar ante, mauris feugiat lobortis volutpat dolor tincidunt id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 6: Sed massa molestie feugiat lobortis, non dolor lobortis volutpat sed nunc pulvinar nunc tellus sit ut non pharetra dolore aliquet turpis nisi sem. Consectetur magna diam amet, donec, aliquet adipiscing aliquam proin at ac mi felis tempus mauris feugiat lobortis euismod, pulvinar, nunc euismod pulvinar nunc. Tellus sit congue ullamcorper pharetra congue, ullamcorper pulvinar massa molestie feugiat lobortis volutpat dolor lobortis volutpat nunc aliquet consectetur magna sem nonummy donec. Praesent adipiscing aliquam praesent adipiscing aliquam proin at erat mi elit dolore, ullamcorper amet nisi aliquet nisi sem consectetur donec praesent adipiscing, dolore. Aliquet, adipiscing aliquam diam elit erat mi adipiscing donec praesent adipiscing ac et at ac mi felis, erat ante mauris magna diam nonummy. Donec praesent consectetur nisi diam nonummy donec mi adipiscing aliquam praesent adipiscing aliquam sem pharetra ut ullamcorper amet, dolore ullamcorper, pulvinar tincidunt euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 7: Magna praesent adipiscing aliquam ante mauris ac et ac praesent, adipiscing aliquam proin at ac. Nibh eget sed mi id feugiat lobortis, volutpat pharetra congue euismod amet nunc tellus pulvinar. Massa tellus sit ullamcorper amet congue aliquet turpis nisi sem consectetur ac et, felis tempus. Ante molestie feugiat, lobortis volutpat, dolor tincidunt euismod pulvinar massa mauris lorem nibh pharetra congue. Ullamcorper pulvinar dolore, aliquet pharetra ut volutpat feugiat nibh eget sed laoreet felis tempus mi. Felis tempus ante eget lorem, nibh ipsum nunc tellus, sit ut non pharetra congue ullamcorper. Pulvinar dolore aliquet consectetur nisi non pharetra, congue aliquet amet dolore tellus sit ut sem. Consectetur, donec id lorem nibh eget sed laoreet id sed mi felis ipsum ante mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 8: Aliquam proin at ac nibh elit donec praesent adipiscing aliquam proin adipiscing ac nibh elit ac et, nonummy donec praesent, adipiscing. Aliquam at, erat mi felis ipsum nunc molestie lorem nibh eget sed tincidunt euismod ipsum massa id feugiat massa molestie dolor. Laoreet, euismod pulvinar massa molestie, ut non pharetra tincidunt ullamcorper turpis, nisi sem consectetur, magna diam nonummy donec praesent adipiscing, aliquam. Nibh eget, sed laoreet id pulvinar nunc tellus sit, ut non tincidunt euismod pulvinar nisi, sem consectetur ac nibh id, ipsum. Massa molestie, lorem nibh eget dolor tincidunt euismod ipsum, mi id tempus massa ac et eget sed laoreet id, tempus ante. Molestie feugiat lobortis volutpat dolor feugiat tincidunt ullamcorper amet dolore tellus sit ut non sit ut non dolor congue, turpis aliquam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 9: Feugiat erat lobortis sem elit sit lorem, aliquet mauris sed, tincidunt proin, eget amet, aliquam massa molestie pharetra congue praesent molestie amet donec ante volutpat. Nonummy ipsum nisi diam felis pulvinar magna id adipiscing sed congue ante ullamcorper, felis sit sed, dolore, proin eget, amet feugiat magna ante volutpat consectetur. Erat ut diam id sit aliquam nibh, at pharetra, donec lobortis et molestie elit dolor nisi lobortis praesent mauris dolor donec mi tellus pharetra sed. Nisi laoreet aliquet non felis sed nunc proin ullamcorper at pharetra donec massa et tellus mauris amet feugiat, tempus nunc diam tellus mauris dolor dolore. Proin non, felis consectetur sed nisi et dolor tempus lobortis diam sem id consectetur pulvinar lorem congue massa et euismod eget adipiscing, sit sed aliquam. Dolore lobortis et, aliquet elit, turpis feugiat donec nunc eget at pulvinar, feugiat, donec, massa proin euismod mauris pharetra, congue aliquet at, amet erat, lobortis. Et tellus mauris pulvinar, tempus magna massa sed lorem donec massa ullamcorper adipiscing consectetur ipsum lorem donec lobortis diam id, turpis magna tincidunt, proin ullamcorper. Tellus, eget sit dolor donec, ut mi, sem euismod pharetra tempus nisi nunc proin ullamcorper molestie consectetur, erat nunc diam eget sit ac, laoreet ante. Ullamcorper id sit ac massa proin eget turpis lorem congue ante id mauris pulvinar tempus tincidunt volutpat non felis sit pulvinar lorem congue massa tellus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 10: Ipsum pharetra tempus sed aliquam lobortis. Praesent sem eget, pulvinar dolor lorem. Congue aliquam congue laoreet, non eget. Amet feugiat congue ante sem id. Consectetur dolor nisi tincidunt mi tellus. Nonummy pulvinar aliquam tincidunt ante non. Molestie elit ac donec, lobortis, mi. Sem euismod mauris elit, ipsum magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 11: Feugiat sed nisi laoreet volutpat felis consectetur dolor nisi nibh praesent volutpat felis sit ac dolore ut mi diam euismod at pharetra, ipsum erat nisi tincidunt ante mi sem pulvinar. Magna nunc ante volutpat adipiscing sit ipsum ut et id turpis lorem, dolore ut diam euismod, at amet lorem tincidunt, praesent mauris nonummy pulvinar elit ipsum nisi, laoreet proin ullamcorper. Id consectetur dolor, ac dolore lobortis mi sem volutpat felis sit erat ut tincidunt ante non felis consectetur ipsum aliquam tincidunt mi sem euismod molestie nonummy pulvinar ac nunc nibh. Diam tellus elit turpis pharetra tempus massa laoreet ante praesent non felis, turpis dolor ut mi molestie consectetur sed nisi laoreet praesent molestie elit sit ac, massa nibh ullamcorper adipiscing. Pharetra erat massa, sem id turpis lorem dolore ante diam id ipsum ac dolore ante non elit at pulvinar lorem erat ut tincidunt, proin euismod mauris consectetur, erat ut laoreet. Praesent non id consectetur, amet, feugiat donec massa felis at pulvinar pharetra tempus ac nunc ante ullamcorper molestie nonummy, sit dolor aliquam congue nunc nibh praesent diam molestie pulvinar feugiat. Donec ac donec, lobortis praesent sem id turpis lorem dolore ante diam, molestie at amet lorem congue, ante volutpat euismod turpis lorem nunc sem, mauris pharetra sed ut laoreet aliquet. Mauris nonummy feugiat ac massa proin aliquet, mauris, nonummy sit erat dolore ante ullamcorper mauris, nonummy turpis lorem donec congue laoreet at ipsum ac, congue ante diam, id at, amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 12: Ante, laoreet proin ullamcorper mauris elit feugiat erat, nisi lobortis mi diam euismod mauris amet feugiat donec nibh. Tellus non felis sit ac massa proin euismod turpis aliquam tincidunt ante sem id, turpis sed aliquam tincidunt. Praesent sem eget adipiscing sed, magna massa sem elit pulvinar lorem congue massa diam molestie elit pulvinar feugiat. Erat ut laoreet aliquet mauris adipiscing sit donec nunc et ullamcorper molestie elit sit nunc lobortis mi non. Tellus eget nonummy pharetra pulvinar lorem donec magna nunc et aliquet, molestie, adipiscing sit ipsum, ac dolore lobortis. Mi volutpat molestie nonummy, sit sed, aliquam lobortis mi tellus at sit ac congue aliquet mauris pharetra tempus. Magna tincidunt aliquet, elit dolor aliquam nibh euismod nonummy lorem laoreet tellus nonummy pulvinar, aliquam laoreet ullamcorper mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 13: Lobortis molestie id at pulvinar lorem, tempus. Magna dolore ut massa nibh proin ullamcorper. Tellus elit adipiscing lorem dolore lobortis sem. Euismod at, pulvinar nisi lobortis mauris consectetur. Sed ac dolore nibh ullamcorper, molestie elit. Turpis dolor erat nisi nunc et aliquet. Volutpat felis turpis sed donec ut mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 14: Volutpat, aliquet volutpat adipiscing pharetra erat nisi et euismod at dolor donec nibh ullamcorper felis sit ac. Dolore ante non id consectetur ipsum nisi nibh praesent molestie consectetur, tempus magna tincidunt ante euismod mauris. Consectetur ipsum nisi tincidunt ante, diam consectetur pulvinar lorem dolore massa sem molestie consectetur dolor tempus, congue. Ut nunc ante non mauris pharetra sed aliquam tincidunt ante ullamcorper molestie eget turpis feugiat erat non. Euismod eget nonummy feugiat erat diam nunc lobortis ullamcorper id elit turpis ac laoreet aliquet adipiscing, feugiat. Donec magna laoreet sem volutpat nibh, praesent tellus eget, sit, lorem, nunc praesent ullamcorper felis feugiat ut. Laoreet proin volutpat pulvinar lorem donec nisi laoreet proin euismod adipiscing sit tempus nisi laoreet at pharetra. Ipsum ac nunc et aliquet molestie amet, tempus magna nunc nibh praesent non felis consectetur sed donec. Lobortis praesent sem ullamcorper eget nonummy sit, nunc et aliquet volutpat nonummy, feugiat amet feugiat erat magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 15: Ac aliquam congue ante ullamcorper aliquet eget amet feugiat magna nunc diam id consectetur dolor aliquam ac tincidunt proin molestie amet tempus ut mi sem. Eget, pulvinar dolor erat ut laoreet proin euismod mauris consectetur sit lorem donec ut mi non, eget dolor tempus, magna dolore nibh mi sem id. At nonummy sit ipsum aliquam tincidunt ante ullamcorper, id at pulvinar lorem dolore, massa mi sem euismod dolor tempus magna, tincidunt ante ullamcorper molestie consectetur. Pulvinar sed donec congue laoreet proin praesent, volutpat felis consectetur sed nisi nibh volutpat adipiscing, consectetur sed aliquam lobortis ullamcorper felis consectetur sed nisi laoreet. Ullamcorper mauris elit tempus ut diam id feugiat ac tincidunt proin ullamcorper felis pharetra, sed aliquam tincidunt mauris amet ipsum congue nunc nibh, praesent non. Id elit turpis dolor tempus magna nunc, ante diam tellus eget turpis sed aliquam ut laoreet sem eget ac, donec, lobortis mi sem volutpat, felis. Consectetur ipsum magna laoreet proin non tellus eget at amet ipsum congue mi tempus lobortis et tellus at, sed nisi ante ullamcorper felis feugiat ut. Diam tellus elit sit ac congue, proin volutpat elit feugiat nisi et molestie sit erat, proin euismod felis sit sed nisi tincidunt ante ullamcorper id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 16: Et, praesent sem euismod mauris nonummy. Pharetra ipsum magna dolore, lobortis mi. Sem praesent volutpat felis consectetur pulvinar. Donec nisi nunc ante praesent non. Id, mauris amet lorem donec nunc. Nibh, nibh ullamcorper, id consectetur sed. Nisi tincidunt ante non felis sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 17: Elit turpis dolor tempus congue massa proin. Euismod mauris pharetra tempus ut mi tellus. Elit, molestie at amet feugiat magna massa. Nibh praesent, volutpat id at ipsum, ac. Congue ante diam id consectetur dolor aliquam. Congue massa, et euismod consectetur tincidunt ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 18: Praesent sem eget, at pharetra erat magna tincidunt, et praesent volutpat elit turpis nunc nibh diam molestie consectetur, ipsum ac dolore ut mi sem euismod, at dolor donec. Massa et sem mauris amet donec lobortis mi, molestie elit pulvinar tincidunt praesent, volutpat nonummy, ipsum ut diam id turpis pulvinar tempus lobortis praesent volutpat nonummy sit lorem. Dolore, lobortis praesent tellus id adipiscing dolor tempus diam molestie eget turpis, feugiat erat lobortis mi aliquet eget nonummy feugiat erat, nunc et aliquet, volutpat, nonummy feugiat ac. Aliquam congue praesent pharetra tempus nisi tincidunt proin ullamcorper mauris consectetur ipsum ac dolore nibh diam tellus eget amet sed, donec ut mi aliquet elit pulvinar nisi ante. Volutpat amet pulvinar, lorem laoreet aliquet, mauris amet tempus ut diam felis pharetra erat nunc et euismod mauris amet ipsum nisi laoreet aliquet, mauris amet lorem congue massa. Diam pulvinar lorem dolore ante ullamcorper molestie at ipsum aliquam congue praesent volutpat elit turpis pulvinar lorem magna ut nibh aliquet amet feugiat ac dolore laoreet, proin ullamcorper. Id at amet feugiat donec ut laoreet sem euismod mauris nonummy sit sed donec ut massa sem id mauris nonummy ac laoreet aliquet at dolor nisi nibh diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 19: Congue magna laoreet et ullamcorper mauris elit, ipsum, nisi. Mi sem euismod, felis, consectetur pulvinar magna tincidunt ante. Ullamcorper molestie sed aliquam congue, ante diam, aliquet eget. Turpis dolor donec nunc, mi sem, volutpat adipiscing consectetur. Sit sed aliquam magna massa proin aliquet mauris nonummy. Magna nisi tincidunt mi diam tellus mauris amet feugiat. Donec nisi tincidunt, ante ullamcorper molestie at, ipsum lorem. Donec lobortis laoreet aliquet elit pulvinar, aliquam lobortis euismod. Aliquet mauris adipiscing lorem ut mi tellus consectetur ipsum. Nisi dolore massa non nonummy ipsum magna aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 20: Feugiat donec nunc et aliquet mauris pharetra feugiat ac dolore nibh. Praesent non id at aliquam congue nunc et tellus mauris nonummy. Pharetra ipsum ac tincidunt praesent volutpat elit sit ac dolore, tincidunt. Ante diam aliquet, volutpat felis consectetur ut laoreet aliquet eget, adipiscing. Pharetra sed, ac congue massa, diam molestie, eget adipiscing dolor donec. Massa mi euismod consectetur nonummy feugiat congue mi tellus elit pulvinar. Nibh ullamcorper molestie nonummy tempus ut tincidunt sem volutpat turpis tempus. Erat, ut laoreet tellus eget, amet feugiat donec nunc et ullamcorper. Adipiscing tincidunt, mi non, id at, dolor tempus congue mi sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 21: Praesent ullamcorper pharetra ipsum, ac congue proin non felis turpis dolor lorem magna nunc et tellus eget nonummy pharetra donec ut laoreet praesent volutpat id at, ac dolore. Massa laoreet proin aliquet felis dolor donec nunc, nibh aliquet mauris nonummy lorem magna massa sem id amet, feugiat tincidunt, praesent volutpat, amet erat nunc sem at pulvinar. Tempus magna massa, sem eget turpis sed aliquam, lobortis diam id consectetur ipsum, ac donec magna nunc lobortis ante sem id turpis laoreet, praesent volutpat, id consectetur pulvinar. Ac aliquam lobortis, et aliquet elit amet lorem, magna massa mi sem euismod mauris, consectetur ipsum aliquam tellus eget adipiscing pharetra ipsum aliquam congue massa diam id at. Pulvinar lorem, congue ante sem id turpis ac laoreet aliquet eget pharetra sit magna laoreet aliquet mauris feugiat congue aliquet molestie consectetur ipsum ut diam felis pulvinar nisi. Tincidunt proin non adipiscing feugiat erat massa proin ullamcorper, at amet tempus ac dolore nibh turpis feugiat ipsum, magna tincidunt nibh non felis, pharetra sed nisi, nibh aliquet. Volutpat elit sit dolor nisi, et ullamcorper dolor, erat nisi tincidunt praesent volutpat adipiscing pharetra pulvinar lorem, donec lobortis mi aliquet eget adipiscing dolor erat ut mi tellus. Volutpat felis dolor erat ut diam mauris pharetra, aliquam lobortis praesent molestie elit at, dolor erat massa non elit pulvinar, magna tincidunt ante volutpat adipiscing feugiat erat ut. Et tellus eget nonummy feugiat et tellus elit adipiscing dolor tempus magna tincidunt proin ullamcorper molestie nonummy sit sed aliquam lobortis laoreet non eget adipiscing pharetra donec ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 22: Pulvinar dolor ac dolore lobortis mi sem euismod molestie adipiscing pharetra ipsum ac congue massa sem euismod mauris turpis feugiat. Erat nunc nibh id at dolor donec mi non elit turpis lorem congue aliquet, molestie, nonummy ipsum nisi et tellus. Consectetur dolor aliquam ut, mi, molestie nonummy pulvinar aliquam tincidunt proin non ipsum magna nunc lobortis mi non id, consectetur. Pulvinar sit ipsum magna laoreet praesent eget nonummy, feugiat ac aliquam congue ante non, id at amet tempus ullamcorper mauris. Nonummy pulvinar magna nunc ante ullamcorper molestie consectetur pulvinar aliquam congue massa et, aliquet euismod felis pharetra tempus ut mi. Sem volutpat sit donec massa sem elit pulvinar aliquam congue proin, molestie amet tempus ut et molestie consectetur pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 23: Et ante volutpat felis, eget adipiscing pharetra ipsum, magna laoreet, proin euismod felis. Consectetur, ipsum nisi tincidunt euismod molestie id adipiscing pharetra ipsum magna nunc nibh. Aliquet non elit turpis erat dolore lobortis mi diam euismod eget nonummy consectetur. Pulvinar ac euismod at pharetra, feugiat sed aliquam congue massa, diam tellus eget. Adipiscing consectetur pulvinar ac nunc sem euismod felis sit donec laoreet proin id. Adipiscing dolor tempus nunc nibh euismod adipiscing lorem sem eget, amet, lorem, ut. Laoreet sem euismod at sed dolore ut et tellus eget turpis tempus, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 24: Lorem sed aliquam nunc ante ullamcorper, molestie id at dolor erat. Diam tellus eget, amet lorem donec, ut tincidunt sem volutpat mauris. Nonummy sit dolor tempus magna nunc proin ullamcorper molestie nonummy turpis. Pulvinar lorem congue mi pharetra, ipsum lorem donec nibh non nonummy. Ipsum pulvinar sed congue praesent volutpat felis turpis ac, tincidunt sem. Eget pulvinar tempus tincidunt praesent sem eget amet tempus, magna nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 25: Congue ut laoreet, proin euismod felis pharetra donec nisi aliquet euismod molestie elit. At dolor donec congue massa sem ullamcorper molestie nonummy feugiat ac dolore nibh. Diam molestie felis consectetur, dolor tempus congue laoreet sem pulvinar, lorem donec ut. Massa nibh praesent, non id consectetur erat nisi tincidunt mi non euismod at. Pharetra donec, ante eget amet feugiat magna sem volutpat adipiscing feugiat congue massa. Diam, tellus eget amet tempus congue massa sem id turpis ac laoreet ullamcorper. Mauris elit, ipsum, congue laoreet consectetur pulvinar, tempus magna massa diam euismod turpis. Sed aliquam ut mi sem euismod, at, pharetra ipsum ac nunc nibh ante. Diam, sem ullamcorper molestie felis nunc laoreet proin eget adipiscing pharetra sed aliquam. Congue massa diam tellus at dolor ac dolore massa et sem euismod mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 26: Massa nibh praesent ullamcorper tellus elit amet nisi lobortis praesent, volutpat elit sit lorem donec nisi, donec lobortis diam molestie consectetur amet dolor donec, massa et tellus volutpat. Adipiscing consectetur feugiat, sed aliquam tincidunt mi sem id at laoreet aliquet volutpat adipiscing pharetra sed dolore lobortis mi, volutpat elit, turpis sed aliquam tincidunt praesent tellus, euismod. At amet feugiat magna ut laoreet praesent non molestie, ac dolore nibh, mi non felis consectetur pulvinar nisi tincidunt ante diam tellus at nonummy, sit erat nunc sem. Elit, at elit sit nunc proin volutpat turpis lorem magna massa sem id turpis sed dolore nibh diam molestie consectetur sed massa proin volutpat felis pharetra tempus nisi. Mi aliquet eget dolore lobortis diam molestie nonummy turpis lorem donec, ut et tellus eget, pulvinar lorem dolore ante diam tellus consectetur pulvinar tempus congue nunc et euismod. Mauris pharetra ante volutpat pharetra congue aliquet at feugiat congue praesent, felis dolor congue ante non nonummy erat nunc diam elit pulvinar et id sit ac laoreet aliquet. Mauris amet erat massa sem elit, tempus ut et felis sit magna laoreet tellus adipiscing sed, aliquam ante non adipiscing feugiat, massa sem elit pulvinar dolore proin euismod. Adipiscing dolor, magna massa tellus pharetra erat nunc et tellus volutpat adipiscing sit sed aliquam tincidunt ante ullamcorper tellus at aliquam congue mi non id eget adipiscing sit. Sed lorem donec lobortis mi sem euismod volutpat molestie tellus eget felis consectetur ipsum magna nunc lobortis diam non at amet, feugiat sed aliquam congue, praesent volutpat elit. Feugiat nisi et euismod mauris amet dolor tempus magna donec congue nunc et, aliquet volutpat id at, dolore tincidunt mi diam tellus mauris turpis, tempus congue ante diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 27: Tincidunt lobortis, dolore tincidunt lobortis laoreet, sem ullamcorper sem euismod mauris nonummy ipsum dolor, tempus magna dolore tincidunt. Lobortis nunc nibh mi sem euismod mauris nonummy feugiat tempus ut nibh tellus at pharetra aliquam ut, et. Tellus ipsum ac dolore massa et aliquet, at dolor nisi tincidunt mi non, elit pulvinar nisi nibh tellus. Eget nonummy ipsum, magna nunc proin euismod adipiscing dolore, lobortis et euismod consectetur dolor aliquam ut, mi sem. Euismod, mauris amet tempus ut et tellus eget turpis, lorem dolore lobortis et, pulvinar lorem nunc nibh diam. Tellus nonummy turpis lorem, dolore massa ullamcorper felis pharetra ipsum aliquam lobortis aliquet molestie nonummy pulvinar ac dolore. Nibh ullamcorper molestie nonummy ut tincidunt proin volutpat nonummy ipsum, ac dolore et euismod adipiscing pharetra erat nisi. Laoreet aliquet eget nonummy feugiat magna nunc, nibh proin non id consectetur pulvinar, et praesent ullamcorper, tellus eget. Mauris elit consectetur, pulvinar feugiat tempus sed aliquam congue mi non id at nonummy sit dolore tincidunt massa. Mi, nibh ante et sem ullamcorper molestie pharetra sed aliquam laoreet ullamcorper at, amet tempus congue mi, molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 28: Molestie nonummy ipsum nisi et euismod at pharetra tempus, magna sem ullamcorper mauris, nonummy turpis ipsum, aliquam lobortis mi sem id, consectetur dolor. Donec congue, ante et tellus at pharetra ipsum ac dolore laoreet proin amet feugiat erat nunc nibh diam non euismod mauris dolor tempus. Congue massa proin euismod, adipiscing pharetra tempus ut, mi sem aliquet mauris felis turpis tincidunt proin, volutpat felis pharetra, sed aliquam laoreet praesent. Mauris nonummy feugiat, ac nunc proin praesent ullamcorper id eget felis dolor donec nunc, eget, consectetur pulvinar tempus donec ut laoreet praesent volutpat. Felis at, turpis pharetra ipsum ac dolore ante, ullamcorper volutpat felis consectetur dolor aliquam magna, nunc nibh praesent nonummy sit sed nisi tincidunt. Mi, non, id consectetur pulvinar feugiat donec nunc diam euismod, mauris amet tempus congue mi non id, at, pharetra tempus ut laoreet, at. Amet, feugiat, magna massa adipiscing id at amet tempus magna massa et aliquet, eget adipiscing consectetur ullamcorper id, consectetur lorem donec lobortis, et. Tellus ullamcorper, volutpat elit sit, sed aliquam ut mi proin, tellus, mauris, amet ipsum, magna massa proin euismod felis pharetra tempus nisi nunc. At amet lorem magna nunc et aliquet volutpat felis consectetur ipsum nisi, lobortis, praesent ullamcorper molestie turpis dolor, aliquam congue mi sem, id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 29: Turpis amet feugiat sed nisi, praesent sem, euismod at amet feugiat tempus ac nunc proin. Ullamcorper tellus eget sit lorem dolore lobortis mi sem volutpat adipiscing dolor erat nisi laoreet. Eget, felis pharetra sed ac nunc nibh diam sem euismod at amet ipsum sed dolore. Tincidunt lobortis mi proin euismod adipiscing dolor ipsum magna nunc diam molestie at amet dolor. Aliquam ut mi proin volutpat mauris nonummy, sit erat aliquam lobortis praesent tellus eget adipiscing. Amet feugiat donec massa et praesent volutpat ipsum ac nisi lobortis, mi sem euismod mauris. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 30: Nibh mauris adipiscing pharetra sed ac congue massa. Diam tellus elit adipiscing dolor magna massa diam. Euismod volutpat felis pharetra ipsum nisi nibh, ullamcorper. Molestie ipsum ipsum nisi lobortis mi sem id. Mauris turpis feugiat erat ut et tellus eget. Nonummy consectetur ipsum lorem dolore, lobortis mi, aliquet. Eget adipiscing tincidunt lobortis mi aliquet eget adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="even" r:id="Rec8cce743dfe4ee0"/>
-      <w:headerReference w:type="default" r:id="R72598f1f063f4516"/>
+      <w:headerReference w:type="even" r:id="R5e71aee72cdd4914"/>
+      <w:headerReference w:type="default" r:id="R0c5104f1e1d044e2"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1034,51 +1034,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9a6d32f0c7be4b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7d41ff9457c449d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd9d5cace665840ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R4dc8f7d8f5b34286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="R98e877a25913465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="R343e894009d741fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="Rec8cce743dfe4ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="R72598f1f063f4516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7994d8922e3d4a13" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd7c752c9d2e04f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3a71b23f586a4cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re599a9e8d4194a89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R0897c4b8e727497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="R9d25ef0169864c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="Rb17583ca7bbf4be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="R5e71aee72cdd4914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="R0c5104f1e1d044e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0a109b4541b6483f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>