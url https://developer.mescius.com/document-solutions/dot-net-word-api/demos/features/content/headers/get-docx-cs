--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,381 +1,381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcd33b57b12fe454a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd2b5bf72278747a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbe70ffde02ef4d03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9c080188d4234f93" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra2ccdedd092343bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R72f5f8d5bef044f8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 1: Turpis id turpis lorem tempus ut mi tellus, turpis erat, nunc lobortis ut laoreet ante diam aliquet, non tellus euismod at adipiscing feugiat congue diam elit feugiat ut non pharetra. Tempus lobortis sem consectetur donec ante mauris sit ut non pharetra aliquet mauris sed laoreet id amet nisi aliquet consectetur magna diam elit tempus massa molestie dolor congue diam nonummy. Aliquam proin at sed nibh sit nisi et eget erat laoreet tellus eget turpis amet ipsum nisi et tellus at amet lorem magna ante diam euismod at amet ipsum mi. Proin praesent volutpat elit sit ut non consectetur ipsum ac dolore ante ullamcorper molestie nonummy ipsum nisi nibh euismod adipiscing lorem congue, praesent mauris amet ipsum, mi sem eget amet. Dolor erat ut et euismod adipiscing lorem laoreet aliquet mauris sed congue praesent at dolor tempus massa, non elit, ipsum ut et id sed nunc ante euismod adipiscing pharetra sed. Ut laoreet praesent molestie adipiscing feugiat, erat nisi tincidunt praesent volutpat pharetra donec ante volutpat mauris pulvinar donec ante ullamcorper adipiscing, feugiat magna laoreet non, id at pharetra tempus magna. Nunc congue massa mi proin eget nonummy feugiat erat nisi laoreet praesent nonummy sit erat dolore, lobortis proin non, felis turpis dolor aliquam tincidunt praesent molestie elit pulvinar, lorem nunc. </w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">Section 1, paragraph 29: Consectetur ac et eget sed massa molestie feugiat lobortis volutpat pharetra congue pulvinar dolore sem at magna. Diam nonummy donec mi, mauris tempus ante eget lorem nibh elit erat mi felis aliquam praesent turpis. Aliquam proin at laoreet molestie sit nisi non pharetra tincidunt volutpat pulvinar tincidunt euismod pulvinar nunc tellus. Pharetra congue diam amet dolore aliquet turpis nisi sem consectetur congue amet donec mi adipiscing ac, et. Elit erat, diam, felis tempus massa mauris lorem ante eget lorem et elit, erat mi adipiscing aliquam. Proin feugiat, laoreet euismod amet nunc tellus sit nisi sem consectetur, magna diam nonummy dolore aliquet consectetur. Magna et nonummy, donec, diam nonummy donec praesent, adipiscing, aliquam elit ac et elit, donec aliquet turpis. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 1: Ut magna dolore lobortis ac nunc proin volutpat felis dolor erat ut diam. Aliquet mauris pulvinar donec, nibh ullamcorper nonummy sit ac massa proin, volutpat turpis. Tempus lobortis diam adipiscing feugiat congue mi molestie pharetra donec laoreet non eget. Turpis lorem, laoreet aliquet at pharetra donec tincidunt mi non elit pulvinar, nisi. Tincidunt proin volutpat amet aliquam ante eget amet aliquam lobortis ullamcorper felis turpis. Ac massa aliquet at sed nunc sem eget pulvinar ac laoreet tellus adipiscing. Sed dolore, proin volutpat pharetra donec ante, non elit ipsum nisi, et euismod. Turpis ac tincidunt sem eget mauris dolor dolore proin eget amet tempus massa. Non elit tempus lobortis diam felis sit nisi et id consectetur sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 2: Et ullamcorper at feugiat dolore mi molestie amet erat massa non elit pulvinar nisi, praesent molestie consectetur sed nunc proin id amet aliquam et eget amet, aliquam. Tincidunt praesent molestie dolor donec ante molestie pharetra donec massa non elit ipsum laoreet aliquet elit amet aliquam lobortis aliquet, felis dolor, donec massa, non eget sit. Nisi nibh id turpis lorem tincidunt praesent molestie amet donec lobortis praesent molestie pharetra erat nunc sem elit ipsum ut sem elit pulvinar nisi et euismod at. Dolor donec massa non nonummy ipsum lobortis erat nunc non elit ipsum nunc sem elit pulvinar nisi nibh id turpis ac laoreet, euismod turpis ac congue mi. Volutpat nonummy tempus ut sem, felis sit laoreet euismod, turpis ac laoreet tellus, adipiscing sed donec ante molestie amet erat lobortis sem elit feugiat nisi mi tellus. Consectetur sed nunc praesent, at sed, aliquet mauris pharetra aliquam, lobortis ullamcorper elit feugiat ut diam id consectetur erat tincidunt tellus, at sed nunc sem eget amet. Aliquam massa non at erat nunc proin eget amet nisi, nibh ullamcorper, turpis lorem lobortis ullamcorper felis dolor magna praesent mauris pharetra, donec massa tellus nonummy sed. Nunc pharetra magna mi molestie sit nisi et felis ipsum ut diam felis pulvinar magna diam eget sit nisi diam eget ipsum nisi proin eget ipsum nunc. Sem magna et id sit nisi et felis pulvinar nisi nibh euismod turpis magna nibh tellus adipiscing, sed dolore praesent mauris dolor congue praesent molestie dolor congue. Aliquet aliquam, ante eget dolor dolore, proin eget amet donec ante volutpat pharetra donec nibh non nonummy ipsum, ut ullamcorper felis sit ac tincidunt aliquet elit pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 3: Erat massa non, elit ipsum nisi et euismod at ac lobortis ullamcorper at, lorem congue, praesent molestie pharetra donec ante molestie consectetur erat, ut nonummy sed massa sem eget. Ipsum ut et eget sed nunc sem elit pulvinar nisi nibh euismod adipiscing lorem, magna mi, tellus consectetur erat laoreet feugiat ut ullamcorper id sit congue et id turpis. Ac mi aliquet at dolor nisi proin eget amet aliquam, nibh ullamcorper adipiscing lorem congue diam adipiscing tempus ullamcorper felis feugiat congue, diam id sit magna mi tellus, at. Sed nunc sem at lorem nunc praesent at sed dolore, praesent volutpat dolore proin molestie pharetra, tempus lobortis sem id, sit magna laoreet tellus at sed donec nibh diam. Id consectetur, erat laoreet, non elit ipsum aliquam nibh ullamcorper aliquam lobortis ullamcorper adipiscing feugiat magna praesent mauris sit, magna praesent mauris feugiat magna mi molestie pharetra erat, massa. Aliquet at, sed nunc proin euismod adipiscing lorem diam felis lorem tincidunt praesent mauris sit donec laoreet tellus consectetur sed dolore proin id turpis ac nibh euismod turpis tincidunt. Diam felis, feugiat congue, praesent mauris feugiat magna praesent id sit magna laoreet tellus consectetur ac laoreet id turpis erat tincidunt tellus consectetur dolor dolore mauris, dolor dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 4: Eget nonummy ipsum congue mi molestie at. Ipsum nisi, nibh euismod adipiscing lorem tincidunt. Ullamcorper adipiscing feugiat congue, praesent mauris sit. Donec laoreet molestie magna laoreet tellus consectetur. Sed nunc aliquet at erat tincidunt sem. Mauris amet aliquam lobortis ullamcorper, nonummy aliquam. Lobortis diam felis feugiat magna praesent feugiat. Magna massa aliquet at sed nunc proin. Volutpat amet tempus congue diam, felis sit. Magna laoreet tellus consectetur sed nunc proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 5: At ipsum dolore proin ullamcorper felis lorem congue mi mauris sit donec massa tellus, pharetra erat nunc sem ipsum dolore, proin, euismod amet ac. Tincidunt praesent molestie dolor, magna massa sem felis pulvinar, magna laoreet euismod turpis lorem tincidunt aliquet mauris, dolor praesent at dolor dolore praesent mauris. Pharetra tempus massa non, nonummy ipsum nisi diam eget sit aliquam laoreet id sit, ac nibh euismod turpis ac lobortis adipiscing lorem tincidunt aliquet. Felis, dolor, magna praesent mauris sit donec massa sem elit ipsum ut, sem elit, sed nunc et euismod turpis ac aliquet, adipiscing dolor magna. Praesent molestie pharetra donec ante, mauris sit donec mi id sit magna mi tellus, pharetra ac, et, id turpis erat laoreet aliquet at lorem. Congue praesent tellus nonummy sed nunc diam euismod adipiscing lorem tincidunt proin mauris pharetra tempus ut diam elit feugiat ut et euismod sit nisi. Nibh sit magna laoreet, tellus adipiscing lorem dolore ante, volutpat nonummy ipsum congue, mi molestie consectetur sed dolore proin volutpat nonummy congue praesent molestie. Pharetra donec laoreet sem eget pulvinar nisi et id, amet aliquam nibh euismod turpis, tempus tincidunt ullamcorper adipiscing lorem tincidunt praesent mauris consectetur erat. Non elit ipsum, nunc sem elit ipsum, dolore et volutpat pulvinar ac nibh euismod adipiscing lorem tincidunt praesent felis sit magna ante molestie pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 6: Ac massa sem eget pulvinar, proin volutpat amet aliquam ante euismod. Felis feugiat congue praesent mauris pharetra magna mi molestie consectetur erat. Laoreet tellus at ipsum nunc, proin eget dolore ante euismod turpis. Tempus tincidunt ullamcorper felis sit donec massa sem eget sit ac. Nibh ullamcorper turpis lorem lobortis aliquet felis dolor donec mi dolor. Magna nunc non eget pulvinar nisi, et elit pulvinar ut proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 7: Sem id turpis nibh ullamcorper felis feugiat. Congue ante non, consectetur erat massa tellus. Consectetur sed massa non consectetur ipsum nunc. Proin euismod turpis aliquam nibh ullamcorper tempus. Tincidunt aliquet mauris feugiat magna mi tellus. Nonummy ipsum aliquam et euismod turpis ac. Laoreet, aliquet, at feugiat congue praesent felis. Dolor donec massa id sit ac laoreet. Tellus adipiscing lorem nunc aliquet eget dolor. Aliquam lobortis ullamcorper elit ipsum lobortis et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 8: Elit, pulvinar, ut et id turpis lorem nunc praesent eget. Amet ipsum congue diam adipiscing feugiat congue et molestie sit. Ac, id sit magna mi tellus at sed nunc praesent. Eget pharetra donec ante non nonummy ipsum lobortis diam id. Ipsum nisi et id sit ac id turpis ac tincidunt. Aliquet at dolor dolore proin mauris dolor dolore proin molestie. Amet erat massa non amet erat, massa non, nonummy tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 9: Diam, mauris sit magna laoreet tellus, consectetur erat nunc non, eget amet ac et. Euismod dolor magna ante non nonummy tempus, ut, diam eget sit aliquam, laoreet euismod. Adipiscing ac laoreet ullamcorper turpis lorem dolore mi molestie pharetra, donec massa nonummy, tempus. Nisi nibh tellus adipiscing sed dolore praesent eget pharetra donec, ante volutpat amet donec. Massa non felis feugiat magna mi tellus turpis ac et ipsum nisi et eget. Pulvinar aliquam, et euismod, turpis lorem tincidunt, ullamcorper mauris pharetra donec ante volutpat nonummy. Ipsum magna tincidunt sem eget dolore ante volutpat nonummy ipsum ut praesent tellus at. Pulvinar aliquam, et ullamcorper, felis dolor erat lobortis sem, elit ipsum nisi et euismod. Adipiscing dolor donec, ante amet aliquam ante volutpat amet donec ante, volutpat amet tempus. Lobortis et id sit nisi et id pulvinar magna laoreet, aliquet at dolor, dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 10: Massa ullamcorper elit feugiat nisi diam felis pulvinar ut et ipsum, ut diam. Id sit nisi nibh euismod turpis aliquam laoreet euismod adipiscing, lorem tincidunt, aliquet. Mauris dolor dolore mi mauris pharetra donec, ante non sed nunc diam elit. Pulvinar ut et id pulvinar nisi proin eget, turpis ac, nibh euismod turpis. Lorem tincidunt praesent felis feugiat magna diam mauris ut praesent id, pharetra ac. Laoreet tellus at erat massa, sem eget sed nunc proin eget, pulvinar nisi. Nibh, euismod felis feugiat lobortis nonummy tempus ut diam nonummy tempus lobortis non. Amet ipsum ut et id sit ac laoreet euismod, turpis magna nibh id. Turpis ac laoreet euismod sit ac id turpis ac nibh euismod turpis ac. Lobortis aliquet adipiscing lorem congue, praesent molestie consectetur donec massa non elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 11: Mi tellus at ipsum, nisi nibh euismod turpis feugiat magna mi volutpat consectetur tempus. Nunc diam erat massa sem, elit sed nunc et eget pulvinar dolore proin eget. Pulvinar, aliquam lobortis aliquet felis feugiat, congue, praesent mauris feugiat congue praesent lorem ut. Ullamcorper felis, tempus ut ullamcorper, nonummy tempus, ut et id turpis ac laoreet tellus. Consectetur ac laoreet euismod consectetur ac tincidunt aliquet mauris dolor, aliquet mauris dolor donec. Ante non amet donec massa sem, elit pulvinar magna, et euismod, consectetur lorem dolore. Ante eget sed congue praesent lorem congue aliquet adipiscing feugiat dolore mi molestie pharetra. Erat massa non elit ipsum ut et euismod sit aliquam nibh euismod turpis, ac. Laoreet ullamcorper turpis, aliquam ullamcorper adipiscing feugiat congue praesent molestie pharetra erat ut et. Euismod turpis lorem nunc, praesent, eget amet tempus lobortis non nonummy tempus massa ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 12: Consectetur tempus ut mi tellus at. Pulvinar aliquam lobortis diam ipsum ut. Mi tellus at sed nunc sem. Elit pulvinar nisi lobortis ullamcorper adipiscing. Lorem tincidunt diam felis lorem ut. Diam, felis sit donec mi sit. Ac mi, tellus consectetur erat massa. Sem, elit sed, nunc ante eget. Nonummy tempus lobortis diam adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 13: Praesent mauris pharetra donec praesent molestie pharetra donec ante non nonummy ipsum nisi et euismod consectetur. Lorem nunc proin sed dolore proin eget, amet donec massa non nonummy tempus nisi mi euismod. Sit, magna, mi tellus turpis magna laoreet aliquet mauris pharetra dolore ante, pharetra donec ante molestie. Pharetra donec mi volutpat pharetra donec ante non felis pulvinar nisi tincidunt aliquet at dolor, dolore. Proin eget amet donec ante, volutpat, nonummy magna et tellus at pulvinar nisi nibh volutpat, adipiscing. Lorem magna praesent felis, pharetra, sed nunc sem id amet, ac tincidunt, praesent molestie tincidunt praesent. Molestie pharetra, tempus massa non nonummy ipsum ut diam id sit, ac laoreet tellus turpis aliquam. Nibh ullamcorper adipiscing lorem dolore mi volutpat amet donec adipiscing feugiat congue praesent felis, sit donec. Ante, tellus pharetra sed nunc sem eget ipsum dolore et id amet aliquam nibh ullamcorper felis. Dolor, donec massa nonummy tempus ut diam eget pulvinar nisi nibh ullamcorper molestie pharetra donec proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 14: Turpis dolor magna ante volutpat consectetur tempus nunc non nonummy ipsum, ut proin. Pulvinar nisi et id, turpis ac tincidunt aliquet felis dolor donec ante non. Nonummy tempus nunc non nonummy sed ut et id turpis ac laoreet amet. Ac tincidunt, aliquet mauris dolor donec, ante non consectetur erat nunc sem elit. Pulvinar nisi et eget sit ac nibh id turpis lorem congue adipiscing feugiat. Dolore, mi mauris dolor magna ante volutpat pharetra donec massa tellus consectetur erat. Laoreet non nonummy ipsum ut proin id amet aliquet at sed nunc proin. Eget amet aliquam nibh volutpat nonummy tempus lobortis diam felis lorem ut praesent. Molestie consectetur erat nunc aliquet, elit ipsum dolore et pulvinar nisi nibh diam. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 15: Eget pulvinar donec, nibh, non adipiscing massa non adipiscing ipsum congue mi tellus elit dolor dolore proin volutpat amet tempus tincidunt diam adipiscing. Lorem magna mi, tellus at erat massa sem eget nunc proin eget pulvinar aliquam, lobortis aliquet turpis, lorem congue praesent mauris sit congue. Praesent mauris pharetra, donec massa sem elit pulvinar ac congue at dolor dolore ante volutpat consectetur erat massa non elit tempus nunc diam. Eget sit, nisi proin eget amet aliquam nibh euismod amet, ac congue felis dolor magna mi volutpat nonummy ipsum magna nibh tellus, turpis. Lorem tincidunt praesent eget pharetra, donec ante volutpat amet tempus ut et id turpis, ac id consectetur ac laoreet, praesent mauris amet aliquam. Lobortis diam, adipiscing sit ac, laoreet aliquet elit sed massa tellus at, sed nisi proin mauris dolor dolore consectetur lorem nunc praesent at. Dolor congue praesent at dolor donec massa ullamcorper elit, ipsum, ut et euismod consectetur ac laoreet euismod turpis magna et euismod, sit nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 16: Consectetur ipsum nisi et euismod felis dolor, dolore ante, non elit pulvinar ut et euismod adipiscing sed, nunc proin eget, amet feugiat ut diam donec lobortis diam felis ipsum ut. Mi tellus turpis ac laoreet tellus turpis lorem nunc aliquet mauris pharetra donec ante volutpat pharetra donec, massa ullamcorper erat, lobortis sem elit pulvinar nisi diam felis, pulvinar magna et. Euismod adipiscing sed tincidunt aliquet at sed congue praesent molestie pharetra erat ante volutpat pharetra erat, sem felis sit ac tincidunt praesent eget amet tempus ut mi tellus at erat. Nunc proin volutpat amet lorem tincidunt mi volutpat pharetra ullamcorper felis sit, donec ante sem elit, pulvinar aliquam nibh ullamcorper at feugiat dolore proin molestie pharetra erat ante molestie pharetra. Magna mi molestie pharetra erat nunc consectetur sed nunc sem eget ipsum, nisi et id amet ac tincidunt aliquet, felis feugiat dolore ante volutpat nonummy tempus nunc diam id turpis. Ac tincidunt tellus ac laoreet aliquet molestie dolor dolore ante volutpat nonummy tempus lobortis non nonummy ipsum ut sem nonummy ipsum ut, et pulvinar nisi et id pulvinar aliquam nibh. Euismod at feugiat congue aliquet felis feugiat magna mi mauris feugiat congue praesent mauris feugiat congue diam felis sit diam felis sit magna mi molestie turpis magna laoreet aliquet at. Erat dolore sem mauris sed, dolore, praesent mauris dolor dolore proin, volutpat adipiscing, ipsum ut, ullamcorper tempus lobortis ullamcorper elit ipsum lobortis non nonummy ipsum nunc sem elit ipsum nunc. Diam id turpis, lorem laoreet aliquet at dolor dolore ante volutpat nonummy tempus non elit pulvinar ac tincidunt aliquet at sed tincidunt praesent eget pharetra aliquam massa volutpat nonummy tempus. Ut diam pulvinar consectetur, sit dolor tempus ut, mi proin ullamcorper sem ullamcorper non felis consectetur, dolor tempus donec, massa et, praesent ullamcorper molestie id eget felis at turpis pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 17: Magna mauris, erat lorem tincidunt praesent eget pharetra donec massa volutpat nonummy tempus lobortis non nonummy tempus massa non id elit amet pharetra ipsum ac dolore mi proin. Aliquet diam id sit ac, laoreet aliquet at sed, nunc sem elit sed, nunc proin eget pulvinar donec, proin eget dolor dolore proin felis feugiat ut diam felis. Sit congue mi felis feugiat ut diam euismod sit magna nibh euismod consectetur sed nunc proin eget pharetra aliquam lobortis ullamcorper felis congue mi molestie sit nisi mi. Aliquet at sed, nunc proin eget pulvinar dolore proin volutpat pharetra donec ante non amet tempus, massa nonummy ipsum ut et felis feugiat nisi diam felis pulvinar, ut. Et euismod adipiscing lorem nunc praesent eget pharetra aliquam, massa non nonummy erat massa non elit massa sem elit ipsum nunc non nonummy ipsum nisi nibh euismod sit. Ac laoreet euismod amet ac tincidunt proin molestie, pharetra erat massa sem felis sit nisi, euismod turpis lorem tincidunt aliquet mauris dolor dolore ante volutpat nonummy feugiat congue. Mi molestie turpis ac tincidunt, aliquet consectetur tincidunt aliquet at sed nunc aliquet mauris dolor nunc praesent at dolor dolore ante mauris dolor, dolore praesent volutpat amet erat. Massa volutpat consectetur, erat ante, non donec mi molestie pharetra donec laoreet tellus at sed nunc, proin eget ipsum dolore et volutpat amet aliquam lobortis aliquet mauris, dolor. Donec ante, non nonummy erat tellus at erat massa tellus consectetur erat massa, aliquet, at, sed nunc sem elit, dolor, nisi proin eget pulvinar, donec ante eget dolor. Dolore ante volutpat nonummy massa non nonummy tempus lobortis ullamcorper elit ipsum nisi et felis sit ac laoreet euismod sit ut diam elit ipsum nunc non at erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 18: Donec massa non nonummy ipsum ut et euismod turpis magna nibh, euismod adipiscing sed congue praesent mauris dolor. Dolore proin volutpat nonummy ipsum nisi et feugiat magna mi id turpis ac laoreet, tellus at sed dolore. Proin non, amet aliquam, massa non elit feugiat congue mi molestie sit nisi et consectetur sed nunc proin. Eget pulvinar aliquam ut diam, felis sit, magna et molestie pharetra ac laoreet aliquet consectetur erat nunc sem. Eget turpis aliquam nibh nonummy feugiat congue praesent, id sit magna laoreet, non elit pulvinar dolore et volutpat. Amet tempus nibh volutpat pulvinar dolore proin eget pulvinar dolore mauris, pulvinar aliquam lobortis non nonummy ipsum ut. Et felis feugiat magna laoreet tellus at erat, laoreet tellus, consectetur ac tincidunt sem mauris, dolor dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 19: Mauris pharetra donec massa non nonummy ipsum nisi diam nonummy ut et euismod turpis, lorem laoreet aliquet mauris sed donec proin volutpat nonummy aliquam ante mauris feugiat congue aliquet. Mauris consectetur erat ante sem elit lorem laoreet aliquet adipiscing dolor nunc, praesent eget amet aliquam lobortis ullamcorper, felis sit ac laoreet aliquet at sed, tincidunt, sem eget amet. Tempus lobortis dolor donec, proin volutpat pharetra donec ante non amet, aliquam massa ullamcorper elit ipsum ut diam felis pulvinar nisi et id sit ac eget pulvinar aliquam nibh. Eget pulvinar ut non at sed massa aliquet consectetur sed dolore proin eget pulvinar aliquam nibh ullamcorper nonummy tempus ut diam molestie pharetra diam id pharetra, ac massa aliquet. At sed dolore proin eget amet, aliquam ante, eget amet aliquam nibh, euismod, nonummy tempus lobortis ullamcorper adipiscing tempus lobortis diam ipsum ut diam felis feugiat magna mi euismod. Consectetur sed laoreet tellus consectetur sed dolore proin eget pharetra aliquam lobortis nonummy ipsum ut diam, felis ipsum ut et euismod, sit ac mi, id turpis magna nibh tellus. Adipiscing sed dolore ante volutpat pharetra donec ante volutpat pharetra aliquet mauris dolor congue praesent, felis feugiat congue mi molestie sit congue mi mauris, sit, magna mi molestie pharetra. Ac laoreet aliquet consectetur erat massa molestie sit et id turpis ac tincidunt aliquet consectetur lorem tincidunt aliquet at lorem congue praesent mauris dolor dolore ante non nonummy ipsum. Ut et euismod turpis, magna et erat massa sem eget sed nunc, proin eget sit, ac, tincidunt, aliquet at feugiat congue mi molestie dolor dolore, mi molestie dolor magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 20: Euismod felis nibh ullamcorper nonummy feugiat congue et felis sit ac, laoreet molestie turpis magna mi tellus. Mauris pulvinar dolore ante euismod nonummy aliquam lobortis non aliquam massa non adipiscing ipsum congue et, molestie. Consectetur sed nunc ante euismod adipiscing lorem lobortis ullamcorper adipiscing aliquam ante volutpat nonummy aliquam nibh volutpat. Dolore ante molestie amet, erat massa, diam molestie, consectetur ac mi tellus at sed dolore praesent mauris. Pulvinar aliquam lobortis, ullamcorper felis, sit, mi tellus at, sed dolore sem at dolor dolore sem mauris. Dolor aliquam nibh ullamcorper felis lorem congue praesent felis sit magna mi molestie, sit ac massa at. Sed dolore proin eget pulvinar nisi ante eget pulvinar aliquam nibh, ullamcorper adipiscing feugiat congue mi molestie. Pharetra erat nunc aliquet elit sed nunc proin volutpat euismod turpis sed dolore ante volutpat amet donec. Ante non amet aliquam lobortis ullamcorper elit ipsum congue et id sit ac tincidunt tellus at lorem. Tincidunt at pulvinar donec, ante volutpat nonummy tempus lobortis ullamcorper felis feugiat congue mi id turpis erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 21: Sem id consectetur sed tincidunt aliquet mauris, sed congue, turpis lorem congue proin molestie nonummy ipsum ut diam felis feugiat, magna mi id sit ac laoreet. Aliquet at dolor nunc praesent at sed congue turpis ac nibh ullamcorper at feugiat, congue praesent molestie pharetra, magna, mi molestie consectetur, erat ut et eget. Pulvinar aliquam proin, eget amet nisi nibh amet aliquam nibh volutpat adipiscing lorem congue praesent mauris pharetra erat massa non nonummy sed ut proin eget sit. Aliquam nibh aliquet molestie pharetra massa non nonummy tempus lobortis non consectetur donec massa, non nonummy sed ut diam eget ipsum nunc sem elit pulvinar nisi. Et, euismod adipiscing, feugiat, lobortis amet nisi nibh volutpat amet tempus nibh volutpat amet donec proin volutpat pharetra aliquam massa volutpat amet, tempus massa non nonummy. Tempus, lobortis sem elit ipsum lobortis pharetra donec massa non consectetur erat massa sem at sed massa sem elit ipsum nisi lobortis, aliquet felis feugiat congue. Mi molestie pharetra massa non nonummy sed nunc sem elit erat laoreet tellus, consectetur sed massa aliquet elit sed dolore sem at sed dolore ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 22: Lorem tincidunt praesent eget amet tempus lobortis non adipiscing lobortis ullamcorper felis, sit. Magna mi, euismod consectetur ac laoreet tellus turpis ac laoreet aliquet mauris pharetra. Donec ante volutpat amet donec ante volutpat amet ante non nonummy tempus lobortis. Diam id sit nisi nibh id sit, aliquam laoreet, tellus at lorem, tincidunt. Proin volutpat amet, donec ante volutpat amet ante non nonummy, tempus nunc diam. Eget, pulvinar magna et id sit ac nibh euismod turpis ac nibh euismod. Turpis, ac tincidunt praesent lorem magna praesent molestie pharetra, donec massa molestie pharetra. Erat massa non elit sed ut et id turpis, ac tincidunt praesent molestie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 23: Aliquam nibh ullamcorper felis lorem magna mi tellus nonummy sed ut proin eget ipsum dolore consectetur, sed, dolore. Et euismod, amet tempus ante euismod nonummy lorem lobortis ullamcorper, adipiscing lorem congue praesent molestie sit magna et. Molestie pharetra ac id turpis magna et euismod sit ac, laoreet euismod sit ac tincidunt, aliquet at sed. Congue proin mauris, dolor congue praesent at dolor congue praesent, mauris dolor, ullamcorper turpis tempus lobortis euismod adipiscing. Lorem, congue diam adipiscing feugiat, congue mi molestie consectetur ac laoreet molestie turpis, erat massa aliquet at laoreet. Aliquet mauris, dolor aliquam nibh euismod amet aliquam ante eget amet donec ante non elit ipsum ut diam. Felis ipsum ut sem felis ipsum nisi et ipsum ut et eget pulvinar nisi et eget ipsum ut. Et euismod amet aliquam et euismod amet tempus nibh volutpat amet nisi nibh euismod, nonummy, tempus lobortis dolor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 24: Lorem tincidunt praesent mauris dolor dolore molestie dolor dolore mi volutpat elit erat massa non elit. Ipsum nunc diam eget pulvinar aliquam nibh euismod adipiscing lorem congue aliquet at lorem tincidunt molestie. Pharetra erat ante volutpat consectetur, erat massa non consectetur donec mi molestie consectetur erat laoreet, molestie. Pharetra erat nunc sem elit sed tincidunt aliquet ac mi id turpis magna laoreet euismod turpis. Lorem, laoreet aliquet at sed congue praesent adipiscing feugiat, lobortis ullamcorper felis feugiat dolore ante pharetra. Donec ante molestie consectetur sed ut sem elit ipsum nunc proin eget ipsum, nunc aliquet consectetur. Erat, nunc sem eget dolor dolore ante eget, pulvinar nisi eget amet aliquam lobortis non nonummy. Aliquam ante non amet, tempus, massa volutpat pharetra donec, mi mauris dolor congue aliquet molestie dolor. Magna ante non nonummy erat id pharetra magna praesent molestie, pharetra magna mi molestie, turpis magna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 25: Et euismod sit, nisi et id turpis lorem tincidunt. Proin volutpat adipiscing feugiat congue et id sit magna. Laoreet molestie turpis, mi tellus at dolor dolore proin. Volutpat nonummy tempus ut diam id pharetra magna laoreet. Non elit pulvinar nisi nibh euismod felis dolor tempus. Ut felis pulvinar ut, et eget pulvinar ac tincidunt. Praesent mauris pharetra aliquam massa non, nonummy ipsum lobortis. Et molestie consectetur sed tincidunt aliquet mauris amet aliquam. Volutpat, nonummy, aliquam lobortis diam adipiscing feugiat magna mi. Tellus consectetur ac laoreet aliquet, at sed tincidunt sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 26: Pulvinar nisi diam eget pulvinar aliquam nibh euismod turpis, aliquam et euismod, turpis lorem lobortis ullamcorper adipiscing, ante euismod, amet tempus lobortis euismod adipiscing lorem congue praesent. Id sit magna praesent felis feugiat ut ullamcorper felis, sit ac laoreet tellus consectetur et id, turpis lorem nunc proin eget amet aliquam lobortis diam id sit. Ac mi tellus at sed dolore proin eget pulvinar aliquam ante, volutpat amet tempus volutpat, nonummy lorem congue praesent molestie consectetur ac nunc non, at ipsum, dolore. Et volutpat pulvinar nisi ante euismod amet aliquam nibh euismod donec, ante volutpat amet aliquam nibh volutpat amet aliquam, lobortis non amet, donec massa non nonummy feugiat. Magna laoreet tellus turpis magna nibh euismod adipiscing lorem laoreet sit ac tincidunt praesent mauris pharetra dolore proin at feugiat congue aliquet, mauris feugiat magna praesent mauris. Feugiat, magna mi molestie sit magna praesent felis feugiat ut nonummy tempus massa ullamcorper felis ipsum ut et tellus consectetur erat tincidunt tellus consectetur, sed dolore ante. Praesent, non, tellus pharetra, sit ipsum ac donec, lobortis et sem, euismod non proin diam molestie pharetra donec massa tellus sit magna diam felis, feugiat congue et. Molestie consectetur laoreet molestie turpis magna laoreet tellus consectetur lorem tincidunt tellus turpis magna nibh euismod sit aliquam laoreet euismod amet aliquam et id turpis aliquam nibh. Ullamcorper turpis sem mauris sed tincidunt aliquet mauris, pulvinar aliquam nibh ullamcorper felis sit congue praesent tellus pharetra erat massa sem elit dolor dolore proin volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 27: Id nunc non elit, sed ut proin at ipsum nisi et volutpat, turpis ac, tincidunt praesent molestie. Dolor erat ante tellus consectetur ipsum nisi nibh, sed nisi nibh id turpis ac congue praesent molestie. Amet ipsum lobortis sem nonummy tempus nunc sem elit pulvinar magna laoreet euismod turpis aliquam nibh ipsum. Ut et, euismod turpis ac tincidunt aliquet felis dolor congue mi molestie pharetra donec ante non elit. Pulvinar aliquam nibh, aliquet, at pharetra donec ante non donec ante non elit, erat massa sem felis. Pulvinar, nisi nibh tellus at sed donec proin eget pharetra donec proin molestie amet aliquam non elit. Ipsum ut diam felis pulvinar nisi mi, euismod turpis lorem nunc praesent mauris dolor congue proin eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 28: Pharetra erat massa, sem nonummy erat massa sem felis sit nisi diam euismod. Turpis ac tincidunt aliquet at nibh id pulvinar nisi et ullamcorper at feugiat. Dolore ante volutpat pharetra donec ante tellus pharetra, donec mi molestie consectetur sed. Massa non, elit, nunc, non eget ipsum dolore et euismod amet aliquam ante. Euismod turpis, tempus nibh euismod amet tempus nibh volutpat pharetra aliquam lobortis ullamcorper. Adipiscing tempus ut nonummy tempus massa sem nonummy ipsum massa non elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 29: Erat ut diam eget ut proin eget pulvinar nisi, et euismod turpis ac lobortis aliquet felis. Feugiat tincidunt praesent mauris, sit donec ante, molestie sit magna laoreet tellus consectetur mi molestie consectetur. Sed nunc sem, at sed, nunc proin ullamcorper sem, aliquet euismod, molestie id, eget felis consectetur. Pulvinar lorem congue massa non consectetur dolor tempus dolore ante non euismod volutpat tellus eget sit. Pharetra aliquam lobortis praesent felis ipsum ut diam felis ipsum ut mi molestie sit magna sem. Mauris sed nunc proin volutpat, nonummy tempus lobortis non nonummy tempus, congue et molestie sit ac. Laoreet aliquet, at dolor dolore ante volutpat aliquam nibh ullamcorper felis feugiat donec laoreet tellus elit. Pulvinar nisi, et euismod turpis lorem tincidunt praesent felis, feugiat, congue praesent felis feugiat tincidunt, praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="even" r:id="R0897c4b8e727497e"/>
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="Rb17583ca7bbf4be3"/>
+          <w:headerReference w:type="even" r:id="Rd6c833bcb9a94b8d"/>
+          <w:headerReference w:type="default" r:id="Rc7680446273e4c9e"/>
+          <w:headerReference w:type="first" r:id="R1a12d8ca400547ae"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 30: Magna mi elit erat nonummy donec aliquet, adipiscing aliquam diam, nonummy donec praesent adipiscing, tempus, proin at ac. Nibh eget dolor massa molestie feugiat massa, molestie lorem ante ac diam nonummy magna diam, amet, nunc praesent. Adipiscing aliquam proin elit erat mi felis aliquam praesent adipiscing aliquam proin at ac diam elit, donec adipiscing. Nisi aliquet turpis, ut non pharetra congue volutpat pharetra dolore ullamcorper amet nunc, molestie feugiat lobortis molestie feugiat. Et eget dolor tincidunt sit nisi sem consectetur magna ullamcorper amet dolore praesent adipiscing nisi sem consectetur, magna. Diam amet dolore, aliquet amet nunc molestie feugiat lobortis non amet dolore ullamcorper dolore sem turpis, nisi diam. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 30: Laoreet aliquet, mauris amet aliquam massa ullamcorper, nonummy ipsum ut elit ipsum ut diam id sit. Magna et, euismod consectetur lorem nunc aliquet at sed congue praesent volutpat amet, ipsum lobortis non. Nonummy ipsum ut diam erat, nunc, sem elit ipsum nunc diam id sit ac nibh aliquet. At dolor donec ante volutpat amet erat lobortis diam nonummy, ipsum nisi et turpis ac nunc. Praesent eget amet tempus lobortis ullamcorper felis, feugiat congue mi molestie consectetur erat massa aliquet at. Dolor nisi nibh ullamcorper aliquam nibh euismod felis sit, magna mi molestie pharetra erat massa sem. Id, pulvinar aliquam nibh euismod turpis lorem lobortis ullamcorper mauris pharetra donec ante tellus, nonummy laoreet. Tellus at sed nisi, et id amet aliquam lobortis ullamcorper turpis lorem tincidunt aliquet mauris dolor. Donec massa sem elit pulvinar nisi et id turpis nibh ullamcorper adipiscing ac lobortis aliquet felis. Feugiat congue praesent volutpat consectetur erat nunc sem elit ipsum nisi diam eget sit aliquam euismod. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, paragraph 1: Et lorem tempus magna lorem congue lobortis diam tellus at amet consectetur pulvinar aliquam. Magna ut laoreet proin, volutpat adipiscing sit sed nisi, lobortis ullamcorper mauris pharetra donec. Mi volutpat, consectetur erat ut diam, eget pulvinar nibh ullamcorper mauris, dolor donec massa. Volutpat, nonummy tempus magna laoreet aliquet at dolor nisi nibh diam mauris pharetra sed. Nisi nunc ante diam molestie erat, dolore tincidunt, mi volutpat felis consectetur sed tempus. Magna nunc diam eget sit magna laoreet aliquet at nonummy, feugiat magna massa sem. At pharetra erat, ut et euismod, consectetur dolor dolore proin euismod amet dolore aliquet. Adipiscing lorem et elit erat laoreet, id consectetur congue diam elit donec mi consectetur. Dolore praesent amet dolore, sem consectetur magna et elit erat mi adipiscing tempus proin. At ac et elit sed mi felis donec praesent at ac proin pulvinar nunc. </w:t>
-[...144 lines deleted...]
-        <w:t xml:space="preserve">Section 2, paragraph 30: Nibh mauris adipiscing pharetra sed ac congue massa. Diam tellus elit adipiscing dolor magna massa diam. Euismod volutpat felis pharetra ipsum nisi nibh, ullamcorper. Molestie ipsum ipsum nisi lobortis mi sem id. Mauris turpis feugiat erat ut et tellus eget. Nonummy consectetur ipsum lorem dolore, lobortis mi, aliquet. Eget adipiscing tincidunt lobortis mi aliquet eget adipiscing. </w:t>
+        <w:t xml:space="preserve">Section 2, paragraph 1: Pharetra consectetur dolor nisi nibh ullamcorper felis sit magna laoreet sem ipsum nisi laoreet, ullamcorper at feugiat dolore ante volutpat, nonummy ipsum. Ut, et felis sit magna, nibh tellus turpis ac laoreet aliquet adipiscing sed tincidunt aliquet ac nibh aliquet at lorem lobortis euismod. Turpis, aliquam nibh volutpat amet donec nibh euismod nonummy lorem ut praesent id, consectetur erat laoreet tellus, ipsum dolore, et volutpat pulvinar. Tempus lobortis ullamcorper turpis tempus lobortis diam felis feugiat congue praesent molestie pharetra donec, massa non at ipsum, dolore at sed nunc. Sem eget sed, nunc proin eget pulvinar donec ante volutpat amet aliquam, lobortis ullamcorper adipiscing feugiat congue et molestie turpis magna mi. Id turpis mi, euismod at sed dolore ante euismod amet tempus lobortis ullamcorper nonummy tempus lobortis diam id pharetra ac massa, aliquet. Elit pulvinar aliquam nibh volutpat turpis nibh euismod, amet aliquam lobortis diam nonummy tempus lobortis ullamcorper adipiscing feugiat, ac massa aliquet consectetur. Dolor dolore proin euismod lorem congue praesent mauris feugiat congue mi tellus consectetur erat massa sem eget ipsum nisi nibh euismod turpis. Lorem lobortis aliquet mauris pharetra erat massa sem nonummy ut sem, eget pulvinar nisi et id amet aliquam laoreet ullamcorper turpis aliquam. Lobortis ullamcorper felis lorem tincidunt diam nonummy tempus lobortis ullamcorper adipiscing lorem, ut diam aliquam lobortis diam, id pharetra erat massa aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 2: Eget amet aliquam tincidunt praesent mauris sit magna mi molestie pharetra magna praesent id sit congue diam elit massa non nonummy, ipsum nisi mi tellus at sed nunc praesent eget. Pulvinar aliquam nibh diam adipiscing feugiat magna et felis ipsum congue et sit nisi diam felis ipsum, ut diam felis pulvinar ut diam elit pulvinar nisi et eget pulvinar nisi. Nibh ullamcorper at dolor, congue mi volutpat pharetra magna felis lorem tincidunt praesent molestie sit donec mi molestie, nonummy sed nunc sem elit ipsum aliquam et volutpat amet, nisi proin. Volutpat pulvinar aliquet mauris sed dolore proin eget pulvinar dolore, proin volutpat, amet aliquam massa non nonummy tempus lobortis diam felis feugiat magna mi euismod at, lorem dolore proin, sed. Nunc ante volutpat amet donec ante volutpat pharetra aliquam massa non elit tempus lobortis, non nonummy donec ante volutpat nonummy tempus nunc sem elit erat massa, pharetra, donec laoreet non. At sed, massa aliquet at dolor nunc sem elit dolor nisi ante eget dolor dolore ante amet donec lobortis ullamcorper felis sit congue mi molestie consectetur sed dolore et, euismod. Adipiscing, dolor magna mi molestie pharetra donec ante molestie consectetur erat nunc sem erat massa non at sed nunc, proin, eget amet aliquam nibh euismod turpis aliquam lobortis ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 3: Pharetra erat nunc proin eget pulvinar nisi nibh eget, pulvinar nisi at, sed, dolore proin volutpat, amet aliquam nibh ullamcorper. Felis feugiat magna laoreet molestie pharetra erat nunc sem eget ipsum nisi nibh, euismod felis lorem congue mauris dolor magna. Ante non elit sed nunc sem eget, ipsum nunc, sem eget, amet aliquam nibh euismod turpis tempus nibh volutpat amet. Aliquam lobortis dolor nunc praesent, eget amet tempus lobortis non felis feugiat magna mi, id consectetur erat tincidunt sem elit. Dolor dolore proin volutpat adipiscing congue, diam felis feugiat, ut praesent id sit magna mi molestie turpis, ac laoreet aliquet. At pulvinar, nisi ante volutpat dolor nunc sem mauris sed dolore proin, pharetra aliquam massa ullamcorper, nonummy, ipsum ut ullamcorper. Nonummy ipsum nisi diam id turpis ac tincidunt tellus at dolor nunc praesent mauris dolor donec proin eget, amet proin. Volutpat nonummy erat lobortis diam id feugiat nisi et euismod turpis ac tincidunt, praesent mauris pulvinar donec, nibh non nonummy. Lobortis et, id sit ac massa aliquet, at pulvinar nisi nibh euismod nonummy lorem tincidunt diam felis lorem congue praesent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 4: Adipiscing ipsum, congue mi molestie consectetur ac mi aliquet at, sed aliquet. Mauris, sed donec proin, eget pharetra donec nibh non pharetra dolore aliquet. Mauris dolor congue praesent molestie amet erat mi molestie pharetra donec ante. Tellus magna massa non consectetur donec laoreet, non elit ipsum dolore, proin. Eget turpis ac tincidunt praesent mauris dolor magna mi molestie consectetur, tempus. Massa sem sed massa non at sed massa sem elit sed nunc. Sem eget pulvinar tempus lobortis ullamcorper adipiscing lorem tincidunt ullamcorper adipiscing lorem. Ut nonummy ipsum ut ullamcorper felis ipsum, lobortis diam id turpis erat. Tincidunt aliquet elit dolor dolore sem mauris, pulvinar dolore proin volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 5: Tincidunt proin molestie amet tempus, ut diam id sit, ac laoreet aliquet mauris tincidunt sem mauris pulvinar donec ante non adipiscing pharetra ac laoreet, non elit ipsum nunc. Sem elit sed dolore ante euismod amet aliquam ante euismod nonummy nibh non nonummy tempus lobortis ullamcorper felis pharetra ac laoreet tellus consectetur sed tincidunt aliquet, at sed. Dolore ante euismod adipiscing feugiat congue mi mauris ut, diam id, sit, magna mi molestie, turpis ac laoreet tellus turpis ac tincidunt sem, mauris dolor dolore praesent mauris. Dolor dolore ante amet, aliquam massa non nonummy tempus lobortis diam felis sit magna mi aliquet consectetur lorem dolore proin eget pulvinar aliquam, ante non, nonummy tempus massa. Ullamcorper felis lobortis ullamcorper elit ipsum lobortis, sem elit ipsum ut et felis sit magna laoreet tellus at lorem tincidunt, praesent at lorem tincidunt aliquet at feugiat dolore. Praesent dolor dolore mi molestie, dolor congue mi molestie, pharetra donec, ante tellus nonummy erat massa non, at ipsum nisi et ipsum dolore sem elit, sed nunc proin. Eget amet nisi ante volutpat amet aliquam ante volutpat pharetra donec massa, non amet, aliquam massa ullamcorper nonummy erat massa pharetra dolore mi volutpat nonummy tempus, nunc diam. Elit sed ut et id pulvinar aliquam et euismod turpis lorem lobortis aliquet adipiscing ac tincidunt aliquet felis lorem ullamcorper, adipiscing feugiat magna, mi molestie pharetra donec mi. Tellus at sed nunc aliquet elit ipsum dolore sem elit dolor nunc aliquet at sed nunc sem mauris tincidunt tellus adipiscing sed tincidunt aliquet at sed dolore, praesent. Molestie, pharetra donec mi molestie dolor donec mi mauris feugiat, congue praesent mauris pharetra donec laoreet pharetra magna mi tellus at erat massa tellus at sed dolore, proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 6: Mauris, pulvinar dolore, proin mauris pulvinar donec proin eget pharetra aliquam non elit feugiat magna laoreet molestie, turpis, magna laoreet tellus consectetur ac nunc sem. Mauris amet aliquam nibh non nonummy ipsum lobortis diam id, consectetur mi aliquet elit dolor dolore sem at dolor nisi nibh ullamcorper adipiscing sit erat. Massa tellus nonummy sed nunc sem elit pulvinar nisi proin eget nunc sem eget amet nisi, nibh ullamcorper adipiscing feugiat congue mi mauris feugiat magna. Mi molestie consectetur sed nunc aliquet elit ipsum nunc et pulvinar nisi ante volutpat, amet tempus tincidunt ullamcorper adipiscing lorem, ut mi tellus elit ipsum. Nisi, nibh euismod adipiscing lorem tincidunt aliquet mauris pharetra donec massa sem donec massa sem nonummy erat nunc non elit ipsum nunc non elit sed. Dolore sem volutpat amet aliquam nibh ullamcorper turpis tempus lobortis diam adipiscing tempus euismod, nonummy tempus nibh ullamcorper adipiscing feugiat ut et id consectetur ac. Massa sem, eget pulvinar aliquam ante ullamcorper adipiscing magna ante tellus elit ipsum, ut, proin, id amet, aliquam laoreet ullamcorper at, dolor donec mi molestie. Consectetur erat massa non nonummy, tempus ut diam id sit nibh euismod turpis aliquam nibh id amet aliquam, nibh euismod turpis aliquam lobortis euismod adipiscing. Feugiat congue mi tellus pharetra donec ante non nonummy ipsum nisi et pulvinar nisi et id amet ac congue, praesent molestie consectetur erat nunc non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 7: Nonummy ipsum ut et euismod adipiscing lorem, tincidunt. Proin volutpat nonummy erat massa volutpat donec ante. Non nonummy ipsum, nisi nibh tellus at lorem. Congue aliquet mauris dolor donec ante non nonummy. Ipsum nisi, et molestie turpis ac laoreet consectetur. Sed donec proin eget amet donec proin, volutpat. Nonummy, ipsum congue mi tellus turpis ac mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 8: Elit ipsum nisi nibh tellus consectetur lorem tincidunt aliquet mauris dolor congue praesent at sed dolore praesent mauris, pharetra, dolore mi. Dolor donec mi volutpat consectetur tempus massa non, consectetur sed massa sem at ipsum ut sem elit sed nunc et euismod. Turpis tempus nibh ullamcorper aliquam nibh euismod, adipiscing lorem ut diam felis, feugiat ut praesent id feugiat congue et felis, sit. Magna laoreet molestie consectetur ac tincidunt tellus consectetur sed dolore at lorem tincidunt tellus at lorem tincidunt, aliquet mauris dolor, congue. Praesent at pharetra erat massa non nonummy tempus ut diam elit ipsum non nonummy erat nunc sem elit pulvinar, ut et. Euismod turpis ac nibh euismod turpis aliquam nibh euismod turpis tempus lobortis euismod nonummy tempus lobortis ullamcorper felis magna, mi tellus. At ipsum nunc, proin eget ipsum dolore, proin eget, dolor dolore ante volutpat amet aliquam nibh euismod adipiscing lorem lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 9: Dolor aliquam massa ullamcorper elit ipsum ut diam id pulvinar diam elit ipsum ut diam, eget ipsum ut sem eget ipsum. Nisi nibh ullamcorper at feugiat congue praesent mauris feugiat dolore ante volutpat pharetra erat, non eget sit ac laoreet euismod pulvinar. Ac congue, proin molestie amet donec mi volutpat pharetra erat massa non nonummy tempus massa non elit tempus sem eget ipsum. Ut proin eget pulvinar aliquam laoreet euismod adipiscing ac nibh euismod adipiscing tempus lobortis euismod adipiscing dolor magna ante tellus consectetur. Laoreet non elit ipsum ut proin id amet ac tincidunt praesent mauris feugiat congue praesent mauris, consectetur erat massa sem, elit. Sit aliquam laoreet tellus adipiscing, laoreet ullamcorper adipiscing aliquam lobortis aliquet at ac lobortis, euismod adipiscing tempus lobortis euismod nonummy tempus. Nibh euismod nonummy aliquam nibh volutpat amet aliquam ante molestie amet proin volutpat amet, erat massa sem elit pulvinar nisi, et. Felis, sit magna nibh tellus adipiscing lorem congue proin eget laoreet euismod adipiscing lorem lobortis praesent mauris dolor, dolore ante volutpat. Consectetur tempus nunc sem elit, ipsum nisi nibh tellus turpis ac laoreet, aliquet adipiscing lorem congue at dolor dolore mi volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 10: Lorem, ut mi tellus nonummy sed massa non at erat laoreet aliquet at pulvinar. Nisi et eget amet aliquam lobortis euismod adipiscing lorem diam felis feugiat, magna, mi. Molestie pharetra magna mi id feugiat ut et felis feugiat nisi et euismod turpis. Magna tincidunt tellus consectetur lorem laoreet adipiscing lorem tincidunt aliquet adipiscing dolor donec proin. Mauris pharetra donec massa non nonummy tempus lobortis sem elit tempus, nunc sem eget. Pulvinar nisi nibh id sit et id turpis ac tincidunt, aliquet mauris pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 11: Tincidunt molestie pharetra erat massa non elit ipsum nisi et euismod adipiscing sed dolore proin, volutpat. Nonummy tempus nisi et tellus, consectetur erat tincidunt, sem lorem tincidunt aliquet at sed dolore praesent. Eget adipiscing feugiat congue diam felis feugiat nisi mi tellus consectetur ac laoreet, tellus consectetur lorem. Laoreet tellus dolor aliquam ante non amet, aliquam lobortis diam elit ipsum congue mi molestie, consectetur. Erat nunc aliquet at sed nisi, ante diam felis feugiat congue mi, molestie ac mi tellus. Consectetur erat mi tellus turpis ac tincidunt aliquet, consectetur sed, tincidunt aliquet consectetur sed tincidunt praesent. Mauris dolor dolore ante, pharetra, aliquam, massa ullamcorper felis feugiat nisi, mi felis ipsum ut et. Id turpis ac nibh id sit ac laoreet tellus turpis ac laoreet ullamcorper at dolor aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 12: Euismod adipiscing dolor magna mi molestie. Pharetra ante, tellus nonummy sed nunc. Et id, pulvinar aliquam nibh id. Turpis aliquam, nibh euismod turpis tempus. Tincidunt ullamcorper adipiscing, tempus lobortis euismod. Nonummy tempus non nonummy, tempus nibh. Ullamcorper adipiscing tempus lobortis diam, felis. Sit magna mi molestie turpis erat. Tincidunt aliquet mauris sed nunc proin. Eget amet, aliquam non, adipiscing tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 13: Dolore praesent mauris pharetra dolore ante volutpat, consectetur erat massa nonummy tempus ut et id ipsum nunc non elit. Pulvinar, ac tincidunt praesent mauris pharetra donec ante volutpat nonummy erat lobortis sem felis ipsum ut, diam pulvinar nisi. Et euismod, adipiscing sed congue proin volutpat pharetra donec massa non amet ipsum nisi diam felis, pulvinar, magna laoreet. Tellus adipiscing ac laoreet proin eget, pulvinar nisi nibh euismod adipiscing lorem tincidunt, praesent felis feugiat tincidunt praesent molestie. Sit erat nunc non at ipsum nisi et sem, eget dolor dolore proin eget pulvinar nisi proin eget, pulvinar. Donec ante volutpat amet aliquam nibh volutpat amet tempus massa non nonummy tempus ut sem elit dolor erat ante. Tellus consectetur, donec nunc non, elit sed, nisi, proin id pulvinar aliquam lobortis aliquet at dolor donec massa, sem. Nonummy ipsum nunc diam felis feugiat congue diam adipiscing tempus ut diam molestie consectetur, erat massa, aliquet elit sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 14: Sit ac nibh id turpis ac. Laoreet praesent eget amet aliquam lobortis. Diam, id sit magna mi molestie. Eget adipiscing tempus magna laoreet sem. Elit sed dolore proin elit, ipsum. Aliquam lobortis ullamcorper adipiscing feugiat, congue. Praesent mauris lorem congue mi nonummy. Tempus ut diam, felis sit magna. Mi molestie sit magna diam id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 15: Euismod at, sed, adipiscing molestie ullamcorper non id volutpat felis elit turpis, sed lorem sed sed ipsum ac laoreet sem at. Sed feugiat dolore praesent, molestie pharetra euismod turpis ac laoreet tellus adipiscing ac laoreet ullamcorper adipiscing ac laoreet praesent mauris dolor. Dolore mi molestie consectetur tempus ut diam id turpis lorem dolor donec, proin volutpat amet aliquam ante, non, amet tempus lobortis. Non nonummy tempus lobortis non nonummy ipsum nunc sem elit, sed nunc sem eget ipsum ut massa sem elit pulvinar nisi. Et euismod turpis aliquam lobortis diam felis, lorem, tincidunt, mi tellus pharetra magna praesent molestie consectetur erat massa amet tempus ut. Diam id sit magna et id turpis magna tincidunt aliquet adipiscing lorem laoreet ullamcorper, at sed congue aliquet adipiscing ac nibh. Euismod amet tempus ac laoreet aliquet consectetur, ac nibh euismod, adipiscing ac laoreet tellus turpis aliquam laoreet euismod amet aliquam nibh. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 16: Consectetur dolor donec nibh ullamcorper adipiscing feugiat magna mi id sit. Magna massa aliquet elit, sed, nisi ante volutpat nonummy tempus ut. Diam id pharetra magna mi tellus consectetur ac laoreet tellus, consectetur. Erat tincidunt, aliquet elit erat tincidunt sem id sit ac laoreet. Aliquet mauris dolor dolore ante, volutpat pharetra erat ante non nonummy. Tempus, lobortis sem elit, pulvinar nisi et id, consectetur sed, ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 17: Aliquam nibh ullamcorper adipiscing lorem congue praesent, mauris pharetra donec, ante molestie consectetur feugiat ut praesent molestie at. Ipsum aliquam et volutpat turpis aliquam lobortis aliquet felis feugiat congue praesent nonummy tempus ante eget nonummy lorem. Laoreet aliquet mauris dolor donec ante volutpat amet erat massa, volutpat consectetur erat, ante tellus consectetur erat massa. Non nonummy erat massa, tellus consectetur ac laoreet tellus lobortis aliquet mauris pharetra erat massa sem elit ipsum. Ut et euismod turpis ac laoreet aliquet, mauris dolor congue aliquet at dolor congue ante tellus turpis ac. Et tellus consectetur dolor aliquam nibh ullamcorper adipiscing, lorem ut ullamcorper, felis feugiat magna laoreet tellus consectetur sed. Dolore nibh volutpat pulvinar aliquet at sed nunc praesent eget pharetra aliquam lobortis diam elit ipsum ut diam. Felis sit magna laoreet aliquet consectetur ac tincidunt proin eget pulvinar donec ante adipiscing sed congue, ante non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 18: Laoreet aliquet consectetur turpis sed dolore proin volutpat. Amet tempus ut diam id pharetra ac laoreet. Tellus consectetur ac laoreet aliquet elit dolor dolore. Ante volutpat pulvinar nisi laoreet euismod at sed. Dolore ante volutpat pharetra, donec lobortis diam id. Sit ac tincidunt aliquet mauris dolor dolore proin. Volutpat amet aliquam nibh aliquet at dolor, dolore. Ante non nonummy, ipsum lobortis diam id sit. Erat nunc sem eget amet aliquam nibh non. Nonummy feugiat congue praesent id pharetra, at sed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 19: Erat dolore sem mauris pulvinar aliquam, nibh non mauris dolor dolore ante non amet erat massa non amet, tempus ut. Diam felis pulvinar magna nibh euismod consectetur ac tincidunt tellus adipiscing lorem congue, massa sem at sed nunc proin volutpat. Amet tempus congue praesent molestie, pharetra donec ante tellus nonummy sed ut et id turpis lorem tincidunt, turpis, feugiat dolore. Mi volutpat, consectetur erat mi molestie pharetra magna mi molestie nonummy sed, massa sem eget pulvinar nisi sem, eget pulvinar. Laoreet proin eget amet donec nibh ullamcorper felis, sit magna, praesent id sit ac, laoreet tellus consectetur ipsum nisi nibh. Volutpat turpis tempus lobortis ullamcorper felis feugiat dolore proin eget nonummy ipsum ut praesent felis feugiat ut et id turpis. Magna mi tellus at sed, aliquam nibh ullamcorper nonummy tempus lobortis, non felis sit donec, ante molestie, amet erat massa. Volutpat elit tempus, ut diam felis tempus ut et id, pulvinar nisi diam eget pulvinar nisi nibh euismod turpis ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 20: Pulvinar nisi, ante euismod amet aliquam nibh sit. Ac congue praesent volutpat nonummy tempus lobortis diam. Id turpis ac tincidunt sem elit dolor dolore. Nibh euismod adipiscing tempus ut praesent mauris feugiat. Dolore massa non elit sit erat laoreet tellus. Elit amet aliquam, lobortis diam adipiscing lorem tincidunt. Diam felis lorem ut ullamcorper, adipiscing tempus massa. Ullamcorper id turpis ac tincidunt praesent felis feugiat. Congue mi non pharetra donec ante sem elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 21: Ac, massa tellus at pulvinar aliquam et volutpat pulvinar aliquam lobortis ullamcorper adipiscing feugiat congue diam felis. Sit, magna laoreet non consectetur ac, laoreet tellus consectetur sed tincidunt proin eget amet donec nibh volutpat. Amet aliquam nibh ullamcorper, nonummy aliquam, lobortis diam id pharetra magna, laoreet aliquet tellus consectetur lorem tincidunt. Sem volutpat amet aliquam nibh ullamcorper nonummy feugiat, congue praesent molestie sit ac laoreet aliquet elit, dolor. Nisi nibh volutpat consectetur lorem nunc praesent, mauris, dolor, nunc praesent mauris dolor, dolore proin mauris, feugiat. Congue mi molestie pharetra tempus lobortis diam felis ipsum ut diam eget aliquet mauris pharetra donec massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 22: Lobortis diam, felis sit magna mi et aliquet mauris dolor, nunc, aliquet mauris pharetra donec ante eget amet aliquam proin volutpat amet erat ante volutpat nonummy donec ante non. Nonummy sit magna mi tellus pharetra erat massa sem eget ipsum nisi et volutpat pulvinar dolore et volutpat amet tempus lobortis ullamcorper mauris feugiat magna praesent felis turpis aliquam. Nibh euismod adipiscing lorem, laoreet aliquet mauris feugiat tincidunt praesent mauris feugiat congue mi mauris pharetra erat massa sem nonummy, volutpat nonummy ipsum magna diam felis feugiat magna mi. Euismod consectetur ac laoreet tellus consectetur ac laoreet aliquet at sed dolore aliquet mauris pharetra aliquam, lobortis diam pharetra erat lobortis sem elit pulvinar magna, nibh euismod turpis lorem. Tincidunt aliquet mauris dolor dolore, proin molestie amet tempus lobortis diam elit ipsum ut et euismod, pharetra donec massa tellus consectetur sed nisi et id amet nisi nibh euismod. Turpis feugiat dolore ante, non, nonummy tempus, lobortis massa sem elit sed nunc sem elit ipsum nunc sem eget pulvinar aliquam nibh euismod amet nisi nibh ullamcorper adipiscing lorem. Congue mi molestie pharetra, erat nunc molestie, pharetra tempus, massa ullamcorper elit feugiat magna, et id pulvinar nisi et id sit magna laoreet euismod adipiscing sed congue praesent mauris. Pharetra donec ante volutpat turpis tempus nibh euismod adipiscing tempus tincidunt, diam felis lorem ut diam adipiscing lorem nibh non nonummy tempus lobortis non amet erat massa volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 23: Diam euismod mauris pharetra magna, mi tellus, consectetur sed. Dolore et id, pulvinar aliquam nibh euismod turpis aliquam. Tincidunt mi tellus consectetur erat, massa tempus ut diam. Id, sit, magna mi, molestie, turpis ac laoreet euismod. Turpis ac laoreet aliquet mauris dolor dolore proin, eget. Amet tempus lobortis ullamcorper, aliquam nibh euismod turpis aliquam. Nibh ullamcorper adipiscing tempus lobortis diam felis, feugiat congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 24: Erat ut et felis sit magna et id, sit sed nunc aliquet at dolor nunc proin volutpat. Pulvinar aliquam nibh volutpat nonummy tempus lobortis diam nunc sem eget, dolor dolore proin, eget pulvinar aliquam. Nibh diam felis, feugiat magna laoreet molestie pharetra, erat massa tellus pharetra erat nunc proin eget feugiat. Magna laoreet tellus, at, sed nunc aliquet mauris dolor nunc proin eget dolor dolore praesent mauris dolor. Donec, massa non amet erat massa non nonummy, tempus magna mi aliquam laoreet euismod, adipiscing, sed dolore. Proin molestie amet donec ante non, elit ipsum ut diam felis ipsum nisi nibh euismod elit ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 25: Sed dolore proin eget pulvinar aliquam tincidunt. Praesent mauris eget, amet donec, ante, volutpat. Amet aliquam ante volutpat pharetra aliquam lobortis. Ullamcorper elit ipsum lobortis ullamcorper felis ipsum. Nisi diam felis pulvinar nisi consectetur erat. Nunc proin elit ipsum dolore et id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 26: Volutpat amet aliquam, lobortis euismod sed nunc praesent, eget pharetra aliquam nibh non nonummy aliquam. Massa non pharetra dolore massa non nonummy, tempus lobortis sem nonummy tempus massa sem eget. Nonummy tempus lobortis diam adipiscing feugiat ut diam id turpis magna mi molestie sit magna. Et euismod sit magna nibh id sit ac tincidunt praesent lorem dolore proin at lorem. Tincidunt praesent at dolor, congue aliquet adipiscing feugiat tincidunt praesent mauris feugiat tincidunt diam adipiscing. Feugiat congue praesent ipsum ut ullamcorper nonummy tempus ut diam elit feugiat, ut diam felis. Sit ac laoreet tellus at sed, nunc aliquet at dolor dolore praesent mauris pharetra donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 27: Aliquet molestie, amet erat ante molestie dolor magna, mi tellus congue mi. Molestie pharetra erat ut sem elit pulvinar nisi et, id amet ac. Tincidunt ullamcorper adipiscing tempus tincidunt diam turpis aliquam proin eget amet proin. Eget, amet aliquam lobortis diam adipiscing aliquam ante molestie dolor donec massa. Non elit ipsum nisi et euismod sit, ac laoreet tellus adipiscing lorem. Id sit nisi et id amet ac lobortis ullamcorper, adipiscing feugiat congue. Praesent volutpat nonummy tempus nunc, sem eget ipsum ut diam eget ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 28: Mi tellus at erat nunc sem elit dolor nisi ante volutpat nonummy tincidunt mi mauris feugiat congue diam felis, feugiat magna praesent molestie. Consectetur sed, nisi nibh euismod turpis lorem tincidunt praesent, molestie pharetra magna mi molestie erat nunc sem eget pulvinar ac nibh id turpis. Ac congue, mi molestie pharetra donec ante molestie pharetra donec massa sem elit tempus nunc diam erat laoreet non at ipsum nisi proin. Eget amet nisi nibh volutpat, amet tempus lobortis ullamcorper adipiscing lorem tincidunt diam felis, sit magna tellus consectetur erat, massa sem at ipsum. Nunc, proin euismod adipiscing lorem congue mi molestie dolor magna mi tellus consectetur sed nunc non elit ipsum nisi et amet ac tincidunt. Mi molestie amet donec massa non elit ipsum ut et id pulvinar nisi et euismod turpis lorem dolore ante volutpat amet tempus, lobortis. Diam feugiat magna mi tellus consectetur lorem tincidunt sem mauris pulvinar dolore proin volutpat nonummy ipsum, congue praesent id consectetur erat massa aliquet. Amet lorem tincidunt praesent mauris pharetra magna ante tellus, elit ipsum ut sem elit ipsum ut proin eget amet aliquam, et volutpat amet. Ac lobortis, euismod, turpis congue, diam mauris pharetra donec massa non nonummy ipsum nisi nibh ullamcorper at dolor dolore ante, volutpat nonummy tempus. Ut diam felis ipsum ut diam id sit diam eget pulvinar, nisi, et euismod turpis lorem tincidunt aliquet at feugiat, dolore ante volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 29: Pharetra erat massa non elit pulvinar aliquam, nibh tellus at lorem dolore molestie dolor. Donec, massa diam id sit magna laoreet, tellus mauris dolor dolore, ante, volutpat amet. Lorem ut praesent molestie pharetra erat massa sem id amet et eget pulvinar nisi. Ante euismod nonummy tempus lobortis ullamcorper, adipiscing feugiat congue mi tellus at ipsum nisi. Et ullamcorper turpis ac nibh euismod tempus, lobortis aliquet felis, dolor donec ante non. Nonummy ipsum nisi et euismod turpis aliquam laoreet ullamcorper mauris pharetra donec, ante non. Elit tempus sem elit pulvinar nisi et eget pulvinar magna laoreet aliquet adipiscing sed. Congue proin mauris pharetra donec, ante ullamcorper elit ipsum nisi et, felis pulvinar nisi. Felis, turpis ac laoreet euismod adipiscing lorem tincidunt praesent at lorem congue proin volutpat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 30: Nonummy ipsum nisi mi aliquet at sed nunc praesent volutpat amet donec ante volutpat nonummy tempus ut, diam id turpis erat nunc elit dolor nunc aliquet. Mauris, pulvinar aliquam nibh volutpat nonummy aliquam lobortis non nonummy tempus ut ullamcorper id turpis erat laoreet tellus turpis mi tellus mauris dolor dolore sem eget. Pulvinar donec, nibh ullamcorper adipiscing ipsum congue et molestie consectetur sed nisi, et euismod adipiscing feugiat congue, praesent molestie dolor mi molestie consectetur, erat massa sem. Eget sit aliquam laoreet euismod turpis ac, lobortis aliquet mauris dolor dolore mi mauris pharetra erat nunc elit ipsum ut sem nonummy ipsum ut proin eget. Pulvinar nisi nibh euismod turpis nisi et, volutpat turpis aliquam nibh volutpat amet aliquam nibh ullamcorper adipiscing lorem diam adipiscing feugiat congue diam adipiscing tempus lobortis. Ullamcorper elit, ipsum nisi mi id turpis ac laoreet aliquet mauris dolor, donec ante eget pharetra donec, ante eget dolore proin molestie amet tempus massa diam. Id turpis ac mi tellus at sed nunc praesent mauris dolor dolore proin, pharetra donec proin molestie pharetra dolore, mi molestie pharetra, donec massa volutpat nonummy. Tempus massa non consectetur, erat massa sem elit pulvinar, ut proin eget ipsum dolore elit sed dolore et, eget amet aliquam nibh euismod turpis tempus lobortis. Diam, mauris sit congue praesent, felis feugiat congue praesent id, molestie consectetur erat nunc sem elit dolor dolore, proin eget pulvinar aliquam nibh non nonummy lorem. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="even" r:id="R5e71aee72cdd4914"/>
-      <w:headerReference w:type="default" r:id="R0c5104f1e1d044e2"/>
+      <w:headerReference w:type="even" r:id="R14e2d10562fe49f8"/>
+      <w:headerReference w:type="default" r:id="Rc0b81337115b4798"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1034,51 +1034,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd7c752c9d2e04f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3a71b23f586a4cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re599a9e8d4194a89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R0897c4b8e727497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="R9d25ef0169864c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="Rb17583ca7bbf4be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="R5e71aee72cdd4914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="R0c5104f1e1d044e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0a109b4541b6483f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R167d87c0e39c46ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3f95c097baee4015" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R43119faaa5164886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rd6c833bcb9a94b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="Rc7680446273e4c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="R1a12d8ca400547ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="R14e2d10562fe49f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="Rc0b81337115b4798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rba743786c79443cc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>