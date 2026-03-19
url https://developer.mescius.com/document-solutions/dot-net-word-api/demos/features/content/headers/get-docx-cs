--- v6 (2026-02-02)
+++ v7 (2026-03-19)
@@ -1,381 +1,381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9c080188d4234f93" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra2ccdedd092343bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R72f5f8d5bef044f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc4802e94d2914125" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdaa442c428934793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd8878b7566a84334" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 1: Ut magna dolore lobortis ac nunc proin volutpat felis dolor erat ut diam. Aliquet mauris pulvinar donec, nibh ullamcorper nonummy sit ac massa proin, volutpat turpis. Tempus lobortis diam adipiscing feugiat congue mi molestie pharetra donec laoreet non eget. Turpis lorem, laoreet aliquet at pharetra donec tincidunt mi non elit pulvinar, nisi. Tincidunt proin volutpat amet aliquam ante eget amet aliquam lobortis ullamcorper felis turpis. Ac massa aliquet at sed nunc sem eget pulvinar ac laoreet tellus adipiscing. Sed dolore, proin volutpat pharetra donec ante, non elit ipsum nisi, et euismod. Turpis ac tincidunt sem eget mauris dolor dolore proin eget amet tempus massa. Non elit tempus lobortis diam felis sit nisi et id consectetur sed nunc. </w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">Section 1, paragraph 29: Erat ut diam eget ut proin eget pulvinar nisi, et euismod turpis ac lobortis aliquet felis. Feugiat tincidunt praesent mauris, sit donec ante, molestie sit magna laoreet tellus consectetur mi molestie consectetur. Sed nunc sem, at sed, nunc proin ullamcorper sem, aliquet euismod, molestie id, eget felis consectetur. Pulvinar lorem congue massa non consectetur dolor tempus dolore ante non euismod volutpat tellus eget sit. Pharetra aliquam lobortis praesent felis ipsum ut diam felis ipsum ut mi molestie sit magna sem. Mauris sed nunc proin volutpat, nonummy tempus lobortis non nonummy tempus, congue et molestie sit ac. Laoreet aliquet, at dolor dolore ante volutpat aliquam nibh ullamcorper felis feugiat donec laoreet tellus elit. Pulvinar nisi, et euismod turpis lorem tincidunt praesent felis, feugiat, congue praesent felis feugiat tincidunt, praesent. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 1: Amet euismod molestie tellus volutpat amet, tempus magna nisi laoreet, proin, non nonummy feugiat magna laoreet, aliquet. Ullamcorper mauris tempus ut diam, eget pulvinar, nisi diam id adipiscing lorem dolore ante volutpat amet tempus. Ut et id sit magna mi id turpis ac laoreet consectetur dolor donec ante volutpat, pharetra donec. Ante non nonummy tempus ut ullamcorper, nonummy erat ante, non consectetur erat massa volutpat consectetur erat massa. Sem elit ipsum, non nonummy sed massa non at ipsum dolore sem eget amet aliquam nibh euismod. Turpis aliquam tincidunt ullamcorper felis feugiat magna mi mauris magna laoreet sem elit pulvinar nisi et id. Pulvinar aliquam nibh, euismod turpis tempus tincidunt diam mauris feugiat congue diam felis feugiat ut, praesent molestie. Sit magna adipiscing ipsum ut ullamcorper nonummy tempus ut, et tellus turpis ac laoreet aliquet at sed. Nunc praesent eget dolor donec ante volutpat amet tempus ante, volutpat, amet ante non elit, tempus lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 2: Pulvinar donec, volutpat mauris consectetur sit lorem dolore massa mi proin ullamcorper mauris nonummy ipsum erat nunc nibh praesent, sem euismod at pulvinar aliquam congue laoreet proin mi. Sem id at nonummy turpis pulvinar lorem magna massa et sem euismod tellus id eget felis consectetur mauris pharetra donec ante volutpat amet tempus diam id feugiat nisi. Mi tellus consectetur sed nunc aliquet at dolor tincidunt aliquet mauris dolor, donec ante non amet donec proin, molestie amet ipsum, ut aliquet mauris pulvinar aliquam nibh euismod. Nonummy tempus ut ullamcorper adipiscing ipsum lobortis diam sem ullamcorper volutpat molestie elit, amet feugiat, magna massa diam consectetur pulvinar lorem ipsum sed ipsum, ipsum lorem tempus sed. Pharetra turpis, turpis consectetur turpis pulvinar lorem donec nisi dolore congue nunc laoreet nibh massa laoreet massa aliquet ullamcorper volutpat molestie volutpat, volutpat id eget molestie, id volutpat. Non tellus ullamcorper sem aliquet non, molestie elit at nonummy turpis amet sit pulvinar feugiat ipsum lorem dolore ut diam, id pharetra donec mi, molestie sit ac massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 3: Adipiscing feugiat donec ante molestie consectetur erat. Nunc diam eget sit aliquam nibh id. Amet nisi volutpat turpis aliquam nibh ullamcorper. Adipiscing, dolor magna mi molestie consectetur donec. Ante molestie pharetra donec massa tellus pharetra. Ac laoreet, tellus consectetur laoreet molestie consectetur. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 4: Ipsum ut diam id sit magna et id sit nisi, nibh id turpis proin eget. Amet ac, lobortis, aliquet mauris feugiat dolore praesent mauris pharetra congue, mi mauris sit congue. Praesent felis sit magna mi molestie pharetra, ac, felis feugiat nisi mi molestie turpis ac. Tincidunt aliquet at sed nunc aliquet, at sed nunc proin mauris sed dolore ante volutpat. Amet, aliquam massa molestie sit magna mi tellus consectetur sed dolore sem, eget dolor donec. Praesent eget pharetra dolore, praesent mauris sed congue praesent mauris dolor mi molestie feugiat, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 5: Lobortis diam adipiscing feugiat lobortis diam adipiscing lorem ut felis ipsum, ut diam elit tempus lobortis ullamcorper elit. Tempus lobortis diam felis pulvinar nisi et id sit ac tincidunt aliquet mauris sed congue praesent feugiat congue. Proin molestie dolor dolore mi molestie, pharetra, erat massa non nonummy tempus, massa, tellus consectetur erat massa non. Consectetur, erat massa non sed, nisi lobortis aliquet adipiscing feugiat congue ante molestie consectetur erat massa, non nonummy. Sed nunc sem nonummy, ipsum nunc proin euismod, mauris elit pulvinar feugiat erat magna, nunc lobortis diam molestie. Nonummy turpis, sed dolore, nibh diam, molestie elit amet lorem dolore massa et aliquet eget, turpis feugiat donec. Nunc tellus mauris adipiscing consectetur adipiscing felis consectetur amet aliquam, nibh id amet nisi proin volutpat amet aliquam. Nibh ullamcorper adipiscing feugiat congue mi molestie consectetur donec felis, feugiat congue mi molestie, sit magna mi id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 6: Lobortis sem elit pulvinar nisi nibh euismod consectetur sed dolore proin, eget pharetra aliquam. Massa non elit ipsum ut et felis feugiat nisi felis, sit magna nibh euismod. Consectetur dolor dolore proin mauris dolor congue aliquet, at, sed tincidunt, ullamcorper at feugiat. Congue mi mauris dolor congue mi consectetur tempus massa sem eget pulvinar, aliquam nibh. Id, turpis ac laoreet euismod amet dolore sem eget sed dolore sem elit pulvinar. Nisi proin euismod adipiscing lorem ullamcorper nonummy, aliquam lobortis non adipiscing ipsum, lobortis diam. Elit ipsum ut diam felis ipsum lobortis diam, felis sit nisi, diam felis sit. Nunc praesent mauris dolor dolore, proin volutpat dolor donec proin molestie amet donec ante. Volutpat, pharetra, magna massa volutpat consectetur erat massa non nonummy sed nunc sem donec. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 7: Congue et felis ipsum ut diam id sit elit at amet lorem erat ac tempus tempus dolor aliquam magna diam mauris feugiat magna mi molestie consectetur, erat. Massa sem elit ipsum, nunc aliquet turpis lorem congue aliquet molestie dolor donec, ante molestie, consectetur erat, massa sem, nonummy donec mi molestie sit congue mi id. Turpis, magna laoreet tellus magna, et euismod turpis ac et id pulvinar magna et euismod sit aliquam laoreet ullamcorper adipiscing lorem tincidunt praesent at feugiat tincidunt praesent. Dolor donec ante tellus consectetur erat, nunc diam eget sit aliquam laoreet, ullamcorper adipiscing lorem laoreet aliquet adipiscing ac nibh ullamcorper felis dolor magna mi volutpat, consectetur. Massa diam eget sed ut proin elit ipsum nunc proin id, ipsum nisi et volutpat pulvinar dolore proin eget pulvinar dolore sem, eget pulvinar dolore ante eget. Aliquam nibh non nonummy tempus ut diam id feugiat magna, mi molestie consectetur ac nunc sem, mauris pulvinar nunc sem eget pulvinar donec proin eget pharetra erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 8: Ac congue, praesent molestie dolor erat volutpat nonummy erat massa sem nonummy, pulvinar aliquam nibh id sit ac, nibh ullamcorper adipiscing lorem tincidunt ullamcorper adipiscing, lorem. Tincidunt aliquet mauris feugiat congue molestie consectetur erat massa non consectetur ipsum ut proin id turpis ac lobortis praesent at dolor dolore ante, non nonummy tempus. Nisi nibh tellus turpis diam id turpis lorem tincidunt praesent mauris dolor congue praesent mauris pharetra donec mi mauris dolor donec ante non nonummy pulvinar nisi. Et ipsum ut sem at erat massa non elit sed dolore proin elit, dolor, nisi proin eget pulvinar dolore proin, at sed nunc aliquet mauris sed. Tincidunt aliquet lorem congue proin mauris dolor dolore, praesent at dolor, donec ante non nonummy tempus, nunc sem eget sit nisi, et id turpis lorem tincidunt. Praesent molestie dolor praesent molestie pharetra erat ante molestie, pharetra erat massa sem elit ipsum, magna et id turpis ac tincidunt aliquet turpis ac nibh, euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 9: Sed nunc et volutpat turpis aliquam lobortis ullamcorper felis feugiat diam adipiscing feugiat congue praesent. Molestie pharetra ac laoreet tellus consectetur erat massa aliquet at sed nunc sem, eget amet. Donec nibh euismod nonummy tempus ullamcorper felis feugiat magna et id consectetur sed nunc sem. Elit pulvinar, nisi ante, eget pulvinar dolore proin mauris dolor dolore proin eget, sed tincidunt. Turpis lorem laoreet euismod amet aliquam nibh ullamcorper turpis lorem congue praesent mauris pharetra erat. Nunc, sem eget ipsum nisi et id sit proin id amet ac lobortis euismod turpis. Ac lobortis volutpat, amet tempus tincidunt diam felis feugiat congue praesent felis feugiat ut diam. Id sit magna mi molestie ac laoreet aliquet elit erat nunc aliquet mauris, dolor nisi. Proin volutpat amet aliquam ante eget dolor dolore proin eget amet aliquam lobortis ullamcorper elit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 10: Consectetur sed tincidunt sem mauris dolor. Dolore ante volutpat pharetra praesent at. Dolor, congue proin mauris pharetra donec. Mi molestie amet tempus lobortis sem. Felis sit magna nibh tellus consectetur. Sed dolore ante volutpat amet massa. Volutpat elit sit magna et molestie. Adipiscing, tempus lobortis ullamcorper nonummy, tempus. Lobortis diam nonummy tempus lobortis ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 11: Sed dolore proin mauris feugiat congue praesent mauris feugiat magna mi volutpat consectetur erat massa non nonummy, sed ut et sit ac nibh euismod amet aliquam et volutpat. Amet nisi et eget amet nisi nibh ullamcorper nonummy aliquam ante volutpat pulvinar dolore praesent eget donec, proin molestie pharetra donec massa non elit ipsum ut, diam felis. Ipsum ut, diam id sit ac laoreet euismod at lorem tincidunt praesent mauris pharetra ante, volutpat amet tempus lobortis, non elit tempus massa non consectetur erat massa non. Eget ipsum nisi proin eget ipsum nunc sem elit ipsum sem elit dolor nunc aliquet at erat laoreet euismod turpis ac laoreet tellus, turpis lorem tincidunt tellus adipiscing. Ac tincidunt aliquet adipiscing ac congue aliquet mauris lorem aliquet adipiscing aliquam nibh volutpat, dolor dolore proin eget pulvinar, donec ante, volutpat nonummy tempus lobortis ullamcorper adipiscing tempus. Lobortis, ullamcorper elit tempus lobortis sem elit lobortis, diam id ipsum ut diam eget sit nisi sem eget ipsum ut proin, eget amet nisi et, eget pulvinar et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 12: Proin volutpat nonummy tempus ut diam lorem ut diam id sit, congue mi molestie turpis ac massa aliquet consectetur erat. Tincidunt sem mauris sed nunc sem, mauris sed nunc aliquet sed congue praesent at sed, congue aliquet at pharetra donec. Massa non nonummy ipsum ut et id, sit magna nibh id sit, aliquam nibh euismod aliquam nibh id turpis aliquam. Nibh euismod turpis ac nibh, euismod adipiscing lorem tincidunt praesent felis feugiat congue praesent felis pharetra donec mi molestie consectetur. Magna mi feugiat congue et molestie turpis, nisi mi euismod consectetur lorem laoreet tellus turpis magna nibh euismod sit aliquam. Et euismod amet nisi et amet tempus ut et felis sit magna mi, id sit ac, nibh, euismod adipiscing lorem. Tincidunt praesent eget pharetra, aliquam massa non nonummy tempus lobortis, diam felis nisi diam, felis pulvinar nisi diam nonummy sed. Massa tellus consectetur donec nunc sem id pulvinar nisi et volutpat pulvinar nisi et volutpat pulvinar dolore sem mauris nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 13: Tincidunt praesent eget, pharetra tempus massa pharetra aliquam ante non amet donec massa non consectetur. Tempus massa non consectetur ipsum ut, et eget sit aliquam, et id sit aliquam et. Id aliquam lobortis, praesent adipiscing, feugiat tincidunt praesent mauris feugiat tincidunt diam, felis feugiat congue. Praesent mauris sit magna mi, molestie pharetra ac mi tellus consectetur mi molestie turpis ac. Nunc ante, volutpat nonummy lorem tincidunt ullamcorper adipiscing feugiat ut praesent molestie sit congue et. Id pharetra, magna mi turpis erat tincidunt tellus consectetur sed tincidunt euismod sit nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 14: Sem sed ut et euismod turpis ac lobortis praesent mauris. Dolor donec massa sem elit ipsum ut diam eget sit. Lorem tincidunt proin volutpat, pharetra aliquam non nonummy ipsum congue. Laoreet sem elit, dolor nunc aliquet consectetur, lorem, laoreet aliquet. At dolor, dolore, praesent mauris pharetra donec ante molestie amet. Ante volutpat pharetra dolore mi mauris pharetra magna diam felis. Lorem tincidunt diam felis feugiat congue praesent id sit congue. Mi molestie, consectetur erat massa sem elit, laoreet tellus at. Sed, nunc ante eget pulvinar donec proin volutpat nonummy tempus. Lobortis ullamcorper adipiscing, ipsum congue et id turpis erat massa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 15: Proin, mauris dolor donec ante volutpat amet, aliquam nibh non nonummy proin mauris, dolor, dolore proin at. Feugiat dolore mi molestie, pharetra donec, ante volutpat pharetra congue praesent molestie sit magna mi molestie consectetur. Erat massa pharetra congue et felis sit ac tincidunt tellus consectetur sed dolore ante volutpat amet lorem. Congue mi molestie pharetra donec laoreet molestie consectetur erat laoreet feugiat nisi mi tellus consectetur dolor nisi. Ante euismod adipiscing feugiat magna mi non elit, ipsum nunc sem at sed nunc proin id nunc. Sem at erat tincidunt tellus consectetur lorem nunc aliquet mauris dolor donec ante non amet aliquam massa. Non nonummy tempus massa, ullamcorper nonummy, ipsum lobortis, diam erat ante non consectetur donec massa tellus nonummy. Sed nunc sem elit ipsum nunc, non at sed massa tellus consectetur erat massa aliquet consectetur sed. Nunc sem, dolor dolore proin volutpat pulvinar aliquam nibh volutpat amet donec ante volutpat pharetra aliquam ante. Non felis ipsum nisi elit pulvinar nisi, mi tellus consectetur lorem tincidunt aliquet at sed tincidunt, aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 16: Turpis lorem, congue mi molestie pharetra erat massa sem nonummy tempus nunc non consectetur erat. Laoreet non eget ipsum molestie consectetur erat laoreet tellus turpis magna diam elit tempus lobortis. Sem elit ipsum nunc sem eget pulvinar nisi nibh id pulvinar nisi proin, amet dolor. Ipsum erat ac tempus erat nisi tincidunt, mi tellus nonummy sit lorem dolore ante diam. Tellus eget adipiscing amet feugiat ipsum lorem tempus sed magna erat tempus congue mi tellus. Pharetra sed nunc sem, elit ipsum, nunc proin eget amet nisi et euismod adipiscing aliquam. Lobortis euismod turpis ante euismod nonummy tempus lobortis diam mauris lorem ut diam adipiscing ipsum. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 17: Turpis, ac nibh euismod adipiscing feugiat, tincidunt diam adipiscing tempus, tincidunt, diam felis, sit magna massa non, pharetra ac massa, sem elit ipsum dolore consectetur sed, nunc sem. Elit sed dolore sem mauris dolor, nunc praesent adipiscing lorem tincidunt tellus adipiscing ac laoreet aliquet at feugiat congue praesent mauris donec ante non nonummy ipsum nunc diam. Id turpis ac nibh euismod turpis lorem congue praesent at feugiat congue praesent at feugiat tincidunt ullamcorper adipiscing tempus tincidunt mauris dolor magna mi tellus consectetur erat nunc. Sem elit ipsum ut, et euismod amet lorem congue praesent mauris dolor donec ante non donec ante tellus nonummy ipsum massa non, nonummy, sed ut sem elit ipsum. Massa proin elit dolor nunc sem elit dolor dolore proin volutpat pulvinar donec proin lorem, laoreet tellus turpis ac laoreet aliquet at feugiat tincidunt proin molestie pharetra erat. Ante non nonummy erat massa, sem elit ipsum ut sem nonummy sed nunc pharetra erat massa tellus consectetur, sed dolore proin eget sed dolore ante volutpat pulvinar dolore. Proin volutpat pulvinar donec proin dolor donec proin eget pharetra dolore proin volutpat amet erat ante volutpat nonummy ipsum, massa non nonummy, erat massa non nonummy erat nunc. Tellus consectetur, magna, adipiscing ipsum congue et id sit, magna et id, turpis ac tincidunt aliquet at, sed tincidunt aliquet at dolor donec ante volutpat pharetra donec ante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 18: Volutpat nonummy, ipsum ac elit, ipsum magna mi euismod consectetur ac. Laoreet, aliquet at lorem tincidunt, aliquet adipiscing lorem tincidunt ullamcorper at. Dolor, tincidunt praesent, adipiscing, feugiat lobortis felis dolor congue praesent felis. Feugiat donec laoreet mauris pharetra, magna mi, id feugiat, congue ullamcorper. Elit feugiat ut et, felis feugiat nisi et euismod nunc non. Nonummy, erat nunc non nonummy sed massa tellus at erat laoreet. Tellus sit, magna et felis ipsum nisi, diam id ipsum nisi. Elit ipsum ut sem elit sed nunc sem at sed nunc. Non elit ipsum nunc aliquet elit sed nunc sem elit, sed. Tincidunt tellus consectetur lorem id pulvinar ut diam elit ipsum ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 19: Laoreet tellus consectetur sed tellus at, dolor nunc aliquet at sed dolore proin eget amet aliquam lobortis non adipiscing ipsum congue et tellus, consectetur ac mi id feugiat nisi pharetra. Tempus nunc sem elit ipsum ut, diam eget ipsum ut proin elit ipsum nisi, et, elit pulvinar nisi et volutpat pulvinar dolore, sem eget tincidunt tellus turpis magna laoreet tellus. Adipiscing sed dolore proin eget pharetra dolore proin, mauris pharetra donec ante non nonummy, erat lobortis sem elit ipsum nunc diam donec ante tellus consectetur erat, massa sem at, ipsum. Nisi proin eget ipsum dolore proin volutpat amet aliquam nibh euismod amet, aliquam ante dolor nunc praesent eget amet, donec massa volutpat pharetra donec ante volutpat amet erat lobortis non. Nonummy, erat, ante, non nonummy erat massa, non consectetur erat massa sit donec mi, id feugiat magna laoreet molestie turpis ac laoreet molestie turpis ac tincidunt tellus at lorem tincidunt. Praesent eget amet aliquam nibh ullamcorper adipiscing feugiat ullamcorper felis sit magna mi molestie consectetur sed tincidunt aliquet eget dolor nisi nibh volutpat amet, aliquam, lobortis ullamcorper felis lobortis ullamcorper. Felis sit congue et felis ipsum ut diam felis ipsum lobortis sem id pulvinar nisi et, id sit nisi nibh id pulvinar ut proin sed nunc tellus consectetur ac massa. Tellus consectetur erat, tincidunt aliquet consectetur lorem nibh id sit magna nibh id pulvinar nisi proin eget ipsum nisi et id, ac lobortis ullamcorper adipiscing, lorem tincidunt diam felis lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 20: Nibh non adipiscing feugiat magna mi id feugiat ut et id sit, ac laoreet euismod turpis magna nonummy ipsum nisi nibh euismod sit ac laoreet aliquet. Mauris, dolor aliquam massa non nonummy tempus lobortis diam nonummy erat massa non, elit ipsum ut diam ipsum ut sem eget pulvinar aliquam et id amet. Ac lobortis ullamcorper adipiscing feugiat lobortis euismod turpis tempus tincidunt diam felis dolor magna mi molestie, congue, mi felis ipsum congue diam felis feugiat congue et. Felis feugiat magna et id feugiat nisi et euismod turpis lorem tincidunt aliquet lorem nibh euismod turpis ac laoreet aliquet at lorem congue praesent felis feugiat. Tincidunt aliquet felis lorem lobortis euismod nonummy lorem lobortis ullamcorper adipiscing, tempus, ut diam aliquam massa non nonummy tempus massa, ullamcorper nonummy erat massa volutpat consectetur. Erat massa non nonummy tempus, nunc sem elit sed nunc proin euismod turpis ac laoreet amet ac lobortis ullamcorper felis feugiat congue, praesent felis feugiat tincidunt. Euismod adipiscing tempus nibh non amet aliquam nibh non dolore proin volutpat amet erat massa non nonummy tempus lobortis sem elit ipsum nunc diam id sit. Ac laoreet tellus, adipiscing sed tincidunt aliquet at lorem congue at feugiat congue ullamcorper turpis tempus lobortis ullamcorper nonummy tempus tincidunt diam, felis sit donec mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 21: Felis sit congue diam felis feugiat nisi mi id. Turpis erat tincidunt sit ac nibh euismod sit aliquam. Nibh euismod turpis ac nibh euismod amet aliquam lobortis. Ullamcorper adipiscing feugiat tincidunt aliquet felis dolor donec, ante. Non donec ante molestie consectetur erat massa tellus, at. Ipsum nunc aliquet consectetur ac mi id sit ac. Laoreet tellus consectetur sed dolore sem eget dolor lobortis. Ullamcorper adipiscing sit congue diam felis feugiat lobortis ullamcorper. Elit ipsum ut diam id, sit, ac tincidunt aliquet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 22: Pulvinar, aliquam laoreet tellus, adipiscing dolor congue proin mauris dolor congue aliquet mauris lorem tincidunt, aliquet mauris. Lobortis praesent mauris feugiat magna praesent, mauris feugiat congue diam felis sit magna mi, molestie sit congue. Et molestie at pulvinar dolore proin lorem nunc aliquet mauris dolor dolore praesent, mauris, pharetra donec ante. Molestie pharetra donec massa volutpat amet erat ante, volutpat consectetur erat ante molestie consectetur tempus massa elit. Ipsum ut proin eget pulvinar aliquam nibh euismod turpis aliquam nibh euismod adipiscing feugiat tincidunt aliquet turpis. Lorem congue praesent mauris sit ullamcorper felis, lorem ut praesent felis ipsum ut et molestie consectetur ac. Massa sem elit, erat laoreet id ipsum nisi sem elit ipsum nisi nibh euismod turpis sem eget. Ipsum nisi proin elit, ipsum dolore sem elit erat tincidunt aliquet at sed tincidunt aliquet at, sed. Nunc praesent mauris dolor, congue proin mauris dolor id amet nisi et volutpat, pulvinar aliquam et eget. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 23: Nisi nibh id sit aliquam laoreet aliquet at lorem tincidunt aliquet volutpat volutpat tempus magna dolore. Feugiat praesent volutpat, euismod turpis ac tincidunt sem at dolor dolore proin volutpat amet aliquam ante. Mauris pharetra, donec massa volutpat amet erat ante, dolor donec ante volutpat pharetra erat ante tellus. Consectetur magna laoreet, molestie pharetra erat massa tellus pharetra magna mi, tellus at sed nunc aliquet. Consectetur erat laoreet pulvinar magna et eget pulvinar nisi et eget pulvinar nunc proin id adipiscing. Ac tincidunt ullamcorper mauris dolor donec ante molestie dolor donec mauris dolor congue praesent mauris sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 24: Congue et id turpis ac tincidunt feugiat, nisi et felis pulvinar nisi, et euismod sit nisi et eget ipsum. Nunc proin id amet aliquam lobortis ullamcorper adipiscing lorem lobortis euismod amet nibh euismod pulvinar donec ante euismod amet. Aliquam nibh non nonummy tempus, lobortis ullamcorper elit tempus massa non nonummy, erat ante, molestie consectetur donec ante dolor. Donec ante tellus consectetur, erat laoreet tellus consectetur erat, laoreet molestie pharetra ac massa tellus turpis magna mi id. Sit, magna mi pulvinar magna, nibh id, sit, aliquam et eget pulvinar, nunc tellus, consectetur erat nunc sem elit. Dolor nunc sem elit dolor, nunc sem mauris pulvinar aliquam nibh dolor dolore praesent mauris sed tincidunt aliquet mauris. Lorem, tincidunt praesent adipiscing ac, tincidunt aliquet, adipiscing lorem lobortis euismod nonummy, aliquam nibh, volutpat amet aliquam ante volutpat. Tincidunt praesent at dolor tincidunt praesent at feugiat tincidunt aliquet adipiscing lorem tincidunt aliquet adipiscing tempus congue diam felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 25: Feugiat congue mi molestie sit magna mi tempus lobortis non nonummy. Ipsum ut sem, elit erat massa non nonummy, erat nunc diam. Eget pulvinar nisi proin id pulvinar dolore et id amet nibh. Euismod turpis, lorem lobortis ullamcorper nonummy tempus nibh euismod nonummy donec. Proin eget amet donec proin mauris sed dolore proin mauris lorem. Tincidunt felis lorem congue praesent felis lorem congue praesent mauris feugiat. Congue, praesent id feugiat magna praesent molestie sit ac mi felis. Tempus lobortis ullamcorper erat ante volutpat nonummy tempus nunc sem nonummy. Ipsum ut et eget sit nisi et euismod amet nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 26: Consectetur, erat dolore proin eget pulvinar aliquam ante eget dolor dolore praesent mauris pharetra dolore praesent mauris dolor aliquet mauris feugiat, congue aliquet felis lorem lobortis euismod. Turpis tempus nibh volutpat amet aliquam ante volutpat amet tempus lobortis diam felis feugiat congue felis ipsum ut, et felis ipsum ut diam elit, tempus massa diam. Eget pulvinar nisi nibh euismod, adipiscing lorem tincidunt ullamcorper mauris feugiat, congue praesent at feugiat eget pulvinar nisi ante volutpat amet nisi, nibh euismod amet tempus, lobortis. Ullamcorper adipiscing ipsum ut praesent felis ipsum lobortis non nonummy ipsum volutpat pharetra erat ante molestie consectetur erat massa non consectetur donec, massa non nonummy, erat massa. Non elit sed nunc aliquet consectetur erat, laoreet molestie consectetur erat aliquet eget dolor donec, proin volutpat pulvinar dolore, ante, eget amet donec ante non amet erat. Massa non, nonummy tempus massa non nonummy tempus, massa sem, felis nunc sem, elit sed nunc non eget pulvinar nisi proin eget ipsum nunc aliquet at ac. Tincidunt aliquet, at, sed euismod turpis lorem laoreet tellus turpis, lorem tincidunt tellus, turpis lorem tincidunt aliquet at dolor donec ante volutpat nonummy erat massa, volutpat consectetur. Tempus massa sem eget nunc non, nonummy erat massa non at sed nunc sem elit sed nunc sem elit dolor nunc aliquet mauris dolor donec proin mauris. Sed dolore proin at nibh id amet ac laoreet ullamcorper turpis lorem nibh volutpat amet aliquam lobortis euismod turpis tempus lobortis euismod nonummy aliquam nibh volutpat amet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 27: Donec lobortis non donec massa non nonummy tempus lobortis diam felis pulvinar ut diam eget. Sit nisi et euismod sit nisi sem eget pulvinar dolore sem, eget massa sem elit. Dolor dolore ante, volutpat pulvinar dolore proin eget dolor donec ante volutpat, pharetra aliquam ante. Volutpat pharetra aliquam massa ullamcorper nonummy tempus molestie consectetur tempus lobortis diam felis ipsum ut. Non, nonummy ipsum nunc sem elit ipsum ut proin elit ipsum nisi proin volutpat, amet. Lorem congue aliquet felis nibh euismod nonummy tempus lobortis diam adipiscing lorem ut ullamcorper adipiscing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 28: Donec massa ullamcorper felis tempus nisi diam id sit ac nibh tellus consectetur lorem tincidunt aliquet at sed congue. Proin molestie pharetra dolore mauris dolor congue mi, molestie pharetra, donec, ante molestie dolor magna mi mauris, feugiat magna. Mi molestie pharetra erat nunc tellus consectetur ac massa aliquet magna mi molestie sit magna et felis, pulvinar nunc. Sem elit ipsum nunc sem elit sed nunc sem consectetur erat laoreet tellus consectetur erat massa tellus ac laoreet. Tellus, mauris dolor dolore proin, eget pulvinar donec proin mauris pharetra dolore, praesent at feugiat tincidunt aliquet molestie pharetra. Erat massa sem erat massa non nonummy tempus nunc, sem elit ipsum, ut proin id sit nisi nibh id. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 1, paragraph 29: Ac tincidunt aliquet elit pulvinar aliquam nibh ullamcorper felis sit congue, laoreet tellus pharetra magna mi molestie pharetra magna tellus consectetur. Sed nunc sem eget pulvinar dolore sem mauris amet donec, ante volutpat pulvinar donec ante volutpat nonummy ipsum lobortis non nonummy. Ipsum lobortis elit tempus lobortis, sem elit tempus, massa sem nonummy erat massa non elit ipsum massa sem eget ipsum ut. Sem elit sed massa aliquet consectetur sed dolore sit ac mi id pulvinar ut et id sit, aliquam et id sit. Ac laoreet ullamcorper amet aliquam nibh volutpat amet, nisi proin sed tincidunt, tellus, consectetur sed, tincidunt aliquet at, sed nunc praesent. Mauris dolor dolore proin volutpat amet donec massa non nonummy tempus massa sem consectetur, erat massa dolor donec ante tellus pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="even" r:id="Rd6c833bcb9a94b8d"/>
-[...1 lines deleted...]
-          <w:headerReference w:type="first" r:id="R1a12d8ca400547ae"/>
+          <w:headerReference w:type="even" r:id="R4c9703f075fb4589"/>
+          <w:headerReference w:type="default" r:id="R99c32fb442a241ae"/>
+          <w:headerReference w:type="first" r:id="Rfac8a41cd2dc4bbb"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, paragraph 30: Laoreet aliquet, mauris amet aliquam massa ullamcorper, nonummy ipsum ut elit ipsum ut diam id sit. Magna et, euismod consectetur lorem nunc aliquet at sed congue praesent volutpat amet, ipsum lobortis non. Nonummy ipsum ut diam erat, nunc, sem elit ipsum nunc diam id sit ac nibh aliquet. At dolor donec ante volutpat amet erat lobortis diam nonummy, ipsum nisi et turpis ac nunc. Praesent eget amet tempus lobortis ullamcorper felis, feugiat congue mi molestie consectetur erat massa aliquet at. Dolor nisi nibh ullamcorper aliquam nibh euismod felis sit, magna mi molestie pharetra erat massa sem. Id, pulvinar aliquam nibh euismod turpis lorem lobortis ullamcorper mauris pharetra donec ante tellus, nonummy laoreet. Tellus at sed nisi, et id amet aliquam lobortis ullamcorper turpis lorem tincidunt aliquet mauris dolor. Donec massa sem elit pulvinar nisi et id turpis nibh ullamcorper adipiscing ac lobortis aliquet felis. Feugiat congue praesent volutpat consectetur erat nunc sem elit ipsum nisi diam eget sit aliquam euismod. </w:t>
+        <w:t xml:space="preserve">Section 1, paragraph 30: Ipsum congue diam, id sit non nonummy erat lobortis non elit feugiat nisi. Et id pulvinar, magna nibh tellus adipiscing lorem tincidunt praesent mauris lorem tincidunt. Ullamcorper mauris dolor aliquet at, dolor, congue mi molestie pharetra donec mi tellus. Nonummy ipsum ut, et, id sit aliquam, et euismod adipiscing ac tincidunt, praesent. Molestie amet aliquet felis dolor congue praesent felis lorem lobortis euismod adipiscing tempus. Ut ullamcorper adipiscing feugiat ut ullamcorper adipiscing tempus lobortis, ullamcorper nonummy tempus molestie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Section 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, paragraph 1: Pharetra consectetur dolor nisi nibh ullamcorper felis sit magna laoreet sem ipsum nisi laoreet, ullamcorper at feugiat dolore ante volutpat, nonummy ipsum. Ut, et felis sit magna, nibh tellus turpis ac laoreet aliquet adipiscing sed tincidunt aliquet ac nibh aliquet at lorem lobortis euismod. Turpis, aliquam nibh volutpat amet donec nibh euismod nonummy lorem ut praesent id, consectetur erat laoreet tellus, ipsum dolore, et volutpat pulvinar. Tempus lobortis ullamcorper turpis tempus lobortis diam felis feugiat congue praesent molestie pharetra donec, massa non at ipsum, dolore at sed nunc. Sem eget sed, nunc proin eget pulvinar donec ante volutpat amet aliquam, lobortis ullamcorper adipiscing feugiat congue et molestie turpis magna mi. Id turpis mi, euismod at sed dolore ante euismod amet tempus lobortis ullamcorper nonummy tempus lobortis diam id pharetra ac massa, aliquet. Elit pulvinar aliquam nibh volutpat turpis nibh euismod, amet aliquam lobortis diam nonummy tempus lobortis ullamcorper adipiscing feugiat, ac massa aliquet consectetur. Dolor dolore proin euismod lorem congue praesent mauris feugiat congue mi tellus consectetur erat massa sem eget ipsum nisi nibh euismod turpis. Lorem lobortis aliquet mauris pharetra erat massa sem nonummy ut sem, eget pulvinar nisi et id amet aliquam laoreet ullamcorper turpis aliquam. Lobortis ullamcorper felis lorem tincidunt diam nonummy tempus lobortis ullamcorper adipiscing lorem, ut diam aliquam lobortis diam, id pharetra erat massa aliquet. </w:t>
-[...144 lines deleted...]
-        <w:t xml:space="preserve">Section 2, paragraph 30: Nonummy ipsum nisi mi aliquet at sed nunc praesent volutpat amet donec ante volutpat nonummy tempus ut, diam id turpis erat nunc elit dolor nunc aliquet. Mauris, pulvinar aliquam nibh volutpat nonummy aliquam lobortis non nonummy tempus ut ullamcorper id turpis erat laoreet tellus turpis mi tellus mauris dolor dolore sem eget. Pulvinar donec, nibh ullamcorper adipiscing ipsum congue et molestie consectetur sed nisi, et euismod adipiscing feugiat congue, praesent molestie dolor mi molestie consectetur, erat massa sem. Eget sit aliquam laoreet euismod turpis ac, lobortis aliquet mauris dolor dolore mi mauris pharetra erat nunc elit ipsum ut sem nonummy ipsum ut proin eget. Pulvinar nisi nibh euismod turpis nisi et, volutpat turpis aliquam nibh volutpat amet aliquam nibh ullamcorper adipiscing lorem diam adipiscing feugiat congue diam adipiscing tempus lobortis. Ullamcorper elit, ipsum nisi mi id turpis ac laoreet aliquet mauris dolor, donec ante eget pharetra donec, ante eget dolore proin molestie amet tempus massa diam. Id turpis ac mi tellus at sed nunc praesent mauris dolor dolore proin, pharetra donec proin molestie pharetra dolore, mi molestie pharetra, donec massa volutpat nonummy. Tempus massa non consectetur, erat massa sem elit pulvinar, ut proin eget ipsum dolore elit sed dolore et, eget amet aliquam nibh euismod turpis tempus lobortis. Diam, mauris sit congue praesent, felis feugiat congue praesent id, molestie consectetur erat nunc sem elit dolor dolore, proin eget pulvinar aliquam nibh non nonummy lorem. </w:t>
+        <w:t xml:space="preserve">Section 2, paragraph 1: Et aliquet, eget adipiscing feugiat donec ante non elit. Ipsum magna nunc proin non adipiscing ipsum ut felis. Feugiat magna laoreet tellus turpis erat nunc sem eget. Amet aliquam ante, volutpat, nonummy lorem lobortis ullamcorper adipiscing. Feugiat congue praesent felis feugiat mi molestie consectetur erat. Nunc et euismod adipiscing, lorem tincidunt praesent, mauris pharetra. Donec laoreet molestie, pharetra erat laoreet tellus at sed. Dolore proin volutpat turpis tempus lobortis non elit tempus. Ut diam felis pulvinar nisi et id adipiscing lorem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 2: Tincidunt aliquet molestie dolor donec ante volutpat consectetur tempus, ut sem, nonummy. Tempus nunc sem elit ipsum ut proin eget ut proin eget amet. Nisi et, euismod turpis tempus lobortis praesent mauris dolor magna ante non. Nonummy sed nunc sem, nonummy donec laoreet tellus pharetra laoreet aliquet at. Ipsum dolore et euismod turpis tempus tincidunt diam felis lorem tincidunt diam. Mauris sit congue praesent molestie pharetra, ac mi molestie pharetra ac aliquet. Consectetur sed nunc sem mauris sed nunc sem eget dolor, nunc praesent. Mauris dolor dolore proin mauris dolor dolore proin molestie pharetra praesent mauris. Dolor dolore praesent molestie pharetra donec ante tellus consectetur donec mi molestie. Consectetur donec laoreet molestie pharetra magna et, id feugiat congue ullamcorper nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 3: Donec ante non consectetur tempus nunc diam id. Sit aliquam elit ipsum dolore proin eget pulvinar. Dolore proin volutpat amet nisi nibh euismod turpis. Aliquam lobortis euismod nonummy tempus lobortis ullamcorper adipiscing. Ipsum lobortis non dolore ante, molestie amet erat. Massa sem nonummy tempus lobortis sem nonummy tempus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 4: Magna mauris sit magna laoreet tellus consectetur erat, massa, aliquet elit sed massa aliquet turpis ac mi tellus consectetur. Ac tincidunt tellus consectetur lorem laoreet tellus aliquam, et, id amet aliquam nibh ullamcorper adipiscing ac et aliquet, turpis. Feugiat congue diam felis dolor congue praesent felis feugiat ut diam adipiscing tempus ullamcorper felis ipsum congue diam, felis. Sit magna mi euismod consectetur erat tincidunt aliquet at sed nunc praesent, mauris pharetra dolore proin eget amet aliquam. Diam id turpis ac mi id sit nisi, et id sit magna nibh euismod turpis ac, et eget pulvinar. Nisi nibh ullamcorper, adipiscing, feugiat congue molestie pharetra, dolore, ante volutpat nonummy erat nunc sem elit, ipsum, nunc diam. Elit, sed nunc, non consectetur sed massa non consectetur, erat massa aliquet at dolor proin eget pulvinar aliquam ante. Volutpat amet donec ante eget dolor dolore proin eget, pharetra donec proin mauris feugiat congue praesent, mauris, feugiat, congue. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 5: Euismod adipiscing lorem nibh volutpat nonummy aliquam proin eget congue praesent, at dolor congue praesent at. Lorem tincidunt aliquet mauris pharetra donec ante volutpat consectetur donec mi mauris pharetra, donec massa non. Elit sed non elit ipsum nunc sem elit sed nunc proin volutpat, amet aliquam proin eget. Dolor nunc praesent, mauris sed dolore proin mauris pharetra aliquam ante, pharetra donec, ante volutpat pharetra. Erat massa non nonummy ipsum nunc sem, elit pulvinar ut et id pulvinar aliquam laoreet aliquet. At feugiat aliquet mauris feugiat congue, aliquet mauris feugiat magna praesent mauris dolor magna praesent mauris. Sit magna mi molestie, pharetra erat massa non elit ipsum, dolore et eget tincidunt aliquet at. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 6: Turpis ac nibh euismod adipiscing lorem tincidunt, turpis ac laoreet, euismod, turpis lorem tincidunt ullamcorper turpis ac tincidunt aliquet felis, feugiat tincidunt diam adipiscing. Feugiat ut diam adipiscing lorem lobortis ullamcorper adipiscing, massa ullamcorper felis sit magna laoreet, molestie turpis ac, mi, euismod turpis magna nibh tellus consectetur. Lorem nunc aliquet at sed congue aliquet, mauris sed proin molestie pharetra donec, praesent, molestie dolor magna mi molestie, consectetur tempus ut diam, id. Sit aliquam nibh euismod turpis ac, laoreet euismod adipiscing nibh, euismod pulvinar dolore proin elit dolor nunc sem mauris sed dolore proin volutpat amet. Aliquam nibh non amet aliquam ante volutpat amet tempus lobortis ullamcorper donec ante volutpat dolor magna mi molestie dolor magna mi mauris pharetra donec. Mi molestie pharetra ac laoreet molestie pharetra, ac laoreet tellus, turpis magna mi id lobortis sem elit, tempus ut sem nonummy sed massa non. Nonummy ipsum ut et id pulvinar nisi, et, ullamcorper felis lobortis ullamcorper adipiscing lorem lobortis ullamcorper felis feugiat magna praesent molestie pharetra, erat laoreet. Tellus consectetur erat, massa sem elit ipsum, dolore et volutpat turpis aliquam nibh sed tincidunt aliquet at sed dolore praesent at lorem tincidunt aliquet. At sed donec proin mauris, lorem lobortis aliquet felis lorem congue praesent felis dolor magna mi aliquam nibh volutpat pharetra aliquam nibh non nonummy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 7: Tempus lobortis sem elit feugiat nisi mi euismod turpis ac nibh euismod turpis magna nibh id pulvinar ut proin ipsum. Dolore et volutpat, turpis aliquam nibh volutpat amet, aliquam nibh volutpat amet aliquam, ante mauris dolor, donec, proin, volutpat, nonummy. Tempus lobortis amet, aliquam lobortis diam felis sit magna diam felis sit magna laoreet euismod consectetur lorem, tincidunt aliquet at. Sed dolore ante eget pharetra donec ante volutpat pharetra praesent felis lorem tincidunt ullamcorper adipiscing tempus, lobortis diam adipiscing tempus. Lobortis diam felis lorem congue diam id sit ac laoreet tellus turpis ac molestie turpis ac laoreet tellus, at sed. Nunc sem mauris dolor donec, proin, volutpat amet tempus lobortis non amet aliquam lobortis, non amet donec ante volutpat erat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 8: Magna, ante tellus consectetur erat massa molestie consectetur erat tellus, pharetra, erat laoreet molestie, turpis erat tincidunt, sem elit dolor nisi ante. Volutpat amet aliquam, nibh non nonummy feugiat magna praesent molestie consectetur sed sem eget, pulvinar aliquam, lobortis aliquet felis feugiat tincidunt diam. Felis feugiat congue praesent molestie pharetra erat nunc sem eget amet aliquam et id, turpis tincidunt ullamcorper, turpis lorem tincidunt diam felis. Dolor magna mi tellus consectetur donec massa sem elit pulvinar nisi proin eget ipsum massa tellus magna mi molestie turpis magna mi. Id sit ac tincidunt aliquet, mauris sed nunc praesent, at dolor dolore proin mauris feugiat congue aliquet at feugiat tincidunt mi feugiat. Congue mi, mauris sit, donec ante tellus, pharetra, magna, laoreet tellus pharetra ac massa sem elit ipsum nunc sem eget pulvinar dolore. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 9: Id sit, magna nibh, euismod adipiscing aliquam laoreet, euismod adipiscing lorem laoreet amet nisi nibh volutpat, amet nisi et volutpat amet nisi. Ante, eget amet, donec ante non amet aliquam ante volutpat amet donec ante volutpat pharetra praesent molestie pharetra donec mi mauris pharetra. Donec mi molestie sit congue praesent molestie pharetra donec mi tellus consectetur sed nunc aliquet at, erat massa turpis ac tincidunt tellus. Consectetur lorem dolore proin mauris sed dolore praesent mauris sed congue praesent mauris, sed congue praesent at feugiat tincidunt ullamcorper nisi ante. Volutpat amet aliquam, nibh ullamcorper adipiscing tempus lobortis diam adipiscing tempus nibh, volutpat, pharetra aliquam, ante non amet amet aliquam, lobortis ullamcorper. Felis consectetur laoreet tellus, at sed nunc aliquet consectetur ipsum dolore et eget, pulvinar nisi, ante euismod amet aliquam nibh euismod adipiscing. Tempus ut ullamcorper nonummy ipsum, congue praesent aliquam massa volutpat amet donec praesent felis feugiat donec mi volutpat consectetur donec ante tellus. Pharetra magna mi id sit massa proin, elit, pulvinar aliquam nibh euismod amet aliquam et euismod amet aliquam ante eget dolor nunc. Praesent at sed nunc aliquet at lorem tincidunt ullamcorper mauris tincidunt aliquet at lorem lobortis ullamcorper adipiscing aliquam, ante eget pulvinar nisi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 10: Ut, praesent id sit, congue mi molestie sit magna mi molestie turpis erat tincidunt, aliquet turpis et id. Pulvinar, nisi et id turpis, ac nibh euismod, turpis aliquam nibh id turpis, aliquam et volutpat amet aliquam. Nibh euismod turpis aliquam, ante euismod donec ante volutpat pulvinar donec ante eget pharetra donec massa non amet. Donec, ante volutpat amet erat massa non nonummy, ipsum nisi diam, elit pulvinar, diam id turpis ac nibh. Euismod, turpis ac laoreet ullamcorper turpis ac nibh euismod amet aliquam lobortis ullamcorper turpis nisi proin, mauris dolor. Praesent volutpat amet, donec nibh ullamcorper adipiscing feugiat, congue mi molestie turpis magna laoreet molestie turpis ac tincidunt. Sem mauris dolor nunc, aliquet at pulvinar dolore praesent pharetra, aliquam, ut diam molestie pharetra erat, massa aliquet. Consectetur erat tincidunt aliquet, at lorem laoreet tellus turpis, lorem tincidunt tellus, at sed tincidunt, praesent at laoreet. Ullamcorper at lorem tincidunt ullamcorper, adipiscing lorem lobortis, aliquet adipiscing feugiat congue diam, felis lorem lobortis ullamcorper, nonummy. Tempus eget amet aliquam ante, volutpat amet erat massa non elit, tempus lobortis non consectetur erat nunc sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 11: Consectetur sed nunc, proin eget pulvinar nisi et id pulvinar dolore proin eget, nunc proin mauris dolor dolore ante, volutpat pulvinar. Aliquam nibh ullamcorper nonummy tempus massa, non amet tempus lobortis ullamcorper nonummy tempus lobortis sem, nonummy ante non nonummy ipsum, nunc. Et euismod turpis aliquam nibh euismod sit ac laoreet ullamcorper adipiscing ac lobortis ullamcorper felis feugiat tincidunt aliquet adipiscing lorem, tincidunt. Diam lorem ut diam adipiscing lorem congue mi id feugiat magna et id sit, magna mi molestie sit magna, mi tellus. Turpis ac laoreet turpis ac tincidunt aliquet, adipiscing ac et eget amet nisi proin eget ipsum dolore proin elit sed nunc. Sem eget amet dolore sem at lorem laoreet aliquet aliquam nibh euismod turpis aliquam, et id amet aliquam lobortis euismod adipiscing. Lorem tincidunt aliquet felis lorem tincidunt praesent felis feugiat congue praesent, mauris, sit magna mi pharetra, ac laoreet tellus consectetur erat. Nunc sem at sed, nunc proin eget amet donec, ante euismod, nonummy lorem ut amet aliquam lobortis non adipiscing tempus massa. Non amet tempus ut diam id sit, magna mi id sit magna laoreet euismod turpis aliquam nibh euismod adipiscing nibh euismod. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 12: Euismod adipiscing lorem ante non elit ipsum ut diam elit pulvinar aliquam, nibh. Euismod, adipiscing lorem tincidunt ullamcorper adipiscing aliquam et volutpat pulvinar nisi et volutpat. Amet ante, eget pulvinar dolore proin eget dolor, nunc proin eget, pharetra donec. Massa, non amet, aliquam lobortis ullamcorper elit ipsum ut et id sit magna. Id sit ac nibh id sit aliquam, et id, pulvinar aliquam nibh id. Pulvinar aliquam et volutpat dolor dolore proin eget pulvinar, dolore, sem at, sed. Nunc adipiscing lorem tincidunt tellus turpis aliquam nibh ullamcorper, turpis lorem lobortis ullamcorper. Adipiscing, dolor, dolore praesent mauris feugiat congue, ante tellus consectetur erat non elit. Pulvinar nunc sem elit sed, dolore proin eget amet aliquam lobortis ullamcorper adipiscing. Lorem tincidunt diam felis dolor donec ante non nonummy erat nunc, proin pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 13: Adipiscing lorem tincidunt praesent mauris pharetra donec molestie consectetur tempus. Massa, molestie consectetur sed nunc non elit ipsum, ut sem. Eget pulvinar dolore sem eget ipsum nisi proin, eget dolor. Dolore sem lorem laoreet aliquet at sed tincidunt tellus, turpis. Sed tincidunt, praesent mauris dolor donec ante non amet tempus. Massa non pharetra erat mi molestie consectetur praesent adipiscing lorem. Congue mi tellus consectetur magna praesent id feugiat, ut ullamcorper. Felis turpis ac laoreet aliquet, at dolor dolore sem, mauris. Laoreet, aliquet mauris dolor donec ante volutpat pharetra dolore proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 14: Ullamcorper mauris tincidunt praesent mauris feugiat congue praesent felis feugiat magna mi molestie consectetur. Erat massa non at ipsum nunc sem at ipsum dolore proin eget dolor aliquet. At sed tincidunt aliquet mauris sed, dolore proin non, amet donec massa ullamcorper adipiscing. Tempus lobortis, diam felis sit nisi mi id sit ac tellus consectetur lorem tincidunt. Aliquet at lorem tincidunt tellus sit ac nibh id, amet aliquam proin volutpat pulvinar. Nisi nibh euismod turpis nisi ante eget dolor proin at dolor dolore praesent eget. Dolor, dolore proin volutpat amet aliquam massa non elit tempus lobortis non, elit tempus. Ut sem felis nunc diam elit ipsum nisi proin, eget pulvinar ut sem elit. Ipsum dolore sem eget dolor nunc sem eget dolor, nisi ante volutpat amet donec. Nibh diam tempus nibh non nonummy aliquam ante volutpat amet erat ante volutpat pharetra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 15: Magna mi molestie consectetur magna ante tellus, consectetur. Sed, nisi proin elit ipsum nunc aliquet at. Sed dolore, sem at sed nunc mauris amet. Aliquam, nibh ullamcorper amet aliquam lobortis, ullamcorper felis. Feugiat congue mi tellus pharetra ac laoreet, tellus. At sed tincidunt aliquet elit dolor proin eget. Sed dolore proin volutpat amet donec ante volutpat. Nonummy ipsum ut diam, felis feugiat ut sem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 16: Euismod turpis lorem tincidunt, praesent mauris dolor nunc aliquet. At sed, congue aliquet at feugiat dolore praesent at. Dolor congue mi mauris magna praesent adipiscing lorem tincidunt. Diam felis feugiat ut diam id feugiat congue praesent. Molestie pharetra ac mi molestie sit, nisi et id. Sit et id sit magna et id pulvinar, nisi. Nibh id pulvinar nisi proin eget pulvinar dolore sem. Elit pulvinar dolore sem elit, erat tincidunt, aliquet consectetur. Lorem tellus turpis, ac nibh euismod sit nisi proin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 17: Tellus at ipsum dolore et eget tincidunt aliquet, consectetur ac laoreet, tellus turpis ac nibh euismod adipiscing lorem congue proin volutpat amet aliquam proin volutpat pharetra dolore mi. Molestie pharetra mi volutpat pharetra erat massa non nonummy sed nunc proin id pulvinar ut, proin eget ipsum nisi et volutpat pulvinar nisi proin elit dolor nisi volutpat. Pulvinar, donec ante non nonummy aliquam nibh ullamcorper nonummy tempus lobortis ullamcorper elit feugiat congue et id, turpis erat laoreet tellus consectetur laoreet aliquet at, lorem, tincidunt aliquet. At ac tincidunt aliquet at sed congue praesent mauris dolor dolore ante volutpat consectetur erat lobortis non elit tempus massa, non donec laoreet tellus, consectetur erat nunc non. Elit ipsum nunc sem at sed nunc sem at sed tincidunt euismod sit nisi diam elit sed nunc sem nonummy laoreet tellus consectetur erat nunc sem elit, sed. Massa aliquet, at dolor nunc aliquet at sed tincidunt, aliquet, at lorem tincidunt aliquet adipiscing sed congue aliquet proin id amet aliquam nibh, euismod amet nisi ante volutpat. Amet aliquam nibh ullamcorper nonummy, tempus ut diam adipiscing ipsum lobortis ullamcorper adipiscing, ipsum lobortis non elit ante non nonummy ipsum ut diam felis sit magna et eget. Pulvinar nisi, et eget sit aliquam et id pulvinar dolore proin eget pulvinar nisi et eget tincidunt aliquet at lorem nunc proin, mauris dolor nunc praesent eget pharetra. Donec ante non nonummy aliquam ante molestie pharetra donec ante volutpat pharetra magna mi molestie magna ante molestie, sit erat laoreet molestie consectetur sed nunc non at erat. Massa aliquet at sed nunc, sem elit dolor, dolore proin, mauris, sed nunc praesent lorem tincidunt praesent at lorem tincidunt, aliquet adipiscing lorem tincidunt, aliquet adipiscing ac lobortis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 18: Euismod, adipiscing feugiat, congue mi mauris sit. Congue praesent sit congue et id sit. Congue et id turpis ac laoreet euismod. Turpis lorem laoreet tellus, at sed nunc. Praesent, eget dolor, dolore ante amet donec. Ante non elit ipsum lobortis sem felis. Turpis ac mi tellus turpis ac laoreet. Tellus at sed, dolore proin mauris sed. Congue aliquet lorem tincidunt aliquet at lorem. Congue praesent, molestie pharetra erat massa non. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 19: Molestie consectetur sed molestie pharetra ac laoreet molestie pharetra ac laoreet tellus, turpis magna laoreet, tellus consectetur ac mi, id turpis lorem, tincidunt praesent, at sed tincidunt adipiscing. Lorem laoreet ullamcorper at, lorem tincidunt aliquet mauris, feugiat congue aliquet mauris feugiat magna, diam felis lorem ut praesent felis feugiat ut ullamcorper nonummy proin volutpat pharetra donec. Mi molestie dolor dolore aliquet adipiscing feugiat tincidunt praesent molestie, pharetra donec massa non nonummy sed nunc, sem eget pulvinar sem eget ipsum, dolore proin volutpat pulvinar aliquam. Nibh volutpat amet tempus lobortis euismod, nonummy aliquam nibh volutpat pharetra, donec massa volutpat amet aliquam lobortis ullamcorper donec mi volutpat consectetur tempus lobortis non nonummy tempus ut. Sem, elit ipsum ut diam eget ipsum ut et eget pulvinar nisi proin eget dolor dolore, sem erat tincidunt sem mauris dolor dolore proin eget pulvinar dolore praesent. Eget, pharetra donec praesent at feugiat congue ante volutpat erat ante molestie dolor tincidunt, diam mauris dolor donec praesent tellus nonummy erat massa non at ipsum massa non. Elit ipsum nunc sem elit dolor dolore proin dolor, dolore proin volutpat amet donec, nibh non amet aliquam nibh, ullamcorper, felis, ipsum ut et, id feugiat nisi mi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 20: Nonummy tempus ut et eget sit magna nibh tellus, nisi et euismod turpis ac lobortis, ullamcorper turpis aliquam lobortis euismod adipiscing feugiat magna, praesent molestie dolor magna mi mauris sit. Magna mi id pharetra erat id sit magna mi id sit ac mi euismod turpis ac, laoreet tellus consectetur lorem tincidunt aliquet adipiscing sed nunc praesent mauris pharetra dolore praesent. Lorem tincidunt, aliquet, mauris dolor dolore ante, molestie pharetra magna praesent molestie pharetra donec ante molestie, pharetra erat massa molestie pharetra ac laoreet consectetur sed massa aliquet consectetur sed dolore. Sem at dolor dolore sem mauris dolor dolore proin mauris dolor dolore praesent molestie, dolor dolore praesent mauris dolor dolore adipiscing dolor magna ante non, nonummy ipsum ut diam elit. Sed nunc sem elit ipsum ut proin elit pulvinar nisi, nibh volutpat amet ac lobortis ullamcorper adipiscing ante volutpat pulvinar aliquam nibh ullamcorper felis feugiat congue praesent id sit magna. Et tellus consectetur erat massa tellus, consectetur mi euismod turpis, ac laoreet aliquet mauris dolor nunc aliquet adipiscing lorem tincidunt ullamcorper proin id turpis, aliquam et, volutpat turpis nisi, sem. Eget dolor dolore mauris sed dolore proin, volutpat amet aliquam lobortis non nonummy tempus lobortis non elit tempus lobortis sem elit ipsum nisi diam id, pulvinar magna laoreet euismod sit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 21: Ac tincidunt aliquet aliquam, nibh euismod turpis ac lobortis euismod turpis aliquam. Lobortis, ullamcorper nonummy lorem tincidunt praesent mauris sit magna mi id sit. Congue et, id lobortis, diam id sit ac laoreet tellus turpis erat. Tincidunt aliquet at sed nunc praesent mauris dolor congue praesent at sed. Dolore proin molestie pharetra, praesent mauris feugiat congue praesent felis feugiat lobortis. Ullamcorper felis feugiat congue diam mauris sit magna mi id sit ac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 22: Volutpat amet donec massa volutpat, consectetur erat ante molestie consectetur donec, mi mauris sit. Magna mi, molestie consectetur laoreet molestie feugiat congue, et id turpis ac laoreet euismod. Turpis magna tincidunt sem mauris dolor dolore aliquet adipiscing sed tincidunt aliquet mauris lorem. Tincidunt amet aliquam nibh euismod turpis tempus nibh euismod turpis lorem lobortis euismod amet. Lorem congue diam felis sit ut diam felis sit congue mi, molestie turpis magna. Nonummy tempus ut sem felis ipsum ut, diam eget pulvinar magna et euismod sit. Lorem tincidunt praesent mauris dolor congue aliquet at feugiat volutpat, amet aliquam nibh euismod. Adipiscing lorem tincidunt diam felis lorem congue mi molestie, pharetra donec massa sem elit. Turpis ac tincidunt aliquet mauris feugiat, congue mi feugiat congue praesent mauris sit, magna. Mi molestie pharetra donec, mi tellus consectetur sed dolore proin volutpat amet nisi et. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 23: Consectetur lorem nunc proin mauris pulvinar dolore proin mauris dolor dolore, ante volutpat. Dolore proin mauris dolor dolore mi non consectetur erat ante non consectetur erat. Ut et id adipiscing sed tincidunt ullamcorper mauris dolor dolore proin volutpat tincidunt. Ante volutpat nonummy tempus, lobortis sem nonummy erat massa tellus consectetur donec massa. Molestie sit, donec laoreet tellus pharetra ac mi id feugiat nisi diam tempus. Lobortis diam elit pulvinar nisi et id turpis ac laoreet, euismod sit aliquam. Laoreet euismod turpis aliquam laoreet ullamcorper turpis nisi nibh amet nisi ante volutpat. Adipiscing lorem lobortis euismod nonummy aliquam nibh ullamcorper adipiscing tempus ut diam adipiscing. Tempus ut diam felis ipsum, ut sem elit ipsum, ut nonummy tempus ut. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 24: Ut, nibh, tellus, adipiscing ac tincidunt turpis aliquam lobortis ullamcorper at feugiat, congue mi, mauris dolor magna ante tellus consectetur tempus nunc non elit sed ut. Sem eget ipsum dolore sem sed nunc proin elit pulvinar, nisi ante volutpat amet tempus lobortis diam, felis lorem lobortis ullamcorper adipiscing ipsum ut diam id. Sit ac laoreet tellus nisi et id ipsum nisi et id pulvinar nisi, nibh id pulvinar aliquam et euismod turpis nisi et id turpis ac tincidunt. Aliquet molestie feugiat congue praesent lorem lobortis diam adipiscing lorem ut diam mauris feugiat congue praesent molestie sit ac laoreet tellus, pharetra erat laoreet aliquet elit. Dolor dolore consectetur sed, nunc sem mauris, lorem tincidunt aliquet, mauris dolor congue aliquet at sed dolore ante non elit tempus lobortis diam, felis, ipsum nisi. Diam, elit pulvinar diam, elit ipsum nisi et euismod adipiscing lorem tincidunt, ullamcorper mauris dolor dolore mi molestie pharetra donec mi mauris, feugiat tincidunt diam felis. Lorem congue praesent pharetra donec massa non elit pulvinar nisi, proin id ipsum dolore proin elit dolor dolore ante volutpat amet aliquam, lobortis ullamcorper nonummy pharetra. Magna laoreet molestie consectetur laoreet tellus, consectetur sed massa tellus at sed nunc aliquet at, sed nunc sem at, dolor dolore proin volutpat amet, donec, ante. Non, nonummy ipsum lobortis volutpat dolore ante molestie dolor tincidunt euismod amet aliquam proin eget, sed nunc aliquet at sed nunc praesent mauris, dolor dolore ante. Molestie pharetra dolore proin mauris pharetra ante non nonummy ipsum nunc sem elit ipsum nisi et id pulvinar nisi proin elit pulvinar ut proin eget pulvinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 25: Tempus tincidunt aliquet felis feugiat volutpat nonummy tempus lobortis ullamcorper adipiscing lorem, nibh volutpat, amet donec proin molestie dolor donec ante volutpat nonummy tempus, lobortis diam elit. Tempus, nunc diam, sed ut sem eget pulvinar lobortis aliquet at dolor congue praesent mauris feugiat congue praesent molestie pharetra donec, ante tellus nonummy sed massa non. At massa tellus at sed nunc proin elit dolor dolore ante, eget pulvinar nisi proin eget sed nunc aliquet, at sed tincidunt aliquet at tincidunt aliquet at. Feugiat congue praesent molestie pharetra dolore ante mauris feugiat congue praesent mauris, feugiat magna praesent molestie pharetra donec nunc sem at sed massa, aliquet ut et id. Turpis ac, mi, euismod consectetur lorem tincidunt aliquet at sed nunc aliquet mauris pharetra dolore praesent molestie sed tincidunt aliquet at feugiat congue praesent nisi ante volutpat. Amet tempus lobortis euismod, nonummy aliquam nibh, non nonummy ipsum ut ullamcorper adipiscing tempus lobortis ullamcorper molestie, ut, et molestie turpis ac, tincidunt aliquet consectetur lorem nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 26: Praesent eget dolor donec ante molestie dolor dolore ante volutpat pharetra, erat massa non consectetur erat ante non consectetur tempus mauris sit donec. Massa, sem elit ipsum nisi proin elit ipsum dolore, et euismod pulvinar dolore ante euismod turpis aliquam nibh volutpat, amet, aliquam nibh nonummy. Tempus, lobortis ullamcorper amet aliquam ante non nonummy ipsum ut sem nonummy tempus ante molestie consectetur erat, ante, tellus consectetur sed nunc non. Nonummy ipsum non at sed nunc aliquet, at sed massa aliquet consectetur erat tincidunt aliquet, at sed dolore ante eget, dolor donec proin. Eget, pharetra donec mauris pharetra dolore ante volutpat, nonummy tempus ut sem felis pulvinar nisi diam felis, pulvinar, ut non consectetur erat massa. Non, at sed massa, non at sed tellus consectetur sed nunc sem eget pulvinar nisi ante eget amet aliquam ante volutpat amet tempus. Ut diam adipiscing feugiat congue et felis, ipsum congue mi consectetur erat tincidunt, sem at dolor nunc sem mauris pulvinar donec proin non. Nonummy, ipsum lobortis, diam, felis ipsum lobortis amet erat massa non consectetur donec ante volutpat pharetra, donec mi molestie sit magna mi felis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 27: Tempus, lobortis diam id sit magna mi felis feugiat, nisi et, euismod consectetur lorem, nunc turpis ac laoreet tellus at, dolor dolore ante molestie amet erat lobortis. Non nonummy, tempus lobortis diam elit ipsum nunc sem eget pulvinar magna et id nisi proin id turpis aliquam, nibh euismod turpis aliquam nibh euismod turpis lorem. Tincidunt praesent, mauris pharetra magna ante non nonummy sed nunc proin eget ut proin id pulvinar nisi, nibh euismod felis, dolor dolore mi mauris dolor congue diam. Mauris feugiat congue, diam adipiscing lorem lobortis non, donec massa non nonummy erat massa non, felis feugiat nisi, et id pulvinar magna et eget pulvinar magna et. Eget pulvinar, ut proin eget pulvinar nisi et ipsum nunc sem eget, dolor dolore sem eget amet aliquam nibh volutpat amet donec ante eget pharetra tincidunt aliquet. Mauris dolor congue proin molestie pharetra donec, ante feugiat dolore ante volutpat pharetra magna ante non nonummy sed massa non elit sed massa non at sed nunc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 28: Felis sit ac tincidunt aliquet at sed tincidunt aliquet, mauris, dolor donec nibh volutpat laoreet aliquet at dolor congue. Praesent mauris dolor dolore mi molestie consectetur donec, ante volutpat consectetur erat ante mauris sit, magna mi molestie, pharetra. Diam, adipiscing feugiat ut diam felis feugiat magna laoreet tellus turpis ac, laoreet, sem mauris, dolor dolore proin volutpat. Amet aliquam nibh ullamcorper adipiscing feugiat congue elit feugiat ut, diam, id turpis ac, tincidunt aliquet consectetur sed nunc. Aliquet, at sed nunc aliquet adipiscing sed congue praesent at feugiat congue turpis ac lobortis euismod turpis, nisi nibh. Euismod nonummy tempus, lobortis, ullamcorper adipiscing tempus lobortis, ullamcorper adipiscing tempus lobortis ullamcorper adipiscing ipsum lobortis diam felis feugiat. Laoreet aliquet at sed nunc sem mauris dolor dolore proin eget pharetra dolore proin volutpat, amet tempus massa ullamcorper. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 29: Dolor donec praesent felis tempus tincidunt diam, mauris sit magna mi mauris sit congue mi, tempus lobortis non nonummy tempus massa, non nonummy tempus lobortis diam elit pulvinar nisi. Diam id turpis ac tincidunt aliquet, at sed congue praesent mauris dolor aliquet at feugiat congue praesent mauris dolor magna praesent mauris dolor magna ante tellus pharetra magna mi. Id pharetra magna mi molestie sit congue et tempus massa volutpat amet erat mi felis feugiat congue praesent felis lorem ut ullamcorper felis, feugiat ut ullamcorper nonummy, tempus lobortis. Non nonummy massa non, nonummy tempus, massa non consectetur, donec ante molestie nonummy tempus nunc sem elit ipsum nunc, sem consectetur erat massa non elit sed nunc aliquet at. Laoreet aliquet at dolor nunc sem eget dolor dolore proin eget pharetra donec, nibh volutpat amet aliquam massa volutpat pharetra dolore, mi molestie amet donec massa volutpat magna ante. Tellus pharetra donec, ante non nonummy sed massa tellus, consectetur, erat massa molestie consectetur sed massa, aliquet, at tincidunt tellus consectetur ac nibh euismod, consectetur lorem tincidunt tellus turpis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Section 2, paragraph 30: Dolor ipsum ac dolore, lobortis massa laoreet proin aliquet, volutpat. Euismod mauris pulvinar tempus congue laoreet sem id turpis ipsum. Erat aliquam tincidunt lobortis et aliquet ullamcorper molestie nonummy pulvinar. Sed lorem magna ut, laoreet praesent volutpat, felis pharetra sed. Aliquam congue massa molestie consectetur amet feugiat ipsum magna nunc. Nibh mi sem id at, pharetra ipsum, erat aliquam dolore. Congue dolore congue lobortis tincidunt tincidunt lobortis tincidunt tincidunt ut. Euismod non tellus aliquet non non aliquet non tellus euismod. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="even" r:id="R14e2d10562fe49f8"/>
-      <w:headerReference w:type="default" r:id="Rc0b81337115b4798"/>
+      <w:headerReference w:type="even" r:id="Rf539246c71034175"/>
+      <w:headerReference w:type="default" r:id="Rb362372f1d714e38"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1034,51 +1034,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R167d87c0e39c46ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3f95c097baee4015" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R43119faaa5164886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="Rd6c833bcb9a94b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="Rc7680446273e4c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="R1a12d8ca400547ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="R14e2d10562fe49f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="Rc0b81337115b4798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rba743786c79443cc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re1d7019d1053490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0ad8e52fcfbe42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9c6f45b43ee145a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="R4c9703f075fb4589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header2.xml" Id="R99c32fb442a241ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header3.xml" Id="Rfac8a41cd2dc4bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header4.xml" Id="Rf539246c71034175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header5.xml" Id="Rb362372f1d714e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc3b84f8b4638496d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>