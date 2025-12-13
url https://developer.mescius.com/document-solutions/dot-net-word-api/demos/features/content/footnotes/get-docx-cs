--- v0 (2025-11-01)
+++ v1 (2025-12-13)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Red72ff2014b8413a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R55407eca1a244913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R84da92043319435e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdf57c2f03fdf4bb2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R889d69c212454693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5322daa4de634a8a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Volutpat erat congue mauris ullamcorper, et massa lobortis tempus. Non diam tincidunt tempus amet volutpat proin dolore sed. Pharetra elit volutpat proin dolore pharetra eget praesent nunc. Sed consectetur euismod nibh magna sit felis elit tellus. Laoreet magna feugiat elit ullamcorper lobortis tempus nonummy, non. Lobortis, donec, dolor at eget, sem nunc tempus, consectetur. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Tellus dolor, feugiat et sem dolor tempus donec massa, et euismod mauris adipiscing sit donec laoreet molestie. Eget sit lorem tincidunt proin molestie pharetra erat ut diam molestie sit tincidunt sem, mauris pulvinar, tempus. Lobortis, ullamcorper felis sit, erat, massa sem elit erat, laoreet aliquet, at molestie amet erat lobortis non. Elit lobortis diam aliquam nibh ullamcorper adipiscing feugiat magna, laoreet non elit sed nunc proin eget amet. Aliquam lobortis aliquet adipiscing lorem magna ante tellus nonummy nisi nibh tellus at sed dolore proin volutpat. Nonummy, ipsum nisi et felis sit nisi mi euismod consectetur, sed nunc praesent mauris dolor dolore proin. Volutpat amet congue et molestie consectetur sed nunc proin eget pulvinar nisi ante volutpat, nonummy aliquam nibh. Euismod adipiscing lorem ut ullamcorper felis sit magna mi molestie sit ac aliquet, at erat laoreet tellus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Section 1, Paragraph 2. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Lobortis dolore lorem turpis eget sem nunc erat nonummy tellus massa erat consectetur molestie mi magna dolor mauris mi congue feugiat amet volutpat massa, tempus amet volutpat nibh. Aliquam dolor mauris proin dolore dolor mauris sem nunc sed at aliquet nunc sed at sem dolore dolor mauris praesent congue sed adipiscing tellus laoreet ac, turpis id. Diam massa tempus consectetur volutpat massa erat amet mauris praesent congue feugiat, mauris aliquet congue magna pharetra molestie ante donec pharetra molestie ante congue lorem adipiscing, ullamcorper lobortis. Aliquam pulvinar elit aliquet nunc ipsum elit sem nunc sed pulvinar pharetra felis euismod proin laoreet ut donec lorem pulvinar pharetra adipiscing eget tellus et nunc erat pharetra. Adipiscing mauris tellus sem mi congue nisi erat, dolor amet, elit sem, nunc erat consectetur mauris mi congue feugiat felis mi congue dolor mauris elit id non ullamcorper. Tellus at euismod, proin ut sed consectetur et nunc magna aliquam magna donec feugiat amet volutpat proin mi magna sit, molestie praesent magna pharetra molestie laoreet erat, erat. Pharetra felis ullamcorper nibh aliquam turpis, ullamcorper nibh aliquam amet eget proin, nisi ipsum elit sem nunc sed elit sem massa erat pharetra molestie mi magna tellus laoreet. </w:t>
+        <w:t xml:space="preserve">Felis turpis, sed nisi nibh euismod pharetra tempus. Ut nibh euismod adipiscing lorem tincidunt aliquet adipiscing. Sed dolore ante non nonummy tempus lobortis non. Elit ipsum ut, diam felis pulvinar nisi elit. Pulvinar magna laoreet tellus adipiscing lorem dolore ante. Molestie, amet aliquam massa ullamcorper felis feugiat nisi. Et euismod consectetur sed nunc sem eget nunc. Praesent mauris sed, congue ante eget pharetra aliquam. Ante volutpat nonummy tempus ut diam felis sit. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Dolore lorem adipiscing euismod consectetur molestie praesent dolor at, aliquet, massa ac, pharetra id et ut. Tempus amet non nibh, aliquam amet volutpat nibh donec, pulvinar eget ante elit tellus laoreet magna. Sit elit ullamcorper lobortis tempus nonummy ullamcorper nibh donec pulvinar eget proin nunc lorem consectetur tellus. Laoreet magna sit id tincidunt lorem adipiscing euismod laoreet lorem at aliquet tincidunt ac turpis, tellus. Tincidunt nisi pulvinar felis sem ut feugiat id mi, magna pharetra, molestie ut sed consectetur non. Ante magna, lorem adipiscing ullamcorper lobortis, nisi amet volutpat et nisi amet eget proin dolore ipsum. Elit non massa erat pharetra tellus nibh nisi ipsum elit non lobortis, erat pharetra molestie mi. Dolore feugiat adipiscing euismod nibh ac sit euismod et nisi sit id et magna, sit id. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Ut et id sit ac laoreet aliquet mauris dolor dolore praesent at dolor congue, proin molestie sed, congue, proin volutpat dolore, praesent molestie dolor donec ante non nonummy. Tempus ut, sem nonummy erat nunc sem elit pulvinar, ut sem eget ipsum nunc aliquet elit tincidunt aliquet eget dolor dolore proin mauris dolor nunc aliquet at sed. Nunc ante eget pharetra dolore proin molestie pharetra erat massa non nonummy tempus lobortis, diam tempus ut et id turpis ac et tellus turpis ac laoreet ullamcorper turpis. Ac laoreet euismod turpis aliquam tincidunt aliquet, felis dolor magna mauris dolor donec mi tellus consectetur, erat mi molestie pharetra donec, laoreet molestie, pharetra magna laoreet molestie turpis. Erat nunc sem elit dolor dolore ante volutpat amet praesent mauris dolor dolore proin mauris pharetra, donec proin molestie amet tempus massa ullamcorper elit, ipsum ut sem, elit. Pulvinar nisi nibh euismod turpis ac laoreet aliquet nisi nibh id adipiscing ac tincidunt ullamcorper adipiscing, ac, lobortis nisi et felis pulvinar magna mi id sit nisi et. Pulvinar nisi et euismod turpis ac nibh ullamcorper adipiscing ac tincidunt aliquet felis lorem tincidunt praesent felis lorem congue praesent felis feugiat congue mi, molestie pharetra, mi tellus. Consectetur ac laoreet tellus consectetur erat nunc aliquet at dolor dolore sem eget pulvinar, donec, ante, volutpat nonummy tempus lobortis ullamcorper adipiscing ipsum, congue et feugiat congue et. Id sit ac laoreet tellus consectetur ac laoreet euismod turpis ac nibh tellus adipiscing sed dolore proin eget pharetra dolore proin molestie feugiat tincidunt turpis tempus lobortis euismod. Amet tempus nibh volutpat amet donec ante volutpat amet donec ante eget pharetra dolore proin molestie pharetra congue praesent mauris dolor donec mi, dolor magna mi molestie sit. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -706,51 +706,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raee12927ae644754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re0ed936b2d5c4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfb49aae3a0184882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="Re40e2deb90584c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6bd6d23c685e4329" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8f1a71b96b0d40bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf3aac9d8a5d94393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1a0ab85f9c2b48e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="R6269a742c75645a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8a282f959788451d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>