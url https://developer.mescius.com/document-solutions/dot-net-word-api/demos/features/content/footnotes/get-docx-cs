--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdf57c2f03fdf4bb2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R889d69c212454693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5322daa4de634a8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd77c6184af834146" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfac20693eff247fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcd50045b67ed47fc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Tellus dolor, feugiat et sem dolor tempus donec massa, et euismod mauris adipiscing sit donec laoreet molestie. Eget sit lorem tincidunt proin molestie pharetra erat ut diam molestie sit tincidunt sem, mauris pulvinar, tempus. Lobortis, ullamcorper felis sit, erat, massa sem elit erat, laoreet aliquet, at molestie amet erat lobortis non. Elit lobortis diam aliquam nibh ullamcorper adipiscing feugiat magna, laoreet non elit sed nunc proin eget amet. Aliquam lobortis aliquet adipiscing lorem magna ante tellus nonummy nisi nibh tellus at sed dolore proin volutpat. Nonummy, ipsum nisi et felis sit nisi mi euismod consectetur, sed nunc praesent mauris dolor dolore proin. Volutpat amet congue et molestie consectetur sed nunc proin eget pulvinar nisi ante volutpat, nonummy aliquam nibh. Euismod adipiscing lorem ut ullamcorper felis sit magna mi molestie sit ac aliquet, at erat laoreet tellus. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Dolore nibh, massa euismod molestie ullamcorper proin tincidunt ac sed pharetra. Dolor adipiscing id diam nunc donec dolor felis ullamcorper sem tincidunt. Ipsum elit non ante, felis at, nonummy adipiscing eget, felis volutpat. Euismod proin nisi pulvinar at, molestie mi magna feugiat mauris diam. Tincidunt lorem mauris sem nisi dolor elit aliquet laoreet ac sit. Felis diam congue, tempus amet volutpat ante donec, pulvinar mauris proin. Dolore pulvinar mauris sem, nunc sed consectetur, adipiscing euismod proin dolore. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Section 1, Paragraph 2. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Felis turpis, sed nisi nibh euismod pharetra tempus. Ut nibh euismod adipiscing lorem tincidunt aliquet adipiscing. Sed dolore ante non nonummy tempus lobortis non. Elit ipsum ut, diam felis pulvinar nisi elit. Pulvinar magna laoreet tellus adipiscing lorem dolore ante. Molestie, amet aliquam massa ullamcorper felis feugiat nisi. Et euismod consectetur sed nunc sem eget nunc. Praesent mauris sed, congue ante eget pharetra aliquam. Ante volutpat nonummy tempus ut diam felis sit. </w:t>
+        <w:t xml:space="preserve">Diam mi magna feugiat amet eget proin nunc tempus nonummy volutpat ante dolore dolor volutpat proin dolore sed mauris, aliquet. Dolore sed consectetur aliquet laoreet magna consectetur aliquet tincidunt erat sit id et donec feugiat mauris aliquet tincidunt lorem turpis. Euismod et magna pulvinar eget et ut tempus nonummy non ante donec pharetra molestie, praesent congue feugiat mauris dolor, eget. Praesent nunc sed adipiscing, euismod, et magna sit elit non massa tempus consectetur non massa tempus nonummy ullamcorper massa, donec. Pharetra, consectetur tellus mi, magna sit mauris mi magna, dolor mauris diam tincidunt feugiat mauris aliquet tincidunt, lorem turpis id. Nibh aliquam turpis euismod, laoreet aliquam pulvinar eget praesent congue lorem nonummy euismod lobortis, tempus amet volutpat nibh aliquam pulvinar. Volutpat proin aliquam pulvinar, id nibh ut ipsum eget non massa sed consectetur tellus mi elit non, massa erat consectetur. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Ut et id sit ac laoreet aliquet mauris dolor dolore praesent at dolor congue, proin molestie sed, congue, proin volutpat dolore, praesent molestie dolor donec ante non nonummy. Tempus ut, sem nonummy erat nunc sem elit pulvinar, ut sem eget ipsum nunc aliquet elit tincidunt aliquet eget dolor dolore proin mauris dolor nunc aliquet at sed. Nunc ante eget pharetra dolore proin molestie pharetra erat massa non nonummy tempus lobortis, diam tempus ut et id turpis ac et tellus turpis ac laoreet ullamcorper turpis. Ac laoreet euismod turpis aliquam tincidunt aliquet, felis dolor magna mauris dolor donec mi tellus consectetur, erat mi molestie pharetra donec, laoreet molestie, pharetra magna laoreet molestie turpis. Erat nunc sem elit dolor dolore ante volutpat amet praesent mauris dolor dolore proin mauris pharetra, donec proin molestie amet tempus massa ullamcorper elit, ipsum ut sem, elit. Pulvinar nisi nibh euismod turpis ac laoreet aliquet nisi nibh id adipiscing ac tincidunt ullamcorper adipiscing, ac, lobortis nisi et felis pulvinar magna mi id sit nisi et. Pulvinar nisi et euismod turpis ac nibh ullamcorper adipiscing ac tincidunt aliquet felis lorem tincidunt praesent felis lorem congue praesent felis feugiat congue mi, molestie pharetra, mi tellus. Consectetur ac laoreet tellus consectetur erat nunc aliquet at dolor dolore sem eget pulvinar, donec, ante, volutpat nonummy tempus lobortis ullamcorper adipiscing ipsum, congue et feugiat congue et. Id sit ac laoreet tellus consectetur ac laoreet euismod turpis ac nibh tellus adipiscing sed dolore proin eget pharetra dolore proin molestie feugiat tincidunt turpis tempus lobortis euismod. Amet tempus nibh volutpat amet donec ante volutpat amet donec ante eget pharetra dolore proin molestie pharetra congue praesent mauris dolor donec mi, dolor magna mi molestie sit. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Euismod nibh nisi tempus amet molestie praesent congue feugiat adipiscing euismod nibh, ac pulvinar eget et ut tempus nonummy non ante erat consectetur, molestie mi congue feugiat feugiat id mi. Congue ipsum adipiscing non diam nunc ipsum elit diam, nunc tempus nonummy volutpat ante, erat consectetur mauris praesent tincidunt ac turpis euismod massa sed elit sem massa sed consectetur tellus. Praesent tincidunt lorem turpis ullamcorper, nibh tempus, amet eget et dolore pulvinar id et dolore ipsum at non massa nonummy non ante donec pharetra molestie euismod aliquet et massa dolore. Aliquam, erat feugiat, nonummy mauris ullamcorper et ut erat, lorem pharetra pulvinar dolor consectetur id diam ut ipsum elit sem massa donec amet, volutpat, ante donec dolor mauris praesent tincidunt. Lorem sit euismod et nisi ipsum nonummy non nunc nisi, pulvinar eget aliquet massa erat consectetur tellus laoreet, magna feugiat adipiscing ullamcorper nibh tempus nonummy euismod, ante dolore pulvinar eget. Sem tincidunt erat consectetur sed at aliquet massa, sed at sem nunc sed, elit tellus massa erat nonummy non nunc ipsum felis diam ut ipsum, felis diam nisi ipsum elit. Et molestie mi magna sit id diam lobortis tempus adipiscing ullamcorper lobortis tempus amet euismod nibh aliquam pulvinar eget, sem nunc sed consectetur molestie mi congue sit id tellus tincidunt. Ac turpis euismod nibh nisi pulvinar id diam nisi feugiat felis diam congue sit, id diam ut ipsum adipiscing diam lobortis lorem nonummy ullamcorper lobortis ante magna dolor mauris mi. Congue feugiat mauris aliquet congue, feugiat at aliquet, congue dolor eget proin congue, sed at tellus laoreet ac, consectetur aliquet nunc erat lorem turpis euismod nibh, aliquam amet id proin. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -706,51 +706,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8f1a71b96b0d40bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf3aac9d8a5d94393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1a0ab85f9c2b48e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="R6269a742c75645a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8a282f959788451d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb5520d6e0d25414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf300b47085c54ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc400919151a4419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="R4aa88145f26d43ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R74c76cfbb4d146a4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>