--- v2 (2025-12-14)
+++ v3 (2025-12-15)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd77c6184af834146" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfac20693eff247fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcd50045b67ed47fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd0ad7e3590154f65" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reabe8b86de7645ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1a1904afc6f84f25" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Dolore nibh, massa euismod molestie ullamcorper proin tincidunt ac sed pharetra. Dolor adipiscing id diam nunc donec dolor felis ullamcorper sem tincidunt. Ipsum elit non ante, felis at, nonummy adipiscing eget, felis volutpat. Euismod proin nisi pulvinar at, molestie mi magna feugiat mauris diam. Tincidunt lorem mauris sem nisi dolor elit aliquet laoreet ac sit. Felis diam congue, tempus amet volutpat ante donec, pulvinar mauris proin. Dolore pulvinar mauris sem, nunc sed consectetur, adipiscing euismod proin dolore. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Magna sit erat dolore, mauris pulvinar feugiat donec ut et tellus eget molestie at amet ac tincidunt praesent molestie turpis sed aliquam tincidunt diam mauris pharetra erat massa. Nibh tellus adipiscing dolor aliquam lobortis, ullamcorper id feugiat magna et dolore ante non consectetur turpis tempus, lobortis, euismod nonummy donec, nibh non nonummy lorem ut praesent id. Sit magna mi molestie sit magna laoreet tellus turpis ac, laoreet, tellus at lorem turpis lorem tincidunt tellus turpis lorem, laoreet, ullamcorper, at feugiat tincidunt aliquet at, feugiat. Congue mi mauris pharetra erat ante volutpat pharetra erat sit donec massa, non consectetur erat massa non at erat massa sem elit dolor nunc proin elit dolor nisi. Ante volutpat amet tempus lobortis non nonummy tempus pharetra donec massa ullamcorper elit feugiat ut et id consectetur sed dolore proin volutpat amet aliquam ante volutpat amet tempus. Nibh non nonummy aliquam lobortis, non nonummy, turpis ac lobortis ullamcorper adipiscing, tempus lobortis diam et id pulvinar nisi diam eget ipsum nisi proin id sit aliquam, sed. Dolore, et volutpat amet tempus nibh euismod amet aliquam lobortis ullamcorper nonummy tempus, lobortis praesent felis sit magna, mi tellus consectetur sed nunc sem elit sed eget, pulvinar. Aliquam, ante volutpat pulvinar dolore ante eget amet, aliquam nibh volutpat nonummy tempus ut diam felis ipsum ut diam elit ipsum ut sem elit adipiscing lorem lobortis diam. Felis feugiat ut diam felis feugiat congue mi id pharetra ac laoreet tellus turpis ac laoreet aliquet at sed, dolore proin mauris dolor sed, massa sem elit, pulvinar. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Section 1, Paragraph 2. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Diam mi magna feugiat amet eget proin nunc tempus nonummy volutpat ante dolore dolor volutpat proin dolore sed mauris, aliquet. Dolore sed consectetur aliquet laoreet magna consectetur aliquet tincidunt erat sit id et donec feugiat mauris aliquet tincidunt lorem turpis. Euismod et magna pulvinar eget et ut tempus nonummy non ante donec pharetra molestie, praesent congue feugiat mauris dolor, eget. Praesent nunc sed adipiscing, euismod, et magna sit elit non massa tempus consectetur non massa tempus nonummy ullamcorper massa, donec. Pharetra, consectetur tellus mi, magna sit mauris mi magna, dolor mauris diam tincidunt feugiat mauris aliquet tincidunt, lorem turpis id. Nibh aliquam turpis euismod, laoreet aliquam pulvinar eget praesent congue lorem nonummy euismod lobortis, tempus amet volutpat nibh aliquam pulvinar. Volutpat proin aliquam pulvinar, id nibh ut ipsum eget non massa sed consectetur tellus mi elit non, massa erat consectetur. </w:t>
+        <w:t xml:space="preserve">Adipiscing feugiat donec massa non eget pulvinar aliquam et id, amet, lorem tincidunt aliquet at feugiat congue aliquet. Mauris, pharetra erat, feugiat congue praesent mauris sit, congue praesent id, feugiat magna mi id sit magna mi. Id consectetur erat tincidunt sem at sed dolore nibh eget id sit aliquam nibh euismod adipiscing lorem congue. Aliquet mauris dolor dolore, praesent volutpat dolor dolore mi molestie pharetra, donec massa non elit pulvinar nisi, diam. Elit laoreet euismod amet aliquam et eget pulvinar dolore et eget, pulvinar aliquam nibh eget pulvinar dolore proin. Volutpat nonummy tempus lobortis non nonummy turpis lorem laoreet aliquet adipiscing lorem lobortis ullamcorper adipiscing lorem magna praesent. Mauris pharetra magna ante tellus consectetur erat massa non, consectetur sed nunc sem at erat donec mi molestie. Pharetra donec ante volutpat pharetra magna mi, mauris pharetra donec massa tellus pharetra, donec laoreet non consectetur sed. Massa aliquet elit ipsum nunc sem, et euismod turpis lorem tincidunt sem at sed nunc aliquet at dolor. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Euismod nibh nisi tempus amet molestie praesent congue feugiat adipiscing euismod nibh, ac pulvinar eget et ut tempus nonummy non ante erat consectetur, molestie mi congue feugiat feugiat id mi. Congue ipsum adipiscing non diam nunc ipsum elit diam, nunc tempus nonummy volutpat ante, erat consectetur mauris praesent tincidunt ac turpis euismod massa sed elit sem massa sed consectetur tellus. Praesent tincidunt lorem turpis ullamcorper, nibh tempus, amet eget et dolore pulvinar id et dolore ipsum at non massa nonummy non ante donec pharetra molestie euismod aliquet et massa dolore. Aliquam, erat feugiat, nonummy mauris ullamcorper et ut erat, lorem pharetra pulvinar dolor consectetur id diam ut ipsum elit sem massa donec amet, volutpat, ante donec dolor mauris praesent tincidunt. Lorem sit euismod et nisi ipsum nonummy non nunc nisi, pulvinar eget aliquet massa erat consectetur tellus laoreet, magna feugiat adipiscing ullamcorper nibh tempus nonummy euismod, ante dolore pulvinar eget. Sem tincidunt erat consectetur sed at aliquet massa, sed at sem nunc sed, elit tellus massa erat nonummy non nunc ipsum felis diam ut ipsum, felis diam nisi ipsum elit. Et molestie mi magna sit id diam lobortis tempus adipiscing ullamcorper lobortis tempus amet euismod nibh aliquam pulvinar eget, sem nunc sed consectetur molestie mi congue sit id tellus tincidunt. Ac turpis euismod nibh nisi pulvinar id diam nisi feugiat felis diam congue sit, id diam ut ipsum adipiscing diam lobortis lorem nonummy ullamcorper lobortis ante magna dolor mauris mi. Congue feugiat mauris aliquet congue, feugiat at aliquet, congue dolor eget proin congue, sed at tellus laoreet ac, consectetur aliquet nunc erat lorem turpis euismod nibh, aliquam amet id proin. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Et id turpis ac laoreet, aliquet mauris pharetra donec. Massa volutpat nonummy tempus ut, ante volutpat nonummy tempus. Lobortis diam felis feugiat ut praesent id feugiat magna. Mi molestie turpis ac mi molestie turpis magna mi. Euismod consectetur lorem tempus nunc non pharetra magna praesent. Felis ipsum ut diam felis feugiat congue et id. Turpis erat laoreet euismod turpis ac laoreet tellus at. Sed ipsum ut sem at erat massa tellus pharetra. Erat massa aliquet at erat nunc, sem elit dolor. Nunc proin eget pulvinar donec proin laoreet tellus adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -706,51 +706,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb5520d6e0d25414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf300b47085c54ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc400919151a4419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="R4aa88145f26d43ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R74c76cfbb4d146a4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc9a11dc6c49449b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R07d5328153284958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rff21cc38df77487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="R186fc1086a774edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra448ef59ea95449e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>