--- v3 (2025-12-15)
+++ v4 (2025-12-17)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd0ad7e3590154f65" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reabe8b86de7645ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1a1904afc6f84f25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8a770c2865b04cec" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R26180eb837d541d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2b212c258b534245" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Magna sit erat dolore, mauris pulvinar feugiat donec ut et tellus eget molestie at amet ac tincidunt praesent molestie turpis sed aliquam tincidunt diam mauris pharetra erat massa. Nibh tellus adipiscing dolor aliquam lobortis, ullamcorper id feugiat magna et dolore ante non consectetur turpis tempus, lobortis, euismod nonummy donec, nibh non nonummy lorem ut praesent id. Sit magna mi molestie sit magna laoreet tellus turpis ac, laoreet, tellus at lorem turpis lorem tincidunt tellus turpis lorem, laoreet, ullamcorper, at feugiat tincidunt aliquet at, feugiat. Congue mi mauris pharetra erat ante volutpat pharetra erat sit donec massa, non consectetur erat massa non at erat massa sem elit dolor nunc proin elit dolor nisi. Ante volutpat amet tempus lobortis non nonummy tempus pharetra donec massa ullamcorper elit feugiat ut et id consectetur sed dolore proin volutpat amet aliquam ante volutpat amet tempus. Nibh non nonummy aliquam lobortis, non nonummy, turpis ac lobortis ullamcorper adipiscing, tempus lobortis diam et id pulvinar nisi diam eget ipsum nisi proin id sit aliquam, sed. Dolore, et volutpat amet tempus nibh euismod amet aliquam lobortis ullamcorper nonummy tempus, lobortis praesent felis sit magna, mi tellus consectetur sed nunc sem elit sed eget, pulvinar. Aliquam, ante volutpat pulvinar dolore ante eget amet, aliquam nibh volutpat nonummy tempus ut diam felis ipsum ut diam elit ipsum ut sem elit adipiscing lorem lobortis diam. Felis feugiat ut diam felis feugiat congue mi id pharetra ac laoreet tellus turpis ac laoreet aliquet at sed, dolore proin mauris dolor sed, massa sem elit, pulvinar. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Mauris adipiscing feugiat elit sem lobortis. Lobortis lorem, adipiscing ullamcorper laoreet ac. Adipiscing aliquet laoreet lorem, mauris aliquet. Nunc at euismod laoreet erat consectetur. Aliquet tincidunt sed, eget et ac. At praesent dolore amet, ullamcorper ut. Feugiat id mi donec consectetur non. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Section 1, Paragraph 2. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Adipiscing feugiat donec massa non eget pulvinar aliquam et id, amet, lorem tincidunt aliquet at feugiat congue aliquet. Mauris, pharetra erat, feugiat congue praesent mauris sit, congue praesent id, feugiat magna mi id sit magna mi. Id consectetur erat tincidunt sem at sed dolore nibh eget id sit aliquam nibh euismod adipiscing lorem congue. Aliquet mauris dolor dolore, praesent volutpat dolor dolore mi molestie pharetra, donec massa non elit pulvinar nisi, diam. Elit laoreet euismod amet aliquam et eget pulvinar dolore et eget, pulvinar aliquam nibh eget pulvinar dolore proin. Volutpat nonummy tempus lobortis non nonummy turpis lorem laoreet aliquet adipiscing lorem lobortis ullamcorper adipiscing lorem magna praesent. Mauris pharetra magna ante tellus consectetur erat massa non, consectetur sed nunc sem at erat donec mi molestie. Pharetra donec ante volutpat pharetra magna mi, mauris pharetra donec massa tellus pharetra, donec laoreet non consectetur sed. Massa aliquet elit ipsum nunc sem, et euismod turpis lorem tincidunt sem at sed nunc aliquet at dolor. </w:t>
+        <w:t xml:space="preserve">Nunc sit id mi ac feugiat felis diam ut feugiat molestie mi ipsum eget. Non mi erat nonummy sem sit euismod tincidunt erat, eget proin, nisi, adipiscing praesent. Dolore pharetra mauris proin aliquam adipiscing mi erat nonummy sem nisi adipiscing aliquet dolore. Amet sem nisi amet ullamcorper tincidunt dolor non ut turpis sem nisi amet ullamcorper. Congue dolor volutpat lobortis ipsum id laoreet sed id nibh, ac at tellus tincidunt. Eget sem aliquam adipiscing praesent congue dolor volutpat lobortis feugiat molestie massa sed at. Sem nisi sit tellus nunc pulvinar euismod lobortis feugiat, mi congue dolor volutpat lobortis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Et id turpis ac laoreet, aliquet mauris pharetra donec. Massa volutpat nonummy tempus ut, ante volutpat nonummy tempus. Lobortis diam felis feugiat ut praesent id feugiat magna. Mi molestie turpis ac mi molestie turpis magna mi. Euismod consectetur lorem tempus nunc non pharetra magna praesent. Felis ipsum ut diam felis feugiat congue et id. Turpis erat laoreet euismod turpis ac laoreet tellus at. Sed ipsum ut sem at erat massa tellus pharetra. Erat massa aliquet at erat nunc, sem elit dolor. Nunc proin eget pulvinar donec proin laoreet tellus adipiscing. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Proin dolore, amet euismod lobortis, mauris mi erat nonummy ullamcorper congue sit, tellus. Massa sed, eget nibh ac at proin lorem felis ante tempus felis mi. Lorem mauris proin adipiscing praesent dolore, amet diam congue pharetra aliquet, nisi, turpis. Aliquet congue, pharetra ullamcorper magna elit diam magna, consectetur, aliquet donec amet euismod. Tincidunt dolor ante erat elit et ac elit et ac at proin donec. Nonummy ullamcorper lobortis feugiat molestie laoreet sed eget nibh sed volutpat lobortis dolor. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -706,51 +706,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc9a11dc6c49449b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R07d5328153284958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rff21cc38df77487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="R186fc1086a774edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra448ef59ea95449e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R291349098a13442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbd32baf0bf98492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdd9ee735e4194fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="Re6e9927f04de4dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1cad3672d46646f7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>