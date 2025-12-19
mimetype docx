--- v4 (2025-12-17)
+++ v5 (2025-12-19)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8a770c2865b04cec" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R26180eb837d541d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2b212c258b534245" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3b4cdb3c9e75425c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8053311ba0c74998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R293560b914df4de4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Mauris adipiscing feugiat elit sem lobortis. Lobortis lorem, adipiscing ullamcorper laoreet ac. Adipiscing aliquet laoreet lorem, mauris aliquet. Nunc at euismod laoreet erat consectetur. Aliquet tincidunt sed, eget et ac. At praesent dolore amet, ullamcorper ut. Feugiat id mi donec consectetur non. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Felis pharetra, tempus magna ipsum amet, non ante donec dolor molestie, praesent dolore. Aliquam adipiscing praesent, nunc pulvinar volutpat nibh tempus adipiscing diam congue pharetra non. Non lobortis ipsum id, mi ac at non nunc ipsum id nibh lorem. Mauris praesent donec adipiscing mi donec nonummy diam, nisi turpis aliquet dolore lorem. Mauris, proin donec, nonummy, ullamcorper lobortis, lorem id, laoreet sed id nibh sed. Mauris nibh lorem molestie lobortis ipsum id, tincidunt, sed at proin nisi amet. Nonummy volutpat lobortis ipsum id mi sed eget nibh lorem mauris proin tempus. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Section 1, Paragraph 2. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Nunc sit id mi ac feugiat felis diam ut feugiat molestie mi ipsum eget. Non mi erat nonummy sem sit euismod tincidunt erat, eget proin, nisi, adipiscing praesent. Dolore pharetra mauris proin aliquam adipiscing mi erat nonummy sem nisi adipiscing aliquet dolore. Amet sem nisi amet ullamcorper tincidunt dolor non ut turpis sem nisi amet ullamcorper. Congue dolor volutpat lobortis ipsum id laoreet sed id nibh, ac at tellus tincidunt. Eget sem aliquam adipiscing praesent congue dolor volutpat lobortis feugiat molestie massa sed at. Sem nisi sit tellus nunc pulvinar euismod lobortis feugiat, mi congue dolor volutpat lobortis. </w:t>
+        <w:t xml:space="preserve">Lorem adipiscing aliquet congue pharetra, non ut, turpis, aliquet nunc pulvinar euismod, congue amet non congue pharetra non ut pulvinar id laoreet dolore amet. Euismod tincidunt dolor volutpat lobortis feugiat tellus nunc amet, ullamcorper congue amet diam magna, pharetra non ut turpis, tellus tincidunt dolor, volutpat lobortis ipsum. Felis et nisi sit tellus nunc, pulvinar id laoreet feugiat molestie ante tempus felis mi donec nonummy sem magna consectetur aliquet donec amet ullamcorper. Congue pharetra, at aliquet nisi turpis ullamcorper, tincidunt pharetra volutpat lobortis feugiat non, ut sit, euismod, laoreet sed volutpat lobortis feugiat molestie massa ipsum. Felis erat nonummy diam magna at proin ac adipiscing praesent, dolore amet ullamcorper magna consectetur diam ac at proin aliquam turpis ullamcorper congue pharetra. Sem nisi turpis dolore pharetra ullamcorper congue pharetra non nisi turpis aliquet nunc dolor eget lobortis feugiat tellus ut sit tellus tincidunt, dolor volutpat. Nibh ac adipiscing, mi ut feugiat tellus nunc pulvinar euismod tincidunt sed eget nibh lorem mauris massa ipsum euismod nunc pulvinar euismod tincidunt dolor. Volutpat lobortis feugiat molestie massa ipsum euismod ut feugiat molestie laoreet sed eget laoreet sed volutpat lobortis feugiat molestie, nunc pulvinar id mi erat. Elit proin aliquam at proin tempus, adipiscing et ac at, ante donec nonummy diam donec elit et sed mauris ante, feugiat molestie massa ipsum. Id mi sed volutpat lobortis dolor volutpat massa feugiat molestie massa ipsum id, nibh, tempus felis mi tempus felis et ac turpis aliquet nisi. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Proin dolore, amet euismod lobortis, mauris mi erat nonummy ullamcorper congue sit, tellus. Massa sed, eget nibh ac at proin lorem felis ante tempus felis mi. Lorem mauris proin adipiscing praesent dolore, amet diam congue pharetra aliquet, nisi, turpis. Aliquet congue, pharetra ullamcorper magna elit diam magna, consectetur, aliquet donec amet euismod. Tincidunt dolor ante erat elit et ac elit et ac at proin donec. Nonummy ullamcorper lobortis feugiat molestie laoreet sed eget nibh sed volutpat lobortis dolor. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Praesent tellus massa congue lorem adipiscing ullamcorper tincidunt feugiat felis diam tincidunt id sem, aliquam at ante, aliquam nonummy diam. Magna sit molestie ante tempus felis laoreet erat elit et tempus adipiscing praesent donec elit et magna, consectetur proin nisi. Turpis aliquet nunc amet ullamcorper, magna pharetra non lobortis pulvinar, euismod nunc dolor, volutpat lobortis feugiat molestie massa ipsum felis. Mi sed elit nibh, tempus felis ante erat elit et ac, turpis tellus nunc pulvinar euismod tincidunt feugiat molestie massa. Feugiat id laoreet sed eget laoreet feugiat molestie massa ipsum id tincidunt dolor volutpat lobortis dolor volutpat lobortis feugiat id. Laoreet sed eget nibh lorem molestie lobortis, ipsum, id mi erat eget et tempus adipiscing praesent donec nonummy sem nisi. Consectetur sem dolore amet ullamcorper, dolore nonummy diam congue consectetur non ut pulvinar id laoreet sed, volutpat, nibh tempus felis. Diam nisi sit tellus nunc dolor euismod, lobortis, feugiat, volutpat lobortis feugiat molestie laoreet erat, elit proin, aliquam, adipiscing aliquet. Lobortis lorem mauris ante erat elit et nisi consectetur aliquet nisi turpis praesent erat felis et erat eget, laoreet sed. Mauris nibh tempus, felis mi sed ut, pulvinar id mi erat mauris nibh feugiat mauris massa ipsum id laoreet sed. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -706,51 +706,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R291349098a13442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbd32baf0bf98492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdd9ee735e4194fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="Re6e9927f04de4dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1cad3672d46646f7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc2dcc09f89934450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re916ff2decaf4589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbc2ed8ab6772496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="R1129eedb38b1425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6834876c39414daf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>