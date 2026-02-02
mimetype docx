--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3b4cdb3c9e75425c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8053311ba0c74998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R293560b914df4de4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1af77d76c7c94bae" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3f4b818bdfb04580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R46e48ba51efa4af9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Felis pharetra, tempus magna ipsum amet, non ante donec dolor molestie, praesent dolore. Aliquam adipiscing praesent, nunc pulvinar volutpat nibh tempus adipiscing diam congue pharetra non. Non lobortis ipsum id, mi ac at non nunc ipsum id nibh lorem. Mauris praesent donec adipiscing mi donec nonummy diam, nisi turpis aliquet dolore lorem. Mauris, proin donec, nonummy, ullamcorper lobortis, lorem id, laoreet sed id nibh sed. Mauris nibh lorem molestie lobortis ipsum id, tincidunt, sed at proin nisi amet. Nonummy volutpat lobortis ipsum id mi sed eget nibh lorem mauris proin tempus. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. At euismod diam non ante, praesent non nonummy ipsum ac congue massa et, molestie consectetur ipsum, nunc proin eget, turpis lorem mi non elit ipsum ut diam eget pulvinar. Dolor dolore nibh ullamcorper id consectetur, erat nunc sem elit sed dolore et volutpat turpis lorem euismod, adipiscing feugiat ut praesent felis, feugiat congue praesent id pharetra magna mi. Id, turpis erat massa aliquet at sed nunc aliquet at dolor dolore, sem eget tincidunt praesent mauris pharetra tempus lobortis non adipiscing feugiat magna et id turpis magna et. Euismod consectetur erat tincidunt aliquet at sed tincidunt praesent, ac tincidunt praesent mauris sed congue praesent molestie dolor donec massa non nonummy tempus lobortis diam felis pulvinar nisi et. Id turpis lorem nunc praesent mauris tincidunt praesent mauris amet erat lobortis, diam id sit magna mi euismod turpis nisi et euismod turpis ac laoreet aliquet adipiscing lorem tincidunt. Ullamcorper mauris, feugiat tincidunt adipiscing feugiat congue mi volutpat nonummy tempus sed nunc proin eget amet aliquam ante eget pharetra, congue praesent at dolor aliquet at dolor donec mi. Molestie dolor donec ante non nonummy tempus nunc, sem eget pulvinar nisi, et id, turpis ac, tincidunt aliquet mauris dolor congue aliquet aliquam lobortis ullamcorper adipiscing feugiat congue ante. Non elit tempus ut diam eget pulvinar nisi nibh euismod amet aliquam et euismod amet, nisi nibh euismod turpis lorem ullamcorper adipiscing feugiat congue ante tellus consectetur donec mi. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Section 1, Paragraph 2. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Lorem adipiscing aliquet congue pharetra, non ut, turpis, aliquet nunc pulvinar euismod, congue amet non congue pharetra non ut pulvinar id laoreet dolore amet. Euismod tincidunt dolor volutpat lobortis feugiat tellus nunc amet, ullamcorper congue amet diam magna, pharetra non ut turpis, tellus tincidunt dolor, volutpat lobortis ipsum. Felis et nisi sit tellus nunc, pulvinar id laoreet feugiat molestie ante tempus felis mi donec nonummy sem magna consectetur aliquet donec amet ullamcorper. Congue pharetra, at aliquet nisi turpis ullamcorper, tincidunt pharetra volutpat lobortis feugiat non, ut sit, euismod, laoreet sed volutpat lobortis feugiat molestie massa ipsum. Felis erat nonummy diam magna at proin ac adipiscing praesent, dolore amet ullamcorper magna consectetur diam ac at proin aliquam turpis ullamcorper congue pharetra. Sem nisi turpis dolore pharetra ullamcorper congue pharetra non nisi turpis aliquet nunc dolor eget lobortis feugiat tellus ut sit tellus tincidunt, dolor volutpat. Nibh ac adipiscing, mi ut feugiat tellus nunc pulvinar euismod tincidunt sed eget nibh lorem mauris massa ipsum euismod nunc pulvinar euismod tincidunt dolor. Volutpat lobortis feugiat molestie massa ipsum euismod ut feugiat molestie laoreet sed eget laoreet sed volutpat lobortis feugiat molestie, nunc pulvinar id mi erat. Elit proin aliquam at proin tempus, adipiscing et ac at, ante donec nonummy diam donec elit et sed mauris ante, feugiat molestie massa ipsum. Id mi sed volutpat lobortis dolor volutpat massa feugiat molestie massa ipsum id, nibh, tempus felis mi tempus felis et ac turpis aliquet nisi. </w:t>
+        <w:t xml:space="preserve">Ipsum nisi lobortis praesent mauris consectetur ipsum. Ut et felis ipsum ut et id. Turpis ac, laoreet, euismod at nibh ullamcorper. Adipiscing lorem tincidunt praesent at, dolor donec. Massa non, consectetur erat massa non nonummy. Ipsum ut diam eget sit aliquam, nibh. Ullamcorper ac, laoreet aliquet at ac congue. Ullamcorper adipiscing lorem congue praesent mauris feugiat. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Praesent tellus massa congue lorem adipiscing ullamcorper tincidunt feugiat felis diam tincidunt id sem, aliquam at ante, aliquam nonummy diam. Magna sit molestie ante tempus felis laoreet erat elit et tempus adipiscing praesent donec elit et magna, consectetur proin nisi. Turpis aliquet nunc amet ullamcorper, magna pharetra non lobortis pulvinar, euismod nunc dolor, volutpat lobortis feugiat molestie massa ipsum felis. Mi sed elit nibh, tempus felis ante erat elit et ac, turpis tellus nunc pulvinar euismod tincidunt feugiat molestie massa. Feugiat id laoreet sed eget laoreet feugiat molestie massa ipsum id tincidunt dolor volutpat lobortis dolor volutpat lobortis feugiat id. Laoreet sed eget nibh lorem molestie lobortis, ipsum, id mi erat eget et tempus adipiscing praesent donec nonummy sem nisi. Consectetur sem dolore amet ullamcorper, dolore nonummy diam congue consectetur non ut pulvinar id laoreet sed, volutpat, nibh tempus felis. Diam nisi sit tellus nunc dolor euismod, lobortis, feugiat, volutpat lobortis feugiat molestie laoreet erat, elit proin, aliquam, adipiscing aliquet. Lobortis lorem mauris ante erat elit et nisi consectetur aliquet nisi turpis praesent erat felis et erat eget, laoreet sed. Mauris nibh tempus, felis mi sed ut, pulvinar id mi erat mauris nibh feugiat mauris massa ipsum id laoreet sed. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Id at dolor, aliquam lobortis euismod, turpis lorem lobortis ullamcorper mauris, sit magna ante. Molestie nonummy, sed nunc sem eget, sed nisi eget, amet, ac tincidunt ullamcorper felis. Dolor donec mi tellus nonummy ipsum ut diam id pulvinar aliquam nibh euismod at. Dolor aliquam massa non nonummy mi volutpat pharetra donec ante non nonummy ipsum nisi. Nibh euismod, turpis ac, laoreet, proin praesent, diam, tellus eget felis consectetur sit lorem. Aliquam magna nunc et volutpat felis pharetra erat dolore nibh ante ullamcorper id consectetur. Dolor aliquam tincidunt, mi non id consectetur amet feugiat erat ut, nibh proin nonummy. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -706,51 +706,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc2dcc09f89934450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re916ff2decaf4589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbc2ed8ab6772496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="R1129eedb38b1425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6834876c39414daf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R60753e99c0504717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4d298c1c044549fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfa0b91b51d704142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="R72223486d8384517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcf817c506be84c20" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>