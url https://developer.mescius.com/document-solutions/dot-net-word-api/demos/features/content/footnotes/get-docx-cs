--- v6 (2026-02-02)
+++ v7 (2026-02-02)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1af77d76c7c94bae" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3f4b818bdfb04580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R46e48ba51efa4af9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8632f54574484396" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra1b61b35508942b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R199efa21a1264df3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. At euismod diam non ante, praesent non nonummy ipsum ac congue massa et, molestie consectetur ipsum, nunc proin eget, turpis lorem mi non elit ipsum ut diam eget pulvinar. Dolor dolore nibh ullamcorper id consectetur, erat nunc sem elit sed dolore et volutpat turpis lorem euismod, adipiscing feugiat ut praesent felis, feugiat congue praesent id pharetra magna mi. Id, turpis erat massa aliquet at sed nunc aliquet at dolor dolore, sem eget tincidunt praesent mauris pharetra tempus lobortis non adipiscing feugiat magna et id turpis magna et. Euismod consectetur erat tincidunt aliquet at sed tincidunt praesent, ac tincidunt praesent mauris sed congue praesent molestie dolor donec massa non nonummy tempus lobortis diam felis pulvinar nisi et. Id turpis lorem nunc praesent mauris tincidunt praesent mauris amet erat lobortis, diam id sit magna mi euismod turpis nisi et euismod turpis ac laoreet aliquet adipiscing lorem tincidunt. Ullamcorper mauris, feugiat tincidunt adipiscing feugiat congue mi volutpat nonummy tempus sed nunc proin eget amet aliquam ante eget pharetra, congue praesent at dolor aliquet at dolor donec mi. Molestie dolor donec ante non nonummy tempus nunc, sem eget pulvinar nisi, et id, turpis ac, tincidunt aliquet mauris dolor congue aliquet aliquam lobortis ullamcorper adipiscing feugiat congue ante. Non elit tempus ut diam eget pulvinar nisi nibh euismod amet aliquam et euismod amet, nisi nibh euismod turpis lorem ullamcorper adipiscing feugiat congue ante tellus consectetur donec mi. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Nonummy at nonummy pulvinar at molestie ullamcorper proin congue aliquam sed consectetur, molestie diam dolore sed consectetur tellus mi nisi feugiat felis. Turpis volutpat sem massa ac pharetra id non proin nunc sed at aliquet laoreet magna sit id et feugiat elit diam lobortis. Tempus pharetra volutpat massa donec pharetra, eget proin congue sed, at aliquet tincidunt magna turpis id mi magna, pulvinar felis diam erat. Amet volutpat ante donec pharetra molestie proin dolore dolor mauris, aliquet tincidunt lorem turpis euismod laoreet, ac turpis euismod et nisi ipsum. Diam lobortis erat amet, volutpat proin dolore pharetra eget proin dolore dolor mauris praesent laoreet ac sit euismod, laoreet magna sit, elit. Sem massa erat amet volutpat congue lorem turpis id proin ut, ipsum eget diam ut tempus nonummy non massa erat, pharetra mauris. Aliquet congue lorem turpis id, proin nunc ipsum elit sem sed nonummy tellus ante donec pharetra, mauris praesent donec pharetra molestie mi. Tincidunt ac adipiscing ullamcorper tellus laoreet ac sem ut ipsum eget sem ante donec consectetur non, nunc erat consectetur non massa tempus. Nonummy non ante erat amet non massa, aliquam pharetra volutpat nibh tempus non lobortis tempus nonummy, ullamcorper lobortis tempus turpis volutpat ante. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Section 1, Paragraph 2. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Ipsum nisi lobortis praesent mauris consectetur ipsum. Ut et felis ipsum ut et id. Turpis ac, laoreet, euismod at nibh ullamcorper. Adipiscing lorem tincidunt praesent at, dolor donec. Massa non, consectetur erat massa non nonummy. Ipsum ut diam eget sit aliquam, nibh. Ullamcorper ac, laoreet aliquet at ac congue. Ullamcorper adipiscing lorem congue praesent mauris feugiat. </w:t>
+        <w:t xml:space="preserve">Ut aliquam pharetra at ullamcorper nibh aliquam sit id, et nunc, tempus consectetur. Mauris ullamcorper tincidunt aliquam amet volutpat nibh aliquam ullamcorper nibh aliquam amet euismod. Nibh nisi sit, id et nisi sit id nibh ac, turpis, euismod et. Nisi feugiat nonummy sem lobortis erat, nonummy, ut ipsum adipiscing ullamcorper lobortis tempus. Amet volutpat proin dolore, pulvinar mauris sem dolore sed elit proin nisi, dolor. Elit aliquet laoreet, ac sit id praesent, magna non laoreet donec sit mauris. Praesent lobortis tempus adipiscing ullamcorper lobortis tempus felis ullamcorper tincidunt ac turpis id. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Id at dolor, aliquam lobortis euismod, turpis lorem lobortis ullamcorper mauris, sit magna ante. Molestie nonummy, sed nunc sem eget, sed nisi eget, amet, ac tincidunt ullamcorper felis. Dolor donec mi tellus nonummy ipsum ut diam id pulvinar aliquam nibh euismod at. Dolor aliquam massa non nonummy mi volutpat pharetra donec ante non nonummy ipsum nisi. Nibh euismod, turpis ac, laoreet, proin praesent, diam, tellus eget felis consectetur sit lorem. Aliquam magna nunc et volutpat felis pharetra erat dolore nibh ante ullamcorper id consectetur. Dolor aliquam tincidunt, mi non id consectetur amet feugiat erat ut, nibh proin nonummy. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Diam ante dolore dolor, at ullamcorper, et aliquam ipsum nonummy non laoreet magna sit, ante, donec. Pharetra molestie, mi magna feugiat adipiscing volutpat et nunc sed at tellus laoreet magna sit, felis. Ullamcorper nibh aliquam pulvinar eget sem dolore volutpat ante nisi pulvinar euismod et dolore pulvinar id. Proin nunc ipsum elit sem massa erat consectetur tellus ante donec pharetra tellus mi donec dolor. Ante donec dolor felis ullamcorper lobortis lorem adipiscing aliquet tincidunt ac turpis tellus laoreet lorem turpis. Tellus nibh magna, sit, id, et ut felis diam lobortis tempus nonummy, non ante donec dolor. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -706,51 +706,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R60753e99c0504717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4d298c1c044549fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfa0b91b51d704142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="R72223486d8384517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcf817c506be84c20" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R59413f139217402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra95b891acb834219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re603a1f66c6d4e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="R4d56463c58cb43cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc023f8aeee424af4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>