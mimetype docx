--- v7 (2026-02-02)
+++ v8 (2026-02-02)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8632f54574484396" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra1b61b35508942b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R199efa21a1264df3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb78f52685e7d4599" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra59f5931eeee41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4af26347d8334cce" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Nonummy at nonummy pulvinar at molestie ullamcorper proin congue aliquam sed consectetur, molestie diam dolore sed consectetur tellus mi nisi feugiat felis. Turpis volutpat sem massa ac pharetra id non proin nunc sed at aliquet laoreet magna sit id et feugiat elit diam lobortis. Tempus pharetra volutpat massa donec pharetra, eget proin congue sed, at aliquet tincidunt magna turpis id mi magna, pulvinar felis diam erat. Amet volutpat ante donec pharetra molestie proin dolore dolor mauris, aliquet tincidunt lorem turpis euismod laoreet, ac turpis euismod et nisi ipsum. Diam lobortis erat amet, volutpat proin dolore pharetra eget proin dolore dolor mauris praesent laoreet ac sit euismod, laoreet magna sit, elit. Sem massa erat amet volutpat congue lorem turpis id proin ut, ipsum eget diam ut tempus nonummy non massa erat, pharetra mauris. Aliquet congue lorem turpis id, proin nunc ipsum elit sem sed nonummy tellus ante donec pharetra, mauris praesent donec pharetra molestie mi. Tincidunt ac adipiscing ullamcorper tellus laoreet ac sem ut ipsum eget sem ante donec consectetur non, nunc erat consectetur non massa tempus. Nonummy non ante erat amet non massa, aliquam pharetra volutpat nibh tempus non lobortis tempus nonummy, ullamcorper lobortis tempus turpis volutpat ante. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Elit pharetra feugiat at, amet, feugiat ac dolore, lobortis praesent volutpat elit ipsum nisi nibh tellus consectetur sed dolore proin ullamcorper ipsum congue diam id sit magna et id. Consectetur, dolor dolore ante euismod turpis tempus lobortis ullamcorper adipiscing lorem congue praesent id, sit magna mi sit erat massa sem elit dolor nunc sem elit dolor dolore proin. Mauris, dolor donec nibh diam felis lorem ut praesent id pharetra erat massa aliquet elit laoreet tellus elit pulvinar nisi, ante euismod adipiscing, lorem congue praesent mauris sit magna. Mi non, elit ipsum nisi sem elit, sed nunc consectetur sed tincidunt aliquet at lorem nunc sem eget amet aliquam nibh non nonummy tempus lobortis ullamcorper felis ipsum ut. Diam felis feugiat nisi et felis feugiat tincidunt aliquet mauris dolor, nunc aliquet adipiscing lorem laoreet praesent mauris dolor dolore ante volutpat nonummy erat lobortis diam, felis, sit ac. Laoreet tellus consectetur sed dolore turpis magna nibh euismod turpis ac nibh ullamcorper adipiscing felis pharetra congue et molestie sit ac, laoreet aliquet consectetur ac euismod, consectetur sed dolore. Proin eget amet aliquam massa eget amet aliquam massa, volutpat nonummy tempus ut et euismod sit ac laoreet aliquet mauris amet donec proin dolor nunc, proin eget dolor dolore. Proin non nonummy ipsum, magna laoreet, aliquet at dolor dolore sem, eget pulvinar, donec nibh volutpat amet tempus lobortis non dolore proin mauris dolor dolore praesent mauris pharetra erat. Massa sem elit ipsum ut diam, felis pulvinar nisi, et euismod turpis ac, tincidunt aliquet adipiscing sed congue at dolor dolore mi molestie pharetra erat, massa non nonummy tempus. Nunc diam eget sit aliquam laoreet, tellus at dolor congue praesent mauris dolor erat massa non dolore, mi molestie consectetur tempus massa sem eget pulvinar magna diam, eget sit. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Section 1, Paragraph 2. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Ut aliquam pharetra at ullamcorper nibh aliquam sit id, et nunc, tempus consectetur. Mauris ullamcorper tincidunt aliquam amet volutpat nibh aliquam ullamcorper nibh aliquam amet euismod. Nibh nisi sit, id et nisi sit id nibh ac, turpis, euismod et. Nisi feugiat nonummy sem lobortis erat, nonummy, ut ipsum adipiscing ullamcorper lobortis tempus. Amet volutpat proin dolore, pulvinar mauris sem dolore sed elit proin nisi, dolor. Elit aliquet laoreet, ac sit id praesent, magna non laoreet donec sit mauris. Praesent lobortis tempus adipiscing ullamcorper lobortis tempus felis ullamcorper tincidunt ac turpis id. </w:t>
+        <w:t xml:space="preserve">Dolore tincidunt mi tellus elit tempus nunc, diam id turpis lorem praesent mauris pharetra donec ante non amet erat ante. Molestie, consectetur erat lobortis non nonummy tempus nunc diam eget pulvinar ut proin eget ipsum nunc sem sed nunc aliquet. At sed, nunc proin elit pulvinar dolore ante eget pulvinar donec ante volutpat pulvinar donec ante volutpat nonummy tempus lobortis. Ullamcorper felis lobortis et molestie sit magna mi euismod turpis ac, tincidunt aliquet eget dolor dolore proin non nonummy tempus. Ut diam, id consectetur sed aliquet elit, dolor, dolore ante volutpat amet tempus lobortis, ullamcorper adipiscing tempus lobortis ullamcorper adipiscing. Lorem congue diam felis, feugiat congue et id turpis ac laoreet tellus erat tincidunt sem at lorem tincidunt aliquet at. Sed nunc proin mauris, sed congue praesent, mauris amet ipsum ut et, id turpis ac mi tellus, consectetur sed, aliquet. At dolor donec proin eget dolor tincidunt praesent, at lorem tincidunt aliquet adipiscing lorem congue praesent mauris consectetur donec, mauris. Dolor erat massa sem eget pulvinar nisi, et euismod, sit lorem congue ante volutpat, nonummy donec ante volutpat amet erat. Ut diam id turpis magna laoreet adipiscing sed nunc ante eget amet aliquam lobortis, non nonummy tempus massa non nonummy. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Diam ante dolore dolor, at ullamcorper, et aliquam ipsum nonummy non laoreet magna sit, ante, donec. Pharetra molestie, mi magna feugiat adipiscing volutpat et nunc sed at tellus laoreet magna sit, felis. Ullamcorper nibh aliquam pulvinar eget sem dolore volutpat ante nisi pulvinar euismod et dolore pulvinar id. Proin nunc ipsum elit sem massa erat consectetur tellus ante donec pharetra tellus mi donec dolor. Ante donec dolor felis ullamcorper lobortis lorem adipiscing aliquet tincidunt ac turpis tellus laoreet lorem turpis. Tellus nibh magna, sit, id, et ut felis diam lobortis tempus nonummy, non ante donec dolor. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Ipsum nisi et euismod felis feugiat magna ante non nonummy, tempus ut et euismod turpis lorem tincidunt praesent id. Sit ac, laoreet sem elit pulvinar nisi et volutpat, amet, aliquam lobortis diam adipiscing lorem congue mi molestie sit. Erat nunc, sem id, pulvinar, nibh euismod turpis, lorem lobortis ullamcorper adipiscing feugiat tincidunt praesent molestie consectetur tempus, nunc. Diam id, sit aliquam nibh, ullamcorper at lorem dolore ante volutpat donec ante non nonummy ipsum ut diam felis. Pulvinar magna laoreet, aliquet adipiscing lorem tincidunt praesent at sed donec, ante non nonummy tempus sem, felis ipsum ut. Et euismod, turpis, lorem, nunc aliquet eget dolor aliquam nibh non, nonummy tempus, lobortis ullamcorper elit, feugiat, magna mi. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -706,51 +706,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R59413f139217402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra95b891acb834219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re603a1f66c6d4e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="R4d56463c58cb43cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc023f8aeee424af4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc3acaf0e47c44874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rba10a78ec5154aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R38ebe2fc08f14769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="Rdf534a60170d4069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0a74fb3ca8df4aa8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>