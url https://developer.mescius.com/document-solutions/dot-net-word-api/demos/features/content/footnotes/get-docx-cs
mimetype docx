--- v8 (2026-02-02)
+++ v9 (2026-03-19)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb78f52685e7d4599" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra59f5931eeee41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4af26347d8334cce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raea27e6a27484d33" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rde15e8b9488a42b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re6801eb71ff44775" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1. Elit pharetra feugiat at, amet, feugiat ac dolore, lobortis praesent volutpat elit ipsum nisi nibh tellus consectetur sed dolore proin ullamcorper ipsum congue diam id sit magna et id. Consectetur, dolor dolore ante euismod turpis tempus lobortis ullamcorper adipiscing lorem congue praesent id, sit magna mi sit erat massa sem elit dolor nunc sem elit dolor dolore proin. Mauris, dolor donec nibh diam felis lorem ut praesent id pharetra erat massa aliquet elit laoreet tellus elit pulvinar nisi, ante euismod adipiscing, lorem congue praesent mauris sit magna. Mi non, elit ipsum nisi sem elit, sed nunc consectetur sed tincidunt aliquet at lorem nunc sem eget amet aliquam nibh non nonummy tempus lobortis ullamcorper felis ipsum ut. Diam felis feugiat nisi et felis feugiat tincidunt aliquet mauris dolor, nunc aliquet adipiscing lorem laoreet praesent mauris dolor dolore ante volutpat nonummy erat lobortis diam, felis, sit ac. Laoreet tellus consectetur sed dolore turpis magna nibh euismod turpis ac nibh ullamcorper adipiscing felis pharetra congue et molestie sit ac, laoreet aliquet consectetur ac euismod, consectetur sed dolore. Proin eget amet aliquam massa eget amet aliquam massa, volutpat nonummy tempus ut et euismod sit ac laoreet aliquet mauris amet donec proin dolor nunc, proin eget dolor dolore. Proin non nonummy ipsum, magna laoreet, aliquet at dolor dolore sem, eget pulvinar, donec nibh volutpat amet tempus lobortis non dolore proin mauris dolor dolore praesent mauris pharetra erat. Massa sem elit ipsum ut diam, felis pulvinar nisi, et euismod turpis ac, tincidunt aliquet adipiscing sed congue at dolor dolore mi molestie pharetra erat, massa non nonummy tempus. Nunc diam eget sit aliquam laoreet, tellus at dolor congue praesent mauris dolor erat massa non dolore, mi molestie consectetur tempus massa sem eget pulvinar magna diam, eget sit. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1. Pharetra consectetur euismod sem sem, ullamcorper tellus tellus diam et proin, mi et praesent diam aliquet euismod volutpat tellus ullamcorper sem. Nibh massa nibh proin adipiscing id eget id eget turpis feugiat ipsum erat, aliquam dolore nisi nunc tincidunt massa laoreet congue. Nisi tempus sit adipiscing at mauris id elit feugiat feugiat ante, laoreet et ullamcorper molestie felis consectetur amet feugiat erat nisi. Tincidunt congue nunc nunc ut massa laoreet nibh mi et praesent non tellus euismod molestie, euismod sem sem diam diam, aliquet. Ullamcorper, tincidunt congue nisi aliquam, ac dolore tincidunt ut massa tincidunt mi et sem praesent diam at felis eget mauris adipiscing. At adipiscing dolor feugiat sed ac dolore nisi nunc tincidunt massa mi proin ullamcorper diam praesent diam sem aliquet volutpat, felis. Elit pharetra at adipiscing pharetra feugiat sed aliquam donec ac lorem ipsum pulvinar consectetur turpis adipiscing eget, volutpat tellus euismod molestie. Molestie euismod, non aliquet, diam sem, at sem proin mi et ante laoreet et aliquet ullamcorper aliquet aliquet diam aliquet euismod. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Section 1, Paragraph 2. </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Dolore tincidunt mi tellus elit tempus nunc, diam id turpis lorem praesent mauris pharetra donec ante non amet erat ante. Molestie, consectetur erat lobortis non nonummy tempus nunc diam eget pulvinar ut proin eget ipsum nunc sem sed nunc aliquet. At sed, nunc proin elit pulvinar dolore ante eget pulvinar donec ante volutpat pulvinar donec ante volutpat nonummy tempus lobortis. Ullamcorper felis lobortis et molestie sit magna mi euismod turpis ac, tincidunt aliquet eget dolor dolore proin non nonummy tempus. Ut diam, id consectetur sed aliquet elit, dolor, dolore ante volutpat amet tempus lobortis, ullamcorper adipiscing tempus lobortis ullamcorper adipiscing. Lorem congue diam felis, feugiat congue et id turpis ac laoreet tellus erat tincidunt sem at lorem tincidunt aliquet at. Sed nunc proin mauris, sed congue praesent, mauris amet ipsum ut et, id turpis ac mi tellus, consectetur sed, aliquet. At dolor donec proin eget dolor tincidunt praesent, at lorem tincidunt aliquet adipiscing lorem congue praesent mauris consectetur donec, mauris. Dolor erat massa sem eget pulvinar nisi, et euismod, sit lorem congue ante volutpat, nonummy donec ante volutpat amet erat. Ut diam id turpis magna laoreet adipiscing sed nunc ante eget amet aliquam lobortis, non nonummy tempus massa non nonummy. </w:t>
+        <w:t xml:space="preserve">Elit tellus praesent nisi tempus, sed pharetra consectetur felis id euismod tellus sit nonummy sit pulvinar lorem donec, massa massa lobortis proin. Laoreet nibh ante diam aliquet ullamcorper, mauris nonummy turpis sed donec ut laoreet sem ullamcorper mauris ipsum ac nunc et aliquet non. Euismod volutpat, mauris nonummy turpis dolor tempus, congue nunc laoreet nibh diam id eget at nonummy sit pulvinar lorem massa tincidunt lobortis. Ante nibh ante diam molestie nonummy, turpis pharetra sit ipsum lorem ipsum ac lorem, donec ut dolore lobortis, ante, nibh at nonummy. Consectetur adipiscing adipiscing pharetra amet dolor ipsum ac aliquam, dolore ut tincidunt nibh praesent et proin mi et ante mi et praesent. Praesent non eget amet feugiat sed ac tincidunt ante mi sem euismod non euismod non molestie id mauris nonummy pharetra, pulvinar lorem. Tempus, sed lorem, tempus sed tempus, erat ac sem diam tellus elit sit dolor, tempus, ac nisi tincidunt massa, et nibh, mi. Et ante praesent et ante mi nibh nibh massa tincidunt aliquam aliquam sed feugiat sit amet dolor ipsum magna tincidunt tincidunt nunc. Tincidunt donec ac aliquam erat ac tempus erat lorem erat, ac aliquam donec ac aliquam massa tincidunt lobortis ante laoreet ante laoreet. Laoreet lobortis nunc congue magna aliquam donec magna nunc tincidunt lobortis tincidunt lobortis nunc tincidunt, ut ut donec magna, nisi proin diam. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3. Ipsum nisi et euismod felis feugiat magna ante non nonummy, tempus ut et euismod turpis lorem tincidunt praesent id. Sit ac, laoreet sem elit pulvinar nisi et volutpat, amet, aliquam lobortis diam adipiscing lorem congue mi molestie sit. Erat nunc, sem id, pulvinar, nibh euismod turpis, lorem lobortis ullamcorper adipiscing feugiat tincidunt praesent molestie consectetur tempus, nunc. Diam id, sit aliquam nibh, ullamcorper at lorem dolore ante volutpat donec ante non nonummy ipsum ut diam felis. Pulvinar magna laoreet, aliquet adipiscing lorem tincidunt praesent at sed donec, ante non nonummy tempus sem, felis ipsum ut. Et euismod, turpis, lorem, nunc aliquet eget dolor aliquam nibh non, nonummy tempus, lobortis ullamcorper elit, feugiat, magna mi. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3. Volutpat laoreet lobortis et lobortis, nunc congue ut dolore, donec, sed sit adipiscing amet consectetur at felis eget mauris felis at amet tempus donec ut laoreet ante diam. Elit adipiscing, amet feugiat sed nisi tincidunt ante diam aliquet eget mauris, amet ipsum erat dolore nibh, praesent non, id at amet, feugiat erat ut euismod, at amet. Feugiat, erat nisi tincidunt massa diam euismod at amet dolor ipsum ac, nunc lobortis praesent molestie, at sit ac dolore massa mi aliquet, turpis dolor erat ut mi. Sem ullamcorper molestie elit sit pharetra tempus magna ut, tincidunt proin diam tellus eget mauris id at pulvinar dolor nisi nunc nibh praesent diam, tellus non id eget. Mauris id eget mauris id, elit felis felis at adipiscing nonummy at felis nonummy turpis, dolor feugiat, pulvinar dolore, congue nisi dolore magna dolore congue nisi, dolore congue. Nunc dolore, magna nunc, laoreet lobortis, mi proin praesent diam aliquet aliquet, ullamcorper sem aliquet non turpis pulvinar pharetra, sit dolor feugiat sed, ac aliquam ipsum feugiat feugiat. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -706,51 +706,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc3acaf0e47c44874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rba10a78ec5154aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R38ebe2fc08f14769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="Rdf534a60170d4069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0a74fb3ca8df4aa8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R995ed4ab97a845f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R569295a2621a4a3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raeba271e151643e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="R5f17113c1e2a4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R91a91e4e3754435b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>