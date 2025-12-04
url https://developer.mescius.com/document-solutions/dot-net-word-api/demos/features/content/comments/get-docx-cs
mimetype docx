--- v0 (2025-10-17)
+++ v1 (2025-12-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reb75b69bf5fe47c3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb8ab4b7f663147ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2e8f068944044924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R105251f97e524288" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4399369b33394aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R84f5dbed0ced4ced" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-10-17T20:02:50.5552475+00:00" w:id="1">
-    <w:p w14:paraId="15FB589A">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-04T07:14:02.9984259+00:00" w:id="1">
+    <w:p w14:paraId="5B538013">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-10-17T20:02:50.5553076+00:00" w:id="2">
-    <w:p w14:paraId="6A7E62AA">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-04T07:14:02.9985335+00:00" w:id="2">
+    <w:p w14:paraId="4349CEBF">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-10-17T20:02:50.5553397+00:00" w:id="3">
-    <w:p w14:paraId="49A43E21">
+  <w:comment w:author="Jaime Smith" w:date="2025-12-04T07:14:02.9985731+00:00" w:id="3">
+    <w:p w14:paraId="08E6993E">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-10-17T20:02:50.5553727+00:00" w:id="4">
-    <w:p w14:paraId="2FB08F34">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-04T07:14:02.9986105+00:00" w:id="4">
+    <w:p w14:paraId="4574B105">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="15FB589A" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="2FB08F34" w15:done="false"/>
+  <w15:commentEx w15:paraId="5B538013" w15:done="false"/>
+  <w15:commentEx w15:paraId="4349CEBF" w15:paraIdParent="5B538013" w15:done="false"/>
+  <w15:commentEx w15:paraId="08E6993E" w15:paraIdParent="4349CEBF" w15:done="true"/>
+  <w15:commentEx w15:paraId="4574B105" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R36bca2be6c294cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R21f06a7794af4892" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9f4cb017ef764094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R2b27d0c61f35487d" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R914cf4ef8bcb4e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R404bbc38fc05482c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfe3bf04dd3d7451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2c0e7a8f4eca4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6af64601123c49a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R424de52c95eb4b0d" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R6f3eead127e84ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2cbdc24c308a4949" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>