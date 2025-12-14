--- v1 (2025-12-04)
+++ v2 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R105251f97e524288" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4399369b33394aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R84f5dbed0ced4ced" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb60cd9ce4c2a4e30" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R98b9d70714994dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7eb35136987b427a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-04T07:14:02.9984259+00:00" w:id="1">
-    <w:p w14:paraId="5B538013">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-14T09:42:10.3903699+00:00" w:id="1">
+    <w:p w14:paraId="258E3C1E">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-04T07:14:02.9985335+00:00" w:id="2">
-    <w:p w14:paraId="4349CEBF">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-14T09:42:10.3904989+00:00" w:id="2">
+    <w:p w14:paraId="32CB5CA3">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-12-04T07:14:02.9985731+00:00" w:id="3">
-    <w:p w14:paraId="08E6993E">
+  <w:comment w:author="Jaime Smith" w:date="2025-12-14T09:42:10.3905615+00:00" w:id="3">
+    <w:p w14:paraId="2ACBC878">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-04T07:14:02.9986105+00:00" w:id="4">
-    <w:p w14:paraId="4574B105">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-14T09:42:10.3906064+00:00" w:id="4">
+    <w:p w14:paraId="77799A60">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="5B538013" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="4574B105" w15:done="false"/>
+  <w15:commentEx w15:paraId="258E3C1E" w15:done="false"/>
+  <w15:commentEx w15:paraId="32CB5CA3" w15:paraIdParent="258E3C1E" w15:done="false"/>
+  <w15:commentEx w15:paraId="2ACBC878" w15:paraIdParent="32CB5CA3" w15:done="true"/>
+  <w15:commentEx w15:paraId="77799A60" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfe3bf04dd3d7451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2c0e7a8f4eca4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6af64601123c49a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R424de52c95eb4b0d" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R6f3eead127e84ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2cbdc24c308a4949" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbdcc77de2f4f4efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re75e99d48c174073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Racfb8df0c15c4f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rc244b23aa9804f9e" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Rb9dafaf137cd4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6db9abacde5e4203" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>