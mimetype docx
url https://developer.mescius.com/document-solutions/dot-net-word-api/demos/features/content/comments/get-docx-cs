--- v2 (2025-12-14)
+++ v3 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb60cd9ce4c2a4e30" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R98b9d70714994dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7eb35136987b427a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R429f952888204ea0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfc260135fde74463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc1425280d33a47a3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-14T09:42:10.3903699+00:00" w:id="1">
-    <w:p w14:paraId="258E3C1E">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-15T17:25:33.0010414+00:00" w:id="1">
+    <w:p w14:paraId="1378F6A1">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-14T09:42:10.3904989+00:00" w:id="2">
-    <w:p w14:paraId="32CB5CA3">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-15T17:25:33.0011179+00:00" w:id="2">
+    <w:p w14:paraId="1C6FE202">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-12-14T09:42:10.3905615+00:00" w:id="3">
-    <w:p w14:paraId="2ACBC878">
+  <w:comment w:author="Jaime Smith" w:date="2025-12-15T17:25:33.001155+00:00" w:id="3">
+    <w:p w14:paraId="18C7164E">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-14T09:42:10.3906064+00:00" w:id="4">
-    <w:p w14:paraId="77799A60">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-15T17:25:33.0011924+00:00" w:id="4">
+    <w:p w14:paraId="002538FA">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="258E3C1E" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="77799A60" w15:done="false"/>
+  <w15:commentEx w15:paraId="1378F6A1" w15:done="false"/>
+  <w15:commentEx w15:paraId="1C6FE202" w15:paraIdParent="1378F6A1" w15:done="false"/>
+  <w15:commentEx w15:paraId="18C7164E" w15:paraIdParent="1C6FE202" w15:done="true"/>
+  <w15:commentEx w15:paraId="002538FA" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbdcc77de2f4f4efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re75e99d48c174073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Racfb8df0c15c4f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rc244b23aa9804f9e" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Rb9dafaf137cd4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6db9abacde5e4203" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rce85e973e2404352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R508f48c17ca64392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3fd2fb45ab284a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rbc985285d92045f9" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Rfcab2c8110b048ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re89c98f514d946d8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>