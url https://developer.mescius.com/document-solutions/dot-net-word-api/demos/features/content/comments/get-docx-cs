--- v3 (2025-12-15)
+++ v4 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R429f952888204ea0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfc260135fde74463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc1425280d33a47a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5be8ce66fabb4c6a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf455cb5e39c84cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R09afb91231f044e2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-15T17:25:33.0010414+00:00" w:id="1">
-    <w:p w14:paraId="1378F6A1">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-17T00:17:31.3588153+00:00" w:id="1">
+    <w:p w14:paraId="7744F65E">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-15T17:25:33.0011179+00:00" w:id="2">
-    <w:p w14:paraId="1C6FE202">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-17T00:17:31.3588889+00:00" w:id="2">
+    <w:p w14:paraId="4E67E0A7">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-12-15T17:25:33.001155+00:00" w:id="3">
-    <w:p w14:paraId="18C7164E">
+  <w:comment w:author="Jaime Smith" w:date="2025-12-17T00:17:31.3589261+00:00" w:id="3">
+    <w:p w14:paraId="041A1985">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-15T17:25:33.0011924+00:00" w:id="4">
-    <w:p w14:paraId="002538FA">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-17T00:17:31.3589603+00:00" w:id="4">
+    <w:p w14:paraId="4730099E">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="1378F6A1" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="002538FA" w15:done="false"/>
+  <w15:commentEx w15:paraId="7744F65E" w15:done="false"/>
+  <w15:commentEx w15:paraId="4E67E0A7" w15:paraIdParent="7744F65E" w15:done="false"/>
+  <w15:commentEx w15:paraId="041A1985" w15:paraIdParent="4E67E0A7" w15:done="true"/>
+  <w15:commentEx w15:paraId="4730099E" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rce85e973e2404352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R508f48c17ca64392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3fd2fb45ab284a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rbc985285d92045f9" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Rfcab2c8110b048ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re89c98f514d946d8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R96dcd125542a4e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R143a67f2ab9d4fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0f5f010ad3544e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R4d346eb8dbf447dc" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Rb3230ed5dda04f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rff9b6c79fb7c4cd4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>