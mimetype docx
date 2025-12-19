--- v4 (2025-12-17)
+++ v5 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5be8ce66fabb4c6a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf455cb5e39c84cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R09afb91231f044e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R653aa210a5254240" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc33dbffca1dd4b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0a0840f3b1614be3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-17T00:17:31.3588153+00:00" w:id="1">
-    <w:p w14:paraId="7744F65E">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-19T02:14:53.7684932+00:00" w:id="1">
+    <w:p w14:paraId="34657FAF">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-17T00:17:31.3588889+00:00" w:id="2">
-    <w:p w14:paraId="4E67E0A7">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-19T02:14:53.7685735+00:00" w:id="2">
+    <w:p w14:paraId="75AEFE15">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-12-17T00:17:31.3589261+00:00" w:id="3">
-    <w:p w14:paraId="041A1985">
+  <w:comment w:author="Jaime Smith" w:date="2025-12-19T02:14:53.769001+00:00" w:id="3">
+    <w:p w14:paraId="3F05BA73">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-17T00:17:31.3589603+00:00" w:id="4">
-    <w:p w14:paraId="4730099E">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-19T02:14:53.7690415+00:00" w:id="4">
+    <w:p w14:paraId="3AC92B4C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="7744F65E" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="4730099E" w15:done="false"/>
+  <w15:commentEx w15:paraId="34657FAF" w15:done="false"/>
+  <w15:commentEx w15:paraId="75AEFE15" w15:paraIdParent="34657FAF" w15:done="false"/>
+  <w15:commentEx w15:paraId="3F05BA73" w15:paraIdParent="75AEFE15" w15:done="true"/>
+  <w15:commentEx w15:paraId="3AC92B4C" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R96dcd125542a4e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R143a67f2ab9d4fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0f5f010ad3544e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R4d346eb8dbf447dc" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Rb3230ed5dda04f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rff9b6c79fb7c4cd4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb6450a539b3d49ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R21481f5a78e942d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd50552770e6c4578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rdaee34522be74695" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R7c37640d6e2845b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2ed824d311e44eb2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>