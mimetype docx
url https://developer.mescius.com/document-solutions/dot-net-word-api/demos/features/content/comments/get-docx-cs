--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R653aa210a5254240" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc33dbffca1dd4b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0a0840f3b1614be3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0e5b35d25aac4bd9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd78dd7f655ee4dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc9ac541243f14d68" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-19T02:14:53.7684932+00:00" w:id="1">
-    <w:p w14:paraId="34657FAF">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2026-02-02T07:47:32.3594569+00:00" w:id="1">
+    <w:p w14:paraId="487F7819">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-19T02:14:53.7685735+00:00" w:id="2">
-    <w:p w14:paraId="75AEFE15">
+  <w:comment w:author="Jane Donahue" w:date="2026-02-02T07:47:32.359564+00:00" w:id="2">
+    <w:p w14:paraId="55194C17">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-12-19T02:14:53.769001+00:00" w:id="3">
-    <w:p w14:paraId="3F05BA73">
+  <w:comment w:author="Jaime Smith" w:date="2026-02-02T07:47:32.359627+00:00" w:id="3">
+    <w:p w14:paraId="6E33201B">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-19T02:14:53.7690415+00:00" w:id="4">
-    <w:p w14:paraId="3AC92B4C">
+  <w:comment w:author="Jane Donahue" w:date="2026-02-02T07:47:32.3597068+00:00" w:id="4">
+    <w:p w14:paraId="46157AE4">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="34657FAF" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="3AC92B4C" w15:done="false"/>
+  <w15:commentEx w15:paraId="487F7819" w15:done="false"/>
+  <w15:commentEx w15:paraId="55194C17" w15:paraIdParent="487F7819" w15:done="false"/>
+  <w15:commentEx w15:paraId="6E33201B" w15:paraIdParent="55194C17" w15:done="true"/>
+  <w15:commentEx w15:paraId="46157AE4" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb6450a539b3d49ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R21481f5a78e942d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd50552770e6c4578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rdaee34522be74695" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R7c37640d6e2845b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2ed824d311e44eb2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R75653b346e234f38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R01fe6daa3851401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R961e35a35fba4c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R353c613673ef4019" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R9652ae49f997496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R488789a182f54f8a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>