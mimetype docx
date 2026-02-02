--- v6 (2026-02-02)
+++ v7 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0e5b35d25aac4bd9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd78dd7f655ee4dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc9ac541243f14d68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R73621a5995a4431f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2661691943c7451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R01364b7ea5804bcc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2026-02-02T07:47:32.3594569+00:00" w:id="1">
-    <w:p w14:paraId="487F7819">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2026-02-02T07:57:06.5535764+00:00" w:id="1">
+    <w:p w14:paraId="2D9C9A7A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2026-02-02T07:47:32.359564+00:00" w:id="2">
-    <w:p w14:paraId="55194C17">
+  <w:comment w:author="Jane Donahue" w:date="2026-02-02T07:57:06.5536531+00:00" w:id="2">
+    <w:p w14:paraId="2C4D4678">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2026-02-02T07:47:32.359627+00:00" w:id="3">
-    <w:p w14:paraId="6E33201B">
+  <w:comment w:author="Jaime Smith" w:date="2026-02-02T07:57:06.553692+00:00" w:id="3">
+    <w:p w14:paraId="72FF52CF">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2026-02-02T07:47:32.3597068+00:00" w:id="4">
-    <w:p w14:paraId="46157AE4">
+  <w:comment w:author="Jane Donahue" w:date="2026-02-02T07:57:06.553749+00:00" w:id="4">
+    <w:p w14:paraId="233D61A7">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="487F7819" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="46157AE4" w15:done="false"/>
+  <w15:commentEx w15:paraId="2D9C9A7A" w15:done="false"/>
+  <w15:commentEx w15:paraId="2C4D4678" w15:paraIdParent="2D9C9A7A" w15:done="false"/>
+  <w15:commentEx w15:paraId="72FF52CF" w15:paraIdParent="2C4D4678" w15:done="true"/>
+  <w15:commentEx w15:paraId="233D61A7" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R75653b346e234f38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R01fe6daa3851401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R961e35a35fba4c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R353c613673ef4019" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R9652ae49f997496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R488789a182f54f8a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc3427f64d560422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8acbe14a6a7c4bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb468163c18704b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rd35e1a970af64512" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R5a2995b09cea4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf02e566ec9314e3d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>