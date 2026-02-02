--- v7 (2026-02-02)
+++ v8 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R73621a5995a4431f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2661691943c7451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R01364b7ea5804bcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb684f10e66144bce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rceb7d8dfd36042be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcbc7de16603846ef" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2026-02-02T07:57:06.5535764+00:00" w:id="1">
-    <w:p w14:paraId="2D9C9A7A">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2026-02-02T09:34:49.3450231+00:00" w:id="1">
+    <w:p w14:paraId="21CF4F48">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2026-02-02T07:57:06.5536531+00:00" w:id="2">
-    <w:p w14:paraId="2C4D4678">
+  <w:comment w:author="Jane Donahue" w:date="2026-02-02T09:34:49.3450946+00:00" w:id="2">
+    <w:p w14:paraId="7F970D08">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2026-02-02T07:57:06.553692+00:00" w:id="3">
-    <w:p w14:paraId="72FF52CF">
+  <w:comment w:author="Jaime Smith" w:date="2026-02-02T09:34:49.3451498+00:00" w:id="3">
+    <w:p w14:paraId="533B9CC1">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2026-02-02T07:57:06.553749+00:00" w:id="4">
-    <w:p w14:paraId="233D61A7">
+  <w:comment w:author="Jane Donahue" w:date="2026-02-02T09:34:49.3452011+00:00" w:id="4">
+    <w:p w14:paraId="72A9AC1E">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="2D9C9A7A" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="233D61A7" w15:done="false"/>
+  <w15:commentEx w15:paraId="21CF4F48" w15:done="false"/>
+  <w15:commentEx w15:paraId="7F970D08" w15:paraIdParent="21CF4F48" w15:done="false"/>
+  <w15:commentEx w15:paraId="533B9CC1" w15:paraIdParent="7F970D08" w15:done="true"/>
+  <w15:commentEx w15:paraId="72A9AC1E" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc3427f64d560422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8acbe14a6a7c4bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb468163c18704b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rd35e1a970af64512" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R5a2995b09cea4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf02e566ec9314e3d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R740a8465b7334891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R68ae78bf73b34d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R64c74bc020914ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rb392b97a64614445" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Rfa9f7fc461054b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R38a4d422ffdb45db" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>