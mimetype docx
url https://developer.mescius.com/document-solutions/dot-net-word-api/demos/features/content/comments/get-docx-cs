--- v8 (2026-02-02)
+++ v9 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb684f10e66144bce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rceb7d8dfd36042be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcbc7de16603846ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2722860fd5a24e3f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5c908265d25d43fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfb402b7f7ec540ba" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2026-02-02T09:34:49.3450231+00:00" w:id="1">
-    <w:p w14:paraId="21CF4F48">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2026-03-19T22:57:47.4143615+00:00" w:id="1">
+    <w:p w14:paraId="2A5D04A7">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2026-02-02T09:34:49.3450946+00:00" w:id="2">
-    <w:p w14:paraId="7F970D08">
+  <w:comment w:author="Jane Donahue" w:date="2026-03-19T22:57:47.4144429+00:00" w:id="2">
+    <w:p w14:paraId="04A928AA">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2026-02-02T09:34:49.3451498+00:00" w:id="3">
-    <w:p w14:paraId="533B9CC1">
+  <w:comment w:author="Jaime Smith" w:date="2026-03-19T22:57:47.4144822+00:00" w:id="3">
+    <w:p w14:paraId="59F7C399">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2026-02-02T09:34:49.3452011+00:00" w:id="4">
-    <w:p w14:paraId="72A9AC1E">
+  <w:comment w:author="Jane Donahue" w:date="2026-03-19T22:57:47.4145166+00:00" w:id="4">
+    <w:p w14:paraId="56664992">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="21CF4F48" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="72A9AC1E" w15:done="false"/>
+  <w15:commentEx w15:paraId="2A5D04A7" w15:done="false"/>
+  <w15:commentEx w15:paraId="04A928AA" w15:paraIdParent="2A5D04A7" w15:done="false"/>
+  <w15:commentEx w15:paraId="59F7C399" w15:paraIdParent="04A928AA" w15:done="true"/>
+  <w15:commentEx w15:paraId="56664992" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R740a8465b7334891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R68ae78bf73b34d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R64c74bc020914ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rb392b97a64614445" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Rfa9f7fc461054b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R38a4d422ffdb45db" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R47f9e3904be34813" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R29f393e5dce34788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rffebb97cfe094407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rbc4f881ea00f480e" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R283030f2b34e4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R995c53f400634204" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>