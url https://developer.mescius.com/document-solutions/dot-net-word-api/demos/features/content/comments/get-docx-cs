--- v9 (2026-03-19)
+++ v10 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2722860fd5a24e3f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5c908265d25d43fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfb402b7f7ec540ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc5d760a129d4a87" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra29da28f8525481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc9cd4c248b5d4597" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2026-03-19T22:57:47.4143615+00:00" w:id="1">
-    <w:p w14:paraId="2A5D04A7">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2026-03-20T00:46:13.3000158+00:00" w:id="1">
+    <w:p w14:paraId="258AC66F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2026-03-19T22:57:47.4144429+00:00" w:id="2">
-    <w:p w14:paraId="04A928AA">
+  <w:comment w:author="Jane Donahue" w:date="2026-03-20T00:46:13.3001104+00:00" w:id="2">
+    <w:p w14:paraId="1CEFC143">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2026-03-19T22:57:47.4144822+00:00" w:id="3">
-    <w:p w14:paraId="59F7C399">
+  <w:comment w:author="Jaime Smith" w:date="2026-03-20T00:46:13.3001618+00:00" w:id="3">
+    <w:p w14:paraId="73CAB0CD">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2026-03-19T22:57:47.4145166+00:00" w:id="4">
-    <w:p w14:paraId="56664992">
+  <w:comment w:author="Jane Donahue" w:date="2026-03-20T00:46:13.3002133+00:00" w:id="4">
+    <w:p w14:paraId="77FF9D0F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="2A5D04A7" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="56664992" w15:done="false"/>
+  <w15:commentEx w15:paraId="258AC66F" w15:done="false"/>
+  <w15:commentEx w15:paraId="1CEFC143" w15:paraIdParent="258AC66F" w15:done="false"/>
+  <w15:commentEx w15:paraId="73CAB0CD" w15:paraIdParent="1CEFC143" w15:done="true"/>
+  <w15:commentEx w15:paraId="77FF9D0F" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R47f9e3904be34813" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R29f393e5dce34788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rffebb97cfe094407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rbc4f881ea00f480e" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R283030f2b34e4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R995c53f400634204" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rca6fe3c58c324a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra8dec65814a94677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra710074529f64a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rac6bcc9315b0472b" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R07ce8783fc9341d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R405a8859fc4f4c7b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>