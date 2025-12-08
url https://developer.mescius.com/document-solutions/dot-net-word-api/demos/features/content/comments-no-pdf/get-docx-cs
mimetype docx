--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc36d8fdaaf0b4580" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbb9450ed77e94e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R83dd97072ab14d77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd211b03b906f4ee0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R93e5f2c499a64c23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf80477f6233542e4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-10-23T15:52:55.9938104+00:00" w:id="1">
-    <w:p w14:paraId="32DA4098">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-08T02:50:05.807416+00:00" w:id="1">
+    <w:p w14:paraId="3D194077">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-10-23T15:52:55.9938852+00:00" w:id="2">
-    <w:p w14:paraId="5ACCF1F6">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-08T02:50:05.8074943+00:00" w:id="2">
+    <w:p w14:paraId="00762B6F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-10-23T15:52:55.993969+00:00" w:id="3">
-    <w:p w14:paraId="03926901">
+  <w:comment w:author="Jaime Smith" w:date="2025-12-08T02:50:05.8075285+00:00" w:id="3">
+    <w:p w14:paraId="70F908D2">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-10-23T15:52:55.9940084+00:00" w:id="4">
-    <w:p w14:paraId="769AF8D3">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-08T02:50:05.8075655+00:00" w:id="4">
+    <w:p w14:paraId="76EE48B4">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="32DA4098" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="769AF8D3" w15:done="false"/>
+  <w15:commentEx w15:paraId="3D194077" w15:done="false"/>
+  <w15:commentEx w15:paraId="00762B6F" w15:paraIdParent="3D194077" w15:done="false"/>
+  <w15:commentEx w15:paraId="70F908D2" w15:paraIdParent="00762B6F" w15:done="true"/>
+  <w15:commentEx w15:paraId="76EE48B4" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Redb9a7f88ccc44d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4409af220d094560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R13b1a2c209644b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rc33014076a134115" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R5cb52c2d586949e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7ff7b4b6ff934880" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R08e63c2c7aea4662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R23d2858e38b241fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd1ebd228648d424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rf71d047792074c7d" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Rb9e9fe6d22b44cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5a23261c6391461e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>