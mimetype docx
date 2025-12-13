--- v1 (2025-12-08)
+++ v2 (2025-12-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd211b03b906f4ee0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R93e5f2c499a64c23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf80477f6233542e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R79f673df88ce42b1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R09da0b38f45945ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R64685e9604524f9f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-08T02:50:05.807416+00:00" w:id="1">
-    <w:p w14:paraId="3D194077">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-13T16:50:52.3801356+00:00" w:id="1">
+    <w:p w14:paraId="56C88771">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-08T02:50:05.8074943+00:00" w:id="2">
-    <w:p w14:paraId="00762B6F">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-13T16:50:52.3802486+00:00" w:id="2">
+    <w:p w14:paraId="6F8319F2">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-12-08T02:50:05.8075285+00:00" w:id="3">
-    <w:p w14:paraId="70F908D2">
+  <w:comment w:author="Jaime Smith" w:date="2025-12-13T16:50:52.380681+00:00" w:id="3">
+    <w:p w14:paraId="44BDFB91">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-08T02:50:05.8075655+00:00" w:id="4">
-    <w:p w14:paraId="76EE48B4">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-13T16:50:52.3807472+00:00" w:id="4">
+    <w:p w14:paraId="7C8A795A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="3D194077" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="76EE48B4" w15:done="false"/>
+  <w15:commentEx w15:paraId="56C88771" w15:done="false"/>
+  <w15:commentEx w15:paraId="6F8319F2" w15:paraIdParent="56C88771" w15:done="false"/>
+  <w15:commentEx w15:paraId="44BDFB91" w15:paraIdParent="6F8319F2" w15:done="true"/>
+  <w15:commentEx w15:paraId="7C8A795A" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R08e63c2c7aea4662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R23d2858e38b241fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd1ebd228648d424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rf71d047792074c7d" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Rb9e9fe6d22b44cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5a23261c6391461e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra84ddfd559744d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R03926f97c08d4107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R21fb6c31dd6d4b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R5b060da5c2d945b2" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Ra62fb12a5e634041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R557eebcbe8ca4198" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>