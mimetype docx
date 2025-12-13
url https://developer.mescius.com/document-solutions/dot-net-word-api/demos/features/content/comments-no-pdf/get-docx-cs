--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R79f673df88ce42b1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R09da0b38f45945ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R64685e9604524f9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8f9f9355bf044b07" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4b611400ded542f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf9ee350240d74d9e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-13T16:50:52.3801356+00:00" w:id="1">
-    <w:p w14:paraId="56C88771">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-13T17:40:40.3651472+00:00" w:id="1">
+    <w:p w14:paraId="4CF1D84F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-13T16:50:52.3802486+00:00" w:id="2">
-    <w:p w14:paraId="6F8319F2">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-13T17:40:40.3652266+00:00" w:id="2">
+    <w:p w14:paraId="03824384">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-12-13T16:50:52.380681+00:00" w:id="3">
-    <w:p w14:paraId="44BDFB91">
+  <w:comment w:author="Jaime Smith" w:date="2025-12-13T17:40:40.3652657+00:00" w:id="3">
+    <w:p w14:paraId="1E96281E">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-13T16:50:52.3807472+00:00" w:id="4">
-    <w:p w14:paraId="7C8A795A">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-13T17:40:40.3653052+00:00" w:id="4">
+    <w:p w14:paraId="3EA7E92D">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="56C88771" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="7C8A795A" w15:done="false"/>
+  <w15:commentEx w15:paraId="4CF1D84F" w15:done="false"/>
+  <w15:commentEx w15:paraId="03824384" w15:paraIdParent="4CF1D84F" w15:done="false"/>
+  <w15:commentEx w15:paraId="1E96281E" w15:paraIdParent="03824384" w15:done="true"/>
+  <w15:commentEx w15:paraId="3EA7E92D" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra84ddfd559744d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R03926f97c08d4107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R21fb6c31dd6d4b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R5b060da5c2d945b2" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Ra62fb12a5e634041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R557eebcbe8ca4198" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra6c0f69e52b74938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra0ba3199f4a84d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0845b075f3974c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R841c670df62541c4" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R2ce666194c2848fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re01bdedcad57498c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>