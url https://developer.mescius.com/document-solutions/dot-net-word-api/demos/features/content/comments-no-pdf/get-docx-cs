--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8f9f9355bf044b07" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4b611400ded542f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf9ee350240d74d9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re4b89b5627a9450f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R32efcce69dad47b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3e4fd4277e9a44d4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-13T17:40:40.3651472+00:00" w:id="1">
-    <w:p w14:paraId="4CF1D84F">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-14T22:35:24.0472869+00:00" w:id="1">
+    <w:p w14:paraId="01944395">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-13T17:40:40.3652266+00:00" w:id="2">
-    <w:p w14:paraId="03824384">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-14T22:35:24.0473601+00:00" w:id="2">
+    <w:p w14:paraId="11969B32">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-12-13T17:40:40.3652657+00:00" w:id="3">
-    <w:p w14:paraId="1E96281E">
+  <w:comment w:author="Jaime Smith" w:date="2025-12-14T22:35:24.0474045+00:00" w:id="3">
+    <w:p w14:paraId="0ABF1BC6">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-13T17:40:40.3653052+00:00" w:id="4">
-    <w:p w14:paraId="3EA7E92D">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-14T22:35:24.04744+00:00" w:id="4">
+    <w:p w14:paraId="48F3D92D">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="4CF1D84F" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="3EA7E92D" w15:done="false"/>
+  <w15:commentEx w15:paraId="01944395" w15:done="false"/>
+  <w15:commentEx w15:paraId="11969B32" w15:paraIdParent="01944395" w15:done="false"/>
+  <w15:commentEx w15:paraId="0ABF1BC6" w15:paraIdParent="11969B32" w15:done="true"/>
+  <w15:commentEx w15:paraId="48F3D92D" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra6c0f69e52b74938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra0ba3199f4a84d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0845b075f3974c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R841c670df62541c4" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R2ce666194c2848fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re01bdedcad57498c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R602fc0d3e0d84bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re34f198c35b8449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re0b55dedac984326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rb9e53df4fdd04046" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R4f01f5671ea74a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc1499f8052cf4823" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>