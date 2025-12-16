--- v4 (2025-12-14)
+++ v5 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re4b89b5627a9450f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R32efcce69dad47b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3e4fd4277e9a44d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7780e265508f45a7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3534e2d3b9ad4059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0ee0164c9b584372" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-14T22:35:24.0472869+00:00" w:id="1">
-    <w:p w14:paraId="01944395">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-16T14:57:59.9185502+00:00" w:id="1">
+    <w:p w14:paraId="04161B2A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-14T22:35:24.0473601+00:00" w:id="2">
-    <w:p w14:paraId="11969B32">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-16T14:57:59.9196553+00:00" w:id="2">
+    <w:p w14:paraId="638B6DE2">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-12-14T22:35:24.0474045+00:00" w:id="3">
-    <w:p w14:paraId="0ABF1BC6">
+  <w:comment w:author="Jaime Smith" w:date="2025-12-16T14:57:59.9201548+00:00" w:id="3">
+    <w:p w14:paraId="5C405A6D">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-14T22:35:24.04744+00:00" w:id="4">
-    <w:p w14:paraId="48F3D92D">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-16T14:57:59.9202551+00:00" w:id="4">
+    <w:p w14:paraId="6DAF3455">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="01944395" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="48F3D92D" w15:done="false"/>
+  <w15:commentEx w15:paraId="04161B2A" w15:done="false"/>
+  <w15:commentEx w15:paraId="638B6DE2" w15:paraIdParent="04161B2A" w15:done="false"/>
+  <w15:commentEx w15:paraId="5C405A6D" w15:paraIdParent="638B6DE2" w15:done="true"/>
+  <w15:commentEx w15:paraId="6DAF3455" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R602fc0d3e0d84bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re34f198c35b8449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re0b55dedac984326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rb9e53df4fdd04046" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R4f01f5671ea74a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc1499f8052cf4823" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2bade6055faf46ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf6729c60e1334561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R423bd9943aec44bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R4687ae229b56404f" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Rb26ac5313ed247aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c13dcc453a64a42" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>