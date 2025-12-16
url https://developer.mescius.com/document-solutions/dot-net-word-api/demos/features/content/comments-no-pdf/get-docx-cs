--- v5 (2025-12-16)
+++ v6 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7780e265508f45a7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3534e2d3b9ad4059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0ee0164c9b584372" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf6ccf6ecb8f146b4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfc02a5f70fe74834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4135530f846148d6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-16T14:57:59.9185502+00:00" w:id="1">
-    <w:p w14:paraId="04161B2A">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-16T17:36:35.6803807+00:00" w:id="1">
+    <w:p w14:paraId="6B4725C2">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-16T14:57:59.9196553+00:00" w:id="2">
-    <w:p w14:paraId="638B6DE2">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-16T17:36:35.6804582+00:00" w:id="2">
+    <w:p w14:paraId="1A0CEBDB">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-12-16T14:57:59.9201548+00:00" w:id="3">
-    <w:p w14:paraId="5C405A6D">
+  <w:comment w:author="Jaime Smith" w:date="2025-12-16T17:36:35.6804948+00:00" w:id="3">
+    <w:p w14:paraId="2AAAE919">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-16T14:57:59.9202551+00:00" w:id="4">
-    <w:p w14:paraId="6DAF3455">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-16T17:36:35.6805298+00:00" w:id="4">
+    <w:p w14:paraId="08B2D67B">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="04161B2A" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="6DAF3455" w15:done="false"/>
+  <w15:commentEx w15:paraId="6B4725C2" w15:done="false"/>
+  <w15:commentEx w15:paraId="1A0CEBDB" w15:paraIdParent="6B4725C2" w15:done="false"/>
+  <w15:commentEx w15:paraId="2AAAE919" w15:paraIdParent="1A0CEBDB" w15:done="true"/>
+  <w15:commentEx w15:paraId="08B2D67B" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2bade6055faf46ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf6729c60e1334561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R423bd9943aec44bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R4687ae229b56404f" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Rb26ac5313ed247aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c13dcc453a64a42" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc86f4a75000a4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc1e8adeb08c842a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Red7aebb0d0a94b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Ra201c161acfc496f" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R66edbe67cdec445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1d4bf1de533d4e93" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>