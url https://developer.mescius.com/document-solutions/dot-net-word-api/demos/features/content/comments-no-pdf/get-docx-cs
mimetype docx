--- v6 (2025-12-16)
+++ v7 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf6ccf6ecb8f146b4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfc02a5f70fe74834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4135530f846148d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra7d17260df204285" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd7374c47c645498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9d2e63840c054931" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-16T17:36:35.6803807+00:00" w:id="1">
-    <w:p w14:paraId="6B4725C2">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-17T13:20:16.0043106+00:00" w:id="1">
+    <w:p w14:paraId="44FA6C49">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-16T17:36:35.6804582+00:00" w:id="2">
-    <w:p w14:paraId="1A0CEBDB">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-17T13:20:16.0044189+00:00" w:id="2">
+    <w:p w14:paraId="58A59A72">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-12-16T17:36:35.6804948+00:00" w:id="3">
-    <w:p w14:paraId="2AAAE919">
+  <w:comment w:author="Jaime Smith" w:date="2025-12-17T13:20:16.0044558+00:00" w:id="3">
+    <w:p w14:paraId="3C157BED">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-16T17:36:35.6805298+00:00" w:id="4">
-    <w:p w14:paraId="08B2D67B">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-17T13:20:16.00449+00:00" w:id="4">
+    <w:p w14:paraId="365CFADE">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="6B4725C2" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="08B2D67B" w15:done="false"/>
+  <w15:commentEx w15:paraId="44FA6C49" w15:done="false"/>
+  <w15:commentEx w15:paraId="58A59A72" w15:paraIdParent="44FA6C49" w15:done="false"/>
+  <w15:commentEx w15:paraId="3C157BED" w15:paraIdParent="58A59A72" w15:done="true"/>
+  <w15:commentEx w15:paraId="365CFADE" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc86f4a75000a4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc1e8adeb08c842a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Red7aebb0d0a94b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Ra201c161acfc496f" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R66edbe67cdec445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1d4bf1de533d4e93" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9326b6606edb4f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8ee11b1284fd4a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2968ab3d63b94b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R43722e7ded344a8b" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Rffcb010f74194578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8e1e726501c34c29" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>