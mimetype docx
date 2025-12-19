--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra7d17260df204285" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd7374c47c645498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9d2e63840c054931" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Redb765d9e57244fc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R551cd48cccef4148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcd93e08813714135" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-17T13:20:16.0043106+00:00" w:id="1">
-    <w:p w14:paraId="44FA6C49">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-19T10:14:36.3068475+00:00" w:id="1">
+    <w:p w14:paraId="64769041">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-17T13:20:16.0044189+00:00" w:id="2">
-    <w:p w14:paraId="58A59A72">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-19T10:14:36.3069291+00:00" w:id="2">
+    <w:p w14:paraId="59EC1D8F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-12-17T13:20:16.0044558+00:00" w:id="3">
-    <w:p w14:paraId="3C157BED">
+  <w:comment w:author="Jaime Smith" w:date="2025-12-19T10:14:36.3070142+00:00" w:id="3">
+    <w:p w14:paraId="11D9E29D">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-17T13:20:16.00449+00:00" w:id="4">
-    <w:p w14:paraId="365CFADE">
+  <w:comment w:author="Jane Donahue" w:date="2025-12-19T10:14:36.3070518+00:00" w:id="4">
+    <w:p w14:paraId="7B21A9F5">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="44FA6C49" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="365CFADE" w15:done="false"/>
+  <w15:commentEx w15:paraId="64769041" w15:done="false"/>
+  <w15:commentEx w15:paraId="59EC1D8F" w15:paraIdParent="64769041" w15:done="false"/>
+  <w15:commentEx w15:paraId="11D9E29D" w15:paraIdParent="59EC1D8F" w15:done="true"/>
+  <w15:commentEx w15:paraId="7B21A9F5" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9326b6606edb4f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8ee11b1284fd4a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2968ab3d63b94b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R43722e7ded344a8b" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="Rffcb010f74194578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8e1e726501c34c29" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc90a9aa872ad4360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R93059aedc632458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2fe1799bba7a4075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Red2c3cc4581f4076" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R5863e38946fa4054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R814824b197bd4662" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>