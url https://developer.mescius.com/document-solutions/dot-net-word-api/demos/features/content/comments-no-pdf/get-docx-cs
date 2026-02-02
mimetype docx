--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Redb765d9e57244fc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R551cd48cccef4148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcd93e08813714135" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfb09feee12e749f4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R92fb0cc4eb784655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R19d505175ab2464c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2025-12-19T10:14:36.3068475+00:00" w:id="1">
-    <w:p w14:paraId="64769041">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2026-02-02T13:24:56.3883411+00:00" w:id="1">
+    <w:p w14:paraId="70C570EF">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-19T10:14:36.3069291+00:00" w:id="2">
-    <w:p w14:paraId="59EC1D8F">
+  <w:comment w:author="Jane Donahue" w:date="2026-02-02T13:24:56.3884253+00:00" w:id="2">
+    <w:p w14:paraId="6913437A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2025-12-19T10:14:36.3070142+00:00" w:id="3">
-    <w:p w14:paraId="11D9E29D">
+  <w:comment w:author="Jaime Smith" w:date="2026-02-02T13:24:56.3884673+00:00" w:id="3">
+    <w:p w14:paraId="50842312">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2025-12-19T10:14:36.3070518+00:00" w:id="4">
-    <w:p w14:paraId="7B21A9F5">
+  <w:comment w:author="Jane Donahue" w:date="2026-02-02T13:24:56.3885061+00:00" w:id="4">
+    <w:p w14:paraId="19EE9CE0">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="64769041" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="7B21A9F5" w15:done="false"/>
+  <w15:commentEx w15:paraId="70C570EF" w15:done="false"/>
+  <w15:commentEx w15:paraId="6913437A" w15:paraIdParent="70C570EF" w15:done="false"/>
+  <w15:commentEx w15:paraId="50842312" w15:paraIdParent="6913437A" w15:done="true"/>
+  <w15:commentEx w15:paraId="19EE9CE0" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc90a9aa872ad4360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R93059aedc632458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2fe1799bba7a4075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Red2c3cc4581f4076" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R5863e38946fa4054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R814824b197bd4662" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6946f9facdb747d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R982f2ef135b44998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc5fed04b4eaa43d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Ra3edd3eed1e44402" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R97263236602a4e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Red02d5fd7cc0489b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>