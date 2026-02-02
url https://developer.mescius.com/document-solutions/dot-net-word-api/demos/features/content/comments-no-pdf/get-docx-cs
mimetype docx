--- v9 (2026-02-02)
+++ v10 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfb09feee12e749f4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R92fb0cc4eb784655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R19d505175ab2464c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R561556bdb2b64fdd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfb1a37c56c954d0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfa525d326282490f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2026-02-02T13:24:56.3883411+00:00" w:id="1">
-    <w:p w14:paraId="70C570EF">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2026-02-02T16:51:23.5866312+00:00" w:id="1">
+    <w:p w14:paraId="4CDB839B">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2026-02-02T13:24:56.3884253+00:00" w:id="2">
-    <w:p w14:paraId="6913437A">
+  <w:comment w:author="Jane Donahue" w:date="2026-02-02T16:51:23.5866992+00:00" w:id="2">
+    <w:p w14:paraId="370E475E">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2026-02-02T13:24:56.3884673+00:00" w:id="3">
-    <w:p w14:paraId="50842312">
+  <w:comment w:author="Jaime Smith" w:date="2026-02-02T16:51:23.5867394+00:00" w:id="3">
+    <w:p w14:paraId="1509097F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2026-02-02T13:24:56.3885061+00:00" w:id="4">
-    <w:p w14:paraId="19EE9CE0">
+  <w:comment w:author="Jane Donahue" w:date="2026-02-02T16:51:23.5867755+00:00" w:id="4">
+    <w:p w14:paraId="58FA44B3">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="70C570EF" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="19EE9CE0" w15:done="false"/>
+  <w15:commentEx w15:paraId="4CDB839B" w15:done="false"/>
+  <w15:commentEx w15:paraId="370E475E" w15:paraIdParent="4CDB839B" w15:done="false"/>
+  <w15:commentEx w15:paraId="1509097F" w15:paraIdParent="370E475E" w15:done="true"/>
+  <w15:commentEx w15:paraId="58FA44B3" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6946f9facdb747d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R982f2ef135b44998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc5fed04b4eaa43d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Ra3edd3eed1e44402" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R97263236602a4e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Red02d5fd7cc0489b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R34761c91518c4ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R276e9a4cf4d44e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0847ddb011624648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R74495bc34c664e38" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R1f2eab44123440de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R57e03c2678ce4004" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>