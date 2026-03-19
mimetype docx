--- v10 (2026-02-02)
+++ v11 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R561556bdb2b64fdd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfb1a37c56c954d0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfa525d326282490f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf93b44c829c5432a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2bc926a05c6f4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R82a67592aa8d4be4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Paragraph 1: This is a paragraph of text with a comment added to the whole paragraph. </w:t>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
@@ -67,123 +67,123 @@
         </w:rPr>
         <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 4 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 5 of paragraph 2. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This is run 6 of paragraph 2. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2026-02-02T16:51:23.5866312+00:00" w:id="1">
-    <w:p w14:paraId="4CDB839B">
+  <w:comment w:initials="J.S." w:author="Jaime Smith" w:date="2026-03-19T23:00:47.0865919+00:00" w:id="1">
+    <w:p w14:paraId="001745BA">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment added to paragraph 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2026-02-02T16:51:23.5866992+00:00" w:id="2">
-    <w:p w14:paraId="370E475E">
+  <w:comment w:author="Jane Donahue" w:date="2026-03-19T23:00:47.0866591+00:00" w:id="2">
+    <w:p w14:paraId="5C5281D6">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 1.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jaime Smith" w:date="2026-02-02T16:51:23.5867394+00:00" w:id="3">
-    <w:p w14:paraId="1509097F">
+  <w:comment w:author="Jaime Smith" w:date="2026-03-19T23:00:47.0866956+00:00" w:id="3">
+    <w:p w14:paraId="57A9CA46">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Reply to comment 2, closing the thread.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:author="Jane Donahue" w:date="2026-02-02T16:51:23.5867755+00:00" w:id="4">
-    <w:p w14:paraId="58FA44B3">
+  <w:comment w:author="Jane Donahue" w:date="2026-03-19T23:00:47.086731+00:00" w:id="4">
+    <w:p w14:paraId="5C5790A9">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Comment on run 3 of paragraph 2</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w15:commentEx w15:paraId="4CDB839B" w15:done="false"/>
-[...2 lines deleted...]
-  <w15:commentEx w15:paraId="58FA44B3" w15:done="false"/>
+  <w15:commentEx w15:paraId="001745BA" w15:done="false"/>
+  <w15:commentEx w15:paraId="5C5281D6" w15:paraIdParent="001745BA" w15:done="false"/>
+  <w15:commentEx w15:paraId="57A9CA46" w15:paraIdParent="5C5281D6" w15:done="true"/>
+  <w15:commentEx w15:paraId="5C5790A9" w15:done="false"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -720,51 +720,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R34761c91518c4ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R276e9a4cf4d44e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0847ddb011624648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="R74495bc34c664e38" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R1f2eab44123440de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R57e03c2678ce4004" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5b5c4d0f32ed495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3ceebebcc0ae4b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6983abdee52d428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/word/comments.xml" Id="Rc6b049c0297f4d2b" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="/word/commentsExtended.xml" Id="R52cfd6082d1a4aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7a87f7e3b8bb4e58" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>