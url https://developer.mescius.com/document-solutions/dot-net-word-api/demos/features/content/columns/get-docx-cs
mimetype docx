--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfba98552fbd74c77" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R26ac8c7418b64bee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R496b0b065d3d4c5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8cf283b225bc4b74" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reb2b50f9f4df4ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9e7d7bbb9f364786" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1: Tincidunt et proin, nisi, dolore ut dolore, nibh at amet, ipsum magna laoreet, sem volutpat nonummy, lorem magna praesent mauris pharetra erat ut nibh ullamcorper mauris pharetra donec, ante non. Id turpis erat id turpis erat, tincidunt sem mauris dolor aliquam lobortis diam felis feugiat congue mi tellus pharetra sed nunc sem eget pulvinar, nisi proin, volutpat turpis proin mauris. Dolor dolore proin eget, nonummy lorem donec laoreet tellus consectetur sed dolore et euismod amet ac tincidunt, ullamcorper felis feugiat, congue diam lorem lobortis diam mauris pharetra magna mi molestie. Consectetur erat, nunc sem elit sed nunc sem elit, dolor nisi proin mauris dolor dolore ante volutpat amet aliquam eget pharetra donec ante non adipiscing ipsum lobortis ullamcorper felis feugiat. Nisi et molestie sit magna, mi euismod at dolor dolore ante, non adipiscing feugiat congue adipiscing tempus lobortis non nonummy, tempus lobortis ullamcorper elit ipsum ut, diam felis pulvinar magna. Et euismod consectetur lorem tincidunt laoreet tellus consectetur erat massa non consectetur erat massa tellus turpis erat tincidunt tellus consectetur ac, laoreet tellus turpis lorem tincidunt aliquet at lorem tincidunt. Praesent eget ipsum ut diam felis feugiat, nisi diam felis turpis ac mi tellus turpis lorem nunc proin eget pharetra donec ante, volutpat amet dolore praesent mauris dolor, dolore diam. Felis sit magna mi euismod turpis lorem tincidunt aliquet, at dolor nunc praesent mauris dolor dolore proin molestie pharetra, donec massa non nonummy tempus massa sem tempus ut sem elit. Ipsum ut sem elit, ipsum aliquam nibh euismod sit aliquam nibh euismod, turpis feugiat congue praesent felis, lorem tincidunt praesent mauris dolor, magna felis lorem ut diam adipiscing lorem ut. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1: Adipiscing mi sem ut ut nunc magna nisi dolore lorem tempus. Adipiscing nonummy turpis dolor tempus magna, nunc et aliquet volutpat mauris. Eget at adipiscing sit ipsum lorem ipsum ac nisi tincidunt aliquet. Mauris ipsum nisi et id, turpis lorem laoreet tellus mauris dolor. Dolore proin mauris pharetra aliquam lobortis non nonummy ipsum lobortis non. Elit ipsum ut diam tempus nunc sem elit pulvinar magna nibh. Id, turpis ac, nibh euismod turpis aliquam nibh id, amet, aliquam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2: Ac nunc ante, euismod adipiscing lorem. Magna massa non, elit ipsum nunc. Sem eget ipsum, nisi euismod adipiscing. Lorem tincidunt aliquet adipiscing lorem, magna. Mi volutpat consectetur erat nunc sem. Id sit nisi et id pulvinar. Nisi laoreet ullamcorper adipiscing tincidunt aliquet. Mauris dolor, dolore ante volutpat nonummy. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2: Magna laoreet euismod turpis ac laoreet aliquet adipiscing. Dolor donec ante volutpat nonummy tempus, ut et. Id sit magna mi euismod sed dolore praesent. Eget amet donec ante ullamcorper adipiscing, feugiat magna. Mi, aliquet elit dolor nisi et, euismod amet. Aliquam nibh, diam mauris sit congue mauris sit. Erat massa sem elit ipsum nisi et volutpat. Amet aliquam lobortis ullamcorper turpis, tempus lobortis ullamcorper. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3: Lobortis ullamcorper adipiscing lorem ut mi id congue diam felis feugiat magna, laoreet aliquet consectetur magna laoreet aliquet. Eget, pulvinar tempus nibh euismod nonummy donec, ante eget amet donec ante molestie amet, ut, dolore lobortis ante. Diam tellus eget nonummy, dolor ipsum ac donec ut laoreet proin euismod mauris nonummy sit ac nunc nibh. Ante laoreet proin dolore lobortis ante tellus consectetur, sed nunc non, consectetur, erat nunc tellus consectetur, erat, nunc. Sem at dolor dolore sem at erat tincidunt at sed nunc praesent mauris pulvinar aliquam nibh volutpat, amet. Donec ante volutpat elit at adipiscing, elit at, turpis pharetra sit adipiscing consectetur tempus nisi nibh euismod ac. Tincidunt ullamcorper adipiscing sed dolore ante volutpat, nonummy ipsum ut et, euismod turpis erat, nunc proin eget amet. Tempus ut ullamcorper felis feugiat magna praesent, molestie pulvinar, aliquam lobortis ullamcorper volutpat tellus volutpat, mauris id eget. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3: Sem eget pulvinar aliquam et id turpis, sed congue aliquet at feugiat dolore ante non nonummy ipsum nisi. Mi euismod, turpis magna elit ipsum nunc proin eget pulvinar nisi sem id amet nisi et, volutpat amet. Aliquam lobortis, euismod turpis tempus nunc aliquet eget dolor nunc proin volutpat amet aliquam id turpis ac laoreet. Tellus at sed dolore proin mauris sed nunc tellus turpis lorem tincidunt adipiscing sed congue praesent at lorem. Tincidunt aliquet mauris dolor donec massa volutpat pharetra erat ante non elit pulvinar ut diam eget pulvinar tincidunt. Praesent eget, pharetra donec, ante volutpat amet erat ante volutpat consectetur erat massa sem elit ipsum ut et. Tellus, adipiscing sed tincidunt praesent eget pharetra donec non nonummy erat massa non nonummy tempus ut diam euismod. Turpis lorem laoreet, tellus consectetur lorem tincidunt tellus adipiscing lorem laoreet, ullamcorper, adipiscing lorem nibh euismod nibh euismod. Adipiscing lorem nibh, euismod turpis aliquam lobortis ullamcorper adipiscing tempus donec massa non at erat nunc non at. Nonummy, ipsum nisi et tellus turpis ac mi, euismod consectetur lorem nunc praesent at lorem tincidunt aliquet adipiscing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Section 2, Paragraph 1 followed by a column break.</w:t>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2: Donec lobortis diam molestie pharetra ac massa aliquet mauris felis eget adipiscing nonummy consectetur amet, consectetur, sit sed dolore ante volutpat amet aliquam lobortis diam elit ipsum ut. Et id sit magna, et at lorem nunc proin eget dolor dolore praesent mauris pharetra aliquam ante, non felis, ipsum, ut et molestie turpis ac tincidunt ante mi. Et sem molestie id, volutpat felis, consectetur, erat nunc non at sed massa proin eget pulvinar dolore sem mauris pulvinar nisi proin, mauris, pulvinar donec proin felis ipsum. Lobortis praesent id sit magna et molestie turpis ac laoreet tellus at, dolor nisi nibh volutpat molestie, euismod volutpat tellus euismod non sem euismod felis feugiat magna mi. Tellus at dolor nisi proin mauris dolor dolore, sem eget dolor donec proin mauris pharetra donec ante non adipiscing ipsum ut ullamcorper elit nisi et id pulvinar, nisi. Mi tellus, consectetur lorem donec ut ut congue congue nisi, donec congue massa nibh praesent non molestie elit pulvinar nisi ante euismod, proin non felis sit ut diam. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2: Mauris consectetur ipsum ut et felis pulvinar nunc et id, pulvinar aliquam et euismod turpis ac laoreet, ullamcorper at feugiat tincidunt ullamcorper tellus at. Dolor dolore sem, mauris dolor donec ante volutpat nonummy tempus, lobortis non adipiscing ipsum congue mi id turpis ac, laoreet aliquet consectetur erat tellus. Consectetur lorem laoreet tellus mauris sed nunc praesent at, lorem tincidunt aliquet adipiscing ac tincidunt aliquet at feugiat, tincidunt aliquet felis feugiat tincidunt diam. Felis feugiat praesent felis feugiat congue, praesent id sit ac laoreet tellus pharetra ac laoreet tellus at, sed nunc sem at ac laoreet aliquet. At lorem ut praesent id pharetra donec massa non consectetur ac laoreet tellus consectetur erat massa sem elit dolor nisi ante volutpat pulvinar donec. Ante volutpat amet donec eget dolor dolore proin molestie, pharetra donec massa volutpat nonummy, tempus massa volutpat consectetur, ipsum nisi mi tellus consectetur sed. Nunc proin mauris dolor donec massa non donec ante volutpat nonummy tempus lobortis sem, elit, ipsum massa volutpat nonummy, tempus nunc, diam eget, sit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3: Ipsum, ipsum dolore nibh volutpat adipiscing tempus. Lobortis, diam felis feugiat magna mi molestie. Consectetur sit pharetra ipsum lorem tempus, ac. Ac, donec lobortis et sem mauris, nonummy. Ipsum magna nibh euismod adipiscing sed congue. Praesent mauris, dolor donec ante non nonummy. Tempus aliquam lobortis ullamcorper turpis tempus nibh. Euismod nonummy tempus lobortis volutpat amet dolore. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3: Lorem congue praesent, molestie pharetra, donec ante non tempus massa non elit ipsum ut, diam id sit magna nibh tellus at sed congue proin molestie. Pharetra donec, ante non amet tempus massa non donec ante molestie pharetra donec ante tellus consectetur, erat massa tellus consectetur erat massa, non at sed. Nunc sem elit pulvinar dolore sem elit dolor sem at lorem, nibh, euismod turpis ac tincidunt praesent at dolor dolore ante non felis sit ac. Massa sem eget pulvinar nisi ante euismod amet aliquam nibh molestie nonummy sed, massa sem elit sed massa sem eget pulvinar aliquam et eget dolor. Dolore, ante volutpat amet aliquam nibh euismod, nonummy tempus praesent id pharetra ac mi tellus at sed nunc sem at sed, nunc, sem elit sed. Nunc sem eget dolor nunc praesent at dolor congue praesent tellus pharetra, erat massa, aliquet, consectetur erat laoreet tellus consectetur, sed nunc tellus turpis lorem. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720" w:num="3"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -598,51 +598,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R872f304f17b949d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9a74ff73e09343bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R941d562c245142b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rda14d8c83c294be1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc60a7055d6724428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8492bbba27364b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R48cbd33f05414352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3b3abb467ab547c6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>