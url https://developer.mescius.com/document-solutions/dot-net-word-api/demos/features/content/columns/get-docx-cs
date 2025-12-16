--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8cf283b225bc4b74" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reb2b50f9f4df4ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9e7d7bbb9f364786" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R675d22b298e8466c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R967e6198c8a04c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R44f3c683157b4079" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1: Adipiscing mi sem ut ut nunc magna nisi dolore lorem tempus. Adipiscing nonummy turpis dolor tempus magna, nunc et aliquet volutpat mauris. Eget at adipiscing sit ipsum lorem ipsum ac nisi tincidunt aliquet. Mauris ipsum nisi et id, turpis lorem laoreet tellus mauris dolor. Dolore proin mauris pharetra aliquam lobortis non nonummy ipsum lobortis non. Elit ipsum ut diam tempus nunc sem elit pulvinar magna nibh. Id, turpis ac, nibh euismod turpis aliquam nibh id, amet, aliquam. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1: Molestie, aliquet laoreet aliquet at pulvinar nisi proin at, lorem nunc ante mauris amet aliquam ut non pharetra congue euismod amet nisi id. Adipiscing aliquam proin elit erat laoreet felis ipsum lobortis non dolor congue euismod pulvinar dolore praesent at ac nibh eget, ipsum nunc molestie. Sit mi id feugiat massa volutpat feugiat lobortis eget, dolor tincidunt id tempus massa, molestie feugiat lobortis, volutpat lorem laoreet id pulvinar nunc. Tellus sit ut non congue ullamcorper amet dolore tellus sit lobortis molestie dolor congue euismod pulvinar donec sem mauris lorem nibh eget erat. Mi id, ipsum massa molestie congue aliquet turpis dolore sem turpis magna diam nonummy donec praesent felis tempus sem consectetur magna et elit. Donec laoreet, id feugiat lobortis non amet donec, praesent feugiat dolore, ante, molestie feugiat lobortis, eget erat mi, felis, tempus ante mauris feugiat. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2: Magna laoreet euismod turpis ac laoreet aliquet adipiscing. Dolor donec ante volutpat nonummy tempus, ut et. Id sit magna mi euismod sed dolore praesent. Eget amet donec ante ullamcorper adipiscing, feugiat magna. Mi, aliquet elit dolor nisi et, euismod amet. Aliquam nibh, diam mauris sit congue mauris sit. Erat massa sem elit ipsum nisi et volutpat. Amet aliquam lobortis ullamcorper turpis, tempus lobortis ullamcorper. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2: Et felis ipsum massa molestie dolor tincidunt ullamcorper amet nunc, tellus sit nunc tellus pharetra congue euismod pulvinar nunc. Adipiscing, ac nibh elit erat mi adipiscing, aliquam ante adipiscing aliquam sem consectetur magna sem consectetur magna praesent mauris. Lorem nibh, eget dolor tincidunt tellus lorem et elit erat, mi felis ipsum lobortis molestie feugiat lobortis volutpat sed. Laoreet id ipsum massa mauris tempus proin at magna diam consectetur magna diam nonummy ante at ac, et elit. Erat mi felis ipsum lobortis molestie feugiat tincidunt euismod pulvinar nunc tellus pulvinar massa molestie sit congue ullamcorper donec. Praesent at aliquam proin elit, erat mi, felis aliquam proin at ac nibh eget erat et elit erat, mi. Molestie dolor tincidunt euismod, amet, donec aliquet ac et, elit erat laoreet molestie feugiat lobortis molestie, dolor tincidunt euismod. Pulvinar dolore tellus, sit nisi sem pharetra tincidunt eget sed tincidunt euismod pulvinar nunc sit ut non dolor tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3: Sem eget pulvinar aliquam et id turpis, sed congue aliquet at feugiat dolore ante non nonummy ipsum nisi. Mi euismod, turpis magna elit ipsum nunc proin eget pulvinar nisi sem id amet nisi et, volutpat amet. Aliquam lobortis, euismod turpis tempus nunc aliquet eget dolor nunc proin volutpat amet aliquam id turpis ac laoreet. Tellus at sed dolore proin mauris sed nunc tellus turpis lorem tincidunt adipiscing sed congue praesent at lorem. Tincidunt aliquet mauris dolor donec massa volutpat pharetra erat ante non elit pulvinar ut diam eget pulvinar tincidunt. Praesent eget, pharetra donec, ante volutpat amet erat ante volutpat consectetur erat massa sem elit ipsum ut et. Tellus, adipiscing sed tincidunt praesent eget pharetra donec non nonummy erat massa non nonummy tempus ut diam euismod. Turpis lorem laoreet, tellus consectetur lorem tincidunt tellus adipiscing lorem laoreet, ullamcorper, adipiscing lorem nibh euismod nibh euismod. Adipiscing lorem nibh, euismod turpis aliquam lobortis ullamcorper adipiscing tempus donec massa non at erat nunc non at. Nonummy, ipsum nisi et tellus turpis ac mi, euismod consectetur lorem nunc praesent at lorem tincidunt aliquet adipiscing. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3: Dolore, aliquet adipiscing at ac et euismod sit ut tellus feugiat tincidunt ullamcorper amet dolore aliquet adipiscing aliquam sem consectetur. Congue diam nonummy donec praesent adipiscing aliquam ullamcorper pulvinar nunc euismod, pulvinar ut non pharetra congue ullamcorper nonummy donec aliquet. Turpis nisi, proin at erat mi felis aliquam praesent adipiscing ac et felis lorem et elit dolor nunc tellus sit. Nisi diam nonummy donec praesent adipiscing donec praesent at ac proin consectetur magna ullamcorper nonummy, mi, at ac, et elit. Sed tincidunt id, ipsum, ante molestie lorem, nibh mauris ac et elit erat, mi felis tempus ante mauris ac et. At magna id erat mi felis tempus nibh eget lorem et elit erat praesent felis tempus praesent adipiscing ac proin. Consectetur magna ullamcorper nonummy dolore ullamcorper, amet massa tellus magna et nonummy, donec mi felis tempus ante at magna diam. Consectetur donec diam adipiscing aliquam proin at aliquam et, elit ac et, felis tempus, ante mauris tincidunt ullamcorper, mauris, lorem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Section 2, Paragraph 1 followed by a column break.</w:t>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2: Mauris consectetur ipsum ut et felis pulvinar nunc et id, pulvinar aliquam et euismod turpis ac laoreet, ullamcorper at feugiat tincidunt ullamcorper tellus at. Dolor dolore sem, mauris dolor donec ante volutpat nonummy tempus, lobortis non adipiscing ipsum congue mi id turpis ac, laoreet aliquet consectetur erat tellus. Consectetur lorem laoreet tellus mauris sed nunc praesent at, lorem tincidunt aliquet adipiscing ac tincidunt aliquet at feugiat, tincidunt aliquet felis feugiat tincidunt diam. Felis feugiat praesent felis feugiat congue, praesent id sit ac laoreet tellus pharetra ac laoreet tellus at, sed nunc sem at ac laoreet aliquet. At lorem ut praesent id pharetra donec massa non consectetur ac laoreet tellus consectetur erat massa sem elit dolor nisi ante volutpat pulvinar donec. Ante volutpat amet donec eget dolor dolore proin molestie, pharetra donec massa volutpat nonummy, tempus massa volutpat consectetur, ipsum nisi mi tellus consectetur sed. Nunc proin mauris dolor donec massa non donec ante volutpat nonummy tempus lobortis sem, elit, ipsum massa volutpat nonummy, tempus nunc, diam eget, sit. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2: Id molestie elit, sit pulvinar lorem congue proin, eget pharetra donec praesent. Volutpat amet dolore, mi mauris feugiat tincidunt aliquet turpis, nisi proin at. Dolor dolore praesent, adipiscing ac nibh sit nisi proin elit sed laoreet. Id feugiat ut ullamcorper elit tempus ante molestie lorem nibh eget sed. Nibh id ipsum ante molestie sit ut adipiscing donec proin adipiscing ac. Et eget sed laoreet id ipsum ante mauris lorem nibh volutpat dolor. Tincidunt, tellus turpis magna diam nonummy, donec praesent adipiscing ut non amet. Dolore, aliquet turpis dolore sem consectetur magna diam nonummy erat ante molestie. Dolor congue, ullamcorper nonummy, aliquam proin, at lorem nibh, sit ut sem. At ac, et felis tempus ante, mauris lorem lobortis euismod dolor laoreet. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3: Lorem congue praesent, molestie pharetra, donec ante non tempus massa non elit ipsum ut, diam id sit magna nibh tellus at sed congue proin molestie. Pharetra donec, ante non amet tempus massa non donec ante molestie pharetra donec ante tellus consectetur, erat massa tellus consectetur erat massa, non at sed. Nunc sem elit pulvinar dolore sem elit dolor sem at lorem, nibh, euismod turpis ac tincidunt praesent at dolor dolore ante non felis sit ac. Massa sem eget pulvinar nisi ante euismod amet aliquam nibh molestie nonummy sed, massa sem elit sed massa sem eget pulvinar aliquam et eget dolor. Dolore, ante volutpat amet aliquam nibh euismod, nonummy tempus praesent id pharetra ac mi tellus at sed nunc sem at sed, nunc, sem elit sed. Nunc sem eget dolor nunc praesent at dolor congue praesent tellus pharetra, erat massa, aliquet, consectetur erat laoreet tellus consectetur, sed nunc tellus turpis lorem. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3: Ante volutpat dolor tincidunt aliquet turpis aliquam sem at, ac, et felis aliquam proin adipiscing aliquam proin. At erat laoreet sit ut non dolor lobortis eget sed nibh id ipsum, massa molestie feugiat ut. Ullamcorper amet dolore ullamcorper turpis nisi aliquet consectetur nisi sem consectetur mi, mauris feugiat lobortis volutpat dolor. Nunc praesent adipiscing nisi sem consectetur, magna praesent felis tempus ante adipiscing aliquam sem consectetur magna diam. Nonummy erat, praesent adipiscing donec praesent felis aliquam ante eget sed laoreet id ipsum nunc tellus, sit. Ut diam nonummy dolore ullamcorper amet nunc molestie feugiat massa dolor tincidunt ullamcorper nonummy dolore aliquet consectetur. Ac et nonummy magna diam nonummy donec aliquet turpis nisi proin consectetur magna diam nonummy donec mi. Mauris feugiat, lobortis pulvinar dolore, aliquet sit nisi sem consectetur magna ullamcorper amet donec aliquet turpis nisi. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720" w:num="3"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -598,51 +598,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc60a7055d6724428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8492bbba27364b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R48cbd33f05414352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3b3abb467ab547c6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1b24cb82204c4bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1ab377d141534ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7687f1879c6b4c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0a5d9b6e48d741c2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>