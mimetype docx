--- v2 (2025-12-16)
+++ v3 (2025-12-16)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R675d22b298e8466c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R967e6198c8a04c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R44f3c683157b4079" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R77bb42c874934a3f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R428495eb5ec543ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc682c707e6a2440c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1: Molestie, aliquet laoreet aliquet at pulvinar nisi proin at, lorem nunc ante mauris amet aliquam ut non pharetra congue euismod amet nisi id. Adipiscing aliquam proin elit erat laoreet felis ipsum lobortis non dolor congue euismod pulvinar dolore praesent at ac nibh eget, ipsum nunc molestie. Sit mi id feugiat massa volutpat feugiat lobortis eget, dolor tincidunt id tempus massa, molestie feugiat lobortis, volutpat lorem laoreet id pulvinar nunc. Tellus sit ut non congue ullamcorper amet dolore tellus sit lobortis molestie dolor congue euismod pulvinar donec sem mauris lorem nibh eget erat. Mi id, ipsum massa molestie congue aliquet turpis dolore sem turpis magna diam nonummy donec praesent felis tempus sem consectetur magna et elit. Donec laoreet, id feugiat lobortis non amet donec, praesent feugiat dolore, ante, molestie feugiat lobortis, eget erat mi, felis, tempus ante mauris feugiat. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1: Molestie tincidunt donec, lobortis et sem mauris sed dolore proin volutpat, pulvinar donec ante, mauris dolor dolore aliquet turpis. Lorem lobortis euismod pulvinar, dolore eget sed tincidunt tellus sit ut sem consectetur, donec, praesent, felis lorem lobortis non. Pharetra congue ullamcorper pulvinar nunc non pharetra ut ullamcorper pharetra, dolore adipiscing aliquam ante mauris sed laoreet felis tempus. Massa molestie lorem nibh eget sed laoreet euismod sit nisi, sem consectetur, magna diam amet donec praesent lorem nibh. Elit erat tincidunt, euismod pulvinar ut tellus sit ut volutpat pulvinar tincidunt euismod pulvinar nunc tellus feugiat lobortis non. Pharetra, congue aliquet adipiscing, et at, dolor tincidunt tellus turpis nisi diam nonummy tempus mi mauris lorem, lobortis non. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2: Et felis ipsum massa molestie dolor tincidunt ullamcorper amet nunc, tellus sit nunc tellus pharetra congue euismod pulvinar nunc. Adipiscing, ac nibh elit erat mi adipiscing, aliquam ante adipiscing aliquam sem consectetur magna sem consectetur magna praesent mauris. Lorem nibh, eget dolor tincidunt tellus lorem et elit erat, mi felis ipsum lobortis molestie feugiat lobortis volutpat sed. Laoreet id ipsum massa mauris tempus proin at magna diam consectetur magna diam nonummy ante at ac, et elit. Erat mi felis ipsum lobortis molestie feugiat tincidunt euismod pulvinar nunc tellus pulvinar massa molestie sit congue ullamcorper donec. Praesent at aliquam proin elit, erat mi, felis aliquam proin at ac nibh eget erat et elit erat, mi. Molestie dolor tincidunt euismod, amet, donec aliquet ac et, elit erat laoreet molestie feugiat lobortis molestie, dolor tincidunt euismod. Pulvinar dolore tellus, sit nisi sem pharetra tincidunt eget sed tincidunt euismod pulvinar nunc sit ut non dolor tincidunt. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2: Molestie sit nisi diam nonummy erat ante molestie, dolor. Congue ullamcorper mauris lorem lobortis volutpat pharetra congue euismod. Pulvinar non, pharetra congue ullamcorper nonummy, dolore aliquet turpis. Aliquam et elit erat laoreet id pulvinar massa mauris. Lorem ut, volutpat, amet dolore tellus sit ut pharetra. Congue non dolor tincidunt euismod pulvinar dolore sem consectetur. Nisi et elit erat mi mauris lorem ante eget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3: Dolore, aliquet adipiscing at ac et euismod sit ut tellus feugiat tincidunt ullamcorper amet dolore aliquet adipiscing aliquam sem consectetur. Congue diam nonummy donec praesent adipiscing aliquam ullamcorper pulvinar nunc euismod, pulvinar ut non pharetra congue ullamcorper nonummy donec aliquet. Turpis nisi, proin at erat mi felis aliquam praesent adipiscing ac et felis lorem et elit dolor nunc tellus sit. Nisi diam nonummy donec praesent adipiscing donec praesent at ac proin consectetur magna ullamcorper nonummy, mi, at ac, et elit. Sed tincidunt id, ipsum, ante molestie lorem, nibh mauris ac et elit erat, mi felis tempus ante mauris ac et. At magna id erat mi felis tempus nibh eget lorem et elit erat praesent felis tempus praesent adipiscing ac proin. Consectetur magna ullamcorper nonummy dolore ullamcorper, amet massa tellus magna et nonummy, donec mi felis tempus ante at magna diam. Consectetur donec diam adipiscing aliquam proin at aliquam et, elit ac et, felis tempus, ante mauris tincidunt ullamcorper, mauris, lorem. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3: Amet donec praesent mauris aliquam et eget sed mi id tempus massa mauris lorem lobortis volutpat dolor mi felis, tempus ante mauris lobortis volutpat pharetra tincidunt euismod sed mi. Id feugiat lobortis non amet erat ante, mauris feugiat lobortis eget sed nunc tellus pulvinar nunc sit, ut non dolor nunc tellus sit nunc tellus sit ut non pharetra. Tincidunt euismod, ipsum laoreet id, feugiat, lobortis molestie feugiat, lobortis volutpat dolor, nunc tellus ut sem consectetur magna diam adipiscing, tempus ante mauris lorem laoreet id ipsum massa tellus. Sit ut non consectetur, congue ullamcorper amet nisi sem magna sem nonummy donec praesent felis ipsum ante mauris lorem et, at ac diam nonummy donec aliquet turpis nisi tellus. Turpis magna sem consectetur congue ullamcorper, aliquam ante mauris lorem et elit donec diam nonummy donec praesent at ac et, elit erat mi elit tempus ante mauris lorem nibh. Eget, lorem nibh eget ante felis lorem lobortis volutpat dolor laoreet euismod pulvinar massa molestie ipsum, massa diam, amet dolore praesent turpis nisi sem ac et elit erat, mi. Mauris feugiat ut non pharetra congue aliquet sit, ut sem sit lobortis volutpat feugiat nibh, elit, erat laoreet felis tempus mi felis nibh eget sed, nibh eget erat mi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Section 2, Paragraph 1 followed by a column break.</w:t>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2: Id molestie elit, sit pulvinar lorem congue proin, eget pharetra donec praesent. Volutpat amet dolore, mi mauris feugiat tincidunt aliquet turpis, nisi proin at. Dolor dolore praesent, adipiscing ac nibh sit nisi proin elit sed laoreet. Id feugiat ut ullamcorper elit tempus ante molestie lorem nibh eget sed. Nibh id ipsum ante molestie sit ut adipiscing donec proin adipiscing ac. Et eget sed laoreet id ipsum ante mauris lorem nibh volutpat dolor. Tincidunt, tellus turpis magna diam nonummy, donec praesent adipiscing ut non amet. Dolore, aliquet turpis dolore sem consectetur magna diam nonummy erat ante molestie. Dolor congue, ullamcorper nonummy, aliquam proin, at lorem nibh, sit ut sem. At ac, et felis tempus ante, mauris lorem lobortis euismod dolor laoreet. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2: Id pulvinar dolore aliquet turpis ac diam ipsum, massa molestie feugiat lobortis volutpat, dolor tincidunt euismod, pulvinar ut non pharetra magna. Diam, amet dolore aliquet, amet dolore sem, consectetur ac diam, nonummy ante mauris feugiat lobortis volutpat nonummy aliquam proin adipiscing lorem. Nibh id sed laoreet id feugiat ut volutpat pharetra tincidunt volutpat dolor, massa molestie, sit sem elit erat mi felis lorem. Ante volutpat pulvinar tincidunt tellus pulvinar, nunc molestie feugiat massa non dolor tincidunt euismod pulvinar, massa, tellus, sit diam nonummy erat. Massa diam id pulvinar magna laoreet aliquet, adipiscing dolor aliquam lobortis non nonummy tempus lobortis non amet erat lobortis diam id. Consectetur, dolor magna nunc et tellus at sed tincidunt id pulvinar nunc tellus pharetra ut non, amet, donec mi felis aliquam. Proin eget, dolor nunc euismod pulvinar, nunc non donec mi felis lorem nibh eget ac proin at magna diam amet dolore. Euismod pulvinar dolore proin elit erat et elit, tempus massa consectetur donec mi adipiscing lorem nibh eget sed tincidunt eget sed. Mi id feugiat lobortis volutpat feugiat, lobortis volutpat, sed tincidunt id feugiat lobortis molestie lorem ante lorem nibh euismod pulvinar nunc. Tellus pharetra congue diam nonummy donec praesent adipiscing aliquam et elit sed mi felis tempus massa volutpat dolor tincidunt euismod pulvinar. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3: Ante volutpat dolor tincidunt aliquet turpis aliquam sem at, ac, et felis aliquam proin adipiscing aliquam proin. At erat laoreet sit ut non dolor lobortis eget sed nibh id ipsum, massa molestie feugiat ut. Ullamcorper amet dolore ullamcorper turpis nisi aliquet consectetur nisi sem consectetur mi, mauris feugiat lobortis volutpat dolor. Nunc praesent adipiscing nisi sem consectetur, magna praesent felis tempus ante adipiscing aliquam sem consectetur magna diam. Nonummy erat, praesent adipiscing donec praesent felis aliquam ante eget sed laoreet id ipsum nunc tellus, sit. Ut diam nonummy dolore ullamcorper amet nunc molestie feugiat massa dolor tincidunt ullamcorper nonummy dolore aliquet consectetur. Ac et nonummy magna diam nonummy donec aliquet turpis nisi proin consectetur magna diam nonummy donec mi. Mauris feugiat, lobortis pulvinar dolore, aliquet sit nisi sem consectetur magna ullamcorper amet donec aliquet turpis nisi. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3: Consectetur donec, praesent tempus ante, mauris lorem tincidunt euismod pulvinar dolore, sem, consectetur ac, et felis ipsum massa mauris lorem lobortis euismod, pulvinar dolore aliquet, sit nunc molestie ut non. Amet congue aliquet turpis dolore aliquet turpis magna diam nonummy erat mi adipiscing, aliquam, proin mauris lorem nibh elit erat mi felis tempus eget sed laoreet eget sed laoreet id. Feugiat ut non pharetra tincidunt euismod pulvinar tincidunt id ipsum nunc molestie feugiat lobortis volutpat dolor proin mauris, sed, laoreet id ac et, felis tempus ante mauris ac et elit. Ac mi felis ipsum mi felis lorem nibh mauris lorem et eget ipsum, molestie sit congue non pharetra congue euismod pulvinar, dolore sem consectetur magna et elit erat praesent felis. Aliquam ante eget sed laoreet id ipsum massa molestie ipsum, non pharetra congue ullamcorper pulvinar dolore aliquet turpis nisi, sem amet dolore aliquet amet dolore aliquet sit nisi sem consectetur. Congue diam, nonummy donec praesent adipiscing ac eget sed massa id ipsum massa molestie feugiat lobortis eget sed laoreet id ipsum massa tellus dolor, tincidunt ullamcorper pulvinar aliquet adipiscing aliquam. Proin elit erat, laoreet id, feugiat massa, molestie, lorem lobortis volutpat, sed laoreet id ipsum massa molestie, tempus ante mauris lorem nibh eget sed id tempus nibh eget, dolor laoreet. Id ipsum massa tellus consectetur magna sem pharetra congue ullamcorper, amet nisi aliquet consectetur magna sem consectetur magna praesent adipiscing aliquam at lorem et elit erat laoreet id ipsum massa. Non pharetra congue aliquet, amet dolore aliquet turpis magna diam nonummy magna diam nonummy aliquam proin adipiscing, proin at, sed laoreet, felis tempus ante mauris ac nibh volutpat dolor tincidunt. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720" w:num="3"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -598,51 +598,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1b24cb82204c4bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1ab377d141534ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7687f1879c6b4c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0a5d9b6e48d741c2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6d2d18a8edfe4f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5fd022082ff143e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3f3c1113af7a4ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R08aa5fec251d4ee3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>