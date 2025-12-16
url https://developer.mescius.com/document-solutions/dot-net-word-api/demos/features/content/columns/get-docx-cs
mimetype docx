--- v3 (2025-12-16)
+++ v4 (2025-12-16)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R77bb42c874934a3f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R428495eb5ec543ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc682c707e6a2440c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd73a457eb71a464e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R49090de83b224f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R85283f686c68407e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1: Molestie tincidunt donec, lobortis et sem mauris sed dolore proin volutpat, pulvinar donec ante, mauris dolor dolore aliquet turpis. Lorem lobortis euismod pulvinar, dolore eget sed tincidunt tellus sit ut sem consectetur, donec, praesent, felis lorem lobortis non. Pharetra congue ullamcorper pulvinar nunc non pharetra ut ullamcorper pharetra, dolore adipiscing aliquam ante mauris sed laoreet felis tempus. Massa molestie lorem nibh eget sed laoreet euismod sit nisi, sem consectetur, magna diam amet donec praesent lorem nibh. Elit erat tincidunt, euismod pulvinar ut tellus sit ut volutpat pulvinar tincidunt euismod pulvinar nunc tellus feugiat lobortis non. Pharetra, congue aliquet adipiscing, et at, dolor tincidunt tellus turpis nisi diam nonummy tempus mi mauris lorem, lobortis non. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1: Euismod at mauris eget ipsum nisi nibh tellus turpis lorem laoreet aliquet. Volutpat amet erat, lobortis volutpat dolor tincidunt ullamcorper amet dolore proin eget. Sed tellus sit ut sem nonummy donec, praesent felis tempus massa molestie. Feugiat lobortis euismod pulvinar nunc aliquet turpis nisi sem, pharetra magna praesent. Felis tempus eget sed laoreet eget ipsum massa tellus sit, ut diam. Felis ipsum lobortis volutpat feugiat nibh eget sed laoreet id ipsum massa. Molestie feugiat nibh eget lorem tellus turpis aliquam et elit donec praesent. Nonummy donec, praesent, adipiscing ac et volutpat dolor laoreet id ipsum massa. Molestie dolor tincidunt diam lorem nibh volutpat pulvinar dolore aliquet sit ut. Non consectetur congue diam nonummy donec aliquet turpis nisi aliquet turpis nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2: Molestie sit nisi diam nonummy erat ante molestie, dolor. Congue ullamcorper mauris lorem lobortis volutpat pharetra congue euismod. Pulvinar non, pharetra congue ullamcorper nonummy, dolore aliquet turpis. Aliquam et elit erat laoreet id pulvinar massa mauris. Lorem ut, volutpat, amet dolore tellus sit ut pharetra. Congue non dolor tincidunt euismod pulvinar dolore sem consectetur. Nisi et elit erat mi mauris lorem ante eget. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2: Molestie sit ut ullamcorper adipiscing aliquam ante molestie dolor, congue euismod pulvinar nunc tellus sit lobortis dolor lobortis euismod pulvinar. Nunc aliquet sit, nisi sem pharetra congue diam, adipiscing donec praesent adipiscing aliquam proin at magna et, elit erat felis. Aliquam, proin at erat laoreet id pulvinar nunc non pharetra congue ullamcorper nonummy donec praesent at ac et at, erat. Laoreet molestie feugiat lobortis volutpat dolor ullamcorper amet, nisi sem consectetur magna diam nonummy donec praesent felis tempus nibh, eget. Sed congue ullamcorper turpis, nisi sem consectetur ac diam donec, mi mauris feugiat nibh volutpat, pulvinar nunc sem turpis, magna. Et eget, erat mi felis tempus nibh eget lorem et elit ac mi id feugiat lobortis pharetra congue ullamcorper amet. Nisi ante mauris ac et elit, erat ante mauris sit ut non pharetra dolore, aliquet adipiscing ac et elit, ac. Et, elit ipsum molestie dolor congue euismod pulvinar dolore aliquet turpis nisi non sit congue diam nonummy donec praesent volutpat. Sed congue ullamcorper, ac et, eget, dolor tincidunt tellus pulvinar massa volutpat dolor tincidunt volutpat dolor tincidunt tellus sit nisi. Sem consectetur magna diam nonummy, donec praesent at aliquam proin sed laoreet id ipsum massa molestie, feugiat nibh eget sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3: Amet donec praesent mauris aliquam et eget sed mi id tempus massa mauris lorem lobortis volutpat dolor mi felis, tempus ante mauris lobortis volutpat pharetra tincidunt euismod sed mi. Id feugiat lobortis non amet erat ante, mauris feugiat lobortis eget sed nunc tellus pulvinar nunc sit, ut non dolor nunc tellus sit nunc tellus sit ut non pharetra. Tincidunt euismod, ipsum laoreet id, feugiat, lobortis molestie feugiat, lobortis volutpat dolor, nunc tellus ut sem consectetur magna diam adipiscing, tempus ante mauris lorem laoreet id ipsum massa tellus. Sit ut non consectetur, congue ullamcorper amet nisi sem magna sem nonummy donec praesent felis ipsum ante mauris lorem et, at ac diam nonummy donec aliquet turpis nisi tellus. Turpis magna sem consectetur congue ullamcorper, aliquam ante mauris lorem et elit donec diam nonummy donec praesent at ac et, elit erat mi elit tempus ante mauris lorem nibh. Eget, lorem nibh eget ante felis lorem lobortis volutpat dolor laoreet euismod pulvinar massa molestie ipsum, massa diam, amet dolore praesent turpis nisi sem ac et elit erat, mi. Mauris feugiat ut non pharetra congue aliquet sit, ut sem sit lobortis volutpat feugiat nibh, elit, erat laoreet felis tempus mi felis nibh eget sed, nibh eget erat mi. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3: Aliquam ante mauris lorem, nibh id. Ipsum dolore sem turpis magna, diam. Nonummy erat mi mauris, lorem lobortis. Volutpat dolore aliquet consectetur ac, et. Eget ipsum, laoreet tellus pharetra magna. Et, adipiscing aliquam proin at lorem. Lobortis volutpat sed tincidunt, tellus sit. Non consectetur donec, mi, mauris feugiat. Ut non pharetra congue tellus sit. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Section 2, Paragraph 1 followed by a column break.</w:t>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2: Id pulvinar dolore aliquet turpis ac diam ipsum, massa molestie feugiat lobortis volutpat, dolor tincidunt euismod, pulvinar ut non pharetra magna. Diam, amet dolore aliquet, amet dolore sem, consectetur ac diam, nonummy ante mauris feugiat lobortis volutpat nonummy aliquam proin adipiscing lorem. Nibh id sed laoreet id feugiat ut volutpat pharetra tincidunt volutpat dolor, massa molestie, sit sem elit erat mi felis lorem. Ante volutpat pulvinar tincidunt tellus pulvinar, nunc molestie feugiat massa non dolor tincidunt euismod pulvinar, massa, tellus, sit diam nonummy erat. Massa diam id pulvinar magna laoreet aliquet, adipiscing dolor aliquam lobortis non nonummy tempus lobortis non amet erat lobortis diam id. Consectetur, dolor magna nunc et tellus at sed tincidunt id pulvinar nunc tellus pharetra ut non, amet, donec mi felis aliquam. Proin eget, dolor nunc euismod pulvinar, nunc non donec mi felis lorem nibh eget ac proin at magna diam amet dolore. Euismod pulvinar dolore proin elit erat et elit, tempus massa consectetur donec mi adipiscing lorem nibh eget sed tincidunt eget sed. Mi id feugiat lobortis volutpat feugiat, lobortis volutpat, sed tincidunt id feugiat lobortis molestie lorem ante lorem nibh euismod pulvinar nunc. Tellus pharetra congue diam nonummy donec praesent adipiscing aliquam et elit sed mi felis tempus massa volutpat dolor tincidunt euismod pulvinar. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2: Mi dolore tellus, sit erat mi. Euismod sit ut tellus sit congue. Diam lorem lobortis, volutpat amet congue. Aliquet turpis aliquam sem consectetur magna. Diam nonummy donec praesent adipiscing aliquam. Proin at ac et elit magna. Diam nonummy nibh eget sed laoreet. Ullamcorper adipiscing nisi nibh eget sed. Laoreet molestie feugiat lobortis volutpat pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3: Consectetur donec, praesent tempus ante, mauris lorem tincidunt euismod pulvinar dolore, sem, consectetur ac, et felis ipsum massa mauris lorem lobortis euismod, pulvinar dolore aliquet, sit nunc molestie ut non. Amet congue aliquet turpis dolore aliquet turpis magna diam nonummy erat mi adipiscing, aliquam, proin mauris lorem nibh elit erat mi felis tempus eget sed laoreet eget sed laoreet id. Feugiat ut non pharetra tincidunt euismod pulvinar tincidunt id ipsum nunc molestie feugiat lobortis volutpat dolor proin mauris, sed, laoreet id ac et, felis tempus ante mauris ac et elit. Ac mi felis ipsum mi felis lorem nibh mauris lorem et eget ipsum, molestie sit congue non pharetra congue euismod pulvinar, dolore sem consectetur magna et elit erat praesent felis. Aliquam ante eget sed laoreet id ipsum massa molestie ipsum, non pharetra congue ullamcorper pulvinar dolore aliquet turpis nisi, sem amet dolore aliquet amet dolore aliquet sit nisi sem consectetur. Congue diam, nonummy donec praesent adipiscing ac eget sed massa id ipsum massa molestie feugiat lobortis eget sed laoreet id ipsum massa tellus dolor, tincidunt ullamcorper pulvinar aliquet adipiscing aliquam. Proin elit erat, laoreet id, feugiat massa, molestie, lorem lobortis volutpat, sed laoreet id ipsum massa molestie, tempus ante mauris lorem nibh eget sed id tempus nibh eget, dolor laoreet. Id ipsum massa tellus consectetur magna sem pharetra congue ullamcorper, amet nisi aliquet consectetur magna sem consectetur magna praesent adipiscing aliquam at lorem et elit erat laoreet id ipsum massa. Non pharetra congue aliquet, amet dolore aliquet turpis magna diam nonummy magna diam nonummy aliquam proin adipiscing, proin at, sed laoreet, felis tempus ante mauris ac nibh volutpat dolor tincidunt. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3: Congue, diam felis tempus ante mauris sed laoreet tellus sit ut non consectetur congue diam nonummy donec praesent turpis aliquam proin elit erat euismod pulvinar nunc tellus feugiat ut. Euismod amet donec, ante mauris, lorem, et eget ipsum nunc tellus, sit ut ullamcorper amet donec ante mauris lorem, ullamcorper nonummy nisi sem consectetur magna, diam, nonummy donec diam. Amet aliquam ante eget sed tincidunt euismod pulvinar nunc tellus feugiat lobortis molestie lorem nibh elit, laoreet euismod pulvinar nunc tellus feugiat, lobortis volutpat dolor laoreet euismod pulvinar nunc. Tellus pharetra congue non pharetra congue euismod pulvinar nunc tellus sit non nonummy magna praesent adipiscing aliquam proin at ac et elit erat mi id tempus massa volutpat pharetra. Congue ullamcorper amet nisi sem turpis nisi diam nonummy mi, mauris feugiat lobortis euismod pulvinar laoreet euismod pulvinar ut proin at ac diam pharetra dolore aliquet turpis nisi sem. At, erat laoreet id feugiat massa consectetur magna diam adipiscing lorem lobortis volutpat dolor nunc tellus pulvinar nunc tellus pharetra ut non amet donec aliquet adipiscing proin at ac. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720" w:num="3"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -598,51 +598,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6d2d18a8edfe4f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5fd022082ff143e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3f3c1113af7a4ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R08aa5fec251d4ee3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3612dea71d824fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rece6f967f7694d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R114a13ffba524817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R77e3c4dccd844701" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>