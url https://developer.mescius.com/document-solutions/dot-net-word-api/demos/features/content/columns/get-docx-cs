--- v4 (2025-12-16)
+++ v5 (2025-12-19)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd73a457eb71a464e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R49090de83b224f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R85283f686c68407e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdaa881ef35234014" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R997b26bee9604bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R57485836189c4489" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1: Euismod at mauris eget ipsum nisi nibh tellus turpis lorem laoreet aliquet. Volutpat amet erat, lobortis volutpat dolor tincidunt ullamcorper amet dolore proin eget. Sed tellus sit ut sem nonummy donec, praesent felis tempus massa molestie. Feugiat lobortis euismod pulvinar nunc aliquet turpis nisi sem, pharetra magna praesent. Felis tempus eget sed laoreet eget ipsum massa tellus sit, ut diam. Felis ipsum lobortis volutpat feugiat nibh eget sed laoreet id ipsum massa. Molestie feugiat nibh eget lorem tellus turpis aliquam et elit donec praesent. Nonummy donec, praesent, adipiscing ac et volutpat dolor laoreet id ipsum massa. Molestie dolor tincidunt diam lorem nibh volutpat pulvinar dolore aliquet sit ut. Non consectetur congue diam nonummy donec aliquet turpis nisi aliquet turpis nisi. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1: Sit, sit eget non eget ante dolore sed consectetur tellus laoreet, ac turpis tellus ipsum sit molestie. Diam ut sit tellus massa erat sit molestie massa pulvinar euismod laoreet sed eget nibh aliquam adipiscing. Praesent tincidunt feugiat mauris praesent, dolore at euismod, laoreet sed eget, nibh lorem adipiscing praesent erat nonummy. Diam ut turpis aliquet nunc dolor, eget lobortis feugiat molestie, massa tempus id mi consectetur non nunc. Pulvinar id, laoreet ac turpis aliquet nunc pulvinar euismod, lobortis lorem mauris mi tempus elit diam nisi. Turpis aliquet, dolore euismod, tincidunt dolor volutpat lobortis feugiat felis laoreet, ipsum, eget nibh lorem at ante. Aliquam amet euismod tincidunt feugiat mauris mi donec, nonummy, ullamcorper ut pharetra non sit ullamcorper dolore pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2: Molestie sit ut ullamcorper adipiscing aliquam ante molestie dolor, congue euismod pulvinar nunc tellus sit lobortis dolor lobortis euismod pulvinar. Nunc aliquet sit, nisi sem pharetra congue diam, adipiscing donec praesent adipiscing aliquam proin at magna et, elit erat felis. Aliquam, proin at erat laoreet id pulvinar nunc non pharetra congue ullamcorper nonummy donec praesent at ac et at, erat. Laoreet molestie feugiat lobortis volutpat dolor ullamcorper amet, nisi sem consectetur magna diam nonummy donec praesent felis tempus nibh, eget. Sed congue ullamcorper turpis, nisi sem consectetur ac diam donec, mi mauris feugiat nibh volutpat, pulvinar nunc sem turpis, magna. Et eget, erat mi felis tempus nibh eget lorem et elit ac mi id feugiat lobortis pharetra congue ullamcorper amet. Nisi ante mauris ac et elit, erat ante mauris sit ut non pharetra dolore, aliquet adipiscing ac et elit, ac. Et, elit ipsum molestie dolor congue euismod pulvinar dolore aliquet turpis nisi non sit congue diam nonummy donec praesent volutpat. Sed congue ullamcorper, ac et, eget, dolor tincidunt tellus pulvinar massa volutpat dolor tincidunt volutpat dolor tincidunt tellus sit nisi. Sem consectetur magna diam nonummy, donec praesent at aliquam proin sed laoreet id ipsum massa molestie, feugiat nibh eget sed. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2: Ac turpis tellus, nunc sed eget aliquam turpis aliquet tincidunt lorem mauris. Ante aliquam adipiscing diam donec consectetur non nunc sit euismod tincidunt pulvinar. Euismod lobortis dolor molestie massa feugiat laoreet sed elit nibh ac at. Praesent donec, amet non congue pharetra sem aliquam adipiscing praesent donec nonummy. Diam magna consectetur, non ut feugiat id sed elit proin, aliquam turpis. Aliquet dolore amet ullamcorper congue feugiat molestie nunc, sit, euismod tincidunt pulvinar. Euismod nibh lorem, mauris mi erat diam nisi turpis tellus nunc pulvinar. Euismod tincidunt feugiat molestie, massa tempus felis mi donec consectetur sem nisi. Turpis aliquet nunc amet euismod tincidunt consectetur non lobortis tellus nunc amet. Ullamcorper congue pharetra non massa feugiat id laoreet sed eget laoreet sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3: Aliquam ante mauris lorem, nibh id. Ipsum dolore sem turpis magna, diam. Nonummy erat mi mauris, lorem lobortis. Volutpat dolore aliquet consectetur ac, et. Eget ipsum, laoreet tellus pharetra magna. Et, adipiscing aliquam proin at lorem. Lobortis volutpat sed tincidunt, tellus sit. Non consectetur donec, mi, mauris feugiat. Ut non pharetra congue tellus sit. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3: Eget ante aliquam turpis ullamcorper, congue feugiat mauris ante tempus, felis laoreet erat elit nibh sed eget ante ipsum id erat, consectetur sem ut. Sit, id et magna consectetur sem nisi turpis aliquet dolore amet ullamcorper, congue sit tellus dolore amet euismod tincidunt dolor lobortis, lorem felis mi. Donec nonummy diam, ac consectetur, proin aliquam adipiscing praesent erat nonummy diam magna at proin ac at ante tempus felis mi, erat elit nisi. Turpis aliquet donec nonummy praesent tempus elit mi erat elit proin nisi turpis ullamcorper congue pharetra non ut sit non ut turpis dolore amet. Diam congue consectetur non nunc turpis aliquet nisi turpis praesent donec consectetur volutpat, ut feugiat id laoreet sed eget nibh, lorem at ante tempus. Felis congue pharetra non ut turpis sem dolore nonummy diam magna consectetur et, ac, at proin aliquam, mauris proin, ipsum id laoreet sed eget. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Section 2, Paragraph 1 followed by a column break.</w:t>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2: Mi dolore tellus, sit erat mi. Euismod sit ut tellus sit congue. Diam lorem lobortis, volutpat amet congue. Aliquet turpis aliquam sem consectetur magna. Diam nonummy donec praesent adipiscing aliquam. Proin at ac et elit magna. Diam nonummy nibh eget sed laoreet. Ullamcorper adipiscing nisi nibh eget sed. Laoreet molestie feugiat lobortis volutpat pharetra. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2: Ut, erat nonummy et magna consectetur aliquet nunc dolor volutpat nibh feugiat molestie massa ipsum id massa ipsum id laoreet lorem aliquet dolore nonummy mi tempus elit diam magna. At proin, tempus adipiscing mi erat nonummy et magna consectetur sem dolore amet, euismod tincidunt dolor eget tempus adipiscing praesent donec elit, diam magna at sem nisi turpis praesent. Dolore nonummy diam, magna consectetur sem nisi, amet aliquet, dolore, amet, diam congue consectetur sem turpis, tellus nunc, amet ullamcorper tincidunt dolor non ut sit euismod nunc pulvinar ullamcorper. Tincidunt dolor volutpat lobortis sit molestie mi erat, elit ut pulvinar id euismod lobortis, lorem mauris ante tempus elit et erat elit nibh ac mauris ante erat elit, et. Magna pharetra sem, nisi sit tellus dolore diam congue, pharetra non nisi sit, aliquet dolore amet aliquet dolore amet diam erat at, proin aliquam at praesent dolore amet ullamcorper. Ut sit tellus ut adipiscing donec amet ullamcorper congue consectetur diam magna at ante aliquam dolor volutpat, lobortis lorem at proin tempus felis laoreet ipsum laoreet sed eget nibh. Feugiat mauris ante tempus elit et ac mauris ante, lorem mauris massa feugiat id massa sed id lobortis feugiat molestie massa feugiat id donec consectetur, sem ut sit tellus. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3: Congue, diam felis tempus ante mauris sed laoreet tellus sit ut non consectetur congue diam nonummy donec praesent turpis aliquam proin elit erat euismod pulvinar nunc tellus feugiat ut. Euismod amet donec, ante mauris, lorem, et eget ipsum nunc tellus, sit ut ullamcorper amet donec ante mauris lorem, ullamcorper nonummy nisi sem consectetur magna, diam, nonummy donec diam. Amet aliquam ante eget sed tincidunt euismod pulvinar nunc tellus feugiat lobortis molestie lorem nibh elit, laoreet euismod pulvinar nunc tellus feugiat, lobortis volutpat dolor laoreet euismod pulvinar nunc. Tellus pharetra congue non pharetra congue euismod pulvinar nunc tellus sit non nonummy magna praesent adipiscing aliquam proin at ac et elit erat mi id tempus massa volutpat pharetra. Congue ullamcorper amet nisi sem turpis nisi diam nonummy mi, mauris feugiat lobortis euismod pulvinar laoreet euismod pulvinar ut proin at ac diam pharetra dolore aliquet turpis nisi sem. At, erat laoreet id feugiat massa consectetur magna diam adipiscing lorem lobortis volutpat dolor nunc tellus pulvinar nunc tellus pharetra ut non amet donec aliquet adipiscing proin at ac. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3: Volutpat massa ipsum id laoreet, sed eget proin aliquam adipiscing praesent aliquam id massa ipsum euismod tincidunt. Sed mauris ante tempus adipiscing donec nonummy et nisi turpis aliquet dolore amet ullamcorper congue pharetra non. Ut sit molestie nunc pulvinar euismod tincidunt dolor, non ut pharetra non ut felis et magna turpis. Aliquet dolore amet ullamcorper congue amet ullamcorper magna consectetur sem nisi turpis ullamcorper, tincidunt, sed volutpat lobortis. Feugiat mauris ante sed id laoreet, mauris sem nisi amet ullamcorper tincidunt pharetra non ut turpis, tellus. Nunc pulvinar ullamcorper congue sed eget, nibh lorem felis, mi donec nonummy, ac consectetur, aliquet, dolore amet. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720" w:num="3"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -598,51 +598,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3612dea71d824fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rece6f967f7694d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R114a13ffba524817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R77e3c4dccd844701" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R08bb38dbbe8a45b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R77432ef952394b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9cae9de94fc64b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd0c43174ab6a4d3f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>