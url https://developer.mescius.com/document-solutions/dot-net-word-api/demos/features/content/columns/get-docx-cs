--- v5 (2025-12-19)
+++ v6 (2026-02-02)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdaa881ef35234014" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R997b26bee9604bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R57485836189c4489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reacab921b76d46e1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R64c0e61e706a4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R851a2144276240a9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1: Sit, sit eget non eget ante dolore sed consectetur tellus laoreet, ac turpis tellus ipsum sit molestie. Diam ut sit tellus massa erat sit molestie massa pulvinar euismod laoreet sed eget nibh aliquam adipiscing. Praesent tincidunt feugiat mauris praesent, dolore at euismod, laoreet sed eget, nibh lorem adipiscing praesent erat nonummy. Diam ut turpis aliquet nunc dolor, eget lobortis feugiat molestie, massa tempus id mi consectetur non nunc. Pulvinar id, laoreet ac turpis aliquet nunc pulvinar euismod, lobortis lorem mauris mi tempus elit diam nisi. Turpis aliquet, dolore euismod, tincidunt dolor volutpat lobortis feugiat felis laoreet, ipsum, eget nibh lorem at ante. Aliquam amet euismod tincidunt feugiat mauris mi donec, nonummy, ullamcorper ut pharetra non sit ullamcorper dolore pharetra. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1: Turpis nonummy mauris tempus nisi magna aliquam pulvinar consectetur felis non ante tincidunt, mauris aliquet. Proin nunc ac pharetra felis praesent, ut donec pharetra mauris praesent, nunc lorem turpis euismod. Laoreet magna sit felis diam, lobortis erat, amet proin congue, dolor adipiscing euismod nibh nisi. Ipsum, consectetur molestie ante donec pharetra molestie ante donec pharetra molestie, praesent tincidunt lorem turpis. Euismod nibh, aliquam euismod nibh, nisi ipsum eget, diam, nunc sed nonummy non ante magna. Feugiat felis ullamcorper lobortis aliquam amet volutpat proin nisi, amet eget nisi pulvinar id et. Ut pulvinar eget et ut pulvinar id mi ac at euismod diam nisi ipsum, felis. Diam lobortis aliquam amet volutpat ante aliquam amet ut lorem felis diam congue sit felis. Diam lobortis lorem turpis euismod lobortis ac adipiscing aliquet nibh aliquam pulvinar eget proin, nisi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2: Ac turpis tellus, nunc sed eget aliquam turpis aliquet tincidunt lorem mauris. Ante aliquam adipiscing diam donec consectetur non nunc sit euismod tincidunt pulvinar. Euismod lobortis dolor molestie massa feugiat laoreet sed elit nibh ac at. Praesent donec, amet non congue pharetra sem aliquam adipiscing praesent donec nonummy. Diam magna consectetur, non ut feugiat id sed elit proin, aliquam turpis. Aliquet dolore amet ullamcorper congue feugiat molestie nunc, sit, euismod tincidunt pulvinar. Euismod nibh lorem, mauris mi erat diam nisi turpis tellus nunc pulvinar. Euismod tincidunt feugiat molestie, massa tempus felis mi donec consectetur sem nisi. Turpis aliquet nunc amet euismod tincidunt consectetur non lobortis tellus nunc amet. Ullamcorper congue pharetra non massa feugiat id laoreet sed eget laoreet sed. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2: Tellus mi magna feugiat elit non ante donec pharetra molestie. Proin congue lorem proin donec dolor mauris proin, dolore, dolor. Consectetur euismod mi ac turpis euismod mi magna consectetur molestie. Et congue, ipsum adipiscing non massa tempus amet lobortis aliquam. Pulvinar mauris sem tincidunt lorem consectetur euismod et nisi sit. Id et ut feugiat elit, ullamcorper ut tempus adipiscing diam. Lobortis tempus adipiscing, ut tempus nonummy euismod lobortis aliquam amet. Volutpat et nisi turpis, ullamcorper lobortis ac amet euismod laoreet. Aliquam sit, eget proin nunc sed non ante magna dolor. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3: Eget ante aliquam turpis ullamcorper, congue feugiat mauris ante tempus, felis laoreet erat elit nibh sed eget ante ipsum id erat, consectetur sem ut. Sit, id et magna consectetur sem nisi turpis aliquet dolore amet ullamcorper, congue sit tellus dolore amet euismod tincidunt dolor lobortis, lorem felis mi. Donec nonummy diam, ac consectetur, proin aliquam adipiscing praesent erat nonummy diam magna at proin ac at ante tempus felis mi, erat elit nisi. Turpis aliquet donec nonummy praesent tempus elit mi erat elit proin nisi turpis ullamcorper congue pharetra non ut sit non ut turpis dolore amet. Diam congue consectetur non nunc turpis aliquet nisi turpis praesent donec consectetur volutpat, ut feugiat id laoreet sed eget nibh, lorem at ante tempus. Felis congue pharetra non ut turpis sem dolore nonummy diam magna consectetur et, ac, at proin aliquam, mauris proin, ipsum id laoreet sed eget. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3: Aliquam pulvinar, euismod, lobortis aliquam, amet, id et turpis id et nisi sit id et nisi pulvinar, felis et nisi pulvinar, id diam nisi sit id. Et ut, ipsum felis mi magna feugiat massa erat consectetur tellus mi donec feugiat, mauris mi, donec dolor mauris praesent congue ac amet eget proin aliquam. Amet id et, aliquam sit id aliquam sit euismod laoreet ac turpis euismod laoreet ac turpis id et ut tempus nonummy, volutpat ante dolore pharetra, molestie. Proin dolore, lorem at aliquet laoreet lorem sem tincidunt ac, sit felis, diam ut tempus nonummy volutpat ante dolore dolor at aliquet laoreet aliquam sit id. Et nisi sit id et pulvinar felis et nisi feugiat felis diam lobortis ipsum nonummy non, lobortis tempus amet volutpat nibh tempus, nonummy ullamcorper congue feugiat. Mauris praesent, magna dolor molestie tempus consectetur non ante tempus nonummy ullamcorper lobortis tempus adipiscing non ante aliquam amet volutpat, ante nunc sed consectetur tellus tincidunt. Ac, sit felis sem, lobortis tempus diam ut feugiat feugiat at praesent donec pharetra mauris praesent nunc sed, at aliquet tincidunt lorem consectetur euismod laoreet magna. Tellus mi magna feugiat, id diam congue sit molestie laoreet donec, consectetur tellus mi magna sit mauris praesent magna consectetur volutpat ante erat nonummy, diam ut. Tempus ullamcorper lobortis ipsum id mi ac pharetra id mi, magna sit molestie mi, congue pharetra, tellus ante congue feugiat felis aliquet tincidunt ac adipiscing aliquet. Lobortis aliquam euismod laoreet, lorem turpis euismod laoreet ac turpis id et nisi ipsum elit diam ut ipsum, elit non massa erat, nonummy volutpat massa donec. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Section 2, Paragraph 1 followed by a column break.</w:t>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2: Ut, erat nonummy et magna consectetur aliquet nunc dolor volutpat nibh feugiat molestie massa ipsum id massa ipsum id laoreet lorem aliquet dolore nonummy mi tempus elit diam magna. At proin, tempus adipiscing mi erat nonummy et magna consectetur sem dolore amet, euismod tincidunt dolor eget tempus adipiscing praesent donec elit, diam magna at sem nisi turpis praesent. Dolore nonummy diam, magna consectetur sem nisi, amet aliquet, dolore, amet, diam congue consectetur sem turpis, tellus nunc, amet ullamcorper tincidunt dolor non ut sit euismod nunc pulvinar ullamcorper. Tincidunt dolor volutpat lobortis sit molestie mi erat, elit ut pulvinar id euismod lobortis, lorem mauris ante tempus elit et erat elit nibh ac mauris ante erat elit, et. Magna pharetra sem, nisi sit tellus dolore diam congue, pharetra non nisi sit, aliquet dolore amet aliquet dolore amet diam erat at, proin aliquam at praesent dolore amet ullamcorper. Ut sit tellus ut adipiscing donec amet ullamcorper congue consectetur diam magna at ante aliquam dolor volutpat, lobortis lorem at proin tempus felis laoreet ipsum laoreet sed eget nibh. Feugiat mauris ante tempus elit et ac mauris ante, lorem mauris massa feugiat id massa sed id lobortis feugiat molestie massa feugiat id donec consectetur, sem ut sit tellus. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2: Adipiscing volutpat proin dolore sed consectetur euismod mi ac turpis, id ut ipsum elit diam ut tempus nonummy volutpat proin dolore sed at, praesent tincidunt ac turpis. Euismod diam ut ipsum elit ullamcorper lobortis erat nonummy volutpat aliquam amet eget ante dolore sed adipiscing tellus laoreet, ac, sit id, et nisi sit euismod mi. Magna feugiat felis diam magna sit id praesent, sit, molestie mi magna pharetra, tellus mi congue tempus amet volutpat proin tincidunt erat consectetur tellus massa erat consectetur. Molestie et magna feugiat praesent ut lorem adipiscing ullamcorper lobortis lorem adipiscing euismod nibh aliquam pulvinar volutpat sem dolore sed at sem nunc erat consectetur tellus laoreet. Magna feugiat, mauris diam feugiat, felis praesent tincidunt lorem adipiscing ullamcorper lobortis tempus pulvinar volutpat et nisi, pulvinar eget proin, nunc sed at tellus mi ut, lorem. Nonummy euismod nibh nisi volutpat, proin dolore sed at aliquet nunc sed consectetur tellus massa, erat consectetur tellus laoreet congue, feugiat adipiscing ullamcorper lobortis nonummy euismod nibh. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3: Volutpat massa ipsum id laoreet, sed eget proin aliquam adipiscing praesent aliquam id massa ipsum euismod tincidunt. Sed mauris ante tempus adipiscing donec nonummy et nisi turpis aliquet dolore amet ullamcorper congue pharetra non. Ut sit molestie nunc pulvinar euismod tincidunt dolor, non ut pharetra non ut felis et magna turpis. Aliquet dolore amet ullamcorper congue amet ullamcorper magna consectetur sem nisi turpis ullamcorper, tincidunt, sed volutpat lobortis. Feugiat mauris ante sed id laoreet, mauris sem nisi amet ullamcorper tincidunt pharetra non ut turpis, tellus. Nunc pulvinar ullamcorper congue sed eget, nibh lorem felis, mi donec nonummy, ac consectetur, aliquet, dolore amet. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3: Proin massa, erat tellus laoreet ac, pharetra tellus laoreet, donec sit. Felis diam lobortis aliquam amet euismod ante dolore pulvinar elit sem. Nunc sed elit proin dolore eget sem massa, sed at sem. Massa sed nonummy sem nunc ipsum felis diam ut tempus, nonummy. Volutpat mi dolore, dolor at aliquet tincidunt lorem praesent, congue sed. Adipiscing tellus nibh ac consectetur, tellus nibh magna pulvinar id et. Nisi sit id, laoreet ac turpis molestie et congue sit, felis. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720" w:num="3"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -598,51 +598,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R08bb38dbbe8a45b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R77432ef952394b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9cae9de94fc64b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd0c43174ab6a4d3f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R835b50c70e5540d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc829636ee9544b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb3e3f258e7654c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb020f1613f7d4aa4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>