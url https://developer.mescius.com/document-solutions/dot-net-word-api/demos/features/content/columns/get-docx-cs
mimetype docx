--- v6 (2026-02-02)
+++ v7 (2026-03-19)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reacab921b76d46e1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R64c0e61e706a4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R851a2144276240a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3acebc133a1848ef" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R22fe499d59474e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R41f0748e73c64910" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1: Turpis nonummy mauris tempus nisi magna aliquam pulvinar consectetur felis non ante tincidunt, mauris aliquet. Proin nunc ac pharetra felis praesent, ut donec pharetra mauris praesent, nunc lorem turpis euismod. Laoreet magna sit felis diam, lobortis erat, amet proin congue, dolor adipiscing euismod nibh nisi. Ipsum, consectetur molestie ante donec pharetra molestie ante donec pharetra molestie, praesent tincidunt lorem turpis. Euismod nibh, aliquam euismod nibh, nisi ipsum eget, diam, nunc sed nonummy non ante magna. Feugiat felis ullamcorper lobortis aliquam amet volutpat proin nisi, amet eget nisi pulvinar id et. Ut pulvinar eget et ut pulvinar id mi ac at euismod diam nisi ipsum, felis. Diam lobortis aliquam amet volutpat ante aliquam amet ut lorem felis diam congue sit felis. Diam lobortis lorem turpis euismod lobortis ac adipiscing aliquet nibh aliquam pulvinar eget proin, nisi. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1: Sem, tempus erat ac aliquam ut mi tincidunt ante diam molestie at. Felis, pharetra erat massa sem felis lorem dolore, ante eget, nonummy, tempus. Ut, mi tellus consectetur pulvinar aliquam tincidunt praesent molestie pharetra donec massa. Non nonummy ipsum, magna, laoreet praesent magna tincidunt aliquet, mauris amet tempus. Lobortis et molestie, pharetra ac laoreet tellus turpis erat tincidunt aliquet at. Sed, dolore nibh, euismod adipiscing tempus nibh ullamcorper adipiscing ut praesent felis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2: Tellus mi magna feugiat elit non ante donec pharetra molestie. Proin congue lorem proin donec dolor mauris proin, dolore, dolor. Consectetur euismod mi ac turpis euismod mi magna consectetur molestie. Et congue, ipsum adipiscing non massa tempus amet lobortis aliquam. Pulvinar mauris sem tincidunt lorem consectetur euismod et nisi sit. Id et ut feugiat elit, ullamcorper ut tempus adipiscing diam. Lobortis tempus adipiscing, ut tempus nonummy euismod lobortis aliquam amet. Volutpat et nisi turpis, ullamcorper lobortis ac amet euismod laoreet. Aliquam sit, eget proin nunc sed non ante magna dolor. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2: Ipsum nisi et, felis turpis magna laoreet euismod at dolor tellus mauris dolor donec, ante non elit ipsum lobortis diam, molestie consectetur, erat nunc sem eget, amet. Lorem congue praesent molestie pharetra donec laoreet molestie erat nunc non at sed nunc proin eget dolor nisi, nibh ullamcorper, adipiscing lorem congue diam felis sit, congue. Mi tellus at erat massa non erat nunc sem elit pulvinar aliquam, nibh aliquet felis feugiat, magna massa sem elit pulvinar nisi et id pulvinar aliquam et. Euismod adipiscing lorem euismod amet lorem congue praesent molestie pharetra erat, nunc diam id turpis lorem, tincidunt proin eget pharetra donec massa ullamcorper elit tempus lobortis non. Elit tempus, et euismod turpis ac tincidunt tellus, at lorem tincidunt praesent, volutpat amet aliquam massa non nonummy ipsum, ut, ullamcorper felis sit nisi diam felis ipsum. Nisi diam ipsum ut sem nonummy erat laoreet id sit magna praesent id sit magna mi molestie, turpis erat massa aliquet at sed nunc sem volutpat amet. Aliquam praesent mauris sit donec massa non at erat massa molestie sit magna mi molestie turpis magna mi felis sit ac laoreet tellus consectetur lorem laoreet, tellus. Turpis laoreet euismod amet aliquam et euismod turpis lorem congue mi molestie dolor donec massa non elit ipsum nunc non elit ipsum nisi et euismod turpis lorem. Tincidunt amet lorem lobortis aliquet felis pharetra donec mi molestie pharetra magna praesent felis lorem lobortis, euismod adipiscing lorem ut mi tellus consectetur magna laoreet molestie pharetra. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3: Aliquam pulvinar, euismod, lobortis aliquam, amet, id et turpis id et nisi sit id et nisi pulvinar, felis et nisi pulvinar, id diam nisi sit id. Et ut, ipsum felis mi magna feugiat massa erat consectetur tellus mi donec feugiat, mauris mi, donec dolor mauris praesent congue ac amet eget proin aliquam. Amet id et, aliquam sit id aliquam sit euismod laoreet ac turpis euismod laoreet ac turpis id et ut tempus nonummy, volutpat ante dolore pharetra, molestie. Proin dolore, lorem at aliquet laoreet lorem sem tincidunt ac, sit felis, diam ut tempus nonummy volutpat ante dolore dolor at aliquet laoreet aliquam sit id. Et nisi sit id et pulvinar felis et nisi feugiat felis diam lobortis ipsum nonummy non, lobortis tempus amet volutpat nibh tempus, nonummy ullamcorper congue feugiat. Mauris praesent, magna dolor molestie tempus consectetur non ante tempus nonummy ullamcorper lobortis tempus adipiscing non ante aliquam amet volutpat, ante nunc sed consectetur tellus tincidunt. Ac, sit felis sem, lobortis tempus diam ut feugiat feugiat at praesent donec pharetra mauris praesent nunc sed, at aliquet tincidunt lorem consectetur euismod laoreet magna. Tellus mi magna feugiat, id diam congue sit molestie laoreet donec, consectetur tellus mi magna sit mauris praesent magna consectetur volutpat ante erat nonummy, diam ut. Tempus ullamcorper lobortis ipsum id mi ac pharetra id mi, magna sit molestie mi, congue pharetra, tellus ante congue feugiat felis aliquet tincidunt ac adipiscing aliquet. Lobortis aliquam euismod laoreet, lorem turpis euismod laoreet ac turpis id et nisi ipsum elit diam ut ipsum, elit non massa erat, nonummy volutpat massa donec. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3: Volutpat, nonummy mi tellus pharetra erat massa sem elit pulvinar, nisi et id pulvinar aliquam, laoreet ullamcorper turpis ac tincidunt ullamcorper turpis aliquam tincidunt praesent mauris tincidunt praesent. Mauris consectetur erat laoreet tellus consectetur sed nunc sem elit sed massa sem elit pulvinar dolore proin eget dolor, nunc sem eget, dolor ante eget pulvinar aliquam lobortis. Non, adipiscing ipsum ut ullamcorper elit ipsum ut diam felis ipsum ut diam elit tempus nunc sem nonummy ipsum, nisi, diam id aliquam nibh euismod amet aliquam nibh. Euismod turpis ac, lobortis ullamcorper turpis aliquam ante volutpat, turpis lorem tincidunt ante diam tellus eget felis sed ac donec lobortis mi aliquet volutpat adipiscing, dolor erat ac. Tempus, ipsum lorem dolore lobortis ullamcorper nonummy tempus lobortis non nonummy aliquam lobortis diam elit tempus non nonummy, ipsum ut diam id pulvinar nisi et id sit magna. Nibh tellus at sed congue praesent at lorem tincidunt aliquet at, lorem tincidunt ullamcorper turpis, sem euismod amet aliquam lobortis euismod nonummy lorem ut praesent molestie sit, magna. Mi tellus consectetur erat massa sem eget tincidunt sem at, dolor, nunc proin eget amet donec ante non nonummy tempus nibh non amet tempus ut et molestie turpis. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Section 2, Paragraph 1 followed by a column break.</w:t>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2: Adipiscing volutpat proin dolore sed consectetur euismod mi ac turpis, id ut ipsum elit diam ut tempus nonummy volutpat proin dolore sed at, praesent tincidunt ac turpis. Euismod diam ut ipsum elit ullamcorper lobortis erat nonummy volutpat aliquam amet eget ante dolore sed adipiscing tellus laoreet, ac, sit id, et nisi sit euismod mi. Magna feugiat felis diam magna sit id praesent, sit, molestie mi magna pharetra, tellus mi congue tempus amet volutpat proin tincidunt erat consectetur tellus massa erat consectetur. Molestie et magna feugiat praesent ut lorem adipiscing ullamcorper lobortis lorem adipiscing euismod nibh aliquam pulvinar volutpat sem dolore sed at sem nunc erat consectetur tellus laoreet. Magna feugiat, mauris diam feugiat, felis praesent tincidunt lorem adipiscing ullamcorper lobortis tempus pulvinar volutpat et nisi, pulvinar eget proin, nunc sed at tellus mi ut, lorem. Nonummy euismod nibh nisi volutpat, proin dolore sed at aliquet nunc sed consectetur tellus massa, erat consectetur tellus laoreet congue, feugiat adipiscing ullamcorper lobortis nonummy euismod nibh. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2: Elit nonummy tempus sed ut laoreet praesent molestie nonummy aliquam, lobortis diam elit ipsum, ut diam felis sit ac tellus at pulvinar aliquam lobortis ullamcorper nonummy tempus ut diam. Tellus pharetra erat nunc proin euismod turpis tempus lobortis, ullamcorper felis lorem tincidunt praesent feugiat magna praesent id elit erat massa tellus consectetur erat massa tellus at dolor nisi. Et euismod turpis tempus lobortis ullamcorper, adipiscing tempus ut diam adipiscing tempus non nonummy ipsum lobortis diam felis, feugiat ut diam felis, sit magna diam euismod turpis, ac tincidunt. Sem mauris pulvinar aliquam nibh volutpat congue proin volutpat amet donec proin molestie amet erat massa non pharetra donec ante volutpat nonummy tempus, ut diam eget sit, aliquam et. Euismod turpis ac laoreet, ipsum, dolore proin eget pulvinar ac lobortis ullamcorper adipiscing lorem, tincidunt ullamcorper adipiscing feugiat congue praesent molestie consectetur sed ut sem elit ipsum aliquam et. Id, turpis tincidunt aliquet mauris dolor tempus massa, non consectetur tempus nunc sem nonummy ipsum ut, nibh, ullamcorper at dolor congue praesent dolor, donec massa non nonummy ipsum ut. Sem felis pulvinar magna diam eget pulvinar nisi proin eget pulvinar aliquam nibh euismod turpis, lorem tincidunt, aliquet mauris congue praesent mauris feugiat magna mi tellus, consectetur erat ante. Tellus nonummy sed laoreet molestie pharetra magna mi id, sit, magna laoreet aliquet at dolor dolore sem et, id turpis, ac nibh id turpis ac tincidunt aliquet at sed. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3: Proin massa, erat tellus laoreet ac, pharetra tellus laoreet, donec sit. Felis diam lobortis aliquam amet euismod ante dolore pulvinar elit sem. Nunc sed elit proin dolore eget sem massa, sed at sem. Massa sed nonummy sem nunc ipsum felis diam ut tempus, nonummy. Volutpat mi dolore, dolor at aliquet tincidunt lorem praesent, congue sed. Adipiscing tellus nibh ac consectetur, tellus nibh magna pulvinar id et. Nisi sit id, laoreet ac turpis molestie et congue sit, felis. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3: At dolor, dolore proin, eget pulvinar. Tempus tincidunt diam nonummy tempus lobortis. Ullamcorper, felis lobortis, diam id sit. Magna laoreet tellus consectetur erat nunc. Proin, volutpat amet nisi proin mauris. Dolor dolore proin volutpat nonummy tempus. Lobortis diam aliquam ut, diam id. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720" w:num="3"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -598,51 +598,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R835b50c70e5540d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc829636ee9544b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb3e3f258e7654c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb020f1613f7d4aa4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R434b9f81fb5b43b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R750c043aad394723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4264b85a64194231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R232b6b6d4a7447ab" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>