--- v7 (2026-03-19)
+++ v8 (2026-03-20)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3acebc133a1848ef" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R22fe499d59474e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R41f0748e73c64910" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R29468626e4154b3c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra2c6a82d25ec4b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1119321f4a764a37" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 1: Sem, tempus erat ac aliquam ut mi tincidunt ante diam molestie at. Felis, pharetra erat massa sem felis lorem dolore, ante eget, nonummy, tempus. Ut, mi tellus consectetur pulvinar aliquam tincidunt praesent molestie pharetra donec massa. Non nonummy ipsum, magna, laoreet praesent magna tincidunt aliquet, mauris amet tempus. Lobortis et molestie, pharetra ac laoreet tellus turpis erat tincidunt aliquet at. Sed, dolore nibh, euismod adipiscing tempus nibh ullamcorper adipiscing ut praesent felis. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 1: At aliquet, proin mi aliquet, volutpat mauris consectetur ipsum nisi laoreet proin volutpat nonummy lorem congue praesent molestie at. Turpis lorem congue proin volutpat dolore nisi mi tellus elit, amet nisi nibh euismod nonummy lorem lobortis ullamcorper adipiscing. Lorem congue praesent, molestie consectetur, sed dolore sem, eget pulvinar aliquam euismod adipiscing lorem, tincidunt diam felis sit donec. Ante tellus nonummy ipsum ut et id amet aliquam tincidunt ullamcorper at lorem congue praesent mauris dolor mi tellus. Consectetur erat nunc sem eget ipsum nisi nibh ullamcorper, adipiscing lorem laoreet ullamcorper at feugiat tincidunt mi, volutpat consectetur. Erat lobortis sem felis nunc diam id sit aliquam et id, turpis ac tincidunt ullamcorper turpis ac nibh euismod. Adipiscing feugiat congue mi molestie, pharetra donec massa mi mauris pharetra magna felis sit, ac et molestie, turpis ac. Nunc sem eget dolor nunc sem mauris dolor dolore proin volutpat pulvinar donec nibh non amet aliquam massa non. Amet ante diam molestie turpis, magna mi euismod turpis erat nunc sem eget pulvinar dolore proin volutpat, nonummy ipsum. Congue tellus elit pulvinar, nisi nibh euismod adipiscing, feugiat dolore praesent, mauris pharetra erat massa sem elit sed ut. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 2: Ipsum nisi et, felis turpis magna laoreet euismod at dolor tellus mauris dolor donec, ante non elit ipsum lobortis diam, molestie consectetur, erat nunc sem eget, amet. Lorem congue praesent molestie pharetra donec laoreet molestie erat nunc non at sed nunc proin eget dolor nisi, nibh ullamcorper, adipiscing lorem congue diam felis sit, congue. Mi tellus at erat massa non erat nunc sem elit pulvinar aliquam, nibh aliquet felis feugiat, magna massa sem elit pulvinar nisi et id pulvinar aliquam et. Euismod adipiscing lorem euismod amet lorem congue praesent molestie pharetra erat, nunc diam id turpis lorem, tincidunt proin eget pharetra donec massa ullamcorper elit tempus lobortis non. Elit tempus, et euismod turpis ac tincidunt tellus, at lorem tincidunt praesent, volutpat amet aliquam massa non nonummy ipsum, ut, ullamcorper felis sit nisi diam felis ipsum. Nisi diam ipsum ut sem nonummy erat laoreet id sit magna praesent id sit magna mi molestie, turpis erat massa aliquet at sed nunc sem volutpat amet. Aliquam praesent mauris sit donec massa non at erat massa molestie sit magna mi molestie turpis magna mi felis sit ac laoreet tellus consectetur lorem laoreet, tellus. Turpis laoreet euismod amet aliquam et euismod turpis lorem congue mi molestie dolor donec massa non elit ipsum nunc non elit ipsum nisi et euismod turpis lorem. Tincidunt amet lorem lobortis aliquet felis pharetra donec mi molestie pharetra magna praesent felis lorem lobortis, euismod adipiscing lorem ut mi tellus consectetur magna laoreet molestie pharetra. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 2: Congue ante volutpat pharetra donec ante. Sem elit pulvinar magna nibh euismod. Magna nibh id sit aliquam nibh. Id pulvinar aliquam, tincidunt ullamcorper adipiscing. Feugiat congue praesent mauris dolor magna. Mi volutpat, consectetur, donec massa sem. Eget ut et eget sit ac. Laoreet aliquet at feugiat tincidunt praesent. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid/>
         </w:sectPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 1, Paragraph 3: Volutpat, nonummy mi tellus pharetra erat massa sem elit pulvinar, nisi et id pulvinar aliquam, laoreet ullamcorper turpis ac tincidunt ullamcorper turpis aliquam tincidunt praesent mauris tincidunt praesent. Mauris consectetur erat laoreet tellus consectetur sed nunc sem elit sed massa sem elit pulvinar dolore proin eget dolor, nunc sem eget, dolor ante eget pulvinar aliquam lobortis. Non, adipiscing ipsum ut ullamcorper elit ipsum ut diam felis ipsum ut diam elit tempus nunc sem nonummy ipsum, nisi, diam id aliquam nibh euismod amet aliquam nibh. Euismod turpis ac, lobortis ullamcorper turpis aliquam ante volutpat, turpis lorem tincidunt ante diam tellus eget felis sed ac donec lobortis mi aliquet volutpat adipiscing, dolor erat ac. Tempus, ipsum lorem dolore lobortis ullamcorper nonummy tempus lobortis non nonummy aliquam lobortis diam elit tempus non nonummy, ipsum ut diam id pulvinar nisi et id sit magna. Nibh tellus at sed congue praesent at lorem tincidunt aliquet at, lorem tincidunt ullamcorper turpis, sem euismod amet aliquam lobortis euismod nonummy lorem ut praesent molestie sit, magna. Mi tellus consectetur erat massa sem eget tincidunt sem at, dolor, nunc proin eget amet donec ante non nonummy tempus nibh non amet tempus ut et molestie turpis. </w:t>
+        <w:t xml:space="preserve">Section 1, Paragraph 3: Ante non, consectetur tempus molestie pharetra, donec laoreet tellus consectetur donec, laoreet non at sed nisi proin eget pulvinar aliquam et volutpat pulvinar nisi proin eget dolor donec. Ante pulvinar aliquam lobortis diam felis, feugiat congue et molestie pharetra magna et molestie sit nisi et euismod, sit ac, laoreet aliquet, at dolor, dolore at sed congue. Praesent, at sed congue proin molestie, pharetra donec ante volutpat consectetur donec massa, molestie consectetur tempus ut diam eget pulvinar aliquam euismod turpis ac laoreet ullamcorper at lorem. Congue praesent mauris, dolor dolore mi volutpat pharetra donec massa non eget pulvinar magna laoreet euismod turpis aliquam et euismod nisi laoreet ullamcorper at, feugiat donec lobortis diam. Felis sit erat, nunc proin eget dolor donec lobortis diam felis feugiat congue diam id sit ac laoreet turpis ac mi molestie sit ac tincidunt sem mauris dolor. Donec lobortis ullamcorper felis, pharetra sit sed ipsum magna nisi tincidunt massa laoreet et ante mi proin mauris nonummy ipsum ac nunc lobortis laoreet sem euismod at dolor. Donec magna massa, nibh mi mi sem euismod molestie donec mi molestie pharetra donec massa non elit pulvinar ut proin eget, ipsum nisi et euismod turpis lorem tincidunt. Praesent molestie pharetra, erat, massa tellus consectetur erat molestie sit magna praesent molestie pharetra ac massa sem eget, ipsum dolore, proin volutpat pulvinar nisi nibh euismod nonummy aliquam. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Section 2, Paragraph 1 followed by a column break.</w:t>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 2: Elit nonummy tempus sed ut laoreet praesent molestie nonummy aliquam, lobortis diam elit ipsum, ut diam felis sit ac tellus at pulvinar aliquam lobortis ullamcorper nonummy tempus ut diam. Tellus pharetra erat nunc proin euismod turpis tempus lobortis, ullamcorper felis lorem tincidunt praesent feugiat magna praesent id elit erat massa tellus consectetur erat massa tellus at dolor nisi. Et euismod turpis tempus lobortis ullamcorper, adipiscing tempus ut diam adipiscing tempus non nonummy ipsum lobortis diam felis, feugiat ut diam felis, sit magna diam euismod turpis, ac tincidunt. Sem mauris pulvinar aliquam nibh volutpat congue proin volutpat amet donec proin molestie amet erat massa non pharetra donec ante volutpat nonummy tempus, ut diam eget sit, aliquam et. Euismod turpis ac laoreet, ipsum, dolore proin eget pulvinar ac lobortis ullamcorper adipiscing lorem, tincidunt ullamcorper adipiscing feugiat congue praesent molestie consectetur sed ut sem elit ipsum aliquam et. Id, turpis tincidunt aliquet mauris dolor tempus massa, non consectetur tempus nunc sem nonummy ipsum ut, nibh, ullamcorper at dolor congue praesent dolor, donec massa non nonummy ipsum ut. Sem felis pulvinar magna diam eget pulvinar nisi proin eget pulvinar aliquam nibh euismod turpis, lorem tincidunt, aliquet mauris congue praesent mauris feugiat magna mi tellus, consectetur erat ante. Tellus nonummy sed laoreet molestie pharetra magna mi id, sit, magna laoreet aliquet at dolor dolore sem et, id turpis, ac nibh id turpis ac tincidunt aliquet at sed. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 2: Volutpat nonummy tempus ut, diam felis. Feugiat donec mi molestie pharetra sed. Dolore sem elit dolor dolore turpis. Ac, tincidunt, proin eget pulvinar donec. Ante volutpat nonummy lorem, lobortis ullamcorper. Id pharetra ac laoreet, tellus, consectetur. Erat nunc, sem eget sed aliquet. Mauris dolor nunc sem mauris pulvinar. Aliquam nibh non amet aliquam ante. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Section 2, Paragraph 3: At dolor, dolore proin, eget pulvinar. Tempus tincidunt diam nonummy tempus lobortis. Ullamcorper, felis lobortis, diam id sit. Magna laoreet tellus consectetur erat nunc. Proin, volutpat amet nisi proin mauris. Dolor dolore proin volutpat nonummy tempus. Lobortis diam aliquam ut, diam id. </w:t>
+        <w:t xml:space="preserve">Section 2, Paragraph 3: Aliquet at lorem euismod adipiscing lorem congue praesent. Felis feugiat congue diam felis feugiat congue praesent. Molestie consectetur erat laoreet tellus sit, ac, massa. Proin volutpat turpis nibh volutpat pulvinar nisi ante. Euismod amet tempus, nibh euismod adipiscing feugiat congue. Praesent, id, pharetra magna laoreet molestie pharetra magna. Mi molestie sit nisi elit pulvinar nisi mi. Euismod turpis magna laoreet tellus turpis, ac laoreet. Euismod adipiscing lorem tincidunt aliquet adipiscing feugiat dolore. Ante volutpat nonummy, massa non elit ipsum nunc. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720" w:num="3"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -598,51 +598,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R434b9f81fb5b43b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R750c043aad394723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4264b85a64194231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R232b6b6d4a7447ab" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbec0c1abff2549db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5f2c067deb8842d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2ad5639c9d734e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R47e4c6b140374207" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>